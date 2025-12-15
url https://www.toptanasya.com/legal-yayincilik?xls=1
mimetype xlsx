--- v0 (2025-10-28)
+++ v1 (2025-12-15)
@@ -85,940 +85,970 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255802040</t>
+          <t>9786053159001</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk</t>
+          <t>Sermaye Piyasası Araçları</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>700</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255802033</t>
+          <t>9786256580510</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukuku Dersleri (Genel Esaslar)</t>
+          <t>Türk ve Amerikan Hukukunda Karşılaştırmalı Olarak Serbest Fonlar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>950</v>
+        <v>680</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256580473</t>
+          <t>9786255802040</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk Pratik Çalışmaları (Yargıtay Kararları ile Çözümlü)</t>
+          <t>Medeni Hukuk</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>1000</v>
+        <v>700</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258200003</t>
+          <t>9786255802033</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayarlarda, Bilgisayar Programlarında ve Kütüklerinde Arama, Kopyalama ve Elkoyma Koruma Tedbiri</t>
+          <t>Anayasa Hukuku Dersleri (Genel Esaslar)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>210</v>
+        <v>950</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256580442</t>
+          <t>9786256580473</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukuku Dersleri (Genel Esaslar)</t>
+          <t>Medeni Hukuk Pratik Çalışmaları (Yargıtay Kararları ile Çözümlü)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>650</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256580220</t>
+          <t>9786258200003</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Yöntemleriyle Uyuşmazlık Mahkemesi Kararlarının Tahmini</t>
+          <t>Bilgisayarlarda, Bilgisayar Programlarında ve Kütüklerinde Arama, Kopyalama ve Elkoyma Koruma Tedbiri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>325</v>
+        <v>210</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256580343</t>
+          <t>9786256580442</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Temelli Akıllı Yargı Sistemi</t>
+          <t>Anayasa Hukuku Dersleri (Genel Esaslar)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256580046</t>
+          <t>9786256580220</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Tahkimde Hakkın Kötüye Kullanılması</t>
+          <t>Yapay Zeka Yöntemleriyle Uyuşmazlık Mahkemesi Kararlarının Tahmini</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>555</v>
+        <v>325</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786053151876</t>
+          <t>9786256580343</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticaret ve Yatırım Uyuşmazlıklarının Dostane Çözümüne İlişkin Temel Metinler</t>
+          <t>Yapay Zeka Temelli Akıllı Yargı Sistemi</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789944941761</t>
+          <t>9786256580046</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Türk İş Hukukunda İşe İade Davası</t>
+          <t>Uluslararası Tahkimde Hakkın Kötüye Kullanılması</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>175</v>
+        <v>555</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786054354337</t>
+          <t>9786053151876</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Çin Halk Cumhuriyeti Hukuk Derlemeleri</t>
+          <t>Uluslararası Ticaret ve Yatırım Uyuşmazlıklarının Dostane Çözümüne İlişkin Temel Metinler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786053158486</t>
+          <t>9789944941761</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Çin Halk Cumhuriyeti Yabancı Yatırım Kanunu</t>
+          <t>Türk İş Hukukunda İşe İade Davası</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>170</v>
+        <v>175</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786053150589</t>
+          <t>9786054354337</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Boşanma Sürecinde Müşterek (Ortak) Velayet ve Toplumsal Bakış Açısı</t>
+          <t>Çin Halk Cumhuriyeti Hukuk Derlemeleri</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>165</v>
+        <v>190</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786053151357</t>
+          <t>9786053158486</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay 12. Ceza Dairesi (2014 - 2016) Kararlarında Hekimin Sorumluluğu</t>
+          <t>Çin Halk Cumhuriyeti Yabancı Yatırım Kanunu</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>380</v>
+        <v>170</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786053151241</t>
+          <t>9786053150589</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Başvuruda 3 Yıl: Bir İnsan Hakları Karnesi</t>
+          <t>Boşanma Sürecinde Müşterek (Ortak) Velayet ve Toplumsal Bakış Açısı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>205</v>
+        <v>165</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786053158615</t>
+          <t>9786053151357</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Yönetim Üzerine Düşünceler</t>
+          <t>Yargıtay 12. Ceza Dairesi (2014 - 2016) Kararlarında Hekimin Sorumluluğu</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>325</v>
+        <v>380</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786053150800</t>
+          <t>9786053151241</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Ekonomisi ve İş Hukuku Açısından Kısa Çalışma</t>
+          <t>Bireysel Başvuruda 3 Yıl: Bir İnsan Hakları Karnesi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>230</v>
+        <v>205</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786053151784</t>
+          <t>9786053158615</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Prim Ödeme Yükümlülüğüne Aykırılığın Hukuki Sonuçları</t>
+          <t>Kurumsal Yönetim Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>235</v>
+        <v>325</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059172615</t>
+          <t>9786053150800</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık Kurumları Hukuku Cilt 1</t>
+          <t>Çalışma Ekonomisi ve İş Hukuku Açısından Kısa Çalışma</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>720</v>
+        <v>230</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786053151906</t>
+          <t>9786053151784</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Muvazaa</t>
+          <t>Prim Ödeme Yükümlülüğüne Aykırılığın Hukuki Sonuçları</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>150</v>
+        <v>235</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786053151968</t>
+          <t>9786059172615</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Hukuk Işığında Türk Sermaye Piyasası Hukukunda Önemli Nitelikte İşlemler</t>
+          <t>Bankacılık Kurumları Hukuku Cilt 1</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>720</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786053152156</t>
+          <t>9786053151906</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Vergi Cezası, Denetimi ve Uzlaşma Oranları Üzerine Optimal Vergi Stratejisi</t>
+          <t>Muvazaa</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786053152293</t>
+          <t>9786053151968</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kıbrıs Türk Cumhuriyeti Ceza Hukukuna İlişkin Temel Yasalar</t>
+          <t>Karşılaştırmalı Hukuk Işığında Türk Sermaye Piyasası Hukukunda Önemli Nitelikte İşlemler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786053152231</t>
+          <t>9786053152156</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Konseyi Siber Suçlar Sözleşmesi'nde Yer Alan Koruma Tedbirleri ve Bu Tedbirlerin Türk Hukukundaki Yeri</t>
+          <t>Türkiye'de Vergi Cezası, Denetimi ve Uzlaşma Oranları Üzerine Optimal Vergi Stratejisi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786053152453</t>
+          <t>9786053152293</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>The Agreement on Trade-Related Aspects of Intellectual Property Rights (Trips) Effect on Clean Energy Technology Transfer</t>
+          <t>Kuzey Kıbrıs Türk Cumhuriyeti Ceza Hukukuna İlişkin Temel Yasalar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786053152460</t>
+          <t>9786053152231</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Noterin Sorumluluğu</t>
+          <t>Avrupa Konseyi Siber Suçlar Sözleşmesi'nde Yer Alan Koruma Tedbirleri ve Bu Tedbirlerin Türk Hukukundaki Yeri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>235</v>
+        <v>240</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786054847631</t>
+          <t>9786053152453</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İşte Aile Hakları</t>
+          <t>The Agreement on Trade-Related Aspects of Intellectual Property Rights (Trips) Effect on Clean Energy Technology Transfer</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786054847150</t>
+          <t>9786053152460</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Askeri Mahkemeler Kuruluşu ve Yargılama Usulü Kanunu</t>
+          <t>Noterin Sorumluluğu</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>375</v>
+        <v>235</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786053152613</t>
+          <t>9786054847631</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği ve Türk Rekabet Hukukunda Hakim Durumun Fiyat Uygulamaları ile Kötüye Kullanılması</t>
+          <t>İşte Aile Hakları</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>285</v>
+        <v>195</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786054847563</t>
+          <t>9786054847150</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Kuruluşların Türkiyede Sosyal Güvenlik Mevzuatının Oluşumuna Etkileri</t>
+          <t>Askeri Mahkemeler Kuruluşu ve Yargılama Usulü Kanunu</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>195</v>
+        <v>375</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786054847549</t>
+          <t>9786053152613</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Toplu Yapıların Denetimi</t>
+          <t>Avrupa Birliği ve Türk Rekabet Hukukunda Hakim Durumun Fiyat Uygulamaları ile Kötüye Kullanılması</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>195</v>
+        <v>285</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786058654902</t>
+          <t>9786054847563</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Üniversitesi Hukuk Fakültesi Mecmuası Prof. Dr. Vecdi Aral'a Armağan</t>
+          <t>Uluslararası Kuruluşların Türkiyede Sosyal Güvenlik Mevzuatının Oluşumuna Etkileri</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>114</v>
+        <v>195</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786058654901</t>
+          <t>9786054847549</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Üniversitesi Hukuk Fakültesi Mecmuası Prof. Dr. Berin Ergin'e Armağan</t>
+          <t>Toplu Yapıların Denetimi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>525</v>
+        <v>195</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786053150565</t>
+          <t>9786058654902</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı - İçtihatlı Asliye Hukuk Davaları ve Tatbikatı Özel Yasalarla İlgili Davalar Kamulaştırma</t>
+          <t>İstanbul Üniversitesi Hukuk Fakültesi Mecmuası Prof. Dr. Vecdi Aral'a Armağan</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>495</v>
+        <v>114</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786054847242</t>
+          <t>9786058654901</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Üremeye Yardımcı Tedavi Yöntemlerinden Doğan Hukuki Sorumluluk</t>
+          <t>İstanbul Üniversitesi Hukuk Fakültesi Mecmuası Prof. Dr. Berin Ergin'e Armağan</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>195</v>
+        <v>525</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786053152682</t>
+          <t>9786053150565</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda ve Karşılaştırmalı Hukukta Evde Çalışma</t>
+          <t>Açıklamalı - İçtihatlı Asliye Hukuk Davaları ve Tatbikatı Özel Yasalarla İlgili Davalar Kamulaştırma</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>560</v>
+        <v>495</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786053153269</t>
+          <t>9786054847242</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İcra İnkar Tazminatı</t>
+          <t>Üremeye Yardımcı Tedavi Yöntemlerinden Doğan Hukuki Sorumluluk</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>465</v>
+        <v>195</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786053153467</t>
+          <t>9786053152682</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İş ve Çalışma Hürriyetinin İhlali Suçu</t>
+          <t>Türk Hukukunda ve Karşılaştırmalı Hukukta Evde Çalışma</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>165</v>
+        <v>560</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786053157373</t>
+          <t>9786053153269</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukunda Seçim Suçları ve Cezaları</t>
+          <t>İcra İnkar Tazminatı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>180</v>
+        <v>465</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786053154563</t>
+          <t>9786053153467</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Türkisches Zivilgesetzbuch</t>
+          <t>İş ve Çalışma Hürriyetinin İhlali Suçu</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>320</v>
+        <v>165</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786053151982</t>
+          <t>9786053157373</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Vergi Ombudsmanı</t>
+          <t>Türk Ceza Hukukunda Seçim Suçları ve Cezaları</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>495</v>
+        <v>180</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786053157731</t>
+          <t>9786053154563</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kıbrıs Türk Cumhuriyeti Sosyal Güvenlik Hukukuna İlişkin Temel Yasalar</t>
+          <t>Türkisches Zivilgesetzbuch</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>535</v>
+        <v>320</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786053157724</t>
+          <t>9786053151982</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kıbrıs Türk Cumhuriyeti Borçlar Hukukuna İlişkin Temel Yasalar</t>
+          <t>Vergi Ombudsmanı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>315</v>
+        <v>495</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786053157816</t>
+          <t>9786053157731</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukukundaki Çağdaş Eğilimler Işığında Parlamenter Dokunulmazlıklar</t>
+          <t>Kuzey Kıbrıs Türk Cumhuriyeti Sosyal Güvenlik Hukukuna İlişkin Temel Yasalar</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>535</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786053157687</t>
+          <t>9786053157724</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Yargı Kararlarında Arabuluculuk</t>
+          <t>Kuzey Kıbrıs Türk Cumhuriyeti Borçlar Hukukuna İlişkin Temel Yasalar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>270</v>
+        <v>315</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786053157823</t>
+          <t>9786053157816</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Tıp ve Sağlık Hukuku Temel Mevzuatı</t>
+          <t>Anayasa Hukukundaki Çağdaş Eğilimler Işığında Parlamenter Dokunulmazlıklar</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>680</v>
+        <v>535</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786053157571</t>
+          <t>9786053157687</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenlik Hukukunda Denetim Usulleri ve Uygulama Sorunları</t>
+          <t>Yargı Kararlarında Arabuluculuk</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786053158448</t>
+          <t>9786053157823</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda İşverenin İş Kazasından Doğan Sorumluluğu</t>
+          <t>Tıp ve Sağlık Hukuku Temel Mevzuatı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>195</v>
+        <v>680</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786053158479</t>
+          <t>9786053157571</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Vietnam Sosyalist Cumhuriyeti Anayasası</t>
+          <t>Sosyal Güvenlik Hukukunda Denetim Usulleri ve Uygulama Sorunları</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>145</v>
+        <v>240</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786053158240</t>
+          <t>9786053158448</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Mali Hukuk Açısından Mücbir Sebep</t>
+          <t>Türk Hukukunda İşverenin İş Kazasından Doğan Sorumluluğu</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>240</v>
+        <v>195</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786053157915</t>
+          <t>9786053158479</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Kayıt Dışı İstihdam</t>
+          <t>Vietnam Sosyalist Cumhuriyeti Anayasası</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786053158004</t>
+          <t>9786053158240</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>The Structural Barriers in Political Party Laws and Electoral Systems Against Minor Party Representation</t>
+          <t>Mali Hukuk Açısından Mücbir Sebep</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>265</v>
+        <v>240</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786053158400</t>
+          <t>9786053157915</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Mali Politika Uygulamaları: 1920'den 2020'ye 100 Yıllık Süreç</t>
+          <t>Türkiye'de Kayıt Dışı İstihdam</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>135</v>
+        <v>145</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786053158424</t>
+          <t>9786053158004</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İcra Hukuku Uygulamasında Bono</t>
+          <t>The Structural Barriers in Political Party Laws and Electoral Systems Against Minor Party Representation</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>180</v>
+        <v>265</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786053158509</t>
+          <t>9786053158400</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Tahkim Mevzuatı</t>
+          <t>Türkiye'de Mali Politika Uygulamaları: 1920'den 2020'ye 100 Yıllık Süreç</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>740</v>
+        <v>135</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786053157229</t>
+          <t>9786053158424</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Bankacılar İçin Kambiyo Senetleri Hukuku</t>
+          <t>İcra Hukuku Uygulamasında Bono</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786053152842</t>
+          <t>9786053158509</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Tesbiti Davaları</t>
+          <t>Tahkim Mevzuatı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>320</v>
+        <v>740</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786053157281</t>
+          <t>9786053157229</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukukun Hakim Tarafından Uygulanması</t>
+          <t>Bankacılar İçin Kambiyo Senetleri Hukuku</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>270</v>
+        <v>145</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786053152101</t>
+          <t>9786053152842</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yargılamada Etik Kurallar</t>
+          <t>Hizmet Tesbiti Davaları</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
+          <t>9786053157281</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Medeni Hukukun Hakim Tarafından Uygulanması</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9786053152101</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Yargılamada Etik Kurallar</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
           <t>9786054420216</t>
         </is>
       </c>
-      <c r="B61" s="1" t="inlineStr">
+      <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Türk Borçlar Kanunu Hükümleri Çerçevesinde Taksitle Satım Sözleşmesi</t>
         </is>
       </c>
-      <c r="C61" s="1">
+      <c r="C63" s="1">
         <v>235</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>