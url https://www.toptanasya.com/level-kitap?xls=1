--- v0 (2025-10-28)
+++ v1 (2026-02-14)
@@ -85,55 +85,370 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
+          <t>9786058352704</t>
+        </is>
+      </c>
+      <c r="B2" s="1" t="inlineStr">
+        <is>
+          <t>Ethical Hacking</t>
+        </is>
+      </c>
+      <c r="C2" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3">
+      <c r="A3" s="1" t="inlineStr">
+        <is>
+          <t>9786056567926</t>
+        </is>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Siber İstihbarat</t>
+        </is>
+      </c>
+      <c r="C3" s="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3">
+      <c r="A4" s="1" t="inlineStr">
+        <is>
+          <t>9786056567902</t>
+        </is>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>C# 6.0 (CD Hediyeli)</t>
+        </is>
+      </c>
+      <c r="C4" s="1">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3">
+      <c r="A5" s="1" t="inlineStr">
+        <is>
+          <t>9786058352742</t>
+        </is>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>C# 7</t>
+        </is>
+      </c>
+      <c r="C5" s="1">
+        <v>1373</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3">
+      <c r="A6" s="1" t="inlineStr">
+        <is>
+          <t>9786056823312</t>
+        </is>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Paralel Programlama</t>
+        </is>
+      </c>
+      <c r="C6" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3">
+      <c r="A7" s="1" t="inlineStr">
+        <is>
+          <t>9786058352780</t>
+        </is>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>İleri Seviye HTML5 Programlama (DVD Hediyeli)</t>
+        </is>
+      </c>
+      <c r="C7" s="1">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3">
+      <c r="A8" s="1" t="inlineStr">
+        <is>
           <t>9786058352773</t>
         </is>
       </c>
-      <c r="B2" s="1" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Mobil Oyun Tasarımı ve Programlama ( DVD Hediyeli )</t>
         </is>
       </c>
-      <c r="C2" s="1">
-        <v>957</v>
+      <c r="C8" s="1">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3">
+      <c r="A9" s="1" t="inlineStr">
+        <is>
+          <t>9786056823305</t>
+        </is>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Her Yönüyle Windows Server 2016 (İleri Seviye) (CD Hediyeli)</t>
+        </is>
+      </c>
+      <c r="C9" s="1">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3">
+      <c r="A10" s="1" t="inlineStr">
+        <is>
+          <t>9786058352797</t>
+        </is>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Android Wear ve İleri Android Uygulamaları (DVD Hediyeli)</t>
+        </is>
+      </c>
+      <c r="C10" s="1">
+        <v>1858</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
+      <c r="A11" s="1" t="inlineStr">
+        <is>
+          <t>9786068520025</t>
+        </is>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Responsive Web Tasarım ve Frond-End / Back-End Programlama Eğitim Seti</t>
+        </is>
+      </c>
+      <c r="C11" s="1">
+        <v>4198</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" s="1" t="inlineStr">
+        <is>
+          <t>9786058352766</t>
+        </is>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Android Sanatı</t>
+        </is>
+      </c>
+      <c r="C12" s="1">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" s="1" t="inlineStr">
+        <is>
+          <t>9786056567971</t>
+        </is>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>A'dan Z'ye Yeni Nesil Tekniklerle Web Tasarımı ve Web Programlama</t>
+        </is>
+      </c>
+      <c r="C13" s="1">
+        <v>1856</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>9786058352711</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Git ve GitHub Kullanımı</t>
+        </is>
+      </c>
+      <c r="C14" s="1">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>9786058352728</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Python ve Kivy İle Cross Platform Uygulama Geliştirme</t>
+        </is>
+      </c>
+      <c r="C15" s="1">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>9786056567964</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Wordpress Tema Geliştirme</t>
+        </is>
+      </c>
+      <c r="C16" s="1">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>9786056567933</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>OpenCv</t>
+        </is>
+      </c>
+      <c r="C17" s="1">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>9786056567919</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Arduino ve Raspberry Pi ile Elektronik Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>9786058352759</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Kotlin</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9786058352735</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Android Proglamlama ve Uygulama Rehberi</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>1858</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9786056567957</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Spring Framework</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9786056567988</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Bootstrap 4</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786056567940</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Nasıl Başardılar? - Yeni Ekonominin Yapı Taşları</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>314</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>