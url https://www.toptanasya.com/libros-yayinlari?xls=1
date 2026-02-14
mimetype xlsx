--- v0 (2025-10-28)
+++ v1 (2026-02-14)
@@ -499,51 +499,51 @@
         <is>
           <t>2789788621512</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Wellbeing Seti - Ajanda ve Kitap</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>755</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9786059151313</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Benimle Nefes Al</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786059151061</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Yetişkinler için Yaratıcı Boyama Uyku Kaçınca</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>55</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786059151047</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
@@ -559,336 +559,336 @@
         <is>
           <t>9786059151290</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Güneşini Sev</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9786059151658</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>İçsel Mühendislik - Bir Yoginin Mutluluk Rehberi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>235</v>
+        <v>295</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9786059151634</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Zengin Koca Benim</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>285</v>
+        <v>335</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9786059151627</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Defne Yaprağı (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>505</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9786059151610</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Şifacının Üç Yolu</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>465</v>
+        <v>580</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9786059151603</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Lal</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>242</v>
+        <v>305</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786059151504</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Anadolu’dan Dünyaya Armağan Bulgur (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>995</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786059151481</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Kırmızı - Ebru Şinik’ten Wellbeing Ajandası (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>260</v>
+        <v>325</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786059151498</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Mavi - Ebru Şinik’ten Wellbeing Ajandası (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>260</v>
+        <v>325</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9786059151474</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Sarı - Ebru Şinik’ten Wellbeing Ajandası (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>260</v>
+        <v>325</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9786059151467</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Yeşil - Ebru Şinik’ten Wellbeing Ajandası (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>260</v>
+        <v>325</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9786059151443</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Siyah</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>270</v>
+        <v>335</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9786059151436</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Mutluluğu Yaratmak</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>124</v>
+        <v>155</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9786059151412</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Mor</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9786059151429</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>İçinden Yol Geçen Hayatlar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>315</v>
+        <v>395</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9786059151344</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Genleriniz Kaderiniz Değildir</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>495</v>
+        <v>620</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9786059151306</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Jojo'nun Tatlı Hayat Rehberi</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>56</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9786059151269</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Aşk Ol</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>22</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9786059151245</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Lacivert</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>9786059151238</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Organik Eczanemin Aroma Kokulu Bahçesi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>505</v>
+        <v>630</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>9786059151160</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Nefeste Saklı Hayat</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>235</v>
+        <v>295</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>9786059151146</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Hayalindeki Sen</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>68</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>9786059151115</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>