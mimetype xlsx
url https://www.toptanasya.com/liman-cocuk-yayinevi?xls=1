--- v0 (2025-10-28)
+++ v1 (2025-12-15)
@@ -85,1165 +85,1195 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259578477</t>
+          <t>9786259649658</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Madık Avcıları</t>
+          <t>Gök Gürültüsünden Korkan Zerya</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>222</v>
+        <v>208</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259604589</t>
+          <t>9786259649665</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Gözlük Abla</t>
+          <t>Kayıp Hayaller Fabrikası</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259604572</t>
+          <t>9786259578477</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Perde Açılıyor</t>
+          <t>Madık Avcıları</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>100</v>
+        <v>222</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259604565</t>
+          <t>9786259604589</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kıvanç'ın Hayalindeki Gezi</t>
+          <t>Gözlük Abla</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259604558</t>
+          <t>9786259604572</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Mor Tavşan</t>
+          <t>Perde Açılıyor</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>327</v>
+        <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259604510</t>
+          <t>9786259604565</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bir Aztek Masalı Tüylü Yılan ve Çupakabra</t>
+          <t>Kıvanç'ın Hayalindeki Gezi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>229.2</v>
+        <v>180</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259729565</t>
+          <t>9786259604558</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Tin ile Pink</t>
+          <t>Mor Tavşan</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>168</v>
+        <v>327</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259698403</t>
+          <t>9786259604510</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bandırma Vapurunun Yolcuları</t>
+          <t>Bir Aztek Masalı Tüylü Yılan ve Çupakabra</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>307.8</v>
+        <v>229.2</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259604503</t>
+          <t>9786259729565</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Eylül Bugün Ne Öğrenecek?</t>
+          <t>Tin ile Pink</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>204</v>
+        <v>168</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259578491</t>
+          <t>9786259698403</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Mırnav’ın Kaybolan Miyavı</t>
+          <t>Bandırma Vapurunun Yolcuları</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>168</v>
+        <v>307.8</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259578460</t>
+          <t>9786259604503</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Eyvah! Annem ve Babam İşe Gelmek İstiyor</t>
+          <t>Eylül Bugün Ne Öğrenecek?</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>192</v>
+        <v>204</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259578484</t>
+          <t>9786259578491</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Bir Hediye Paketi Bir De Peri</t>
+          <t>Mırnav’ın Kaybolan Miyavı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>276</v>
+        <v>168</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259578446</t>
+          <t>9786259578460</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Esnaflar Sokağı</t>
+          <t>Eyvah! Annem ve Babam İşe Gelmek İstiyor</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>192</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259578453</t>
+          <t>9786259578484</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Renkler Konuşuyor Birlikte Güzeliz</t>
+          <t>Bir Hediye Paketi Bir De Peri</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>276</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259729510</t>
+          <t>9786259578446</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Meyve Sepeti</t>
+          <t>Esnaflar Sokağı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>228</v>
+        <v>192</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259729541</t>
+          <t>9786259578453</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Çınarın Büyük Macerası</t>
+          <t>Renkler Konuşuyor Birlikte Güzeliz</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>190</v>
+        <v>276</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259729572</t>
+          <t>9786259729510</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Gümüş Ormanda</t>
+          <t>Neşeli Meyve Sepeti</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>208</v>
+        <v>228</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259578439</t>
+          <t>9786259729541</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Boyama Kitapları 5'li Set</t>
+          <t>Çınarın Büyük Macerası</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259847221</t>
+          <t>9786259729572</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Cafcaf İle Kapkap Geleceğin Dünyasını Keşfediyor</t>
+          <t>Meraklı Gümüş Ormanda</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>295.2</v>
+        <v>208</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259729527</t>
+          <t>9786259578439</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Tuaf Ayaklar Kabilesi</t>
+          <t>Eğlenceli Boyama Kitapları 5'li Set</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>198</v>
+        <v>300</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259729503</t>
+          <t>9786259847221</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Av Köpeği Gofret</t>
+          <t>Cafcaf İle Kapkap Geleceğin Dünyasını Keşfediyor</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>209</v>
+        <v>295.2</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259543581</t>
+          <t>9786259729527</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Balonları Seviyor Muyum Sevmiyor Muyum?</t>
+          <t>Tuaf Ayaklar Kabilesi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>200</v>
+        <v>198</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259543567</t>
+          <t>9786259729503</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bir Dünya Annem</t>
+          <t>Av Köpeği Gofret</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>209</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259543550</t>
+          <t>9786259543581</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Okul Aslında Güzel Bir Yer</t>
+          <t>Balonları Seviyor Muyum Sevmiyor Muyum?</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>156</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259543543</t>
+          <t>9786259543567</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafçı Badem</t>
+          <t>Bir Dünya Annem</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259543536</t>
+          <t>9786259543550</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Küçük Deniz'in Maceraları</t>
+          <t>Okul Aslında Güzel Bir Yer</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>156</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259543598</t>
+          <t>9786259543543</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ormanları Kesiyorlar Koş Kaplumbağa Yetiş Kirpi</t>
+          <t>Fotoğrafçı Badem</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>264</v>
+        <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259543529</t>
+          <t>9786259543536</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Günlük Güneş'çik</t>
+          <t>Küçük Deniz'in Maceraları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>392.4</v>
+        <v>156</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259543574</t>
+          <t>9786259543598</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Asrın Çocukları</t>
+          <t>Ormanları Kesiyorlar Koş Kaplumbağa Yetiş Kirpi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>220</v>
+        <v>264</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259543512</t>
+          <t>9786259543529</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Mete İş Başında</t>
+          <t>Günlük Güneş'çik</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>200</v>
+        <v>392.4</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259772929</t>
+          <t>9786259543574</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kartopu Kardeşler</t>
+          <t>Asrın Çocukları</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>122.4</v>
+        <v>220</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259772912</t>
+          <t>9786259543512</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Defne Kokulu Şiirler</t>
+          <t>Meraklı Mete İş Başında</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>332</v>
+        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259811284</t>
+          <t>9786259772929</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Mantarlı Orman</t>
+          <t>Kartopu Kardeşler</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>198</v>
+        <v>122.4</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259811277</t>
+          <t>9786259772912</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sara ve Molly</t>
+          <t>Defne Kokulu Şiirler</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>306</v>
+        <v>332</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259043793</t>
+          <t>9786259811284</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Küfür Alıp Satan Helvacı Dede</t>
+          <t>Mantarlı Orman</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>208.8</v>
+        <v>198</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259772905</t>
+          <t>9786259811277</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Esma'nın Kaplumbağası - İyilik Kazanacak</t>
+          <t>Sara ve Molly</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>230.4</v>
+        <v>306</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259811291</t>
+          <t>9786259043793</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Gizli Oda</t>
+          <t>Küfür Alıp Satan Helvacı Dede</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>208.8</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259811253</t>
+          <t>9786259772905</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>On Üçüncü Ada -2</t>
+          <t>Esma'nın Kaplumbağası - İyilik Kazanacak</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>208.8</v>
+        <v>230.4</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259811246</t>
+          <t>9786259811291</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>On Üçüncü Ada -1</t>
+          <t>Gizli Oda</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>241.2</v>
+        <v>208.8</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259811260</t>
+          <t>9786259811253</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Karabiber Ağacı</t>
+          <t>On Üçüncü Ada -2</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>200</v>
+        <v>208.8</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786050639117</t>
+          <t>9786259811246</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>On Üçüncü Ada -1</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>68.4</v>
+        <v>241.2</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259811215</t>
+          <t>9786259811260</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Altın Salıncak</t>
+          <t>Karabiber Ağacı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>435.6</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259847276</t>
+          <t>9786050639117</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Papağan Pırpır Nasıl Miyavladı?</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>68.4</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259847269</t>
+          <t>9786259811215</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yavru Kirpi Puf'un Masalı</t>
+          <t>Altın Salıncak</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>140</v>
+        <v>435.6</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259847252</t>
+          <t>9786259847276</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ne Lazım Ne Lazım</t>
+          <t>Papağan Pırpır Nasıl Miyavladı?</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259847238</t>
+          <t>9786259847269</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Ülkesi</t>
+          <t>Yavru Kirpi Puf'un Masalı</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259847245</t>
+          <t>9786259847252</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Tiko ve Balkabağı</t>
+          <t>Ne Lazım Ne Lazım</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259847214</t>
+          <t>9786259847238</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>''Pablo'' Zuzu ile Muzu</t>
+          <t>Renklerin Ülkesi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>360</v>
+        <v>140</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256974521</t>
+          <t>9786259847245</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Bibiyus</t>
+          <t>Tiko ve Balkabağı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>219.6</v>
+        <v>140</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259847207</t>
+          <t>9786259847214</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Çilli İle İbi</t>
+          <t>''Pablo'' Zuzu ile Muzu</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>90</v>
+        <v>360</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259974514</t>
+          <t>9786256974521</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Şapırtı İle Şupurtu’nun Kukla Tiyatrosu</t>
+          <t>Bibiyus</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>140</v>
+        <v>219.6</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786058085534</t>
+          <t>9786259847207</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Çilli İle İbi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>194.4</v>
+        <v>90</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786058096516</t>
+          <t>9786259974514</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Savaş Pilotu</t>
+          <t>Şapırtı İle Şupurtu’nun Kukla Tiyatrosu</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>208.8</v>
+        <v>140</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259974583</t>
+          <t>9786058085534</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>O Piti Piti Şiir Sepeti Serisi – VII – Yaşama Yolculuk</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>230.4</v>
+        <v>194.4</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259974590</t>
+          <t>9786058096516</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>O Piti Piti Şiir Sepeti Serisi – V Doğaya Yolculuk</t>
+          <t>Savaş Pilotu</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>230.4</v>
+        <v>208.8</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259974576</t>
+          <t>9786259974583</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>O Piti Piti Şiir Sepeti Serisi – VI – Yuvamıza Yolculuk</t>
+          <t>O Piti Piti Şiir Sepeti Serisi – VII – Yaşama Yolculuk</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>230.4</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259974545</t>
+          <t>9786259974590</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Vezir Olmak İsteyen Piyon</t>
+          <t>O Piti Piti Şiir Sepeti Serisi – V Doğaya Yolculuk</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>200</v>
+        <v>230.4</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259974538</t>
+          <t>9786259974576</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>O Piti Piti Şiir Sepeti Serisi III - Masallar Dünyasına Yolculuk</t>
+          <t>O Piti Piti Şiir Sepeti Serisi – VI – Yuvamıza Yolculuk</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>230.4</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057349293</t>
+          <t>9786259974545</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kaşif ve Willy Dahi Robot Stephen Dünyanın Yedi Harikasına Yolculuk</t>
+          <t>Vezir Olmak İsteyen Piyon</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>82.8</v>
+        <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259974507</t>
+          <t>9786259974538</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Duru Cennet Saraybosna’da – Sihir Perisi</t>
+          <t>O Piti Piti Şiir Sepeti Serisi III - Masallar Dünyasına Yolculuk</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>220</v>
+        <v>230.4</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256419735</t>
+          <t>9786057349293</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Küçük Astronot Willy ve Dahi Robot Stephen - Evrende Yolculuk</t>
+          <t>Küçük Kaşif ve Willy Dahi Robot Stephen Dünyanın Yedi Harikasına Yolculuk</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>86.4</v>
+        <v>82.8</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256419810</t>
+          <t>9786259974507</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Aslan Leo ve Hayvan Konseyi</t>
+          <t>Duru Cennet Saraybosna’da – Sihir Perisi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>64.8</v>
+        <v>220</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057349286</t>
+          <t>9786256419735</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>O Piti Piti Şiir Serisi 2 Okuluma Yolculuk</t>
+          <t>Küçük Astronot Willy ve Dahi Robot Stephen - Evrende Yolculuk</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>230.4</v>
+        <v>86.4</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258265934</t>
+          <t>9786256419810</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Fedakar Karga</t>
+          <t>Aslan Leo ve Hayvan Konseyi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>154</v>
+        <v>64.8</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057349256</t>
+          <t>9786057349286</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>O Piti Piti Şiir Sepeti Serisi 1- Hayvanlar Dünyasına Yolculuk</t>
+          <t>O Piti Piti Şiir Serisi 2 Okuluma Yolculuk</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>230.4</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057349248</t>
+          <t>9786258265934</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Gücü</t>
+          <t>Fedakar Karga</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>300</v>
+        <v>154</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057349231</t>
+          <t>9786057349256</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kuduruk’un Orman Düşleri</t>
+          <t>O Piti Piti Şiir Sepeti Serisi 1- Hayvanlar Dünyasına Yolculuk</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>219.6</v>
+        <v>230.4</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057349217</t>
+          <t>9786057349248</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kid’s Ada and Sam</t>
+          <t>Sevginin Gücü</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>219.6</v>
+        <v>300</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057066800</t>
+          <t>9786057349231</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Çanakkale'de</t>
+          <t>Kuduruk’un Orman Düşleri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>147.6</v>
+        <v>219.6</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786050686975</t>
+          <t>9786057349217</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Prense Piçuk / Küçük Prens (Türkçe-Kürtçe)</t>
+          <t>Kid’s Ada and Sam</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>218.7</v>
+        <v>219.6</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786058010031</t>
+          <t>9786057066800</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Ay'a Yolculuk</t>
+          <t>Keloğlan Çanakkale'de</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>214.3</v>
+        <v>147.6</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786058085541</t>
+          <t>9786050686975</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Prense Piçuk / Küçük Prens (Türkçe-Kürtçe)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>274.5</v>
+        <v>218.7</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786058096530</t>
+          <t>9786058010031</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Ay'a Yolculuk</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>241.4</v>
+        <v>214.3</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786058096509</t>
+          <t>9786058085541</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Gece Uçuşu</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>132.3</v>
+        <v>274.5</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
+          <t>9786058096530</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Diş</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>241.4</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9786058096509</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Gece Uçuşu</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>132.3</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
           <t>9786058155671</t>
         </is>
       </c>
-      <c r="B76" s="1" t="inlineStr">
+      <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Küçük Prens</t>
         </is>
       </c>
-      <c r="C76" s="1">
+      <c r="C78" s="1">
         <v>129.6</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>