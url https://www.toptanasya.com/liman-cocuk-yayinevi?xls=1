--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,1195 +85,1270 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259649658</t>
+          <t>9786259649696</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Gök Gürültüsünden Korkan Zerya</t>
+          <t>Nevşin ve Uğur Böceği</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>208</v>
+        <v>306</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259649665</t>
+          <t>9786259298009</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Hayaller Fabrikası</t>
+          <t>Empati</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>280</v>
+        <v>390</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259578477</t>
+          <t>9786259649634</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Madık Avcıları</t>
+          <t>Kıvanç'ın Hayalindeki Gezi - 2</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>222</v>
+        <v>304</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259604589</t>
+          <t>9786259649641</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Gözlük Abla</t>
+          <t>Lilu ve Renkleri Çalınmış Köy</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>190</v>
+        <v>424</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259604572</t>
+          <t>9786255625939</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Perde Açılıyor</t>
+          <t>Lilu ve Renkleri Çalınmış Köy</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259604565</t>
+          <t>9786259649658</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kıvanç'ın Hayalindeki Gezi</t>
+          <t>Gök Gürültüsünden Korkan Zerya</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>180</v>
+        <v>208</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259604558</t>
+          <t>9786259649665</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Mor Tavşan</t>
+          <t>Kayıp Hayaller Fabrikası</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>327</v>
+        <v>280</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259604510</t>
+          <t>9786259578477</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bir Aztek Masalı Tüylü Yılan ve Çupakabra</t>
+          <t>Madık Avcıları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>229.2</v>
+        <v>222</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259729565</t>
+          <t>9786259604589</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Tin ile Pink</t>
+          <t>Gözlük Abla</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>168</v>
+        <v>190</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259698403</t>
+          <t>9786259604572</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bandırma Vapurunun Yolcuları</t>
+          <t>Perde Açılıyor</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>307.8</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259604503</t>
+          <t>9786259604565</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Eylül Bugün Ne Öğrenecek?</t>
+          <t>Kıvanç'ın Hayalindeki Gezi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>204</v>
+        <v>180</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259578491</t>
+          <t>9786259604558</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Mırnav’ın Kaybolan Miyavı</t>
+          <t>Mor Tavşan</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>168</v>
+        <v>327</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259578460</t>
+          <t>9786259604510</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Eyvah! Annem ve Babam İşe Gelmek İstiyor</t>
+          <t>Bir Aztek Masalı Tüylü Yılan ve Çupakabra</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>192</v>
+        <v>229.2</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259578484</t>
+          <t>9786259729565</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bir Hediye Paketi Bir De Peri</t>
+          <t>Tin ile Pink</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>276</v>
+        <v>168</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259578446</t>
+          <t>9786259698403</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Esnaflar Sokağı</t>
+          <t>Bandırma Vapurunun Yolcuları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>192</v>
+        <v>307.8</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259578453</t>
+          <t>9786259604503</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Renkler Konuşuyor Birlikte Güzeliz</t>
+          <t>Eylül Bugün Ne Öğrenecek?</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>276</v>
+        <v>204</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259729510</t>
+          <t>9786259578491</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Meyve Sepeti</t>
+          <t>Mırnav’ın Kaybolan Miyavı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>228</v>
+        <v>168</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259729541</t>
+          <t>9786259578460</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Çınarın Büyük Macerası</t>
+          <t>Eyvah! Annem ve Babam İşe Gelmek İstiyor</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>190</v>
+        <v>192</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259729572</t>
+          <t>9786259578484</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Gümüş Ormanda</t>
+          <t>Bir Hediye Paketi Bir De Peri</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>208</v>
+        <v>276</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259578439</t>
+          <t>9786259578446</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Boyama Kitapları 5'li Set</t>
+          <t>Esnaflar Sokağı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>300</v>
+        <v>192</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259847221</t>
+          <t>9786259578453</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Cafcaf İle Kapkap Geleceğin Dünyasını Keşfediyor</t>
+          <t>Renkler Konuşuyor Birlikte Güzeliz</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>295.2</v>
+        <v>276</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259729527</t>
+          <t>9786259729510</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Tuaf Ayaklar Kabilesi</t>
+          <t>Neşeli Meyve Sepeti</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>198</v>
+        <v>228</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259729503</t>
+          <t>9786259729541</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Av Köpeği Gofret</t>
+          <t>Çınarın Büyük Macerası</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>209</v>
+        <v>190</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259543581</t>
+          <t>9786259729572</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Balonları Seviyor Muyum Sevmiyor Muyum?</t>
+          <t>Meraklı Gümüş Ormanda</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>208</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259543567</t>
+          <t>9786259578439</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bir Dünya Annem</t>
+          <t>Eğlenceli Boyama Kitapları 5'li Set</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259543550</t>
+          <t>9786259847221</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Okul Aslında Güzel Bir Yer</t>
+          <t>Cafcaf İle Kapkap Geleceğin Dünyasını Keşfediyor</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>156</v>
+        <v>295.2</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259543543</t>
+          <t>9786259729527</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafçı Badem</t>
+          <t>Tuaf Ayaklar Kabilesi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>150</v>
+        <v>198</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259543536</t>
+          <t>9786259729503</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Küçük Deniz'in Maceraları</t>
+          <t>Av Köpeği Gofret</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>156</v>
+        <v>209</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259543598</t>
+          <t>9786259543581</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Ormanları Kesiyorlar Koş Kaplumbağa Yetiş Kirpi</t>
+          <t>Balonları Seviyor Muyum Sevmiyor Muyum?</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>264</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259543529</t>
+          <t>9786259543567</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Günlük Güneş'çik</t>
+          <t>Bir Dünya Annem</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>392.4</v>
+        <v>150</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259543574</t>
+          <t>9786259543550</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Asrın Çocukları</t>
+          <t>Okul Aslında Güzel Bir Yer</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>220</v>
+        <v>156</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259543512</t>
+          <t>9786259543543</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Mete İş Başında</t>
+          <t>Fotoğrafçı Badem</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259772929</t>
+          <t>9786259543536</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kartopu Kardeşler</t>
+          <t>Küçük Deniz'in Maceraları</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>122.4</v>
+        <v>156</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259772912</t>
+          <t>9786259543598</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Defne Kokulu Şiirler</t>
+          <t>Ormanları Kesiyorlar Koş Kaplumbağa Yetiş Kirpi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>332</v>
+        <v>264</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259811284</t>
+          <t>9786259543529</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Mantarlı Orman</t>
+          <t>Günlük Güneş'çik</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>198</v>
+        <v>392.4</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259811277</t>
+          <t>9786259543574</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Sara ve Molly</t>
+          <t>Asrın Çocukları</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>306</v>
+        <v>220</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259043793</t>
+          <t>9786259543512</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Küfür Alıp Satan Helvacı Dede</t>
+          <t>Meraklı Mete İş Başında</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>208.8</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259772905</t>
+          <t>9786259772929</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Esma'nın Kaplumbağası - İyilik Kazanacak</t>
+          <t>Kartopu Kardeşler</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>230.4</v>
+        <v>122.4</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259811291</t>
+          <t>9786259772912</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Gizli Oda</t>
+          <t>Defne Kokulu Şiirler</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>208.8</v>
+        <v>332</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259811253</t>
+          <t>9786259811284</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>On Üçüncü Ada -2</t>
+          <t>Mantarlı Orman</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>208.8</v>
+        <v>198</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259811246</t>
+          <t>9786259811277</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>On Üçüncü Ada -1</t>
+          <t>Sara ve Molly</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>241.2</v>
+        <v>306</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259811260</t>
+          <t>9786259043793</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Karabiber Ağacı</t>
+          <t>Küfür Alıp Satan Helvacı Dede</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>208.8</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786050639117</t>
+          <t>9786259772905</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Esma'nın Kaplumbağası - İyilik Kazanacak</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>68.4</v>
+        <v>230.4</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259811215</t>
+          <t>9786259811291</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Altın Salıncak</t>
+          <t>Gizli Oda</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>435.6</v>
+        <v>208.8</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259847276</t>
+          <t>9786259811253</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Papağan Pırpır Nasıl Miyavladı?</t>
+          <t>On Üçüncü Ada -2</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>208.8</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259847269</t>
+          <t>9786259811246</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yavru Kirpi Puf'un Masalı</t>
+          <t>On Üçüncü Ada -1</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>140</v>
+        <v>241.2</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259847252</t>
+          <t>9786259811260</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ne Lazım Ne Lazım</t>
+          <t>Karabiber Ağacı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259847238</t>
+          <t>9786050639117</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Ülkesi</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>140</v>
+        <v>68.4</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259847245</t>
+          <t>9786259811215</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Tiko ve Balkabağı</t>
+          <t>Altın Salıncak</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>140</v>
+        <v>435.6</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259847214</t>
+          <t>9786259847276</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>''Pablo'' Zuzu ile Muzu</t>
+          <t>Papağan Pırpır Nasıl Miyavladı?</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256974521</t>
+          <t>9786259847269</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bibiyus</t>
+          <t>Yavru Kirpi Puf'un Masalı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>219.6</v>
+        <v>140</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259847207</t>
+          <t>9786259847252</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Çilli İle İbi</t>
+          <t>Ne Lazım Ne Lazım</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259974514</t>
+          <t>9786259847238</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Şapırtı İle Şupurtu’nun Kukla Tiyatrosu</t>
+          <t>Renklerin Ülkesi</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786058085534</t>
+          <t>9786259847245</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Tiko ve Balkabağı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>194.4</v>
+        <v>140</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786058096516</t>
+          <t>9786259847214</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Savaş Pilotu</t>
+          <t>''Pablo'' Zuzu ile Muzu</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>208.8</v>
+        <v>360</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259974583</t>
+          <t>9786256974521</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>O Piti Piti Şiir Sepeti Serisi – VII – Yaşama Yolculuk</t>
+          <t>Bibiyus</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>230.4</v>
+        <v>219.6</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259974590</t>
+          <t>9786259847207</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>O Piti Piti Şiir Sepeti Serisi – V Doğaya Yolculuk</t>
+          <t>Çilli İle İbi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>230.4</v>
+        <v>90</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259974576</t>
+          <t>9786259974514</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>O Piti Piti Şiir Sepeti Serisi – VI – Yuvamıza Yolculuk</t>
+          <t>Şapırtı İle Şupurtu’nun Kukla Tiyatrosu</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>230.4</v>
+        <v>140</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259974545</t>
+          <t>9786058085534</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Vezir Olmak İsteyen Piyon</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>200</v>
+        <v>194.4</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259974538</t>
+          <t>9786058096516</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>O Piti Piti Şiir Sepeti Serisi III - Masallar Dünyasına Yolculuk</t>
+          <t>Savaş Pilotu</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>230.4</v>
+        <v>208.8</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057349293</t>
+          <t>9786259974583</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kaşif ve Willy Dahi Robot Stephen Dünyanın Yedi Harikasına Yolculuk</t>
+          <t>O Piti Piti Şiir Sepeti Serisi – VII – Yaşama Yolculuk</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>82.8</v>
+        <v>230.4</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259974507</t>
+          <t>9786259974590</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Duru Cennet Saraybosna’da – Sihir Perisi</t>
+          <t>O Piti Piti Şiir Sepeti Serisi – V Doğaya Yolculuk</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>220</v>
+        <v>230.4</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256419735</t>
+          <t>9786259974576</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Küçük Astronot Willy ve Dahi Robot Stephen - Evrende Yolculuk</t>
+          <t>O Piti Piti Şiir Sepeti Serisi – VI – Yuvamıza Yolculuk</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>86.4</v>
+        <v>230.4</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256419810</t>
+          <t>9786259974545</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Aslan Leo ve Hayvan Konseyi</t>
+          <t>Vezir Olmak İsteyen Piyon</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>64.8</v>
+        <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057349286</t>
+          <t>9786259974538</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>O Piti Piti Şiir Serisi 2 Okuluma Yolculuk</t>
+          <t>O Piti Piti Şiir Sepeti Serisi III - Masallar Dünyasına Yolculuk</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>230.4</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258265934</t>
+          <t>9786057349293</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Fedakar Karga</t>
+          <t>Küçük Kaşif ve Willy Dahi Robot Stephen Dünyanın Yedi Harikasına Yolculuk</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>154</v>
+        <v>82.8</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057349256</t>
+          <t>9786259974507</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>O Piti Piti Şiir Sepeti Serisi 1- Hayvanlar Dünyasına Yolculuk</t>
+          <t>Duru Cennet Saraybosna’da – Sihir Perisi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>230.4</v>
+        <v>220</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057349248</t>
+          <t>9786256419735</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Gücü</t>
+          <t>Küçük Astronot Willy ve Dahi Robot Stephen - Evrende Yolculuk</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>300</v>
+        <v>86.4</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057349231</t>
+          <t>9786256419810</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kuduruk’un Orman Düşleri</t>
+          <t>Aslan Leo ve Hayvan Konseyi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>219.6</v>
+        <v>64.8</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057349217</t>
+          <t>9786057349286</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kid’s Ada and Sam</t>
+          <t>O Piti Piti Şiir Serisi 2 Okuluma Yolculuk</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>219.6</v>
+        <v>230.4</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057066800</t>
+          <t>9786258265934</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Çanakkale'de</t>
+          <t>Fedakar Karga</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>147.6</v>
+        <v>154</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786050686975</t>
+          <t>9786057349256</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Prense Piçuk / Küçük Prens (Türkçe-Kürtçe)</t>
+          <t>O Piti Piti Şiir Sepeti Serisi 1- Hayvanlar Dünyasına Yolculuk</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>218.7</v>
+        <v>230.4</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786058010031</t>
+          <t>9786057349248</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Ay'a Yolculuk</t>
+          <t>Sevginin Gücü</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>214.3</v>
+        <v>300</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786058085541</t>
+          <t>9786057349231</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Kuduruk’un Orman Düşleri</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>274.5</v>
+        <v>219.6</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786058096530</t>
+          <t>9786057349217</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Kid’s Ada and Sam</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>241.4</v>
+        <v>219.6</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786058096509</t>
+          <t>9786057066800</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Gece Uçuşu</t>
+          <t>Keloğlan Çanakkale'de</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>132.3</v>
+        <v>147.6</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
+          <t>9786050686975</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Prense Piçuk / Küçük Prens (Türkçe-Kürtçe)</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>218.7</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9786058010031</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Ay'a Yolculuk</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>214.3</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9786058085541</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Kalbi</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>274.5</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9786058096530</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Diş</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>241.4</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9786058096509</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Gece Uçuşu</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>132.3</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
           <t>9786058155671</t>
         </is>
       </c>
-      <c r="B78" s="1" t="inlineStr">
+      <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Küçük Prens</t>
         </is>
       </c>
-      <c r="C78" s="1">
+      <c r="C83" s="1">
         <v>129.6</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>