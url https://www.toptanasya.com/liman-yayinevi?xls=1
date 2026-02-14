--- v0 (2025-10-28)
+++ v1 (2026-02-14)
@@ -85,14665 +85,15175 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255625663</t>
+          <t>9786259307466</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Elma ve Gölge</t>
+          <t>Yeşil Kuşak - Ilımlı İslam Projesi Altında 80 Yıl</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>190</v>
+        <v>611</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255625212</t>
+          <t>9786259307497</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ankara'nın Kayıp Tarihi Kente Mektuplar</t>
+          <t>Dünya Yaşanası Bir Yer Değil</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>360</v>
+        <v>241</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255625687</t>
+          <t>9786259310442</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Tiyatroda Sanal Gerçeklik</t>
+          <t>Düş Mektupları</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>192</v>
+        <v>195</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255625670</t>
+          <t>9786259310459</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Gece Sarin</t>
+          <t>İnsanlığın Yol Haritası</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>260</v>
+        <v>255</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255625564</t>
+          <t>9786255625984</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan Hayat Oyunları</t>
+          <t>Doğu Türk Lejyonları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>202</v>
+        <v>900</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255625533</t>
+          <t>9786259307428</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Can Kayıp</t>
+          <t>Hayat Yolcusu</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>180</v>
+        <v>219</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255625625</t>
+          <t>9786255625960</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Evdeki Çocuk</t>
+          <t>Hayatın İçinden Alimi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>125</v>
+        <v>390</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255625656</t>
+          <t>9786259307411</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Germenicia - Kırılan Zaman, Susturulan Şehir</t>
+          <t>Ankara Bize Kaldı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>421</v>
+        <v>360</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255625649</t>
+          <t>9786259698434</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Çoban Yıldızı</t>
+          <t>Paranormal Gerçekliğe Açılan Kapı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255625601</t>
+          <t>9786255625991</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Karvane Helbestan</t>
+          <t>Dünya İşgal Altında</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>452</v>
+        <v>343</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255625595</t>
+          <t>9786255625946</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İsrail'in Askeri Harekatlardaki Karar Kalıpları</t>
+          <t>Mahkum</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>284</v>
+        <v>343</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255625540</t>
+          <t>9786255625915</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Öylesine Yaşamak</t>
+          <t>Küresel Dönüşüm Sürecinde Türkiye ve Türk Dünyası</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>242</v>
+        <v>445</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259698410</t>
+          <t>9786255625908</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ve Aşk Ve Aşk</t>
+          <t>Kanada'nın Yerli Çocuklara Yönelik Asimilasyon ve Soykırım Politiklaları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>135</v>
+        <v>315</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255625571</t>
+          <t>9786255625878</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kalemin Sessiz Yolculuğu</t>
+          <t>Taşların Fısıltısı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>249</v>
+        <v>450</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255625632</t>
+          <t>9786255625892</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Toprak Kokulu Mısralar</t>
+          <t>Gelişen Çağdaş Dünya ve Aile Düzeni</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057488503</t>
+          <t>9786255625885</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İstanbul 1831</t>
+          <t>Bir Umudun Hikayesi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>161</v>
+        <v>536</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255625526</t>
+          <t>9786255625861</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bir Fotoğrafın Hatırası</t>
+          <t>Kalem-i Elfida</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>203</v>
+        <v>121</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255625588</t>
+          <t>9786255625847</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Çuyına Te</t>
+          <t>Çocuklarımızın Eğitiminde Öğretmen Eğitim Rehberi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255625618</t>
+          <t>9786255625816</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kedili Ev</t>
+          <t>İslam ve Sosyal Yaşam 1</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>186</v>
+        <v>251</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255625496</t>
+          <t>9786255625830</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Lale Çiçeği Şiirler</t>
+          <t>100 Kişinin Yüzü</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>211</v>
+        <v>415</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255625465</t>
+          <t>9786255625854</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hayaletin Son Dansı</t>
+          <t>Biz Neden Böyleyiz Anne?</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>217</v>
+        <v>175</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255625458</t>
+          <t>9786255625779</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yazı Tura</t>
+          <t>Öğretmenin Defteri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>211</v>
+        <v>440</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255625410</t>
+          <t>9786255625724</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Devlet Yönetimlerinde Diktatörlerin Özellikleri</t>
+          <t>Kapitalist Modernitenin Ortadoğu'ya Açılması Ulus Devlet Süreci ve Kürtler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>301</v>
+        <v>346</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255625502</t>
+          <t>9786255625762</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Gençliğin Gözyaşları</t>
+          <t>Şişedeki Mektuplar - Hayallerim Sevdam ve Sen</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>211</v>
+        <v>550</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255625083</t>
+          <t>9786255625823</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kuma - Bir Erkek İki Kadın</t>
+          <t>Suçlu Kader mi?</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>316</v>
+        <v>186</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255625519</t>
+          <t>9786255625786</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Çiroken Min</t>
+          <t>Tekfir</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>240</v>
+        <v>171</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255625472</t>
+          <t>9786255625748</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Mavi</t>
+          <t>Şevin ile Şirvan</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>373</v>
+        <v>430</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255625359</t>
+          <t>9786255625700</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Gönül Sızım</t>
+          <t>Sevginin Çeşitleri</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>177</v>
+        <v>184</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255625076</t>
+          <t>9786255625793</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bir Sürgün Hikayesi</t>
+          <t>Poseidon ve Aylan</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>240</v>
+        <v>202</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258168334</t>
+          <t>9786255625755</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Adıyaman Yöresi Halk Oyunlarının Ortaya Çıkış Öyküleri</t>
+          <t>Düşler Cümbüşü</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>136.8</v>
+        <v>253</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256500242</t>
+          <t>9786255625809</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dair 3</t>
+          <t>Deccal Öncesi - 1</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>311</v>
+        <v>430</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256500211</t>
+          <t>9786255625694</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kömürden Kültüre Yolculuk</t>
+          <t>Tükenmenin Çaresizliği</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>311</v>
+        <v>215</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258265293</t>
+          <t>9786255625731</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Turnalar Diyarı Efsanesi</t>
+          <t>Birazda Mutluluk Olsun</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>212</v>
+        <v>253</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255625434</t>
+          <t>9786255625717</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Fransa Büyük Doğusu - Dev Kuş</t>
+          <t>Dükkândan Dünyaya Çağsama</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>420</v>
+        <v>303</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256500082</t>
+          <t>9786255625663</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Aile</t>
+          <t>Elma ve Gölge</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258033649</t>
+          <t>9786255625212</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Oyun Bozan</t>
+          <t>Ankara'nın Kayıp Tarihi Kente Mektuplar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>112.5</v>
+        <v>360</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255625441</t>
+          <t>9786255625687</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Dolunay</t>
+          <t>Tiyatroda Sanal Gerçeklik</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>225</v>
+        <v>192</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255625427</t>
+          <t>9786255625670</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Nuh'un Şehrinden Smyrna'ya</t>
+          <t>Karanlık Gece Sarin</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>154</v>
+        <v>260</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255625328</t>
+          <t>9786255625564</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Anılarla Kalıcı Değerlerim</t>
+          <t>Yarım Kalan Hayat Oyunları</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>204</v>
+        <v>202</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255625403</t>
+          <t>9786255625533</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bir Zümrüdü Leyla'dan Şiirler</t>
+          <t>Can Kayıp</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>114</v>
+        <v>180</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255625380</t>
+          <t>9786255625625</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Gönül Mabedi</t>
+          <t>Evdeki Çocuk</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>165</v>
+        <v>125</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255625489</t>
+          <t>9786255625656</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kınalı Güvercin</t>
+          <t>Germenicia - Kırılan Zaman, Susturulan Şehir</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>93</v>
+        <v>421</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255625342</t>
+          <t>9786255625649</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Çamlar</t>
+          <t>Çoban Yıldızı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255625373</t>
+          <t>9786255625601</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Suriçi’nde Sürçenler</t>
+          <t>Karvane Helbestan</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>190</v>
+        <v>452</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255625182</t>
+          <t>9786255625595</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sıra Mutlulukta</t>
+          <t>İsrail'in Askeri Harekatlardaki Karar Kalıpları</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>194</v>
+        <v>284</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255625397</t>
+          <t>9786255625540</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ezoterizm</t>
+          <t>Öylesine Yaşamak</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>250</v>
+        <v>242</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255625335</t>
+          <t>9786259698410</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>En Son Aralık</t>
+          <t>Ve Aşk Ve Aşk</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>273</v>
+        <v>135</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255625311</t>
+          <t>9786255625571</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Abacus ve Tractus</t>
+          <t>Kalemin Sessiz Yolculuğu</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>210</v>
+        <v>249</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255625144</t>
+          <t>9786255625632</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kapı Kilitliydi</t>
+          <t>Toprak Kokulu Mısralar</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255625304</t>
+          <t>9786057488503</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömrün Dizeleri</t>
+          <t>İstanbul 1831</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>135</v>
+        <v>161</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256043381</t>
+          <t>9786255625526</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Mavi Yürekli Öyküler</t>
+          <t>Bir Fotoğrafın Hatırası</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>158.4</v>
+        <v>203</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258265729</t>
+          <t>9786255625588</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ajandamdan Günümüze ve Geleceğimize Işık Tutan Notlarım 1. Cilt</t>
+          <t>Çuyına Te</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>334</v>
+        <v>320</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258265743</t>
+          <t>9786255625618</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ajandamdan Günümüze ve Geleceğimize Işık Tutan Notlarım 2. Cilt</t>
+          <t>Kedili Ev</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>397.8</v>
+        <v>186</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258265736</t>
+          <t>9786255625496</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ajandamdan Günümüze ve Geleceğimize Işık Tutan Notlarım 1. Cilt</t>
+          <t>Lale Çiçeği Şiirler</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>388.8</v>
+        <v>211</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258168853</t>
+          <t>9786255625465</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Taze Yasin Davası</t>
+          <t>Hayaletin Son Dansı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>138.6</v>
+        <v>217</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258168860</t>
+          <t>9786255625458</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Roni</t>
+          <t>Yazı Tura</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>106.2</v>
+        <v>211</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258168884</t>
+          <t>9786255625410</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Bisikletçi</t>
+          <t>Devlet Yönetimlerinde Diktatörlerin Özellikleri</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>140.4</v>
+        <v>301</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057066886</t>
+          <t>9786255625502</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Bütün Din Adamları Kadınlara Yalan Söyler</t>
+          <t>Gençliğin Gözyaşları</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>151.2</v>
+        <v>211</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786255625281</t>
+          <t>9786255625083</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Ritmi</t>
+          <t>Kuma - Bir Erkek İki Kadın</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>221</v>
+        <v>316</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786255625007</t>
+          <t>9786255625519</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim?</t>
+          <t>Çiroken Min</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255625229</t>
+          <t>9786255625472</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Aşiretten Millete Kırşehir</t>
+          <t>En Güzel Mavi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>177</v>
+        <v>373</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786255625250</t>
+          <t>9786255625359</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Son Mektup</t>
+          <t>Gönül Sızım</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>140</v>
+        <v>177</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259590998</t>
+          <t>9786255625076</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Elmas Tozu</t>
+          <t>Bir Sürgün Hikayesi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>162</v>
+        <v>240</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786255625274</t>
+          <t>9786258168334</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Gidenden Kalan</t>
+          <t>Adıyaman Yöresi Halk Oyunlarının Ortaya Çıkış Öyküleri</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>147</v>
+        <v>136.8</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786255625298</t>
+          <t>9786256500242</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Göç Yolculuğu</t>
+          <t>Hayata Dair 3</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>147</v>
+        <v>311</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786255625267</t>
+          <t>9786256500211</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Papatya Dolu Düşler</t>
+          <t>Kömürden Kültüre Yolculuk</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>305</v>
+        <v>311</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786255625090</t>
+          <t>9786258265293</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Çilenin Dostları</t>
+          <t>Turnalar Diyarı Efsanesi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>127</v>
+        <v>212</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786255625021</t>
+          <t>9786255625434</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Hacı Kalfa</t>
+          <t>Fransa Büyük Doğusu - Dev Kuş</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>80</v>
+        <v>420</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786259590905</t>
+          <t>9786256500082</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Gece Dersleri</t>
+          <t>Aile</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>202.32</v>
+        <v>180</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786255625014</t>
+          <t>9786258033649</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Arap Rıza'nın Öfkesi</t>
+          <t>Oyun Bozan</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>103.2</v>
+        <v>112.5</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786255625236</t>
+          <t>9786255625441</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Çiriş Zamanı</t>
+          <t>Dolunay</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>162</v>
+        <v>225</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786255625168</t>
+          <t>9786255625427</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Deprem Bölgesine Taziyemdir</t>
+          <t>Nuh'un Şehrinden Smyrna'ya</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>197.28</v>
+        <v>154</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786255625175</t>
+          <t>9786255625328</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Gurbet’in Gözyaşı</t>
+          <t>Anılarla Kalıcı Değerlerim</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>165.6</v>
+        <v>204</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786255625199</t>
+          <t>9786255625403</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Hakkı Tavsiyename</t>
+          <t>Bir Zümrüdü Leyla'dan Şiirler</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>64.8</v>
+        <v>114</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786255625205</t>
+          <t>9786255625380</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ballı 2 Hoş Gel Hayat</t>
+          <t>Gönül Mabedi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>169.2</v>
+        <v>165</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786255625151</t>
+          <t>9786255625489</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Zeynep Ecem Bilge Kağan</t>
+          <t>Kınalı Güvercin</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>203.4</v>
+        <v>93</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786255625106</t>
+          <t>9786255625342</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Bir Zümrüdü Leyla</t>
+          <t>Kızıl Çamlar</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>222.48</v>
+        <v>120</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786255625113</t>
+          <t>9786255625373</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Özlem ve Şiir</t>
+          <t>Suriçi’nde Sürçenler</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>283</v>
+        <v>190</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786259717074</t>
+          <t>9786255625182</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Alışamadık Denemeler</t>
+          <t>Sıra Mutlulukta</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>147.6</v>
+        <v>194</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786255625137</t>
+          <t>9786255625397</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Aşk Sokağı</t>
+          <t>Ezoterizm</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>158</v>
+        <v>250</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786255625045</t>
+          <t>9786255625335</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Bir Avuç Toprak</t>
+          <t>En Son Aralık</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>70.32</v>
+        <v>273</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786255625120</t>
+          <t>9786255625311</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Turkuaz Bulut</t>
+          <t>Abacus ve Tractus</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>129.6</v>
+        <v>210</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786255625038</t>
+          <t>9786255625144</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Şiirleri</t>
+          <t>Kapı Kilitliydi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>135</v>
+        <v>300</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786259717098</t>
+          <t>9786255625304</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Bağilik, Bağilerle İlgili Hükümler ve Dahili Anlaşmazlıkların Çözüm Yolları</t>
+          <t>Bir Ömrün Dizeleri</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>510.24</v>
+        <v>135</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786255625052</t>
+          <t>9786256043381</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Günlük</t>
+          <t>Mavi Yürekli Öyküler</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>153</v>
+        <v>158.4</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786255625069</t>
+          <t>9786258265729</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Adsız - Adını Siz Koyun</t>
+          <t>Ajandamdan Günümüze ve Geleceğimize Işık Tutan Notlarım 1. Cilt</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>347.4</v>
+        <v>786.6</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786259590967</t>
+          <t>9786258265743</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Dükkanı Kısa Bilimkurgu Öyküleri - 3</t>
+          <t>Ajandamdan Günümüze ve Geleceğimize Işık Tutan Notlarım 2. Cilt</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>163.8</v>
+        <v>397.8</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786259590981</t>
+          <t>9786258265736</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Bende İnsanca Yaşamak İstemiştim</t>
+          <t>Ajandamdan Günümüze ve Geleceğimize Işık Tutan Notlarım 1. Cilt</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>297</v>
+        <v>388.8</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786259722368</t>
+          <t>9786258168853</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Arayış - 3 Yeni Bir Köy Yeni Bir Hayat</t>
+          <t>Taze Yasin Davası</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>203.2</v>
+        <v>138.6</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786259590912</t>
+          <t>9786258168860</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Düş'ün</t>
+          <t>Roni</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>160.2</v>
+        <v>106.2</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786259590950</t>
+          <t>9786258168884</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Vicdan Azabı</t>
+          <t>Bisikletçi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>154.8</v>
+        <v>140.4</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786259590974</t>
+          <t>9786057066886</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Meşakkatli Yolum</t>
+          <t>Bütün Din Adamları Kadınlara Yalan Söyler</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>156.6</v>
+        <v>151.2</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786259717036</t>
+          <t>9786255625281</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kırık Ayna</t>
+          <t>Hayatın Ritmi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>146</v>
+        <v>221</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786259717067</t>
+          <t>9786255625007</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>2150 Xsentium</t>
+          <t>Ben Kimim?</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>344</v>
+        <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786259590936</t>
+          <t>9786255625229</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Cevşen ve Haç</t>
+          <t>Aşiretten Millete Kırşehir</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>245</v>
+        <v>177</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786259590929</t>
+          <t>9786255625250</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kral Artos</t>
+          <t>Son Mektup</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>97.2</v>
+        <v>140</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786259590943</t>
+          <t>9786259590998</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Türküler Bizi Söyler</t>
+          <t>Elmas Tozu</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>216</v>
+        <v>162</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786259729770</t>
+          <t>9786255625274</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Arafta Kaybolmak</t>
+          <t>Gidenden Kalan</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>126</v>
+        <v>147</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786259729756</t>
+          <t>9786255625298</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Düşünceden Eyleme Bir İrade Yaşanmışlıkların Diliyle Hikmet Kıvılcımlı</t>
+          <t>Göç Yolculuğu</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>291.6</v>
+        <v>147</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786259722382</t>
+          <t>9786255625267</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Sözcüklerin Dünyası</t>
+          <t>Papatya Dolu Düşler</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>223.2</v>
+        <v>305</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786259717043</t>
+          <t>9786255625090</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Çocukları</t>
+          <t>Çilenin Dostları</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>143</v>
+        <v>127</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786259729718</t>
+          <t>9786255625021</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Hayat Dersi</t>
+          <t>Hacı Kalfa</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>185.4</v>
+        <v>80</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786259722351</t>
+          <t>9786259590905</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Narin</t>
+          <t>Gece Dersleri</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>147.6</v>
+        <v>202.32</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786259717081</t>
+          <t>9786255625014</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Saklı Umutlar</t>
+          <t>Arap Rıza'nın Öfkesi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>351</v>
+        <v>103.2</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786259717012</t>
+          <t>9786255625236</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Suskun Geveze</t>
+          <t>Çiriş Zamanı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>108</v>
+        <v>162</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786259722320</t>
+          <t>9786255625168</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Ata Ana</t>
+          <t>Deprem Bölgesine Taziyemdir</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>129.6</v>
+        <v>197.28</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786259759890</t>
+          <t>9786255625175</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Umuda Yolculuk</t>
+          <t>Gurbet’in Gözyaşı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>297</v>
+        <v>165.6</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786259722375</t>
+          <t>9786255625199</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Türkiyem</t>
+          <t>Hakkı Tavsiyename</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>142.2</v>
+        <v>64.8</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786259722337</t>
+          <t>9786255625205</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Kardan Aydınlık</t>
+          <t>Ballı 2 Hoş Gel Hayat</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>257.4</v>
+        <v>169.2</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786259722306</t>
+          <t>9786255625151</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Ben Deliyim</t>
+          <t>Zeynep Ecem Bilge Kağan</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>183.6</v>
+        <v>203.4</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786259717005</t>
+          <t>9786255625106</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Ellerim Ceplerimde</t>
+          <t>Bir Zümrüdü Leyla</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>189</v>
+        <v>222.48</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786259722399</t>
+          <t>9786255625113</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Umut Yüzlü Irgatlar</t>
+          <t>Özlem ve Şiir</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>217.8</v>
+        <v>283</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786259560571</t>
+          <t>9786259717074</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Sednaya Hapishanesi</t>
+          <t>Alışamadık Denemeler</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>137</v>
+        <v>147.6</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786259729763</t>
+          <t>9786255625137</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Muammalar ve Korkutucu Dünya Olayları</t>
+          <t>Aşk Sokağı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>297</v>
+        <v>158</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786259722313</t>
+          <t>9786255625045</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kadının Şiiri</t>
+          <t>Bir Avuç Toprak</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>167</v>
+        <v>70.32</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786259560588</t>
+          <t>9786255625120</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Mor Menekşe</t>
+          <t>Turkuaz Bulut</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>122</v>
+        <v>129.6</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>4444444443033</t>
+          <t>9786255625038</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Bahçesi</t>
+          <t>Sevgi Şiirleri</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>227</v>
+        <v>135</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786259729794</t>
+          <t>9786259717098</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Denetmen Devletin Mührü</t>
+          <t>İslam Hukukunda Bağilik, Bağilerle İlgili Hükümler ve Dahili Anlaşmazlıkların Çözüm Yolları</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>162</v>
+        <v>510.24</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786259729732</t>
+          <t>9786255625052</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Su Gibi</t>
+          <t>Sevgili Günlük</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>180</v>
+        <v>153</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786259551258</t>
+          <t>9786255625069</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Ragif 1290 Güzel Ayrılış</t>
+          <t>Adsız - Adını Siz Koyun</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>295.2</v>
+        <v>347.4</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786259551241</t>
+          <t>9786259590967</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Sensedim</t>
+          <t>Gelecek Dükkanı Kısa Bilimkurgu Öyküleri - 3</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>153</v>
+        <v>163.8</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256043718</t>
+          <t>9786259590981</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Gamgüsar</t>
+          <t>Bende İnsanca Yaşamak İstemiştim</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>75.6</v>
+        <v>297</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256043695</t>
+          <t>9786259722368</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Refika</t>
+          <t>Arayış - 3 Yeni Bir Köy Yeni Bir Hayat</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>352.8</v>
+        <v>203.2</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258168181</t>
+          <t>9786259590912</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Sen de Varsın</t>
+          <t>Düş'ün</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>369</v>
+        <v>160.2</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786058155602</t>
+          <t>9786259590950</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Bir Kuş Masalı</t>
+          <t>Vicdan Azabı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>271.8</v>
+        <v>154.8</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256758438</t>
+          <t>9786259590974</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Bir Damla Rüzgarım</t>
+          <t>Meşakkatli Yolum</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>234</v>
+        <v>156.6</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256419636</t>
+          <t>9786259717036</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Bir Acı Damla Gözyaşı</t>
+          <t>Kırık Ayna</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>147.6</v>
+        <v>146</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258265897</t>
+          <t>9786259717067</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Bir Damla Gözyaşı</t>
+          <t>2150 Xsentium</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>163.8</v>
+        <v>344</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258265385</t>
+          <t>9786259590936</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Ben Olsaydım</t>
+          <t>Cevşen ve Haç</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>158.4</v>
+        <v>245</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258265064</t>
+          <t>9786259590929</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Sesin En Güzel Melodi</t>
+          <t>Kral Artos</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>168.38</v>
+        <v>97.2</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258168945</t>
+          <t>9786259590943</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Şifremi Kırda</t>
+          <t>Türküler Bizi Söyler</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>259.2</v>
+        <v>216</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258033342</t>
+          <t>9786259729770</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Bazen</t>
+          <t>Arafta Kaybolmak</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>129.6</v>
+        <v>126</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786058155664</t>
+          <t>9786259729756</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Sırrı Dökülmüş Bir Aynayım</t>
+          <t>Düşünceden Eyleme Bir İrade Yaşanmışlıkların Diliyle Hikmet Kıvılcımlı</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>194.4</v>
+        <v>291.6</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786050639148</t>
+          <t>9786259722382</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Ağaç Küpesi</t>
+          <t>Sözcüklerin Dünyası</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>149.4</v>
+        <v>223.2</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786058155657</t>
+          <t>9786259717043</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Vatan</t>
+          <t>Şeytanın Çocukları</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>104.4</v>
+        <v>143</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786056953422</t>
+          <t>9786259729718</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Acayip Bir Hikaye</t>
+          <t>Hayat Dersi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>136.8</v>
+        <v>185.4</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786058155619</t>
+          <t>9786259722351</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Dökülmüş Şiirler</t>
+          <t>Narin</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>135</v>
+        <v>147.6</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786259729749</t>
+          <t>9786259717081</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Mitokondrisi Bende Kaldı</t>
+          <t>Saklı Umutlar</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>103</v>
+        <v>351</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786259722344</t>
+          <t>9786259717012</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Aldatma Sonatı</t>
+          <t>Suskun Geveze</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>171</v>
+        <v>108</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786259729701</t>
+          <t>9786259722320</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Uyu Kalan Yat Artık</t>
+          <t>Ata Ana</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>185</v>
+        <v>129.6</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786259551289</t>
+          <t>9786259759890</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kilidi Kırık Yazılar</t>
+          <t>Umuda Yolculuk</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>261</v>
+        <v>297</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786259560564</t>
+          <t>9786259722375</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kaşifin Sırlı Yıldızları</t>
+          <t>Türkiyem</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>146</v>
+        <v>142.2</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786259560595</t>
+          <t>9786259722337</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kambur Hayatlar</t>
+          <t>Kardan Aydınlık</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>470</v>
+        <v>257.4</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786259560557</t>
+          <t>9786259722306</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluşa Doğru</t>
+          <t>Ben Deliyim</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>151.2</v>
+        <v>183.6</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786259729725</t>
+          <t>9786259717005</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Köy Yanıyor Deli Taranıyor</t>
+          <t>Ellerim Ceplerimde</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>156.6</v>
+        <v>189</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786259560502</t>
+          <t>9786259722399</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Türkü Söyler Dillerimiz</t>
+          <t>Umut Yüzlü Irgatlar</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>216</v>
+        <v>217.8</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786259560519</t>
+          <t>9786259560571</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Çasır Dağı Haram Yolu</t>
+          <t>Sednaya Hapishanesi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>127.8</v>
+        <v>137</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786259560526</t>
+          <t>9786259729763</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Yaylalar - Aykarı-Güneşyurdu-Çeçik ve Tokluyatağı Yaylaları</t>
+          <t>Muammalar ve Korkutucu Dünya Olayları</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>163.8</v>
+        <v>297</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786259560540</t>
+          <t>9786259722313</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Deren Gelsin</t>
+          <t>Kadının Şiiri</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>122.4</v>
+        <v>167</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786259560533</t>
+          <t>9786259560588</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Muhammed’in Son Üç Günü</t>
+          <t>Mor Menekşe</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>180</v>
+        <v>122</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786259551272</t>
+          <t>4444444443033</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kıpkırmızı Akşamüstü</t>
+          <t>Sevgi Bahçesi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>188.1</v>
+        <v>227</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786259551234</t>
+          <t>9786259729794</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Çocuk</t>
+          <t>Denetmen Devletin Mührü</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>122.4</v>
+        <v>162</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786259551296</t>
+          <t>9786259729732</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kozağaç Ulu Ağaç Dünden Bugüne Kozağaç</t>
+          <t>Su Gibi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>1500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786259759883</t>
+          <t>9786259551258</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Üzerine Denemeler Yayınlanmış Yazılar</t>
+          <t>Ragif 1290 Güzel Ayrılış</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>142.2</v>
+        <v>295.2</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786259551227</t>
+          <t>9786259551241</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Ewr Ü Bırusk</t>
+          <t>Sensedim</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>266.4</v>
+        <v>153</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786259551210</t>
+          <t>9786256043718</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Çığlık</t>
+          <t>Gamgüsar</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>131.4</v>
+        <v>75.6</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786259551203</t>
+          <t>9786256043695</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Islak Zemin</t>
+          <t>Refika</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>199.8</v>
+        <v>352.8</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786259759869</t>
+          <t>9786258168181</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Sondan ve Yeniden</t>
+          <t>Sen de Varsın</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>129.6</v>
+        <v>369</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786259759876</t>
+          <t>9786058155602</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Harmandan İlk Hasat</t>
+          <t>Bir Kuş Masalı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>100</v>
+        <v>271.8</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786259759852</t>
+          <t>9786256758438</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Yol Hikayelerim-Tam Gaz-</t>
+          <t>Bir Damla Rüzgarım</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>114</v>
+        <v>234</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258168068</t>
+          <t>9786256419636</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>İtalya Sig Raffaele &amp; Signora Vittoria</t>
+          <t>Bir Acı Damla Gözyaşı</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>252</v>
+        <v>147.6</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786259759845</t>
+          <t>9786258265897</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Bir Söz Bir Şiir</t>
+          <t>Bir Damla Gözyaşı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>165.6</v>
+        <v>163.8</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786259759814</t>
+          <t>9786258265385</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Sevgiyi Arayan Kadınlar</t>
+          <t>Ben Olsaydım</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>102.6</v>
+        <v>158.4</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256170162</t>
+          <t>9786258265064</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Dünya Şiir Seçkisi -1</t>
+          <t>Sesin En Güzel Melodi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>201.6</v>
+        <v>168.38</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786259759821</t>
+          <t>9786258168945</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Akşamların Girit Türküsü</t>
+          <t>Şifremi Kırda</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>192.6</v>
+        <v>259.2</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256043374</t>
+          <t>9786258033342</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kiracı ile Ev Sahibi Mahkemede</t>
+          <t>Bazen</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>127.8</v>
+        <v>129.6</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258033403</t>
+          <t>9786058155664</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Bu Şehrin İnsanları</t>
+          <t>Sırrı Dökülmüş Bir Aynayım</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>192.6</v>
+        <v>194.4</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256043992</t>
+          <t>9786050639148</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Gönlüm Anadolu'ya Düştü</t>
+          <t>Ağaç Küpesi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>199.8</v>
+        <v>149.4</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256170155</t>
+          <t>9786058155657</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Yarınlara Notlar</t>
+          <t>Aşk ve Vatan</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>82.8</v>
+        <v>104.4</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786259759838</t>
+          <t>9786056953422</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Severek Ölmek</t>
+          <t>Acayip Bir Hikaye</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>167.4</v>
+        <v>136.8</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786259532516</t>
+          <t>9786058155619</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Hudut Namustur</t>
+          <t>Dökülmüş Şiirler</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>198</v>
+        <v>135</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256043985</t>
+          <t>9786259729749</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Şehrin İki Yüzü</t>
+          <t>Mitokondrisi Bende Kaldı</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>205.2</v>
+        <v>103</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256170063</t>
+          <t>9786259722344</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul'da Bir Genç Kadın</t>
+          <t>Aldatma Sonatı</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>189</v>
+        <v>171</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256170056</t>
+          <t>9786259729701</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Yürek Durakları</t>
+          <t>Uyu Kalan Yat Artık</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>207</v>
+        <v>185</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256170070</t>
+          <t>9786259551289</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Ve Sevda</t>
+          <t>Kilidi Kırık Yazılar</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>124.2</v>
+        <v>261</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256043596</t>
+          <t>9786259560564</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Hür Esir Yüz Yıllık Fırtına</t>
+          <t>Kaşifin Sırlı Yıldızları</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>367.2</v>
+        <v>146</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256170087</t>
+          <t>9786259560595</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Harmandalı- Kırımpınar</t>
+          <t>Kambur Hayatlar</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>144</v>
+        <v>470</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786259759807</t>
+          <t>9786259560557</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Eğitimli Kadınlar ve Çocuklar Ülkelerin Teminatı</t>
+          <t>Kurtuluşa Doğru</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>243</v>
+        <v>151.2</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256758810</t>
+          <t>9786259729725</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Sayha</t>
+          <t>Köy Yanıyor Deli Taranıyor</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>223.2</v>
+        <v>156.6</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256170100</t>
+          <t>9786259560502</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Ben Masalımda Rüyaydım</t>
+          <t>Türkü Söyler Dillerimiz</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>207</v>
+        <v>216</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256170094</t>
+          <t>9786259560519</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Nergis Tozu</t>
+          <t>Çasır Dağı Haram Yolu</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>156.6</v>
+        <v>127.8</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256170131</t>
+          <t>9786259560526</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Tanrılarla Dans</t>
+          <t>Yaylalar - Aykarı-Güneşyurdu-Çeçik ve Tokluyatağı Yaylaları</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>284.4</v>
+        <v>163.8</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057311979</t>
+          <t>9786259560540</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Yolcu</t>
+          <t>Deren Gelsin</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>140.4</v>
+        <v>122.4</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786259532509</t>
+          <t>9786259560533</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre</t>
+          <t>Muhammed’in Son Üç Günü</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>134.1</v>
+        <v>180</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256170018</t>
+          <t>9786259551272</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Arayış 1- Hayatımın İlk Yılları Nasıl Gelip Geçti</t>
+          <t>Kıpkırmızı Akşamüstü</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>163.8</v>
+        <v>188.1</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256170117</t>
+          <t>9786259551234</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Arayış 2 - Bir Köye Doğru İlk Adım</t>
+          <t>Aynadaki Çocuk</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>132.8</v>
+        <v>122.4</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256170124</t>
+          <t>9786259551296</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Yerli Bilimkurgu Yükseliyor Bilimkurgu Öykü Seçkisi 2024</t>
+          <t>Kozağaç Ulu Ağaç Dünden Bugüne Kozağaç</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>428.4</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256170032</t>
+          <t>9786259759883</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Mavi-Yeşil-Sarı</t>
+          <t>Eğitim Üzerine Denemeler Yayınlanmış Yazılar</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>176.4</v>
+        <v>142.2</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256170049</t>
+          <t>9786259551227</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Helbest u Heste Bırindar</t>
+          <t>Ewr Ü Bırusk</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>300.6</v>
+        <v>266.4</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786258265422</t>
+          <t>9786259551210</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Namlu</t>
+          <t>Çığlık</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>217.8</v>
+        <v>131.4</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256043183</t>
+          <t>9786259551203</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Deccal Aynada</t>
+          <t>Islak Zemin</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>153</v>
+        <v>199.8</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256170025</t>
+          <t>9786259759869</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kooperatifçilik ve Üretimin Finansmanı</t>
+          <t>Sondan ve Yeniden</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>149.4</v>
+        <v>129.6</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256170001</t>
+          <t>9786259759876</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme, Emperyalizm ve Neoliberal Politikalar Ekseninde Kentleşme</t>
+          <t>İçimdeki Harmandan İlk Hasat</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256043190</t>
+          <t>9786259759852</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Şeker Kokan Cesetler</t>
+          <t>Yol Hikayelerim-Tam Gaz-</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>194.4</v>
+        <v>114</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256043978</t>
+          <t>9786258168068</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Bir Savcının İntiharı</t>
+          <t>İtalya Sig Raffaele &amp; Signora Vittoria</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>446.4</v>
+        <v>252</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256043176</t>
+          <t>9786259759845</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kenarı</t>
+          <t>Bir Söz Bir Şiir</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>385</v>
+        <v>165.6</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256043923</t>
+          <t>9786259759814</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Nefestir Sevda</t>
+          <t>Sevgiyi Arayan Kadınlar</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>246.6</v>
+        <v>102.6</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256043930</t>
+          <t>9786256170162</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Savaş Tanığı</t>
+          <t>Dünya Şiir Seçkisi -1</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>124.2</v>
+        <v>201.6</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256043909</t>
+          <t>9786259759821</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Son Pişmanlık</t>
+          <t>Kızıl Akşamların Girit Türküsü</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>144</v>
+        <v>192.6</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256043879</t>
+          <t>9786256043374</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Ararsan Bulursun</t>
+          <t>Kiracı ile Ev Sahibi Mahkemede</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>135</v>
+        <v>127.8</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256043886</t>
+          <t>9786258033403</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Menteşoğlu Berzah</t>
+          <t>Bu Şehrin İnsanları</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>118.8</v>
+        <v>192.6</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256043916</t>
+          <t>9786256043992</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Virüs İçimizde</t>
+          <t>Gönlüm Anadolu'ya Düştü</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>154.8</v>
+        <v>199.8</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256043893</t>
+          <t>9786256170155</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Olmasaydın Yaşayamazdım</t>
+          <t>Yarınlara Notlar</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>142.2</v>
+        <v>82.8</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256043961</t>
+          <t>9786259759838</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Madam Mırabelle</t>
+          <t>Severek Ölmek</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>138.6</v>
+        <v>167.4</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256500914</t>
+          <t>9786259532516</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya</t>
+          <t>Hudut Namustur</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>187.2</v>
+        <v>198</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256043602</t>
+          <t>9786256043985</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Klavye Katili</t>
+          <t>Şehrin İki Yüzü</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>264.6</v>
+        <v>205.2</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256043947</t>
+          <t>9786256170063</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Zamani Babadan Nefesler</t>
+          <t>Eski İstanbul'da Bir Genç Kadın</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>169.2</v>
+        <v>189</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256758780</t>
+          <t>9786256170056</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Hepsi Eskidendi</t>
+          <t>Yürek Durakları</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>154.8</v>
+        <v>207</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786256043794</t>
+          <t>9786256170070</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Okul Yönetme Sanatı</t>
+          <t>Ve Sevda</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>511</v>
+        <v>124.2</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256043848</t>
+          <t>9786256043596</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Türkülük Sözler</t>
+          <t>Hür Esir Yüz Yıllık Fırtına</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>304.2</v>
+        <v>367.2</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256043862</t>
+          <t>9786256170087</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Hayat Okulu</t>
+          <t>Harmandalı- Kırımpınar</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>142.2</v>
+        <v>144</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256043855</t>
+          <t>9786259759807</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Türk Sanat Musikisi İçin Yazılmış Bestelenecek Şiirler ve Marşlar</t>
+          <t>Eğitimli Kadınlar ve Çocuklar Ülkelerin Teminatı</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>221.4</v>
+        <v>243</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786256043954</t>
+          <t>9786256758810</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Sevil'meliyim</t>
+          <t>Sayha</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>91.8</v>
+        <v>223.2</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786256043831</t>
+          <t>9786256170100</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Mübre İmkansız Aşk</t>
+          <t>Ben Masalımda Rüyaydım</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>147</v>
+        <v>207</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786256043787</t>
+          <t>9786256170094</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>İşçi Sınıfı Destanı</t>
+          <t>Nergis Tozu</t>
         </is>
       </c>
       <c r="C216" s="1">
         <v>156.6</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256043749</t>
+          <t>9786256170131</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Beni Çok Sev Bir Psikiyatristin Romanı</t>
+          <t>Tanrılarla Dans</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>364.5</v>
+        <v>284.4</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786256043770</t>
+          <t>9786057311979</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Tünelleri -3</t>
+          <t>Yolcu</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>189</v>
+        <v>140.4</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256043824</t>
+          <t>9786259532509</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Sessizlerin Sesi Adına (Bu Kadar Net!)</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>147.6</v>
+        <v>134.1</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786256043701</t>
+          <t>9786256170018</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Duyguların İzdüşümü</t>
+          <t>Arayış 1- Hayatımın İlk Yılları Nasıl Gelip Geçti</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>345.6</v>
+        <v>163.8</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256043817</t>
+          <t>9786256170117</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Tuhaflar Kulubü İkinci Kitap</t>
+          <t>Arayış 2 - Bir Köye Doğru İlk Adım</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>237.6</v>
+        <v>132.8</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786256043800</t>
+          <t>9786256170124</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Tuhaflar Kulubü Birinci Kitap</t>
+          <t>Yerli Bilimkurgu Yükseliyor Bilimkurgu Öykü Seçkisi 2024</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>169.2</v>
+        <v>428.4</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>4444444443026</t>
+          <t>9786256170032</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Gözyaşıdır</t>
+          <t>Mavi-Yeşil-Sarı</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>297</v>
+        <v>176.4</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786259811239</t>
+          <t>9786256170049</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Asrin'in Maceraları</t>
+          <t>Helbest u Heste Bırindar</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>200</v>
+        <v>300.6</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786256043688</t>
+          <t>9786258265422</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Aynada Kimse Yok</t>
+          <t>Namlu</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>124.2</v>
+        <v>217.8</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256043657</t>
+          <t>9786256043183</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Yarınlar Güzel Olacak</t>
+          <t>Deccal Aynada</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>117</v>
+        <v>153</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786256043466</t>
+          <t>9786256170025</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Çoban Ağıt</t>
+          <t>Yeni Kooperatifçilik ve Üretimin Finansmanı</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>405</v>
+        <v>149.4</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786256043671</t>
+          <t>9786256170001</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Yiğido Sivas 58</t>
+          <t>Küreselleşme, Emperyalizm ve Neoliberal Politikalar Ekseninde Kentleşme</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>144</v>
+        <v>135</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786256043541</t>
+          <t>9786256043190</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Denemelerim Esinti</t>
+          <t>Şeker Kokan Cesetler</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>203.4</v>
+        <v>194.4</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786256043664</t>
+          <t>9786256043978</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Buhranda Kurtuluş Kur’an’da</t>
+          <t>Bir Savcının İntiharı</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>264.6</v>
+        <v>446.4</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786256043589</t>
+          <t>9786256043176</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Mart Kokusu</t>
+          <t>Deniz Kenarı</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>99</v>
+        <v>385</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786256043619</t>
+          <t>9786256043923</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Ceviz Ağacı 1. ve 2. Cilt Takım</t>
+          <t>Nefestir Sevda</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>569</v>
+        <v>246.6</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786256043633</t>
+          <t>9786256043930</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Ceviz Ağacı -2 (Ferman Günleri)</t>
+          <t>Savaş Tanığı</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>331.2</v>
+        <v>124.2</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786256043626</t>
+          <t>9786256043909</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Ceviz Ağacı</t>
+          <t>Son Pişmanlık</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>320.4</v>
+        <v>144</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786256043367</t>
+          <t>9786256043879</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Adım Demokrat</t>
+          <t>Ararsan Bulursun</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>306</v>
+        <v>135</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786256043640</t>
+          <t>9786256043886</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Doğru Dua Etmeyi Öğrenmek Lazım</t>
+          <t>Menteşoğlu Berzah</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>111</v>
+        <v>118.8</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786057311986</t>
+          <t>9786256043916</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele'de Güney Cephesinin Ayrıntılı Kronolojisi Cilt 1 ve Cilt 2 Takım</t>
+          <t>Virüs İçimizde</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>945</v>
+        <v>154.8</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786057339058</t>
+          <t>9786256043893</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele'de Güney Cephesinin Ayrıntılı Kronolojisi Cilt 2</t>
+          <t>Olmasaydın Yaşayamazdım</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>538</v>
+        <v>142.2</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057311993</t>
+          <t>9786256043961</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele'de Güney Cephesinin Ayrıntılı Kronolojisi Cilt 1</t>
+          <t>Madam Mırabelle</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>592</v>
+        <v>138.6</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786256043572</t>
+          <t>9786256500914</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Kafası Karışık Eğitim</t>
+          <t>Yeni Dünya</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>100.8</v>
+        <v>187.2</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786256043565</t>
+          <t>9786256043602</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Neden</t>
+          <t>Klavye Katili</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>95.4</v>
+        <v>264.6</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786256043527</t>
+          <t>9786256043947</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Kuran-ı Kerim Ayetlerinden ve Peygamberler Dilinden Dualar</t>
+          <t>Zamani Babadan Nefesler</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>367.2</v>
+        <v>169.2</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786256043459</t>
+          <t>9786256758780</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Hayat Üzerine Sohbetler</t>
+          <t>Hepsi Eskidendi</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>153</v>
+        <v>154.8</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786256043534</t>
+          <t>9786256043794</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğu Kazanma Sanatı</t>
+          <t>Okul Yönetme Sanatı</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>201.6</v>
+        <v>511</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786256043558</t>
+          <t>9786256043848</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Şirin’e Şiirler</t>
+          <t>Türkülük Sözler</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>144</v>
+        <v>304.2</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786256043510</t>
+          <t>9786256043862</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>İstasyon Merdivenleri</t>
+          <t>Hayat Okulu</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>111.6</v>
+        <v>142.2</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786256043473</t>
+          <t>9786256043855</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Kendini Kabullen</t>
+          <t>Türk Sanat Musikisi İçin Yazılmış Bestelenecek Şiirler ve Marşlar</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>93.6</v>
+        <v>221.4</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786256043480</t>
+          <t>9786256043954</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>A(ş)khisar</t>
+          <t>Sevil'meliyim</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>126</v>
+        <v>91.8</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786256043503</t>
+          <t>9786256043831</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Bir Acayip Düş Gördüm</t>
+          <t>Aşk-ı Mübre İmkansız Aşk</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>93.6</v>
+        <v>147</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786256043428</t>
+          <t>9786256043787</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Çepniler ve Güvenç Abdal Ocağı</t>
+          <t>İşçi Sınıfı Destanı</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>250.2</v>
+        <v>156.6</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786256043350</t>
+          <t>9786256043749</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Delal</t>
+          <t>Beni Çok Sev Bir Psikiyatristin Romanı</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>158.4</v>
+        <v>364.5</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786256043497</t>
+          <t>9786256043770</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Benim Kalem Benim Sözüm</t>
+          <t>Yaşam Tünelleri -3</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>126</v>
+        <v>189</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786256043442</t>
+          <t>9786256043824</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Mor Sandıktaki Yazılar</t>
+          <t>Sessizlerin Sesi Adına (Bu Kadar Net!)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>120.6</v>
+        <v>147.6</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786256043435</t>
+          <t>9786256043701</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Sarı Saltuk ve Saltuklular</t>
+          <t>Duyguların İzdüşümü</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>390.6</v>
+        <v>345.6</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786256043411</t>
+          <t>9786256043817</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Öldürülen Melek</t>
+          <t>Tuhaflar Kulubü İkinci Kitap</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>156.6</v>
+        <v>237.6</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786256043404</t>
+          <t>9786256043800</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Gönlümde Açan Çiğ Damlaları</t>
+          <t>Tuhaflar Kulubü Birinci Kitap</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>217.8</v>
+        <v>169.2</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786256043343</t>
+          <t>4444444443026</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Isparta'da Eşkiyalıktan Paşalığa Katırcıoğlu Mehmet</t>
+          <t>Sevgi Gözyaşıdır</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>171</v>
+        <v>297</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786256043299</t>
+          <t>9786259811239</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Avuntu</t>
+          <t>Asrin'in Maceraları</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>199.8</v>
+        <v>200</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786256043398</t>
+          <t>9786256043688</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Ahhh!!! Bulgurca</t>
+          <t>Aynada Kimse Yok</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>147.6</v>
+        <v>124.2</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786256043282</t>
+          <t>9786256043657</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Bayramiyeliler</t>
+          <t>Yarınlar Güzel Olacak</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>145.8</v>
+        <v>117</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786256043251</t>
+          <t>9786256043466</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Bir Pazar Günü Hikayesi</t>
+          <t>Çoban Ağıt</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>113.4</v>
+        <v>405</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786256043152</t>
+          <t>9786256043671</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Gazete Yazıları Aktüel 3</t>
+          <t>Yiğido Sivas 58</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>162</v>
+        <v>144</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786256043305</t>
+          <t>9786256043541</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Bahçıvan'ın Ölümü</t>
+          <t>Denemelerim Esinti</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>401.4</v>
+        <v>203.4</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786256043220</t>
+          <t>9786256043664</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Kendim için Onlara Yazdığım Şiirler</t>
+          <t>İnsanlık Buhranda Kurtuluş Kur’an’da</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>129.6</v>
+        <v>264.6</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786256043329</t>
+          <t>9786256043589</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>İnsan-ı Kamil</t>
+          <t>Mart Kokusu</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>198</v>
+        <v>99</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786256043312</t>
+          <t>9786256043619</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Ölüm</t>
+          <t>Ceviz Ağacı 1. ve 2. Cilt Takım</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>171.9</v>
+        <v>569</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786256043244</t>
+          <t>9786256043633</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Öğretmeni</t>
+          <t>Ceviz Ağacı -2 (Ferman Günleri)</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>185.4</v>
+        <v>331.2</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786256043268</t>
+          <t>9786256043626</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Gölgesi</t>
+          <t>Ceviz Ağacı</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>160.2</v>
+        <v>320.4</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786256043237</t>
+          <t>9786256043367</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Ölümümden Sonra Yayımlanan Şiirlerim</t>
+          <t>Adım Demokrat</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>187.2</v>
+        <v>306</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786256043275</t>
+          <t>9786256043640</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Kaşifin Sırlı Sesi</t>
+          <t>Doğru Dua Etmeyi Öğrenmek Lazım</t>
         </is>
       </c>
       <c r="C270" s="1">
         <v>111</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786256043077</t>
+          <t>9786057311986</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Gönül Taciri</t>
+          <t>Milli Mücadele'de Güney Cephesinin Ayrıntılı Kronolojisi Cilt 1 ve Cilt 2 Takım</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>187.2</v>
+        <v>945</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786256043169</t>
+          <t>9786057339058</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Acıdan Mutluluk</t>
+          <t>Milli Mücadele'de Güney Cephesinin Ayrıntılı Kronolojisi Cilt 2</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>100.2</v>
+        <v>538</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786256043107</t>
+          <t>9786057311993</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'de Adı Geçen Peygamberler</t>
+          <t>Milli Mücadele'de Güney Cephesinin Ayrıntılı Kronolojisi Cilt 1</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>367.2</v>
+        <v>592</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786256043060</t>
+          <t>9786256043572</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Kibele</t>
+          <t>Kafası Karışık Eğitim</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>142.2</v>
+        <v>100.8</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786256043206</t>
+          <t>9786256043565</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Makalelerim Denge Cilt-2</t>
+          <t>Neden</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>298.8</v>
+        <v>95.4</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786256043091</t>
+          <t>9786256043527</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Dünya Birleşmeli ve Tek Merkezden Yönetilmelidir</t>
+          <t>Kuran-ı Kerim Ayetlerinden ve Peygamberler Dilinden Dualar</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>300.6</v>
+        <v>367.2</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786256043053</t>
+          <t>9786256043459</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Eyyar ü Efsaneya Axe Xatün</t>
+          <t>Hayat Üzerine Sohbetler</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>198</v>
+        <v>153</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786256043084</t>
+          <t>9786256043534</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Dağ Çiçeği - İçerdekinden</t>
+          <t>Mutluluğu Kazanma Sanatı</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>142.2</v>
+        <v>201.6</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786256043213</t>
+          <t>9786256043558</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Eğitimci Anneanneden Çocuk Gelişimi Tavsiyeleri</t>
+          <t>Şirin’e Şiirler</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>136.8</v>
+        <v>144</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786256043114</t>
+          <t>9786256043510</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Tarihin İlk Devrimci Devleti Deylemistan</t>
+          <t>İstasyon Merdivenleri</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>329.4</v>
+        <v>111.6</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786256043138</t>
+          <t>9786256043473</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Tunceli'de Aşiret, Oymak ve Ocaklar</t>
+          <t>Kendini Kabullen</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>378</v>
+        <v>93.6</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256043046</t>
+          <t>9786256043480</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Dominic Avusturya ve Viyana Innsbruck'ta</t>
+          <t>A(ş)khisar</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>309.6</v>
+        <v>126</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786256043145</t>
+          <t>9786256043503</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Xeve Şırin (Helbest)</t>
+          <t>Bir Acayip Düş Gördüm</t>
         </is>
       </c>
       <c r="C283" s="1">
         <v>93.6</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786256043121</t>
+          <t>9786256043428</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Harzemşahlar (Beğdili Türkmenleri)</t>
+          <t>Çepniler ve Güvenç Abdal Ocağı</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>252</v>
+        <v>250.2</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786258265705</t>
+          <t>9786256043350</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Ata Yurdu Yomra</t>
+          <t>Delal</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>129.6</v>
+        <v>158.4</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786258265033</t>
+          <t>9786256043497</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in 100. Yılında Kırşehir Sayılarla Bütünsel Bir Bakış</t>
+          <t>Benim Kalem Benim Sözüm</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>375</v>
+        <v>126</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786258168891</t>
+          <t>9786256043442</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmış Nevşehir Hikayeleri</t>
+          <t>Mor Sandıktaki Yazılar</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>145.8</v>
+        <v>120.6</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786057028679</t>
+          <t>9786256043435</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarım ve Hankendi</t>
+          <t>Sarı Saltuk ve Saltuklular</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>192.6</v>
+        <v>390.6</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786057339089</t>
+          <t>9786256043411</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Lilith Öyküleri - Kolektiföyküler</t>
+          <t>Öldürülen Melek</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>120.6</v>
+        <v>156.6</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256043022</t>
+          <t>9786256043404</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitapta Güldürü Var Gülen Var</t>
+          <t>Gönlümde Açan Çiğ Damlaları</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>300</v>
+        <v>217.8</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786256500679</t>
+          <t>9786256043343</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Dükkanı Kısa Bilim Kurgu Öyküleri -2-</t>
+          <t>Isparta'da Eşkiyalıktan Paşalığa Katırcıoğlu Mehmet</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>113</v>
+        <v>171</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786256043015</t>
+          <t>9786256043299</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitapta Ağlayan Var Ağıt Var</t>
+          <t>Avuntu</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>330</v>
+        <v>199.8</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256043039</t>
+          <t>9786256043398</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Gönül Aynası</t>
+          <t>Ahhh!!! Bulgurca</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>300</v>
+        <v>147.6</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786256500884</t>
+          <t>9786256043282</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Gümüşhane - Kelkit - Satala Roma XV. Apollinaris Lejyonu Antik Çağ’da Satala’nın Şifreleri</t>
+          <t>Bayramiyeliler</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>208.8</v>
+        <v>145.8</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786256168075</t>
+          <t>9786256043251</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Bu Dünya Herkese Yeter</t>
+          <t>Bir Pazar Günü Hikayesi</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>262.8</v>
+        <v>113.4</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786256265439</t>
+          <t>9786256043152</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Bir Rüya</t>
+          <t>Gazete Yazıları Aktüel 3</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>342</v>
+        <v>162</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786256758520</t>
+          <t>9786256043305</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Bir Koltukta Kırk Yıl</t>
+          <t>Bahçıvan'ın Ölümü</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>199.8</v>
+        <v>401.4</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786256758728</t>
+          <t>9786256043220</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Gelincik Kırmızısı</t>
+          <t>Kendim için Onlara Yazdığım Şiirler</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>171</v>
+        <v>129.6</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786258033366</t>
+          <t>9786256043329</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Gurup ve Tan</t>
+          <t>İnsan-ı Kamil</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>441</v>
+        <v>198</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786256043008</t>
+          <t>9786256043312</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Saçlı Adam</t>
+          <t>Aşk ve Ölüm</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>207</v>
+        <v>171.9</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786256758940</t>
+          <t>9786256043244</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Ağlayan Baba - Gerçek Yaşanmış Bir Aile Dramı</t>
+          <t>Aşkın Öğretmeni</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>487.8</v>
+        <v>185.4</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786057456144</t>
+          <t>9786256043268</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Dökümcülük ve Modelcilik Teknolojisi -1</t>
+          <t>Aşkın Gölgesi</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>344</v>
+        <v>160.2</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786058085565</t>
+          <t>9786256043237</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Kadın Kuyusu</t>
+          <t>Ölümümden Sonra Yayımlanan Şiirlerim</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>102.6</v>
+        <v>187.2</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786256500976</t>
+          <t>9786256043275</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Türkü Söyledim Sana</t>
+          <t>Kaşifin Sırlı Sesi</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>255.6</v>
+        <v>111</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786256758971</t>
+          <t>9786256043077</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Son Aralık</t>
+          <t>Gönül Taciri</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>291.6</v>
+        <v>187.2</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786256500075</t>
+          <t>9786256043169</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Heykelin Gözyaşları</t>
+          <t>Acıdan Mutluluk</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>196.2</v>
+        <v>100.2</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786256758995</t>
+          <t>9786256043107</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Çarık - Yok Sayılan Bir Ulusun Kahramanları</t>
+          <t>Kur'an-ı Kerim'de Adı Geçen Peygamberler</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>284.4</v>
+        <v>367.2</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786256758988</t>
+          <t>9786256043060</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Aleviliğin Özü ve İbadet Erkanı</t>
+          <t>Kibele</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>284.4</v>
+        <v>142.2</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786258168938</t>
+          <t>9786256043206</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Yürürken Fırtınalar Bizimle</t>
+          <t>Makalelerim Denge Cilt-2</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>99</v>
+        <v>298.8</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786256758964</t>
+          <t>9786256043091</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Makalelerim (Denge)</t>
+          <t>Dünya Birleşmeli ve Tek Merkezden Yönetilmelidir</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>354.6</v>
+        <v>300.6</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786056953477</t>
+          <t>9786256043053</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Sol Yanım Yarım Kaldı!.. Gönül Bahçemden Şiirler</t>
+          <t>Eyyar ü Efsaneya Axe Xatün</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>157</v>
+        <v>198</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786256500631</t>
+          <t>9786256043084</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Sevdam Tütün Kokusudur</t>
+          <t>Dağ Çiçeği - İçerdekinden</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>133.2</v>
+        <v>142.2</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786256500372</t>
+          <t>9786256043213</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Gündöndü</t>
+          <t>Eğitimci Anneanneden Çocuk Gelişimi Tavsiyeleri</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>172.8</v>
+        <v>136.8</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786256758957</t>
+          <t>9786256043114</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Güney Batı Akdeniz Yaylaları</t>
+          <t>Tarihin İlk Devrimci Devleti Deylemistan</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>239.4</v>
+        <v>329.4</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786256758346</t>
+          <t>9786256043138</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Baba Ocağı Küçükşapçı</t>
+          <t>Tunceli'de Aşiret, Oymak ve Ocaklar</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>171</v>
+        <v>378</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786056953408</t>
+          <t>9786256043046</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Suç Kimde?</t>
+          <t>Dominic Avusturya ve Viyana Innsbruck'ta</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>156.6</v>
+        <v>309.6</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786256758889</t>
+          <t>9786256043145</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>İki Adam</t>
+          <t>Xeve Şırin (Helbest)</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>241.2</v>
+        <v>93.6</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786256758483</t>
+          <t>9786256043121</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Mini Etekli Pompacılar</t>
+          <t>Harzemşahlar (Beğdili Türkmenleri)</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>189</v>
+        <v>252</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786256500907</t>
+          <t>9786258265705</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Kuşatma, İhanet, Açlık</t>
+          <t>Ata Yurdu Yomra</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>585</v>
+        <v>129.6</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786256758759</t>
+          <t>9786258265033</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Hazaryan İncili</t>
+          <t>Cumhuriyet'in 100. Yılında Kırşehir Sayılarla Bütünsel Bir Bakış</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>700</v>
+        <v>375</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786256758681</t>
+          <t>9786258168891</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>İyiden İyiye</t>
+          <t>Yaşanmış Nevşehir Hikayeleri</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>108</v>
+        <v>145.8</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786256758896</t>
+          <t>9786057028679</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul’da Bir Genç Kız</t>
+          <t>Hatıralarım ve Hankendi</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>230.4</v>
+        <v>192.6</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786256758933</t>
+          <t>9786057339089</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Hayatım Melodi</t>
+          <t>Lilith Öyküleri - Kolektiföyküler</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>156.6</v>
+        <v>120.6</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786256758926</t>
+          <t>9786256043022</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Düşler Cemresi</t>
+          <t>Bu Kitapta Güldürü Var Gülen Var</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>122.4</v>
+        <v>300</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786256758902</t>
+          <t>9786256500679</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzüne Bak</t>
+          <t>Gelecek Dükkanı Kısa Bilim Kurgu Öyküleri -2-</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>174.6</v>
+        <v>113</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786256758865</t>
+          <t>9786256043015</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>İncitmeyin Şairleri</t>
+          <t>Bu Kitapta Ağlayan Var Ağıt Var</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>86.4</v>
+        <v>330</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786256758650</t>
+          <t>9786256043039</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Buruk Sevda Güfteleri</t>
+          <t>Gönül Aynası</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>291.6</v>
+        <v>300</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786256758919</t>
+          <t>9786256500884</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Ölüm Sürgün</t>
+          <t>Gümüşhane - Kelkit - Satala Roma XV. Apollinaris Lejyonu Antik Çağ’da Satala’nın Şifreleri</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>313.2</v>
+        <v>208.8</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786256758834</t>
+          <t>9786256168075</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Kanatlarımın Arasında</t>
+          <t>Bu Dünya Herkese Yeter</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>171</v>
+        <v>262.8</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786256758773</t>
+          <t>9786256265439</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Sarp Yokuşu Aşabildik Mi?</t>
+          <t>Şiirlerle Bir Rüya</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>264.6</v>
+        <v>342</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786256758643</t>
+          <t>9786256758520</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kalem</t>
+          <t>Bir Koltukta Kırk Yıl</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>118.8</v>
+        <v>199.8</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786256758872</t>
+          <t>9786256758728</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Diğer Evrendeki Kadın; Venüs Kapısı</t>
+          <t>Gelincik Kırmızısı</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>356.4</v>
+        <v>171</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786256758407</t>
+          <t>9786258033366</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Irmak Toplu Şiirler Cilt; 4-Islık Yarası</t>
+          <t>Gurup ve Tan</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>261</v>
+        <v>441</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786256758766</t>
+          <t>9786256043008</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Tantra ve Masonlar Liberal Evanjelik Akım</t>
+          <t>Gümüş Saçlı Adam</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>400</v>
+        <v>207</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786256758414</t>
+          <t>9786256758940</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Irmak Toplu Şiirler Cilt: 3 Nuh Çiçekleri</t>
+          <t>Ağlayan Baba - Gerçek Yaşanmış Bir Aile Dramı</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>325.8</v>
+        <v>487.8</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786256758858</t>
+          <t>9786057456144</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Elif Gibisin</t>
+          <t>Dökümcülük ve Modelcilik Teknolojisi -1</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>135</v>
+        <v>344</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786256758742</t>
+          <t>9786058085565</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Siya Çevan</t>
+          <t>Kadın Kuyusu</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>279</v>
+        <v>102.6</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786256758803</t>
+          <t>9786256500976</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Tebeşir</t>
+          <t>Türkü Söyledim Sana</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>185.4</v>
+        <v>255.6</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786256758841</t>
+          <t>9786256758971</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Beş Kız Kardeş</t>
+          <t>Son Aralık</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>145.8</v>
+        <v>291.6</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786256758698</t>
+          <t>9786256500075</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Kadde Sellah El Erzincani Şeyh Hayyati Vehbi Haza Kitabi Kenzil Miftah Erzincan Erenlerinden Terzi Baba Hazretleri Büyük Anahtar</t>
+          <t>Heykelin Gözyaşları</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>178.2</v>
+        <v>196.2</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786256758612</t>
+          <t>9786256758995</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Kantura</t>
+          <t>Çarık - Yok Sayılan Bir Ulusun Kahramanları</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>142.2</v>
+        <v>284.4</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786256758827</t>
+          <t>9786256758988</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Umudum Var Efe</t>
+          <t>Aleviliğin Özü ve İbadet Erkanı</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>154.8</v>
+        <v>284.4</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786256758704</t>
+          <t>9786258168938</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Kuru Pınar</t>
+          <t>Yürürken Fırtınalar Bizimle</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>253.8</v>
+        <v>99</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786256758797</t>
+          <t>9786256758964</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Yatağımdaki Canavar</t>
+          <t>Makalelerim (Denge)</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>192.6</v>
+        <v>354.6</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786256758667</t>
+          <t>9786056953477</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Derinden Gelen Ses</t>
+          <t>Sol Yanım Yarım Kaldı!.. Gönül Bahçemden Şiirler</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>236</v>
+        <v>157</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786256758636</t>
+          <t>9786256500631</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Reyizi Devirmek</t>
+          <t>Sevdam Tütün Kokusudur</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>167.4</v>
+        <v>133.2</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786256758735</t>
+          <t>9786256500372</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Sevgiler</t>
+          <t>Gündöndü</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>129.6</v>
+        <v>172.8</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786256758674</t>
+          <t>9786256758957</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>İlk Direniş İzmir</t>
+          <t>Güney Batı Akdeniz Yaylaları</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>153</v>
+        <v>239.4</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786256419971</t>
+          <t>9786256758346</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>İlk Uçuş</t>
+          <t>Baba Ocağı Küçükşapçı</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>95.4</v>
+        <v>171</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786258168099</t>
+          <t>9786056953408</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>AYT Matematik Soru Bankası</t>
+          <t>Suç Kimde?</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>260</v>
+        <v>156.6</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786057088864</t>
+          <t>9786256758889</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>English Self Study Book</t>
+          <t>İki Adam</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>409</v>
+        <v>241.2</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786258033205</t>
+          <t>9786256758483</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Define</t>
+          <t>Mini Etekli Pompacılar</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>187.2</v>
+        <v>189</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786058085527</t>
+          <t>9786256500907</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>1000 Dead End of Darwin (Ciltli)</t>
+          <t>Kuşatma, İhanet, Açlık</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>722</v>
+        <v>585</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786057057440</t>
+          <t>9786256758759</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Uludağ Yok</t>
+          <t>Hazaryan İncili</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>190.8</v>
+        <v>700</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786057488565</t>
+          <t>9786256758681</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Yüzüm Duvara Dönük</t>
+          <t>İyiden İyiye</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>129.6</v>
+        <v>108</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786058085503</t>
+          <t>9786256758896</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Kahve Lekeli Peçete</t>
+          <t>Eski İstanbul’da Bir Genç Kız</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>131.4</v>
+        <v>230.4</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786056953491</t>
+          <t>9786256758933</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Gelişmekte Olan Ülkelerde Finansal Kırılganlık ve Krizler</t>
+          <t>Hayatım Melodi</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>135</v>
+        <v>156.6</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786256758629</t>
+          <t>9786256758926</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Cabbar-Soğuk Yıllar 2</t>
+          <t>Düşler Cemresi</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>190.8</v>
+        <v>122.4</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786256758711</t>
+          <t>9786256758902</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Mücadele</t>
+          <t>Gökyüzüne Bak</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>336.6</v>
+        <v>174.6</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786256758605</t>
+          <t>9786256758865</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Şiirlerim</t>
+          <t>İncitmeyin Şairleri</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>138.6</v>
+        <v>86.4</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786256758254</t>
+          <t>9786256758650</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Göçebe Yazıtları</t>
+          <t>Buruk Sevda Güfteleri</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>111.6</v>
+        <v>291.6</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786256758599</t>
+          <t>9786256758919</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Avşar Ellerinde Hey Gidi Günler</t>
+          <t>Sessiz Ölüm Sürgün</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>310</v>
+        <v>313.2</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786256758582</t>
+          <t>9786256758834</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Temel ve Dursun - Soçi'ye Yüzen Tirabzonlu Uşaklar</t>
+          <t>Akdeniz Kanatlarımın Arasında</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>127.8</v>
+        <v>171</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786256758223</t>
+          <t>9786256758773</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Umuda Giden Yol</t>
+          <t>Sarp Yokuşu Aşabildik Mi?</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>252</v>
+        <v>264.6</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786256758490</t>
+          <t>9786256758643</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Yuvasına Dönemeyenler</t>
+          <t>Kırık Kalem</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>144</v>
+        <v>118.8</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786256758339</t>
+          <t>9786256758872</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Canımsın Türkiye’m</t>
+          <t>Diğer Evrendeki Kadın; Venüs Kapısı</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>226.8</v>
+        <v>356.4</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786256758445</t>
+          <t>9786256758407</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Bozalizade Abdulkadir Bey (1894-1921)</t>
+          <t>Irmak Toplu Şiirler Cilt; 4-Islık Yarası</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>234</v>
+        <v>261</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786256758360</t>
+          <t>9786256758766</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Türk Kadınları</t>
+          <t>Tantra ve Masonlar Liberal Evanjelik Akım</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>190.8</v>
+        <v>400</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786256758452</t>
+          <t>9786256758414</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Vatan Geride Kalanlara Emanet</t>
+          <t>Irmak Toplu Şiirler Cilt: 3 Nuh Çiçekleri</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>306</v>
+        <v>325.8</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786256758056</t>
+          <t>9786256758858</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Umutsuz Tohumlarda Yeşeren Çiçekler</t>
+          <t>Elif Gibisin</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>324</v>
+        <v>135</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786256758551</t>
+          <t>9786256758742</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Bir Dubai Yalnızlığı</t>
+          <t>Siya Çevan</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>169.2</v>
+        <v>279</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786256758544</t>
+          <t>9786256758803</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktaki Peçeli Kahraman</t>
+          <t>Beyaz Tebeşir</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>180</v>
+        <v>185.4</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786256758377</t>
+          <t>9786256758841</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Güneşe Yürüyenler</t>
+          <t>Beş Kız Kardeş</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>198</v>
+        <v>145.8</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786256758568</t>
+          <t>9786256758698</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Hırsızlık Okulu</t>
+          <t>Kadde Sellah El Erzincani Şeyh Hayyati Vehbi Haza Kitabi Kenzil Miftah Erzincan Erenlerinden Terzi Baba Hazretleri Büyük Anahtar</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>205.2</v>
+        <v>178.2</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786256758384</t>
+          <t>9786256758612</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Mürekkebi Dağılmış Cümlelerim</t>
+          <t>Kantura</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>235.8</v>
+        <v>142.2</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786256758421</t>
+          <t>9786256758827</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Sade Şiirler</t>
+          <t>Umudum Var Efe</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>86.4</v>
+        <v>154.8</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786256419940</t>
+          <t>9786256758704</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Tarım Satış Kooperatif Ürünlerine Yönelik İmajın Tüketici Memmuniyeti Ve Satın Alma Davranışı Üzerine Etkisi; Kırşehir Örneği</t>
+          <t>Kuru Pınar</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>127.8</v>
+        <v>253.8</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786256419957</t>
+          <t>9786256758797</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Rizespor Maç İstatistikleri</t>
+          <t>Yatağımdaki Canavar</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>226.8</v>
+        <v>192.6</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786256419919</t>
+          <t>9786256758667</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak Sevmektir</t>
+          <t>Derinden Gelen Ses</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>135</v>
+        <v>236</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786258168723</t>
+          <t>9786256758636</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Hayat Yolum</t>
+          <t>Reyizi Devirmek</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>183.6</v>
+        <v>167.4</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786258033960</t>
+          <t>9786256758735</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Kutup Yıldızı</t>
+          <t>Kutsal Sevgiler</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>176.4</v>
+        <v>129.6</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786058010093</t>
+          <t>9786256758674</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Dört Erdem - Değerler Eğitimi</t>
+          <t>İlk Direniş İzmir</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>93.6</v>
+        <v>153</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786256758513</t>
+          <t>9786256419971</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Deneme - Merhamet</t>
+          <t>İlk Uçuş</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>154.8</v>
+        <v>95.4</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786256758575</t>
+          <t>9786258168099</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Umut İpiltileri</t>
+          <t>AYT Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>322.2</v>
+        <v>260</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786256758506</t>
+          <t>9786057088864</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Denemeler - Üfürizmalar</t>
+          <t>English Self Study Book</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>235.8</v>
+        <v>409</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786256758391</t>
+          <t>9786258033205</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin 100. Yılında Tarihimize İz Bırakan Kemaller</t>
+          <t>Define</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>334.8</v>
+        <v>187.2</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786256758308</t>
+          <t>9786058085527</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Amsterdam Şiir Gibi Şehir</t>
+          <t>1000 Dead End of Darwin (Ciltli)</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>163.8</v>
+        <v>722</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786256758148</t>
+          <t>9786057057440</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Acılara İnat</t>
+          <t>Başka Bir Uludağ Yok</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>178.2</v>
+        <v>190.8</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786256758469</t>
+          <t>9786057488565</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Makaleler Din - Tarih ve Karşılaştırmalar</t>
+          <t>Yüzüm Duvara Dönük</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>343.8</v>
+        <v>129.6</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786256758322</t>
+          <t>9786058085503</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Savaşların Karanlığında Çankırı Güneşi</t>
+          <t>Kahve Lekeli Peçete</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>252</v>
+        <v>131.4</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786256758285</t>
+          <t>9786056953491</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Dinlerde Kadın Yarı Kurban Yarı Suç Ortağı</t>
+          <t>Gelişmekte Olan Ülkelerde Finansal Kırılganlık ve Krizler</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>244.8</v>
+        <v>135</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786256758193</t>
+          <t>9786256758629</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Hukuku</t>
+          <t>Cabbar-Soğuk Yıllar 2</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>522</v>
+        <v>190.8</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786256758162</t>
+          <t>9786256758711</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukuk</t>
+          <t>Mücadele</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>417.6</v>
+        <v>336.6</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786256500945</t>
+          <t>9786256758605</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Elbet - Gelecek Geçmişte Kaldı</t>
+          <t>Dünden Bugüne Şiirlerim</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>322.2</v>
+        <v>138.6</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786256758247</t>
+          <t>9786256758254</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Ölü Ruhlar Şehrinde Son Tango</t>
+          <t>Göçebe Yazıtları</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>365.4</v>
+        <v>111.6</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786256500389</t>
+          <t>9786256758599</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Çürüme</t>
+          <t>Avşar Ellerinde Hey Gidi Günler</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>320.4</v>
+        <v>310</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786256758261</t>
+          <t>9786256758582</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Bu Kadar Net! Sosyal Medya Seçkilerim -2</t>
+          <t>Temel ve Dursun - Soçi'ye Yüzen Tirabzonlu Uşaklar</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>221.4</v>
+        <v>127.8</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786256758049</t>
+          <t>9786256758223</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak Zaman Alır</t>
+          <t>Umuda Giden Yol</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>109.8</v>
+        <v>252</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786256758353</t>
+          <t>9786256758490</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Haydut</t>
+          <t>Yuvasına Dönemeyenler</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>243</v>
+        <v>144</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786256758292</t>
+          <t>9786256758339</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Tozlu Hayat</t>
+          <t>Canımsın Türkiye’m</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>108</v>
+        <v>226.8</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786256758315</t>
+          <t>9786256758445</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Duygular</t>
+          <t>Bozalizade Abdulkadir Bey (1894-1921)</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>84.6</v>
+        <v>234</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786256758537</t>
+          <t>9786256758360</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Sana Emanet</t>
+          <t>Kahraman Türk Kadınları</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>315</v>
+        <v>190.8</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786256758230</t>
+          <t>9786256758452</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Rüya</t>
+          <t>Vatan Geride Kalanlara Emanet</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>256</v>
+        <v>306</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786256758179</t>
+          <t>9786256758056</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Öz'den Hikayeler</t>
+          <t>Umutsuz Tohumlarda Yeşeren Çiçekler</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>131.4</v>
+        <v>324</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786256758216</t>
+          <t>9786256758551</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de İslam'ın Dünü, Bugünü ve Yarını (Çağdaş İslam ve Müslümanlık)</t>
+          <t>Bir Dubai Yalnızlığı</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>262.8</v>
+        <v>169.2</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786256758278</t>
+          <t>9786256758544</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Duruş</t>
+          <t>Karanlıktaki Peçeli Kahraman</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>462.6</v>
+        <v>180</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786256758209</t>
+          <t>9786256758377</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Çan ile Ezan Arasında</t>
+          <t>Güneşe Yürüyenler</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>234</v>
+        <v>198</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786256758186</t>
+          <t>9786256758568</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>İskitli Denizhan’ın Amazon Kadın Kraliçesi Sinope’ye Aşk Şiirleri</t>
+          <t>Hırsızlık Okulu</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>171</v>
+        <v>205.2</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786256974569</t>
+          <t>9786256758384</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>O Piti Piti Şiir Sepeti Serisi IV Oyun Dünyamıza Yolculuk</t>
+          <t>Mürekkebi Dağılmış Cümlelerim</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>230.4</v>
+        <v>235.8</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786256500808</t>
+          <t>9786256758421</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Maviler ve Yeşiller Pornai Bir Altıncı Yüzyıl İstanbul Romanı</t>
+          <t>Sade Şiirler</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>360</v>
+        <v>86.4</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786256758124</t>
+          <t>9786256419940</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Dönemeyen Dostlara Mektuplar</t>
+          <t>Tarım Satış Kooperatif Ürünlerine Yönelik İmajın Tüketici Memmuniyeti Ve Satın Alma Davranışı Üzerine Etkisi; Kırşehir Örneği</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>140.4</v>
+        <v>127.8</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786256758094</t>
+          <t>9786256419957</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>İpekten Olsun Kefenim</t>
+          <t>Rizespor Maç İstatistikleri</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>147.6</v>
+        <v>226.8</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786256758087</t>
+          <t>9786256419919</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Kahvaltının Kitabı</t>
+          <t>Yaşamak Sevmektir</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>470</v>
+        <v>135</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786256758032</t>
+          <t>9786258168723</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>İnternette Güvende Kalma Sanatı-gençler ve Aileler İçin Hazırlanan Temel Bilgiler</t>
+          <t>Hayat Yolum</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>140.4</v>
+        <v>183.6</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786256758131</t>
+          <t>9786258033960</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Denizlerin Öfkesi</t>
+          <t>Kutup Yıldızı</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>129.6</v>
+        <v>176.4</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786256500761</t>
+          <t>9786058010093</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Yüzyılı (1923-2023)</t>
+          <t>Dört Erdem - Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>273.6</v>
+        <v>93.6</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786256758100</t>
+          <t>9786256758513</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>İnci Damlaları ve Atasözleri</t>
+          <t>Deneme - Merhamet</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>130</v>
+        <v>154.8</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786256758063</t>
+          <t>9786256758575</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Siyah Geceler</t>
+          <t>Umut İpiltileri</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>140.4</v>
+        <v>322.2</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786256758117</t>
+          <t>9786256758506</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Hayat Adil Olsaydı</t>
+          <t>Denemeler - Üfürizmalar</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>181.8</v>
+        <v>235.8</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786256500853</t>
+          <t>9786256758391</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Barış ve Özgürlük İçin Sivil Düşün</t>
+          <t>Cumhuriyetin 100. Yılında Tarihimize İz Bırakan Kemaller</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>345.6</v>
+        <v>334.8</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786256500860</t>
+          <t>9786256758308</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Doğada ve Yürekte Deprem</t>
+          <t>Amsterdam Şiir Gibi Şehir</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>250.2</v>
+        <v>163.8</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786256758155</t>
+          <t>9786256758148</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Bodrum'un Öteki Yüzü</t>
+          <t>Acılara İnat</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>304.2</v>
+        <v>178.2</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786256500921</t>
+          <t>9786256758469</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Matruşka</t>
+          <t>Makaleler Din - Tarih ve Karşılaştırmalar</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>295.2</v>
+        <v>343.8</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786256500891</t>
+          <t>9786256758322</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Ve Tanrı Seri Katili Yarattı</t>
+          <t>Savaşların Karanlığında Çankırı Güneşi</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>111</v>
+        <v>252</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786256758070</t>
+          <t>9786256758285</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Leylifer</t>
+          <t>Tarihte Dinlerde Kadın Yarı Kurban Yarı Suç Ortağı</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>162</v>
+        <v>244.8</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786256500983</t>
+          <t>9786256758193</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Zerezek’ten Ankara’ya S’lerle Yolculuk</t>
+          <t>İnsan Hakları Hukuku</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>199.8</v>
+        <v>522</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786256500990</t>
+          <t>9786256758162</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Atpazarı Okulu</t>
+          <t>Uluslararası Hukuk</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>140.4</v>
+        <v>417.6</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786256500747</t>
+          <t>9786256500945</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Sır</t>
+          <t>Bir Gün Elbet - Gelecek Geçmişte Kaldı</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>383.4</v>
+        <v>322.2</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786256500778</t>
+          <t>9786256758247</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Birliği</t>
+          <t>Ölü Ruhlar Şehrinde Son Tango</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>185.4</v>
+        <v>365.4</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786256500952</t>
+          <t>9786256500389</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Aliya İzzetbegoviç’in Bilge Liderliği İslam Kültür Ve Medeniyeti</t>
+          <t>Toplumsal Çürüme</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>241.2</v>
+        <v>320.4</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786256500938</t>
+          <t>9786256758261</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Çiçekler Kırmızı Olsun</t>
+          <t>Bu Kadar Net! Sosyal Medya Seçkilerim -2</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>210.6</v>
+        <v>221.4</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786256500969</t>
+          <t>9786256758049</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetimizin Onuruyla 29 Ekim 100. Yıl Coşkusu Çocuklarla</t>
+          <t>Yaşamak Zaman Alır</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>138.6</v>
+        <v>109.8</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786256500839</t>
+          <t>9786256758353</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Sevgiye Ömür Verdim</t>
+          <t>Haydut</t>
         </is>
       </c>
       <c r="C433" s="1">
         <v>243</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786256500365</t>
+          <t>9786256758292</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Uzağın Sesi</t>
+          <t>Tozlu Hayat</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>255.6</v>
+        <v>108</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786256500815</t>
+          <t>9786256758315</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Halil İbrahim Sofrası (Buyurun Dostlar) İkinci Perde Müzik Üzerine Yazılar</t>
+          <t>Duygular</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>306</v>
+        <v>84.6</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786256500754</t>
+          <t>9786256758537</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Merkeziyetsizleşme</t>
+          <t>Kalbim Sana Emanet</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>243</v>
+        <v>315</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786256500587</t>
+          <t>9786256758230</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Senden Sonra</t>
+          <t>Rüya</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>190.8</v>
+        <v>256</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786256500723</t>
+          <t>9786256758179</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Ülkemizde 1923’den, 2023’e Unutulamayan Olaylar</t>
+          <t>Öz'den Hikayeler</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>312.3</v>
+        <v>131.4</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786256500785</t>
+          <t>9786256758216</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Bir Yanılsamanın Tragedyası</t>
+          <t>Türkiye'de İslam'ın Dünü, Bugünü ve Yarını (Çağdaş İslam ve Müslümanlık)</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>198</v>
+        <v>262.8</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786256500730</t>
+          <t>9786256758278</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Ailenin Çoçuklarına Karşı Görevi; Özgüven Kazandırmaktır”</t>
+          <t>Duruş</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>255.6</v>
+        <v>462.6</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786256500648</t>
+          <t>9786256758209</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Kremlin'in Diktatörü</t>
+          <t>Çan ile Ezan Arasında</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>325.8</v>
+        <v>234</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786256500846</t>
+          <t>9786256758186</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Masalı ve Diğer Öyküler</t>
+          <t>İskitli Denizhan’ın Amazon Kadın Kraliçesi Sinope’ye Aşk Şiirleri</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>76</v>
+        <v>171</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786256500877</t>
+          <t>9786256974569</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Bir Şiir Bu</t>
+          <t>O Piti Piti Şiir Sepeti Serisi IV Oyun Dünyamıza Yolculuk</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>293.4</v>
+        <v>230.4</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786256500792</t>
+          <t>9786256500808</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>ABD - Rusya - Çin Ticaret Savaşları</t>
+          <t>Maviler ve Yeşiller Pornai Bir Altıncı Yüzyıl İstanbul Romanı</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>216</v>
+        <v>360</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786050639155</t>
+          <t>9786256758124</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Küçük Serçe</t>
+          <t>Dönemeyen Dostlara Mektuplar</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>126.9</v>
+        <v>140.4</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786259974552</t>
+          <t>9786256758094</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Aşıklar Şelalesi - Sonsuz Aşk</t>
+          <t>İpekten Olsun Kefenim</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>330</v>
+        <v>147.6</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786256500822</t>
+          <t>9786256758087</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Ailelerde Kelebek Etkisi Oluşturmaya Hazır Mısın?</t>
+          <t>Kahvaltının Kitabı</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>210.6</v>
+        <v>470</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786256500563</t>
+          <t>9786256758032</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Arta Kalanlar</t>
+          <t>İnternette Güvende Kalma Sanatı-gençler ve Aileler İçin Hazırlanan Temel Bilgiler</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>160.2</v>
+        <v>140.4</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786256500662</t>
+          <t>9786256758131</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Demokrat Parti Dönemi ve Türk Siyaseti (1946-1960)</t>
+          <t>Denizlerin Öfkesi</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>282.6</v>
+        <v>129.6</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786256500594</t>
+          <t>9786256500761</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenden Öyküler</t>
+          <t>Eğitimin Yüzyılı (1923-2023)</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>70.2</v>
+        <v>273.6</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786256500617</t>
+          <t>9786256758100</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Umut Ülkesi</t>
+          <t>İnci Damlaları ve Atasözleri</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>284.4</v>
+        <v>130</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786256500655</t>
+          <t>9786256758063</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Hukuk ve Bilişim</t>
+          <t>Siyah Geceler</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>417.6</v>
+        <v>140.4</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786256500686</t>
+          <t>9786256758117</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Zamane</t>
+          <t>Hayat Adil Olsaydı</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>124.2</v>
+        <v>181.8</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786256500716</t>
+          <t>9786256500853</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Dünya Dillerinde Atasözleri</t>
+          <t>Barış ve Özgürlük İçin Sivil Düşün</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>120.6</v>
+        <v>345.6</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786256500693</t>
+          <t>9786256500860</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Romanın Kaderi</t>
+          <t>Doğada ve Yürekte Deprem</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>343.8</v>
+        <v>250.2</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786256500624</t>
+          <t>9786256758155</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Türkçe ’deki Yunanca Kelimeler</t>
+          <t>Bodrum'un Öteki Yüzü</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>417.6</v>
+        <v>304.2</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786256500600</t>
+          <t>9786256500921</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Göklerdeki Kahramanlar</t>
+          <t>Matruşka</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>262.8</v>
+        <v>295.2</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786256500471</t>
+          <t>9786256500891</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Masumiyet</t>
+          <t>Ve Tanrı Seri Katili Yarattı</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>345.6</v>
+        <v>111</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786256500556</t>
+          <t>9786256758070</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Yarın Çok Geç</t>
+          <t>Leylifer</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>268.2</v>
+        <v>162</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786256500570</t>
+          <t>9786256500983</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Onurdan</t>
+          <t>Zerezek’ten Ankara’ya S’lerle Yolculuk</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>115.2</v>
+        <v>199.8</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786256500433</t>
+          <t>9786256500990</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Tünelleri 2</t>
+          <t>Atpazarı Okulu</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>230.4</v>
+        <v>140.4</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786256500525</t>
+          <t>9786256500747</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Çiy Tanem</t>
+          <t>Sır</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>162</v>
+        <v>383.4</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786256500136</t>
+          <t>9786256500778</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Pençesinde Dört Yolcu</t>
+          <t>Dünyanın Birliği</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>261</v>
+        <v>185.4</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786259980447</t>
+          <t>9786256500952</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Binbir Gece Öyküleri 7 Tırnak</t>
+          <t>Aliya İzzetbegoviç’in Bilge Liderliği İslam Kültür Ve Medeniyeti</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>234</v>
+        <v>241.2</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786256500464</t>
+          <t>9786256500938</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Milletlerin Kaderi Eğitimle Yazılır</t>
+          <t>Çiçekler Kırmızı Olsun</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>169.2</v>
+        <v>210.6</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786256500518</t>
+          <t>9786256500969</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Vefa</t>
+          <t>Cumhuriyetimizin Onuruyla 29 Ekim 100. Yıl Coşkusu Çocuklarla</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>203.4</v>
+        <v>138.6</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786256500457</t>
+          <t>9786256500839</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Simitçi</t>
+          <t>Sevgiye Ömür Verdim</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>196.2</v>
+        <v>243</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786256500259</t>
+          <t>9786256500365</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Kanama</t>
+          <t>Uzağın Sesi</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>423</v>
+        <v>255.6</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786256500426</t>
+          <t>9786256500815</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Yolcu</t>
+          <t>Halil İbrahim Sofrası (Buyurun Dostlar) İkinci Perde Müzik Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>180</v>
+        <v>306</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786256500488</t>
+          <t>9786256500754</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın En Ucunda</t>
+          <t>Merkeziyetsizleşme</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>109.8</v>
+        <v>243</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786256500549</t>
+          <t>9786256500587</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Sensiz Şiirler</t>
+          <t>Senden Sonra</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>108</v>
+        <v>190.8</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786256500532</t>
+          <t>9786256500723</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Dost Düşmanın Mirası</t>
+          <t>Ülkemizde 1923’den, 2023’e Unutulamayan Olaylar</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>207</v>
+        <v>312.3</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786256500396</t>
+          <t>9786256500785</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Rusya’nın Suriye Müdahalesi Uluslararası İlişkilerde Davetle Müdahale ve Hegemonya</t>
+          <t>Bir Yanılsamanın Tragedyası</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>140.4</v>
+        <v>198</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786256500501</t>
+          <t>9786256500730</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Gelecekteki Geçmiş</t>
+          <t>Ailenin Çoçuklarına Karşı Görevi; Özgüven Kazandırmaktır”</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>286.2</v>
+        <v>255.6</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786256500440</t>
+          <t>9786256500648</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Uzay Oyunları Sakinleri</t>
+          <t>Kremlin'in Diktatörü</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>93.6</v>
+        <v>325.8</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786256500419</t>
+          <t>9786256500846</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Gecem</t>
+          <t>Güneşin Masalı ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>234</v>
+        <v>76</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786256500495</t>
+          <t>9786256500877</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku Meritokrasi ve Nomokrasi</t>
+          <t>Unutulmaz Bir Şiir Bu</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>149.4</v>
+        <v>293.4</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786256500297</t>
+          <t>9786256500792</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Kalpten Süzülen Damlalar</t>
+          <t>ABD - Rusya - Çin Ticaret Savaşları</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>158.4</v>
+        <v>216</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786256500228</t>
+          <t>9786050639155</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dair 1</t>
+          <t>Küçük Serçe</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>311</v>
+        <v>126.9</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786256500303</t>
+          <t>9786259974552</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Dıl u Dilber</t>
+          <t>Aşıklar Şelalesi - Sonsuz Aşk</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>316.8</v>
+        <v>330</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786256500358</t>
+          <t>9786256500822</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Seni Usulca Sevmiştim</t>
+          <t>Ailelerde Kelebek Etkisi Oluşturmaya Hazır Mısın?</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>144</v>
+        <v>210.6</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786256500105</t>
+          <t>9786256500563</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Damlalar</t>
+          <t>Arta Kalanlar</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>228.6</v>
+        <v>160.2</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786256500143</t>
+          <t>9786256500662</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Sürüyor</t>
+          <t>Demokrat Parti Dönemi ve Türk Siyaseti (1946-1960)</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>108</v>
+        <v>282.6</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786256500402</t>
+          <t>9786256500594</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Zamana Armağan</t>
+          <t>Öğretmenden Öyküler</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>64.8</v>
+        <v>70.2</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786256500341</t>
+          <t>9786256500617</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Oğulcuklu</t>
+          <t>Umut Ülkesi</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>246.6</v>
+        <v>284.4</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786256500334</t>
+          <t>9786256500655</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Sazına Tel Olurum</t>
+          <t>Hukuk ve Bilişim</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>199.8</v>
+        <v>417.6</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786256500310</t>
+          <t>9786256500686</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Ne Pişirsem</t>
+          <t>Zamane</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>118.8</v>
+        <v>124.2</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786256500280</t>
+          <t>9786256500716</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Hayatlar</t>
+          <t>Dünya Dillerinde Atasözleri</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>122.4</v>
+        <v>120.6</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786256419742</t>
+          <t>9786256500693</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktaki Ayak Sesleri</t>
+          <t>Romanın Kaderi</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>95.4</v>
+        <v>343.8</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786256500273</t>
+          <t>9786256500624</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Dağınık Piyano Klavyeleri</t>
+          <t>Türkçe ’deki Yunanca Kelimeler</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>165.6</v>
+        <v>417.6</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786256500327</t>
+          <t>9786256500600</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Gaye'nin Gölgesi</t>
+          <t>Göklerdeki Kahramanlar</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>178.2</v>
+        <v>262.8</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786256500129</t>
+          <t>9786256500471</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Yazıları - Portreler Denemeler Anılar</t>
+          <t>Masumiyet</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>163.8</v>
+        <v>345.6</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786256500150</t>
+          <t>9786256500556</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Çarin Direnişi - Sem Helen</t>
+          <t>Yarın Çok Geç</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>302.4</v>
+        <v>268.2</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786256500099</t>
+          <t>9786256500570</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>6 Saniye</t>
+          <t>Onurdan</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>129.6</v>
+        <v>115.2</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786256500198</t>
+          <t>9786256500433</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Özgür Tutsaklık</t>
+          <t>Yaşam Tünelleri 2</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>255.6</v>
+        <v>230.4</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786256500181</t>
+          <t>9786256500525</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Aşk’la</t>
+          <t>Çiy Tanem</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>127.8</v>
+        <v>162</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786256500187</t>
+          <t>9786256500136</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Kürtçe Sözleri Kur’andaki Kürtçe Kavramlar</t>
+          <t>Ölümün Pençesinde Dört Yolcu</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>132</v>
+        <v>261</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786256500174</t>
+          <t>9786259980447</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Adalet Ve Ümit</t>
+          <t>Binbir Gece Öyküleri 7 Tırnak</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>151.2</v>
+        <v>234</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786256500068</t>
+          <t>9786256500464</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Gençliğin Günah İle Dansı</t>
+          <t>Milletlerin Kaderi Eğitimle Yazılır</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>217.8</v>
+        <v>169.2</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786256500112</t>
+          <t>9786256500518</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Üç Günlük Dünya</t>
+          <t>Aşk ve Vefa</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>118.8</v>
+        <v>203.4</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786256500051</t>
+          <t>9786256500457</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Benimle Kal</t>
+          <t>Simitçi</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>117</v>
+        <v>196.2</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786257311955</t>
+          <t>9786256500259</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Tragedyayı Oynarken - Ruh Kırıkları -</t>
+          <t>Kanama</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>122.4</v>
+        <v>423</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786256500037</t>
+          <t>9786256500426</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı ve Beyaz</t>
+          <t>Yolcu</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>203.4</v>
+        <v>180</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786256419933</t>
+          <t>9786256500488</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Ağlatan ve Ağlayan İnsanlar Çöküşten Dirilişe</t>
+          <t>Karanlığın En Ucunda</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>311.4</v>
+        <v>109.8</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786256500013</t>
+          <t>9786256500549</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Başka Mevsimde Bekleme Beni Sana Baharla Papatyalar Açarken Geleceğim</t>
+          <t>Sensiz Şiirler</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>369</v>
+        <v>108</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786256500044</t>
+          <t>9786256500532</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Penceredeki Rihanna ve Göğsü Bıçaklı Aşitaka</t>
+          <t>Dost Düşmanın Mirası</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>252</v>
+        <v>207</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786256500020</t>
+          <t>9786256500396</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Mudurnu Bolu İç İsyanlarında Kuva-yi Milliye 1919-1920</t>
+          <t>Rusya’nın Suriye Müdahalesi Uluslararası İlişkilerde Davetle Müdahale ve Hegemonya</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>627</v>
+        <v>140.4</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786259980430</t>
+          <t>9786256500501</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Ala Dağ’ın Götürdükleri</t>
+          <t>Gelecekteki Geçmiş</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>124.2</v>
+        <v>286.2</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786256419490</t>
+          <t>9786256500440</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Saçlarına Değsin Rüzgâr</t>
+          <t>Uzay Oyunları Sakinleri</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>135</v>
+        <v>93.6</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786259980409</t>
+          <t>9786256500419</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Son Vuslat</t>
+          <t>Bitmeyen Gecem</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>226.8</v>
+        <v>234</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786256419506</t>
+          <t>9786256500495</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Umutsuz Aşk</t>
+          <t>İslam Hukuku Meritokrasi ve Nomokrasi</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>144</v>
+        <v>149.4</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786259980485</t>
+          <t>9786256500297</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Unutulmayan Anılar ve Hikayeler</t>
+          <t>Kalpten Süzülen Damlalar</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>108</v>
+        <v>158.4</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786259980478</t>
+          <t>9786256500228</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Barış Harekatı Anılarım</t>
+          <t>Hayata Dair 1</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>95.4</v>
+        <v>311</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786258033823</t>
+          <t>9786256500303</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde İletişim ve Kayıt Alma Teknikleri</t>
+          <t>Dıl u Dilber</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>198</v>
+        <v>316.8</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786256419865</t>
+          <t>9786256500358</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Uç Bisiklet Uç-Çocuk Şiirleri</t>
+          <t>Seni Usulca Sevmiştim</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>118.8</v>
+        <v>144</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786259980492</t>
+          <t>9786256500105</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Sevmek Mutluluktur</t>
+          <t>Yaşayan Damlalar</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>160.2</v>
+        <v>228.6</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786259980454</t>
+          <t>9786256500143</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Kırık Dökük Portreler-Bir Kentin Unutulmayan Yüzleri</t>
+          <t>Yaşam Sürüyor</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>189</v>
+        <v>108</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786259980416</t>
+          <t>9786256500402</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Mitoloji</t>
+          <t>Zamana Armağan</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>115.2</v>
+        <v>64.8</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786057088871</t>
+          <t>9786256500341</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>English Grammar For Kids</t>
+          <t>Oğulcuklu</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>312</v>
+        <v>246.6</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786259980423</t>
+          <t>9786256500334</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Ölü Göl</t>
+          <t>Sazına Tel Olurum</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>109.8</v>
+        <v>199.8</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786256500006</t>
+          <t>9786256500310</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Malatya Kürt Aşiretleri ve Balıyanlar</t>
+          <t>Ne Pişirsem</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>493.2</v>
+        <v>118.8</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786256419995</t>
+          <t>9786256500280</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Yüreğim Şiir Kuyusu</t>
+          <t>Kayıp Hayatlar</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>178.2</v>
+        <v>122.4</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786256419483</t>
+          <t>9786256419742</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Martı</t>
+          <t>Karanlıktaki Ayak Sesleri</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>374.4</v>
+        <v>95.4</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786256419773</t>
+          <t>9786256500273</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Hasret ve Sevda</t>
+          <t>Dağınık Piyano Klavyeleri</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>180</v>
+        <v>165.6</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786256419988</t>
+          <t>9786256500327</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Bozkırda Bir Köy - Oğulcuk</t>
+          <t>Gaye'nin Gölgesi</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>219.6</v>
+        <v>178.2</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786259980461</t>
+          <t>9786256500129</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>ÖŞÇ</t>
+          <t>Türkiye Yazıları - Portreler Denemeler Anılar</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>114</v>
+        <v>163.8</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786256419469</t>
+          <t>9786256500150</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Na</t>
+          <t>Çarin Direnişi - Sem Helen</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>44</v>
+        <v>302.4</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786256419964</t>
+          <t>9786256500099</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Gönül Çilesi</t>
+          <t>6 Saniye</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>232.2</v>
+        <v>129.6</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786256419568</t>
+          <t>9786256500198</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Delinin Yıldızı</t>
+          <t>Özgür Tutsaklık</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>190.8</v>
+        <v>255.6</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786256419681</t>
+          <t>9786256500181</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Kokusu (Ciltli)</t>
+          <t>Aşk’la</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>352</v>
+        <v>127.8</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786256419728</t>
+          <t>9786256500187</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Mafya Dede</t>
+          <t>Allah’ın Kürtçe Sözleri Kur’andaki Kürtçe Kavramlar</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>380</v>
+        <v>132</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786258265811</t>
+          <t>9786256500174</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Türkü Nakışlı Sevda</t>
+          <t>Adalet Ve Ümit</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>289.8</v>
+        <v>151.2</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786256419926</t>
+          <t>9786256500068</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Ben Olsaydım - Hamdi Çalış Ortaokulu</t>
+          <t>Gençliğin Günah İle Dansı</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>169.2</v>
+        <v>217.8</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786256419902</t>
+          <t>9786256500112</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>İki Kafadarbe</t>
+          <t>Üç Günlük Dünya</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>201.6</v>
+        <v>118.8</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786057088888</t>
+          <t>9786256500051</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaşam Tarzı</t>
+          <t>Benimle Kal</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>523.8</v>
+        <v>117</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786256419858</t>
+          <t>9786257311955</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Leylek Han</t>
+          <t>Tragedyayı Oynarken - Ruh Kırıkları -</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>167.4</v>
+        <v>122.4</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786256419896</t>
+          <t>9786256500037</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Brin</t>
+          <t>Kırmızı ve Beyaz</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>212.4</v>
+        <v>203.4</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786256419834</t>
+          <t>9786256419933</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Ağzı</t>
+          <t>Ağlatan ve Ağlayan İnsanlar Çöküşten Dirilişe</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>223.2</v>
+        <v>311.4</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786256419704</t>
+          <t>9786256500013</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Yasemin Gülnaz ve Diğerleri</t>
+          <t>Başka Mevsimde Bekleme Beni Sana Baharla Papatyalar Açarken Geleceğim</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>320.4</v>
+        <v>369</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786258033076</t>
+          <t>9786256500044</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Öğrenciler İçin Akademik Türkçe Destek Dersleri - Sosyal Bilimler 1</t>
+          <t>Penceredeki Rihanna ve Göğsü Bıçaklı Aşitaka</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>459</v>
+        <v>252</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786256419711</t>
+          <t>9786256500020</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Seni Nerede Arayayım</t>
+          <t>Mudurnu Bolu İç İsyanlarında Kuva-yi Milliye 1919-1920</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>129.6</v>
+        <v>627</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786256419841</t>
+          <t>9786259980430</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Siyasetin Dili - Kavramlar, Teoriler ve Uygulamalar</t>
+          <t>Ala Dağ’ın Götürdükleri</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>181.8</v>
+        <v>124.2</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786256419872</t>
+          <t>9786256419490</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Kahve Soğuyana Kadar</t>
+          <t>Saçlarına Değsin Rüzgâr</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>158.4</v>
+        <v>135</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786256419599</t>
+          <t>9786259980409</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Sevgiden Nefrete</t>
+          <t>Son Vuslat</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>118.8</v>
+        <v>226.8</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786256419803</t>
+          <t>9786256419506</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Batmayan Güneş</t>
+          <t>Umutsuz Aşk</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>297</v>
+        <v>144</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786256419223</t>
+          <t>9786259980485</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Uzlaşma ve Paronaya</t>
+          <t>Unutulmayan Anılar ve Hikayeler</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>268.2</v>
+        <v>108</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786256419797</t>
+          <t>9786259980478</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Gel Kon Yüreğime</t>
+          <t>Kıbrıs Barış Harekatı Anılarım</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>133.2</v>
+        <v>95.4</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786256419759</t>
+          <t>9786258033823</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmin İcadı, Mülkiyet ve Çitleme Hareketi</t>
+          <t>Eğitimde İletişim ve Kayıt Alma Teknikleri</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>149.4</v>
+        <v>198</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786256419780</t>
+          <t>9786256419865</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Hazinenin Peşinde</t>
+          <t>Uç Bisiklet Uç-Çocuk Şiirleri</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>68.4</v>
+        <v>118.8</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786256419575</t>
+          <t>9786259980492</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Bütün Baharlarımı Bıraktım Ankara’da</t>
+          <t>Sevmek Mutluluktur</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>253.8</v>
+        <v>160.2</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786256419520</t>
+          <t>9786259980454</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Dükkanı</t>
+          <t>Kırık Dökük Portreler-Bir Kentin Unutulmayan Yüzleri</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>133.2</v>
+        <v>189</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786256419827</t>
+          <t>9786259980416</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Seher’in Vakti</t>
+          <t>Sinema ve Mitoloji</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>102.6</v>
+        <v>115.2</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786256419612</t>
+          <t>9786057088871</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Genetik ve Gelecek</t>
+          <t>English Grammar For Kids</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>118.8</v>
+        <v>312</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786256419308</t>
+          <t>9786259980423</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Hepsi ve Ben</t>
+          <t>Ölü Göl</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>219.6</v>
+        <v>109.8</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786256419476</t>
+          <t>9786256500006</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Kuyumcular İçin Dijital Pazarlamaya Giriş</t>
+          <t>Malatya Kürt Aşiretleri ve Balıyanlar</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>163.8</v>
+        <v>493.2</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786256419650</t>
+          <t>9786256419995</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Mutlak Adalet Bildirgesi</t>
+          <t>Yüreğim Şiir Kuyusu</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>124.2</v>
+        <v>178.2</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786256419605</t>
+          <t>9786256419483</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Donlu İhram</t>
+          <t>Kırmızı Martı</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>271.8</v>
+        <v>374.4</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786256419766</t>
+          <t>9786256419773</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>İnanç Din Dil ve Biraz Da Kürd</t>
+          <t>Hasret ve Sevda</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>293.4</v>
+        <v>180</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786256419445</t>
+          <t>9786256419988</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Tünelleri</t>
+          <t>Bozkırda Bir Köy - Oğulcuk</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>262.8</v>
+        <v>219.6</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786256419674</t>
+          <t>9786259980461</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Sorgu Geceleri</t>
+          <t>ÖŞÇ</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>162</v>
+        <v>114</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786256419629</t>
+          <t>9786256419469</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Gidenleri Saymadım</t>
+          <t>Na</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>124.2</v>
+        <v>44</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786256419544</t>
+          <t>9786256419964</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Ey Kuşlar</t>
+          <t>Gönül Çilesi</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>129.6</v>
+        <v>232.2</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786256419643</t>
+          <t>9786256419568</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Kimse Bu Vatanı Bizim Kadar Sevmedi</t>
+          <t>Delinin Yıldızı</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>174.6</v>
+        <v>190.8</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786256419698</t>
+          <t>9786256419681</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>İçinizin Göğüne Şiirler</t>
+          <t>Ölümün Kokusu (Ciltli)</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>162</v>
+        <v>352</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786256419551</t>
+          <t>9786256419728</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Doğa Benim Rehberim</t>
+          <t>Mafya Dede</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>87</v>
+        <v>380</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786256419452</t>
+          <t>9786258265811</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Öyle Bir Sevda Ki</t>
+          <t>Türkü Nakışlı Sevda</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>171</v>
+        <v>289.8</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786256419537</t>
+          <t>9786256419926</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Garip Bir Gece</t>
+          <t>Ben Olsaydım - Hamdi Çalış Ortaokulu</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>142.2</v>
+        <v>169.2</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786256419513</t>
+          <t>9786256419902</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzüne Dokundum</t>
+          <t>İki Kafadarbe</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>102.6</v>
+        <v>201.6</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786256419322</t>
+          <t>9786057088888</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Yazarın Kitaplığı - Sanat ve Edebiyat Yazıları</t>
+          <t>Bir Yaşam Tarzı</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>165.6</v>
+        <v>523.8</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786256419209</t>
+          <t>9786256419858</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Bostan ve Gülüstan</t>
+          <t>Leylek Han</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>277.2</v>
+        <v>167.4</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786256419407</t>
+          <t>9786256419896</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendinin Efendisi Ol</t>
+          <t>Brin</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>329.4</v>
+        <v>212.4</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786256419346</t>
+          <t>9786256419834</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>1 Günde 365 Yıl</t>
+          <t>Karanlığın Ağzı</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>93.6</v>
+        <v>223.2</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786256419353</t>
+          <t>9786256419704</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Gece Şaşkın Gün Hayran</t>
+          <t>Yasemin Gülnaz ve Diğerleri</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>250</v>
+        <v>320.4</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786256419377</t>
+          <t>9786258033076</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Arpacı Kumrusu Eskil Papatyasını Düşünür</t>
+          <t>Uluslararası Öğrenciler İçin Akademik Türkçe Destek Dersleri - Sosyal Bilimler 1</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>140.4</v>
+        <v>459</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786256419391</t>
+          <t>9786256419711</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>İlahi Adalet Komünizm</t>
+          <t>Seni Nerede Arayayım</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>207</v>
+        <v>129.6</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786256419339</t>
+          <t>9786256419841</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağa Kurtarıcısı</t>
+          <t>Siyasetin Dili - Kavramlar, Teoriler ve Uygulamalar</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>167.4</v>
+        <v>181.8</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786256419414</t>
+          <t>9786256419872</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Köyün Delisi</t>
+          <t>Kahve Soğuyana Kadar</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>151.2</v>
+        <v>158.4</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786256419438</t>
+          <t>9786256419599</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Yitik Sevgiler</t>
+          <t>Sevgiden Nefrete</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>198</v>
+        <v>118.8</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9796256419421</t>
+          <t>9786256419803</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Yansımalar</t>
+          <t>Batmayan Güneş</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>158.4</v>
+        <v>297</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786256419049</t>
+          <t>9786256419223</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Rüyamdaki Mucize</t>
+          <t>Anayasa Uzlaşma ve Paronaya</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>144</v>
+        <v>268.2</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786256419360</t>
+          <t>9786256419797</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşünce Tarihinde İnsan Tanımları ve Psikolojik Bir Bakış</t>
+          <t>Gel Kon Yüreğime</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>221.4</v>
+        <v>133.2</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786256419384</t>
+          <t>9786256419759</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Gerçeklemeler</t>
+          <t>Kapitalizmin İcadı, Mülkiyet ve Çitleme Hareketi</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>279</v>
+        <v>149.4</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786258265699</t>
+          <t>9786256419780</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Ataların İzini Arayan Adam</t>
+          <t>Gizemli Hazinenin Peşinde</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>147.6</v>
+        <v>68.4</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786256419186</t>
+          <t>9786256419575</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Kurucaşile</t>
+          <t>Bütün Baharlarımı Bıraktım Ankara’da</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>472</v>
+        <v>253.8</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786256419292</t>
+          <t>9786256419520</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Kardelen Hayatlar</t>
+          <t>Gelecek Dükkanı</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>325.8</v>
+        <v>133.2</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786256419162</t>
+          <t>9786256419827</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Sakarya'dan Mudanya'ya Mucize Türkler</t>
+          <t>Seher’in Vakti</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>591</v>
+        <v>102.6</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786256419315</t>
+          <t>9786256419612</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Binbir Çevre Masalları</t>
+          <t>Genetik ve Gelecek</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>142.2</v>
+        <v>118.8</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786256419179</t>
+          <t>9786256419308</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Sen’siz Çığlık</t>
+          <t>Hepsi ve Ben</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>167.4</v>
+        <v>219.6</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786256419247</t>
+          <t>9786256419476</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Ölmesin</t>
+          <t>Kuyumcular İçin Dijital Pazarlamaya Giriş</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>216</v>
+        <v>163.8</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786256419230</t>
+          <t>9786256419650</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Yokluk, Yoksulluk ve Açlık İnsanların Kaderi Midir?</t>
+          <t>Mutlak Adalet Bildirgesi</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>226.8</v>
+        <v>124.2</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786256419063</t>
+          <t>9786256419605</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>İthalat - Borç - Maliyet Sarmalında Tarımın Bekası</t>
+          <t>Donlu İhram</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>232.2</v>
+        <v>271.8</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786256419261</t>
+          <t>9786256419766</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadet Kahramanları</t>
+          <t>İnanç Din Dil ve Biraz Da Kürd</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>208.8</v>
+        <v>293.4</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786256419254</t>
+          <t>9786256419445</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Deccal Geliyor</t>
+          <t>Yaşam Tünelleri</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>117</v>
+        <v>262.8</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786256419278</t>
+          <t>9786256419674</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Benden Kalan</t>
+          <t>Sorgu Geceleri</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>337</v>
+        <v>162</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786256419216</t>
+          <t>9786256419629</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Aşk Vatandır</t>
+          <t>Gidenleri Saymadım</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>106.2</v>
+        <v>124.2</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786057311948</t>
+          <t>9786256419544</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>İkinci Bahar</t>
+          <t>Ey Kuşlar</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>174.6</v>
+        <v>129.6</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786256419285</t>
+          <t>9786256419643</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Halit Ziya Uşaklıgil’in Romanlarındaki Şahısların Antagonist Davranışları</t>
+          <t>Kimse Bu Vatanı Bizim Kadar Sevmedi</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>271.8</v>
+        <v>174.6</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786256419148</t>
+          <t>9786256419698</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Şifa Kazanı</t>
+          <t>İçinizin Göğüne Şiirler</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>122.4</v>
+        <v>162</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786256419056</t>
+          <t>9786256419551</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Kül Kardeşliği</t>
+          <t>Doğa Benim Rehberim</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>77.4</v>
+        <v>87</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786256419131</t>
+          <t>9786256419452</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Hayatım Jeoloji</t>
+          <t>Öyle Bir Sevda Ki</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>172.8</v>
+        <v>171</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786256419117</t>
+          <t>9786256419537</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Kelimeler Uçurdum</t>
+          <t>Garip Bir Gece</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>88.2</v>
+        <v>142.2</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786256419018</t>
+          <t>9786256419513</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Bir Yıldız Daha Kaydı</t>
+          <t>Gökyüzüne Dokundum</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>153</v>
+        <v>102.6</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786258265651</t>
+          <t>9786256419322</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Zamzamiye</t>
+          <t>Yazarın Kitaplığı - Sanat ve Edebiyat Yazıları</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>189</v>
+        <v>165.6</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786258265972</t>
+          <t>9786256419209</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Yedi İklimden Masallar</t>
+          <t>Bostan ve Gülüstan</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>100.8</v>
+        <v>277.2</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786256419025</t>
+          <t>9786256419407</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti Tarihinin Gizemli Arka Plan</t>
+          <t>Kendi Kendinin Efendisi Ol</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>597.6</v>
+        <v>329.4</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786258265576</t>
+          <t>9786256419346</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Efendi Selami</t>
+          <t>1 Günde 365 Yıl</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>156.6</v>
+        <v>93.6</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786256419070</t>
+          <t>9786256419353</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Kelebeğin Şansı</t>
+          <t>Gece Şaşkın Gün Hayran</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>363.6</v>
+        <v>250</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786256419193</t>
+          <t>9786256419377</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Heybemdeki Öyküler Yitirilen Umutlar</t>
+          <t>Arpacı Kumrusu Eskil Papatyasını Düşünür</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>99</v>
+        <v>140.4</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786256419155</t>
+          <t>9786256419391</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl Hazar Jeopolitiği</t>
+          <t>İlahi Adalet Komünizm</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>201</v>
+        <v>207</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786258265958</t>
+          <t>9786256419339</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Yuvam</t>
+          <t>Kaplumbağa Kurtarıcısı</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>315</v>
+        <v>167.4</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786258033687</t>
+          <t>9786256419414</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Fünye</t>
+          <t>Köyün Delisi</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>122.4</v>
+        <v>151.2</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786258265712</t>
+          <t>9786256419438</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Berivanlar</t>
+          <t>Yitik Sevgiler</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>106.2</v>
+        <v>198</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786258265798</t>
+          <t>9796256419421</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Uçurmak Yıldızlara</t>
+          <t>Yansımalar</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>120.6</v>
+        <v>158.4</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786258265941</t>
+          <t>9786256419049</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Aşk</t>
+          <t>Rüyamdaki Mucize</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>124.2</v>
+        <v>144</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786258265989</t>
+          <t>9786256419360</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Tevbe Tövbe</t>
+          <t>İslam Düşünce Tarihinde İnsan Tanımları ve Psikolojik Bir Bakış</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>108</v>
+        <v>221.4</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786258265415</t>
+          <t>9786256419384</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>İnsan Dinsiz Doğar</t>
+          <t>Gerçeklemeler</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>172.8</v>
+        <v>279</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786256419087</t>
+          <t>9786258265699</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Taş Kömürü ve Var Ettiği Kent Zonguldak</t>
+          <t>Ataların İzini Arayan Adam</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>367.2</v>
+        <v>147.6</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786258168556</t>
+          <t>9786256419186</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Köyden Kente Bir İnsanın Hikâyesi Öğretmen Bahri</t>
+          <t>Kurucaşile</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>176.4</v>
+        <v>472</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786256419094</t>
+          <t>9786256419292</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Ruhumun Yaraları</t>
+          <t>Kardelen Hayatlar</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>131.4</v>
+        <v>325.8</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786256419001</t>
+          <t>9786256419162</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımızın Eğitiminde Veli Eğitim Rehberi</t>
+          <t>Sakarya'dan Mudanya'ya Mucize Türkler</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>162</v>
+        <v>591</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786256419100</t>
+          <t>9786256419315</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Antik İnci Amasra ve Havalisi</t>
+          <t>Binbir Çevre Masalları</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>268.2</v>
+        <v>142.2</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786258265996</t>
+          <t>9786256419179</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Ji Bo Ta</t>
+          <t>Sen’siz Çığlık</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>131.4</v>
+        <v>167.4</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786258265774</t>
+          <t>9786256419247</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimin Arka Sokaklarındaki Şiirler</t>
+          <t>Çocuklar Ölmesin</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>207</v>
+        <v>216</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786258265590</t>
+          <t>9786256419230</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Yılanlı Tepe ve Türk Ovasında Entrika</t>
+          <t>Yokluk, Yoksulluk ve Açlık İnsanların Kaderi Midir?</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>88.2</v>
+        <v>226.8</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786258265668</t>
+          <t>9786256419063</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Parçalı Bulutlu Şiirler</t>
+          <t>İthalat - Borç - Maliyet Sarmalında Tarımın Bekası</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>207</v>
+        <v>232.2</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786258265323</t>
+          <t>9786256419261</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Kuşluk Vakti Ekmekleri</t>
+          <t>Asr-ı Saadet Kahramanları</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>118.8</v>
+        <v>208.8</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786258265927</t>
+          <t>9786256419254</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Kanadı Kırık Kelebek</t>
+          <t>Deccal Geliyor</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>180</v>
+        <v>117</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786258265781</t>
+          <t>9786256419278</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Haklı Kavga</t>
+          <t>Benden Kalan</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>315</v>
+        <v>337</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786258265910</t>
+          <t>9786256419216</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Ben Bu Hayatta En Çok Annem Olmayı Sevdim</t>
+          <t>Aşk Vatandır</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>117</v>
+        <v>106.2</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786258265903</t>
+          <t>9786057311948</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Çoban Yıldızı</t>
+          <t>İkinci Bahar</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>120.6</v>
+        <v>174.6</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786258168822</t>
+          <t>9786256419285</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük</t>
+          <t>Halit Ziya Uşaklıgil’in Romanlarındaki Şahısların Antagonist Davranışları</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>140.4</v>
+        <v>271.8</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786258265477</t>
+          <t>9786256419148</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Maden İşçisiyim</t>
+          <t>Anadolu Şifa Kazanı</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>262.8</v>
+        <v>122.4</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786258265828</t>
+          <t>9786256419056</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Solan Hayatlar</t>
+          <t>Kül Kardeşliği</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>201.6</v>
+        <v>77.4</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786258265859</t>
+          <t>9786256419131</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>İkindi Güneşim</t>
+          <t>Hayatım Jeoloji</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>190.8</v>
+        <v>172.8</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786258265880</t>
+          <t>9786256419117</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Döngü Yaşam ve Ölüm</t>
+          <t>Kelimeler Uçurdum</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>205.2</v>
+        <v>88.2</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786258265835</t>
+          <t>9786256419018</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Azrail’in Çırakları</t>
+          <t>Bir Yıldız Daha Kaydı</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>142.2</v>
+        <v>153</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786258265873</t>
+          <t>9786258265651</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Portakal Çiçeği Sokağı</t>
+          <t>Zamzamiye</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>181.8</v>
+        <v>189</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786258265866</t>
+          <t>9786258265972</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Kriminal Melek İnsan</t>
+          <t>Yedi İklimden Masallar</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>154.8</v>
+        <v>100.8</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786258265767</t>
+          <t>9786256419025</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Ömrüm</t>
+          <t>Türkiye Cumhuriyeti Tarihinin Gizemli Arka Plan</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>203.4</v>
+        <v>597.6</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786057349262</t>
+          <t>9786258265576</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Kids High Hopes</t>
+          <t>Efendi Selami</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>262.8</v>
+        <v>156.6</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786258265750</t>
+          <t>9786256419070</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>İyilik İnsana Yakışır</t>
+          <t>Kelebeğin Şansı</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>212.4</v>
+        <v>363.6</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786258265507</t>
+          <t>9786256419193</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Veda</t>
+          <t>Heybemdeki Öyküler Yitirilen Umutlar</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>216</v>
+        <v>99</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786258265675</t>
+          <t>9786256419155</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Hatırda Kalanlar</t>
+          <t>21. Yüzyıl Hazar Jeopolitiği</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>122.4</v>
+        <v>201</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786258265804</t>
+          <t>9786258265958</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Damlası</t>
+          <t>Yuvam</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>192.6</v>
+        <v>315</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786258265682</t>
+          <t>9786258033687</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Haleb'u Şehba'dan Gelen Kız</t>
+          <t>Fünye</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>477</v>
+        <v>122.4</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786258265842</t>
+          <t>9786258265712</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Vicdanın Hafızası</t>
+          <t>Berivanlar</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>153</v>
+        <v>106.2</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786258265514</t>
+          <t>9786258265798</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>İz Bırakan Şiirler</t>
+          <t>Aşkı Uçurmak Yıldızlara</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>324</v>
+        <v>120.6</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786258265545</t>
+          <t>9786258265941</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ Önümüzde Dipsiz Çukur</t>
+          <t>Gerçek Aşk</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>174.6</v>
+        <v>124.2</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786258265521</t>
+          <t>9786258265989</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Nasırı Kalan Şiirler</t>
+          <t>Tevbe Tövbe</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>342</v>
+        <v>108</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786258265491</t>
+          <t>9786258265415</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Özlü Sözler Antolojisi</t>
+          <t>İnsan Dinsiz Doğar</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>271.8</v>
+        <v>172.8</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786258265620</t>
+          <t>9786256419087</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Çakıroğulları</t>
+          <t>Taş Kömürü ve Var Ettiği Kent Zonguldak</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>259.2</v>
+        <v>367.2</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786258265644</t>
+          <t>9786258168556</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Umut Işığı</t>
+          <t>Köyden Kente Bir İnsanın Hikâyesi Öğretmen Bahri</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>144</v>
+        <v>176.4</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786258265460</t>
+          <t>9786256419094</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Ölü Yüzler</t>
+          <t>Ruhumun Yaraları</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>459</v>
+        <v>131.4</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786258265538</t>
+          <t>9786256419001</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Evrimi Din ve Nasıl Müslüman Edildik</t>
+          <t>Çocuklarımızın Eğitiminde Veli Eğitim Rehberi</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>253.8</v>
+        <v>162</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786258265569</t>
+          <t>9786256419100</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Bestemsin</t>
+          <t>Antik İnci Amasra ve Havalisi</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>109.8</v>
+        <v>268.2</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786258265637</t>
+          <t>9786258265996</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Bir Yıldız Bir Kişi</t>
+          <t>Ji Bo Ta</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>95.4</v>
+        <v>131.4</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786258265453</t>
+          <t>9786258265774</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Çarıksaraylı Hasan Hüseyin Efe</t>
+          <t>Yüreğimin Arka Sokaklarındaki Şiirler</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>191</v>
+        <v>207</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786057349279</t>
+          <t>9786258265590</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Uyanışı Cemre - The Awakening Of The World Hearth Melt Hişyarkirina Dinyaye Seqem</t>
+          <t>Yılanlı Tepe ve Türk Ovasında Entrika</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>154</v>
+        <v>88.2</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786258265408</t>
+          <t>9786258265668</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Başucumda Zaman</t>
+          <t>Parçalı Bulutlu Şiirler</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>132</v>
+        <v>207</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786258265347</t>
+          <t>9786258265323</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Kene Girinokî</t>
+          <t>Kuşluk Vakti Ekmekleri</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>131.4</v>
+        <v>118.8</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786258265354</t>
+          <t>9786258265927</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Ji Pencewin heya Un U Vatikan</t>
+          <t>Kanadı Kırık Kelebek</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>153</v>
+        <v>180</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786258265484</t>
+          <t>9786258265781</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul’da Kız Çocuğu</t>
+          <t>Haklı Kavga</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>406.8</v>
+        <v>315</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786258265552</t>
+          <t>9786258265910</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Esinti</t>
+          <t>Ben Bu Hayatta En Çok Annem Olmayı Sevdim</t>
         </is>
       </c>
       <c r="C663" s="1">
         <v>117</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786258265286</t>
+          <t>9786258265903</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Yerli Bilimkurgu Yükseliyor Bilimkurgu Öykü Seçkisi 2022</t>
+          <t>Çoban Yıldızı</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>426.6</v>
+        <v>120.6</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786258265606</t>
+          <t>9786258168822</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Günahkar Şehrin Sessiz Kaçışları</t>
+          <t>Özgürlük</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>72</v>
+        <v>140.4</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786258265583</t>
+          <t>9786258265477</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Vatansız Asla</t>
+          <t>Ben Bir Maden İşçisiyim</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>180</v>
+        <v>262.8</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786258265613</t>
+          <t>9786258265828</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Hastanedeki Dünyalar</t>
+          <t>Solan Hayatlar</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>111.6</v>
+        <v>201.6</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786057311931</t>
+          <t>9786258265859</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat + Kolektifi Almanak 2023</t>
+          <t>İkindi Güneşim</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>86</v>
+        <v>190.8</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786258265262</t>
+          <t>9786258265880</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Kedi Yargılaması</t>
+          <t>Döngü Yaşam ve Ölüm</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>77</v>
+        <v>205.2</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786057311924</t>
+          <t>9786258265835</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Kediye Dokunma</t>
+          <t>Azrail’in Çırakları</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>165.6</v>
+        <v>142.2</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786258168037</t>
+          <t>9786258265873</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>İnançların Evrimi Türkmen Şiiliği Alevilik</t>
+          <t>Portakal Çiçeği Sokağı</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>367.2</v>
+        <v>181.8</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786258265309</t>
+          <t>9786258265866</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Şems-i Tebrizi</t>
+          <t>Kriminal Melek İnsan</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>133.2</v>
+        <v>154.8</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786258265316</t>
+          <t>9786258265767</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Siyah</t>
+          <t>Ömrüm</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>185.4</v>
+        <v>203.4</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786258265279</t>
+          <t>9786057349262</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Sevgi ve Cennet</t>
+          <t>Kids High Hopes</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>190.8</v>
+        <v>262.8</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786258265255</t>
+          <t>9786258265750</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Mavi ve Ötesi</t>
+          <t>İyilik İnsana Yakışır</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>115.2</v>
+        <v>212.4</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786258265361</t>
+          <t>9786258265507</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Haykırış</t>
+          <t>Sessiz Veda</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>102.6</v>
+        <v>216</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786258265378</t>
+          <t>9786258265675</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Eskisi Gibi Değil</t>
+          <t>Hatırda Kalanlar</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>109.8</v>
+        <v>122.4</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786258265446</t>
+          <t>9786258265804</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Engellerin Ötesinde</t>
+          <t>Yağmur Damlası</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>190.8</v>
+        <v>192.6</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786258265392</t>
+          <t>9786258265682</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Atlantis’in Ruhu</t>
+          <t>Haleb'u Şehba'dan Gelen Kız</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>234</v>
+        <v>477</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786258168990</t>
+          <t>9786258265842</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Minik Stetoskop</t>
+          <t>Vicdanın Hafızası</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>165.6</v>
+        <v>153</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786258265156</t>
+          <t>9786258265514</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>İz Bırakan Şiirler</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>85.8</v>
+        <v>324</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786258265194</t>
+          <t>9786258265545</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Seni Bir Şiirin Hikayesinde Anlatmak</t>
+          <t>Orta Çağ Önümüzde Dipsiz Çukur</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>72</v>
+        <v>174.6</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786258265217</t>
+          <t>9786258265521</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Dokunma</t>
+          <t>Nasırı Kalan Şiirler</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>100.8</v>
+        <v>342</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786057079893</t>
+          <t>9786258265491</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Proje 90 's</t>
+          <t>Özlü Sözler Antolojisi</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>544.5</v>
+        <v>271.8</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786057311917</t>
+          <t>9786258265620</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Kollarımda Prangalar</t>
+          <t>Çakıroğulları</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>172.8</v>
+        <v>259.2</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786258265170</t>
+          <t>9786258265644</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Yarım Ekmeğe Tekila</t>
+          <t>Umut Işığı</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>140.4</v>
+        <v>144</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786258265231</t>
+          <t>9786258265460</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Sofrasında Söyleşiler</t>
+          <t>Ölü Yüzler</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>266.4</v>
+        <v>459</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786258265187</t>
+          <t>9786258265538</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Siyah Beyaz Senaryo Hikayeleri</t>
+          <t>İnsanın Evrimi Din ve Nasıl Müslüman Edildik</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>363.6</v>
+        <v>253.8</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786258265088</t>
+          <t>9786258265569</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Hayıra Evet</t>
+          <t>Bestemsin</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>158.4</v>
+        <v>109.8</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786258168839</t>
+          <t>9786258265637</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Gözlerin Tanıklığı</t>
+          <t>Bir Yıldız Bir Kişi</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>275.4</v>
+        <v>95.4</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786258265248</t>
+          <t>9786258265453</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Eşeğin Onuru</t>
+          <t>Çarıksaraylı Hasan Hüseyin Efe</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>79.2</v>
+        <v>191</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786258168877</t>
+          <t>9786057349279</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>İnek</t>
+          <t>Dünyanın Uyanışı Cemre - The Awakening Of The World Hearth Melt Hişyarkirina Dinyaye Seqem</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>126</v>
+        <v>154</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786258168969</t>
+          <t>9786258265408</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Mutsuz ve Huzursuz İklimi</t>
+          <t>Başucumda Zaman</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>154.8</v>
+        <v>132</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786258265149</t>
+          <t>9786258265347</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Bir Madenci ve Onun Tuhaf Ailesi</t>
+          <t>Kene Girinokî</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>262.8</v>
+        <v>131.4</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786258265071</t>
+          <t>9786258265354</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Bilinç Dalgalanmaları -1</t>
+          <t>Ji Pencewin heya Un U Vatikan</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>334.8</v>
+        <v>153</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786258265163</t>
+          <t>9786258265484</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Başlamaya Dair</t>
+          <t>Eski İstanbul’da Kız Çocuğu</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>178.2</v>
+        <v>406.8</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786258265019</t>
+          <t>9786258265552</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Hayal Terapisi</t>
+          <t>Esinti</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>109.8</v>
+        <v>117</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786258265200</t>
+          <t>9786258265286</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Sevda Külleri</t>
+          <t>Yerli Bilimkurgu Yükseliyor Bilimkurgu Öykü Seçkisi 2022</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>163.8</v>
+        <v>426.6</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786258265095</t>
+          <t>9786258265606</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Astrolojinin Temel Teknikleri</t>
+          <t>Günahkar Şehrin Sessiz Kaçışları</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>800</v>
+        <v>72</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786258265118</t>
+          <t>9786258265583</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Hatırla(n)mak Güzeldir</t>
+          <t>Vatansız Asla</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>385.2</v>
+        <v>180</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786057349224</t>
+          <t>9786258265613</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Kids Rose and Bert Seasons</t>
+          <t>Hastanedeki Dünyalar</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>219.6</v>
+        <v>111.6</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786258265125</t>
+          <t>9786057311931</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Özüm Sözüm</t>
+          <t>Edebiyat + Kolektifi Almanak 2023</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>169</v>
+        <v>86</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786258168983</t>
+          <t>9786258265262</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Arşiv Belgelerinde Zonguldak’ta Maden Kömürü’nün Bulunuşu</t>
+          <t>Kedi Yargılaması</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>437</v>
+        <v>77</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786258265101</t>
+          <t>9786057311924</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Kaniya Helbestan</t>
+          <t>Kediye Dokunma</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>239</v>
+        <v>165.6</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786258265224</t>
+          <t>9786258168037</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Güzel Köyüm Yeşil Demet</t>
+          <t>İnançların Evrimi Türkmen Şiiliği Alevilik</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>232.2</v>
+        <v>367.2</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786258168792</t>
+          <t>9786258265309</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Duygu ve İnsan</t>
+          <t>Şems-i Tebrizi</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>163</v>
+        <v>133.2</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786258265132</t>
+          <t>9786258265316</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Demir Yolcu Bizden Hikayeler</t>
+          <t>Siyah</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>126</v>
+        <v>185.4</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786258168952</t>
+          <t>9786258265279</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Ben kim miyim?</t>
+          <t>Sevgi ve Cennet</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>181.8</v>
+        <v>190.8</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786258168693</t>
+          <t>9786258265255</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Çakıroğlu Şiirleri</t>
+          <t>Mavi ve Ötesi</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>248.4</v>
+        <v>115.2</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786258265026</t>
+          <t>9786258265361</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Beşiktaş Muhafızı</t>
+          <t>Haykırış</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>216</v>
+        <v>102.6</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786258265040</t>
+          <t>9786258265378</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Belki Bir Gün</t>
+          <t>Eskisi Gibi Değil</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>171</v>
+        <v>109.8</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786258168976</t>
+          <t>9786258265446</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İle Afganistan'da Kooperatifçilik</t>
+          <t>Engellerin Ötesinde</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>135</v>
+        <v>190.8</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786258033915</t>
+          <t>9786258265392</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Üzülmedim Hiç</t>
+          <t>Atlantis’in Ruhu</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>675</v>
+        <v>234</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786258265057</t>
+          <t>9786258168990</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Buna Da Yaşam Diyorlar</t>
+          <t>Minik Stetoskop</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>814</v>
+        <v>165.6</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786258168808</t>
+          <t>9786258265156</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Ak Dünya</t>
+          <t>20</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>198</v>
+        <v>85.8</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786258168785</t>
+          <t>9786258265194</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Biri De Benim</t>
+          <t>Seni Bir Şiirin Hikayesinde Anlatmak</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>226.8</v>
+        <v>72</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786258265002</t>
+          <t>9786258265217</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Heybemdeki Öyküler - Kayıp Kızın Dönüşü</t>
+          <t>Dokunma</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>115.2</v>
+        <v>100.8</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786258168594</t>
+          <t>9786057079893</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Ünye Sadullah Bey Medresesi'nin Şeyhül Müderrisin Gümüşhane Halifesi, Ünye Nakşi Tekkesi Şeyhi Taşlızade Yusuf Bahri Efendi Ve Talebelerinin Yad Günleri</t>
+          <t>Proje 90 's</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>376.2</v>
+        <v>544.5</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786258168051</t>
+          <t>9786057311917</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Bilginiz Olsun</t>
+          <t>Kollarımda Prangalar</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>210.6</v>
+        <v>172.8</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786258168921</t>
+          <t>9786258265170</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Derhayat</t>
+          <t>Yarım Ekmeğe Tekila</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>120.6</v>
+        <v>140.4</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786258168907</t>
+          <t>9786258265231</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>3 Hikaye</t>
+          <t>Güneşin Sofrasında Söyleşiler</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>126</v>
+        <v>266.4</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786258168914</t>
+          <t>9786258265187</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Farkında Değildin</t>
+          <t>Siyah Beyaz Senaryo Hikayeleri</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>86.4</v>
+        <v>363.6</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786258168778</t>
+          <t>9786258265088</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Okullu Öyküler</t>
+          <t>Hayıra Evet</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>189</v>
+        <v>158.4</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786258168747</t>
+          <t>9786258168839</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Zamaniden Nefesler</t>
+          <t>Gözlerin Tanıklığı</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>165.6</v>
+        <v>275.4</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786258168815</t>
+          <t>9786258265248</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Sanat Yolu</t>
+          <t>Eşeğin Onuru</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>237.6</v>
+        <v>79.2</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786258168631</t>
+          <t>9786258168877</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Babamın Hatırı Var</t>
+          <t>İnek</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>75</v>
+        <v>126</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786258168679</t>
+          <t>9786258168969</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Başarı, Mutluluk Ve Sosyal Yaşam</t>
+          <t>Türkiye'nin Mutsuz ve Huzursuz İklimi</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>193</v>
+        <v>154.8</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786258168846</t>
+          <t>9786258265149</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Ben Adalet</t>
+          <t>Bir Madenci ve Onun Tuhaf Ailesi</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>216</v>
+        <v>262.8</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786258168716</t>
+          <t>9786258265071</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Eylül Salkımları</t>
+          <t>Bilinç Dalgalanmaları -1</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>109.8</v>
+        <v>334.8</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786258168686</t>
+          <t>9786258265163</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>1923'ten 2008'e Cumhuriyet Değerlendirmeleri</t>
+          <t>Yeniden Başlamaya Dair</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>187.2</v>
+        <v>178.2</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786057311900</t>
+          <t>9786258265019</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Hazan Mevsiminde Bir Ömür</t>
+          <t>Hayal Terapisi</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>235.8</v>
+        <v>109.8</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786258168761</t>
+          <t>9786258265200</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Siber Dünyada Güvende Misiniz?</t>
+          <t>Sevda Külleri</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>93.6</v>
+        <v>163.8</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786258168754</t>
+          <t>9786258265095</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Koordinatsız</t>
+          <t>Astrolojinin Temel Teknikleri</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>140.4</v>
+        <v>800</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786258168730</t>
+          <t>9786258265118</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık</t>
+          <t>Hatırla(n)mak Güzeldir</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>183.6</v>
+        <v>385.2</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786258168617</t>
+          <t>9786057349224</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Paradoks Girdabı</t>
+          <t>Kids Rose and Bert Seasons</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>210.6</v>
+        <v>219.6</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786258168662</t>
+          <t>9786258265125</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Aşk Pınarı</t>
+          <t>Özüm Sözüm</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>154.8</v>
+        <v>169</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786258168563</t>
+          <t>9786258168983</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Son Devrin Alimlerinden Ünyeli Müderris Hafız Halil Koyun Efendi’nin Yazdığı Hutbe Kitabı</t>
+          <t>Osmanlı Arşiv Belgelerinde Zonguldak’ta Maden Kömürü’nün Bulunuşu</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>306</v>
+        <v>437</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786258168129</t>
+          <t>9786258265101</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Ünye Cuma Evi Bacılar İrşad Ocağı</t>
+          <t>Kaniya Helbestan</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>151.2</v>
+        <v>239</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786258168587</t>
+          <t>9786258265224</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Ordu Akkuş Karakuş Hamidiye Medreseleri</t>
+          <t>Güzel Köyüm Yeşil Demet</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>273.6</v>
+        <v>232.2</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786258168655</t>
+          <t>9786258168792</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Haksızlık</t>
+          <t>Duygu ve İnsan</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>147.6</v>
+        <v>163</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786258168709</t>
+          <t>9786258265132</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Gitme</t>
+          <t>Demir Yolcu Bizden Hikayeler</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>120.6</v>
+        <v>126</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786258168570</t>
+          <t>9786258168952</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Deryaoğlu Mehmed Efendi’nin Dua Ve Beyitler Risalesi</t>
+          <t>Ben kim miyim?</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>145.8</v>
+        <v>181.8</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786258168600</t>
+          <t>9786258168693</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Ararat’ın Yetim Çocukları</t>
+          <t>Çakıroğlu Şiirleri</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>160.2</v>
+        <v>248.4</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786258168532</t>
+          <t>9786258265026</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Ab Extra Les Tachyons Quantum - Tachyons</t>
+          <t>Beşiktaş Muhafızı</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>270</v>
+        <v>216</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786057349200</t>
+          <t>9786258265040</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Büyü Büyü Kımıl Kımıl</t>
+          <t>Belki Bir Gün</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>100.8</v>
+        <v>171</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786258168297</t>
+          <t>9786258168976</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Uyuzum</t>
+          <t>Türkiye İle Afganistan'da Kooperatifçilik</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>136.8</v>
+        <v>135</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786258168402</t>
+          <t>9786258033915</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Ve Dinsel İnanç Kaynaklarımız</t>
+          <t>Üzülmedim Hiç</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>248.4</v>
+        <v>675</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786258168501</t>
+          <t>9786258265057</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Suskun Bey</t>
+          <t>Buna Da Yaşam Diyorlar</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>154.8</v>
+        <v>814</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786258168426</t>
+          <t>9786258168808</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Oyun İçinde Oyun El Üstünde Kimin Eli?</t>
+          <t>Ak Dünya</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>126</v>
+        <v>198</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786258168518</t>
+          <t>9786258168785</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Gözlerin</t>
+          <t>Biri De Benim</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>145.8</v>
+        <v>226.8</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786057339096</t>
+          <t>9786258265002</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Dumanlı Kentin Puslu Çocuğu</t>
+          <t>Heybemdeki Öyküler - Kayıp Kızın Dönüşü</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>165.6</v>
+        <v>115.2</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786258168549</t>
+          <t>9786258168594</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Bildiklerimi Yazdım</t>
+          <t>Ünye Sadullah Bey Medresesi'nin Şeyhül Müderrisin Gümüşhane Halifesi, Ünye Nakşi Tekkesi Şeyhi Taşlızade Yusuf Bahri Efendi Ve Talebelerinin Yad Günleri</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>64.8</v>
+        <v>376.2</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786258168471</t>
+          <t>9786258168051</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Bahar Seli Yıldızı</t>
+          <t>Bilginiz Olsun</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>81</v>
+        <v>210.6</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786258168495</t>
+          <t>9786258168921</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Arjin</t>
+          <t>Derhayat</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>108</v>
+        <v>120.6</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786258168228</t>
+          <t>9786258168907</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Tebeşiirler: Vatan - Bayrak - Şehit Şiirleri ve Öyküleri</t>
+          <t>3 Hikaye</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>143</v>
+        <v>126</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786258168273</t>
+          <t>9786258168914</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Tebeşiirler: Aşk - Sevda Şiirleri ve Öyküleri</t>
+          <t>Farkında Değildin</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>178.2</v>
+        <v>86.4</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786258168211</t>
+          <t>9786258168778</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Son Durak - Teneşiir</t>
+          <t>Okullu Öyküler</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>264.6</v>
+        <v>189</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786258168235</t>
+          <t>9786258168747</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Sosyal - Toplumsal Şiirler ve Öyküler</t>
+          <t>Zamaniden Nefesler</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>181.8</v>
+        <v>165.6</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786258168242</t>
+          <t>9786258168815</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Mavi ile Yeşilin Birleştiği O Güzel Diyarımızın Ağızı Zonguldak Şivesi</t>
+          <t>Sanat Yolu</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>271.8</v>
+        <v>237.6</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786258168280</t>
+          <t>9786258168631</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Ağıt - Deyiş - Mani Türkü Sözleri</t>
+          <t>Babamın Hatırı Var</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>149.4</v>
+        <v>75</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786258168174</t>
+          <t>9786258168679</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Kazablanka Mektupları</t>
+          <t>Başarı, Mutluluk Ve Sosyal Yaşam</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>88.2</v>
+        <v>193</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786258168341</t>
+          <t>9786258168846</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Akbaş Cephaneliği'nin Laneti</t>
+          <t>Ben Adalet</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>271.8</v>
+        <v>216</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786258168464</t>
+          <t>9786258168716</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Taşın Altına Elini Koydular</t>
+          <t>Eylül Salkımları</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>237.6</v>
+        <v>109.8</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786258168372</t>
+          <t>9786258168686</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Sensizlik</t>
+          <t>1923'ten 2008'e Cumhuriyet Değerlendirmeleri</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>151.2</v>
+        <v>187.2</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786258168358</t>
+          <t>9786057311900</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Gölgede Kalan Tarihe Yolculuk</t>
+          <t>Hazan Mevsiminde Bir Ömür</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>255.6</v>
+        <v>235.8</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786258168310</t>
+          <t>9786258168761</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Altın Rozet Yaşanmış Hikayeler</t>
+          <t>Siber Dünyada Güvende Misiniz?</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>253.8</v>
+        <v>93.6</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786258168389</t>
+          <t>9786258168754</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Ayaklı Karınca</t>
+          <t>Koordinatsız</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>68.4</v>
+        <v>140.4</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786258168457</t>
+          <t>9786258168730</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Bej'e</t>
+          <t>Yalnızlık</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>72</v>
+        <v>183.6</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786057339072</t>
+          <t>9786258168617</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in 100 Yılında 4 Eylül Sivas Kongresi Vali Reşit Paşanın Hatıraları</t>
+          <t>Paradoks Girdabı</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>513</v>
+        <v>210.6</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786057339065</t>
+          <t>9786258168662</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Baharın Çığlığı</t>
+          <t>Aşk Pınarı</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>164.7</v>
+        <v>154.8</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786258168150</t>
+          <t>9786258168563</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Topraktan Kulübeler</t>
+          <t>Son Devrin Alimlerinden Ünyeli Müderris Hafız Halil Koyun Efendi’nin Yazdığı Hutbe Kitabı</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>259</v>
+        <v>306</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786258168082</t>
+          <t>9786258168129</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Yüklem</t>
+          <t>Ünye Cuma Evi Bacılar İrşad Ocağı</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>216</v>
+        <v>151.2</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786258168167</t>
+          <t>9786258168587</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>660 Problems of Differential Equations</t>
+          <t>Ordu Akkuş Karakuş Hamidiye Medreseleri</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>185.4</v>
+        <v>273.6</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786258168198</t>
+          <t>9786258168655</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Bağ</t>
+          <t>Haksızlık</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>334.8</v>
+        <v>147.6</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786258168112</t>
+          <t>9786258168709</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı</t>
+          <t>Gitme</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>306</v>
+        <v>120.6</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786258168143</t>
+          <t>9786258168570</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>L'ile Aux Cent Jours</t>
+          <t>Deryaoğlu Mehmed Efendi’nin Dua Ve Beyitler Risalesi</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>286.2</v>
+        <v>145.8</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786258168105</t>
+          <t>9786258168600</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Şiir Bir Sanat Değil</t>
+          <t>Ararat’ın Yetim Çocukları</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>240.3</v>
+        <v>160.2</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786057339027</t>
+          <t>9786258168532</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Mercan</t>
+          <t>Ab Extra Les Tachyons Quantum - Tachyons</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>126</v>
+        <v>270</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786057339041</t>
+          <t>9786057349200</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Mülteci Yaşamlar</t>
+          <t>Büyü Büyü Kımıl Kımıl</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>261</v>
+        <v>100.8</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786258168044</t>
+          <t>9786258168297</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Bahar Kokulu Yarim</t>
+          <t>Uyuzum</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>142.2</v>
+        <v>136.8</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786258168020</t>
+          <t>9786258168402</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Lüleyza</t>
+          <t>Tarihsel Ve Dinsel İnanç Kaynaklarımız</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>153</v>
+        <v>248.4</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786258033656</t>
+          <t>9786258168501</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Dalgakıran</t>
+          <t>Suskun Bey</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>133.2</v>
+        <v>154.8</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786258033694</t>
+          <t>9786258168426</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler</t>
+          <t>Oyun İçinde Oyun El Üstünde Kimin Eli?</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>124</v>
+        <v>126</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786258033663</t>
+          <t>9786258168518</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Kapan</t>
+          <t>Gözlerin</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>138.6</v>
+        <v>145.8</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786258033670</t>
+          <t>9786057339096</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Bozgun</t>
+          <t>Dumanlı Kentin Puslu Çocuğu</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>113.4</v>
+        <v>165.6</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786258033632</t>
+          <t>9786258168549</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Vurgun</t>
+          <t>Bildiklerimi Yazdım</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>163.8</v>
+        <v>64.8</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786258168136</t>
+          <t>9786258168471</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Eğirdir Müdafai Hukuk Cemiyeti Reisi Tığlızade İsmail Hakkı Bey</t>
+          <t>Bahar Seli Yıldızı</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>196.2</v>
+        <v>81</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786057339010</t>
+          <t>9786258168495</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Çember</t>
+          <t>Arjin</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>149.4</v>
+        <v>108</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786057339034</t>
+          <t>9786258168228</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş</t>
+          <t>Rengarenk Tebeşiirler: Vatan - Bayrak - Şehit Şiirleri ve Öyküleri</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>203.4</v>
+        <v>143</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786258168006</t>
+          <t>9786258168273</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Beşeri Düşler</t>
+          <t>Rengarenk Tebeşiirler: Aşk - Sevda Şiirleri ve Öyküleri</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>120.6</v>
+        <v>178.2</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786057359261</t>
+          <t>9786258168211</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Anlaşılmak İster İnsan</t>
+          <t>Son Durak - Teneşiir</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>165.6</v>
+        <v>264.6</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786057088819</t>
+          <t>9786258168235</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Covit - 19 Spor Antrenörünün Günlüğü</t>
+          <t>Sosyal - Toplumsal Şiirler ve Öyküler</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>129.6</v>
+        <v>181.8</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786258168013</t>
+          <t>9786258168242</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Sevdalı Öyküler</t>
+          <t>Mavi ile Yeşilin Birleştiği O Güzel Diyarımızın Ağızı Zonguldak Şivesi</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>162</v>
+        <v>271.8</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786258033991</t>
+          <t>9786258168280</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Mavi Çıra</t>
+          <t>Ağıt - Deyiş - Mani Türkü Sözleri</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>79.2</v>
+        <v>149.4</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786258033953</t>
+          <t>9786258168174</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Adı Bir Leylaymış</t>
+          <t>Kazablanka Mektupları</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>289.8</v>
+        <v>88.2</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786258033977</t>
+          <t>9786258168341</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Sıraç</t>
+          <t>Akbaş Cephaneliği'nin Laneti</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>86.4</v>
+        <v>271.8</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786258033984</t>
+          <t>9786258168464</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Momentum</t>
+          <t>Taşın Altına Elini Koydular</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>79.2</v>
+        <v>237.6</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786258033946</t>
+          <t>9786258168372</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Kızı</t>
+          <t>Sensizlik</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>127.8</v>
+        <v>151.2</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786057088840</t>
+          <t>9786258168358</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Küresel Dünyanın Korkulu Rüyası - Üçüncü Dünya Savaşı</t>
+          <t>Gölgede Kalan Tarihe Yolculuk</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>244.8</v>
+        <v>255.6</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786258033922</t>
+          <t>9786258168310</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Geçit Bozkaya</t>
+          <t>Altın Rozet Yaşanmış Hikayeler</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>230.4</v>
+        <v>253.8</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786057339003</t>
+          <t>9786258168389</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Eşa Fate Maste</t>
+          <t>Yeşil Ayaklı Karınca</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>154.8</v>
+        <v>68.4</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786057359285</t>
+          <t>9786258168457</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Ontolojik Yırtılma</t>
+          <t>Bej'e</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>113.4</v>
+        <v>72</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786057359278</t>
+          <t>9786057339072</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Çizgi</t>
+          <t>Cumhuriyet’in 100 Yılında 4 Eylül Sivas Kongresi Vali Reşit Paşanın Hatıraları</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>138.6</v>
+        <v>513</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786258033908</t>
+          <t>9786057339065</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Ömür Dediğin</t>
+          <t>Baharın Çığlığı</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>145.8</v>
+        <v>164.7</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786258033731</t>
+          <t>9786258168150</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Hirayı Yaşamak</t>
+          <t>Topraktan Kulübeler</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>199.8</v>
+        <v>259</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786258033939</t>
+          <t>9786258168082</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Bandırma Vapuru Ve Nusrat Mayın Gemisi</t>
+          <t>Yüklem</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>127.8</v>
+        <v>216</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786057359292</t>
+          <t>9786258168167</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Kurmacalar Atlası</t>
+          <t>660 Problems of Differential Equations</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>163.8</v>
+        <v>185.4</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786258033861</t>
+          <t>9786258168198</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Kıldığımız Namaz Niçin Bizi Kötülüklerden Alıkoymuyor</t>
+          <t>Ölümsüz Bağ</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>257.4</v>
+        <v>334.8</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786258033854</t>
+          <t>9786258168112</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Mirzo</t>
+          <t>Ay Işığı</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>133.2</v>
+        <v>306</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786057359254</t>
+          <t>9786258168143</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Gölge Etkisi</t>
+          <t>L'ile Aux Cent Jours</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>120.6</v>
+        <v>286.2</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786258033878</t>
+          <t>9786258168105</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Anna</t>
+          <t>Şiir Bir Sanat Değil</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>117</v>
+        <v>240.3</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786258033892</t>
+          <t>9786057339027</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Orta Oyunu Sanatı ve Sanatçıları</t>
+          <t>Mercan</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>118.8</v>
+        <v>126</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786258033847</t>
+          <t>9786057339041</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Sarı Ağustos</t>
+          <t>Mülteci Yaşamlar</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>165.6</v>
+        <v>261</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786057359223</t>
+          <t>9786258168044</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Gulnisan</t>
+          <t>Bahar Kokulu Yarim</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>91.8</v>
+        <v>142.2</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786057359230</t>
+          <t>9786258168020</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Buk</t>
+          <t>Lüleyza</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>120.6</v>
+        <v>153</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786258033144</t>
+          <t>9786258033656</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Karlar Savrulurken</t>
+          <t>Dalgakıran</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>259</v>
+        <v>133.2</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786258033083</t>
+          <t>9786258033694</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Zamanıdır</t>
+          <t>Gölgeler</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>117</v>
+        <v>124</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786258168648</t>
+          <t>9786258033663</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Yasama Yürütme Ve Yargı Ekseninden Cumhurbaşkanlığı Hükümet Sistemi</t>
+          <t>Kapan</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>134</v>
+        <v>138.6</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786258168525</t>
+          <t>9786258033670</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Seçkilerim</t>
+          <t>Bozgun</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>185.4</v>
+        <v>113.4</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786258168624</t>
+          <t>9786258033632</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Odak Noktaları</t>
+          <t>Vurgun</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>135</v>
+        <v>163.8</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786258168419</t>
+          <t>9786258168136</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Seni Uyurken İzlemek İstiyorum</t>
+          <t>Eğirdir Müdafai Hukuk Cemiyeti Reisi Tığlızade İsmail Hakkı Bey</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>198</v>
+        <v>196.2</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786258168266</t>
+          <t>9786057339010</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Tebeşiirler: Gurbet - Ayrılık - Hasret Şiirleri ve Öyküleri</t>
+          <t>Çember</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>190.8</v>
+        <v>149.4</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786258168204</t>
+          <t>9786057339034</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Gülelim Eğlenelim</t>
+          <t>Bir Varmış Bir Yokmuş</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>189</v>
+        <v>203.4</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786258168259</t>
+          <t>9786258168006</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Manidar Yazılar - Makaleler - Kısa Notlar - Kıssadan Hisseler</t>
+          <t>Beşeri Düşler</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>210.6</v>
+        <v>120.6</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786258168440</t>
+          <t>9786057359261</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Diktatörü Doğurmak</t>
+          <t>Anlaşılmak İster İnsan</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>115.2</v>
+        <v>165.6</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786258168433</t>
+          <t>9786057088819</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Esmer Tenli Çocuklar</t>
+          <t>Covit - 19 Spor Antrenörünün Günlüğü</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>153</v>
+        <v>129.6</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786258168303</t>
+          <t>9786258168013</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Isparta Müdafai Hukuk Cemiyeti Ve Mevlevi Şeyhi Ali Dede Aksu</t>
+          <t>Sevdalı Öyküler</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>196.2</v>
+        <v>162</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786258033724</t>
+          <t>9786258033991</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Mor Koltuk</t>
+          <t>Mavi Çıra</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>433.8</v>
+        <v>79.2</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786258168396</t>
+          <t>9786258033953</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Vaveyla</t>
+          <t>Aşkın Adı Bir Leylaymış</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>84.6</v>
+        <v>289.8</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786258168327</t>
+          <t>9786258033977</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>1980' Den Günümüze Günlüğüme Yansıyanlar</t>
+          <t>Sıraç</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>140.4</v>
+        <v>86.4</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786258033885</t>
+          <t>9786258033984</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Serengeti Hikayeleri</t>
+          <t>Momentum</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>108</v>
+        <v>79.2</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786057359247</t>
+          <t>9786258033946</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Şubat Sürgünü</t>
+          <t>Doğanın Kızı</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>394.2</v>
+        <v>127.8</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786258033533</t>
+          <t>9786057088840</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Kalplerin Işığı</t>
+          <t>Küresel Dünyanın Korkulu Rüyası - Üçüncü Dünya Savaşı</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>550</v>
+        <v>244.8</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786258033151</t>
+          <t>9786258033922</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Sonrasında Türkiye</t>
+          <t>Karanlık Geçit Bozkaya</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>205.2</v>
+        <v>230.4</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786258033793</t>
+          <t>9786057339003</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Köşe Bucak Yazılar</t>
+          <t>Eşa Fate Maste</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>309.6</v>
+        <v>154.8</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786258033809</t>
+          <t>9786057359285</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Aşk Delilik Ve Diğerleri</t>
+          <t>Ontolojik Yırtılma</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>115.2</v>
+        <v>113.4</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786258033816</t>
+          <t>9786057359278</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Söz Meclisi</t>
+          <t>Çizgi</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>122.4</v>
+        <v>138.6</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786258033830</t>
+          <t>9786258033908</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Kurtuluşta Çivril Destanı</t>
+          <t>Ömür Dediğin</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>95.4</v>
+        <v>145.8</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786258033786</t>
+          <t>9786258033731</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Göçler Yola Dizildi</t>
+          <t>Hirayı Yaşamak</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>151.2</v>
+        <v>199.8</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786057359216</t>
+          <t>9786258033939</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Büyük Baskın</t>
+          <t>Bandırma Vapuru Ve Nusrat Mayın Gemisi</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>81</v>
+        <v>127.8</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786258033717</t>
+          <t>9786057359292</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Seramik Öyküler</t>
+          <t>Kurmacalar Atlası</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>142.2</v>
+        <v>163.8</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786258033700</t>
+          <t>9786258033861</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Ankara’da Bir Ömür</t>
+          <t>Kıldığımız Namaz Niçin Bizi Kötülüklerden Alıkoymuyor</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>100.8</v>
+        <v>257.4</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786258033540</t>
+          <t>9786258033854</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Sevdan Yayılır Tüm Vücuduma</t>
+          <t>Mirzo</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>250</v>
+        <v>133.2</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786258033618</t>
+          <t>9786057359254</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Güldeniz</t>
+          <t>Gölge Etkisi</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>142.2</v>
+        <v>120.6</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786258033625</t>
+          <t>9786258033878</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Gülcihan’a Dönüş</t>
+          <t>Benim Adım Anna</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>129.6</v>
+        <v>117</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786258033489</t>
+          <t>9786258033892</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Nereye Baksam Acı 1. Cilt</t>
+          <t>Orta Oyunu Sanatı ve Sanatçıları</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>261</v>
+        <v>118.8</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786258033496</t>
+          <t>9786258033847</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Nereye Baksam Acı 2. Cilt</t>
+          <t>Sarı Ağustos</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>289.8</v>
+        <v>165.6</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786258033427</t>
+          <t>9786057359223</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve İrtica</t>
+          <t>Gulnisan</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>235.8</v>
+        <v>91.8</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786258033755</t>
+          <t>9786057359230</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Dünya ve Yaşam</t>
+          <t>Buk</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>277.2</v>
+        <v>120.6</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786258033588</t>
+          <t>9786258033144</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Ödül - 1001 Gece Öyküleri 6</t>
+          <t>Karlar Savrulurken</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>190.8</v>
+        <v>259</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786258033571</t>
+          <t>9786258033083</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Oyun - 1001 Gece Öyküleri 5</t>
+          <t>Zamanıdır</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>190.8</v>
+        <v>117</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786258033601</t>
+          <t>9786258168648</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Güzelliğin Suskunluğu</t>
+          <t>Yasama Yürütme Ve Yargı Ekseninden Cumhurbaşkanlığı Hükümet Sistemi</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>127.8</v>
+        <v>134</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786057359209</t>
+          <t>9786258168525</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Murat Ka'nın Çoğul Tarihi</t>
+          <t>Sosyal Medya Seçkilerim</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>38</v>
+        <v>185.4</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786258033519</t>
+          <t>9786258168624</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Damıtılmış Şiirlerimin Şiir Hali</t>
+          <t>Eğitimin Odak Noktaları</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>154.8</v>
+        <v>135</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786258033564</t>
+          <t>9786258168419</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Duygu Dağarcığım</t>
+          <t>Seni Uyurken İzlemek İstiyorum</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>154.8</v>
+        <v>198</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786258033595</t>
+          <t>9786258168266</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Herkes Her Şeyi Unutmuştu Ama…</t>
+          <t>Rengarenk Tebeşiirler: Gurbet - Ayrılık - Hasret Şiirleri ve Öyküleri</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>174.6</v>
+        <v>190.8</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786258033526</t>
+          <t>9786258168204</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>İçimden Gelen Gizemli Sesler</t>
+          <t>Gülelim Eğlenelim</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>167.4</v>
+        <v>189</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786258033472</t>
+          <t>9786258168259</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Ateşe Bakanlar</t>
+          <t>Manidar Yazılar - Makaleler - Kısa Notlar - Kıssadan Hisseler</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>176.4</v>
+        <v>210.6</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786258033557</t>
+          <t>9786258168440</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Yol Hikayelerim - Kopuk Uçurtma</t>
+          <t>Diktatörü Doğurmak</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>143.1</v>
+        <v>115.2</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786258033502</t>
+          <t>9786258168433</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Aşk Mısın Nesin</t>
+          <t>Esmer Tenli Çocuklar</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>109.8</v>
+        <v>153</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786258033458</t>
+          <t>9786258168303</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Küçük Cesur Rüzgar</t>
+          <t>Isparta Müdafai Hukuk Cemiyeti Ve Mevlevi Şeyhi Ali Dede Aksu</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>77.4</v>
+        <v>196.2</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786258033434</t>
+          <t>9786258033724</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Anne</t>
+          <t>Mor Koltuk</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>124.2</v>
+        <v>433.8</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786258033380</t>
+          <t>9786258168396</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Hangi Yaşam</t>
+          <t>Vaveyla</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>189</v>
+        <v>84.6</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786258033441</t>
+          <t>9786258168327</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Şiir Çeşmesi</t>
+          <t>1980' Den Günümüze Günlüğüme Yansıyanlar</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>253.8</v>
+        <v>140.4</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786258033397</t>
+          <t>9786258033885</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Gogol’un Paltosu</t>
+          <t>Serengeti Hikayeleri</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>212.4</v>
+        <v>108</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786258033465</t>
+          <t>9786057359247</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Vatan Sevdası</t>
+          <t>Şubat Sürgünü</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>169.2</v>
+        <v>394.2</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786258033373</t>
+          <t>9786258033533</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Ruhumun Aynası</t>
+          <t>Kalplerin Işığı</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>111.6</v>
+        <v>550</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786258033410</t>
+          <t>9786258033151</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Ballı</t>
+          <t>Pandemi Sonrasında Türkiye</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>176.4</v>
+        <v>205.2</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786258033304</t>
+          <t>9786258033793</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Portreler</t>
+          <t>Köşe Bucak Yazılar</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>160.2</v>
+        <v>309.6</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786258033298</t>
+          <t>9786258033809</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Sınırlar Kapalı</t>
+          <t>Aşk Delilik Ve Diğerleri</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>106.2</v>
+        <v>115.2</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786258033328</t>
+          <t>9786258033816</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Hep Uzak</t>
+          <t>Söz Meclisi</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>135</v>
+        <v>122.4</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786258033335</t>
+          <t>9786258033830</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Dehlizler ve Rüyalar</t>
+          <t>Ulusal Kurtuluşta Çivril Destanı</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>127.8</v>
+        <v>95.4</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786258033311</t>
+          <t>9786258033786</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Meçhul Kadın Meçhul Adam</t>
+          <t>Göçler Yola Dizildi</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>145.8</v>
+        <v>151.2</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786258033359</t>
+          <t>9786057359216</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Anneannesinden Dennis’e 1 Yaş Mektupları</t>
+          <t>Büyük Baskın</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>219.6</v>
+        <v>81</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786258033281</t>
+          <t>9786258033717</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Ayna</t>
+          <t>Seramik Öyküler</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>210.6</v>
+        <v>142.2</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786258033274</t>
+          <t>9786258033700</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Sevda</t>
+          <t>Ankara’da Bir Ömür</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>214.2</v>
+        <v>100.8</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786258033168</t>
+          <t>9786258033540</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Bendeki Boşluk</t>
+          <t>Sevdan Yayılır Tüm Vücuduma</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>148.5</v>
+        <v>250</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786258033236</t>
+          <t>9786258033618</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak Cesaret İster</t>
+          <t>Güldeniz</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>148.5</v>
+        <v>142.2</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786258033267</t>
+          <t>9786258033625</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Hengame</t>
+          <t>Gülcihan’a Dönüş</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>214.2</v>
+        <v>129.6</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786258033175</t>
+          <t>9786258033489</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Simurg’un İçsel Yolculuğu</t>
+          <t>Nereye Baksam Acı 1. Cilt</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>106.2</v>
+        <v>261</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786258033199</t>
+          <t>9786258033496</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Semiray</t>
+          <t>Nereye Baksam Acı 2. Cilt</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>187.2</v>
+        <v>289.8</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786258033229</t>
+          <t>9786258033427</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Güfteden Besteye</t>
+          <t>Atatürk ve İrtica</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>115.2</v>
+        <v>235.8</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786258033182</t>
+          <t>9786258033755</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Gönlümde Açan Güller</t>
+          <t>Dünya ve Yaşam</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>355.5</v>
+        <v>277.2</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786258033212</t>
+          <t>9786258033588</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Dünyamızın Korkutucu Geleceği ve Nedenleri</t>
+          <t>Ödül - 1001 Gece Öyküleri 6</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>273.6</v>
+        <v>190.8</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786258033120</t>
+          <t>9786258033571</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Sırrı</t>
+          <t>Oyun - 1001 Gece Öyküleri 5</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>180</v>
+        <v>190.8</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786258033106</t>
+          <t>9786258033601</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Şiir mi Dediniz?</t>
+          <t>Güzelliğin Suskunluğu</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>180</v>
+        <v>127.8</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786258033137</t>
+          <t>9786057359209</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>İki Ayrı Nehirde Kül İzi</t>
+          <t>Murat Ka'nın Çoğul Tarihi</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>102.6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786258033113</t>
+          <t>9786258033519</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>İstanbul 1831</t>
+          <t>Damıtılmış Şiirlerimin Şiir Hali</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>161.1</v>
+        <v>154.8</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786258033090</t>
+          <t>9786258033564</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Kül Rengi</t>
+          <t>Duygu Dağarcığım</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>94.5</v>
+        <v>154.8</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786258033052</t>
+          <t>9786258033595</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Kamu ve Özel Sektörde Kurumsal Yönetim Modeli</t>
+          <t>Herkes Her Şeyi Unutmuştu Ama…</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>145.8</v>
+        <v>174.6</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786258033045</t>
+          <t>9786258033526</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Üniversitelinin Başucu Kitabı</t>
+          <t>İçimden Gelen Gizemli Sesler</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>163.8</v>
+        <v>167.4</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786258033069</t>
+          <t>9786258033472</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>İş(inin) İnsanının Başucu Kitabı</t>
+          <t>Ateşe Bakanlar</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>174.6</v>
+        <v>176.4</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786057088857</t>
+          <t>9786258033557</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Altın Zincir</t>
+          <t>Yol Hikayelerim - Kopuk Uçurtma</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>145.8</v>
+        <v>143.1</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786258033038</t>
+          <t>9786258033502</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Suzidil</t>
+          <t>Aşk Mısın Nesin</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>221.4</v>
+        <v>109.8</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786258033014</t>
+          <t>9786258033458</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Bir Halil Geldi Geçti</t>
+          <t>Küçük Cesur Rüzgar</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>156.6</v>
+        <v>77.4</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786258033021</t>
+          <t>9786258033434</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Sevda Külleri</t>
+          <t>Anne</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>189</v>
+        <v>124.2</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786258033007</t>
+          <t>9786258033380</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Saraylı</t>
+          <t>Hangi Yaşam</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>156.6</v>
+        <v>189</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786057456199</t>
+          <t>9786258033441</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Annem Gelmiş</t>
+          <t>Şiir Çeşmesi</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>316.8</v>
+        <v>253.8</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786057088895</t>
+          <t>9786258033397</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Abdil Korkman Şiirleri Antolojisi Dörtlüklerdeki İnciler</t>
+          <t>Gogol’un Paltosu</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>558</v>
+        <v>212.4</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786057088833</t>
+          <t>9786258033465</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Bu Gomünüst'ten Nasıl Kurtuluruz Şıhım</t>
+          <t>Vatan Sevdası</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>81</v>
+        <v>169.2</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786057088826</t>
+          <t>9786258033373</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Tarihi ve Kültürüyle Yakasenek</t>
+          <t>Ruhumun Aynası</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>547.2</v>
+        <v>111.6</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786057079848</t>
+          <t>9786258033410</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Doğru Okumak</t>
+          <t>Ballı</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>203.4</v>
+        <v>176.4</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786057079855</t>
+          <t>9786258033304</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dair</t>
+          <t>Portreler</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>192.6</v>
+        <v>160.2</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786057079879</t>
+          <t>9786258033298</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk</t>
+          <t>Sınırlar Kapalı</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>154.8</v>
+        <v>106.2</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786057079862</t>
+          <t>9786258033328</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Gü-Li-Zar</t>
+          <t>Hep Uzak</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>196.2</v>
+        <v>135</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786057079886</t>
+          <t>9786258033335</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Şimşir Kaşığı</t>
+          <t>Dehlizler ve Rüyalar</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>145.8</v>
+        <v>127.8</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786057079824</t>
+          <t>9786258033311</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Med Cezir</t>
+          <t>Meçhul Kadın Meçhul Adam</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>153</v>
+        <v>145.8</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786057079800</t>
+          <t>9786258033359</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Deve Kuşu ve Blues</t>
+          <t>Anneannesinden Dennis’e 1 Yaş Mektupları</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>122.4</v>
+        <v>219.6</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786057079817</t>
+          <t>9786258033281</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Kadersiz Serçe</t>
+          <t>Ayna</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>120.6</v>
+        <v>210.6</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786057066893</t>
+          <t>9786258033274</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Anılar Şiirler</t>
+          <t>Sevda</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>88.2</v>
+        <v>214.2</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786057066862</t>
+          <t>9786258033168</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Kabus Oyunu</t>
+          <t>Bendeki Boşluk</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>185.4</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786057066879</t>
+          <t>9786258033236</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Yaşadığını Öğrenir</t>
+          <t>Yaşamak Cesaret İster</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>230.4</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786057066817</t>
+          <t>9786258033267</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktan Aydınlığa</t>
+          <t>Hengame</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>309.6</v>
+        <v>214.2</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786057066848</t>
+          <t>9786258033175</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Verum</t>
+          <t>Simurg’un İçsel Yolculuğu</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>160.2</v>
+        <v>106.2</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786057066824</t>
+          <t>9786258033199</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Sokağın Rengi</t>
+          <t>Semiray</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>264.6</v>
+        <v>187.2</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786057066855</t>
+          <t>9786258033229</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Gönül Bahçemin Çiçekleri</t>
+          <t>Güfteden Besteye</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>327</v>
+        <v>115.2</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786057066831</t>
+          <t>9786258033182</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Eflatun’un Dönüşü</t>
+          <t>Gönlümde Açan Güller</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>194.4</v>
+        <v>355.5</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786057057457</t>
+          <t>9786258033212</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Şafak Kokusu</t>
+          <t>Dünyamızın Korkutucu Geleceği ve Nedenleri</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>268.2</v>
+        <v>273.6</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786057057488</t>
+          <t>9786258033120</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Bisiklet - Duru Konuşuyor</t>
+          <t>Şiirin Sırrı</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>50.4</v>
+        <v>180</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786057057464</t>
+          <t>9786258033106</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Yirmi</t>
+          <t>Şiir mi Dediniz?</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>127.8</v>
+        <v>180</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786057057471</t>
+          <t>9786258033137</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Güzel Günler - Duru Konuşuyor</t>
+          <t>İki Ayrı Nehirde Kül İzi</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>50.4</v>
+        <v>102.6</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786057057495</t>
+          <t>9786258033113</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>İlk Emir Oku! - Ne Demek?</t>
+          <t>İstanbul 1831</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>207</v>
+        <v>161.1</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786057057402</t>
+          <t>9786258033090</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Hayatımızdaki Önemli Kararları Nasıl Verdik</t>
+          <t>Kül Rengi</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>136.8</v>
+        <v>94.5</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786057057429</t>
+          <t>9786258033052</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyasının Kronik 2 Hastalığı</t>
+          <t>Kamu ve Özel Sektörde Kurumsal Yönetim Modeli</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>129.6</v>
+        <v>145.8</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786057057433</t>
+          <t>9786258033045</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Dört Yanım Puşt Zulası</t>
+          <t>Üniversitelinin Başucu Kitabı</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>109.8</v>
+        <v>163.8</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786057057419</t>
+          <t>9786258033069</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen</t>
+          <t>İş(inin) İnsanının Başucu Kitabı</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>226.8</v>
+        <v>174.6</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786057456175</t>
+          <t>9786057088857</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Titresin Gönül Telim</t>
+          <t>Altın Zincir</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>200</v>
+        <v>145.8</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786057456168</t>
+          <t>9786258033038</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Maraşlı New York'ta Yaşasaydı</t>
+          <t>Suzidil</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>331.2</v>
+        <v>221.4</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786057456151</t>
+          <t>9786258033014</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Kokulu Şiirler</t>
+          <t>Bir Halil Geldi Geçti</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>149.4</v>
+        <v>156.6</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786057456113</t>
+          <t>9786258033021</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Dramatik Edebiyatımızda Eleştiri (1908-1914)</t>
+          <t>Sevda Külleri</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>351</v>
+        <v>189</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786057456120</t>
+          <t>9786258033007</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Gönüle</t>
+          <t>Saraylı</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>181.8</v>
+        <v>156.6</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786057456137</t>
+          <t>9786057456199</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Ne Kadar Beklersin?</t>
+          <t>Annem Gelmiş</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>311.4</v>
+        <v>316.8</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786057028693</t>
+          <t>9786057088895</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Solgun Hayatlar</t>
+          <t>Abdil Korkman Şiirleri Antolojisi Dörtlüklerdeki İnciler</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>93.6</v>
+        <v>558</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786057456106</t>
+          <t>9786057088833</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Betondan Sıcak Yuva</t>
+          <t>Bu Gomünüst'ten Nasıl Kurtuluruz Şıhım</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>120.6</v>
+        <v>81</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786057028662</t>
+          <t>9786057088826</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Döngü</t>
+          <t>Tarihi ve Kültürüyle Yakasenek</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>141.3</v>
+        <v>547.2</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786057028655</t>
+          <t>9786057079848</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Azım Çoğum Varım Yoğum Bir</t>
+          <t>Hayatı Doğru Okumak</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>252</v>
+        <v>203.4</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786057028648</t>
+          <t>9786057079855</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Bu Milletin Gizli Sahipleri</t>
+          <t>Hayata Dair</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>298.8</v>
+        <v>192.6</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786057028617</t>
+          <t>9786057079879</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Bir Mübadele Dramı - Yadırgı</t>
+          <t>Rengarenk</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>210.6</v>
+        <v>154.8</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786057028624</t>
+          <t>9786057079862</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Şiire Yolculuk</t>
+          <t>Gü-Li-Zar</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>225</v>
+        <v>196.2</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786057028631</t>
+          <t>9786057079886</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Halil İbrahim Sofrası (Buyurun Dostlar)</t>
+          <t>Şimşir Kaşığı</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>333</v>
+        <v>145.8</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786057028600</t>
+          <t>9786057079824</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Çağrısı</t>
+          <t>Med Cezir</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>108</v>
+        <v>153</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786057488596</t>
+          <t>9786057079800</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Simurg</t>
+          <t>Deve Kuşu ve Blues</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>90</v>
+        <v>122.4</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786057488589</t>
+          <t>9786057079817</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Güz Yaprağı</t>
+          <t>Kadersiz Serçe</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>225</v>
+        <v>120.6</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786057488558</t>
+          <t>9786057066893</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Duru Konuşuyor</t>
+          <t>Anılar Şiirler</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>55</v>
+        <v>88.2</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786057488572</t>
+          <t>9786057066862</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Bu Hikaye Senin İçin</t>
+          <t>Kabus Oyunu</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>225</v>
+        <v>185.4</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786057488534</t>
+          <t>9786057066879</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Haganapingo</t>
+          <t>Çocuk Yaşadığını Öğrenir</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>176.4</v>
+        <v>230.4</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786057488510</t>
+          <t>9786057066817</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Yüzük</t>
+          <t>Karanlıktan Aydınlığa</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>273.6</v>
+        <v>309.6</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786057488527</t>
+          <t>9786057066848</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Gece</t>
+          <t>Verum</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>174.6</v>
+        <v>160.2</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786050639186</t>
+          <t>9786057066824</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Mucize Nur-u Ahmet</t>
+          <t>Sokağın Rengi</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>124.2</v>
+        <v>264.6</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786050639193</t>
+          <t>9786057066855</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Eçeverya Bir Çiçek Adı</t>
+          <t>Gönül Bahçemin Çiçekleri</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>126</v>
+        <v>327</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786050639179</t>
+          <t>9786057066831</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Çözümlü Problemlerle Diferensiyel Geometri</t>
+          <t>Eflatun’un Dönüşü</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>304</v>
+        <v>194.4</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786050639162</t>
+          <t>9786057057457</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Rüyası</t>
+          <t>Şafak Kokusu</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>133.2</v>
+        <v>268.2</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786050639131</t>
+          <t>9786057057488</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Bilimkurgu Öykü Seçkisi 2020</t>
+          <t>Bisiklet - Duru Konuşuyor</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>432</v>
+        <v>50.4</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786050639100</t>
+          <t>9786057057464</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Yirmi</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>75.6</v>
+        <v>127.8</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786050686999</t>
+          <t>9786057057471</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Dünya Turu</t>
+          <t>Güzel Günler - Duru Konuşuyor</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>109.8</v>
+        <v>50.4</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786050639124</t>
+          <t>9786057057495</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>İki Yıl Okul Tatili</t>
+          <t>İlk Emir Oku! - Ne Demek?</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>151.2</v>
+        <v>207</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786058010086</t>
+          <t>9786057057402</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Algan - Kadim Mızrak</t>
+          <t>Hayatımızdaki Önemli Kararları Nasıl Verdik</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>129.6</v>
+        <v>136.8</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786050686982</t>
+          <t>9786057057429</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Şiirler - Eğitim Kervanı</t>
+          <t>İslam Dünyasının Kronik 2 Hastalığı</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>109.8</v>
+        <v>129.6</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786050686968</t>
+          <t>9786057057433</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Dört Yanım Puşt Zulası</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>178.2</v>
+        <v>109.8</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786050686951</t>
+          <t>9786057057419</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Öğretmen</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>207</v>
+        <v>226.8</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786050686937</t>
+          <t>9786057456175</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Asker ve Akademisyen</t>
+          <t>Titresin Gönül Telim</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>532.8</v>
+        <v>200</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786050686944</t>
+          <t>9786057456168</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Büyük Gagalı Karga</t>
+          <t>Maraşlı New York'ta Yaşasaydı</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>133.2</v>
+        <v>331.2</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786058010079</t>
+          <t>9786057456151</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Kadar</t>
+          <t>Çiçek Kokulu Şiirler</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>143.1</v>
+        <v>149.4</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786058010024</t>
+          <t>9786057456113</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Bozkırda Hoş Bir Sada</t>
+          <t>Dramatik Edebiyatımızda Eleştiri (1908-1914)</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>221.4</v>
+        <v>351</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786056953446</t>
+          <t>9786057456120</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Gönülden Gönüle</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>95.4</v>
+        <v>181.8</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786056953439</t>
+          <t>9786057456137</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Ne Kadar Beklersin?</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>95.4</v>
+        <v>311.4</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786056953453</t>
+          <t>9786057028693</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Solgun Hayatlar</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>82.8</v>
+        <v>93.6</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786056953460</t>
+          <t>9786057456106</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Betondan Sıcak Yuva</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>192.6</v>
+        <v>120.6</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786056953484</t>
+          <t>9786057028662</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Kaçakçılık Suçları ve Önlenmesinde Milletlerarası Polis ve Adli İş Birliği</t>
+          <t>Sessiz Döngü</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>115.2</v>
+        <v>141.3</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786056953415</t>
+          <t>9786057028655</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Ararat Misali Yüreği Sağır Yalnızlığa Mahkum</t>
+          <t>Azım Çoğum Varım Yoğum Bir</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>122.4</v>
+        <v>252</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786058085596</t>
+          <t>9786057028648</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında 20.000 Fersah</t>
+          <t>Bu Milletin Gizli Sahipleri</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>151.2</v>
+        <v>298.8</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786058085589</t>
+          <t>9786057028617</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Bir Mübadele Dramı - Yadırgı</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>205.2</v>
+        <v>210.6</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786058085572</t>
+          <t>9786057028624</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Şiire Yolculuk</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>95.4</v>
+        <v>225</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786058081963</t>
+          <t>9786057028631</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Poetik Lirizm</t>
+          <t>Halil İbrahim Sofrası (Buyurun Dostlar)</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>160.2</v>
+        <v>333</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786058085558</t>
+          <t>9786057028600</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Eşiğin Gerisinde</t>
+          <t>Kurtuluş Çağrısı</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>207</v>
+        <v>108</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
+          <t>9786057488596</t>
+        </is>
+      </c>
+      <c r="B976" s="1" t="inlineStr">
+        <is>
+          <t>Simurg</t>
+        </is>
+      </c>
+      <c r="C976" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="977" spans="1:3">
+      <c r="A977" s="1" t="inlineStr">
+        <is>
+          <t>9786057488589</t>
+        </is>
+      </c>
+      <c r="B977" s="1" t="inlineStr">
+        <is>
+          <t>Güz Yaprağı</t>
+        </is>
+      </c>
+      <c r="C977" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="978" spans="1:3">
+      <c r="A978" s="1" t="inlineStr">
+        <is>
+          <t>9786057488558</t>
+        </is>
+      </c>
+      <c r="B978" s="1" t="inlineStr">
+        <is>
+          <t>Duru Konuşuyor</t>
+        </is>
+      </c>
+      <c r="C978" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="979" spans="1:3">
+      <c r="A979" s="1" t="inlineStr">
+        <is>
+          <t>9786057488572</t>
+        </is>
+      </c>
+      <c r="B979" s="1" t="inlineStr">
+        <is>
+          <t>Bu Hikaye Senin İçin</t>
+        </is>
+      </c>
+      <c r="C979" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="980" spans="1:3">
+      <c r="A980" s="1" t="inlineStr">
+        <is>
+          <t>9786057488534</t>
+        </is>
+      </c>
+      <c r="B980" s="1" t="inlineStr">
+        <is>
+          <t>Haganapingo</t>
+        </is>
+      </c>
+      <c r="C980" s="1">
+        <v>176.4</v>
+      </c>
+    </row>
+    <row r="981" spans="1:3">
+      <c r="A981" s="1" t="inlineStr">
+        <is>
+          <t>9786057488510</t>
+        </is>
+      </c>
+      <c r="B981" s="1" t="inlineStr">
+        <is>
+          <t>Yüzük</t>
+        </is>
+      </c>
+      <c r="C981" s="1">
+        <v>273.6</v>
+      </c>
+    </row>
+    <row r="982" spans="1:3">
+      <c r="A982" s="1" t="inlineStr">
+        <is>
+          <t>9786057488527</t>
+        </is>
+      </c>
+      <c r="B982" s="1" t="inlineStr">
+        <is>
+          <t>Gece</t>
+        </is>
+      </c>
+      <c r="C982" s="1">
+        <v>174.6</v>
+      </c>
+    </row>
+    <row r="983" spans="1:3">
+      <c r="A983" s="1" t="inlineStr">
+        <is>
+          <t>9786050639186</t>
+        </is>
+      </c>
+      <c r="B983" s="1" t="inlineStr">
+        <is>
+          <t>Mucize Nur-u Ahmet</t>
+        </is>
+      </c>
+      <c r="C983" s="1">
+        <v>124.2</v>
+      </c>
+    </row>
+    <row r="984" spans="1:3">
+      <c r="A984" s="1" t="inlineStr">
+        <is>
+          <t>9786050639193</t>
+        </is>
+      </c>
+      <c r="B984" s="1" t="inlineStr">
+        <is>
+          <t>Eçeverya Bir Çiçek Adı</t>
+        </is>
+      </c>
+      <c r="C984" s="1">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="985" spans="1:3">
+      <c r="A985" s="1" t="inlineStr">
+        <is>
+          <t>9786050639179</t>
+        </is>
+      </c>
+      <c r="B985" s="1" t="inlineStr">
+        <is>
+          <t>Çözümlü Problemlerle Diferensiyel Geometri</t>
+        </is>
+      </c>
+      <c r="C985" s="1">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="986" spans="1:3">
+      <c r="A986" s="1" t="inlineStr">
+        <is>
+          <t>9786050639162</t>
+        </is>
+      </c>
+      <c r="B986" s="1" t="inlineStr">
+        <is>
+          <t>Yeşilin Rüyası</t>
+        </is>
+      </c>
+      <c r="C986" s="1">
+        <v>133.2</v>
+      </c>
+    </row>
+    <row r="987" spans="1:3">
+      <c r="A987" s="1" t="inlineStr">
+        <is>
+          <t>9786050639131</t>
+        </is>
+      </c>
+      <c r="B987" s="1" t="inlineStr">
+        <is>
+          <t>Bilimkurgu Öykü Seçkisi 2020</t>
+        </is>
+      </c>
+      <c r="C987" s="1">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="988" spans="1:3">
+      <c r="A988" s="1" t="inlineStr">
+        <is>
+          <t>9786050639100</t>
+        </is>
+      </c>
+      <c r="B988" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Kara Balık</t>
+        </is>
+      </c>
+      <c r="C988" s="1">
+        <v>75.6</v>
+      </c>
+    </row>
+    <row r="989" spans="1:3">
+      <c r="A989" s="1" t="inlineStr">
+        <is>
+          <t>9786050686999</t>
+        </is>
+      </c>
+      <c r="B989" s="1" t="inlineStr">
+        <is>
+          <t>80 Günde Dünya Turu</t>
+        </is>
+      </c>
+      <c r="C989" s="1">
+        <v>109.8</v>
+      </c>
+    </row>
+    <row r="990" spans="1:3">
+      <c r="A990" s="1" t="inlineStr">
+        <is>
+          <t>9786050639124</t>
+        </is>
+      </c>
+      <c r="B990" s="1" t="inlineStr">
+        <is>
+          <t>İki Yıl Okul Tatili</t>
+        </is>
+      </c>
+      <c r="C990" s="1">
+        <v>151.2</v>
+      </c>
+    </row>
+    <row r="991" spans="1:3">
+      <c r="A991" s="1" t="inlineStr">
+        <is>
+          <t>9786058010086</t>
+        </is>
+      </c>
+      <c r="B991" s="1" t="inlineStr">
+        <is>
+          <t>Algan - Kadim Mızrak</t>
+        </is>
+      </c>
+      <c r="C991" s="1">
+        <v>129.6</v>
+      </c>
+    </row>
+    <row r="992" spans="1:3">
+      <c r="A992" s="1" t="inlineStr">
+        <is>
+          <t>9786050686982</t>
+        </is>
+      </c>
+      <c r="B992" s="1" t="inlineStr">
+        <is>
+          <t>Eğitici Şiirler - Eğitim Kervanı</t>
+        </is>
+      </c>
+      <c r="C992" s="1">
+        <v>109.8</v>
+      </c>
+    </row>
+    <row r="993" spans="1:3">
+      <c r="A993" s="1" t="inlineStr">
+        <is>
+          <t>9786050686968</t>
+        </is>
+      </c>
+      <c r="B993" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Zambaklar Ülkesinde</t>
+        </is>
+      </c>
+      <c r="C993" s="1">
+        <v>178.2</v>
+      </c>
+    </row>
+    <row r="994" spans="1:3">
+      <c r="A994" s="1" t="inlineStr">
+        <is>
+          <t>9786050686951</t>
+        </is>
+      </c>
+      <c r="B994" s="1" t="inlineStr">
+        <is>
+          <t>Don Kişot</t>
+        </is>
+      </c>
+      <c r="C994" s="1">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="995" spans="1:3">
+      <c r="A995" s="1" t="inlineStr">
+        <is>
+          <t>9786050686937</t>
+        </is>
+      </c>
+      <c r="B995" s="1" t="inlineStr">
+        <is>
+          <t>Asker ve Akademisyen</t>
+        </is>
+      </c>
+      <c r="C995" s="1">
+        <v>532.8</v>
+      </c>
+    </row>
+    <row r="996" spans="1:3">
+      <c r="A996" s="1" t="inlineStr">
+        <is>
+          <t>9786050686944</t>
+        </is>
+      </c>
+      <c r="B996" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Gagalı Karga</t>
+        </is>
+      </c>
+      <c r="C996" s="1">
+        <v>133.2</v>
+      </c>
+    </row>
+    <row r="997" spans="1:3">
+      <c r="A997" s="1" t="inlineStr">
+        <is>
+          <t>9786058010079</t>
+        </is>
+      </c>
+      <c r="B997" s="1" t="inlineStr">
+        <is>
+          <t>Kalbim Kadar</t>
+        </is>
+      </c>
+      <c r="C997" s="1">
+        <v>143.1</v>
+      </c>
+    </row>
+    <row r="998" spans="1:3">
+      <c r="A998" s="1" t="inlineStr">
+        <is>
+          <t>9786058010024</t>
+        </is>
+      </c>
+      <c r="B998" s="1" t="inlineStr">
+        <is>
+          <t>Bozkırda Hoş Bir Sada</t>
+        </is>
+      </c>
+      <c r="C998" s="1">
+        <v>221.4</v>
+      </c>
+    </row>
+    <row r="999" spans="1:3">
+      <c r="A999" s="1" t="inlineStr">
+        <is>
+          <t>9786056953446</t>
+        </is>
+      </c>
+      <c r="B999" s="1" t="inlineStr">
+        <is>
+          <t>Korku</t>
+        </is>
+      </c>
+      <c r="C999" s="1">
+        <v>95.4</v>
+      </c>
+    </row>
+    <row r="1000" spans="1:3">
+      <c r="A1000" s="1" t="inlineStr">
+        <is>
+          <t>9786056953439</t>
+        </is>
+      </c>
+      <c r="B1000" s="1" t="inlineStr">
+        <is>
+          <t>Olağanüstü Bir Gece</t>
+        </is>
+      </c>
+      <c r="C1000" s="1">
+        <v>95.4</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:3">
+      <c r="A1001" s="1" t="inlineStr">
+        <is>
+          <t>9786056953453</t>
+        </is>
+      </c>
+      <c r="B1001" s="1" t="inlineStr">
+        <is>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
+        </is>
+      </c>
+      <c r="C1001" s="1">
+        <v>82.8</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:3">
+      <c r="A1002" s="1" t="inlineStr">
+        <is>
+          <t>9786056953460</t>
+        </is>
+      </c>
+      <c r="B1002" s="1" t="inlineStr">
+        <is>
+          <t>Amok Koşucusu</t>
+        </is>
+      </c>
+      <c r="C1002" s="1">
+        <v>192.6</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:3">
+      <c r="A1003" s="1" t="inlineStr">
+        <is>
+          <t>9786056953484</t>
+        </is>
+      </c>
+      <c r="B1003" s="1" t="inlineStr">
+        <is>
+          <t>Milletlerarası Kaçakçılık Suçları ve Önlenmesinde Milletlerarası Polis ve Adli İş Birliği</t>
+        </is>
+      </c>
+      <c r="C1003" s="1">
+        <v>115.2</v>
+      </c>
+    </row>
+    <row r="1004" spans="1:3">
+      <c r="A1004" s="1" t="inlineStr">
+        <is>
+          <t>9786056953415</t>
+        </is>
+      </c>
+      <c r="B1004" s="1" t="inlineStr">
+        <is>
+          <t>Ararat Misali Yüreği Sağır Yalnızlığa Mahkum</t>
+        </is>
+      </c>
+      <c r="C1004" s="1">
+        <v>122.4</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:3">
+      <c r="A1005" s="1" t="inlineStr">
+        <is>
+          <t>9786058085596</t>
+        </is>
+      </c>
+      <c r="B1005" s="1" t="inlineStr">
+        <is>
+          <t>Denizler Altında 20.000 Fersah</t>
+        </is>
+      </c>
+      <c r="C1005" s="1">
+        <v>151.2</v>
+      </c>
+    </row>
+    <row r="1006" spans="1:3">
+      <c r="A1006" s="1" t="inlineStr">
+        <is>
+          <t>9786058085589</t>
+        </is>
+      </c>
+      <c r="B1006" s="1" t="inlineStr">
+        <is>
+          <t>Kürk Mantolu Madonna</t>
+        </is>
+      </c>
+      <c r="C1006" s="1">
+        <v>205.2</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:3">
+      <c r="A1007" s="1" t="inlineStr">
+        <is>
+          <t>9786058085572</t>
+        </is>
+      </c>
+      <c r="B1007" s="1" t="inlineStr">
+        <is>
+          <t>Satranç</t>
+        </is>
+      </c>
+      <c r="C1007" s="1">
+        <v>95.4</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:3">
+      <c r="A1008" s="1" t="inlineStr">
+        <is>
+          <t>9786058081963</t>
+        </is>
+      </c>
+      <c r="B1008" s="1" t="inlineStr">
+        <is>
+          <t>Poetik Lirizm</t>
+        </is>
+      </c>
+      <c r="C1008" s="1">
+        <v>160.2</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:3">
+      <c r="A1009" s="1" t="inlineStr">
+        <is>
+          <t>9786058085558</t>
+        </is>
+      </c>
+      <c r="B1009" s="1" t="inlineStr">
+        <is>
+          <t>Eşiğin Gerisinde</t>
+        </is>
+      </c>
+      <c r="C1009" s="1">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:3">
+      <c r="A1010" s="1" t="inlineStr">
+        <is>
           <t>9786058155695</t>
         </is>
       </c>
-      <c r="B976" s="1" t="inlineStr">
+      <c r="B1010" s="1" t="inlineStr">
         <is>
           <t>Yere Yattım Gökyüzüne Baktım Yıldızları Tek Tek Saydım</t>
         </is>
       </c>
-      <c r="C976" s="1">
+      <c r="C1010" s="1">
         <v>131.4</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>