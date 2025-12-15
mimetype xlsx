--- v0 (2025-10-28)
+++ v1 (2025-12-15)
@@ -85,7180 +85,7345 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9759756179444</t>
+          <t>9786256626218</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Hevind</t>
+          <t>Xwina Miriyan Doşav e</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786055683054</t>
+          <t>9786256626201</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Denge Xwine</t>
+          <t>Zengeşev</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>215</v>
+        <v>190</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257724661</t>
+          <t>9786256626317</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Dera Extermane Evin Ü Berxwedan</t>
+          <t>Omeriya Mirsom</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057535863</t>
+          <t>9786256626263</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Şahıdeki Komkujiya Geliye Zilan Tahır Nas</t>
+          <t>Şiyari Xwe Be</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786058140738</t>
+          <t>9786256626270</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Behna Dara Since</t>
+          <t>Wergera Edebi Di Kurdi De</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>340</v>
+        <v>415</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786059014380</t>
+          <t>9786256626225</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin-i Eyyubi</t>
+          <t>Li Geliye Goyane Roman Li Diyarbekire Şiir</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>490</v>
+        <v>240</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054497201</t>
+          <t>9786256626232</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Hejarino</t>
+          <t>Felaket im</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786056211287</t>
+          <t>9786256626188</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Dozdeh Çirk</t>
+          <t>Jan</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054497119</t>
+          <t>9786256626300</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Diyarbekir El Sallıyor / Diyarbekir Dest Li Ba Dike / Diyarbekir is Waving It’s Hands</t>
+          <t>Di Navbera Du Banerman De</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786056211225</t>
+          <t>9786256626249</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Diwana Feqiye Teyran (Ciltli)</t>
+          <t>Binyat u Vegotin</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>710</v>
+        <v>275</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059014281</t>
+          <t>9786256626195</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Dimdim</t>
+          <t>Bazirgane Xeyalan</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786056211249</t>
+          <t>9759756179444</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Çavderiyen Barbareki</t>
+          <t>Hevind</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059014076</t>
+          <t>9786055683054</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Deste De</t>
+          <t>Denge Xwine</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>230</v>
+        <v>215</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057535238</t>
+          <t>9786257724661</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hemü Berhem</t>
+          <t>Dera Extermane Evin Ü Berxwedan</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057535191</t>
+          <t>9786057535863</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kitaplar Lafızları Farklı Ama Ruhları Aynı</t>
+          <t>Şahıdeki Komkujiya Geliye Zilan Tahır Nas</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>470</v>
+        <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057535122</t>
+          <t>9786058140738</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ya Ba Ye Ya Baran E</t>
+          <t>Behna Dara Since</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059295444</t>
+          <t>9786059014380</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sözün Bittiği Yeri Arar Gözlerin</t>
+          <t>Selahaddin-i Eyyubi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>300</v>
+        <v>490</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059295116</t>
+          <t>9786054497201</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Teoriyen Folklore</t>
+          <t>Hejarino</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789756179666</t>
+          <t>9786056211287</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Zevalsiz Ömrün Sürgünü Mehmed Uzun</t>
+          <t>Dozdeh Çirk</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>650</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059295581</t>
+          <t>9786054497119</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Xate Xanım</t>
+          <t>Diyarbekir El Sallıyor / Diyarbekir Dest Li Ba Dike / Diyarbekir is Waving It’s Hands</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055683375</t>
+          <t>9786056211225</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Serpehatiyen Ulysses</t>
+          <t>Diwana Feqiye Teyran (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>710</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055683078</t>
+          <t>9786059014281</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Salname</t>
+          <t>Dimdim</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>215</v>
+        <v>350</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059295307</t>
+          <t>9786056211249</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Meme Alan</t>
+          <t>Çavderiyen Barbareki</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059295239</t>
+          <t>9786059014076</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Dayik Amida</t>
+          <t>Deste De</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>175</v>
+        <v>230</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059014847</t>
+          <t>9786057535238</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Gazıya Welat</t>
+          <t>Hemü Berhem</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059014724</t>
+          <t>9786057535191</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Çar Leheng</t>
+          <t>Kutsal Kitaplar Lafızları Farklı Ama Ruhları Aynı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>220</v>
+        <v>470</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786054497928</t>
+          <t>9786057535122</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Feqiye Teyran u Tuma</t>
+          <t>Ya Ba Ye Ya Baran E</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789756179383</t>
+          <t>9786059295444</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kleopatre</t>
+          <t>Sözün Bittiği Yeri Arar Gözlerin</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059014496</t>
+          <t>9786059295116</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Keviren Bendewariye</t>
+          <t>Teoriyen Folklore</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786054497294</t>
+          <t>9789756179666</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Her Du Jiyanname</t>
+          <t>Zevalsiz Ömrün Sürgünü Mehmed Uzun</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059014359</t>
+          <t>9786059295581</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ferhenga Termen Matematike</t>
+          <t>Xate Xanım</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>490</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057535702</t>
+          <t>9786055683375</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kulilken Mala Mıriyan</t>
+          <t>Serpehatiyen Ulysses</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257724135</t>
+          <t>9786055683078</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kürt Gözüyle Yılmaz Güney</t>
+          <t>Salname</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>240</v>
+        <v>215</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057535917</t>
+          <t>9786059295307</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Qıjalk</t>
+          <t>Meme Alan</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057535856</t>
+          <t>9786059295239</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Saatli Muhalif Takvimi</t>
+          <t>Dayik Amida</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057496652</t>
+          <t>9786059014847</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ware Firaran</t>
+          <t>Gazıya Welat</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057535467</t>
+          <t>9786059014724</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Pirtuka Tenetiye</t>
+          <t>Çar Leheng</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>440</v>
+        <v>220</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256626065</t>
+          <t>9786054497928</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kurd û Ereb (Ciltli)</t>
+          <t>Feqiye Teyran u Tuma</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256626171</t>
+          <t>9789756179383</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kürtler Ve Araplar (Ciltli)</t>
+          <t>Kleopatre</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055683061</t>
+          <t>9786059014496</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Şıvane Kurmanca (Ciltli)</t>
+          <t>Keviren Bendewariye</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789756179277</t>
+          <t>9786054497294</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Peşmerge</t>
+          <t>Her Du Jiyanname</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9726054491205</t>
+          <t>9786059014359</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Qutiya Dil</t>
+          <t>Ferhenga Termen Matematike</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>190</v>
+        <v>490</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>4440000002897</t>
+          <t>9786057535702</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Niviskaren Jin Kadın Yazarlar 2</t>
+          <t>Kulilken Mala Mıriyan</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>1200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>4440000002896</t>
+          <t>9786257724135</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Niviskaren Jin Kadın Yazarlar 1</t>
+          <t>Kürt Gözüyle Yılmaz Güney</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>1200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>3990000027708</t>
+          <t>9786057535917</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Midyat'tan Baltık Kıyılarına Heverkan Sultanları- 2</t>
+          <t>Qıjalk</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057535320</t>
+          <t>9786057535856</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Hesabger</t>
+          <t>Saatli Muhalif Takvimi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>215</v>
+        <v>350</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>4440000002891</t>
+          <t>9786057496652</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Seta Bave Naze - Bave Naze Seti</t>
+          <t>Ware Firaran</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>1300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789756179352</t>
+          <t>9786057535467</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Hopo</t>
+          <t>Pirtuka Tenetiye</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>375</v>
+        <v>440</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786054497300</t>
+          <t>9786256626065</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarım</t>
+          <t>Kurd û Ereb (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786054497539</t>
+          <t>9786256626171</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır Kabadayıları</t>
+          <t>Kürtler Ve Araplar (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>325</v>
+        <v>400</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>3990000030065</t>
+          <t>9786055683061</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Cegerxwin (Ronahi Li Pey Tari Ye - Ji Min Dil Bir Bi Carek) (Ciltli)</t>
+          <t>Şıvane Kurmanca (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>4500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>3990000054122</t>
+          <t>9789756179277</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ferhenga Biwejan - Deyimler Sözlüğü (3 Cilt Takım)</t>
+          <t>Peşmerge</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>4500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789756179123</t>
+          <t>9726054491205</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Şopa Neşuşti</t>
+          <t>Qutiya Dil</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054497096</t>
+          <t>4440000002897</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Beth-Nahrin</t>
+          <t>Niviskaren Jin Kadın Yazarlar 2</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>130</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>3990000070351</t>
+          <t>4440000002896</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Said Hareketi Tanıkların Anlatımı İle</t>
+          <t>Niviskaren Jin Kadın Yazarlar 1</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>340</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>3990000026411</t>
+          <t>3990000027708</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Bartlebye Nivisevan</t>
+          <t>Midyat'tan Baltık Kıyılarına Heverkan Sultanları- 2</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>3990000020547</t>
+          <t>9786057535320</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Rojeke Bi Tena Sere Xwe</t>
+          <t>Hesabger</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>550</v>
+        <v>215</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057535214</t>
+          <t>4440000002891</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Hewari</t>
+          <t>Seta Bave Naze - Bave Naze Seti</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>580</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055683122</t>
+          <t>9789756179352</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Peşbaziya Çiroken Neqediyayi - Bitmemiş Öyküler Yarışması</t>
+          <t>Hopo</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>310</v>
+        <v>375</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789756179161</t>
+          <t>9786054497300</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bi Kurdi Hezkirineke Bide Min / Bana Kürtçe Bir Sevgi Ver</t>
+          <t>Hatıralarım</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789756179062</t>
+          <t>9786054497539</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Adınla Vurulup Ölmek</t>
+          <t>Diyarbakır Kabadayıları</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059295284</t>
+          <t>3990000030065</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hespen Reş Bayen Sorgevez</t>
+          <t>Cegerxwin (Ronahi Li Pey Tari Ye - Ji Min Dil Bir Bi Carek) (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>300</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059295123</t>
+          <t>3990000054122</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Banga Cegerxwin Ji Gore</t>
+          <t>Ferhenga Biwejan - Deyimler Sözlüğü (3 Cilt Takım)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057535290</t>
+          <t>9789756179123</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Xoşxwan</t>
+          <t>Şopa Neşuşti</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057535870</t>
+          <t>9786054497096</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Edebiyata Devki Ü Şer</t>
+          <t>Beth-Nahrin</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>415</v>
+        <v>130</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057535719</t>
+          <t>3990000070351</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Komara Demokratik a Kurdistane</t>
+          <t>Şeyh Said Hareketi Tanıkların Anlatımı İle</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>230</v>
+        <v>340</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257724029</t>
+          <t>3990000026411</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kurmanced Elegeze</t>
+          <t>Bartlebye Nivisevan</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257724685</t>
+          <t>3990000020547</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Dilwar</t>
+          <t>Rojeke Bi Tena Sere Xwe</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>175</v>
+        <v>550</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257724883</t>
+          <t>9786057535214</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Keskesora Çiya</t>
+          <t>Hewari</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>325</v>
+        <v>580</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257724876</t>
+          <t>9786055683122</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Deftera Kurdeki Penaber</t>
+          <t>Peşbaziya Çiroken Neqediyayi - Bitmemiş Öyküler Yarışması</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>350</v>
+        <v>310</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257724852</t>
+          <t>9789756179161</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Biranin ü Serhati</t>
+          <t>Bi Kurdi Hezkirineke Bide Min / Bana Kürtçe Bir Sevgi Ver</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>375</v>
+        <v>130</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257724906</t>
+          <t>9789756179062</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Du Dinya</t>
+          <t>Adınla Vurulup Ölmek</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>215</v>
+        <v>190</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257724340</t>
+          <t>9786059295284</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kerwan</t>
+          <t>Hespen Reş Bayen Sorgevez</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257724401</t>
+          <t>9786059295123</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Lo U Pirsen Mezin</t>
+          <t>Banga Cegerxwin Ji Gore</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786058140769</t>
+          <t>9786057535290</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Xana Xeme</t>
+          <t>Xoşxwan</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>215</v>
+        <v>275</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057535016</t>
+          <t>9786057535870</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kabil Nerede Habil? - Kabil Ka Habil?</t>
+          <t>Edebiyata Devki Ü Şer</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>190</v>
+        <v>415</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786058140776</t>
+          <t>9786057535719</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Cemile: Çarkın Kırıla Felek</t>
+          <t>Komara Demokratik a Kurdistane</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>310</v>
+        <v>230</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786058152199</t>
+          <t>9786257724029</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Böbreği Kim Yedi?</t>
+          <t>Kurmanced Elegeze</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>260</v>
+        <v>175</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057535085</t>
+          <t>9786257724685</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Dılname</t>
+          <t>Dilwar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059295772</t>
+          <t>9786257724883</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Metni Veren Ye Kirdki</t>
+          <t>Keskesora Çiya</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>260</v>
+        <v>325</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059014809</t>
+          <t>9786257724876</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kılamen Dersime</t>
+          <t>Deftera Kurdeki Penaber</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786054497478</t>
+          <t>9786257724852</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kişik</t>
+          <t>Biranin ü Serhati</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055683399</t>
+          <t>9786257724906</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Hetiketi</t>
+          <t>Du Dinya</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>340</v>
+        <v>215</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786054497614</t>
+          <t>9786257724340</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Hamlet - Mirzaye Denmarke</t>
+          <t>Kerwan</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786055683085</t>
+          <t>9786257724401</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Gurequm (Ciltli)</t>
+          <t>Lo U Pirsen Mezin</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055683238</t>
+          <t>9786058140769</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Ew Xanima Hene</t>
+          <t>Xana Xeme</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>215</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786054497140</t>
+          <t>9786057535016</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Diyariye Sersale</t>
+          <t>Kabil Nerede Habil? - Kabil Ka Habil?</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786058813021</t>
+          <t>9786058140776</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Deriye Sibehe</t>
+          <t>Cemile: Çarkın Kırıla Felek</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>190</v>
+        <v>310</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786054497164</t>
+          <t>9786058152199</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Defter</t>
+          <t>Böbreği Kim Yedi?</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059295864</t>
+          <t>9786057535085</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Xaniye Şin</t>
+          <t>Dılname</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059295291</t>
+          <t>9786059295772</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Koloniya Tawane</t>
+          <t>Metni Veren Ye Kirdki</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059014830</t>
+          <t>9786059014809</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Evdırehım Rehmı Hekarı</t>
+          <t>Kılamen Dersime</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059295338</t>
+          <t>9786054497478</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Xewna Dawı</t>
+          <t>Kişik</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>3990000042468</t>
+          <t>9786055683399</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Uygarlık</t>
+          <t>Hetiketi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>590</v>
+        <v>340</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786058152175</t>
+          <t>9786054497614</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Şevek Şizofren</t>
+          <t>Hamlet - Mirzaye Denmarke</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>385</v>
+        <v>375</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059295673</t>
+          <t>9786055683085</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Reyahin-i Aşk</t>
+          <t>Gurequm (Ciltli)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059295512</t>
+          <t>9786055683238</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Maziye Aşka Sevgiliye</t>
+          <t>Ew Xanima Hene</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>190</v>
+        <v>215</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059295970</t>
+          <t>9786054497140</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Hedersmord Li Swede</t>
+          <t>Diyariye Sersale</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786054497522</t>
+          <t>9786058813021</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Zarokên Ber Çem</t>
+          <t>Deriye Sibehe</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>515</v>
+        <v>190</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786055683221</t>
+          <t>9786054497164</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Titirwask</t>
+          <t>Defter</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>600</v>
+        <v>190</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786058813076</t>
+          <t>9786059295864</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Şewa Dawi</t>
+          <t>Xaniye Şin</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789756179093</t>
+          <t>9786059295291</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Sebariye Merdine 1: Kıtım</t>
+          <t>Koloniya Tawane</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059295154</t>
+          <t>9786059014830</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Rojniviska Spinoza</t>
+          <t>Evdırehım Rehmı Hekarı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>325</v>
+        <v>260</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786055683382</t>
+          <t>9786059295338</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Mişk u Mirov</t>
+          <t>Xewna Dawı</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786056211263</t>
+          <t>3990000042468</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Piling</t>
+          <t>Tarih ve Uygarlık</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>240</v>
+        <v>590</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786058813090</t>
+          <t>9786058152175</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Meryema</t>
+          <t>Şevek Şizofren</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>230</v>
+        <v>385</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786054497485</t>
+          <t>9786059295673</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Li Ber Sikrate</t>
+          <t>Reyahin-i Aşk</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>325</v>
+        <v>340</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786054497546</t>
+          <t>9786059295512</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Beyom</t>
+          <t>Maziye Aşka Sevgiliye</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789756179451</t>
+          <t>9786059295970</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Balgifa Mar / Yılan Yastığı</t>
+          <t>Hedersmord Li Swede</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>310</v>
+        <v>240</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059295598</t>
+          <t>9786054497522</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Arduda</t>
+          <t>Zarokên Ber Çem</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>200</v>
+        <v>515</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786054497461</t>
+          <t>9786055683221</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Alfabeya Kurdi</t>
+          <t>Titirwask</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>230</v>
+        <v>600</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059295093</t>
+          <t>9786058813076</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Dema Ku Bi Pinpinikan Şa Dibim</t>
+          <t>Şewa Dawi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>3990000017692</t>
+          <t>9789756179093</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Ji Duriye Re</t>
+          <t>Sebariye Merdine 1: Kıtım</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>215</v>
+        <v>325</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786054497881</t>
+          <t>9786059295154</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Serencama Mirineke</t>
+          <t>Rojniviska Spinoza</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>215</v>
+        <v>325</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059014625</t>
+          <t>9786055683382</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Helbesta Cegerxwin Ü İqtidar</t>
+          <t>Mişk u Mirov</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786054497935</t>
+          <t>9786056211263</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Komediya Mirovahiye</t>
+          <t>Piling</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786054497911</t>
+          <t>9786058813090</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Diyarbekir El Sallıyor / Diyarbekir Dest Li Ba Dike / Diyarbekir Grübt (Ciltli)</t>
+          <t>Meryema</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059014441</t>
+          <t>9786054497485</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Bindaruk</t>
+          <t>Li Ber Sikrate</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>240</v>
+        <v>325</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059014595</t>
+          <t>9786054497546</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Deq</t>
+          <t>Beyom</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>175</v>
+        <v>260</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059014168</t>
+          <t>9789756179451</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Sisırke Hesıni</t>
+          <t>Balgifa Mar / Yılan Yastığı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>190</v>
+        <v>310</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786054497997</t>
+          <t>9786059295598</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Selpakfiroş</t>
+          <t>Arduda</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059014120</t>
+          <t>9786054497461</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Keleha Spi</t>
+          <t>Alfabeya Kurdi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059014427</t>
+          <t>9786059295093</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Meme u Eyşe</t>
+          <t>Dema Ku Bi Pinpinikan Şa Dibim</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057496669</t>
+          <t>3990000017692</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Xelile Çaçan Xizmeta Malbateke A 100 Salan</t>
+          <t>Ji Duriye Re</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>385</v>
+        <v>215</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057535603</t>
+          <t>9786054497881</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>21 Gramlık Ruh</t>
+          <t>Serencama Mirineke</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>260</v>
+        <v>215</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257724111</t>
+          <t>9786059014625</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Taşlar</t>
+          <t>Helbesta Cegerxwin Ü İqtidar</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057496607</t>
+          <t>9786054497935</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Bir Salıncakta Yaşamak</t>
+          <t>Komediya Mirovahiye</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>215</v>
+        <v>340</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057496690</t>
+          <t>9786054497911</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Qerebafon - Sebareya Merdine 2</t>
+          <t>Diyarbekir El Sallıyor / Diyarbekir Dest Li Ba Dike / Diyarbekir Grübt (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>340</v>
+        <v>140</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257724050</t>
+          <t>9786059014441</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Di Tariye De</t>
+          <t>Bindaruk</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057535832</t>
+          <t>9786059014595</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Orok</t>
+          <t>Deq</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057535955</t>
+          <t>9786059014168</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Şerm</t>
+          <t>Sisırke Hesıni</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>215</v>
+        <v>190</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057535894</t>
+          <t>9786054497997</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>4Kotra 4Çela</t>
+          <t>Selpakfiroş</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>375</v>
+        <v>220</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257724166</t>
+          <t>9786059014120</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Şeşaqıl</t>
+          <t>Keleha Spi</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257724142</t>
+          <t>9786059014427</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>We Roje</t>
+          <t>Meme u Eyşe</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>325</v>
+        <v>190</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057535597</t>
+          <t>9786057496669</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Ferhenga Tegehen Felsefi</t>
+          <t>Xelile Çaçan Xizmeta Malbateke A 100 Salan</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>350</v>
+        <v>385</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057535658</t>
+          <t>9786057535603</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Şakıro Gula Ber Cefaye</t>
+          <t>21 Gramlık Ruh</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057535474</t>
+          <t>9786257724111</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Muhayyerkürdi Denemeler</t>
+          <t>Yaralı Taşlar</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057535351</t>
+          <t>9786057496607</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Qiseyen Xeribiye</t>
+          <t>Bir Salıncakta Yaşamak</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>240</v>
+        <v>215</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057535443</t>
+          <t>9786057496690</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Maçkar</t>
+          <t>Qerebafon - Sebareya Merdine 2</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059014274</t>
+          <t>9786257724050</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Berbang</t>
+          <t>Di Tariye De</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059014717</t>
+          <t>9786057535832</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Helin</t>
+          <t>Orok</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059014304</t>
+          <t>9786057535955</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Jiyana Bextewar</t>
+          <t>Şerm</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>405</v>
+        <v>215</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257724890</t>
+          <t>9786057535894</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Hiveron</t>
+          <t>4Kotra 4Çela</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>215</v>
+        <v>375</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257724692</t>
+          <t>9786257724166</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Lalistan</t>
+          <t>Şeşaqıl</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>215</v>
+        <v>300</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257724630</t>
+          <t>9786257724142</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Belongings</t>
+          <t>We Roje</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>490</v>
+        <v>325</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257724869</t>
+          <t>9786057535597</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Keleha Dur</t>
+          <t>Ferhenga Tegehen Felsefi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>515</v>
+        <v>350</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257724647</t>
+          <t>9786057535658</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Pencere</t>
+          <t>Şakıro Gula Ber Cefaye</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257724746</t>
+          <t>9786057535474</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Şador</t>
+          <t>Muhayyerkürdi Denemeler</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257724814</t>
+          <t>9786057535351</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Dimenen Derızi</t>
+          <t>Qiseyen Xeribiye</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257724791</t>
+          <t>9786057535443</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Nameyen Nabersıvın</t>
+          <t>Maçkar</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257724807</t>
+          <t>9786059014274</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Gulistan</t>
+          <t>Berbang</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257724777</t>
+          <t>9786059014717</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Nav Dı Zımane Kurdi De</t>
+          <t>Helin</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>76</v>
+        <v>220</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257724753</t>
+          <t>9786059014304</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Cınav Dı Zımane Kurdi De</t>
+          <t>Jiyana Bextewar</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>70</v>
+        <v>405</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257724678</t>
+          <t>9786257724890</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Colemerge Eywan E Sefera Bırahim Xan E</t>
+          <t>Hiveron</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>215</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257724654</t>
+          <t>9786257724692</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Kerbelaya Kurdan Kelata Dimdime</t>
+          <t>Lalistan</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>230</v>
+        <v>215</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>4440000002901</t>
+          <t>9786257724630</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Şewqa Sibe</t>
+          <t>Belongings</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>215</v>
+        <v>490</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257724203</t>
+          <t>9786257724869</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Hikayeler</t>
+          <t>Keleha Dur</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>70</v>
+        <v>515</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257724418</t>
+          <t>9786257724647</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Efsuna</t>
+          <t>Pencere</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257724432</t>
+          <t>9786257724746</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Ağacını Yakan Kibrit Çöpüdür İnsan</t>
+          <t>Şador</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057535801</t>
+          <t>9786257724814</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Denge Kal ü Baven Me</t>
+          <t>Dimenen Derızi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>550</v>
+        <v>190</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057535986</t>
+          <t>9786257724791</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Heleqetiyed Pismamtiye Dı Nav Kurdan De</t>
+          <t>Nameyen Nabersıvın</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>340</v>
+        <v>190</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057496614</t>
+          <t>9786257724807</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Bawermendiyen Kurden Ezdi</t>
+          <t>Gulistan</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257724586</t>
+          <t>9786257724777</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Berojk</t>
+          <t>Nav Dı Zımane Kurdi De</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>190</v>
+        <v>76</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257724623</t>
+          <t>9786257724753</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Hangar Fünf - Deriye Winda</t>
+          <t>Cınav Dı Zımane Kurdi De</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>325</v>
+        <v>70</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257724593</t>
+          <t>9786257724678</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Hesreta Min</t>
+          <t>Colemerge Eywan E Sefera Bırahim Xan E</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>275</v>
+        <v>215</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257724517</t>
+          <t>9786257724654</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Renge Hebüne</t>
+          <t>Kerbelaya Kurdan Kelata Dimdime</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>405</v>
+        <v>230</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257724043</t>
+          <t>4440000002901</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Hub u Xebat</t>
+          <t>Şewqa Sibe</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>190</v>
+        <v>215</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257724159</t>
+          <t>9786257724203</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Tutına Bave Mın</t>
+          <t>Sürgün Hikayeler</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257724173</t>
+          <t>9786257724418</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Lehenge Mitolojiye</t>
+          <t>Efsuna</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257724197</t>
+          <t>9786257724432</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Bingeh</t>
+          <t>Ağacını Yakan Kibrit Çöpüdür İnsan</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257724074</t>
+          <t>9786057535801</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluğa Yolculuk</t>
+          <t>Denge Kal ü Baven Me</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257724098</t>
+          <t>9786057535986</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Ez Li Xwe Mikur Tem</t>
+          <t>Heleqetiyed Pismamtiye Dı Nav Kurdan De</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059295475</t>
+          <t>9786057496614</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Rojeke Bi Tena Sere Xwe</t>
+          <t>Bawermendiyen Kurden Ezdi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>800</v>
+        <v>300</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257724081</t>
+          <t>9786257724586</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Risten Barane</t>
+          <t>Berojk</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257724104</t>
+          <t>9786257724623</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Beni Yaz Dedi</t>
+          <t>Hangar Fünf - Deriye Winda</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>230</v>
+        <v>325</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257724067</t>
+          <t>9786257724593</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Bavfileh - Sebareya Merdine 3</t>
+          <t>Hesreta Min</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>405</v>
+        <v>275</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057535931</t>
+          <t>9786257724517</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Bihuşta Xezalan</t>
+          <t>Renge Hebüne</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>240</v>
+        <v>405</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057535900</t>
+          <t>9786257724043</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Sıltane Kurd Selahadin Eyübi</t>
+          <t>Hub u Xebat</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057496683</t>
+          <t>9786257724159</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Şina Şengale</t>
+          <t>Tutına Bave Mın</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057535962</t>
+          <t>9786257724173</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Ruhe Xwebüne</t>
+          <t>Lehenge Mitolojiye</t>
         </is>
       </c>
       <c r="C181" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057535887</t>
+          <t>9786257724197</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Deri Vekıri Bıhelin We Hechecik Vegerin</t>
+          <t>Bingeh</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>310</v>
+        <v>340</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786057496621</t>
+          <t>9786257724074</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Xemname</t>
+          <t>Sonsuzluğa Yolculuk</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057535696</t>
+          <t>9786257724098</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Suskunca</t>
+          <t>Ez Li Xwe Mikur Tem</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>325</v>
+        <v>220</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057535757</t>
+          <t>9786059295475</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Mın Çı Ditın</t>
+          <t>Rojeke Bi Tena Sere Xwe</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>385</v>
+        <v>800</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786057535948</t>
+          <t>9786257724081</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Tinda</t>
+          <t>Risten Barane</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057535764</t>
+          <t>9786257724104</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Melaye Cıziri Hın Tışt Derbare Jiyan Ü Berhema Wi De</t>
+          <t>Beni Yaz Dedi</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786057535559</t>
+          <t>9786257724067</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Hesiren Gotina Begotin</t>
+          <t>Bavfileh - Sebareya Merdine 3</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>190</v>
+        <v>405</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786057535566</t>
+          <t>9786057535931</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Hawara Nebıhisti</t>
+          <t>Bihuşta Xezalan</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786059295246</t>
+          <t>9786057535900</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Esiri</t>
+          <t>Sıltane Kurd Selahadin Eyübi</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>260</v>
+        <v>275</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786057535924</t>
+          <t>9786057496683</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Ezemşer</t>
+          <t>Şina Şengale</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786057535979</t>
+          <t>9786057535962</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Mome</t>
+          <t>Ruhe Xwebüne</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257724005</t>
+          <t>9786057535887</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Pariye Berdemayi</t>
+          <t>Deri Vekıri Bıhelin We Hechecik Vegerin</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>440</v>
+        <v>310</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057535504</t>
+          <t>9786057496621</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Xewna Bi Hevi</t>
+          <t>Xemname</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786057535627</t>
+          <t>9786057535696</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Stokholme Te Çı Ditiye Beje</t>
+          <t>Suskunca</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>240</v>
+        <v>325</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786057535993</t>
+          <t>9786057535757</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Ezda</t>
+          <t>Mın Çı Ditın</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>260</v>
+        <v>385</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786057496645</t>
+          <t>9786057535948</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Qawuman</t>
+          <t>Tinda</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>550</v>
+        <v>190</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257724012</t>
+          <t>9786057535764</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Merive Be Derd</t>
+          <t>Melaye Cıziri Hın Tışt Derbare Jiyan Ü Berhema Wi De</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786057535672</t>
+          <t>9786057535559</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Pelaven Diriyayi</t>
+          <t>Hesiren Gotina Begotin</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786057535795</t>
+          <t>9786057535566</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Kilamen Çiya</t>
+          <t>Hawara Nebıhisti</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786057535788</t>
+          <t>9786059295246</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Kofiya Deya Min</t>
+          <t>Esiri</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>325</v>
+        <v>260</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786057535726</t>
+          <t>9786057535924</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Roje Min</t>
+          <t>Ezemşer</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786057535771</t>
+          <t>9786057535979</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Kurde Bengi</t>
+          <t>Mome</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786057535733</t>
+          <t>9786257724005</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Oda Kurda</t>
+          <t>Pariye Berdemayi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>260</v>
+        <v>440</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786057535665</t>
+          <t>9786057535504</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Ufuk / Aso</t>
+          <t>Xewna Bi Hevi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>580</v>
+        <v>230</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786054497959</t>
+          <t>9786057535627</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Dewsa Ramüsanen Birüskan</t>
+          <t>Stokholme Te Çı Ditiye Beje</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786057535641</t>
+          <t>9786057535993</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Bütün Sevenlerin Umudusun - Gölge Ağacı</t>
+          <t>Ezda</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>340</v>
+        <v>260</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786057535634</t>
+          <t>9786057496645</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Ma Tışnek Bı Şengale Hatiye</t>
+          <t>Qawuman</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>240</v>
+        <v>550</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786057535511</t>
+          <t>9786257724012</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Şıkefta Filozofiye</t>
+          <t>Merive Be Derd</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786057535498</t>
+          <t>9786057535672</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Gecelerin Kirpisi</t>
+          <t>Pelaven Diriyayi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786057535535</t>
+          <t>9786057535795</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Kendini Unutan İnsan</t>
+          <t>Kilamen Çiya</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786057535139</t>
+          <t>9786057535788</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>İlka \ İlka</t>
+          <t>Kofiya Deya Min</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786057535405</t>
+          <t>9786057535726</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Rewitiya Berpeyi Bedawitiye</t>
+          <t>Roje Min</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>215</v>
+        <v>325</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786057535399</t>
+          <t>9786057535771</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Yol ve Zaman</t>
+          <t>Kurde Bengi</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057535450</t>
+          <t>9786057535733</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>3 + 1 Kadın</t>
+          <t>Oda Kurda</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057535375</t>
+          <t>9786057535665</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Bajare Xewle</t>
+          <t>Ufuk / Aso</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>190</v>
+        <v>580</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786057535337</t>
+          <t>9786054497959</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Wesyeten Qefıli</t>
+          <t>Dewsa Ramüsanen Birüskan</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786057535368</t>
+          <t>9786057535641</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Kaptane Mırıne</t>
+          <t>Bütün Sevenlerin Umudusun - Gölge Ağacı</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>215</v>
+        <v>340</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786057535412</t>
+          <t>9786057535634</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Şaşitiya Keşiş A Kuşinde</t>
+          <t>Ma Tışnek Bı Şengale Hatiye</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>405</v>
+        <v>240</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786057535429</t>
+          <t>9786057535511</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Jiyaneke Lı Pey Zanyariyen Kurdi Kurdolog Prof. Dr. Celile Celil</t>
+          <t>Şıkefta Filozofiye</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>490</v>
+        <v>300</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786057535436</t>
+          <t>9786057535498</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Eteklerimde Bahar</t>
+          <t>Gecelerin Kirpisi</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057535344</t>
+          <t>9786057535535</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Simurg’un Ahı</t>
+          <t>Kendini Unutan İnsan</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>240</v>
+        <v>375</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786057535382</t>
+          <t>9786057535139</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Zülüf Dokunmuş Tene</t>
+          <t>İlka \ İlka</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>215</v>
+        <v>325</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786057535276</t>
+          <t>9786057535405</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Omiden Wendayi</t>
+          <t>Rewitiya Berpeyi Bedawitiye</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>400</v>
+        <v>215</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786057535146</t>
+          <t>9786057535399</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Dirok u Şarıstaniya Urartuyiyan</t>
+          <t>Yol ve Zaman</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786057535313</t>
+          <t>9786057535450</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>İzi Kalsın</t>
+          <t>3 + 1 Kadın</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786057535184</t>
+          <t>9786057535375</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Şer Dı Çiyayan De</t>
+          <t>Bajare Xewle</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>560</v>
+        <v>190</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786057535177</t>
+          <t>9786057535337</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Sewçıra</t>
+          <t>Wesyeten Qefıli</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>670</v>
+        <v>200</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786057535160</t>
+          <t>9786057535368</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Arsima</t>
+          <t>Kaptane Mırıne</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>240</v>
+        <v>215</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786057535092</t>
+          <t>9786057535412</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Ev Re Naçe Bıhuşte</t>
+          <t>Şaşitiya Keşiş A Kuşinde</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>325</v>
+        <v>405</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786057535108</t>
+          <t>9786057535429</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Lehenge Dil</t>
+          <t>Jiyaneke Lı Pey Zanyariyen Kurdi Kurdolog Prof. Dr. Celile Celil</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>230</v>
+        <v>490</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786057535115</t>
+          <t>9786057535436</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Lehenge Tazi</t>
+          <t>Eteklerimde Bahar</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786057535009</t>
+          <t>9786057535344</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Aydoğan’la Söze Dair</t>
+          <t>Simurg’un Ahı</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786059014984</t>
+          <t>9786057535382</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Serhildana Mala Eliye Unis</t>
+          <t>Zülüf Dokunmuş Tene</t>
         </is>
       </c>
       <c r="C234" s="1">
         <v>215</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786059014915</t>
+          <t>9786057535276</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Lawike Xerzi</t>
+          <t>Omiden Wendayi</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786058140875</t>
+          <t>9786057535146</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Kilam ü Penüs</t>
+          <t>Dirok u Şarıstaniya Urartuyiyan</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>405</v>
+        <v>300</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786057535030</t>
+          <t>9786057535313</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Mistek Ji Hevi ü Arişeyen Zimane Kurdi (Kurmanci)</t>
+          <t>İzi Kalsın</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786058140783</t>
+          <t>9786057535184</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Vivaldi'nin Bahçesi</t>
+          <t>Şer Dı Çiyayan De</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>200</v>
+        <v>560</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057535023</t>
+          <t>9786057535177</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Kalb</t>
+          <t>Sewçıra</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>190</v>
+        <v>670</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786058140752</t>
+          <t>9786057535160</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>M'erra</t>
+          <t>Arsima</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786058140790</t>
+          <t>9786057535092</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Niqirisk</t>
+          <t>Ev Re Naçe Bıhuşte</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786058152120</t>
+          <t>9786057535108</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Nare</t>
+          <t>Lehenge Dil</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786058152144</t>
+          <t>9786057535115</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Çavkani</t>
+          <t>Lehenge Tazi</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786058152168</t>
+          <t>9786057535009</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Üsive Neviya</t>
+          <t>Mustafa Aydoğan’la Söze Dair</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786058152113</t>
+          <t>9786059014984</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Lirika</t>
+          <t>Serhildana Mala Eliye Unis</t>
         </is>
       </c>
       <c r="C245" s="1">
         <v>215</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786058152106</t>
+          <t>9786059014915</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Hesretdefter</t>
+          <t>Lawike Xerzi</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786054497560</t>
+          <t>9786058140875</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Dinya Delal</t>
+          <t>Kilam ü Penüs</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>300</v>
+        <v>405</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786059014854</t>
+          <t>9786057535030</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Gula Elegeze</t>
+          <t>Mistek Ji Hevi ü Arişeyen Zimane Kurdi (Kurmanci)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786058140882</t>
+          <t>9786058140783</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Xeliya Spi</t>
+          <t>Vivaldi'nin Bahçesi</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786058152182</t>
+          <t>9786057535023</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Helina Xeyalan</t>
+          <t>Kalb</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>385</v>
+        <v>190</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786058140851</t>
+          <t>9786058140752</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Pızdank</t>
+          <t>M'erra</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786058140707</t>
+          <t>9786058140790</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Zeynel Beg</t>
+          <t>Niqirisk</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786058140837</t>
+          <t>9786058152120</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Li Benda Ketina Usiv</t>
+          <t>Nare</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786058140820</t>
+          <t>9786058152144</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Kurden Azırbecane</t>
+          <t>Çavkani</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786058140899</t>
+          <t>9786058152168</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Kurdistana Nu</t>
+          <t>Üsive Neviya</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>470</v>
+        <v>220</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786058140813</t>
+          <t>9786058152113</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Kaniya Dile Min</t>
+          <t>Lirika</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>260</v>
+        <v>215</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786058140844</t>
+          <t>9786058152106</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Dı Sedsala 19'Emin De Rewşa Kurdan</t>
+          <t>Hesretdefter</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786058152137</t>
+          <t>9786054497560</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Rahibin Ölümcül Hatası</t>
+          <t>Dinya Delal</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786058152151</t>
+          <t>9786059014854</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Çiroken Bapire Min</t>
+          <t>Gula Elegeze</t>
         </is>
       </c>
       <c r="C259" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786059014939</t>
+          <t>9786058140882</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Menzumeya Tecwide</t>
+          <t>Xeliya Spi</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>3990000032259</t>
+          <t>9786058152182</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Kitab-u D-Dur-İl-E'la Fi İlm-İt-Tecwid-i (Pırtuka Duren Heri Bıqimet Dı Ilme Tecwide De)</t>
+          <t>Helina Xeyalan</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>84</v>
+        <v>385</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786059295031</t>
+          <t>9786058140851</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Tosıne Uşan</t>
+          <t>Pızdank</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786059014977</t>
+          <t>9786058140707</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Qırme</t>
+          <t>Zeynel Beg</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786059295017</t>
+          <t>9786058140837</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Siber</t>
+          <t>Li Benda Ketina Usiv</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>3990000032260</t>
+          <t>9786058140820</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Diwan Şex Evdilqadire Hezani</t>
+          <t>Kurden Azırbecane</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786059295352</t>
+          <t>9786058140899</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Hın Pırsyar Der Bare Demokrasiye de</t>
+          <t>Kurdistana Nu</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>325</v>
+        <v>470</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>3990000043131</t>
+          <t>9786058140813</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Sevişen Kurgular</t>
+          <t>Kaniya Dile Min</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786059295420</t>
+          <t>9786058140844</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Özgür Doğa</t>
+          <t>Dı Sedsala 19'Emin De Rewşa Kurdan</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786059295895</t>
+          <t>9786058152137</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Teyara Textik</t>
+          <t>Rahibin Ölümcül Hatası</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>190</v>
+        <v>375</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786059295918</t>
+          <t>9786058152151</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Hisreta Emir</t>
+          <t>Çiroken Bapire Min</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786059295932</t>
+          <t>9786059014939</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Mikuri</t>
+          <t>Menzumeya Tecwide</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>530</v>
+        <v>190</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786059295949</t>
+          <t>3990000032259</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Kilamen Bedeng</t>
+          <t>Kitab-u D-Dur-İl-E'la Fi İlm-İt-Tecwid-i (Pırtuka Duren Heri Bıqimet Dı Ilme Tecwide De)</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>220</v>
+        <v>84</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786059295956</t>
+          <t>9786059295031</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Bejara Neteweparez Di Kovara Haware De</t>
+          <t>Tosıne Uşan</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>325</v>
+        <v>230</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786059295925</t>
+          <t>9786059014977</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Keşkul</t>
+          <t>Qırme</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786059295963</t>
+          <t>9786059295017</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Handa</t>
+          <t>Siber</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786059295994</t>
+          <t>3990000032260</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Gejevang</t>
+          <t>Diwan Şex Evdilqadire Hezani</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>440</v>
+        <v>240</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786059295987</t>
+          <t>9786059295352</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Çend Danen Hişyar</t>
+          <t>Hın Pırsyar Der Bare Demokrasiye de</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786059295840</t>
+          <t>3990000043131</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Koleksiyona Aleksandre Jaba Ya Destnivisen Kurdi</t>
+          <t>Sevişen Kurgular</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786059295703</t>
+          <t>9786059295420</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Diwana Mehwi</t>
+          <t>Özgür Doğa</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>405</v>
+        <v>200</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786059295888</t>
+          <t>9786059295895</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Heşterxan</t>
+          <t>Teyara Textik</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786059295857</t>
+          <t>9786059295918</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Re u Reç</t>
+          <t>Hisreta Emir</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786059295871</t>
+          <t>9786059295932</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Qeraxen Siya Heviyen Har</t>
+          <t>Mikuri</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>190</v>
+        <v>530</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786059295826</t>
+          <t>9786059295949</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Peti</t>
+          <t>Kilamen Bedeng</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786059295819</t>
+          <t>9786059295956</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Herimi</t>
+          <t>Bejara Neteweparez Di Kovara Haware De</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>340</v>
+        <v>325</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786059014519</t>
+          <t>9786059295925</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Moriyen Nene</t>
+          <t>Keşkul</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786059014533</t>
+          <t>9786059295963</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Qiseyen Cimaete</t>
+          <t>Handa</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786059295758</t>
+          <t>9786059295994</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Morana Gerdüne - Baye Labüte</t>
+          <t>Gejevang</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>240</v>
+        <v>440</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786059295796</t>
+          <t>9786059295987</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Testere Ağzında Dans</t>
+          <t>Çend Danen Hişyar</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>405</v>
+        <v>190</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786059295642</t>
+          <t>9786059295840</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Xweşiya Bi Eş</t>
+          <t>Koleksiyona Aleksandre Jaba Ya Destnivisen Kurdi</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>190</v>
+        <v>500</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786059295802</t>
+          <t>9786059295703</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Düş Dedim Hayal Dedim</t>
+          <t>Diwana Mehwi</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>300</v>
+        <v>405</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786059295833</t>
+          <t>9786059295888</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Jeppeye Li Sere Çiye</t>
+          <t>Heşterxan</t>
         </is>
       </c>
       <c r="C291" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786059295789</t>
+          <t>9786059295857</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Payımıza Düşen</t>
+          <t>Re u Reç</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786059014892</t>
+          <t>9786059295871</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Roza'sız Zamanlar</t>
+          <t>Qeraxen Siya Heviyen Har</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>325</v>
+        <v>190</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786059295680</t>
+          <t>9786059295826</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Dinozor</t>
+          <t>Peti</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786059295697</t>
+          <t>9786059295819</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Kesek</t>
+          <t>Herimi</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>175</v>
+        <v>340</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786059295710</t>
+          <t>9786059014519</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Neban</t>
+          <t>Moriyen Nene</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>215</v>
+        <v>220</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786059295734</t>
+          <t>9786059014533</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Rüyabank</t>
+          <t>Qiseyen Cimaete</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786059295659</t>
+          <t>9786059295758</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Yarsan - An Ji Ehli Heq</t>
+          <t>Morana Gerdüne - Baye Labüte</t>
         </is>
       </c>
       <c r="C298" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786059295727</t>
+          <t>9786059295796</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Teselli Kayası</t>
+          <t>Testere Ağzında Dans</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>200</v>
+        <v>405</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786059295666</t>
+          <t>9786059295642</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Xeyb</t>
+          <t>Xweşiya Bi Eş</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786059295628</t>
+          <t>9786059295802</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Waneyen Zimannasiye</t>
+          <t>Düş Dedim Hayal Dedim</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786059295604</t>
+          <t>9786059295833</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Kakil</t>
+          <t>Jeppeye Li Sere Çiye</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786059295536</t>
+          <t>9786059295789</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Xewn ü Nigaş</t>
+          <t>Payımıza Düşen</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786059295345</t>
+          <t>9786059014892</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Çend Rupel Jı Dıroka Gele Kurd</t>
+          <t>Roza'sız Zamanlar</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>720</v>
+        <v>325</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786059295185</t>
+          <t>9786059295680</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Bab-ı Sur</t>
+          <t>Dinozor</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786059014779</t>
+          <t>9786059295697</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Bışırina Şermini</t>
+          <t>Kesek</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786059295314</t>
+          <t>9786059295710</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Qonaxeke Modernizma Kurdi</t>
+          <t>Neban</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>260</v>
+        <v>215</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786059014731</t>
+          <t>9786059295734</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Şeren Sasune</t>
+          <t>Rüyabank</t>
         </is>
       </c>
       <c r="C308" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786059295253</t>
+          <t>9786059295659</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Folklora Kurmancıye</t>
+          <t>Yarsan - An Ji Ehli Heq</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>620</v>
+        <v>240</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786059014694</t>
+          <t>9786059295727</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Bıranınen Mın</t>
+          <t>Teselli Kayası</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786059295000</t>
+          <t>9786059295666</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Xwezi</t>
+          <t>Xeyb</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>3990059014632</t>
+          <t>9786059295628</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Kürtlerin Kökeni / Proto Kürtler ve Mitanniler</t>
+          <t>Waneyen Zimannasiye</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786059295260</t>
+          <t>9786059295604</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Gerıneka Guernıcaye</t>
+          <t>Kakil</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786059295208</t>
+          <t>9786059295536</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Nasnameya Wejeye</t>
+          <t>Xewn ü Nigaş</t>
         </is>
       </c>
       <c r="C314" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786059014670</t>
+          <t>9786059295345</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Kefıyen Cihereng</t>
+          <t>Çend Rupel Jı Dıroka Gele Kurd</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>385</v>
+        <v>720</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786059295192</t>
+          <t>9786059295185</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Boxeye Bırıvaye</t>
+          <t>Bab-ı Sur</t>
         </is>
       </c>
       <c r="C316" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786059295499</t>
+          <t>9786059014779</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Kar ve Ateş</t>
+          <t>Bışırina Şermini</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786059295451</t>
+          <t>9786059295314</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Öteki Kayıp</t>
+          <t>Qonaxeke Modernizma Kurdi</t>
         </is>
       </c>
       <c r="C318" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786059295413</t>
+          <t>9786059014731</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Kısık Ateşte Ey Ortaçağ Şatoları</t>
+          <t>Şeren Sasune</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>3990000033436</t>
+          <t>9786059295253</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Kırkikindi Cinayetleri</t>
+          <t>Folklora Kurmancıye</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>240</v>
+        <v>620</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>3990000033437</t>
+          <t>9786059014694</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Cinayetleri</t>
+          <t>Bıranınen Mın</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786059295437</t>
+          <t>9786059295000</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Nefret Suçu Cinayetleri</t>
+          <t>Xwezi</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786059295369</t>
+          <t>3990059014632</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Hakk'a Yürüyenler</t>
+          <t>Kürtlerin Kökeni / Proto Kürtler ve Mitanniler</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>175</v>
+        <v>340</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786059295376</t>
+          <t>9786059295260</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Hem Yas, Hem Kin! Hem De Hüsran</t>
+          <t>Gerıneka Guernıcaye</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>220</v>
+        <v>325</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786059295222</t>
+          <t>9786059295208</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Xece'nin Dersim Kefareti</t>
+          <t>Nasnameya Wejeye</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>325</v>
+        <v>260</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786059014649</t>
+          <t>9786059014670</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Teyriken Jireketi</t>
+          <t>Kefıyen Cihereng</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>240</v>
+        <v>385</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786054497836</t>
+          <t>9786059295192</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Tamu Kuleleri</t>
+          <t>Boxeye Bırıvaye</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>440</v>
+        <v>200</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>3990000017693</t>
+          <t>9786059295499</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Şikeften Haydrahodahose</t>
+          <t>Kar ve Ateş</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786059014786</t>
+          <t>9786059295451</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Neteweyen Kemine</t>
+          <t>Öteki Kayıp</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786054497850</t>
+          <t>9786059295413</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Beriya Şewiti</t>
+          <t>Kısık Ateşte Ey Ortaçağ Şatoları</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786059014502</t>
+          <t>3990000033436</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Kilamed Cimaeta Kurdan</t>
+          <t>Kırkikindi Cinayetleri</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>3990000027710</t>
+          <t>3990000033437</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Hukuk Cinayetleri</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>440</v>
+        <v>200</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786059014366</t>
+          <t>9786059295437</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>İz</t>
+          <t>Nefret Suçu Cinayetleri</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786059014205</t>
+          <t>9786059295369</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Ava Sor</t>
+          <t>Hakk'a Yürüyenler</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>385</v>
+        <v>175</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786059014403</t>
+          <t>9786059295376</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Evara Zıvıstane (Cılda 3)</t>
+          <t>Hem Yas, Hem Kin! Hem De Hüsran</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>720</v>
+        <v>220</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786059014458</t>
+          <t>9786059295222</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Meme u Eyşe - Zembilfiroş</t>
+          <t>Xece'nin Dersim Kefareti</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786059014472</t>
+          <t>9786059014649</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Gotinen Peşiyan</t>
+          <t>Teyriken Jireketi</t>
         </is>
       </c>
       <c r="C337" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>3990000027711</t>
+          <t>9786054497836</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Çewlika Heywanan</t>
+          <t>Tamu Kuleleri</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>230</v>
+        <v>440</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786059014540</t>
+          <t>3990000017693</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Stranen Evini</t>
+          <t>Şikeften Haydrahodahose</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786059014489</t>
+          <t>9786059014786</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Hibra Sor</t>
+          <t>Neteweyen Kemine</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786059014342</t>
+          <t>9786054497850</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Xewle Ye Xewn?</t>
+          <t>Beriya Şewiti</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786059014601</t>
+          <t>9786059014502</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Jan u Jiyan</t>
+          <t>Kilamed Cimaeta Kurdan</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786059014335</t>
+          <t>3990000027710</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Fincana Ferfuri</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786059014328</t>
+          <t>9786059014366</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Li Du Te</t>
+          <t>İz</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786059014588</t>
+          <t>9786059014205</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Şivereyen Lal</t>
+          <t>Ava Sor</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>190</v>
+        <v>385</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786059014618</t>
+          <t>9786059014403</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Atlasa Nigaşan</t>
+          <t>Evara Zıvıstane (Cılda 3)</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>200</v>
+        <v>720</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786059014465</t>
+          <t>9786059014458</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Evina Becıreki</t>
+          <t>Meme u Eyşe - Zembilfiroş</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786059014229</t>
+          <t>9786059014472</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Dayik</t>
+          <t>Gotinen Peşiyan</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786059014250</t>
+          <t>3990000027711</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Rajena Kurdi</t>
+          <t>Çewlika Heywanan</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786059014090</t>
+          <t>9786059014540</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Berbejna Re</t>
+          <t>Stranen Evini</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>3990000018278</t>
+          <t>9786059014489</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Cami'eya Risaleyan u Hikayetan Bi Zimane Kurmanci</t>
+          <t>Hibra Sor</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>490</v>
+        <v>220</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>3990000033846</t>
+          <t>9786059014342</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Siwaren Reş Ji Pişta Behran Hatin</t>
+          <t>Xewle Ye Xewn?</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786059014151</t>
+          <t>9786059014601</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Miriyen Sade</t>
+          <t>Jan u Jiyan</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>230</v>
+        <v>175</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786059014113</t>
+          <t>9786059014335</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Gramera Behızur</t>
+          <t>Fincana Ferfuri</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786059014311</t>
+          <t>9786059014328</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Kaxez (Ciltli)</t>
+          <t>Li Du Te</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>490</v>
+        <v>200</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786059014137</t>
+          <t>9786059014588</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Korere</t>
+          <t>Şivereyen Lal</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>215</v>
+        <v>190</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786059014106</t>
+          <t>9786059014618</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Cihuye Xweşkok</t>
+          <t>Atlasa Nigaşan</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786059014175</t>
+          <t>9786059014465</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Siya Şeve</t>
+          <t>Evina Becıreki</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786059014212</t>
+          <t>9786059014229</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Ciwanen Bexwede</t>
+          <t>Dayik</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786059014243</t>
+          <t>9786059014250</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Lı Paş Deriyen Dadayi</t>
+          <t>Rajena Kurdi</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786059014021</t>
+          <t>9786059014090</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Reya Beveger</t>
+          <t>Berbejna Re</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>515</v>
+        <v>220</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786054497782</t>
+          <t>3990000018278</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Sefernameya Hezar u Yek Fersengi</t>
+          <t>Cami'eya Risaleyan u Hikayetan Bi Zimane Kurmanci</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>275</v>
+        <v>490</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786054497751</t>
+          <t>3990000033846</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Uykusu Bölünenler</t>
+          <t>Siwaren Reş Ji Pişta Behran Hatin</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786054497775</t>
+          <t>9786059014151</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Payizokine Çavşil Ji Dile Xewne</t>
+          <t>Miriyen Sade</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786059014885</t>
+          <t>9786059014113</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Hosta Hovannes</t>
+          <t>Gramera Behızur</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786054497676</t>
+          <t>9786059014311</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Guman - 1 Zimane Kurdi</t>
+          <t>Kaxez (Ciltli)</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>470</v>
+        <v>490</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786054497607</t>
+          <t>9786059014137</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Hesir u Baran</t>
+          <t>Korere</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>190</v>
+        <v>215</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786059014007</t>
+          <t>9786059014106</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Nexşen Li Giyan</t>
+          <t>Cihuye Xweşkok</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>215</v>
+        <v>240</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>3990000025777</t>
+          <t>9786059014175</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Hezkiri</t>
+          <t>Siya Şeve</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>215</v>
+        <v>240</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786059014052</t>
+          <t>9786059014212</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Xewna Kolayi</t>
+          <t>Ciwanen Bexwede</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786054497942</t>
+          <t>9786059014243</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Tu Li Ku Yi?</t>
+          <t>Lı Paş Deriyen Dadayi</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>215</v>
+        <v>300</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786054497980</t>
+          <t>9786059014021</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>De Roj Hile</t>
+          <t>Reya Beveger</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>215</v>
+        <v>515</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786059014045</t>
+          <t>9786054497782</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Çave Te Roni</t>
+          <t>Sefernameya Hezar u Yek Fersengi</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>260</v>
+        <v>275</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786054497973</t>
+          <t>9786054497751</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Barbut</t>
+          <t>Uykusu Bölünenler</t>
         </is>
       </c>
       <c r="C374" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786059014199</t>
+          <t>9786054497775</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Edi Dereng Bu</t>
+          <t>Payizokine Çavşil Ji Dile Xewne</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786059014069</t>
+          <t>9786059014885</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Denge Dil</t>
+          <t>Hosta Hovannes</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>325</v>
+        <v>190</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786059295055</t>
+          <t>9786054497676</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>İtbari</t>
+          <t>Guman - 1 Zimane Kurdi</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>190</v>
+        <v>470</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786054497898</t>
+          <t>9786054497607</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Çiroken Dubliniyan</t>
+          <t>Hesir u Baran</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>340</v>
+        <v>190</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786054497669</t>
+          <t>9786059014007</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Folklora Kurdi</t>
+          <t>Nexşen Li Giyan</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>490</v>
+        <v>215</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786059295130</t>
+          <t>3990000025777</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Jineke Laşqot</t>
+          <t>Hezkiri</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>200</v>
+        <v>215</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786059295109</t>
+          <t>9786059014052</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Helange</t>
+          <t>Xewna Kolayi</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>325</v>
+        <v>190</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786059295147</t>
+          <t>9786054497942</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Matmayinen Ronyaye</t>
+          <t>Tu Li Ku Yi?</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>190</v>
+        <v>215</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786059295079</t>
+          <t>9786054497980</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Nergiza Lam ü Elife</t>
+          <t>De Roj Hile</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>140</v>
+        <v>215</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786057295048</t>
+          <t>9786059014045</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Çiyayen Bi Xwine Avdayi</t>
+          <t>Çave Te Roni</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>405</v>
+        <v>260</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786059295086</t>
+          <t>9786054497973</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Bedengi</t>
+          <t>Barbut</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>490</v>
+        <v>260</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786059295024</t>
+          <t>9786059014199</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Sitava Tariye</t>
+          <t>Edi Dereng Bu</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>385</v>
+        <v>325</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>3990009014410</t>
+          <t>9786059014069</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Lata Leron</t>
+          <t>Denge Dil</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786055683016</t>
+          <t>9786059295055</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Zaremya</t>
+          <t>İtbari</t>
         </is>
       </c>
       <c r="C388" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786058813069</t>
+          <t>9786054497898</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Zagros u Zerdeşt</t>
+          <t>Çiroken Dubliniyan</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>375</v>
+        <v>340</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789756179505</t>
+          <t>9786054497669</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kent Dedikoduları / Gelaciyen Bajare Nu</t>
+          <t>Folklora Kurdi</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>240</v>
+        <v>490</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786055683306</t>
+          <t>9786059295130</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Yadaşt</t>
+          <t>Jineke Laşqot</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>540</v>
+        <v>200</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786054497386</t>
+          <t>9786059295109</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Xunava Gulan</t>
+          <t>Helange</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>3990000022499</t>
+          <t>9786059295147</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Xewna Şeveke Havine</t>
+          <t>Matmayinen Ronyaye</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786055683252</t>
+          <t>9786059295079</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Varjabed</t>
+          <t>Nergiza Lam ü Elife</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789756179512</t>
+          <t>9786057295048</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Üşüyen / Efsıri</t>
+          <t>Çiyayen Bi Xwine Avdayi</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>240</v>
+        <v>405</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789756179475</t>
+          <t>9786059295086</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Üç Başlı Ejdarha / Ejdehaye Seseri</t>
+          <t>Bedengi</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>325</v>
+        <v>490</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786055683269</t>
+          <t>9786059295024</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>U Çiya Ji Dinalin</t>
+          <t>Sitava Tariye</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>230</v>
+        <v>385</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786059295567</t>
+          <t>3990009014410</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Travma ve Islahat</t>
+          <t>Lata Leron</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786054497379</t>
+          <t>9786055683016</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Tevna Holejine</t>
+          <t>Zaremya</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789756179659</t>
+          <t>9786058813069</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Taşlar Şahit (Ciltli)</t>
+          <t>Zagros u Zerdeşt</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>180</v>
+        <v>375</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786059295901</t>
+          <t>9789756179505</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Tango ve Diyarbakır</t>
+          <t>Yeni Kent Dedikoduları / Gelaciyen Bajare Nu</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>325</v>
+        <v>240</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786058813038</t>
+          <t>9786055683306</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Şoreşgere Esra Teng</t>
+          <t>Yadaşt</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>200</v>
+        <v>540</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786054497188</t>
+          <t>9786054497386</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Şinok</t>
+          <t>Xunava Gulan</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>215</v>
+        <v>200</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789756179154</t>
+          <t>3990000022499</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Şeven Winda Weneyen Meçhul</t>
+          <t>Xewna Şeveke Havine</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789756179345</t>
+          <t>9786055683252</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Şev ü Gülistan</t>
+          <t>Varjabed</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789756179697</t>
+          <t>9789756179512</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Şev ü Deng</t>
+          <t>Üşüyen / Efsıri</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786054497317</t>
+          <t>9789756179475</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Şahiya Herse</t>
+          <t>Üç Başlı Ejdarha / Ejdehaye Seseri</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>230</v>
+        <v>325</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786055683108</t>
+          <t>9786055683269</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Şahinşahe Portekize</t>
+          <t>U Çiya Ji Dinalin</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789756179000</t>
+          <t>9786059295567</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Sözüm Haritadan Dışarı</t>
+          <t>Travma ve Islahat</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>190</v>
+        <v>375</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789756179536</t>
+          <t>9786054497379</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Sisler Korkular</t>
+          <t>Tevna Holejine</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789756179680</t>
+          <t>9789756179659</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Si Bi Roje Xweşik e</t>
+          <t>Taşlar Şahit (Ciltli)</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786054497362</t>
+          <t>9786059295901</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Seva Bı Tır</t>
+          <t>Tango ve Diyarbakır</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>215</v>
+        <v>325</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789756179673</t>
+          <t>9786058813038</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Sev Ji Me Dikujin</t>
+          <t>Şoreşgere Esra Teng</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789756179130</t>
+          <t>9786054497188</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Rojda</t>
+          <t>Şinok</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>260</v>
+        <v>215</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786054497010</t>
+          <t>9789756179154</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Qolyeya Cecilee</t>
+          <t>Şeven Winda Weneyen Meçhul</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789756179031</t>
+          <t>9789756179345</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Pisik ji Xewnan Dibinin</t>
+          <t>Şev ü Gülistan</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786055683177</t>
+          <t>9789756179697</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Pevşabunen Şin - Mavi Sevişmeler</t>
+          <t>Şev ü Deng</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786056211218</t>
+          <t>9786054497317</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Peşengeha Suretan</t>
+          <t>Şahiya Herse</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786054497324</t>
+          <t>9786055683108</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Penç Kulilken Zıvıstane</t>
+          <t>Şahinşahe Portekize</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>215</v>
+        <v>340</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786055683139</t>
+          <t>9789756179000</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Otobes - Otobüs</t>
+          <t>Sözüm Haritadan Dışarı</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786055683214</t>
+          <t>9789756179536</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Nüçe Ü Nüçevani 3Ç 3K</t>
+          <t>Sisler Korkular</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789756179543</t>
+          <t>9789756179680</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Nameyek Ji Xwede Re</t>
+          <t>Si Bi Roje Xweşik e</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>340</v>
+        <v>190</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786054497447</t>
+          <t>9786054497362</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Morof</t>
+          <t>Seva Bı Tır</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>220</v>
+        <v>215</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786055683047</t>
+          <t>9789756179673</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Mişexti</t>
+          <t>Sev Ji Me Dikujin</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786059014946</t>
+          <t>9789756179130</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Miriye Heram</t>
+          <t>Rojda</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786058813083</t>
+          <t>9786054497010</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Mirina Besi</t>
+          <t>Qolyeya Cecilee</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>310</v>
+        <v>450</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786055683184</t>
+          <t>9789756179031</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Mirin Di Xewe De Bu Bepar - Ölüm Uykudaydı Yoksun</t>
+          <t>Pisik ji Xewnan Dibinin</t>
         </is>
       </c>
       <c r="C427" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786054497515</t>
+          <t>9786055683177</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Mezrecelil</t>
+          <t>Pevşabunen Şin - Mavi Sevişmeler</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786057535153</t>
+          <t>9786056211218</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya Uygarlığı’nda Hakkari</t>
+          <t>Peşengeha Suretan</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>750</v>
+        <v>340</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789756179239</t>
+          <t>9786054497324</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Meyman</t>
+          <t>Penç Kulilken Zıvıstane</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>200</v>
+        <v>215</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786054497232</t>
+          <t>9786055683139</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Merike Lal</t>
+          <t>Otobes - Otobüs</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786058813045</t>
+          <t>9786055683214</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Medrese</t>
+          <t>Nüçe Ü Nüçevani 3Ç 3K</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789756179499</t>
+          <t>9789756179543</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Madrit’te Ölmek / Mırına Lı Madride</t>
+          <t>Nameyek Ji Xwede Re</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786059014922</t>
+          <t>9786054497447</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Li Goristaneke Amede</t>
+          <t>Morof</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786054497072</t>
+          <t>9786055683047</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Letife</t>
+          <t>Mişexti</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786054497492</t>
+          <t>9786059014946</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Kurdistan ü Kurd</t>
+          <t>Miriye Heram</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>385</v>
+        <v>200</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786056211232</t>
+          <t>9786058813083</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Kurdistan u Prosesa İslamkirina Kurdan</t>
+          <t>Mirina Besi</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>385</v>
+        <v>310</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786054497553</t>
+          <t>9786055683184</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Kurden Elmanyaye</t>
+          <t>Mirin Di Xewe De Bu Bepar - Ölüm Uykudaydı Yoksun</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>325</v>
+        <v>240</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786055683092</t>
+          <t>9786054497515</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Kulilkvedana Gezgezke</t>
+          <t>Mezrecelil</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789756179567</t>
+          <t>9786057535153</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Kirazların Haziranı / Püşpera Gelazan</t>
+          <t>Mezopotamya Uygarlığı’nda Hakkari</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>240</v>
+        <v>750</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786056211270</t>
+          <t>9789756179239</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Keşana Lekeran</t>
+          <t>Meyman</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>310</v>
+        <v>200</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786056211256</t>
+          <t>9786054497232</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Keleh</t>
+          <t>Merike Lal</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786054497331</t>
+          <t>9786058813045</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Kefaret</t>
+          <t>Medrese</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>215</v>
+        <v>230</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786055683115</t>
+          <t>9789756179499</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Ji Vittulaye Muzika Popüler</t>
+          <t>Madrit’te Ölmek / Mırına Lı Madride</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786057535207</t>
+          <t>9786059014922</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Jana Gel</t>
+          <t>Li Goristaneke Amede</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789756179482</t>
+          <t>9786054497072</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>İstasyonda Başladı Hayat / Jiyane Lı İstasyone Dest Pe Kır</t>
+          <t>Letife</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>340</v>
+        <v>260</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786054497133</t>
+          <t>9786054497492</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Hevale Çak</t>
+          <t>Kurdistan ü Kurd</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>340</v>
+        <v>385</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786054497041</t>
+          <t>9786056211232</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Hesret Defter Hemu Berhem Cilda: 1</t>
+          <t>Kurdistan u Prosesa İslamkirina Kurdan</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>590</v>
+        <v>385</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789756179642</t>
+          <t>9786054497553</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Heciye Cindi - Jiyan u Kar</t>
+          <t>Kurden Elmanyaye</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>350</v>
+        <v>325</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786059295635</t>
+          <t>9786055683092</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Hakkari Suretleri</t>
+          <t>Kulilkvedana Gezgezke</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786059295277</t>
+          <t>9789756179567</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Guneh</t>
+          <t>Kirazların Haziranı / Püşpera Gelazan</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786059014700</t>
+          <t>9786056211270</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Gundike Dono</t>
+          <t>Keşana Lekeran</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786054497423</t>
+          <t>9786056211256</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Gunde Merxasan</t>
+          <t>Keleh</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>310</v>
+        <v>260</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789756179413</t>
+          <t>9786054497331</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Govenda Li Ber Mirine</t>
+          <t>Kefaret</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>275</v>
+        <v>215</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786055683405</t>
+          <t>9786055683115</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Girava Gencineye</t>
+          <t>Ji Vittulaye Muzika Popüler</t>
         </is>
       </c>
       <c r="C455" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786054497058</t>
+          <t>9786057535207</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Ferike Usiv Suretsufe</t>
+          <t>Jana Gel</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789756179048</t>
+          <t>9789756179482</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Ferhenga Sirgune</t>
+          <t>İstasyonda Başladı Hayat / Jiyane Lı İstasyone Dest Pe Kır</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786055683160</t>
+          <t>9786054497133</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Ezdiyati Oleke He ji Nenaskiri</t>
+          <t>Hevale Çak</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>375</v>
+        <v>340</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789756179574</t>
+          <t>9786054497041</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Evina Merxaseki</t>
+          <t>Hesret Defter Hemu Berhem Cilda: 1</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>560</v>
+        <v>590</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786056211294</t>
+          <t>9789756179642</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Ev Nameya Min e Ji Cîhane Re</t>
+          <t>Heciye Cindi - Jiyan u Kar</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786054497591</t>
+          <t>9786059295635</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Eşqa Semaye</t>
+          <t>Hakkari Suretleri</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786059295161</t>
+          <t>9786059295277</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Deqen Qesas</t>
+          <t>Guneh</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786054497416</t>
+          <t>9786059014700</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Denizin Söylediği Gotina Deryaye ye</t>
+          <t>Gundike Dono</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786057535610</t>
+          <t>9786054497423</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Dara Pelweşiyayi (Yaprakları Dökülmüş Ağaç)</t>
+          <t>Gunde Merxasan</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>260</v>
+        <v>310</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786055683023</t>
+          <t>9789756179413</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Çilken Penuse</t>
+          <t>Govenda Li Ber Mirine</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786054497287</t>
+          <t>9786055683405</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Çamur</t>
+          <t>Girava Gencineye</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786054497171</t>
+          <t>9786054497058</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Civina Pelavan</t>
+          <t>Ferike Usiv Suretsufe</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786055683290</t>
+          <t>9789756179048</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Cewahiren Kurdi</t>
+          <t>Ferhenga Sirgune</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789756179581</t>
+          <t>9786055683160</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Celile</t>
+          <t>Ezdiyati Oleke He ji Nenaskiri</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>215</v>
+        <v>375</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786059295543</t>
+          <t>9789756179574</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Bişenga Deşta Dur</t>
+          <t>Evina Merxaseki</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>200</v>
+        <v>560</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789756179185</t>
+          <t>9786056211294</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Bistan Hatin Berdan</t>
+          <t>Ev Nameya Min e Ji Cîhane Re</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786054497584</t>
+          <t>9786054497591</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Bi Heft Dengan Gazi Dikim</t>
+          <t>Eşqa Semaye</t>
         </is>
       </c>
       <c r="C472" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786054497348</t>
+          <t>9786059295161</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Bedengi u Tışten Dın</t>
+          <t>Deqen Qesas</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786054497157</t>
+          <t>9786054497416</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Auslander Beg</t>
+          <t>Denizin Söylediği Gotina Deryaye ye</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789756179260</t>
+          <t>9786057535610</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Anzu</t>
+          <t>Dara Pelweşiyayi (Yaprakları Dökülmüş Ağaç)</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9799756179085</t>
+          <t>9786055683023</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Yurdu / Elih</t>
+          <t>Çilken Penuse</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>215</v>
+        <v>200</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
+          <t>9786054497287</t>
+        </is>
+      </c>
+      <c r="B477" s="1" t="inlineStr">
+        <is>
+          <t>Çamur</t>
+        </is>
+      </c>
+      <c r="C477" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="478" spans="1:3">
+      <c r="A478" s="1" t="inlineStr">
+        <is>
+          <t>9786054497171</t>
+        </is>
+      </c>
+      <c r="B478" s="1" t="inlineStr">
+        <is>
+          <t>Civina Pelavan</t>
+        </is>
+      </c>
+      <c r="C478" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="479" spans="1:3">
+      <c r="A479" s="1" t="inlineStr">
+        <is>
+          <t>9786055683290</t>
+        </is>
+      </c>
+      <c r="B479" s="1" t="inlineStr">
+        <is>
+          <t>Cewahiren Kurdi</t>
+        </is>
+      </c>
+      <c r="C479" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="480" spans="1:3">
+      <c r="A480" s="1" t="inlineStr">
+        <is>
+          <t>9789756179581</t>
+        </is>
+      </c>
+      <c r="B480" s="1" t="inlineStr">
+        <is>
+          <t>Celile</t>
+        </is>
+      </c>
+      <c r="C480" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="481" spans="1:3">
+      <c r="A481" s="1" t="inlineStr">
+        <is>
+          <t>9786059295543</t>
+        </is>
+      </c>
+      <c r="B481" s="1" t="inlineStr">
+        <is>
+          <t>Bişenga Deşta Dur</t>
+        </is>
+      </c>
+      <c r="C481" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="482" spans="1:3">
+      <c r="A482" s="1" t="inlineStr">
+        <is>
+          <t>9789756179185</t>
+        </is>
+      </c>
+      <c r="B482" s="1" t="inlineStr">
+        <is>
+          <t>Bistan Hatin Berdan</t>
+        </is>
+      </c>
+      <c r="C482" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="483" spans="1:3">
+      <c r="A483" s="1" t="inlineStr">
+        <is>
+          <t>9786054497584</t>
+        </is>
+      </c>
+      <c r="B483" s="1" t="inlineStr">
+        <is>
+          <t>Bi Heft Dengan Gazi Dikim</t>
+        </is>
+      </c>
+      <c r="C483" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="484" spans="1:3">
+      <c r="A484" s="1" t="inlineStr">
+        <is>
+          <t>9786054497348</t>
+        </is>
+      </c>
+      <c r="B484" s="1" t="inlineStr">
+        <is>
+          <t>Bedengi u Tışten Dın</t>
+        </is>
+      </c>
+      <c r="C484" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="485" spans="1:3">
+      <c r="A485" s="1" t="inlineStr">
+        <is>
+          <t>9786054497157</t>
+        </is>
+      </c>
+      <c r="B485" s="1" t="inlineStr">
+        <is>
+          <t>Auslander Beg</t>
+        </is>
+      </c>
+      <c r="C485" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="486" spans="1:3">
+      <c r="A486" s="1" t="inlineStr">
+        <is>
+          <t>9789756179260</t>
+        </is>
+      </c>
+      <c r="B486" s="1" t="inlineStr">
+        <is>
+          <t>Anzu</t>
+        </is>
+      </c>
+      <c r="C486" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="487" spans="1:3">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
+          <t>9799756179085</t>
+        </is>
+      </c>
+      <c r="B487" s="1" t="inlineStr">
+        <is>
+          <t>Allah’ın Yurdu / Elih</t>
+        </is>
+      </c>
+      <c r="C487" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="488" spans="1:3">
+      <c r="A488" s="1" t="inlineStr">
+        <is>
           <t>9786055683283</t>
         </is>
       </c>
-      <c r="B477" s="1" t="inlineStr">
+      <c r="B488" s="1" t="inlineStr">
         <is>
           <t>Adat u Rusümatnameye Ekradiye</t>
         </is>
       </c>
-      <c r="C477" s="1">
+      <c r="C488" s="1">
         <v>405</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>