--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,7345 +85,7375 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256626218</t>
+          <t>9789756179314</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Xwina Miriyan Doşav e</t>
+          <t>Mem ü Zin</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256626201</t>
+          <t>9786054497355</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Zengeşev</t>
+          <t>Kürt Filozofu Şeyh Ehmede Xani Hazretleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256626317</t>
+          <t>9786256626218</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Omeriya Mirsom</t>
+          <t>Xwina Miriyan Doşav e</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256626263</t>
+          <t>9786256626201</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Şiyari Xwe Be</t>
+          <t>Zengeşev</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256626270</t>
+          <t>9786256626317</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Wergera Edebi Di Kurdi De</t>
+          <t>Omeriya Mirsom</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>415</v>
+        <v>450</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256626225</t>
+          <t>9786256626263</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Li Geliye Goyane Roman Li Diyarbekire Şiir</t>
+          <t>Şiyari Xwe Be</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256626232</t>
+          <t>9786256626270</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Felaket im</t>
+          <t>Wergera Edebi Di Kurdi De</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>190</v>
+        <v>415</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256626188</t>
+          <t>9786256626225</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Jan</t>
+          <t>Li Geliye Goyane Roman Li Diyarbekire Şiir</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256626300</t>
+          <t>9786256626232</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Di Navbera Du Banerman De</t>
+          <t>Felaket im</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256626249</t>
+          <t>9786256626188</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Binyat u Vegotin</t>
+          <t>Jan</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256626195</t>
+          <t>9786256626300</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bazirgane Xeyalan</t>
+          <t>Di Navbera Du Banerman De</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>375</v>
+        <v>230</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9759756179444</t>
+          <t>9786256626249</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hevind</t>
+          <t>Binyat u Vegotin</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055683054</t>
+          <t>9786256626195</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Denge Xwine</t>
+          <t>Bazirgane Xeyalan</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>215</v>
+        <v>375</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257724661</t>
+          <t>9759756179444</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Dera Extermane Evin Ü Berxwedan</t>
+          <t>Hevind</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057535863</t>
+          <t>9786055683054</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Şahıdeki Komkujiya Geliye Zilan Tahır Nas</t>
+          <t>Denge Xwine</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>215</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786058140738</t>
+          <t>9786257724661</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Behna Dara Since</t>
+          <t>Dera Extermane Evin Ü Berxwedan</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059014380</t>
+          <t>9786057535863</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin-i Eyyubi</t>
+          <t>Şahıdeki Komkujiya Geliye Zilan Tahır Nas</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>490</v>
+        <v>300</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054497201</t>
+          <t>9786058140738</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hejarino</t>
+          <t>Behna Dara Since</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786056211287</t>
+          <t>9786059014380</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Dozdeh Çirk</t>
+          <t>Selahaddin-i Eyyubi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>490</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786054497119</t>
+          <t>9786054497201</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Diyarbekir El Sallıyor / Diyarbekir Dest Li Ba Dike / Diyarbekir is Waving It’s Hands</t>
+          <t>Hejarino</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786056211225</t>
+          <t>9786056211287</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Diwana Feqiye Teyran (Ciltli)</t>
+          <t>Dozdeh Çirk</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>710</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059014281</t>
+          <t>9786054497119</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Dimdim</t>
+          <t>Diyarbekir El Sallıyor / Diyarbekir Dest Li Ba Dike / Diyarbekir is Waving It’s Hands</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786056211249</t>
+          <t>9786056211225</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Çavderiyen Barbareki</t>
+          <t>Diwana Feqiye Teyran (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>710</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059014076</t>
+          <t>9786059014281</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Deste De</t>
+          <t>Dimdim</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057535238</t>
+          <t>9786056211249</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hemü Berhem</t>
+          <t>Çavderiyen Barbareki</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057535191</t>
+          <t>9786059014076</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kitaplar Lafızları Farklı Ama Ruhları Aynı</t>
+          <t>Deste De</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>470</v>
+        <v>230</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057535122</t>
+          <t>9786057535238</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ya Ba Ye Ya Baran E</t>
+          <t>Hemü Berhem</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059295444</t>
+          <t>9786057535191</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sözün Bittiği Yeri Arar Gözlerin</t>
+          <t>Kutsal Kitaplar Lafızları Farklı Ama Ruhları Aynı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>300</v>
+        <v>470</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059295116</t>
+          <t>9786057535122</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Teoriyen Folklore</t>
+          <t>Ya Ba Ye Ya Baran E</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789756179666</t>
+          <t>9786059295444</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Zevalsiz Ömrün Sürgünü Mehmed Uzun</t>
+          <t>Sözün Bittiği Yeri Arar Gözlerin</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>650</v>
+        <v>300</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059295581</t>
+          <t>9786059295116</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Xate Xanım</t>
+          <t>Teoriyen Folklore</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055683375</t>
+          <t>9789756179666</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Serpehatiyen Ulysses</t>
+          <t>Zevalsiz Ömrün Sürgünü Mehmed Uzun</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055683078</t>
+          <t>9786059295581</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Salname</t>
+          <t>Xate Xanım</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>215</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059295307</t>
+          <t>9786055683375</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Meme Alan</t>
+          <t>Serpehatiyen Ulysses</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059295239</t>
+          <t>9786055683078</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Dayik Amida</t>
+          <t>Salname</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>175</v>
+        <v>215</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059014847</t>
+          <t>9786059295307</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Gazıya Welat</t>
+          <t>Meme Alan</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059014724</t>
+          <t>9786059295239</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Çar Leheng</t>
+          <t>Dayik Amida</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786054497928</t>
+          <t>9786059014847</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Feqiye Teyran u Tuma</t>
+          <t>Gazıya Welat</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789756179383</t>
+          <t>9786059014724</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kleopatre</t>
+          <t>Çar Leheng</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059014496</t>
+          <t>9786054497928</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Keviren Bendewariye</t>
+          <t>Feqiye Teyran u Tuma</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786054497294</t>
+          <t>9789756179383</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Her Du Jiyanname</t>
+          <t>Kleopatre</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059014359</t>
+          <t>9786059014496</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Ferhenga Termen Matematike</t>
+          <t>Keviren Bendewariye</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>490</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057535702</t>
+          <t>9786054497294</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kulilken Mala Mıriyan</t>
+          <t>Her Du Jiyanname</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257724135</t>
+          <t>9786059014359</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kürt Gözüyle Yılmaz Güney</t>
+          <t>Ferhenga Termen Matematike</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>240</v>
+        <v>490</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057535917</t>
+          <t>9786057535702</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Qıjalk</t>
+          <t>Kulilken Mala Mıriyan</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057535856</t>
+          <t>9786257724135</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Saatli Muhalif Takvimi</t>
+          <t>Kürt Gözüyle Yılmaz Güney</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057496652</t>
+          <t>9786057535917</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ware Firaran</t>
+          <t>Qıjalk</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057535467</t>
+          <t>9786057535856</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Pirtuka Tenetiye</t>
+          <t>Saatli Muhalif Takvimi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>440</v>
+        <v>350</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256626065</t>
+          <t>9786057496652</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kurd û Ereb (Ciltli)</t>
+          <t>Ware Firaran</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256626171</t>
+          <t>9786057535467</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kürtler Ve Araplar (Ciltli)</t>
+          <t>Pirtuka Tenetiye</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>400</v>
+        <v>440</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786055683061</t>
+          <t>9786256626065</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Şıvane Kurmanca (Ciltli)</t>
+          <t>Kurd û Ereb (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789756179277</t>
+          <t>9786256626171</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Peşmerge</t>
+          <t>Kürtler Ve Araplar (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9726054491205</t>
+          <t>9786055683061</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Qutiya Dil</t>
+          <t>Şıvane Kurmanca (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>4440000002897</t>
+          <t>9789756179277</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Niviskaren Jin Kadın Yazarlar 2</t>
+          <t>Peşmerge</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>1200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>4440000002896</t>
+          <t>9726054491205</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Niviskaren Jin Kadın Yazarlar 1</t>
+          <t>Qutiya Dil</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>1200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>3990000027708</t>
+          <t>4440000002897</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Midyat'tan Baltık Kıyılarına Heverkan Sultanları- 2</t>
+          <t>Niviskaren Jin Kadın Yazarlar 2</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>220</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057535320</t>
+          <t>4440000002896</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hesabger</t>
+          <t>Niviskaren Jin Kadın Yazarlar 1</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>215</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>4440000002891</t>
+          <t>3990000027708</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Seta Bave Naze - Bave Naze Seti</t>
+          <t>Midyat'tan Baltık Kıyılarına Heverkan Sultanları- 2</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>1300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789756179352</t>
+          <t>9786057535320</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Hopo</t>
+          <t>Hesabger</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>375</v>
+        <v>215</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786054497300</t>
+          <t>4440000002891</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarım</t>
+          <t>Seta Bave Naze - Bave Naze Seti</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>300</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786054497539</t>
+          <t>9789756179352</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır Kabadayıları</t>
+          <t>Hopo</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>3990000030065</t>
+          <t>9786054497300</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Cegerxwin (Ronahi Li Pey Tari Ye - Ji Min Dil Bir Bi Carek) (Ciltli)</t>
+          <t>Hatıralarım</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>4500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>3990000054122</t>
+          <t>9786054497539</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ferhenga Biwejan - Deyimler Sözlüğü (3 Cilt Takım)</t>
+          <t>Diyarbakır Kabadayıları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>4500</v>
+        <v>325</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789756179123</t>
+          <t>3990000030065</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Şopa Neşuşti</t>
+          <t>Cegerxwin (Ronahi Li Pey Tari Ye - Ji Min Dil Bir Bi Carek) (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>200</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786054497096</t>
+          <t>3990000054122</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Beth-Nahrin</t>
+          <t>Ferhenga Biwejan - Deyimler Sözlüğü (3 Cilt Takım)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>130</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>3990000070351</t>
+          <t>9789756179123</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Said Hareketi Tanıkların Anlatımı İle</t>
+          <t>Şopa Neşuşti</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>3990000026411</t>
+          <t>9786054497096</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bartlebye Nivisevan</t>
+          <t>Beth-Nahrin</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>3990000020547</t>
+          <t>3990000070351</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Rojeke Bi Tena Sere Xwe</t>
+          <t>Şeyh Said Hareketi Tanıkların Anlatımı İle</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>550</v>
+        <v>340</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057535214</t>
+          <t>3990000026411</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Hewari</t>
+          <t>Bartlebye Nivisevan</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>580</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055683122</t>
+          <t>3990000020547</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Peşbaziya Çiroken Neqediyayi - Bitmemiş Öyküler Yarışması</t>
+          <t>Rojeke Bi Tena Sere Xwe</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>310</v>
+        <v>550</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789756179161</t>
+          <t>9786057535214</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bi Kurdi Hezkirineke Bide Min / Bana Kürtçe Bir Sevgi Ver</t>
+          <t>Hewari</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>130</v>
+        <v>580</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789756179062</t>
+          <t>9786055683122</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Adınla Vurulup Ölmek</t>
+          <t>Peşbaziya Çiroken Neqediyayi - Bitmemiş Öyküler Yarışması</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>190</v>
+        <v>310</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059295284</t>
+          <t>9789756179161</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Hespen Reş Bayen Sorgevez</t>
+          <t>Bi Kurdi Hezkirineke Bide Min / Bana Kürtçe Bir Sevgi Ver</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059295123</t>
+          <t>9789756179062</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Banga Cegerxwin Ji Gore</t>
+          <t>Adınla Vurulup Ölmek</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057535290</t>
+          <t>9786059295284</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Xoşxwan</t>
+          <t>Hespen Reş Bayen Sorgevez</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057535870</t>
+          <t>9786059295123</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Edebiyata Devki Ü Şer</t>
+          <t>Banga Cegerxwin Ji Gore</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>415</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057535719</t>
+          <t>9786057535290</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Komara Demokratik a Kurdistane</t>
+          <t>Xoşxwan</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257724029</t>
+          <t>9786057535870</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kurmanced Elegeze</t>
+          <t>Edebiyata Devki Ü Şer</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>175</v>
+        <v>415</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257724685</t>
+          <t>9786057535719</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Dilwar</t>
+          <t>Komara Demokratik a Kurdistane</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>175</v>
+        <v>230</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257724883</t>
+          <t>9786257724029</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Keskesora Çiya</t>
+          <t>Kurmanced Elegeze</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>325</v>
+        <v>175</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257724876</t>
+          <t>9786257724685</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Deftera Kurdeki Penaber</t>
+          <t>Dilwar</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257724852</t>
+          <t>9786257724883</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Biranin ü Serhati</t>
+          <t>Keskesora Çiya</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>375</v>
+        <v>325</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257724906</t>
+          <t>9786257724876</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Du Dinya</t>
+          <t>Deftera Kurdeki Penaber</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>215</v>
+        <v>350</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257724340</t>
+          <t>9786257724852</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kerwan</t>
+          <t>Biranin ü Serhati</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257724401</t>
+          <t>9786257724906</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Lo U Pirsen Mezin</t>
+          <t>Du Dinya</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>260</v>
+        <v>215</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786058140769</t>
+          <t>9786257724340</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Xana Xeme</t>
+          <t>Kerwan</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>215</v>
+        <v>200</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057535016</t>
+          <t>9786257724401</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kabil Nerede Habil? - Kabil Ka Habil?</t>
+          <t>Lo U Pirsen Mezin</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786058140776</t>
+          <t>9786058140769</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Cemile: Çarkın Kırıla Felek</t>
+          <t>Xana Xeme</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>310</v>
+        <v>215</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786058152199</t>
+          <t>9786057535016</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Böbreği Kim Yedi?</t>
+          <t>Kabil Nerede Habil? - Kabil Ka Habil?</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057535085</t>
+          <t>9786058140776</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Dılname</t>
+          <t>Cemile: Çarkın Kırıla Felek</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059295772</t>
+          <t>9786058152199</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Metni Veren Ye Kirdki</t>
+          <t>Böbreği Kim Yedi?</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059014809</t>
+          <t>9786057535085</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kılamen Dersime</t>
+          <t>Dılname</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786054497478</t>
+          <t>9786059295772</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kişik</t>
+          <t>Metni Veren Ye Kirdki</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786055683399</t>
+          <t>9786059014809</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Hetiketi</t>
+          <t>Kılamen Dersime</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786054497614</t>
+          <t>9786054497478</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Hamlet - Mirzaye Denmarke</t>
+          <t>Kişik</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055683085</t>
+          <t>9786055683399</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Gurequm (Ciltli)</t>
+          <t>Hetiketi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055683238</t>
+          <t>9786054497614</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Ew Xanima Hene</t>
+          <t>Hamlet - Mirzaye Denmarke</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>215</v>
+        <v>375</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786054497140</t>
+          <t>9786055683085</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Diyariye Sersale</t>
+          <t>Gurequm (Ciltli)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786058813021</t>
+          <t>9786055683238</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Deriye Sibehe</t>
+          <t>Ew Xanima Hene</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>190</v>
+        <v>215</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786054497164</t>
+          <t>9786054497140</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Defter</t>
+          <t>Diyariye Sersale</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059295864</t>
+          <t>9786058813021</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Xaniye Şin</t>
+          <t>Deriye Sibehe</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059295291</t>
+          <t>9786054497164</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Koloniya Tawane</t>
+          <t>Defter</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059014830</t>
+          <t>9786059295864</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Evdırehım Rehmı Hekarı</t>
+          <t>Xaniye Şin</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059295338</t>
+          <t>9786059295291</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Xewna Dawı</t>
+          <t>Koloniya Tawane</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>3990000042468</t>
+          <t>9786059014830</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Uygarlık</t>
+          <t>Evdırehım Rehmı Hekarı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>590</v>
+        <v>260</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786058152175</t>
+          <t>9786059295338</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Şevek Şizofren</t>
+          <t>Xewna Dawı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>385</v>
+        <v>230</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059295673</t>
+          <t>3990000042468</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Reyahin-i Aşk</t>
+          <t>Tarih ve Uygarlık</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>340</v>
+        <v>590</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059295512</t>
+          <t>9786058152175</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Maziye Aşka Sevgiliye</t>
+          <t>Şevek Şizofren</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>190</v>
+        <v>385</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059295970</t>
+          <t>9786059295673</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Hedersmord Li Swede</t>
+          <t>Reyahin-i Aşk</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786054497522</t>
+          <t>9786059295512</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Zarokên Ber Çem</t>
+          <t>Maziye Aşka Sevgiliye</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>515</v>
+        <v>190</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055683221</t>
+          <t>9786059295970</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Titirwask</t>
+          <t>Hedersmord Li Swede</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786058813076</t>
+          <t>9786054497522</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Şewa Dawi</t>
+          <t>Zarokên Ber Çem</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>340</v>
+        <v>515</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789756179093</t>
+          <t>9786055683221</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Sebariye Merdine 1: Kıtım</t>
+          <t>Titirwask</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>325</v>
+        <v>600</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786059295154</t>
+          <t>9786058813076</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Rojniviska Spinoza</t>
+          <t>Şewa Dawi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>325</v>
+        <v>340</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786055683382</t>
+          <t>9789756179093</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Mişk u Mirov</t>
+          <t>Sebariye Merdine 1: Kıtım</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>230</v>
+        <v>325</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786056211263</t>
+          <t>9786059295154</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Piling</t>
+          <t>Rojniviska Spinoza</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>240</v>
+        <v>325</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786058813090</t>
+          <t>9786055683382</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Meryema</t>
+          <t>Mişk u Mirov</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786054497485</t>
+          <t>9786056211263</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Li Ber Sikrate</t>
+          <t>Piling</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>325</v>
+        <v>240</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786054497546</t>
+          <t>9786058813090</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Beyom</t>
+          <t>Meryema</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789756179451</t>
+          <t>9786054497485</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Balgifa Mar / Yılan Yastığı</t>
+          <t>Li Ber Sikrate</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>310</v>
+        <v>325</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059295598</t>
+          <t>9786054497546</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Arduda</t>
+          <t>Beyom</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786054497461</t>
+          <t>9789756179451</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Alfabeya Kurdi</t>
+          <t>Balgifa Mar / Yılan Yastığı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>230</v>
+        <v>310</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059295093</t>
+          <t>9786059295598</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Dema Ku Bi Pinpinikan Şa Dibim</t>
+          <t>Arduda</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>3990000017692</t>
+          <t>9786054497461</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Ji Duriye Re</t>
+          <t>Alfabeya Kurdi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>215</v>
+        <v>230</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786054497881</t>
+          <t>9786059295093</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Serencama Mirineke</t>
+          <t>Dema Ku Bi Pinpinikan Şa Dibim</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>215</v>
+        <v>190</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059014625</t>
+          <t>3990000017692</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Helbesta Cegerxwin Ü İqtidar</t>
+          <t>Ji Duriye Re</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>230</v>
+        <v>215</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786054497935</t>
+          <t>9786054497881</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Komediya Mirovahiye</t>
+          <t>Serencama Mirineke</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>340</v>
+        <v>215</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786054497911</t>
+          <t>9786059014625</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Diyarbekir El Sallıyor / Diyarbekir Dest Li Ba Dike / Diyarbekir Grübt (Ciltli)</t>
+          <t>Helbesta Cegerxwin Ü İqtidar</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059014441</t>
+          <t>9786054497935</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Bindaruk</t>
+          <t>Komediya Mirovahiye</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059014595</t>
+          <t>9786054497911</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Deq</t>
+          <t>Diyarbekir El Sallıyor / Diyarbekir Dest Li Ba Dike / Diyarbekir Grübt (Ciltli)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>175</v>
+        <v>215</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059014168</t>
+          <t>9786059014441</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Sisırke Hesıni</t>
+          <t>Bindaruk</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786054497997</t>
+          <t>9786059014595</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Selpakfiroş</t>
+          <t>Deq</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059014120</t>
+          <t>9786059014168</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Keleha Spi</t>
+          <t>Sisırke Hesıni</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059014427</t>
+          <t>9786054497997</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Meme u Eyşe</t>
+          <t>Selpakfiroş</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057496669</t>
+          <t>9786059014120</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Xelile Çaçan Xizmeta Malbateke A 100 Salan</t>
+          <t>Keleha Spi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>385</v>
+        <v>300</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057535603</t>
+          <t>9786059014427</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>21 Gramlık Ruh</t>
+          <t>Meme u Eyşe</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257724111</t>
+          <t>9786057496669</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Taşlar</t>
+          <t>Xelile Çaçan Xizmeta Malbateke A 100 Salan</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>260</v>
+        <v>385</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057496607</t>
+          <t>9786057535603</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Bir Salıncakta Yaşamak</t>
+          <t>21 Gramlık Ruh</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>215</v>
+        <v>260</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057496690</t>
+          <t>9786257724111</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Qerebafon - Sebareya Merdine 2</t>
+          <t>Yaralı Taşlar</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>340</v>
+        <v>260</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257724050</t>
+          <t>9786057496607</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Di Tariye De</t>
+          <t>Bir Salıncakta Yaşamak</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>300</v>
+        <v>215</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057535832</t>
+          <t>9786057496690</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Orok</t>
+          <t>Qerebafon - Sebareya Merdine 2</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057535955</t>
+          <t>9786257724050</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Şerm</t>
+          <t>Di Tariye De</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>215</v>
+        <v>300</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057535894</t>
+          <t>9786057535832</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>4Kotra 4Çela</t>
+          <t>Orok</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257724166</t>
+          <t>9786057535955</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Şeşaqıl</t>
+          <t>Şerm</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>300</v>
+        <v>215</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257724142</t>
+          <t>9786057535894</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>We Roje</t>
+          <t>4Kotra 4Çela</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057535597</t>
+          <t>9786257724166</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Ferhenga Tegehen Felsefi</t>
+          <t>Şeşaqıl</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057535658</t>
+          <t>9786257724142</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Şakıro Gula Ber Cefaye</t>
+          <t>We Roje</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>260</v>
+        <v>325</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057535474</t>
+          <t>9786057535597</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Muhayyerkürdi Denemeler</t>
+          <t>Ferhenga Tegehen Felsefi</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057535351</t>
+          <t>9786057535658</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Qiseyen Xeribiye</t>
+          <t>Şakıro Gula Ber Cefaye</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057535443</t>
+          <t>9786057535474</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Maçkar</t>
+          <t>Muhayyerkürdi Denemeler</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059014274</t>
+          <t>9786057535351</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Berbang</t>
+          <t>Qiseyen Xeribiye</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059014717</t>
+          <t>9786057535443</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Helin</t>
+          <t>Maçkar</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059014304</t>
+          <t>9786059014274</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Jiyana Bextewar</t>
+          <t>Berbang</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>405</v>
+        <v>300</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257724890</t>
+          <t>9786059014717</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Hiveron</t>
+          <t>Helin</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>215</v>
+        <v>220</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257724692</t>
+          <t>9786059014304</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Lalistan</t>
+          <t>Jiyana Bextewar</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>215</v>
+        <v>405</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257724630</t>
+          <t>9786257724890</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Belongings</t>
+          <t>Hiveron</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>490</v>
+        <v>215</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257724869</t>
+          <t>9786257724692</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Keleha Dur</t>
+          <t>Lalistan</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>515</v>
+        <v>215</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257724647</t>
+          <t>9786257724630</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Pencere</t>
+          <t>Belongings</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>250</v>
+        <v>490</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257724746</t>
+          <t>9786257724869</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Şador</t>
+          <t>Keleha Dur</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>260</v>
+        <v>515</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257724814</t>
+          <t>9786257724647</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Dimenen Derızi</t>
+          <t>Pencere</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257724791</t>
+          <t>9786257724746</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Nameyen Nabersıvın</t>
+          <t>Şador</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257724807</t>
+          <t>9786257724814</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Gulistan</t>
+          <t>Dimenen Derızi</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257724777</t>
+          <t>9786257724791</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Nav Dı Zımane Kurdi De</t>
+          <t>Nameyen Nabersıvın</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>76</v>
+        <v>190</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257724753</t>
+          <t>9786257724807</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Cınav Dı Zımane Kurdi De</t>
+          <t>Gulistan</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>70</v>
+        <v>220</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257724678</t>
+          <t>9786257724777</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Colemerge Eywan E Sefera Bırahim Xan E</t>
+          <t>Nav Dı Zımane Kurdi De</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>215</v>
+        <v>76</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257724654</t>
+          <t>9786257724753</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kerbelaya Kurdan Kelata Dimdime</t>
+          <t>Cınav Dı Zımane Kurdi De</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>230</v>
+        <v>70</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>4440000002901</t>
+          <t>9786257724678</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Şewqa Sibe</t>
+          <t>Colemerge Eywan E Sefera Bırahim Xan E</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>215</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257724203</t>
+          <t>9786257724654</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Hikayeler</t>
+          <t>Kerbelaya Kurdan Kelata Dimdime</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>70</v>
+        <v>230</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257724418</t>
+          <t>4440000002901</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Efsuna</t>
+          <t>Şewqa Sibe</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>190</v>
+        <v>215</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257724432</t>
+          <t>9786257724203</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Ağacını Yakan Kibrit Çöpüdür İnsan</t>
+          <t>Sürgün Hikayeler</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057535801</t>
+          <t>9786257724418</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Denge Kal ü Baven Me</t>
+          <t>Efsuna</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>550</v>
+        <v>190</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057535986</t>
+          <t>9786257724432</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Heleqetiyed Pismamtiye Dı Nav Kurdan De</t>
+          <t>Ağacını Yakan Kibrit Çöpüdür İnsan</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057496614</t>
+          <t>9786057535801</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Bawermendiyen Kurden Ezdi</t>
+          <t>Denge Kal ü Baven Me</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257724586</t>
+          <t>9786057535986</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Berojk</t>
+          <t>Heleqetiyed Pismamtiye Dı Nav Kurdan De</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257724623</t>
+          <t>9786057496614</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Hangar Fünf - Deriye Winda</t>
+          <t>Bawermendiyen Kurden Ezdi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257724593</t>
+          <t>9786257724586</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Hesreta Min</t>
+          <t>Berojk</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257724517</t>
+          <t>9786257724623</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Renge Hebüne</t>
+          <t>Hangar Fünf - Deriye Winda</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>405</v>
+        <v>325</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257724043</t>
+          <t>9786257724593</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Hub u Xebat</t>
+          <t>Hesreta Min</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257724159</t>
+          <t>9786257724517</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Tutına Bave Mın</t>
+          <t>Renge Hebüne</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>200</v>
+        <v>405</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257724173</t>
+          <t>9786257724043</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Lehenge Mitolojiye</t>
+          <t>Hub u Xebat</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257724197</t>
+          <t>9786257724159</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Bingeh</t>
+          <t>Tutına Bave Mın</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257724074</t>
+          <t>9786257724173</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluğa Yolculuk</t>
+          <t>Lehenge Mitolojiye</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257724098</t>
+          <t>9786257724197</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Ez Li Xwe Mikur Tem</t>
+          <t>Bingeh</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786059295475</t>
+          <t>9786257724074</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Rojeke Bi Tena Sere Xwe</t>
+          <t>Sonsuzluğa Yolculuk</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>800</v>
+        <v>220</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257724081</t>
+          <t>9786257724098</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Risten Barane</t>
+          <t>Ez Li Xwe Mikur Tem</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257724104</t>
+          <t>9786059295475</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Beni Yaz Dedi</t>
+          <t>Rojeke Bi Tena Sere Xwe</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>230</v>
+        <v>800</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257724067</t>
+          <t>9786257724081</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Bavfileh - Sebareya Merdine 3</t>
+          <t>Risten Barane</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>405</v>
+        <v>220</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786057535931</t>
+          <t>9786257724104</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Bihuşta Xezalan</t>
+          <t>Beni Yaz Dedi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786057535900</t>
+          <t>9786257724067</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Sıltane Kurd Selahadin Eyübi</t>
+          <t>Bavfileh - Sebareya Merdine 3</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>275</v>
+        <v>405</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786057496683</t>
+          <t>9786057535931</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Şina Şengale</t>
+          <t>Bihuşta Xezalan</t>
         </is>
       </c>
       <c r="C191" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786057535962</t>
+          <t>9786057535900</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Ruhe Xwebüne</t>
+          <t>Sıltane Kurd Selahadin Eyübi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786057535887</t>
+          <t>9786057496683</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Deri Vekıri Bıhelin We Hechecik Vegerin</t>
+          <t>Şina Şengale</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>310</v>
+        <v>240</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057496621</t>
+          <t>9786057535962</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Xemname</t>
+          <t>Ruhe Xwebüne</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786057535696</t>
+          <t>9786057535887</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Suskunca</t>
+          <t>Deri Vekıri Bıhelin We Hechecik Vegerin</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>325</v>
+        <v>310</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786057535757</t>
+          <t>9786057496621</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Mın Çı Ditın</t>
+          <t>Xemname</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>385</v>
+        <v>260</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786057535948</t>
+          <t>9786057535696</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Tinda</t>
+          <t>Suskunca</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786057535764</t>
+          <t>9786057535757</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Melaye Cıziri Hın Tışt Derbare Jiyan Ü Berhema Wi De</t>
+          <t>Mın Çı Ditın</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>340</v>
+        <v>385</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786057535559</t>
+          <t>9786057535948</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Hesiren Gotina Begotin</t>
+          <t>Tinda</t>
         </is>
       </c>
       <c r="C199" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786057535566</t>
+          <t>9786057535764</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Hawara Nebıhisti</t>
+          <t>Melaye Cıziri Hın Tışt Derbare Jiyan Ü Berhema Wi De</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786059295246</t>
+          <t>9786057535559</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Esiri</t>
+          <t>Hesiren Gotina Begotin</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786057535924</t>
+          <t>9786057535566</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Ezemşer</t>
+          <t>Hawara Nebıhisti</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786057535979</t>
+          <t>9786059295246</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Mome</t>
+          <t>Esiri</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257724005</t>
+          <t>9786057535924</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Pariye Berdemayi</t>
+          <t>Ezemşer</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>440</v>
+        <v>200</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786057535504</t>
+          <t>9786057535979</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Xewna Bi Hevi</t>
+          <t>Mome</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786057535627</t>
+          <t>9786257724005</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Stokholme Te Çı Ditiye Beje</t>
+          <t>Pariye Berdemayi</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>240</v>
+        <v>440</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786057535993</t>
+          <t>9786057535504</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Ezda</t>
+          <t>Xewna Bi Hevi</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786057496645</t>
+          <t>9786057535627</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Qawuman</t>
+          <t>Stokholme Te Çı Ditiye Beje</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>550</v>
+        <v>240</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257724012</t>
+          <t>9786057535993</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Merive Be Derd</t>
+          <t>Ezda</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786057535672</t>
+          <t>9786057496645</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Pelaven Diriyayi</t>
+          <t>Qawuman</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>240</v>
+        <v>550</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786057535795</t>
+          <t>9786257724012</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Kilamen Çiya</t>
+          <t>Merive Be Derd</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786057535788</t>
+          <t>9786057535672</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Kofiya Deya Min</t>
+          <t>Pelaven Diriyayi</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>325</v>
+        <v>240</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786057535726</t>
+          <t>9786057535795</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Roje Min</t>
+          <t>Kilamen Çiya</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786057535771</t>
+          <t>9786057535788</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Kurde Bengi</t>
+          <t>Kofiya Deya Min</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057535733</t>
+          <t>9786057535726</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Oda Kurda</t>
+          <t>Roje Min</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>260</v>
+        <v>325</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057535665</t>
+          <t>9786057535771</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Ufuk / Aso</t>
+          <t>Kurde Bengi</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>580</v>
+        <v>275</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786054497959</t>
+          <t>9786057535733</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Dewsa Ramüsanen Birüskan</t>
+          <t>Oda Kurda</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786057535641</t>
+          <t>9786057535665</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Bütün Sevenlerin Umudusun - Gölge Ağacı</t>
+          <t>Ufuk / Aso</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>340</v>
+        <v>580</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786057535634</t>
+          <t>9786054497959</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Ma Tışnek Bı Şengale Hatiye</t>
+          <t>Dewsa Ramüsanen Birüskan</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786057535511</t>
+          <t>9786057535641</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Şıkefta Filozofiye</t>
+          <t>Bütün Sevenlerin Umudusun - Gölge Ağacı</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786057535498</t>
+          <t>9786057535634</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Gecelerin Kirpisi</t>
+          <t>Ma Tışnek Bı Şengale Hatiye</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057535535</t>
+          <t>9786057535511</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Kendini Unutan İnsan</t>
+          <t>Şıkefta Filozofiye</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786057535139</t>
+          <t>9786057535498</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>İlka \ İlka</t>
+          <t>Gecelerin Kirpisi</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786057535405</t>
+          <t>9786057535535</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Rewitiya Berpeyi Bedawitiye</t>
+          <t>Kendini Unutan İnsan</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>215</v>
+        <v>375</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786057535399</t>
+          <t>9786057535139</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Yol ve Zaman</t>
+          <t>İlka \ İlka</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>230</v>
+        <v>325</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786057535450</t>
+          <t>9786057535405</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>3 + 1 Kadın</t>
+          <t>Rewitiya Berpeyi Bedawitiye</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>250</v>
+        <v>215</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786057535375</t>
+          <t>9786057535399</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Bajare Xewle</t>
+          <t>Yol ve Zaman</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786057535337</t>
+          <t>9786057535450</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Wesyeten Qefıli</t>
+          <t>3 + 1 Kadın</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786057535368</t>
+          <t>9786057535375</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Kaptane Mırıne</t>
+          <t>Bajare Xewle</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>215</v>
+        <v>190</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786057535412</t>
+          <t>9786057535337</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Şaşitiya Keşiş A Kuşinde</t>
+          <t>Wesyeten Qefıli</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>405</v>
+        <v>200</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786057535429</t>
+          <t>9786057535368</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Jiyaneke Lı Pey Zanyariyen Kurdi Kurdolog Prof. Dr. Celile Celil</t>
+          <t>Kaptane Mırıne</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>490</v>
+        <v>215</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786057535436</t>
+          <t>9786057535412</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Eteklerimde Bahar</t>
+          <t>Şaşitiya Keşiş A Kuşinde</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>190</v>
+        <v>405</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786057535344</t>
+          <t>9786057535429</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Simurg’un Ahı</t>
+          <t>Jiyaneke Lı Pey Zanyariyen Kurdi Kurdolog Prof. Dr. Celile Celil</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>240</v>
+        <v>490</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786057535382</t>
+          <t>9786057535436</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Zülüf Dokunmuş Tene</t>
+          <t>Eteklerimde Bahar</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>215</v>
+        <v>190</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786057535276</t>
+          <t>9786057535344</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Omiden Wendayi</t>
+          <t>Simurg’un Ahı</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786057535146</t>
+          <t>9786057535382</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Dirok u Şarıstaniya Urartuyiyan</t>
+          <t>Zülüf Dokunmuş Tene</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>300</v>
+        <v>215</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786057535313</t>
+          <t>9786057535276</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>İzi Kalsın</t>
+          <t>Omiden Wendayi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786057535184</t>
+          <t>9786057535146</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Şer Dı Çiyayan De</t>
+          <t>Dirok u Şarıstaniya Urartuyiyan</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>560</v>
+        <v>300</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057535177</t>
+          <t>9786057535313</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Sewçıra</t>
+          <t>İzi Kalsın</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>670</v>
+        <v>340</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786057535160</t>
+          <t>9786057535184</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Arsima</t>
+          <t>Şer Dı Çiyayan De</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>240</v>
+        <v>560</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786057535092</t>
+          <t>9786057535177</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Ev Re Naçe Bıhuşte</t>
+          <t>Sewçıra</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>325</v>
+        <v>670</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786057535108</t>
+          <t>9786057535160</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Lehenge Dil</t>
+          <t>Arsima</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786057535115</t>
+          <t>9786057535092</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Lehenge Tazi</t>
+          <t>Ev Re Naçe Bıhuşte</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057535009</t>
+          <t>9786057535108</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Aydoğan’la Söze Dair</t>
+          <t>Lehenge Dil</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786059014984</t>
+          <t>9786057535115</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Serhildana Mala Eliye Unis</t>
+          <t>Lehenge Tazi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>215</v>
+        <v>275</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786059014915</t>
+          <t>9786057535009</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Lawike Xerzi</t>
+          <t>Mustafa Aydoğan’la Söze Dair</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786058140875</t>
+          <t>9786059014984</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Kilam ü Penüs</t>
+          <t>Serhildana Mala Eliye Unis</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>405</v>
+        <v>215</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786057535030</t>
+          <t>9786059014915</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Mistek Ji Hevi ü Arişeyen Zimane Kurdi (Kurmanci)</t>
+          <t>Lawike Xerzi</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786058140783</t>
+          <t>9786058140875</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Vivaldi'nin Bahçesi</t>
+          <t>Kilam ü Penüs</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>200</v>
+        <v>405</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057535023</t>
+          <t>9786057535030</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Kalb</t>
+          <t>Mistek Ji Hevi ü Arişeyen Zimane Kurdi (Kurmanci)</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786058140752</t>
+          <t>9786058140783</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>M'erra</t>
+          <t>Vivaldi'nin Bahçesi</t>
         </is>
       </c>
       <c r="C251" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786058140790</t>
+          <t>9786057535023</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Niqirisk</t>
+          <t>Kalb</t>
         </is>
       </c>
       <c r="C252" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786058152120</t>
+          <t>9786058140752</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Nare</t>
+          <t>M'erra</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786058152144</t>
+          <t>9786058140790</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Çavkani</t>
+          <t>Niqirisk</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786058152168</t>
+          <t>9786058152120</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Üsive Neviya</t>
+          <t>Nare</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786058152113</t>
+          <t>9786058152144</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Lirika</t>
+          <t>Çavkani</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>215</v>
+        <v>200</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786058152106</t>
+          <t>9786058152168</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Hesretdefter</t>
+          <t>Üsive Neviya</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786054497560</t>
+          <t>9786058152113</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Dinya Delal</t>
+          <t>Lirika</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>300</v>
+        <v>215</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786059014854</t>
+          <t>9786058152106</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Gula Elegeze</t>
+          <t>Hesretdefter</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786058140882</t>
+          <t>9786054497560</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Xeliya Spi</t>
+          <t>Dinya Delal</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786058152182</t>
+          <t>9786059014854</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Helina Xeyalan</t>
+          <t>Gula Elegeze</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>385</v>
+        <v>240</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786058140851</t>
+          <t>9786058140882</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Pızdank</t>
+          <t>Xeliya Spi</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786058140707</t>
+          <t>9786058152182</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Zeynel Beg</t>
+          <t>Helina Xeyalan</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>300</v>
+        <v>385</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786058140837</t>
+          <t>9786058140851</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Li Benda Ketina Usiv</t>
+          <t>Pızdank</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786058140820</t>
+          <t>9786058140707</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Kurden Azırbecane</t>
+          <t>Zeynel Beg</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786058140899</t>
+          <t>9786058140837</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Kurdistana Nu</t>
+          <t>Li Benda Ketina Usiv</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>470</v>
+        <v>200</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786058140813</t>
+          <t>9786058140820</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Kaniya Dile Min</t>
+          <t>Kurden Azırbecane</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786058140844</t>
+          <t>9786058140899</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Dı Sedsala 19'Emin De Rewşa Kurdan</t>
+          <t>Kurdistana Nu</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>300</v>
+        <v>470</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786058152137</t>
+          <t>9786058140813</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Rahibin Ölümcül Hatası</t>
+          <t>Kaniya Dile Min</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>375</v>
+        <v>260</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786058152151</t>
+          <t>9786058140844</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Çiroken Bapire Min</t>
+          <t>Dı Sedsala 19'Emin De Rewşa Kurdan</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786059014939</t>
+          <t>9786058152137</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Menzumeya Tecwide</t>
+          <t>Rahibin Ölümcül Hatası</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>190</v>
+        <v>375</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>3990000032259</t>
+          <t>9786058152151</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Kitab-u D-Dur-İl-E'la Fi İlm-İt-Tecwid-i (Pırtuka Duren Heri Bıqimet Dı Ilme Tecwide De)</t>
+          <t>Çiroken Bapire Min</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>84</v>
+        <v>240</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786059295031</t>
+          <t>9786059014939</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Tosıne Uşan</t>
+          <t>Menzumeya Tecwide</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786059014977</t>
+          <t>3990000032259</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Qırme</t>
+          <t>Kitab-u D-Dur-İl-E'la Fi İlm-İt-Tecwid-i (Pırtuka Duren Heri Bıqimet Dı Ilme Tecwide De)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>260</v>
+        <v>84</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786059295017</t>
+          <t>9786059295031</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Siber</t>
+          <t>Tosıne Uşan</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>3990000032260</t>
+          <t>9786059014977</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Diwan Şex Evdilqadire Hezani</t>
+          <t>Qırme</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786059295352</t>
+          <t>9786059295017</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Hın Pırsyar Der Bare Demokrasiye de</t>
+          <t>Siber</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>325</v>
+        <v>260</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>3990000043131</t>
+          <t>3990000032260</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Sevişen Kurgular</t>
+          <t>Diwan Şex Evdilqadire Hezani</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786059295420</t>
+          <t>9786059295352</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Özgür Doğa</t>
+          <t>Hın Pırsyar Der Bare Demokrasiye de</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786059295895</t>
+          <t>3990000043131</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Teyara Textik</t>
+          <t>Sevişen Kurgular</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786059295918</t>
+          <t>9786059295420</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Hisreta Emir</t>
+          <t>Özgür Doğa</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786059295932</t>
+          <t>9786059295895</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Mikuri</t>
+          <t>Teyara Textik</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>530</v>
+        <v>190</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786059295949</t>
+          <t>9786059295918</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Kilamen Bedeng</t>
+          <t>Hisreta Emir</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786059295956</t>
+          <t>9786059295932</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Bejara Neteweparez Di Kovara Haware De</t>
+          <t>Mikuri</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>325</v>
+        <v>530</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786059295925</t>
+          <t>9786059295949</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Keşkul</t>
+          <t>Kilamen Bedeng</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786059295963</t>
+          <t>9786059295956</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Handa</t>
+          <t>Bejara Neteweparez Di Kovara Haware De</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>230</v>
+        <v>325</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786059295994</t>
+          <t>9786059295925</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Gejevang</t>
+          <t>Keşkul</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>440</v>
+        <v>300</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786059295987</t>
+          <t>9786059295963</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Çend Danen Hişyar</t>
+          <t>Handa</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786059295840</t>
+          <t>9786059295994</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Koleksiyona Aleksandre Jaba Ya Destnivisen Kurdi</t>
+          <t>Gejevang</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>500</v>
+        <v>440</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786059295703</t>
+          <t>9786059295987</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Diwana Mehwi</t>
+          <t>Çend Danen Hişyar</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>405</v>
+        <v>190</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786059295888</t>
+          <t>9786059295840</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Heşterxan</t>
+          <t>Koleksiyona Aleksandre Jaba Ya Destnivisen Kurdi</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786059295857</t>
+          <t>9786059295703</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Re u Reç</t>
+          <t>Diwana Mehwi</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>130</v>
+        <v>405</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786059295871</t>
+          <t>9786059295888</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Qeraxen Siya Heviyen Har</t>
+          <t>Heşterxan</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786059295826</t>
+          <t>9786059295857</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Peti</t>
+          <t>Re u Reç</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786059295819</t>
+          <t>9786059295871</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Herimi</t>
+          <t>Qeraxen Siya Heviyen Har</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>340</v>
+        <v>190</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786059014519</t>
+          <t>9786059295826</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Moriyen Nene</t>
+          <t>Peti</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786059014533</t>
+          <t>9786059295819</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Qiseyen Cimaete</t>
+          <t>Herimi</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786059295758</t>
+          <t>9786059014519</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Morana Gerdüne - Baye Labüte</t>
+          <t>Moriyen Nene</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786059295796</t>
+          <t>9786059014533</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Testere Ağzında Dans</t>
+          <t>Qiseyen Cimaete</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>405</v>
+        <v>240</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786059295642</t>
+          <t>9786059295758</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Xweşiya Bi Eş</t>
+          <t>Morana Gerdüne - Baye Labüte</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786059295802</t>
+          <t>9786059295796</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Düş Dedim Hayal Dedim</t>
+          <t>Testere Ağzında Dans</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>300</v>
+        <v>405</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786059295833</t>
+          <t>9786059295642</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Jeppeye Li Sere Çiye</t>
+          <t>Xweşiya Bi Eş</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786059295789</t>
+          <t>9786059295802</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Payımıza Düşen</t>
+          <t>Düş Dedim Hayal Dedim</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786059014892</t>
+          <t>9786059295833</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Roza'sız Zamanlar</t>
+          <t>Jeppeye Li Sere Çiye</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>325</v>
+        <v>220</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786059295680</t>
+          <t>9786059295789</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Dinozor</t>
+          <t>Payımıza Düşen</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786059295697</t>
+          <t>9786059014892</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Kesek</t>
+          <t>Roza'sız Zamanlar</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>175</v>
+        <v>325</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786059295710</t>
+          <t>9786059295680</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Neban</t>
+          <t>Dinozor</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>215</v>
+        <v>175</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786059295734</t>
+          <t>9786059295697</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Rüyabank</t>
+          <t>Kesek</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786059295659</t>
+          <t>9786059295710</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Yarsan - An Ji Ehli Heq</t>
+          <t>Neban</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>240</v>
+        <v>215</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786059295727</t>
+          <t>9786059295734</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Teselli Kayası</t>
+          <t>Rüyabank</t>
         </is>
       </c>
       <c r="C310" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786059295666</t>
+          <t>9786059295659</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Xeyb</t>
+          <t>Yarsan - An Ji Ehli Heq</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786059295628</t>
+          <t>9786059295727</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Waneyen Zimannasiye</t>
+          <t>Teselli Kayası</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786059295604</t>
+          <t>9786059295666</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Kakil</t>
+          <t>Xeyb</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786059295536</t>
+          <t>9786059295628</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Xewn ü Nigaş</t>
+          <t>Waneyen Zimannasiye</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786059295345</t>
+          <t>9786059295604</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Çend Rupel Jı Dıroka Gele Kurd</t>
+          <t>Kakil</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>720</v>
+        <v>200</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786059295185</t>
+          <t>9786059295536</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Bab-ı Sur</t>
+          <t>Xewn ü Nigaş</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786059014779</t>
+          <t>9786059295345</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Bışırina Şermini</t>
+          <t>Çend Rupel Jı Dıroka Gele Kurd</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>200</v>
+        <v>720</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786059295314</t>
+          <t>9786059295185</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Qonaxeke Modernizma Kurdi</t>
+          <t>Bab-ı Sur</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786059014731</t>
+          <t>9786059014779</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Şeren Sasune</t>
+          <t>Bışırina Şermini</t>
         </is>
       </c>
       <c r="C319" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786059295253</t>
+          <t>9786059295314</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Folklora Kurmancıye</t>
+          <t>Qonaxeke Modernizma Kurdi</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>620</v>
+        <v>260</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786059014694</t>
+          <t>9786059014731</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Bıranınen Mın</t>
+          <t>Şeren Sasune</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786059295000</t>
+          <t>9786059295253</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Xwezi</t>
+          <t>Folklora Kurmancıye</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>260</v>
+        <v>620</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>3990059014632</t>
+          <t>9786059014694</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Kürtlerin Kökeni / Proto Kürtler ve Mitanniler</t>
+          <t>Bıranınen Mın</t>
         </is>
       </c>
       <c r="C323" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786059295260</t>
+          <t>9786059295000</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Gerıneka Guernıcaye</t>
+          <t>Xwezi</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>325</v>
+        <v>260</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786059295208</t>
+          <t>3990059014632</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Nasnameya Wejeye</t>
+          <t>Kürtlerin Kökeni / Proto Kürtler ve Mitanniler</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786059014670</t>
+          <t>9786059295260</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Kefıyen Cihereng</t>
+          <t>Gerıneka Guernıcaye</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>385</v>
+        <v>325</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786059295192</t>
+          <t>9786059295208</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Boxeye Bırıvaye</t>
+          <t>Nasnameya Wejeye</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786059295499</t>
+          <t>9786059014670</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Kar ve Ateş</t>
+          <t>Kefıyen Cihereng</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>260</v>
+        <v>385</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786059295451</t>
+          <t>9786059295192</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Öteki Kayıp</t>
+          <t>Boxeye Bırıvaye</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786059295413</t>
+          <t>9786059295499</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Kısık Ateşte Ey Ortaçağ Şatoları</t>
+          <t>Kar ve Ateş</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>3990000033436</t>
+          <t>9786059295451</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Kırkikindi Cinayetleri</t>
+          <t>Öteki Kayıp</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>3990000033437</t>
+          <t>9786059295413</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Cinayetleri</t>
+          <t>Kısık Ateşte Ey Ortaçağ Şatoları</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786059295437</t>
+          <t>3990000033436</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Nefret Suçu Cinayetleri</t>
+          <t>Kırkikindi Cinayetleri</t>
         </is>
       </c>
       <c r="C333" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786059295369</t>
+          <t>3990000033437</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Hakk'a Yürüyenler</t>
+          <t>Hukuk Cinayetleri</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786059295376</t>
+          <t>9786059295437</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Hem Yas, Hem Kin! Hem De Hüsran</t>
+          <t>Nefret Suçu Cinayetleri</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786059295222</t>
+          <t>9786059295369</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Xece'nin Dersim Kefareti</t>
+          <t>Hakk'a Yürüyenler</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>325</v>
+        <v>175</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786059014649</t>
+          <t>9786059295376</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Teyriken Jireketi</t>
+          <t>Hem Yas, Hem Kin! Hem De Hüsran</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786054497836</t>
+          <t>9786059295222</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Tamu Kuleleri</t>
+          <t>Xece'nin Dersim Kefareti</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>440</v>
+        <v>325</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>3990000017693</t>
+          <t>9786059014649</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Şikeften Haydrahodahose</t>
+          <t>Teyriken Jireketi</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786059014786</t>
+          <t>9786054497836</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Neteweyen Kemine</t>
+          <t>Tamu Kuleleri</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786054497850</t>
+          <t>3990000017693</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Beriya Şewiti</t>
+          <t>Şikeften Haydrahodahose</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786059014502</t>
+          <t>9786059014786</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Kilamed Cimaeta Kurdan</t>
+          <t>Neteweyen Kemine</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>3990000027710</t>
+          <t>9786054497850</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Beriya Şewiti</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>440</v>
+        <v>260</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786059014366</t>
+          <t>9786059014502</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>İz</t>
+          <t>Kilamed Cimaeta Kurdan</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786059014205</t>
+          <t>3990000027710</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Ava Sor</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>385</v>
+        <v>440</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786059014403</t>
+          <t>9786059014366</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Evara Zıvıstane (Cılda 3)</t>
+          <t>İz</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>720</v>
+        <v>300</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786059014458</t>
+          <t>9786059014205</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Meme u Eyşe - Zembilfiroş</t>
+          <t>Ava Sor</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>190</v>
+        <v>385</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786059014472</t>
+          <t>9786059014403</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Gotinen Peşiyan</t>
+          <t>Evara Zıvıstane (Cılda 3)</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>240</v>
+        <v>720</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>3990000027711</t>
+          <t>9786059014458</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Çewlika Heywanan</t>
+          <t>Meme u Eyşe - Zembilfiroş</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786059014540</t>
+          <t>9786059014472</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Stranen Evini</t>
+          <t>Gotinen Peşiyan</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786059014489</t>
+          <t>3990000027711</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Hibra Sor</t>
+          <t>Çewlika Heywanan</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786059014342</t>
+          <t>9786059014540</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Xewle Ye Xewn?</t>
+          <t>Stranen Evini</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786059014601</t>
+          <t>9786059014489</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Jan u Jiyan</t>
+          <t>Hibra Sor</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786059014335</t>
+          <t>9786059014342</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Fincana Ferfuri</t>
+          <t>Xewle Ye Xewn?</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786059014328</t>
+          <t>9786059014601</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Li Du Te</t>
+          <t>Jan u Jiyan</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786059014588</t>
+          <t>9786059014335</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Şivereyen Lal</t>
+          <t>Fincana Ferfuri</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786059014618</t>
+          <t>9786059014328</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Atlasa Nigaşan</t>
+          <t>Li Du Te</t>
         </is>
       </c>
       <c r="C357" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786059014465</t>
+          <t>9786059014588</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Evina Becıreki</t>
+          <t>Şivereyen Lal</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786059014229</t>
+          <t>9786059014618</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Dayik</t>
+          <t>Atlasa Nigaşan</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786059014250</t>
+          <t>9786059014465</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Rajena Kurdi</t>
+          <t>Evina Becıreki</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786059014090</t>
+          <t>9786059014229</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Berbejna Re</t>
+          <t>Dayik</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>3990000018278</t>
+          <t>9786059014250</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Cami'eya Risaleyan u Hikayetan Bi Zimane Kurmanci</t>
+          <t>Rajena Kurdi</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>490</v>
+        <v>240</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>3990000033846</t>
+          <t>9786059014090</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Siwaren Reş Ji Pişta Behran Hatin</t>
+          <t>Berbejna Re</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786059014151</t>
+          <t>3990000018278</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Miriyen Sade</t>
+          <t>Cami'eya Risaleyan u Hikayetan Bi Zimane Kurmanci</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>230</v>
+        <v>490</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786059014113</t>
+          <t>3990000033846</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Gramera Behızur</t>
+          <t>Siwaren Reş Ji Pişta Behran Hatin</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786059014311</t>
+          <t>9786059014151</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Kaxez (Ciltli)</t>
+          <t>Miriyen Sade</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>490</v>
+        <v>230</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786059014137</t>
+          <t>9786059014113</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Korere</t>
+          <t>Gramera Behızur</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>215</v>
+        <v>325</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786059014106</t>
+          <t>9786059014311</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Cihuye Xweşkok</t>
+          <t>Kaxez (Ciltli)</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>240</v>
+        <v>490</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786059014175</t>
+          <t>9786059014137</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Siya Şeve</t>
+          <t>Korere</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>240</v>
+        <v>215</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786059014212</t>
+          <t>9786059014106</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Ciwanen Bexwede</t>
+          <t>Cihuye Xweşkok</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786059014243</t>
+          <t>9786059014175</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Lı Paş Deriyen Dadayi</t>
+          <t>Siya Şeve</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786059014021</t>
+          <t>9786059014212</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Reya Beveger</t>
+          <t>Ciwanen Bexwede</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>515</v>
+        <v>260</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786054497782</t>
+          <t>9786059014243</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Sefernameya Hezar u Yek Fersengi</t>
+          <t>Lı Paş Deriyen Dadayi</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786054497751</t>
+          <t>9786059014021</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Uykusu Bölünenler</t>
+          <t>Reya Beveger</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>260</v>
+        <v>515</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786054497775</t>
+          <t>9786054497782</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Payizokine Çavşil Ji Dile Xewne</t>
+          <t>Sefernameya Hezar u Yek Fersengi</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786059014885</t>
+          <t>9786054497751</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Hosta Hovannes</t>
+          <t>Uykusu Bölünenler</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786054497676</t>
+          <t>9786054497775</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Guman - 1 Zimane Kurdi</t>
+          <t>Payizokine Çavşil Ji Dile Xewne</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>470</v>
+        <v>450</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786054497607</t>
+          <t>9786059014885</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Hesir u Baran</t>
+          <t>Hosta Hovannes</t>
         </is>
       </c>
       <c r="C378" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786059014007</t>
+          <t>9786054497676</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Nexşen Li Giyan</t>
+          <t>Guman - 1 Zimane Kurdi</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>215</v>
+        <v>470</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>3990000025777</t>
+          <t>9786054497607</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Hezkiri</t>
+          <t>Hesir u Baran</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>215</v>
+        <v>190</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786059014052</t>
+          <t>9786059014007</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Xewna Kolayi</t>
+          <t>Nexşen Li Giyan</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>190</v>
+        <v>215</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786054497942</t>
+          <t>3990000025777</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Tu Li Ku Yi?</t>
+          <t>Hezkiri</t>
         </is>
       </c>
       <c r="C382" s="1">
         <v>215</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786054497980</t>
+          <t>9786059014052</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>De Roj Hile</t>
+          <t>Xewna Kolayi</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>215</v>
+        <v>190</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786059014045</t>
+          <t>9786054497942</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Çave Te Roni</t>
+          <t>Tu Li Ku Yi?</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>260</v>
+        <v>215</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786054497973</t>
+          <t>9786054497980</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Barbut</t>
+          <t>De Roj Hile</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>260</v>
+        <v>215</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786059014199</t>
+          <t>9786059014045</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Edi Dereng Bu</t>
+          <t>Çave Te Roni</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>325</v>
+        <v>260</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786059014069</t>
+          <t>9786054497973</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Denge Dil</t>
+          <t>Barbut</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>325</v>
+        <v>260</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786059295055</t>
+          <t>9786059014199</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>İtbari</t>
+          <t>Edi Dereng Bu</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786054497898</t>
+          <t>9786059014069</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Çiroken Dubliniyan</t>
+          <t>Denge Dil</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>340</v>
+        <v>325</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786054497669</t>
+          <t>9786059295055</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Folklora Kurdi</t>
+          <t>İtbari</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>490</v>
+        <v>190</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786059295130</t>
+          <t>9786054497898</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Jineke Laşqot</t>
+          <t>Çiroken Dubliniyan</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786059295109</t>
+          <t>9786054497669</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Helange</t>
+          <t>Folklora Kurdi</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>325</v>
+        <v>490</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786059295147</t>
+          <t>9786059295130</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Matmayinen Ronyaye</t>
+          <t>Jineke Laşqot</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786059295079</t>
+          <t>9786059295109</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Nergiza Lam ü Elife</t>
+          <t>Helange</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>140</v>
+        <v>325</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786057295048</t>
+          <t>9786059295147</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Çiyayen Bi Xwine Avdayi</t>
+          <t>Matmayinen Ronyaye</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>405</v>
+        <v>190</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786059295086</t>
+          <t>9786059295079</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Bedengi</t>
+          <t>Nergiza Lam ü Elife</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>490</v>
+        <v>140</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786059295024</t>
+          <t>9786057295048</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Sitava Tariye</t>
+          <t>Çiyayen Bi Xwine Avdayi</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>385</v>
+        <v>405</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>3990009014410</t>
+          <t>9786059295086</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Lata Leron</t>
+          <t>Bedengi</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>200</v>
+        <v>490</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786055683016</t>
+          <t>9786059295024</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Zaremya</t>
+          <t>Sitava Tariye</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>190</v>
+        <v>385</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786058813069</t>
+          <t>3990009014410</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Zagros u Zerdeşt</t>
+          <t>Lata Leron</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789756179505</t>
+          <t>9786055683016</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kent Dedikoduları / Gelaciyen Bajare Nu</t>
+          <t>Zaremya</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786055683306</t>
+          <t>9786058813069</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Yadaşt</t>
+          <t>Zagros u Zerdeşt</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>540</v>
+        <v>375</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786054497386</t>
+          <t>9789756179505</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Xunava Gulan</t>
+          <t>Yeni Kent Dedikoduları / Gelaciyen Bajare Nu</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>3990000022499</t>
+          <t>9786055683306</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Xewna Şeveke Havine</t>
+          <t>Yadaşt</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>260</v>
+        <v>540</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786055683252</t>
+          <t>9786054497386</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Varjabed</t>
+          <t>Xunava Gulan</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789756179512</t>
+          <t>3990000022499</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Üşüyen / Efsıri</t>
+          <t>Xewna Şeveke Havine</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789756179475</t>
+          <t>9786055683252</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Üç Başlı Ejdarha / Ejdehaye Seseri</t>
+          <t>Varjabed</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>325</v>
+        <v>190</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786055683269</t>
+          <t>9789756179512</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>U Çiya Ji Dinalin</t>
+          <t>Üşüyen / Efsıri</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786059295567</t>
+          <t>9789756179475</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Travma ve Islahat</t>
+          <t>Üç Başlı Ejdarha / Ejdehaye Seseri</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>375</v>
+        <v>325</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786054497379</t>
+          <t>9786055683269</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Tevna Holejine</t>
+          <t>U Çiya Ji Dinalin</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789756179659</t>
+          <t>9786059295567</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Taşlar Şahit (Ciltli)</t>
+          <t>Travma ve Islahat</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>180</v>
+        <v>375</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786059295901</t>
+          <t>9786054497379</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Tango ve Diyarbakır</t>
+          <t>Tevna Holejine</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786058813038</t>
+          <t>9789756179659</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Şoreşgere Esra Teng</t>
+          <t>Taşlar Şahit (Ciltli)</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786054497188</t>
+          <t>9786059295901</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Şinok</t>
+          <t>Tango ve Diyarbakır</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>215</v>
+        <v>325</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789756179154</t>
+          <t>9786058813038</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Şeven Winda Weneyen Meçhul</t>
+          <t>Şoreşgere Esra Teng</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789756179345</t>
+          <t>9786054497188</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Şev ü Gülistan</t>
+          <t>Şinok</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>200</v>
+        <v>215</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789756179697</t>
+          <t>9789756179154</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Şev ü Deng</t>
+          <t>Şeven Winda Weneyen Meçhul</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786054497317</t>
+          <t>9789756179345</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Şahiya Herse</t>
+          <t>Şev ü Gülistan</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786055683108</t>
+          <t>9789756179697</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Şahinşahe Portekize</t>
+          <t>Şev ü Deng</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789756179000</t>
+          <t>9786054497317</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Sözüm Haritadan Dışarı</t>
+          <t>Şahiya Herse</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789756179536</t>
+          <t>9786055683108</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Sisler Korkular</t>
+          <t>Şahinşahe Portekize</t>
         </is>
       </c>
       <c r="C421" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789756179680</t>
+          <t>9789756179000</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Si Bi Roje Xweşik e</t>
+          <t>Sözüm Haritadan Dışarı</t>
         </is>
       </c>
       <c r="C422" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786054497362</t>
+          <t>9789756179536</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Seva Bı Tır</t>
+          <t>Sisler Korkular</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>215</v>
+        <v>340</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789756179673</t>
+          <t>9789756179680</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Sev Ji Me Dikujin</t>
+          <t>Si Bi Roje Xweşik e</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789756179130</t>
+          <t>9786054497362</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Rojda</t>
+          <t>Seva Bı Tır</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>260</v>
+        <v>215</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786054497010</t>
+          <t>9789756179673</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Qolyeya Cecilee</t>
+          <t>Sev Ji Me Dikujin</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789756179031</t>
+          <t>9789756179130</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Pisik ji Xewnan Dibinin</t>
+          <t>Rojda</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786055683177</t>
+          <t>9786054497010</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Pevşabunen Şin - Mavi Sevişmeler</t>
+          <t>Qolyeya Cecilee</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786056211218</t>
+          <t>9789756179031</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Peşengeha Suretan</t>
+          <t>Pisik ji Xewnan Dibinin</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786054497324</t>
+          <t>9786055683177</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Penç Kulilken Zıvıstane</t>
+          <t>Pevşabunen Şin - Mavi Sevişmeler</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>215</v>
+        <v>190</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786055683139</t>
+          <t>9786056211218</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Otobes - Otobüs</t>
+          <t>Peşengeha Suretan</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786055683214</t>
+          <t>9786054497324</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Nüçe Ü Nüçevani 3Ç 3K</t>
+          <t>Penç Kulilken Zıvıstane</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>260</v>
+        <v>215</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789756179543</t>
+          <t>9786055683139</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Nameyek Ji Xwede Re</t>
+          <t>Otobes - Otobüs</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786054497447</t>
+          <t>9786055683214</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Morof</t>
+          <t>Nüçe Ü Nüçevani 3Ç 3K</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786055683047</t>
+          <t>9789756179543</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Mişexti</t>
+          <t>Nameyek Ji Xwede Re</t>
         </is>
       </c>
       <c r="C435" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786059014946</t>
+          <t>9786054497447</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Miriye Heram</t>
+          <t>Morof</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786058813083</t>
+          <t>9786055683047</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Mirina Besi</t>
+          <t>Mişexti</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>310</v>
+        <v>340</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786055683184</t>
+          <t>9786059014946</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Mirin Di Xewe De Bu Bepar - Ölüm Uykudaydı Yoksun</t>
+          <t>Miriye Heram</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786054497515</t>
+          <t>9786058813083</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Mezrecelil</t>
+          <t>Mirina Besi</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786057535153</t>
+          <t>9786055683184</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya Uygarlığı’nda Hakkari</t>
+          <t>Mirin Di Xewe De Bu Bepar - Ölüm Uykudaydı Yoksun</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>750</v>
+        <v>240</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789756179239</t>
+          <t>9786054497515</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Meyman</t>
+          <t>Mezrecelil</t>
         </is>
       </c>
       <c r="C441" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786054497232</t>
+          <t>9786057535153</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Merike Lal</t>
+          <t>Mezopotamya Uygarlığı’nda Hakkari</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786058813045</t>
+          <t>9789756179239</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Medrese</t>
+          <t>Meyman</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789756179499</t>
+          <t>9786054497232</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Madrit’te Ölmek / Mırına Lı Madride</t>
+          <t>Merike Lal</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786059014922</t>
+          <t>9786058813045</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Li Goristaneke Amede</t>
+          <t>Medrese</t>
         </is>
       </c>
       <c r="C445" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786054497072</t>
+          <t>9789756179499</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Letife</t>
+          <t>Madrit’te Ölmek / Mırına Lı Madride</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786054497492</t>
+          <t>9786059014922</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Kurdistan ü Kurd</t>
+          <t>Li Goristaneke Amede</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>385</v>
+        <v>230</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786056211232</t>
+          <t>9786054497072</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Kurdistan u Prosesa İslamkirina Kurdan</t>
+          <t>Letife</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>385</v>
+        <v>260</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786054497553</t>
+          <t>9786054497492</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Kurden Elmanyaye</t>
+          <t>Kurdistan ü Kurd</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>325</v>
+        <v>385</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786055683092</t>
+          <t>9786056211232</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Kulilkvedana Gezgezke</t>
+          <t>Kurdistan u Prosesa İslamkirina Kurdan</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>375</v>
+        <v>385</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789756179567</t>
+          <t>9786054497553</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Kirazların Haziranı / Püşpera Gelazan</t>
+          <t>Kurden Elmanyaye</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>240</v>
+        <v>325</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786056211270</t>
+          <t>9786055683092</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Keşana Lekeran</t>
+          <t>Kulilkvedana Gezgezke</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>310</v>
+        <v>375</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786056211256</t>
+          <t>9789756179567</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Keleh</t>
+          <t>Kirazların Haziranı / Püşpera Gelazan</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786054497331</t>
+          <t>9786056211270</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Kefaret</t>
+          <t>Keşana Lekeran</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>215</v>
+        <v>310</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786055683115</t>
+          <t>9786056211256</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Ji Vittulaye Muzika Popüler</t>
+          <t>Keleh</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786057535207</t>
+          <t>9786054497331</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Jana Gel</t>
+          <t>Kefaret</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>300</v>
+        <v>215</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789756179482</t>
+          <t>9786055683115</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>İstasyonda Başladı Hayat / Jiyane Lı İstasyone Dest Pe Kır</t>
+          <t>Ji Vittulaye Muzika Popüler</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786054497133</t>
+          <t>9786057535207</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Hevale Çak</t>
+          <t>Jana Gel</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786054497041</t>
+          <t>9789756179482</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Hesret Defter Hemu Berhem Cilda: 1</t>
+          <t>İstasyonda Başladı Hayat / Jiyane Lı İstasyone Dest Pe Kır</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>590</v>
+        <v>340</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789756179642</t>
+          <t>9786054497133</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Heciye Cindi - Jiyan u Kar</t>
+          <t>Hevale Çak</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786059295635</t>
+          <t>9786054497041</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Hakkari Suretleri</t>
+          <t>Hesret Defter Hemu Berhem Cilda: 1</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>325</v>
+        <v>590</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786059295277</t>
+          <t>9789756179642</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Guneh</t>
+          <t>Heciye Cindi - Jiyan u Kar</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786059014700</t>
+          <t>9786059295635</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Gundike Dono</t>
+          <t>Hakkari Suretleri</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786054497423</t>
+          <t>9786059295277</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Gunde Merxasan</t>
+          <t>Guneh</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>310</v>
+        <v>220</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789756179413</t>
+          <t>9786059014700</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Govenda Li Ber Mirine</t>
+          <t>Gundike Dono</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786055683405</t>
+          <t>9786054497423</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Girava Gencineye</t>
+          <t>Gunde Merxasan</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>350</v>
+        <v>310</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786054497058</t>
+          <t>9789756179413</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Ferike Usiv Suretsufe</t>
+          <t>Govenda Li Ber Mirine</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>700</v>
+        <v>275</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789756179048</t>
+          <t>9786055683405</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Ferhenga Sirgune</t>
+          <t>Girava Gencineye</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786055683160</t>
+          <t>9786054497058</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Ezdiyati Oleke He ji Nenaskiri</t>
+          <t>Ferike Usiv Suretsufe</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>375</v>
+        <v>700</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789756179574</t>
+          <t>9789756179048</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Evina Merxaseki</t>
+          <t>Ferhenga Sirgune</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>560</v>
+        <v>250</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786056211294</t>
+          <t>9786055683160</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Ev Nameya Min e Ji Cîhane Re</t>
+          <t>Ezdiyati Oleke He ji Nenaskiri</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>240</v>
+        <v>375</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786054497591</t>
+          <t>9789756179574</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Eşqa Semaye</t>
+          <t>Evina Merxaseki</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>190</v>
+        <v>560</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786059295161</t>
+          <t>9786056211294</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Deqen Qesas</t>
+          <t>Ev Nameya Min e Ji Cîhane Re</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786054497416</t>
+          <t>9786054497591</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Denizin Söylediği Gotina Deryaye ye</t>
+          <t>Eşqa Semaye</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786057535610</t>
+          <t>9786059295161</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Dara Pelweşiyayi (Yaprakları Dökülmüş Ağaç)</t>
+          <t>Deqen Qesas</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786055683023</t>
+          <t>9786054497416</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Çilken Penuse</t>
+          <t>Denizin Söylediği Gotina Deryaye ye</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786054497287</t>
+          <t>9786057535610</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Çamur</t>
+          <t>Dara Pelweşiyayi (Yaprakları Dökülmüş Ağaç)</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786054497171</t>
+          <t>9786055683023</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Civina Pelavan</t>
+          <t>Çilken Penuse</t>
         </is>
       </c>
       <c r="C478" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786055683290</t>
+          <t>9786054497287</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Cewahiren Kurdi</t>
+          <t>Çamur</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789756179581</t>
+          <t>9786054497171</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Celile</t>
+          <t>Civina Pelavan</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>215</v>
+        <v>200</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786059295543</t>
+          <t>9786055683290</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Bişenga Deşta Dur</t>
+          <t>Cewahiren Kurdi</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789756179185</t>
+          <t>9789756179581</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Bistan Hatin Berdan</t>
+          <t>Celile</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>190</v>
+        <v>215</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786054497584</t>
+          <t>9786059295543</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Bi Heft Dengan Gazi Dikim</t>
+          <t>Bişenga Deşta Dur</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786054497348</t>
+          <t>9789756179185</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Bedengi u Tışten Dın</t>
+          <t>Bistan Hatin Berdan</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786054497157</t>
+          <t>9786054497584</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Auslander Beg</t>
+          <t>Bi Heft Dengan Gazi Dikim</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789756179260</t>
+          <t>9786054497348</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Anzu</t>
+          <t>Bedengi u Tışten Dın</t>
         </is>
       </c>
       <c r="C486" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9799756179085</t>
+          <t>9786054497157</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Yurdu / Elih</t>
+          <t>Auslander Beg</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>215</v>
+        <v>275</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
+          <t>9789756179260</t>
+        </is>
+      </c>
+      <c r="B488" s="1" t="inlineStr">
+        <is>
+          <t>Anzu</t>
+        </is>
+      </c>
+      <c r="C488" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="489" spans="1:3">
+      <c r="A489" s="1" t="inlineStr">
+        <is>
+          <t>9799756179085</t>
+        </is>
+      </c>
+      <c r="B489" s="1" t="inlineStr">
+        <is>
+          <t>Allah’ın Yurdu / Elih</t>
+        </is>
+      </c>
+      <c r="C489" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="490" spans="1:3">
+      <c r="A490" s="1" t="inlineStr">
+        <is>
           <t>9786055683283</t>
         </is>
       </c>
-      <c r="B488" s="1" t="inlineStr">
+      <c r="B490" s="1" t="inlineStr">
         <is>
           <t>Adat u Rusümatnameye Ekradiye</t>
         </is>
       </c>
-      <c r="C488" s="1">
+      <c r="C490" s="1">
         <v>405</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>