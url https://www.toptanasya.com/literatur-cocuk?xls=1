--- v0 (2025-10-28)
+++ v1 (2025-12-15)
@@ -85,775 +85,820 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789750410765</t>
+          <t>9789750410918</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Balıkları (Ciltli)</t>
+          <t>Ateş Ali</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>800</v>
+        <v>150</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789750410703</t>
+          <t>9789750410819</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’da Dört Elementin İzinde</t>
+          <t>Tek Canavar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>245</v>
+        <v>280</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789750410666</t>
+          <t>9789750410772</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Öfkeli Canavarlar</t>
+          <t>Ortada Buluşalım</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>245</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789750410574</t>
+          <t>9789750410765</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Canavarlar</t>
+          <t>Türkiye’nin Balıkları (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>245</v>
+        <v>800</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789750410536</t>
+          <t>9789750410703</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Küçük Canavarın Özgüven Rehberi</t>
+          <t>İstanbul’da Dört Elementin İzinde</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789750410543</t>
+          <t>9789750410666</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Küçük Canavarın Bilinçli Farkındalık Kılavuzu</t>
+          <t>Öfkeli Canavarlar</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789750400025</t>
+          <t>9789750410574</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Beyin Fırtınası Yeşil Dizi (6 Kitap Takım)</t>
+          <t>Mutlu Canavarlar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>755</v>
+        <v>245</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789750410420</t>
+          <t>9789750410536</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bıcı Bıcı Vakti</t>
+          <t>Küçük Canavarın Özgüven Rehberi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789750410550</t>
+          <t>9789750410543</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>DEHB’li Harika Beynim</t>
+          <t>Küçük Canavarın Bilinçli Farkındalık Kılavuzu</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789750410444</t>
+          <t>9789750400025</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kim Ne Der?</t>
+          <t>Beyin Fırtınası Yeşil Dizi (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>195</v>
+        <v>755</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789750410437</t>
+          <t>9789750410420</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Saat Sabahın Dördü</t>
+          <t>Bıcı Bıcı Vakti</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789750410284</t>
+          <t>9789750410550</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Mars Bize Ne Kadar Uzak?</t>
+          <t>DEHB’li Harika Beynim</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789750410321</t>
+          <t>9789750410444</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sözün İzinde - 99 Deyim Öyküsü</t>
+          <t>Kim Ne Der?</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>350</v>
+        <v>195</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789750410314</t>
+          <t>9789750410437</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sözün İzinde-99 Atasözü Öyküsü</t>
+          <t>Saat Sabahın Dördü</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789750410291</t>
+          <t>9789750410284</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Baloncu Amca</t>
+          <t>Mars Bize Ne Kadar Uzak?</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789750410215</t>
+          <t>9789750410321</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bostanda İsyan Var</t>
+          <t>Sözün İzinde - 99 Deyim Öyküsü</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789750410338</t>
+          <t>9789750410314</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Nedir Birbirimizden Farkımız?</t>
+          <t>Sözün İzinde-99 Atasözü Öyküsü</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>185</v>
+        <v>350</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789750410307</t>
+          <t>9789750410291</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Savaş’ın Barış Hali</t>
+          <t>Baloncu Amca</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>185</v>
+        <v>195</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789750410222</t>
+          <t>9789750410215</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten Eşit miyiz?</t>
+          <t>Bostanda İsyan Var</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789750409882</t>
+          <t>9789750410338</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Benim Yeşil Gezegenim</t>
+          <t>Nedir Birbirimizden Farkımız?</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789750410079</t>
+          <t>9789750410307</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Heyamolalar</t>
+          <t>Savaş’ın Barış Hali</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>240</v>
+        <v>185</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789750410062</t>
+          <t>9789750410222</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Palmiye ile Karatavuk</t>
+          <t>Gerçekten Eşit miyiz?</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>150</v>
+        <v>185</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789750410086</t>
+          <t>9789750409882</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Kötü Günüm</t>
+          <t>Benim Yeşil Gezegenim</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>185</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789750410093</t>
+          <t>9789750410079</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Biri ve Diğeri</t>
+          <t>Heyamolalar</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>185</v>
+        <v>240</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789750404948</t>
+          <t>9789750410062</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Şifrelerin Sırrı</t>
+          <t>Palmiye ile Karatavuk</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789750404993</t>
+          <t>9789750410086</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Beyin Gücü</t>
+          <t>En Güzel Kötü Günüm</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789750405068</t>
+          <t>9789750410093</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bu Çılgın Fikirler Kime Ait?</t>
+          <t>Biri ve Diğeri</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>140</v>
+        <v>185</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789750404955</t>
+          <t>9789750404948</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Dili</t>
+          <t>Şifrelerin Sırrı</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789750408489</t>
+          <t>9789750404993</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yiyecekler</t>
+          <t>Beyin Gücü</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789750408496</t>
+          <t>9789750405068</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar</t>
+          <t>Bu Çılgın Fikirler Kime Ait?</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789750405129</t>
+          <t>9789750404955</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Hayatta Kalırsınız?</t>
+          <t>Hayvanların Dili</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789750405358</t>
+          <t>9789750408489</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kase’nin İzinde</t>
+          <t>Yiyecekler</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789750405327</t>
+          <t>9789750408496</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kuşadam Yarışı</t>
+          <t>Hayvanlar</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789750405341</t>
+          <t>9789750405129</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Uygarlık Atlantis</t>
+          <t>Nasıl Hayatta Kalırsınız?</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789750405280</t>
+          <t>9789750405358</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Hazine</t>
+          <t>Kutsal Kase’nin İzinde</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789750405051</t>
+          <t>9789750405327</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Dünya</t>
+          <t>Kuşadam Yarışı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789750405044</t>
+          <t>9789750405341</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Uzaylı Dosyaları</t>
+          <t>Kayıp Uygarlık Atlantis</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789750405099</t>
+          <t>9789750405280</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Uzayda Yaşam</t>
+          <t>Kayıp Hazine</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789750405013</t>
+          <t>9789750405051</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sınırları Aşmak</t>
+          <t>Gizemli Dünya</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789750404986</t>
+          <t>9789750405044</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Palavralar, Aldatmacalar ve Şakalar</t>
+          <t>Uzaylı Dosyaları</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789750405105</t>
+          <t>9789750405099</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Nesilleri Tükenmek Üzere</t>
+          <t>Uzayda Yaşam</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789750405082</t>
+          <t>9789750405013</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Dünya Robotları</t>
+          <t>Sınırları Aşmak</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789750405020</t>
+          <t>9789750404986</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>En Büyük, En Yüksek, En Hızlı</t>
+          <t>Palavralar, Aldatmacalar ve Şakalar</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789750405334</t>
+          <t>9789750405105</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>El Dorado’nun İzinde</t>
+          <t>Nesilleri Tükenmek Üzere</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789750405112</t>
+          <t>9789750405082</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Kabusları</t>
+          <t>Gerçek Dünya Robotları</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789750405136</t>
+          <t>9789750405020</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Çığır Açanlar</t>
+          <t>En Büyük, En Yüksek, En Hızlı</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789750404979</t>
+          <t>9789750405334</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Canavarlar</t>
+          <t>El Dorado’nun İzinde</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789750405037</t>
+          <t>9789750405112</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Azgın Dalgalar</t>
+          <t>Doğanın Kabusları</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
+          <t>9789750405136</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Çığır Açanlar</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9789750404979</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Canavarlar</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9789750405037</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Azgın Dalgalar</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
           <t>9789750404962</t>
         </is>
       </c>
-      <c r="B50" s="1" t="inlineStr">
+      <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Akıllı Bitkiler</t>
         </is>
       </c>
-      <c r="C50" s="1">
+      <c r="C53" s="1">
         <v>140</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>