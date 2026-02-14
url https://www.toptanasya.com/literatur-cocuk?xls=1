--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,820 +85,850 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789750410918</t>
+          <t>9789750410994</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ateş Ali</t>
+          <t>Atlas'ın Kaleminden Paylaşılamayan Simit</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789750410819</t>
+          <t>9789750410963</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Tek Canavar</t>
+          <t>Ormanın Yıldızları</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789750410772</t>
+          <t>9789750410918</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ortada Buluşalım</t>
+          <t>Ateş Ali</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789750410765</t>
+          <t>9789750410819</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Balıkları (Ciltli)</t>
+          <t>Tek Canavar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>800</v>
+        <v>280</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789750410703</t>
+          <t>9789750410772</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’da Dört Elementin İzinde</t>
+          <t>Ortada Buluşalım</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>245</v>
+        <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789750410666</t>
+          <t>9789750410765</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Öfkeli Canavarlar</t>
+          <t>Türkiye’nin Balıkları (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>245</v>
+        <v>800</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789750410574</t>
+          <t>9789750410703</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Canavarlar</t>
+          <t>İstanbul’da Dört Elementin İzinde</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789750410536</t>
+          <t>9789750410666</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Küçük Canavarın Özgüven Rehberi</t>
+          <t>Öfkeli Canavarlar</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789750410543</t>
+          <t>9789750410574</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Küçük Canavarın Bilinçli Farkındalık Kılavuzu</t>
+          <t>Mutlu Canavarlar</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789750400025</t>
+          <t>9789750410536</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Beyin Fırtınası Yeşil Dizi (6 Kitap Takım)</t>
+          <t>Küçük Canavarın Özgüven Rehberi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>755</v>
+        <v>245</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789750410420</t>
+          <t>9789750410543</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bıcı Bıcı Vakti</t>
+          <t>Küçük Canavarın Bilinçli Farkındalık Kılavuzu</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789750410550</t>
+          <t>9789750400025</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>DEHB’li Harika Beynim</t>
+          <t>Beyin Fırtınası Yeşil Dizi (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>245</v>
+        <v>900</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789750410444</t>
+          <t>9789750410420</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kim Ne Der?</t>
+          <t>Bıcı Bıcı Vakti</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789750410437</t>
+          <t>9789750410550</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Saat Sabahın Dördü</t>
+          <t>DEHB’li Harika Beynim</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789750410284</t>
+          <t>9789750410444</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Mars Bize Ne Kadar Uzak?</t>
+          <t>Kim Ne Der?</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789750410321</t>
+          <t>9789750410437</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sözün İzinde - 99 Deyim Öyküsü</t>
+          <t>Saat Sabahın Dördü</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789750410314</t>
+          <t>9789750410284</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sözün İzinde-99 Atasözü Öyküsü</t>
+          <t>Mars Bize Ne Kadar Uzak?</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>350</v>
+        <v>195</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789750410291</t>
+          <t>9789750410321</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Baloncu Amca</t>
+          <t>Sözün İzinde - 99 Deyim Öyküsü</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>195</v>
+        <v>350</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789750410215</t>
+          <t>9789750410314</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Bostanda İsyan Var</t>
+          <t>Sözün İzinde-99 Atasözü Öyküsü</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789750410338</t>
+          <t>9789750410291</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Nedir Birbirimizden Farkımız?</t>
+          <t>Baloncu Amca</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>185</v>
+        <v>195</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789750410307</t>
+          <t>9789750410215</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Savaş’ın Barış Hali</t>
+          <t>Bostanda İsyan Var</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789750410222</t>
+          <t>9789750410338</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten Eşit miyiz?</t>
+          <t>Nedir Birbirimizden Farkımız?</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789750409882</t>
+          <t>9789750410307</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Benim Yeşil Gezegenim</t>
+          <t>Savaş’ın Barış Hali</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789750410079</t>
+          <t>9789750410222</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Heyamolalar</t>
+          <t>Gerçekten Eşit miyiz?</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>240</v>
+        <v>185</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789750410062</t>
+          <t>9789750409882</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Palmiye ile Karatavuk</t>
+          <t>Benim Yeşil Gezegenim</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>150</v>
+        <v>185</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789750410086</t>
+          <t>9789750410079</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Kötü Günüm</t>
+          <t>Heyamolalar</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789750410093</t>
+          <t>9789750410062</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Biri ve Diğeri</t>
+          <t>Palmiye ile Karatavuk</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>185</v>
+        <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789750404948</t>
+          <t>9789750410086</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Şifrelerin Sırrı</t>
+          <t>En Güzel Kötü Günüm</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789750404993</t>
+          <t>9789750410093</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Beyin Gücü</t>
+          <t>Biri ve Diğeri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>140</v>
+        <v>185</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789750405068</t>
+          <t>9789750404948</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bu Çılgın Fikirler Kime Ait?</t>
+          <t>Şifrelerin Sırrı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>140</v>
+        <v>168</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789750404955</t>
+          <t>9789750404993</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Dili</t>
+          <t>Beyin Gücü</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>140</v>
+        <v>168</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789750408489</t>
+          <t>9789750405068</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Yiyecekler</t>
+          <t>Bu Çılgın Fikirler Kime Ait?</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>300</v>
+        <v>168</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789750408496</t>
+          <t>9789750404955</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar</t>
+          <t>Hayvanların Dili</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>300</v>
+        <v>168</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789750405129</t>
+          <t>9789750408489</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Hayatta Kalırsınız?</t>
+          <t>Yiyecekler</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789750405358</t>
+          <t>9789750408496</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kase’nin İzinde</t>
+          <t>Hayvanlar</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789750405327</t>
+          <t>9789750405129</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kuşadam Yarışı</t>
+          <t>Nasıl Hayatta Kalırsınız?</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>150</v>
+        <v>168</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789750405341</t>
+          <t>9789750405358</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Uygarlık Atlantis</t>
+          <t>Kutsal Kase’nin İzinde</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789750405280</t>
+          <t>9789750405327</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Hazine</t>
+          <t>Kuşadam Yarışı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789750405051</t>
+          <t>9789750405341</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Dünya</t>
+          <t>Kayıp Uygarlık Atlantis</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789750405044</t>
+          <t>9789750405280</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Uzaylı Dosyaları</t>
+          <t>Kayıp Hazine</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789750405099</t>
+          <t>9789750405051</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Uzayda Yaşam</t>
+          <t>Gizemli Dünya</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>180</v>
+        <v>168</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789750405013</t>
+          <t>9789750405044</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Sınırları Aşmak</t>
+          <t>Uzaylı Dosyaları</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>140</v>
+        <v>168</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789750404986</t>
+          <t>9789750405099</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Palavralar, Aldatmacalar ve Şakalar</t>
+          <t>Uzayda Yaşam</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>140</v>
+        <v>198</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789750405105</t>
+          <t>9789750405013</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Nesilleri Tükenmek Üzere</t>
+          <t>Sınırları Aşmak</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>140</v>
+        <v>168</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789750405082</t>
+          <t>9789750404986</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Dünya Robotları</t>
+          <t>Palavralar, Aldatmacalar ve Şakalar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>140</v>
+        <v>168</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789750405020</t>
+          <t>9789750405105</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>En Büyük, En Yüksek, En Hızlı</t>
+          <t>Nesilleri Tükenmek Üzere</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>140</v>
+        <v>168</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789750405334</t>
+          <t>9789750405082</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>El Dorado’nun İzinde</t>
+          <t>Gerçek Dünya Robotları</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>150</v>
+        <v>168</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789750405112</t>
+          <t>9789750405020</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Kabusları</t>
+          <t>En Büyük, En Yüksek, En Hızlı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>140</v>
+        <v>168</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789750405136</t>
+          <t>9789750405334</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Çığır Açanlar</t>
+          <t>El Dorado’nun İzinde</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789750404979</t>
+          <t>9789750405112</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Canavarlar</t>
+          <t>Doğanın Kabusları</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>140</v>
+        <v>168</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789750405037</t>
+          <t>9789750405136</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Azgın Dalgalar</t>
+          <t>Çığır Açanlar</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>140</v>
+        <v>168</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
+          <t>9789750404979</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Canavarlar</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9789750405037</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Azgın Dalgalar</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
           <t>9789750404962</t>
         </is>
       </c>
-      <c r="B53" s="1" t="inlineStr">
+      <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Akıllı Bitkiler</t>
         </is>
       </c>
-      <c r="C53" s="1">
-        <v>140</v>
+      <c r="C55" s="1">
+        <v>168</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>