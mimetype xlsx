--- v0 (2025-10-28)
+++ v1 (2025-12-15)
@@ -85,730 +85,805 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789750410758</t>
+          <t>9789750410925</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kurma Disiplini</t>
+          <t>Gençler Nereye - Bir Kuşağın Peşinde</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789750410741</t>
+          <t>9789750410901</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Başucumda Deniz</t>
+          <t>Bir Fincan Felsefe</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>325</v>
+        <v>290</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789750410581</t>
+          <t>9789750410734</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Yaş Alma Rehberi</t>
+          <t>Bebek Tarifleri (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>210</v>
+        <v>580</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789750410673</t>
+          <t>9789750410796</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Para Meselesi</t>
+          <t>Ekran Hapsi, Kaçışın Yol Haritası!</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789750410659</t>
+          <t>9789750410789</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kendini Tanı Öz Değer Günlüğü</t>
+          <t>Rıza Çarkı: Alma ve Verme Sanatı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>340</v>
+        <v>450</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789750410642</t>
+          <t>9789750410758</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kendini Sev Öz Kabul Günlüğü</t>
+          <t>Hayal Kurma Disiplini</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>360</v>
+        <v>275</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789750410628</t>
+          <t>9789750410741</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>’Den Hali</t>
+          <t>Başucumda Deniz</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789750410635</t>
+          <t>9789750410581</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Hanasaki Sistemi</t>
+          <t>Sağlıklı Yaş Alma Rehberi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>295</v>
+        <v>210</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789750410611</t>
+          <t>9789750410673</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Masalın Bittiği Yer</t>
+          <t>Para Meselesi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789750410451</t>
+          <t>9789750410659</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kendine Yalan Söylemeyi Bırak Hayatını Değiştirecek 101 Acı Gerçek</t>
+          <t>Kendini Tanı Öz Değer Günlüğü</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>225</v>
+        <v>340</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789750410529</t>
+          <t>9789750410642</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Etimoloji 101 - Kelimelerin Kökeni</t>
+          <t>Kendini Sev Öz Kabul Günlüğü</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>275</v>
+        <v>360</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789750410505</t>
+          <t>9789750410628</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sakin Çocuk</t>
+          <t>’Den Hali</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789750410499</t>
+          <t>9789750410635</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Çocuk</t>
+          <t>Hanasaki Sistemi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789750410512</t>
+          <t>9789750410611</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Çocuk</t>
+          <t>Masalın Bittiği Yer</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789750410482</t>
+          <t>9789750410451</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kaygının Tamiri</t>
+          <t>Kendine Yalan Söylemeyi Bırak Hayatını Değiştirecek 101 Acı Gerçek</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789750410475</t>
+          <t>9789750410529</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Özgüvenin Tamiri</t>
+          <t>Etimoloji 101 - Kelimelerin Kökeni</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789750410468</t>
+          <t>9789750410505</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kendini de Seven Anne</t>
+          <t>Sakin Çocuk</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789750410413</t>
+          <t>9789750410499</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimle Uyku/ 0-2 yaş için sağlıklı uyku rehber</t>
+          <t>Mutlu Çocuk</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789750410345</t>
+          <t>9789750410512</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuz Bozuk Değil</t>
+          <t>Sosyal Çocuk</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789750410260</t>
+          <t>9789750410482</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Edebi ve Edepsiz Beyoğlu Bohem Bir Rehber</t>
+          <t>Kaygının Tamiri</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789750410154</t>
+          <t>9789750410475</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Matematik: Cebirden Algoritmalara: Sayıların Arasında Maceralar</t>
+          <t>Özgüvenin Tamiri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>495</v>
+        <v>275</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789750410208</t>
+          <t>9789750410468</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hayatla Bir Anlaşma</t>
+          <t>Kendini de Seven Anne</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789750410192</t>
+          <t>9789750410413</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Korku: Alternatif Dünya Tarihi</t>
+          <t>Bebeğimle Uyku/ 0-2 yaş için sağlıklı uyku rehber</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>425</v>
+        <v>275</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789750410161</t>
+          <t>9789750410345</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>41 Kere İstanbul</t>
+          <t>Çocuğunuz Bozuk Değil</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>595</v>
+        <v>225</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789750410147</t>
+          <t>9789750410260</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Paradokslar (Ciltli)</t>
+          <t>Edebi ve Edepsiz Beyoğlu Bohem Bir Rehber</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>550</v>
+        <v>190</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789750410130</t>
+          <t>9789750410154</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Fizik (Ciltli)</t>
+          <t>Matematik: Cebirden Algoritmalara: Sayıların Arasında Maceralar</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>495</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789750410048</t>
+          <t>9789750410208</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Hamilelik</t>
+          <t>Hayatla Bir Anlaşma</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>198</v>
+        <v>325</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789750410123</t>
+          <t>9789750410192</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Felsefe</t>
+          <t>Korku: Alternatif Dünya Tarihi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>495</v>
+        <v>425</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789750410116</t>
+          <t>9789750410161</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji</t>
+          <t>41 Kere İstanbul</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>495</v>
+        <v>595</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789750410024</t>
+          <t>9789750410147</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Merdiven Altı Terapi</t>
+          <t>Paradokslar (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>325</v>
+        <v>550</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789750410031</t>
+          <t>9789750410130</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hayalden Bebeğe - Tüp Bebek ve İnfertilite</t>
+          <t>Fizik (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>325</v>
+        <v>495</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789750409943</t>
+          <t>9789750410048</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Aşk - Hayat Boyu Aşkın 6 Formülü</t>
+          <t>100 Soruda Hamilelik</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>350</v>
+        <v>198</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789750409936</t>
+          <t>9789750410123</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Yaşam ve Kendini Bulma Sanatı</t>
+          <t>Felsefe</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>186</v>
+        <v>495</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789750409929</t>
+          <t>9789750410116</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Boşan Da Semeresini Ye</t>
+          <t>Psikoloji</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>315</v>
+        <v>495</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789750409912</t>
+          <t>9789750410024</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Koşmak ve Kendini Bulma Sanatı</t>
+          <t>Merdiven Altı Terapi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>285</v>
+        <v>325</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789750409905</t>
+          <t>9789750410031</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bedenim Değişiyor Bebeğim Büyüyor</t>
+          <t>Hayalden Bebeğe - Tüp Bebek ve İnfertilite</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789750409868</t>
+          <t>9789750409943</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Taşların Öteki Hikayesi</t>
+          <t>Sürdürülebilir Aşk - Hayat Boyu Aşkın 6 Formülü</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>234</v>
+        <v>350</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789750409851</t>
+          <t>9789750409936</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Veganlık ve Kendini Bulma Sanatı</t>
+          <t>Ekolojik Yaşam ve Kendini Bulma Sanatı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>225</v>
+        <v>186</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789750409844</t>
+          <t>9789750409929</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kalpten Baba</t>
+          <t>Boşan Da Semeresini Ye</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>225</v>
+        <v>315</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789750409820</t>
+          <t>9789750409912</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatçı Gözüyle Sözün İzinde</t>
+          <t>Koşmak ve Kendini Bulma Sanatı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>320</v>
+        <v>285</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789750409790</t>
+          <t>9789750409905</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Astroloji ve Kendini Bulma Sanatı</t>
+          <t>Bedenim Değişiyor Bebeğim Büyüyor</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789750409783</t>
+          <t>9789750409868</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Pilates ve Kendini Bulma Sanatı</t>
+          <t>Taşların Öteki Hikayesi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>175</v>
+        <v>234</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789750409752</t>
+          <t>9789750409851</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ayurveda ve Kendini Bulma Sanatı</t>
+          <t>Veganlık ve Kendini Bulma Sanatı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>210</v>
+        <v>225</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789750409745</t>
+          <t>9789750409844</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yoga ve Kendini Bulma Sanatı</t>
+          <t>Kalpten Baba</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>234</v>
+        <v>225</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789750409721</t>
+          <t>9789750409820</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sarsıntı</t>
+          <t>Edebiyatçı Gözüyle Sözün İzinde</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>335</v>
+        <v>320</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
+          <t>9789750409790</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Astroloji ve Kendini Bulma Sanatı</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9789750409783</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Pilates ve Kendini Bulma Sanatı</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9789750409752</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Ayurveda ve Kendini Bulma Sanatı</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9789750409745</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Yoga ve Kendini Bulma Sanatı</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9789750409721</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Sarsıntı</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
           <t>9789750409738</t>
         </is>
       </c>
-      <c r="B47" s="1" t="inlineStr">
+      <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Senin Hakkında Bir Hikaye</t>
         </is>
       </c>
-      <c r="C47" s="1">
+      <c r="C52" s="1">
         <v>325</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>