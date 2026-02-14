--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,805 +85,850 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789750410925</t>
+          <t>9789750411007</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Gençler Nereye - Bir Kuşağın Peşinde</t>
+          <t>İyi Hayat</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789750410901</t>
+          <t>9789750410970</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bir Fincan Felsefe</t>
+          <t>Yaralı Aile</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789750410734</t>
+          <t>9789750410956</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bebek Tarifleri (Ciltli)</t>
+          <t>Mide Ağrısı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>580</v>
+        <v>180</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789750410796</t>
+          <t>9789750410925</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ekran Hapsi, Kaçışın Yol Haritası!</t>
+          <t>Gençler Nereye - Bir Kuşağın Peşinde</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789750410789</t>
+          <t>9789750410901</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Rıza Çarkı: Alma ve Verme Sanatı</t>
+          <t>Bir Fincan Felsefe</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789750410758</t>
+          <t>9789750410734</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kurma Disiplini</t>
+          <t>Bebek Tarifleri (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>275</v>
+        <v>580</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789750410741</t>
+          <t>9789750410796</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Başucumda Deniz</t>
+          <t>Ekran Hapsi, Kaçışın Yol Haritası!</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789750410581</t>
+          <t>9789750410789</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Yaş Alma Rehberi</t>
+          <t>Rıza Çarkı: Alma ve Verme Sanatı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>210</v>
+        <v>450</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789750410673</t>
+          <t>9789750410758</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Para Meselesi</t>
+          <t>Hayal Kurma Disiplini</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789750410659</t>
+          <t>9789750410741</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kendini Tanı Öz Değer Günlüğü</t>
+          <t>Başucumda Deniz</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>340</v>
+        <v>375</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789750410642</t>
+          <t>9789750410581</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kendini Sev Öz Kabul Günlüğü</t>
+          <t>Sağlıklı Yaş Alma Rehberi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>360</v>
+        <v>225</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789750410628</t>
+          <t>9789750410673</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>’Den Hali</t>
+          <t>Para Meselesi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789750410635</t>
+          <t>9789750410659</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hanasaki Sistemi</t>
+          <t>Kendini Tanı Öz Değer Günlüğü</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>295</v>
+        <v>340</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789750410611</t>
+          <t>9789750410642</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Masalın Bittiği Yer</t>
+          <t>Kendini Sev Öz Kabul Günlüğü</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789750410451</t>
+          <t>9789750410628</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kendine Yalan Söylemeyi Bırak Hayatını Değiştirecek 101 Acı Gerçek</t>
+          <t>’Den Hali</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789750410529</t>
+          <t>9789750410635</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Etimoloji 101 - Kelimelerin Kökeni</t>
+          <t>Hanasaki Sistemi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789750410505</t>
+          <t>9789750410611</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sakin Çocuk</t>
+          <t>Masalın Bittiği Yer</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789750410499</t>
+          <t>9789750410451</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Çocuk</t>
+          <t>Kendine Yalan Söylemeyi Bırak Hayatını Değiştirecek 101 Acı Gerçek</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789750410512</t>
+          <t>9789750410529</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Çocuk</t>
+          <t>Etimoloji 101 - Kelimelerin Kökeni</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789750410482</t>
+          <t>9789750410505</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kaygının Tamiri</t>
+          <t>Sakin Çocuk</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>275</v>
+        <v>245</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789750410475</t>
+          <t>9789750410499</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Özgüvenin Tamiri</t>
+          <t>Mutlu Çocuk</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>275</v>
+        <v>245</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789750410468</t>
+          <t>9789750410512</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kendini de Seven Anne</t>
+          <t>Sosyal Çocuk</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>275</v>
+        <v>245</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789750410413</t>
+          <t>9789750410482</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimle Uyku/ 0-2 yaş için sağlıklı uyku rehber</t>
+          <t>Kaygının Tamiri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789750410345</t>
+          <t>9789750410475</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuz Bozuk Değil</t>
+          <t>Özgüvenin Tamiri</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789750410260</t>
+          <t>9789750410468</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Edebi ve Edepsiz Beyoğlu Bohem Bir Rehber</t>
+          <t>Kendini de Seven Anne</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>190</v>
+        <v>295</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789750410154</t>
+          <t>9789750410413</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Matematik: Cebirden Algoritmalara: Sayıların Arasında Maceralar</t>
+          <t>Bebeğimle Uyku/ 0-2 yaş için sağlıklı uyku rehber</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>495</v>
+        <v>275</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789750410208</t>
+          <t>9789750410345</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hayatla Bir Anlaşma</t>
+          <t>Çocuğunuz Bozuk Değil</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789750410192</t>
+          <t>9789750410260</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Korku: Alternatif Dünya Tarihi</t>
+          <t>Edebi ve Edepsiz Beyoğlu Bohem Bir Rehber</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>425</v>
+        <v>225</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789750410161</t>
+          <t>9789750410154</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>41 Kere İstanbul</t>
+          <t>Matematik: Cebirden Algoritmalara: Sayıların Arasında Maceralar</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>595</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789750410147</t>
+          <t>9789750410208</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Paradokslar (Ciltli)</t>
+          <t>Hayatla Bir Anlaşma</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>550</v>
+        <v>375</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789750410130</t>
+          <t>9789750410192</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Fizik (Ciltli)</t>
+          <t>Korku: Alternatif Dünya Tarihi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>495</v>
+        <v>450</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789750410048</t>
+          <t>9789750410161</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Hamilelik</t>
+          <t>41 Kere İstanbul</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>198</v>
+        <v>650</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789750410123</t>
+          <t>9789750410147</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Felsefe</t>
+          <t>Paradokslar (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>495</v>
+        <v>650</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789750410116</t>
+          <t>9789750410130</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji</t>
+          <t>Fizik (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>495</v>
+        <v>595</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789750410024</t>
+          <t>9789750410048</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Merdiven Altı Terapi</t>
+          <t>100 Soruda Hamilelik</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>325</v>
+        <v>235</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789750410031</t>
+          <t>9789750410123</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Hayalden Bebeğe - Tüp Bebek ve İnfertilite</t>
+          <t>Felsefe</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>325</v>
+        <v>595</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789750409943</t>
+          <t>9789750410116</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Aşk - Hayat Boyu Aşkın 6 Formülü</t>
+          <t>Psikoloji</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>350</v>
+        <v>595</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789750409936</t>
+          <t>9789750410024</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Yaşam ve Kendini Bulma Sanatı</t>
+          <t>Merdiven Altı Terapi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>186</v>
+        <v>390</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789750409929</t>
+          <t>9789750410031</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Boşan Da Semeresini Ye</t>
+          <t>Hayalden Bebeğe - Tüp Bebek ve İnfertilite</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>315</v>
+        <v>350</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789750409912</t>
+          <t>9789750409943</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Koşmak ve Kendini Bulma Sanatı</t>
+          <t>Sürdürülebilir Aşk - Hayat Boyu Aşkın 6 Formülü</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>285</v>
+        <v>385</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789750409905</t>
+          <t>9789750409936</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bedenim Değişiyor Bebeğim Büyüyor</t>
+          <t>Ekolojik Yaşam ve Kendini Bulma Sanatı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>325</v>
+        <v>186</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789750409868</t>
+          <t>9789750409929</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Taşların Öteki Hikayesi</t>
+          <t>Boşan Da Semeresini Ye</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>234</v>
+        <v>345</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789750409851</t>
+          <t>9789750409912</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Veganlık ve Kendini Bulma Sanatı</t>
+          <t>Koşmak ve Kendini Bulma Sanatı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>225</v>
+        <v>285</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789750409844</t>
+          <t>9789750409905</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kalpten Baba</t>
+          <t>Bedenim Değişiyor Bebeğim Büyüyor</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789750409820</t>
+          <t>9789750409868</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatçı Gözüyle Sözün İzinde</t>
+          <t>Taşların Öteki Hikayesi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>320</v>
+        <v>255</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789750409790</t>
+          <t>9789750409851</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Astroloji ve Kendini Bulma Sanatı</t>
+          <t>Veganlık ve Kendini Bulma Sanatı</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789750409783</t>
+          <t>9789750409844</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Pilates ve Kendini Bulma Sanatı</t>
+          <t>Kalpten Baba</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789750409752</t>
+          <t>9789750409820</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ayurveda ve Kendini Bulma Sanatı</t>
+          <t>Edebiyatçı Gözüyle Sözün İzinde</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789750409745</t>
+          <t>9789750409790</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Yoga ve Kendini Bulma Sanatı</t>
+          <t>Astroloji ve Kendini Bulma Sanatı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>234</v>
+        <v>250</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789750409721</t>
+          <t>9789750409783</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sarsıntı</t>
+          <t>Pilates ve Kendini Bulma Sanatı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>335</v>
+        <v>175</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
+          <t>9789750409752</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Ayurveda ve Kendini Bulma Sanatı</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9789750409745</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Yoga ve Kendini Bulma Sanatı</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9789750409721</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Sarsıntı</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
           <t>9789750409738</t>
         </is>
       </c>
-      <c r="B52" s="1" t="inlineStr">
+      <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Senin Hakkında Bir Hikaye</t>
         </is>
       </c>
-      <c r="C52" s="1">
-        <v>325</v>
+      <c r="C55" s="1">
+        <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>