--- v0 (2025-10-28)
+++ v1 (2025-12-15)
@@ -85,7090 +85,7165 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789750410604</t>
+          <t>9789750410833</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Seri Katiller</t>
+          <t>Kısaca Yapay Zeka - Büyük Fikirler Arasında Yolculuk</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>325</v>
+        <v>550</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789750410598</t>
+          <t>9789750410871</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Cinayetler</t>
+          <t>Kısaca Beyin - Büyük Fikirler Arasında Yolculuk</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>325</v>
+        <v>550</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789750410697</t>
+          <t>9789750410826</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Likenler ve Liken Bilimi</t>
+          <t>Kısaca Bilim - Büyük Fikirler Arasında Yolculuk</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>850</v>
+        <v>550</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789750410567</t>
+          <t>9789750410802</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Futbolda Eşitsizliğin Bedeli</t>
+          <t>Suyun Kıyısında Mimarlığın İzleri</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>1375</v>
+        <v>900</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789750408595</t>
+          <t>9789750406287</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Fakir Baykurt Çocuk Kitapları Seti (3 Kitap Takım)</t>
+          <t>Kur’an ve Din: İslamiyet Gerçeği 1</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>242</v>
+        <v>450</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789750410352</t>
+          <t>9789750410604</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kentin ve Mimarlığın Anahtarı Olarak Saydamlık</t>
+          <t>Seri Katiller</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>750</v>
+        <v>325</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789750409172</t>
+          <t>9789750410598</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Cisimlerin Mukavemeti</t>
+          <t>Cinayetler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>1500</v>
+        <v>325</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789750408373</t>
+          <t>9789750410697</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Temel Ekonometri (Renkli) (Ciltli)</t>
+          <t>Likenler ve Liken Bilimi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>1250</v>
+        <v>850</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789750410277</t>
+          <t>9789750410567</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Finans</t>
+          <t>Futbolda Eşitsizliğin Bedeli</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>450</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789750410246</t>
+          <t>9789750408595</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bir Galatasaraylı Mimarın Anıları “Kavun Unutmadan”</t>
+          <t>Fakir Baykurt Çocuk Kitapları Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>285</v>
+        <v>242</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789750410239</t>
+          <t>9789750410352</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Güncel Ekonomik Sorunlar : Yaşlılık Ekonomisi</t>
+          <t>Kentin ve Mimarlığın Anahtarı Olarak Saydamlık</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>385</v>
+        <v>750</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789750410253</t>
+          <t>9789750409172</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Dursun Akçam Kitaplığı Seti (9 Kitap Takım)</t>
+          <t>Cisimlerin Mukavemeti</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>1656</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789750401817</t>
+          <t>9789750408373</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kuzguncuk</t>
+          <t>Temel Ekonometri (Renkli) (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>420</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789758431359</t>
+          <t>9789750410277</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Koruma Onarım</t>
+          <t>Sürdürülebilir Finans</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789750406874</t>
+          <t>9789750410246</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Moda Tasarımı Temelleri Seti (10 Kitap Takım)</t>
+          <t>Bir Galatasaraylı Mimarın Anıları “Kavun Unutmadan”</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>7225</v>
+        <v>285</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789750407604</t>
+          <t>9789750410239</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Değerleme Esasları ve Finans Boyutu</t>
+          <t>Güncel Ekonomik Sorunlar : Yaşlılık Ekonomisi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>225</v>
+        <v>385</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789750404689</t>
+          <t>9789750410253</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Reklamcı Nedir?</t>
+          <t>Dursun Akçam Kitaplığı Seti (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>120</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789750410178</t>
+          <t>9789750401817</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Afalanın Yüreği</t>
+          <t>Kuzguncuk</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789750407482</t>
+          <t>9789758431359</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Gayri Müslimlerin Öteki Tarihi</t>
+          <t>Koruma Onarım</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>570</v>
+        <v>450</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789750409264</t>
+          <t>9789750406874</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Dedem Koruk Yemiş Emekçilerle Yanyana Bir Yaşam</t>
+          <t>Moda Tasarımı Temelleri Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>925</v>
+        <v>7225</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259783420</t>
+          <t>9789750407604</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Reklamın Kültürel İşlevleri</t>
+          <t>Gayrimenkul Değerleme Esasları ve Finans Boyutu</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>390</v>
+        <v>225</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789750406690</t>
+          <t>9789750404689</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Shigley'den Makine Mühendisliğinde Tasarım (Ciltli)</t>
+          <t>Reklamcı Nedir?</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>2850</v>
+        <v>120</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789750406089</t>
+          <t>9789750410178</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Excel ile Hisse Senedi Değerlemesi</t>
+          <t>Afalanın Yüreği</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>522</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789750410109</t>
+          <t>9789750407482</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Stadlara Sığmayan Hayallerim</t>
+          <t>Gayri Müslimlerin Öteki Tarihi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>225</v>
+        <v>570</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789750410017</t>
+          <t>9789750409264</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bir Köy Enstitüsü Penceresinden İş</t>
+          <t>Dedem Koruk Yemiş Emekçilerle Yanyana Bir Yaşam</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>375</v>
+        <v>925</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789750410055</t>
+          <t>9786259783420</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Hakikat ve Onarım</t>
+          <t>Reklamın Kültürel İşlevleri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789750409974</t>
+          <t>9789750406690</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Aynur Teyze’den 2 Yaka / 50 Lezzet</t>
+          <t>Shigley'den Makine Mühendisliğinde Tasarım (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>950</v>
+        <v>2850</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789750409998</t>
+          <t>9789750406089</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Rönesansı</t>
+          <t>Excel ile Hisse Senedi Değerlemesi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>650</v>
+        <v>522</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789750400070</t>
+          <t>9789750410109</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Beyin Fırtınası Turuncu Dizisi (6 Kitap Takım)</t>
+          <t>Stadlara Sığmayan Hayallerim</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>755</v>
+        <v>225</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789750409950</t>
+          <t>9789750410017</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Kentsel Yeşil Alanlarında Görülen Başlıca Hastalık ve Zararlılar (Ciltli)</t>
+          <t>Bir Köy Enstitüsü Penceresinden İş</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>450</v>
+        <v>375</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789750409967</t>
+          <t>9789750410055</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yapım (Ekonomik Baskı)</t>
+          <t>Hakikat ve Onarım</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>325</v>
+        <v>330</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789750408564</t>
+          <t>9789750409974</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Moda Tasarımında Teknik Çizim ve Kumaş Rehberi</t>
+          <t>Aynur Teyze’den 2 Yaka / 50 Lezzet</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>420</v>
+        <v>950</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789750409684</t>
+          <t>9789750409998</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Akşam Çiçekleri</t>
+          <t>Anadolu Rönesansı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9799750403025</t>
+          <t>9789750400070</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Dali Hayatı ve Eserleri</t>
+          <t>Beyin Fırtınası Turuncu Dizisi (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>330</v>
+        <v>755</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789750408922</t>
+          <t>9789750409950</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Mekaniği Statik (Renkli Basım)</t>
+          <t>İstanbul’un Kentsel Yeşil Alanlarında Görülen Başlıca Hastalık ve Zararlılar (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>2250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789758431434</t>
+          <t>9789750409967</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>John E. Freund’dan Matematiksel İstatistik</t>
+          <t>Yapım (Ekonomik Baskı)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>975</v>
+        <v>325</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789750406683</t>
+          <t>9789750408564</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Satın Alma ve Tedarik Zinciri Yönetimi</t>
+          <t>Moda Tasarımında Teknik Çizim ve Kumaş Rehberi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>1170</v>
+        <v>420</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789750404665</t>
+          <t>9789750409684</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Fırınlar</t>
+          <t>Akşam Çiçekleri</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789750409981</t>
+          <t>9799750403025</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Bankacılıkta Doğru Kredi Kararı</t>
+          <t>Dali Hayatı ve Eserleri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>570</v>
+        <v>330</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789750409899</t>
+          <t>9789750408922</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Mübadelenin Ayak İzleri</t>
+          <t>Mühendislik Mekaniği Statik (Renkli Basım)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>150</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789750406072</t>
+          <t>9789758431434</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Konutta İç Mekan Tasarımı</t>
+          <t>John E. Freund’dan Matematiksel İstatistik</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>1200</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789750409875</t>
+          <t>9789750406683</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Aşk Üzerine Yanıtı Olmayan Mektuplar</t>
+          <t>Satın Alma ve Tedarik Zinciri Yönetimi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>174</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789750406898</t>
+          <t>9789750404665</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İç Mekan Tasarımının Temelleri</t>
+          <t>Yüksek Fırınlar</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>1190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789750409837</t>
+          <t>9789750409981</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Basınında Lozan Barış Antlaşması</t>
+          <t>Bankacılıkta Doğru Kredi Kararı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>252</v>
+        <v>570</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789750409813</t>
+          <t>9789750409899</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Fakir Baykurt Çocuk Kitapları Seti (4 Kitap Takım)</t>
+          <t>Mübadelenin Ayak İzleri</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>567</v>
+        <v>150</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789750409776</t>
+          <t>9789750406072</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Öğretmeni Kim Öptü?</t>
+          <t>Konutta İç Mekan Tasarımı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>210</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789750405433</t>
+          <t>9789750409875</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bunalım Ekonomisinin Geri Dönüşü ve Küresel Kriz</t>
+          <t>Aşk Üzerine Yanıtı Olmayan Mektuplar</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>354</v>
+        <v>174</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789750406515</t>
+          <t>9789750406898</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kalpaklılar</t>
+          <t>İç Mekan Tasarımının Temelleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>895</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789750409714</t>
+          <t>9789750409837</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Mechanical Design of Machine Elements</t>
+          <t>Ermeni Basınında Lozan Barış Antlaşması</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>690</v>
+        <v>252</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789750409769</t>
+          <t>9789750409813</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Topal Arkadaş</t>
+          <t>Fakir Baykurt Çocuk Kitapları Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>150</v>
+        <v>567</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789750409707</t>
+          <t>9789750409776</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kimyasal Tepkime Mühendisliği</t>
+          <t>Öğretmeni Kim Öptü?</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>1100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789750409691</t>
+          <t>9789750405433</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Güncel Ekonomik Sorunlar: Kamunun Ekonomide Değişen Rolü ve Altyapı</t>
+          <t>Bunalım Ekonomisinin Geri Dönüşü ve Küresel Kriz</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>165</v>
+        <v>354</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789750409653</t>
+          <t>9789750406515</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Film Dili</t>
+          <t>Kalpaklılar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>350</v>
+        <v>895</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789750409233</t>
+          <t>9789750409714</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Makina Elemanları (2 Cilt Takım)</t>
+          <t>Mechanical Design of Machine Elements</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>935</v>
+        <v>690</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789750409257</t>
+          <t>9789750409769</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Makina Elemanları Cilt 2</t>
+          <t>Topal Arkadaş</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>415</v>
+        <v>150</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789750409677</t>
+          <t>9789750409707</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Bu da Geçti Yahu</t>
+          <t>Kimyasal Tepkime Mühendisliği</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>300</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789750409660</t>
+          <t>9789750409691</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Metalurji ve Malzeme Mühendisleri için Kinetik</t>
+          <t>Güncel Ekonomik Sorunlar: Kamunun Ekonomide Değişen Rolü ve Altyapı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>294</v>
+        <v>165</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789750409356</t>
+          <t>9789750409653</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ev Günleri Kumrularla Birlikte</t>
+          <t>Film Dili</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789750409332</t>
+          <t>9789750409233</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Finansal Yönetim</t>
+          <t>Makina Elemanları (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>625</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789750409349</t>
+          <t>9789750409257</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bul Beni Anne</t>
+          <t>Makina Elemanları Cilt 2</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>318</v>
+        <v>585</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789750407673</t>
+          <t>9789750409677</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kimya 7. Basımdan Çeviri (2 Cilt Takım)</t>
+          <t>Bu da Geçti Yahu</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>1185</v>
+        <v>300</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789750409301</t>
+          <t>9789750409660</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Anlatıların Satır Aralarında Mübadele Tarihi</t>
+          <t>Metalurji ve Malzeme Mühendisleri için Kinetik</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>390</v>
+        <v>294</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789750409318</t>
+          <t>9789750409356</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>H Anatallagi Ton Plithismon Anamesa Apo Tis Grammes Ton Keimenon</t>
+          <t>Ev Günleri Kumrularla Birlikte</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>390</v>
+        <v>270</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789750409196</t>
+          <t>9789750409332</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Burası Ulus Dediler</t>
+          <t>Finansal Yönetim</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>390</v>
+        <v>625</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789750407680</t>
+          <t>9789750409349</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kimya 1. Cilt</t>
+          <t>Bul Beni Anne</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>600</v>
+        <v>318</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789750409295</t>
+          <t>9789750407673</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Bilmecelerle, Bulmacalarla Kentini Keşfet: Bodrum</t>
+          <t>Kimya 7. Basımdan Çeviri (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>125</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789750409271</t>
+          <t>9789750409301</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Kurçenli Anlatıyor</t>
+          <t>Anlatıların Satır Aralarında Mübadele Tarihi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>325</v>
+        <v>390</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789750409288</t>
+          <t>9789750409318</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Grafiktisat</t>
+          <t>H Anatallagi Ton Plithismon Anamesa Apo Tis Grammes Ton Keimenon</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>180</v>
+        <v>390</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789750409240</t>
+          <t>9789750409196</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Makine Elemanları Cilt 1</t>
+          <t>Burası Ulus Dediler</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>625</v>
+        <v>390</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789750409219</t>
+          <t>9789750407680</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Protaprilia ya da 1 Nisan Şakası</t>
+          <t>Kimya 1. Cilt</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789750409226</t>
+          <t>9789750409295</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Malzemeleri için İmalat Yöntemleri (Ekonomik Baskı)</t>
+          <t>Bilmecelerle, Bulmacalarla Kentini Keşfet: Bodrum</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>900</v>
+        <v>125</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789750408090</t>
+          <t>9789750409271</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Mekaniği - Dinamik</t>
+          <t>Yusuf Kurçenli Anlatıyor</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>1250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789750409202</t>
+          <t>9789750409288</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Acıklı Güldürü</t>
+          <t>Grafiktisat</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>234</v>
+        <v>180</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789750409189</t>
+          <t>9789750409240</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Şair Çünkü Onlar</t>
+          <t>Makine Elemanları Cilt 1</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>330</v>
+        <v>625</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789750409165</t>
+          <t>9789750409219</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Güncel Ekonomik Sorunlar 6 : Enflasyon Çıkmazı</t>
+          <t>Protaprilia ya da 1 Nisan Şakası</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>245</v>
+        <v>150</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789750409158</t>
+          <t>9789750409226</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Malzemeleri için İmalat Yöntemleri (Ciltli)</t>
+          <t>Mühendislik Malzemeleri için İmalat Yöntemleri (Ekonomik Baskı)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>1850</v>
+        <v>900</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789750409127</t>
+          <t>9789750408090</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Çok Uluslu Finansal Yönetim (Ciltli)</t>
+          <t>Mühendislik Mekaniği - Dinamik</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>2250</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789750409103</t>
+          <t>9789750409202</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Çok Uluslu Finansal Yönetim</t>
+          <t>Acıklı Güldürü</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>1250</v>
+        <v>234</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789750409141</t>
+          <t>9789750409189</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Gerçi Rum İsek de Rumca Bilmez Türkçe Söyleriz</t>
+          <t>Şair Çünkü Onlar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>450</v>
+        <v>330</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789750408984</t>
+          <t>9789750409165</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Bu da Biter, Ya Sonra?</t>
+          <t>Güncel Ekonomik Sorunlar 6 : Enflasyon Çıkmazı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>150</v>
+        <v>245</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789750409097</t>
+          <t>9789750409158</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hayvan</t>
+          <t>Mühendislik Malzemeleri için İmalat Yöntemleri (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>550</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789750409066</t>
+          <t>9789750409127</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Savunma Kürsüsünde - Bir Siyasi Dava Avukatının Anıları</t>
+          <t>Çok Uluslu Finansal Yönetim (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>595</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789750408977</t>
+          <t>9789750409103</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Güncel Ekonomik Sorunlar - Covid-19'un Sosyo-Ekonomik Etkileri</t>
+          <t>Çok Uluslu Finansal Yönetim</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>210</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789750408908</t>
+          <t>9789750409141</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sevdam Ürktü</t>
+          <t>Gerçi Rum İsek de Rumca Bilmez Türkçe Söyleriz</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>174</v>
+        <v>450</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789750408991</t>
+          <t>9789750408984</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Köyden İndim Şehire, Kafkas Kızı</t>
+          <t>Bu da Biter, Ya Sonra?</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>234</v>
+        <v>150</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789750408892</t>
+          <t>9789750409097</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kaçaklar</t>
+          <t>Sosyal Hayvan</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>275</v>
+        <v>675</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789750408946</t>
+          <t>9789750409066</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Oyun Teorisi (Ciltli)</t>
+          <t>Savunma Kürsüsünde - Bir Siyasi Dava Avukatının Anıları</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>660</v>
+        <v>595</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789750409004</t>
+          <t>9789750408977</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Yasaklı… Acının Ve Sevginin Yurttaşı</t>
+          <t>Güncel Ekonomik Sorunlar - Covid-19'un Sosyo-Ekonomik Etkileri</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>270</v>
+        <v>210</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789750409011</t>
+          <t>9789750408908</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Duisburg Üçlemesi 3 Kitap Takım</t>
+          <t>Sevdam Ürktü</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>1010</v>
+        <v>174</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789750409035</t>
+          <t>9789750408991</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Başaran Kitaplığı Seti 10 Kitap Takım</t>
+          <t>Köyden İndim Şehire, Kafkas Kızı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>1840</v>
+        <v>234</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789750409042</t>
+          <t>9789750408892</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Irazca Üçlemesi 3 Kitap Takım</t>
+          <t>Kaçaklar</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>928</v>
+        <v>275</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789750409028</t>
+          <t>9789750408946</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Dursun Akçam Kitaplığı Seti 8 Kitap Takım</t>
+          <t>Oyun Teorisi (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>1267</v>
+        <v>660</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789750408953</t>
+          <t>9789750409004</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Müziğin Mabetleri: Konser Salonlarının Büyüleyici Dünyası</t>
+          <t>Yasaklı… Acının Ve Sevginin Yurttaşı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789750408939</t>
+          <t>9789750409011</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Güncel Ekonomik Sorunlar 4: Borç Çıkmazı</t>
+          <t>Duisburg Üçlemesi 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>195</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789750408816</t>
+          <t>9789750409035</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk Dönemi’nin Öteki Tarihi Seti (3 Kitap Set)</t>
+          <t>Mehmet Başaran Kitaplığı Seti 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>1110</v>
+        <v>1840</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789750408878</t>
+          <t>9789750409042</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kentin Labirenti ya da St.Louis’deki İyonik Sütun</t>
+          <t>Irazca Üçlemesi 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>174</v>
+        <v>928</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789750408823</t>
+          <t>9789750409028</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk Dönemi’nin Öteki Tarihi - 3</t>
+          <t>Dursun Akçam Kitaplığı Seti 8 Kitap Takım</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>550</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789750408861</t>
+          <t>9789750408953</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Grafik Tasarım Süreci</t>
+          <t>Müziğin Mabetleri: Konser Salonlarının Büyüleyici Dünyası</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>850</v>
+        <v>300</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789750408830</t>
+          <t>9789750408939</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Büyümek İstedim</t>
+          <t>Güncel Ekonomik Sorunlar 4: Borç Çıkmazı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>325</v>
+        <v>195</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789750408809</t>
+          <t>9789750408816</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>2 Mahalle 1 Ada Bozcaada</t>
+          <t>Mustafa Kemal Atatürk Dönemi’nin Öteki Tarihi Seti (3 Kitap Set)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>215</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789750408786</t>
+          <t>9789750408878</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya ve Toplum</t>
+          <t>Kentin Labirenti ya da St.Louis’deki İyonik Sütun</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>150</v>
+        <v>174</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789750408793</t>
+          <t>9789750408823</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Deprem ve Türkiye</t>
+          <t>Mustafa Kemal Atatürk Dönemi’nin Öteki Tarihi - 3</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>420</v>
+        <v>550</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789750408649</t>
+          <t>9789750408861</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Görsel Mağazacılık</t>
+          <t>Grafik Tasarım Süreci</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>690</v>
+        <v>850</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789750407079</t>
+          <t>9789750408830</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Turgutreis 1974 (Ciltli)</t>
+          <t>Büyümek İstedim</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>960</v>
+        <v>325</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789750408670</t>
+          <t>9789750408809</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Şair İstanbul’daydı</t>
+          <t>2 Mahalle 1 Ada Bozcaada</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>150</v>
+        <v>215</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789750408663</t>
+          <t>9789750408786</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Bulutlar Piraye Piraye Diye Geçiyor</t>
+          <t>Sosyal Medya ve Toplum</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>186</v>
+        <v>150</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789750408656</t>
+          <t>9789750408793</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Bir Ulu Irmak</t>
+          <t>Deprem ve Türkiye</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>330</v>
+        <v>420</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789750408632</t>
+          <t>9789750408649</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Zombilerle Tartışmak</t>
+          <t>Görsel Mağazacılık</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>350</v>
+        <v>690</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789750408618</t>
+          <t>9789750407079</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Üniversite ve Akademisyen</t>
+          <t>Turgutreis 1974 (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>270</v>
+        <v>960</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789750408625</t>
+          <t>9789750408670</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Öğretmeniz Acıya Sürgün</t>
+          <t>Şair İstanbul’daydı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>186</v>
+        <v>150</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789750408601</t>
+          <t>9789750408663</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Eylülün Kızgın Soluğu</t>
+          <t>Bulutlar Piraye Piraye Diye Geçiyor</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>270</v>
+        <v>186</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789750408571</t>
+          <t>9789750408656</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kentleşme Serüveni</t>
+          <t>Bir Ulu Irmak</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>500</v>
+        <v>330</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789750408588</t>
+          <t>9789750408632</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Doğrudan Benzetim Monte Carlo Yöntemi (DSMC) Matlab Örnekleri İle</t>
+          <t>Zombilerle Tartışmak</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>354</v>
+        <v>350</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789750408557</t>
+          <t>9789750408618</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Ölü Ekmeği</t>
+          <t>Üniversite ve Akademisyen</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>174</v>
+        <v>270</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789750408540</t>
+          <t>9789750408625</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Sine'masal</t>
+          <t>Öğretmeniz Acıya Sürgün</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>210</v>
+        <v>186</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789750408526</t>
+          <t>9789750408601</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Muhtıradan Darbeye</t>
+          <t>Eylülün Kızgın Soluğu</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>450</v>
+        <v>270</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789750408519</t>
+          <t>9789750408571</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Maral</t>
+          <t>Kentleşme Serüveni</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>138</v>
+        <v>500</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789750408533</t>
+          <t>9789750408588</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Zalalı</t>
+          <t>Doğrudan Benzetim Monte Carlo Yöntemi (DSMC) Matlab Örnekleri İle</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>275</v>
+        <v>354</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789750408410</t>
+          <t>9789750408557</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Mühendisler için Vektör Mekaniği Dinamik (Ekonomik Baskı)</t>
+          <t>Ölü Ekmeği</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>1050</v>
+        <v>174</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789750408465</t>
+          <t>9789750408540</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Sanat Tarihi Nasıl Yazılır? (Ekonomik Baskı)</t>
+          <t>Sine'masal</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>330</v>
+        <v>210</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789750408472</t>
+          <t>9789750408526</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>İktisat Kantini</t>
+          <t>Muhtıradan Darbeye</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>210</v>
+        <v>450</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789750408403</t>
+          <t>9789750408519</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kurmaca Yönetmenliği (Ekonomik Baskı)</t>
+          <t>Maral</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>325</v>
+        <v>138</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789750408441</t>
+          <t>9789750408533</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kafdağı’nın Ardı</t>
+          <t>Zalalı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>270</v>
+        <v>275</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789750408434</t>
+          <t>9789750408410</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Ucu Ucuna Yaşam</t>
+          <t>Mühendisler için Vektör Mekaniği Dinamik (Ekonomik Baskı)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>270</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789750408458</t>
+          <t>9789750408465</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Giz Kokan Suskunluk</t>
+          <t>Sanat Tarihi Nasıl Yazılır? (Ekonomik Baskı)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>138</v>
+        <v>330</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789750408397</t>
+          <t>9789750408472</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Dağların Sultanı</t>
+          <t>İktisat Kantini</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789750408380</t>
+          <t>9789750408403</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kanlıdere'nin Kurtları</t>
+          <t>Kurmaca Yönetmenliği (Ekonomik Baskı)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>390</v>
+        <v>325</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789750408427</t>
+          <t>9789750408441</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitüleri Seti (5 Kitap Takım)</t>
+          <t>Kafdağı’nın Ardı</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>1200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789750408359</t>
+          <t>9789750408434</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk Dönemi’nin Öteki Tarihi 2</t>
+          <t>Ucu Ucuna Yaşam</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>450</v>
+        <v>270</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789750408342</t>
+          <t>9789750408458</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İleri Köy Peşinde</t>
+          <t>Giz Kokan Suskunluk</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>168</v>
+        <v>138</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789750408243</t>
+          <t>9789750408397</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Güncel Ekonomik Sorunlar: Ticaret Savaşları</t>
+          <t>Dağların Sultanı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>195</v>
+        <v>210</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789750408229</t>
+          <t>9789750408380</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Özgürleşme Eylemi Köy Enstitüleri</t>
+          <t>Kanlıdere'nin Kurtları</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>270</v>
+        <v>390</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789750408328</t>
+          <t>9789750408427</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Senin Adın Corona Olsun…</t>
+          <t>Köy Enstitüleri Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>282</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789750408335</t>
+          <t>9789750408359</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Finansal Futbol</t>
+          <t>Mustafa Kemal Atatürk Dönemi’nin Öteki Tarihi 2</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>426</v>
+        <v>450</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789750408236</t>
+          <t>9789750408342</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Çarığımı Yitirdiğim Tarla - Aç Harmanı</t>
+          <t>İleri Köy Peşinde</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>222</v>
+        <v>168</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789750408267</t>
+          <t>9789750408243</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Elif Diye Bir Türkü - Dilsiz Oyunu</t>
+          <t>Güncel Ekonomik Sorunlar: Ticaret Savaşları</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>270</v>
+        <v>195</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789750408311</t>
+          <t>9789750408229</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Konut Piyasası, Finansmanı ve Göstergeleri</t>
+          <t>Özgürleşme Eylemi Köy Enstitüleri</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789750408298</t>
+          <t>9789750408328</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Organik Kimya</t>
+          <t>Senin Adın Corona Olsun…</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>1850</v>
+        <v>282</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789750408304</t>
+          <t>9789750408335</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Seramik Teknolojisi</t>
+          <t>Finansal Futbol</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>1020</v>
+        <v>426</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789750408274</t>
+          <t>9789750408236</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk Dönemi’nin Öteki Tarihi 1</t>
+          <t>Çarığımı Yitirdiğim Tarla - Aç Harmanı</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>400</v>
+        <v>222</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789750408281</t>
+          <t>9789750408267</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Amasanga</t>
+          <t>Elif Diye Bir Türkü - Dilsiz Oyunu</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>425</v>
+        <v>270</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789750408205</t>
+          <t>9789750408311</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Ahlat Ağacı</t>
+          <t>Konut Piyasası, Finansmanı ve Göstergeleri</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>126</v>
+        <v>150</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789750408212</t>
+          <t>9789750408298</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Yüreğin Sesi Zeytin Ülkesi</t>
+          <t>Organik Kimya</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>270</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789750408199</t>
+          <t>9789750408304</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Memetçik Memet</t>
+          <t>Seramik Teknolojisi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>282</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789750408182</t>
+          <t>9789750408274</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kendine İyi Bak Isparta</t>
+          <t>Mustafa Kemal Atatürk Dönemi’nin Öteki Tarihi 1</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>185</v>
+        <v>400</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789750408175</t>
+          <t>9789750408281</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Adman Author</t>
+          <t>Amasanga</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>110</v>
+        <v>425</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789750408168</t>
+          <t>9789750408205</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Hukuk Açısından Konsolosluk</t>
+          <t>Ahlat Ağacı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>390</v>
+        <v>126</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789750408120</t>
+          <t>9789750408212</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Soysal ile Son Röportaj</t>
+          <t>Yüreğin Sesi Zeytin Ülkesi</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>186</v>
+        <v>270</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789750408106</t>
+          <t>9789750408199</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Peyzaj Tasarımında Konseptten Forma</t>
+          <t>Memetçik Memet</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>475</v>
+        <v>282</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789750408113</t>
+          <t>9789750408182</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kiraz</t>
+          <t>Kendine İyi Bak Isparta</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>250</v>
+        <v>185</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789750408076</t>
+          <t>9789750408175</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Mekaniği Statik</t>
+          <t>Adman Author</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>1250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789750407697</t>
+          <t>9789750408168</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kimya 2. Cilt</t>
+          <t>Tarih ve Hukuk Açısından Konsolosluk</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>650</v>
+        <v>390</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789750408045</t>
+          <t>9789750408120</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Reklamcı Yazar</t>
+          <t>Sevgi Soysal ile Son Röportaj</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>120</v>
+        <v>186</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789750408038</t>
+          <t>9789750408106</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Ateşdikenleri</t>
+          <t>Peyzaj Tasarımında Konseptten Forma</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>174</v>
+        <v>475</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789750408021</t>
+          <t>9789750408113</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Bir Uzun Yol</t>
+          <t>Kiraz</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789750408014</t>
+          <t>9789750408076</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Cisimlerin Mukavemeti (Ekonomik Baskı)</t>
+          <t>Mühendislik Mekaniği Statik</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>1200</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789750407963</t>
+          <t>9789750407697</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Bir Yıldız Kaydı</t>
+          <t>Kimya 2. Cilt</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>210</v>
+        <v>650</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789750407826</t>
+          <t>9789750408045</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Fakir Baykurt Özyaşam Öyküsü Seti (8 Kitap Takım)</t>
+          <t>Reklamcı Yazar</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>2745</v>
+        <v>120</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789750407048</t>
+          <t>9789750408038</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>100 Fikir Seti (6 Kitap Takım)</t>
+          <t>Ateşdikenleri</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>5200</v>
+        <v>174</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789750407291</t>
+          <t>9789750408021</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Fakir Baykurt Hikayeler Seti (15 Kitap Takım)</t>
+          <t>Bir Uzun Yol</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>4150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789750407468</t>
+          <t>9789750408014</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı Üçlemesi (3 Kitap Takım)</t>
+          <t>Cisimlerin Mukavemeti (Ekonomik Baskı)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>1155</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789750405365</t>
+          <t>9789750407963</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Hazine Avcıları Dizisi (5 Kitap Takım)</t>
+          <t>Bir Yıldız Kaydı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>675</v>
+        <v>210</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789750408069</t>
+          <t>9789750407826</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Mikroekonomi</t>
+          <t>Fakir Baykurt Özyaşam Öyküsü Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>294</v>
+        <v>2745</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789750407970</t>
+          <t>9789750407048</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Yaşar Kemal: İnsanı, Toplumu, Dünyayı Kucaklamak - Yaşar Kemal Sempozyumları 1</t>
+          <t>100 Fikir Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>250</v>
+        <v>5200</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789750407949</t>
+          <t>9789750407291</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kalpaklılar (Kısaltılmış Basım)</t>
+          <t>Fakir Baykurt Hikayeler Seti (15 Kitap Takım)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>390</v>
+        <v>4150</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789750406850</t>
+          <t>9789750407468</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Grafik Tasarım Temelleri Seti (10 Kitap Takım)</t>
+          <t>Kurtuluş Savaşı Üçlemesi (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>7650</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789750407819</t>
+          <t>9789750405365</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Dost Yüzleri - Özyaşam Öyküsü: 08</t>
+          <t>Hazine Avcıları Dizisi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>390</v>
+        <v>675</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789750407802</t>
+          <t>9789750408069</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Sıladan Uzakta</t>
+          <t>Mikroekonomi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>390</v>
+        <v>294</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789750407734</t>
+          <t>9789750407970</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Elbette Çiçek</t>
+          <t>Yaşar Kemal: İnsanı, Toplumu, Dünyayı Kucaklamak - Yaşar Kemal Sempozyumları 1</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>336</v>
+        <v>250</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789750407796</t>
+          <t>9789750407949</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Genç Emekli</t>
+          <t>Kalpaklılar (Kısaltılmış Basım)</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789750407727</t>
+          <t>9789750406850</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Yine mi Çiçek</t>
+          <t>Grafik Tasarım Temelleri Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>330</v>
+        <v>7650</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789750407925</t>
+          <t>9789750407819</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Temel Ekonometri (Ekonomik Baskı)</t>
+          <t>Dost Yüzleri - Özyaşam Öyküsü: 08</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>1250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789750407956</t>
+          <t>9789750407802</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Mühendisler için Vektör Mekaniği Statik (Ekonomik Baskı)</t>
+          <t>Sıladan Uzakta</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>1050</v>
+        <v>390</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789750407932</t>
+          <t>9789750407734</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Akışkanlar Mekaniği (Ekonomik Baskı)</t>
+          <t>Elbette Çiçek</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>1074</v>
+        <v>336</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789750407918</t>
+          <t>9789750407796</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Sıradışı Bir Bilim İnsanı Kutlu Merih</t>
+          <t>Genç Emekli</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>185</v>
+        <v>390</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789750407901</t>
+          <t>9789750407727</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Bir Hakime Yakışanı Yazdım</t>
+          <t>Yine mi Çiçek</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>225</v>
+        <v>330</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789750407789</t>
+          <t>9789750407925</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Bir Tös Vardı</t>
+          <t>Temel Ekonometri (Ekonomik Baskı)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>575</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789750407888</t>
+          <t>9789750407956</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Ötekilerin Havası</t>
+          <t>Mühendisler için Vektör Mekaniği Statik (Ekonomik Baskı)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>198</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789750407772</t>
+          <t>9789750407932</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Köşe Bucak Anadolu</t>
+          <t>Akışkanlar Mekaniği (Ekonomik Baskı)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>550</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789750407659</t>
+          <t>9789750407918</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Mühendisler için Malzeme Bilimine Giriş</t>
+          <t>Sıradışı Bir Bilim İnsanı Kutlu Merih</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>900</v>
+        <v>185</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789750407710</t>
+          <t>9789750407901</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Gibi</t>
+          <t>Bir Hakime Yakışanı Yazdım</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>330</v>
+        <v>225</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789750407871</t>
+          <t>9789750407789</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Etnik ve Dinsel Azınlıklar</t>
+          <t>Bir Tös Vardı</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>550</v>
+        <v>575</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789750407840</t>
+          <t>9789750407888</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Mondros’tan Cumhuriyet’e Milli Mücadele’nin Öteki Tarihi</t>
+          <t>Ötekilerin Havası</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>660</v>
+        <v>198</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789750407864</t>
+          <t>9789750407772</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Moda Tasarımında Triko</t>
+          <t>Köşe Bucak Anadolu</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>850</v>
+        <v>550</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789750407857</t>
+          <t>9789750407659</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Moda Tasarımında Giysi Teknikleri</t>
+          <t>Mühendisler için Malzeme Bilimine Giriş</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>850</v>
+        <v>900</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789750407031</t>
+          <t>9789750407710</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Modayı Değiştiren 100 Fikir</t>
+          <t>Çiçek Gibi</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>1050</v>
+        <v>330</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789750407765</t>
+          <t>9789750407871</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Kavacık Köyünün Öğretmeni</t>
+          <t>Etnik ve Dinsel Azınlıklar</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789750407758</t>
+          <t>9789750407840</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitülü Delikanlı</t>
+          <t>Mondros’tan Cumhuriyet’e Milli Mücadele’nin Öteki Tarihi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>462</v>
+        <v>660</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789750407741</t>
+          <t>9789750407864</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Özüm Çocuktur</t>
+          <t>Moda Tasarımında Triko</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>354</v>
+        <v>850</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789750407703</t>
+          <t>9789750407857</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Yaşar Kemal’li Anılar</t>
+          <t>Moda Tasarımında Giysi Teknikleri</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>330</v>
+        <v>850</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789750407635</t>
+          <t>9789750407031</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Ekonominin Temelleri (Kısaltılmış 2.Basımdan Çeviri)</t>
+          <t>Modayı Değiştiren 100 Fikir</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>1250</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789750407642</t>
+          <t>9789750407765</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Dinamik Sistemlerin Modellenmesi ve Kontrolü</t>
+          <t>Kavacık Köyünün Öğretmeni</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>295</v>
+        <v>550</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789750407628</t>
+          <t>9789750407758</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Atıksu Mühendisliği: Toplama, Arıtma, Uzaklaştırma ve Denize Deşarj Yapıları</t>
+          <t>Köy Enstitülü Delikanlı</t>
         </is>
       </c>
       <c r="C194" s="1">
         <v>462</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789750407062</t>
+          <t>9789750407741</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Turgutreis 1974 (İngilizce) (Ciltli)</t>
+          <t>Özüm Çocuktur</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>960</v>
+        <v>354</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789750407581</t>
+          <t>9789750407703</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Yapılarda Su ve Nem Kontrolü</t>
+          <t>Yaşar Kemal’li Anılar</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>345</v>
+        <v>330</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789750407611</t>
+          <t>9789750407635</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Anatol Türküleri 1896</t>
+          <t>Ekonominin Temelleri (Kısaltılmış 2.Basımdan Çeviri)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>425</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789750407598</t>
+          <t>9789750407642</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Ticari ve Finansal Bilgi Üretim ve Paylaşımı</t>
+          <t>Dinamik Sistemlerin Modellenmesi ve Kontrolü</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>49</v>
+        <v>295</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789750404849</t>
+          <t>9789750407628</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Fakir Baykurt Romanları Seti (14 Kitap Takım)</t>
+          <t>Atıksu Mühendisliği: Toplama, Arıtma, Uzaklaştırma ve Denize Deşarj Yapıları</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>4930</v>
+        <v>462</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789750407574</t>
+          <t>9789750407062</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Jeofiziğin Serüveni</t>
+          <t>Turgutreis 1974 (İngilizce) (Ciltli)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>225</v>
+        <v>960</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789750407567</t>
+          <t>9789750407581</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat'tan Cihan Harbi'ne</t>
+          <t>Yapılarda Su ve Nem Kontrolü</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>510</v>
+        <v>345</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789750407550</t>
+          <t>9789750407611</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Mühendislikte Sonlu Elemanlara Giriş</t>
+          <t>Anatol Türküleri 1896</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>690</v>
+        <v>425</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789750407529</t>
+          <t>9789750407598</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Steinbeck’in Ruhuyla Amerika Yollarında</t>
+          <t>Ticari ve Finansal Bilgi Üretim ve Paylaşımı</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>395</v>
+        <v>49</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789750407536</t>
+          <t>9789750404849</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kürtlerin Öteki Tarihi</t>
+          <t>Fakir Baykurt Romanları Seti (14 Kitap Takım)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>570</v>
+        <v>5270</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789750407505</t>
+          <t>9789750407574</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Fikirleri Görselleştirmek</t>
+          <t>Jeofiziğin Serüveni</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>725</v>
+        <v>225</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789750407475</t>
+          <t>9789750407567</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl Başlarında Anadolu ve Trakya’daki Rum Yerleşimleri</t>
+          <t>Tanzimat'tan Cihan Harbi'ne</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>475</v>
+        <v>510</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789750407833</t>
+          <t>9789750407550</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Öteki Tarihi</t>
+          <t>Mühendislikte Sonlu Elemanlara Giriş</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>345</v>
+        <v>690</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789750407055</t>
+          <t>9789750407529</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Sanatı Değiştiren 100 Fikir</t>
+          <t>Steinbeck’in Ruhuyla Amerika Yollarında</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>1050</v>
+        <v>395</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789750407222</t>
+          <t>9789750407536</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Kırıkkale Keskin’in Kültür Mirası</t>
+          <t>Kürtlerin Öteki Tarihi</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>168</v>
+        <v>570</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789750407413</t>
+          <t>9789750407505</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Akan Sulara Karşı</t>
+          <t>Fikirleri Görselleştirmek</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>180</v>
+        <v>725</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789750407444</t>
+          <t>9789750407475</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Çizgiler</t>
+          <t>20. Yüzyıl Başlarında Anadolu ve Trakya’daki Rum Yerleşimleri</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>234</v>
+        <v>475</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789750407420</t>
+          <t>9789750407833</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Köylüler - 3</t>
+          <t>Türklerin Öteki Tarihi</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>475</v>
+        <v>345</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789750407451</t>
+          <t>9789750407055</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Vatan Dediler - 2</t>
+          <t>Sanatı Değiştiren 100 Fikir</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>420</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789750407437</t>
+          <t>9789750407222</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Toz Duman İçinde - 1</t>
+          <t>Kırıkkale Keskin’in Kültür Mirası</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>438</v>
+        <v>168</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789750407376</t>
+          <t>9789750407413</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Akışkanlar Mekaniği (Ciltli)</t>
+          <t>Akan Sulara Karşı</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>2100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789750407345</t>
+          <t>9789750407444</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Dünya Güzeli</t>
+          <t>Öykülerle Çizgiler</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>160</v>
+        <v>234</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789750407352</t>
+          <t>9789750407420</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Sakarca</t>
+          <t>Köylüler - 3</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>160</v>
+        <v>475</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789750407369</t>
+          <t>9789750407451</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Saka Kuşları</t>
+          <t>Vatan Dediler - 2</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>160</v>
+        <v>420</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789750407307</t>
+          <t>9789750407437</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Matematiksel İktisadın Temel Yöntemleri</t>
+          <t>Toz Duman İçinde - 1</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>1320</v>
+        <v>438</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789750407024</t>
+          <t>9789750407376</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Grafik Tasarımı Değiştiren 100 Fikir</t>
+          <t>Akışkanlar Mekaniği (Ciltli)</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>1250</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789750407253</t>
+          <t>9789750407345</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Makroiktisat (Ciltli)</t>
+          <t>Dünya Güzeli</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>950</v>
+        <v>160</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789750407284</t>
+          <t>9789750407352</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Köy Enstitüleri</t>
+          <t>Sakarca</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>275</v>
+        <v>160</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789750407260</t>
+          <t>9789750407369</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Fotoğrafçılıkta Tasarım İlkeleri</t>
+          <t>Saka Kuşları</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>365</v>
+        <v>160</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789750407277</t>
+          <t>9789750407307</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Kimya Mühendisliğine Giriş</t>
+          <t>Matematiksel İktisadın Temel Yöntemleri</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>354</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789750407215</t>
+          <t>9789750407024</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Davranışsal Finans</t>
+          <t>Grafik Tasarımı Değiştiren 100 Fikir</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>580</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789750404634</t>
+          <t>9789750407253</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Yılan Hikayesi</t>
+          <t>Makroiktisat (Ciltli)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>342</v>
+        <v>950</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789750404641</t>
+          <t>9789750407284</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Nabi'nin Park Kahvesi</t>
+          <t>Unutulmaz Köy Enstitüleri</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>258</v>
+        <v>275</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789750407246</t>
+          <t>9789750407260</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Grafik Tasarımda Format</t>
+          <t>Yaratıcı Fotoğrafçılıkta Tasarım İlkeleri</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>850</v>
+        <v>365</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9799750401915</t>
+          <t>9789750407277</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Kabuk ve Plakların Statik Stabilite ve Dinamik Analizi Örnek Çözümler ve Tablolar</t>
+          <t>Kimya Mühendisliğine Giriş</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>780</v>
+        <v>354</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789750406843</t>
+          <t>9789750407215</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Film Yapımı Temelleri Seti (4 Kitap Set)</t>
+          <t>Davranışsal Finans</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>1140</v>
+        <v>580</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789750406867</t>
+          <t>9789750404634</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>İç Mimarlık Temelleri Seti (7 Kitap Takım)</t>
+          <t>Yılan Hikayesi</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>5400</v>
+        <v>342</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789750407161</t>
+          <t>9789750404641</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Moda Tasarımında Erkek Giyim</t>
+          <t>Nabi'nin Park Kahvesi</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>850</v>
+        <v>258</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789750407147</t>
+          <t>9789750407246</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Efkar Tepesi</t>
+          <t>Grafik Tasarımda Format</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>325</v>
+        <v>850</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789750407154</t>
+          <t>9799750401915</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Kalekale</t>
+          <t>Kabuk ve Plakların Statik Stabilite ve Dinamik Analizi Örnek Çözümler ve Tablolar</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>255</v>
+        <v>780</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789750407130</t>
+          <t>9789750406843</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Barış Çöreği</t>
+          <t>Film Yapımı Temelleri Seti (4 Kitap Set)</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>265</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789750407000</t>
+          <t>9789750406867</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Mimarlığı Değiştiren 100 Fikir</t>
+          <t>İç Mimarlık Temelleri Seti (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>1050</v>
+        <v>5400</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789750407185</t>
+          <t>9789750407161</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Telli Yol</t>
+          <t>Moda Tasarımında Erkek Giyim</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>225</v>
+        <v>850</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789750407178</t>
+          <t>9789750407147</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Bizim İnce Kızlar</t>
+          <t>Efkar Tepesi</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>265</v>
+        <v>325</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789750406409</t>
+          <t>9789750407154</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet Gerçeği Seti (4 Kitap Set)</t>
+          <t>Kalekale</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>1120</v>
+        <v>255</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789750406836</t>
+          <t>9789750407130</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık Temelleri Seti (3 Kitap Kutulu)</t>
+          <t>Barış Çöreği</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>2295</v>
+        <v>265</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789750407123</t>
+          <t>9789750407000</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Gece Vardiyası</t>
+          <t>Mimarlığı Değiştiren 100 Fikir</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>325</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789750407116</t>
+          <t>9789750407185</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Duisburg Treni</t>
+          <t>Telli Yol</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>285</v>
+        <v>225</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789750406485</t>
+          <t>9789750407178</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Moda Tasarımında Araştırma ve Tasarım</t>
+          <t>Bizim İnce Kızlar</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>1050</v>
+        <v>265</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789750406997</t>
+          <t>9789750406409</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Sinemayı Değiştiren 100 Fikir</t>
+          <t>İslamiyet Gerçeği Seti (4 Kitap Set)</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>1050</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789750407383</t>
+          <t>9789750406836</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Shigley’den Makine Mühendisliğinde Tasarım (Ekonomik Baskı)</t>
+          <t>Mimarlık Temelleri Seti (3 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>1250</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789750404481</t>
+          <t>9789750407123</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Deli Memedin Türküsü</t>
+          <t>Gece Vardiyası</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>295</v>
+        <v>325</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789750406386</t>
+          <t>9789750407116</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>İslamiyetin Ekonomi Politiği</t>
+          <t>Duisburg Treni</t>
         </is>
       </c>
       <c r="C247" s="1">
         <v>285</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789750407017</t>
+          <t>9789750406485</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafçılığı Değiştiren 100 Fikir</t>
+          <t>Moda Tasarımında Araştırma ve Tasarım</t>
         </is>
       </c>
       <c r="C248" s="1">
         <v>1050</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789750406973</t>
+          <t>9789750406997</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Ağlatı</t>
+          <t>Sinemayı Değiştiren 100 Fikir</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>270</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789750400087</t>
+          <t>9789750407383</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Beyin Fırtınası Mor Dizi (6 Kitap Takım)</t>
+          <t>Shigley’den Makine Mühendisliğinde Tasarım (Ekonomik Baskı)</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>790</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789750406959</t>
+          <t>9789750404481</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Moda Tasarımında Mücevher Tasarımı</t>
+          <t>Deli Memedin Türküsü</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>850</v>
+        <v>295</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789750406966</t>
+          <t>9789750406386</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Sanat Tarihi Nasıl Yazılır?</t>
+          <t>İslamiyetin Ekonomi Politiği</t>
         </is>
       </c>
       <c r="C252" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789750406379</t>
+          <t>9789750407017</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>İslamiyette Ahlak ve Kadın: İslamiyet Gerçeği 3</t>
+          <t>Fotoğrafçılığı Değiştiren 100 Fikir</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>325</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789750406744</t>
+          <t>9789750406973</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>İçerdeki Oğul</t>
+          <t>Ağlatı</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>450</v>
+        <v>270</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789750406775</t>
+          <t>9789750400087</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Sınırdaki Ölü</t>
+          <t>Beyin Fırtınası Mor Dizi (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>450</v>
+        <v>790</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789750403958</t>
+          <t>9789750406959</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Yılanların Öcü</t>
+          <t>Moda Tasarımında Mücevher Tasarımı</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>370</v>
+        <v>850</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789750404184</t>
+          <t>9789750406966</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Abdurrahman Hancı</t>
+          <t>Sanat Tarihi Nasıl Yazılır?</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789750404191</t>
+          <t>9789750406379</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Abdurrahman Hancı Buildings / Projects 1945 - 2000</t>
+          <t>İslamiyette Ahlak ve Kadın: İslamiyet Gerçeği 3</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>630</v>
+        <v>465</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9799750403292</t>
+          <t>9789750406744</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>1990’lar Fotoğraflarla 20. Yüzyılın Sosyal Tarihi Getty Images</t>
+          <t>İçerdeki Oğul</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789750408144</t>
+          <t>9789750406775</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Para ve Döviz Piyasaları</t>
+          <t>Sınırdaki Ölü</t>
         </is>
       </c>
       <c r="C260" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789750406294</t>
+          <t>9789750403958</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Öteki Tarih</t>
+          <t>Yılanların Öcü</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>325</v>
+        <v>370</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789750406911</t>
+          <t>9789750404184</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>On Kadın, Bir Hayal</t>
+          <t>Abdurrahman Hancı</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>186</v>
+        <v>390</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789750406904</t>
+          <t>9789750404191</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Sigortacılığın Duayeni David Kohen</t>
+          <t>Abdurrahman Hancı Buildings / Projects 1945 - 2000</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>270</v>
+        <v>630</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789750406935</t>
+          <t>9799750403292</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Grafik Tasarımda Tasarım için Araştırma</t>
+          <t>1990’lar Fotoğraflarla 20. Yüzyılın Sosyal Tarihi Getty Images</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>850</v>
+        <v>300</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789750406799</t>
+          <t>9789750408144</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Anımsı Acımsı</t>
+          <t>Para ve Döviz Piyasaları</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789750406751</t>
+          <t>9789750406294</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>On Binlerce Kağnı</t>
+          <t>Öteki Tarih</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>265</v>
+        <v>450</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789750406720</t>
+          <t>9789750406911</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Can Parası</t>
+          <t>On Kadın, Bir Hayal</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>325</v>
+        <v>186</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789750406737</t>
+          <t>9789750406904</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Efendilik Savaşı</t>
+          <t>Sigortacılığın Duayeni David Kohen</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>345</v>
+        <v>270</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789750406782</t>
+          <t>9789750406935</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Çilli, Karın Ağrısı, Cüce</t>
+          <t>Grafik Tasarımda Tasarım için Araştırma</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>395</v>
+        <v>850</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789750406713</t>
+          <t>9789750406799</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Garajı</t>
+          <t>Anımsı Acımsı</t>
         </is>
       </c>
       <c r="C270" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789750406768</t>
+          <t>9789750406751</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Sabır Dağı</t>
+          <t>On Binlerce Kağnı</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>245</v>
+        <v>265</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789750406706</t>
+          <t>9789750406720</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Şehir Planlamada Analiz ve Değerlendirme Teknikleri</t>
+          <t>Can Parası</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>525</v>
+        <v>325</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789750405228</t>
+          <t>9789750406737</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Guantanamo Günlüğüm</t>
+          <t>Efendilik Savaşı</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>180</v>
+        <v>345</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789750406362</t>
+          <t>9789750406782</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet ve Bilim: İslamiyet Gerçeği 2</t>
+          <t>Çilli, Karın Ağrısı, Cüce</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>320</v>
+        <v>395</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789750406652</t>
+          <t>9789750406713</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Mühendisler için Vektör Mekaniği Dinamik</t>
+          <t>Anadolu Garajı</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>2250</v>
+        <v>295</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789750405495</t>
+          <t>9789750406768</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>İşletme</t>
+          <t>Sabır Dağı</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>1450</v>
+        <v>245</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789750406218</t>
+          <t>9789750406706</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Tipografinin Temelleri</t>
+          <t>Şehir Planlamada Analiz ve Değerlendirme Teknikleri</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>950</v>
+        <v>525</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789750404023</t>
+          <t>9789750405228</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Tırpan</t>
+          <t>Guantanamo Günlüğüm</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>395</v>
+        <v>180</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789750404047</t>
+          <t>9789750406362</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Sargısı</t>
+          <t>İslamiyet ve Bilim: İslamiyet Gerçeği 2</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>450</v>
+        <v>525</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789750403965</t>
+          <t>9789750406652</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Irazca’nın Dirliği</t>
+          <t>Mühendisler için Vektör Mekaniği Dinamik</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>350</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789750405181</t>
+          <t>9789750405495</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da Nüfus Hareketleri</t>
+          <t>İşletme</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>318</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789750405921</t>
+          <t>9789750406218</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Senaryo Yazımı</t>
+          <t>Tipografinin Temelleri</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>425</v>
+        <v>950</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789750405396</t>
+          <t>9789750404023</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Taşınım Olayları Ortak Yaklaşım 2. Cilt</t>
+          <t>Tırpan</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>390</v>
+        <v>395</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789758431069</t>
+          <t>9789750404047</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Yöneylem Araştırması</t>
+          <t>Amerikan Sargısı</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>750</v>
+        <v>450</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789750404504</t>
+          <t>9789750403965</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Bozkırdaki Kıvılcım Enstitülüler</t>
+          <t>Irazca’nın Dirliği</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>330</v>
+        <v>395</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789750408847</t>
+          <t>9789750405181</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Büyümeye Giriş</t>
+          <t>Avrupa’da Nüfus Hareketleri</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>330</v>
+        <v>318</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789750407208</t>
+          <t>9789750405921</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Su İçsem Yarıyor</t>
+          <t>Senaryo Yazımı</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>110</v>
+        <v>425</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789750407192</t>
+          <t>9789750405396</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Mimarlık Rehberi</t>
+          <t>Taşınım Olayları Ortak Yaklaşım 2. Cilt</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>475</v>
+        <v>390</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789750406638</t>
+          <t>9789758431069</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>İç Mimarlıkta Yapı Bileşenleri ve Nesneler</t>
+          <t>Yöneylem Araştırması</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>850</v>
+        <v>750</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789750406645</t>
+          <t>9789750404504</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Moda Tasarımında Tekstil ve Moda</t>
+          <t>Bozkırdaki Kıvılcım Enstitülüler</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>850</v>
+        <v>330</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789750406577</t>
+          <t>9789750408847</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Grafik Tasarımda Tipografi</t>
+          <t>İktisadi Büyümeye Giriş</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>850</v>
+        <v>330</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789750406607</t>
+          <t>9789750407208</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Sedad Eldem ile Söyleşiler</t>
+          <t>Su İçsem Yarıyor</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>425</v>
+        <v>110</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9799750401052</t>
+          <t>9789750407192</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>E-Devlet E-Demokrasi ve Türkiye (Ciltli)</t>
+          <t>İstanbul Mimarlık Rehberi</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>195</v>
+        <v>475</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9799750403018</t>
+          <t>9789750406638</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Toulouse - Lautrec</t>
+          <t>İç Mimarlıkta Yapı Bileşenleri ve Nesneler</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>330</v>
+        <v>850</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789750404450</t>
+          <t>9789750406645</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Hayal ve Gerçek</t>
+          <t>Moda Tasarımında Tekstil ve Moda</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>354</v>
+        <v>850</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789750403071</t>
+          <t>9789750406577</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarım Kaybolan Bir Dünya İstanbul 1800-1920</t>
+          <t>Grafik Tasarımda Tipografi</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>450</v>
+        <v>850</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789750406454</t>
+          <t>9789750406607</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Grafik Tasarımda Tasarım Fikri</t>
+          <t>Sedad Eldem ile Söyleşiler</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>850</v>
+        <v>425</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789750406447</t>
+          <t>9799750401052</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Grafik Tasarımda İmge</t>
+          <t>E-Devlet E-Demokrasi ve Türkiye (Ciltli)</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>850</v>
+        <v>195</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789750406492</t>
+          <t>9799750403018</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Ümit Şenesen' e Armağan Paylaşımlar: Sayılarla Türkiye Ekonomisi</t>
+          <t>Toulouse - Lautrec</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>175</v>
+        <v>330</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789750406348</t>
+          <t>9789750404450</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>İslamcılık ve Din Politikaları</t>
+          <t>Hayal ve Gerçek</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>350</v>
+        <v>354</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789750408915</t>
+          <t>9789750403071</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Yazarlığın Eteklerinde</t>
+          <t>Hatıralarım Kaybolan Bir Dünya İstanbul 1800-1920</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789750406508</t>
+          <t>9789750406454</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>People And Power: An Introduction to Politics Third Edition</t>
+          <t>Grafik Tasarımda Tasarım Fikri</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>294</v>
+        <v>850</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789750406522</t>
+          <t>9789750406447</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Ekonomiye Giriş</t>
+          <t>Grafik Tasarımda İmge</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>325</v>
+        <v>850</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9799750402684</t>
+          <t>9789750406492</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Kralların Şarkıları</t>
+          <t>Ümit Şenesen' e Armağan Paylaşımlar: Sayılarla Türkiye Ekonomisi</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789750404337</t>
+          <t>9789750406348</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Köygöçüren</t>
+          <t>İslamcılık ve Din Politikaları</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>575</v>
+        <v>350</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789750404924</t>
+          <t>9789750408915</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitüsü Yılları</t>
+          <t>Yazarlığın Eteklerinde</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>342</v>
+        <v>180</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789750406591</t>
+          <t>9789750406508</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Reklamcılığın Temelleri</t>
+          <t>People And Power: An Introduction to Politics Third Edition</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>950</v>
+        <v>294</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789750406584</t>
+          <t>9789750406522</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Moda Tasarımında Koleksiyon Geliştirme</t>
+          <t>Ekonomiye Giriş</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>1050</v>
+        <v>325</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789758431151</t>
+          <t>9799750402684</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Jack Welch ve General Electric’in Yolu</t>
+          <t>Kralların Şarkıları</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789750404610</t>
+          <t>9789750404337</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>İzmir’in İçinde</t>
+          <t>Köygöçüren</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>444</v>
+        <v>575</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789750406812</t>
+          <t>9789750404924</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Moda Tasarımında Aksesuar Tasarımı</t>
+          <t>Köy Enstitüsü Yılları</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>850</v>
+        <v>342</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789750406805</t>
+          <t>9789750406591</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Grafik Tasarımda Izgaralar</t>
+          <t>Yaratıcı Reklamcılığın Temelleri</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>850</v>
+        <v>950</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789750406942</t>
+          <t>9789750406584</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Fotoğrafçılıkta Bağlam ve Anlatı</t>
+          <t>Moda Tasarımında Koleksiyon Geliştirme</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>365</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789750404696</t>
+          <t>9789758431151</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Turkish Financial Reporting System</t>
+          <t>Jack Welch ve General Electric’in Yolu</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>245</v>
+        <v>450</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789750406560</t>
+          <t>9789750404610</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Grafik Tasarımda Baskı ve Sonlardırma</t>
+          <t>İzmir’in İçinde</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>850</v>
+        <v>444</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789750408151</t>
+          <t>9789750406812</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Bankacılığa Giriş</t>
+          <t>Moda Tasarımında Aksesuar Tasarımı</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>325</v>
+        <v>850</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789750406614</t>
+          <t>9789750406805</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Metalurji ve Malzeme Mühendisleri İçin Termodinamik</t>
+          <t>Grafik Tasarımda Izgaralar</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>425</v>
+        <v>850</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789750406553</t>
+          <t>9789750406942</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Cisimlerin Mukavemeti (Ciltli)</t>
+          <t>Yaratıcı Fotoğrafçılıkta Bağlam ve Anlatı</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>2850</v>
+        <v>365</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789750406300</t>
+          <t>9789750404696</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Müslüman Olduk?</t>
+          <t>Turkish Financial Reporting System</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>435</v>
+        <v>245</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789750406355</t>
+          <t>9789750406560</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçilik: Türkiye'nin Çıkmazı</t>
+          <t>Grafik Tasarımda Baskı ve Sonlardırma</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>300</v>
+        <v>850</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789750408052</t>
+          <t>9789750408151</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Finans Matematiği Çalışma Kitabı</t>
+          <t>Bankacılığa Giriş</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>365</v>
+        <v>325</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789750405907</t>
+          <t>9789750406614</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Film Yapımının Temelleri</t>
+          <t>Metalurji ve Malzeme Mühendisleri İçin Termodinamik</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>950</v>
+        <v>425</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789750405914</t>
+          <t>9789750406553</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Film Yapımı Temelleri - Yapım</t>
+          <t>Cisimlerin Mukavemeti (Ciltli)</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>395</v>
+        <v>2850</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789750407086</t>
+          <t>9789750406300</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Olaylı Yıllar ve Gençlik</t>
+          <t>Nasıl Müslüman Olduk?</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>325</v>
+        <v>435</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789750407109</t>
+          <t>9789750406355</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Demokrasinin Dayanılmaz Ağırlığı</t>
+          <t>Milliyetçilik: Türkiye'nin Çıkmazı</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9799750403346</t>
+          <t>9789750408052</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Pastel</t>
+          <t>Finans Matematiği Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>495</v>
+        <v>365</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789750404306</t>
+          <t>9789750405907</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>İnsan Suretleri</t>
+          <t>Film Yapımının Temelleri</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>150</v>
+        <v>950</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789750404788</t>
+          <t>9789750405914</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>1876 Gayri Resmi Amerikan Tarihi 3</t>
+          <t>Film Yapımı Temelleri - Yapım</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>450</v>
+        <v>395</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789750404702</t>
+          <t>9789750407086</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Koca Ren</t>
+          <t>Olaylı Yıllar ve Gençlik</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>385</v>
+        <v>325</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789750403972</t>
+          <t>9789750407109</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Kara Ahmet Destanı</t>
+          <t>Demokrasinin Dayanılmaz Ağırlığı</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>465</v>
+        <v>150</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789750403910</t>
+          <t>9799750403346</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağalar</t>
+          <t>Yeni Başlayanlar İçin Pastel</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>395</v>
+        <v>495</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789750405471</t>
+          <t>9789750404306</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Mutfak Tasarım Süreci</t>
+          <t>İnsan Suretleri</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>800</v>
+        <v>150</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789750404405</t>
+          <t>9789750404788</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Yarbükü</t>
+          <t>1876 Gayri Resmi Amerikan Tarihi 3</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789750405952</t>
+          <t>9789750404702</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Mimarlıkta Sunum Teknikleri</t>
+          <t>Koca Ren</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>850</v>
+        <v>385</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789750405990</t>
+          <t>9789750403972</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>İç Mimarlıkta: Bağlam + Çevre</t>
+          <t>Kara Ahmet Destanı</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>850</v>
+        <v>465</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789750406003</t>
+          <t>9789750403910</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>İç Mimarlıkta İç Mekan Çizimi ve Sunumu</t>
+          <t>Kaplumbağalar</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>850</v>
+        <v>425</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789750406232</t>
+          <t>9789750405471</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>İç Mimarlıkta Doku + Malzeme</t>
+          <t>Mutfak Tasarım Süreci</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>850</v>
+        <v>800</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789750405983</t>
+          <t>9789750404405</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>İç Mimarlıkta Biçim + Yapı</t>
+          <t>Yarbükü</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>850</v>
+        <v>300</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789750406461</t>
+          <t>9789750405952</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Tasarımın Temelleri</t>
+          <t>Mimarlıkta Sunum Teknikleri</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>950</v>
+        <v>850</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9799750402868</t>
+          <t>9789750405990</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Yemin</t>
+          <t>İç Mimarlıkta: Bağlam + Çevre</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>150</v>
+        <v>850</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9799758431679</t>
+          <t>9789750406003</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Enis Batur - Şehr En'is</t>
+          <t>İç Mimarlıkta İç Mekan Çizimi ve Sunumu</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>175</v>
+        <v>850</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789750406546</t>
+          <t>9789750406232</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Moda Tasarımında Stil Yaratmak</t>
+          <t>İç Mimarlıkta Doku + Malzeme</t>
         </is>
       </c>
       <c r="C342" s="1">
         <v>850</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789750406539</t>
+          <t>9789750405983</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Moda Tasarımında Moda Çizimi</t>
+          <t>İç Mimarlıkta Biçim + Yapı</t>
         </is>
       </c>
       <c r="C343" s="1">
         <v>850</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789750406478</t>
+          <t>9789750406461</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Moda Tasarımının Temelleri</t>
+          <t>Yaratıcı Tasarımın Temelleri</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>1150</v>
+        <v>950</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9799750402578</t>
+          <t>9799750402868</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Umut</t>
+          <t>Yemin</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9799758431273</t>
+          <t>9799758431679</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Matbaa Basın ve Yayın</t>
+          <t>Enis Batur - Şehr En'is</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>900</v>
+        <v>175</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9799750402219</t>
+          <t>9789750406546</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Futebol</t>
+          <t>Moda Tasarımında Stil Yaratmak</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>280</v>
+        <v>850</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789750406416</t>
+          <t>9789750406539</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’da Mavi Bir Tereddüt</t>
+          <t>Moda Tasarımında Moda Çizimi</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>210</v>
+        <v>850</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789750405747</t>
+          <t>9789750406478</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk</t>
+          <t>Moda Tasarımının Temelleri</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>435</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789750405211</t>
+          <t>9799750402578</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>İçeri’den</t>
+          <t>Umut</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789750405778</t>
+          <t>9799758431273</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>İç Mimarlığın Temelleri</t>
+          <t>Türkiye'de Matbaa Basın ve Yayın</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>950</v>
+        <v>900</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789758431922</t>
+          <t>9799750402219</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Hüsrev Gerede’nin Anıları</t>
+          <t>Futebol</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9799750402813</t>
+          <t>9789750406416</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Hoşçakal Prinkipo</t>
+          <t>İstanbul’da Mavi Bir Tereddüt</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>258</v>
+        <v>210</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789750402920</t>
+          <t>9789750405747</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Halkın Sesi</t>
+          <t>İmparatorluk</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>390</v>
+        <v>435</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9799750403483</t>
+          <t>9789750405211</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Haç ve Hilal 2 Kavuşan Yürekler</t>
+          <t>İçeri’den</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789750406225</t>
+          <t>9789750405778</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Grafik Tasarımında Dil ve Yaklaşım</t>
+          <t>İç Mimarlığın Temelleri</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>850</v>
+        <v>950</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789750406157</t>
+          <t>9789758431922</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Grafik Tasarımın Temelleri</t>
+          <t>Hüsrev Gerede’nin Anıları</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>950</v>
+        <v>350</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789750406430</t>
+          <t>9799750402813</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Grafik Tasarımda Sayfa Düzeni</t>
+          <t>Hoşçakal Prinkipo</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>850</v>
+        <v>258</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789750406423</t>
+          <t>9789750402920</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Grafik Tasarımda Renk</t>
+          <t>Halkın Sesi</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>850</v>
+        <v>390</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789750405594</t>
+          <t>9799750403483</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Gözün ve Kulağın Düğünleri</t>
+          <t>Haç ve Hilal 2 Kavuşan Yürekler</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789750405655</t>
+          <t>9789750406225</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Görsel Tipografi Sözlüğü</t>
+          <t>Grafik Tasarımında Dil ve Yaklaşım</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>475</v>
+        <v>850</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789750405679</t>
+          <t>9789750406157</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Görsel Moda Tasarımı Sözlüğü</t>
+          <t>Grafik Tasarımın Temelleri</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>475</v>
+        <v>950</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789750405617</t>
+          <t>9789750406430</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Görsel Mimarlık Sözlüğü</t>
+          <t>Grafik Tasarımda Sayfa Düzeni</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>475</v>
+        <v>850</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789750405662</t>
+          <t>9789750406423</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Görsel İllüstrasyon Sözlüğü</t>
+          <t>Grafik Tasarımda Renk</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>475</v>
+        <v>850</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789750405624</t>
+          <t>9789750405594</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Görsel İç Mimarlık Sözlüğü (Ciltli)</t>
+          <t>Gözün ve Kulağın Düğünleri</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>475</v>
+        <v>150</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789750405631</t>
+          <t>9789750405655</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Görsel Grafik Tasarım Sözlüğü (Ciltli)</t>
+          <t>Görsel Tipografi Sözlüğü</t>
         </is>
       </c>
       <c r="C366" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789750405686</t>
+          <t>9789750405679</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Görsel Baskı Öncesi Hazırlık ve Üretim Sözlüğü</t>
+          <t>Görsel Moda Tasarımı Sözlüğü</t>
         </is>
       </c>
       <c r="C367" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789750405525</t>
+          <t>9789750405617</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Piyasaları ve Finansmanı</t>
+          <t>Görsel Mimarlık Sözlüğü</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>258</v>
+        <v>475</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789750405518</t>
+          <t>9789750405662</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Ekonomi Politiği</t>
+          <t>Görsel İllüstrasyon Sözlüğü</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>510</v>
+        <v>475</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789750404399</t>
+          <t>9789750405624</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Futbol Yönetimi</t>
+          <t>Görsel İç Mimarlık Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>594</v>
+        <v>475</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789750405815</t>
+          <t>9789750405631</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Finansal Krizlerde Gayrimenkul Finansman Piyasalarının Rolü ve Gayrimenkul Fiyat Endekslerinin Önemi</t>
+          <t>Görsel Grafik Tasarım Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>186</v>
+        <v>475</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789750405884</t>
+          <t>9789750405686</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Finans, Hayat, Vesaire</t>
+          <t>Görsel Baskı Öncesi Hazırlık ve Üretim Sözlüğü</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>210</v>
+        <v>475</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789750406331</t>
+          <t>9789750405525</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Fatih ve Fetih</t>
+          <t>Gayrimenkul Piyasaları ve Finansmanı</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>375</v>
+        <v>258</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789750406096</t>
+          <t>9789750405518</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Excel ile Yatırım Projeleri</t>
+          <t>Futbolun Ekonomi Politiği</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>438</v>
+        <v>510</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789750404030</t>
+          <t>9789750404399</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Eşekli Kütüphaneci</t>
+          <t>Futbol Yönetimi</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>200</v>
+        <v>594</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789750404603</t>
+          <t>9789750405815</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Eski Tüfek</t>
+          <t>Finansal Krizlerde Gayrimenkul Finansman Piyasalarının Rolü ve Gayrimenkul Fiyat Endekslerinin Önemi</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>324</v>
+        <v>186</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9799750403391</t>
+          <t>9789750405884</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Emre Arolat Projects and Buildings 1998-2005</t>
+          <t>Finans, Hayat, Vesaire</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>720</v>
+        <v>210</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789750404900</t>
+          <t>9789750406331</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Mirasımız Köy Enstitüleri</t>
+          <t>Fatih ve Fetih</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>252</v>
+        <v>375</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9799750403643</t>
+          <t>9789750406096</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Doruk Pamir Yapılar / Projeler 1963-2005</t>
+          <t>Excel ile Yatırım Projeleri</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>390</v>
+        <v>438</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9799750403650</t>
+          <t>9789750404030</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Doruk Pamir Building Projects 1963-2005</t>
+          <t>Eşekli Kütüphaneci</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>390</v>
+        <v>245</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789750406119</t>
+          <t>9789750404603</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Dış Ticaret İşlemleri ve Muhasebesi</t>
+          <t>Eski Tüfek</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>275</v>
+        <v>324</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789750404801</t>
+          <t>9799750403391</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Destina</t>
+          <t>Emre Arolat Projects and Buildings 1998-2005</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>250</v>
+        <v>720</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789750404351</t>
+          <t>9789750404900</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Define</t>
+          <t>Eğitim Mirasımız Köy Enstitüleri</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>354</v>
+        <v>252</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9799750403032</t>
+          <t>9799750403643</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Claude Monet  Hayatı ve Eserleri</t>
+          <t>Doruk Pamir Yapılar / Projeler 1963-2005</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789750404443</t>
+          <t>9799750403650</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Bizim Köy</t>
+          <t>Doruk Pamir Building Projects 1963-2005</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789750405600</t>
+          <t>9789750406119</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Bir Gölgenin Ardından</t>
+          <t>Dış Ticaret İşlemleri ve Muhasebesi</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>90</v>
+        <v>275</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789750406065</t>
+          <t>9789750404801</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Teknoloji ve Yenilik Üretim Stratejisi</t>
+          <t>Destina</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>102</v>
+        <v>250</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789750404214</t>
+          <t>9789750404351</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Belki Bir Gün Dönerim</t>
+          <t>Define</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>475</v>
+        <v>354</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9799758431044</t>
+          <t>9799750403032</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Balkanlarda Osmanlı Dönemi Konutları (Ciltli)</t>
+          <t>Claude Monet  Hayatı ve Eserleri</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>750</v>
+        <v>330</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789750405242</t>
+          <t>9789750404443</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da Yirminci Yüzyıl Boyunca Seyahatler</t>
+          <t>Bizim Köy</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>1170</v>
+        <v>325</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789750402326</t>
+          <t>9789750405600</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da Rönesans: Merkezler ve Çeperler</t>
+          <t>Bir Gölgenin Ardından</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>295</v>
+        <v>90</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789750405501</t>
+          <t>9789750406065</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da Demokrasi</t>
+          <t>Bilgi Teknoloji ve Yenilik Üretim Stratejisi</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>450</v>
+        <v>102</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789750402388</t>
+          <t>9789750404214</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da Aydınlanma</t>
+          <t>Belki Bir Gün Dönerim</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>354</v>
+        <v>475</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789750402593</t>
+          <t>9799758431044</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Arap Milliyetçiliği</t>
+          <t>Balkanlarda Osmanlı Dönemi Konutları (Ciltli)</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9799750402554</t>
+          <t>9789750405242</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Anti-Kapitalist Manifesto</t>
+          <t>Avrupa’da Yirminci Yüzyıl Boyunca Seyahatler</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>186</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789758431816</t>
+          <t>9789750402326</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Galata ve Pera</t>
+          <t>Avrupa’da Rönesans: Merkezler ve Çeperler</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>475</v>
+        <v>295</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789750404382</t>
+          <t>9789750405501</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Yoz Davar</t>
+          <t>Avrupa’da Demokrasi</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>294</v>
+        <v>450</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789750404467</t>
+          <t>9789750402388</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Yeraltında Bir Anadolu</t>
+          <t>Avrupa’da Aydınlanma</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>295</v>
+        <v>354</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789750403330</t>
+          <t>9789750402593</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Yağlıboya</t>
+          <t>Arap Milliyetçiliği</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>495</v>
+        <v>450</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789750404528</t>
+          <t>9799750402554</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Yayla</t>
+          <t>Anti-Kapitalist Manifesto</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>395</v>
+        <v>186</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789750406102</t>
+          <t>9789758431816</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Yatırım Projeleri</t>
+          <t>Galata ve Pera</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>894</v>
+        <v>475</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789750404092</t>
+          <t>9789750404382</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Yarım Ekmek</t>
+          <t>Yoz Davar</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>475</v>
+        <v>294</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789750405785</t>
+          <t>9789750404467</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Fotoğrafçılığın Temelleri</t>
+          <t>Yeraltında Bir Anadolu</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>650</v>
+        <v>295</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789750405969</t>
+          <t>9789750403330</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Mimarlıkta Yapım + Malzeme</t>
+          <t>Yeni Başlayanlar İçin Yağlıboya</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>850</v>
+        <v>495</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789750405860</t>
+          <t>9789750404528</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Vadeli Piyasalarda Teori ve Uygulama Işığında "50 Altın Kural"</t>
+          <t>Yayla</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>325</v>
+        <v>395</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789750404795</t>
+          <t>9789750406102</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Umut Sosyalizm</t>
+          <t>Yatırım Projeleri</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>180</v>
+        <v>894</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789750404276</t>
+          <t>9789750404092</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Tütün Yorgunu</t>
+          <t>Yarım Ekmek</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>340</v>
+        <v>475</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789750405563</t>
+          <t>9789750405785</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’ye Yolculuk</t>
+          <t>Yaratıcı Fotoğrafçılığın Temelleri</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>174</v>
+        <v>650</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789750407314</t>
+          <t>9789750405969</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Travma ve İyileşme</t>
+          <t>Mimarlıkta Yapım + Malzeme</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>525</v>
+        <v>850</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9799750403131</t>
+          <t>9789750405860</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Tek Kişilik Seks Masturbasyonun Kültürel Tarihi</t>
+          <t>Vadeli Piyasalarda Teori ve Uygulama Işığında "50 Altın Kural"</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>474</v>
+        <v>325</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9799750401922</t>
+          <t>9789750404795</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Tasarım Stüdyoları İçin Kavramsal Dizin ve Mimarlık Terimleri Sözlüğü</t>
+          <t>Umut Sosyalizm</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789750404580</t>
+          <t>9789750404276</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Tartışma</t>
+          <t>Tütün Yorgunu</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>234</v>
+        <v>340</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789750404290</t>
+          <t>9789750405563</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Tarih Her Sabah Yeniden Yazılır</t>
+          <t>Türkiye’ye Yolculuk</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>180</v>
+        <v>174</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789750406034</t>
+          <t>9789750407314</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Stant Tasarımı ve Sergileme</t>
+          <t>Travma ve İyileşme</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>780</v>
+        <v>525</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9799750402608</t>
+          <t>9799750403131</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Sinir Savaşı  Askerler ve Psikiyatrlar 1914-1994 (Ciltli)</t>
+          <t>Tek Kişilik Seks Masturbasyonun Kültürel Tarihi</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>660</v>
+        <v>474</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9799750403384</t>
+          <t>9799750401922</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Sedad Eldem Architect in Turkey</t>
+          <t>Tasarım Stüdyoları İçin Kavramsal Dizin ve Mimarlık Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789750404252</t>
+          <t>9789750404580</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Satışçı Olmak Çömezlikten Yöneticiliğe</t>
+          <t>Tartışma</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>175</v>
+        <v>234</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9799758431327</t>
+          <t>9789750404290</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Satış ve Satış Gücü Yönetimi</t>
+          <t>Tarih Her Sabah Yeniden Yazılır</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789750404269</t>
+          <t>9789750406034</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Sarı Traktör</t>
+          <t>Stant Tasarımı ve Sergileme</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>294</v>
+        <v>780</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789750408854</t>
+          <t>9799750402608</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Sanata ve Sanat Kavramlarına Giriş</t>
+          <t>Sinir Savaşı  Askerler ve Psikiyatrlar 1914-1994 (Ciltli)</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>375</v>
+        <v>660</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9799750403124</t>
+          <t>9799750403384</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Rönesanstan Günümüze Resim Sanatının Öyküsü</t>
+          <t>Sedad Eldem Architect in Turkey</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>650</v>
+        <v>750</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789750405273</t>
+          <t>9789750404252</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Yerbilim 2 Jeomorfoloji</t>
+          <t>Satışçı Olmak Çömezlikten Yöneticiliğe</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>426</v>
+        <v>175</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789750405266</t>
+          <t>9799758431327</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Yerbilim 1 - Jeoloji</t>
+          <t>Satış ve Satış Gücü Yönetimi</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>390</v>
+        <v>175</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789750406041</t>
+          <t>9789750404269</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Yapı Elemanı Tasarımında Malzeme</t>
+          <t>Sarı Traktör</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>725</v>
+        <v>294</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789750405389</t>
+          <t>9789750408854</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Taşınım Olayları - Birinci Cilt / Ortak Yaklaşım</t>
+          <t>Sanata ve Sanat Kavramlarına Giriş</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>354</v>
+        <v>375</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9799750402615</t>
+          <t>9799750403124</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Tarım Makinaları İçin Mühendislik El Kitabı</t>
+          <t>Rönesanstan Günümüze Resim Sanatının Öyküsü</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>474</v>
+        <v>650</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789758431298</t>
+          <t>9789750405273</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Sayısal Tasarım</t>
+          <t>Yerbilim 2 Jeomorfoloji</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>790</v>
+        <v>426</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9799750402820</t>
+          <t>9789750405266</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Proficiency Practice Tests</t>
+          <t>Yerbilim 1 - Jeoloji</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>225</v>
+        <v>390</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789750408885</t>
+          <t>9789750406041</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Otomatik Kontrol Sistemleri (Siyah - Beyaz Ekonomik Baskı)</t>
+          <t>Yapı Elemanı Tasarımında Malzeme</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>900</v>
+        <v>725</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789750407390</t>
+          <t>9789750405389</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Organik Kimya (Ciltli)</t>
+          <t>Taşınım Olayları - Birinci Cilt / Ortak Yaklaşım</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>3250</v>
+        <v>354</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789750401077</t>
+          <t>9799750402615</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Sistemlerinin Modellenmesi ve Dinamiği</t>
+          <t>Tarım Makinaları İçin Mühendislik El Kitabı</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>510</v>
+        <v>474</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789750409110</t>
+          <t>9789758431298</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Mekaniği Dinamik (Renkli)</t>
+          <t>Sayısal Tasarım</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>2250</v>
+        <v>790</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789758431830</t>
+          <t>9799750402820</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Mühendisler İçin Sayısal Yöntemler</t>
+          <t>Proficiency Practice Tests</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>1100</v>
+        <v>225</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789750404887</t>
+          <t>9789750408885</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sosyal Sorumluluk: Pazarlamada Yeni Bir Paradigmaya Doğru</t>
+          <t>Otomatik Kontrol Sistemleri (Siyah - Beyaz Ekonomik Baskı)</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>234</v>
+        <v>900</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789750405570</t>
+          <t>9789750407390</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Kısmi Türevli Denklemler</t>
+          <t>Organik Kimya (Ciltli)</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>354</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789750408007</t>
+          <t>9789750401077</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>İşletme ve İktisat için İstatistik (Ekonomik Baskı)</t>
+          <t>Mühendislik Sistemlerinin Modellenmesi ve Dinamiği</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>1250</v>
+        <v>510</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789750402838</t>
+          <t>9789750409110</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>İstatistik Sayıların Arkasını Anlamak</t>
+          <t>Mühendislik Mekaniği Dinamik (Renkli)</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>342</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789750405419</t>
+          <t>9789758431830</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Introduction To Business (Siyah Beyaz Ekonomik Baskı)</t>
+          <t>Mühendisler İçin Sayısal Yöntemler</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>810</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789750404658</t>
+          <t>9789750404887</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Hütte: Mühendislik Bilimi</t>
+          <t>Kurumsal Sosyal Sorumluluk: Pazarlamada Yeni Bir Paradigmaya Doğru</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>1500</v>
+        <v>234</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9799758431716</t>
+          <t>9789750405570</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Fizik 2. Cilt</t>
+          <t>Kısmi Türevli Denklemler</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>300</v>
+        <v>354</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9799757860890</t>
+          <t>9789750408007</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Enflasyon Muhasebesi</t>
+          <t>İşletme ve İktisat için İstatistik (Ekonomik Baskı)</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>270</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789750404771</t>
+          <t>9789750402838</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Endüstri, İş ve Örgüt Psikolojisi El Kitabı (Ciltli)</t>
+          <t>İstatistik Sayıların Arkasını Anlamak</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>625</v>
+        <v>342</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789750404757</t>
+          <t>9789750405419</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Endüstri, İş ve Örgüt Psikolojisi El Kitabı 2 Cilt Takım (Ciltli)</t>
+          <t>Introduction To Business (Siyah Beyaz Ekonomik Baskı)</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>1125</v>
+        <v>810</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789750404764</t>
+          <t>9789750404658</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Endüstri, İş ve Örgüt Psikolojisi El Kitabı (Ciltli)</t>
+          <t>Hütte: Mühendislik Bilimi</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>625</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9799750402226</t>
+          <t>9799758431716</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Elt Dictionary</t>
+          <t>Fizik 2. Cilt</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>195</v>
+        <v>300</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789750407093</t>
+          <t>9799757860890</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Çözümlü Finans Problemleri</t>
+          <t>Enflasyon Muhasebesi</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>325</v>
+        <v>270</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789758431311</t>
+          <t>9789750404771</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Sistemleri Mimarisi</t>
+          <t>Endüstri, İş ve Örgüt Psikolojisi El Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>685</v>
+        <v>625</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789750405464</t>
+          <t>9789750404757</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Akışkanlar Mekaniği ve Hidrolik</t>
+          <t>Endüstri, İş ve Örgüt Psikolojisi El Kitabı 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>540</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789750406140</t>
+          <t>9789750404764</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Peyzaj Mimarlığının Temelleri</t>
+          <t>Endüstri, İş ve Örgüt Psikolojisi El Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>1150</v>
+        <v>625</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9799750403056</t>
+          <t>9799750402226</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Paul Cezanne</t>
+          <t>Elt Dictionary</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>330</v>
+        <v>195</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789750405440</t>
+          <t>9789750407093</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Paranın Zaman Değeri</t>
+          <t>Çözümlü Finans Problemleri</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789750406317</t>
+          <t>9789758431311</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Son Savaşı</t>
+          <t>Bilgisayar Sistemleri Mimarisi</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>550</v>
+        <v>685</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789750404283</t>
+          <t>9789750405464</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Ortakçılar</t>
+          <t>Akışkanlar Mekaniği ve Hidrolik</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>288</v>
+        <v>540</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789750404108</t>
+          <t>9789750406140</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Onuncu Köy</t>
+          <t>Peyzaj Mimarlığının Temelleri</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>395</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789750404627</t>
+          <t>9799750403056</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Onbinlerin Dönüşü</t>
+          <t>Paul Cezanne</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>450</v>
+        <v>330</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789750405488</t>
+          <t>9789750405440</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Labirenti</t>
+          <t>Paranın Zaman Değeri</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>85</v>
+        <v>275</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789750404597</t>
+          <t>9789750406317</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Mor Ötesi</t>
+          <t>Osmanlı’nın Son Savaşı</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>174</v>
+        <v>550</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789750405976</t>
+          <t>9789750404283</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık Temelleri - Mimari Tasarım</t>
+          <t>Ortakçılar</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>850</v>
+        <v>288</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789750405761</t>
+          <t>9789750404108</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Mimarlığın Temelleri</t>
+          <t>Onuncu Köy</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>950</v>
+        <v>415</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789750404474</t>
+          <t>9789750404627</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Memleketin Sahipleri</t>
+          <t>Onbinlerin Dönüşü</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>336</v>
+        <v>450</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789750405839</t>
+          <t>9789750405488</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar</t>
+          <t>Mutluluk Labirenti</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>180</v>
+        <v>85</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789750406027</t>
+          <t>9789750404597</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Mağaza Tasarımı</t>
+          <t>Mor Ötesi</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>975</v>
+        <v>174</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9799750402981</t>
+          <t>9789750405976</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Leonardo da Vinci</t>
+          <t>Mimarlık Temelleri - Mimari Tasarım</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>330</v>
+        <v>850</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789750406126</t>
+          <t>9789750405761</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Kültür Endüstrisi (Ekonomik Baskı)</t>
+          <t>Mimarlığın Temelleri</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>210</v>
+        <v>950</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789750405877</t>
+          <t>9789750404474</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Kültür Endüstrisi</t>
+          <t>Memleketin Sahipleri</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>270</v>
+        <v>336</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789750404511</t>
+          <t>9789750405839</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Kuru Sevda</t>
+          <t>Mektuplar</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>306</v>
+        <v>180</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789750406256</t>
+          <t>9789750406027</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Krizdeki Futbol</t>
+          <t>Mağaza Tasarımı</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>420</v>
+        <v>975</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789750404313</t>
+          <t>9799750402981</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Kredi Derecelendirme Sistemi</t>
+          <t>Leonardo da Vinci</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>288</v>
+        <v>330</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789750404498</t>
+          <t>9789750406126</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitüleri ve Ötesi</t>
+          <t>Kültür Endüstrisi (Ekonomik Baskı)</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>378</v>
+        <v>210</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789750406324</t>
+          <t>9789750405877</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Kimlik Mücadelesinde Alevilik</t>
+          <t>Kültür Endüstrisi</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>450</v>
+        <v>270</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
+          <t>9789750404511</t>
+        </is>
+      </c>
+      <c r="B471" s="1" t="inlineStr">
+        <is>
+          <t>Kuru Sevda</t>
+        </is>
+      </c>
+      <c r="C471" s="1">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="472" spans="1:3">
+      <c r="A472" s="1" t="inlineStr">
+        <is>
+          <t>9789750406256</t>
+        </is>
+      </c>
+      <c r="B472" s="1" t="inlineStr">
+        <is>
+          <t>Krizdeki Futbol</t>
+        </is>
+      </c>
+      <c r="C472" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="473" spans="1:3">
+      <c r="A473" s="1" t="inlineStr">
+        <is>
+          <t>9789750404313</t>
+        </is>
+      </c>
+      <c r="B473" s="1" t="inlineStr">
+        <is>
+          <t>Kredi Derecelendirme Sistemi</t>
+        </is>
+      </c>
+      <c r="C473" s="1">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="474" spans="1:3">
+      <c r="A474" s="1" t="inlineStr">
+        <is>
+          <t>9789750404498</t>
+        </is>
+      </c>
+      <c r="B474" s="1" t="inlineStr">
+        <is>
+          <t>Köy Enstitüleri ve Ötesi</t>
+        </is>
+      </c>
+      <c r="C474" s="1">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="475" spans="1:3">
+      <c r="A475" s="1" t="inlineStr">
+        <is>
+          <t>9789750406324</t>
+        </is>
+      </c>
+      <c r="B475" s="1" t="inlineStr">
+        <is>
+          <t>Kimlik Mücadelesinde Alevilik</t>
+        </is>
+      </c>
+      <c r="C475" s="1">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="476" spans="1:3">
+      <c r="A476" s="1" t="inlineStr">
+        <is>
           <t>9789750404368</t>
         </is>
       </c>
-      <c r="B471" s="1" t="inlineStr">
+      <c r="B476" s="1" t="inlineStr">
         <is>
           <t>Keklik</t>
         </is>
       </c>
-      <c r="C471" s="1">
+      <c r="C476" s="1">
         <v>425</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>