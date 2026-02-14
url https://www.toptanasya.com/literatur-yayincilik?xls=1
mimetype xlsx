--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,7165 +85,7210 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789750410833</t>
+          <t>9789750410888</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kısaca Yapay Zeka - Büyük Fikirler Arasında Yolculuk</t>
+          <t>Tıp</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789750410871</t>
+          <t>9789750410932</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kısaca Beyin - Büyük Fikirler Arasında Yolculuk</t>
+          <t>Arayış</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>550</v>
+        <v>475</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789750410826</t>
+          <t>9789750410727</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kısaca Bilim - Büyük Fikirler Arasında Yolculuk</t>
+          <t>İşletme ve İktisat için İstatistik (Siyah-Beyaz)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>550</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789750410802</t>
+          <t>9789750410833</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Suyun Kıyısında Mimarlığın İzleri</t>
+          <t>Kısaca Yapay Zeka - Büyük Fikirler Arasında Yolculuk</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>900</v>
+        <v>550</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789750406287</t>
+          <t>9789750410871</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Din: İslamiyet Gerçeği 1</t>
+          <t>Kısaca Beyin - Büyük Fikirler Arasında Yolculuk</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789750410604</t>
+          <t>9789750410826</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Seri Katiller</t>
+          <t>Kısaca Bilim - Büyük Fikirler Arasında Yolculuk</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>325</v>
+        <v>550</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789750410598</t>
+          <t>9789750410802</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Cinayetler</t>
+          <t>Suyun Kıyısında Mimarlığın İzleri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>325</v>
+        <v>900</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789750410697</t>
+          <t>9789750406287</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Likenler ve Liken Bilimi</t>
+          <t>Kur’an ve Din: İslamiyet Gerçeği 1</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>850</v>
+        <v>450</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789750410567</t>
+          <t>9789750410604</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Futbolda Eşitsizliğin Bedeli</t>
+          <t>Seri Katiller</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>1375</v>
+        <v>325</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789750408595</t>
+          <t>9789750410598</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Fakir Baykurt Çocuk Kitapları Seti (3 Kitap Takım)</t>
+          <t>Cinayetler</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>242</v>
+        <v>325</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789750410352</t>
+          <t>9789750410697</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kentin ve Mimarlığın Anahtarı Olarak Saydamlık</t>
+          <t>Likenler ve Liken Bilimi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>750</v>
+        <v>850</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789750409172</t>
+          <t>9789750410567</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Cisimlerin Mukavemeti</t>
+          <t>Futbolda Eşitsizliğin Bedeli</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>1500</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789750408373</t>
+          <t>9789750408595</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Temel Ekonometri (Renkli) (Ciltli)</t>
+          <t>Fakir Baykurt Çocuk Kitapları Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>1250</v>
+        <v>242</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789750410277</t>
+          <t>9789750410352</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Finans</t>
+          <t>Kentin ve Mimarlığın Anahtarı Olarak Saydamlık</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789750410246</t>
+          <t>9789750409172</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bir Galatasaraylı Mimarın Anıları “Kavun Unutmadan”</t>
+          <t>Cisimlerin Mukavemeti</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>285</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789750410239</t>
+          <t>9789750408373</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Güncel Ekonomik Sorunlar : Yaşlılık Ekonomisi</t>
+          <t>Temel Ekonometri (Renkli) (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>385</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789750410253</t>
+          <t>9789750410277</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Dursun Akçam Kitaplığı Seti (9 Kitap Takım)</t>
+          <t>Sürdürülebilir Finans</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>1656</v>
+        <v>495</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789750401817</t>
+          <t>9789750410246</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kuzguncuk</t>
+          <t>Bir Galatasaraylı Mimarın Anıları “Kavun Unutmadan”</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>420</v>
+        <v>285</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789758431359</t>
+          <t>9789750410239</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Koruma Onarım</t>
+          <t>Güncel Ekonomik Sorunlar : Yaşlılık Ekonomisi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>450</v>
+        <v>385</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789750406874</t>
+          <t>9789750410253</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Moda Tasarımı Temelleri Seti (10 Kitap Takım)</t>
+          <t>Dursun Akçam Kitaplığı Seti (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>7225</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789750407604</t>
+          <t>9789750401817</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Değerleme Esasları ve Finans Boyutu</t>
+          <t>Kuzguncuk</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>225</v>
+        <v>420</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789750404689</t>
+          <t>9789758431359</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Reklamcı Nedir?</t>
+          <t>Koruma Onarım</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789750410178</t>
+          <t>9789750406874</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Afalanın Yüreği</t>
+          <t>Moda Tasarımı Temelleri Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>8140</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789750407482</t>
+          <t>9789750407604</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Gayri Müslimlerin Öteki Tarihi</t>
+          <t>Gayrimenkul Değerleme Esasları ve Finans Boyutu</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>570</v>
+        <v>225</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789750409264</t>
+          <t>9789750404689</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Dedem Koruk Yemiş Emekçilerle Yanyana Bir Yaşam</t>
+          <t>Reklamcı Nedir?</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>925</v>
+        <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259783420</t>
+          <t>9789750410178</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Reklamın Kültürel İşlevleri</t>
+          <t>Afalanın Yüreği</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>390</v>
+        <v>275</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789750406690</t>
+          <t>9789750407482</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Shigley'den Makine Mühendisliğinde Tasarım (Ciltli)</t>
+          <t>Gayri Müslimlerin Öteki Tarihi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>2850</v>
+        <v>675</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789750406089</t>
+          <t>9789750409264</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Excel ile Hisse Senedi Değerlemesi</t>
+          <t>Dedem Koruk Yemiş Emekçilerle Yanyana Bir Yaşam</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>522</v>
+        <v>925</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789750410109</t>
+          <t>9786259783420</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Stadlara Sığmayan Hayallerim</t>
+          <t>Reklamın Kültürel İşlevleri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>225</v>
+        <v>390</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789750410017</t>
+          <t>9789750406690</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bir Köy Enstitüsü Penceresinden İş</t>
+          <t>Shigley'den Makine Mühendisliğinde Tasarım (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>375</v>
+        <v>2850</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789750410055</t>
+          <t>9789750406089</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hakikat ve Onarım</t>
+          <t>Excel ile Hisse Senedi Değerlemesi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>330</v>
+        <v>585</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789750409974</t>
+          <t>9789750410109</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Aynur Teyze’den 2 Yaka / 50 Lezzet</t>
+          <t>Stadlara Sığmayan Hayallerim</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>950</v>
+        <v>225</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789750409998</t>
+          <t>9789750410017</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Rönesansı</t>
+          <t>Bir Köy Enstitüsü Penceresinden İş</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>650</v>
+        <v>450</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789750400070</t>
+          <t>9789750410055</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Beyin Fırtınası Turuncu Dizisi (6 Kitap Takım)</t>
+          <t>Hakikat ve Onarım</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>755</v>
+        <v>375</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789750409950</t>
+          <t>9789750409974</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Kentsel Yeşil Alanlarında Görülen Başlıca Hastalık ve Zararlılar (Ciltli)</t>
+          <t>Aynur Teyze’den 2 Yaka / 50 Lezzet</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>450</v>
+        <v>950</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789750409967</t>
+          <t>9789750409998</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yapım (Ekonomik Baskı)</t>
+          <t>Anadolu Rönesansı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>325</v>
+        <v>650</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789750408564</t>
+          <t>9789750400070</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Moda Tasarımında Teknik Çizim ve Kumaş Rehberi</t>
+          <t>Beyin Fırtınası Turuncu Dizisi (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>420</v>
+        <v>900</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789750409684</t>
+          <t>9789750409950</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Akşam Çiçekleri</t>
+          <t>İstanbul’un Kentsel Yeşil Alanlarında Görülen Başlıca Hastalık ve Zararlılar (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9799750403025</t>
+          <t>9789750409967</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Dali Hayatı ve Eserleri</t>
+          <t>Yapım (Ekonomik Baskı)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789750408922</t>
+          <t>9789750408564</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Mekaniği Statik (Renkli Basım)</t>
+          <t>Moda Tasarımında Teknik Çizim ve Kumaş Rehberi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>2250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789758431434</t>
+          <t>9789750409684</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>John E. Freund’dan Matematiksel İstatistik</t>
+          <t>Akşam Çiçekleri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>1400</v>
+        <v>540</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789750406683</t>
+          <t>9799750403025</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Satın Alma ve Tedarik Zinciri Yönetimi</t>
+          <t>Dali Hayatı ve Eserleri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>1500</v>
+        <v>330</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789750404665</t>
+          <t>9789750408922</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Fırınlar</t>
+          <t>Mühendislik Mekaniği Statik (Renkli Basım)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>450</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789750409981</t>
+          <t>9789758431434</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bankacılıkta Doğru Kredi Kararı</t>
+          <t>John E. Freund’dan Matematiksel İstatistik</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>570</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789750409899</t>
+          <t>9789750406683</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Mübadelenin Ayak İzleri</t>
+          <t>Satın Alma ve Tedarik Zinciri Yönetimi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789750406072</t>
+          <t>9789750404665</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Konutta İç Mekan Tasarımı</t>
+          <t>Yüksek Fırınlar</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>1200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789750409875</t>
+          <t>9789750409981</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Aşk Üzerine Yanıtı Olmayan Mektuplar</t>
+          <t>Bankacılıkta Doğru Kredi Kararı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>174</v>
+        <v>625</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789750406898</t>
+          <t>9789750409899</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İç Mekan Tasarımının Temelleri</t>
+          <t>Mübadelenin Ayak İzleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>1190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789750409837</t>
+          <t>9789750406072</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Basınında Lozan Barış Antlaşması</t>
+          <t>Konutta İç Mekan Tasarımı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>252</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789750409813</t>
+          <t>9789750409875</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Fakir Baykurt Çocuk Kitapları Seti (4 Kitap Takım)</t>
+          <t>Aşk Üzerine Yanıtı Olmayan Mektuplar</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>567</v>
+        <v>190</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789750409776</t>
+          <t>9789750406898</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Öğretmeni Kim Öptü?</t>
+          <t>İç Mekan Tasarımının Temelleri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>210</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789750405433</t>
+          <t>9789750409837</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Bunalım Ekonomisinin Geri Dönüşü ve Küresel Kriz</t>
+          <t>Ermeni Basınında Lozan Barış Antlaşması</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>354</v>
+        <v>252</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789750406515</t>
+          <t>9789750409813</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kalpaklılar</t>
+          <t>Fakir Baykurt Çocuk Kitapları Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>895</v>
+        <v>622</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789750409714</t>
+          <t>9789750409776</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Mechanical Design of Machine Elements</t>
+          <t>Öğretmeni Kim Öptü?</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>690</v>
+        <v>231</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789750409769</t>
+          <t>9789750405433</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Topal Arkadaş</t>
+          <t>Bunalım Ekonomisinin Geri Dönüşü ve Küresel Kriz</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789750409707</t>
+          <t>9789750406515</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kimyasal Tepkime Mühendisliği</t>
+          <t>Kalpaklılar</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>1100</v>
+        <v>895</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789750409691</t>
+          <t>9789750409714</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Güncel Ekonomik Sorunlar: Kamunun Ekonomide Değişen Rolü ve Altyapı</t>
+          <t>Mechanical Design of Machine Elements</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>165</v>
+        <v>750</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789750409653</t>
+          <t>9789750409769</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Film Dili</t>
+          <t>Topal Arkadaş</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>350</v>
+        <v>165</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789750409233</t>
+          <t>9789750409707</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Makina Elemanları (2 Cilt Takım)</t>
+          <t>Kimyasal Tepkime Mühendisliği</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>1080</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789750409257</t>
+          <t>9789750409691</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Makina Elemanları Cilt 2</t>
+          <t>Güncel Ekonomik Sorunlar: Kamunun Ekonomide Değişen Rolü ve Altyapı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>585</v>
+        <v>165</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789750409677</t>
+          <t>9789750409653</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bu da Geçti Yahu</t>
+          <t>Film Dili</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>300</v>
+        <v>385</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789750409660</t>
+          <t>9789750409233</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Metalurji ve Malzeme Mühendisleri için Kinetik</t>
+          <t>Makina Elemanları (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>294</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789750409356</t>
+          <t>9789750409257</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ev Günleri Kumrularla Birlikte</t>
+          <t>Makina Elemanları Cilt 2</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>270</v>
+        <v>645</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789750409332</t>
+          <t>9789750409677</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Finansal Yönetim</t>
+          <t>Bu da Geçti Yahu</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>625</v>
+        <v>330</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789750409349</t>
+          <t>9789750409660</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Bul Beni Anne</t>
+          <t>Metalurji ve Malzeme Mühendisleri için Kinetik</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>318</v>
+        <v>325</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789750407673</t>
+          <t>9789750409356</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kimya 7. Basımdan Çeviri (2 Cilt Takım)</t>
+          <t>Ev Günleri Kumrularla Birlikte</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>1185</v>
+        <v>270</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789750409301</t>
+          <t>9789750409332</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Anlatıların Satır Aralarında Mübadele Tarihi</t>
+          <t>Finansal Yönetim</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>390</v>
+        <v>750</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789750409318</t>
+          <t>9789750409349</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>H Anatallagi Ton Plithismon Anamesa Apo Tis Grammes Ton Keimenon</t>
+          <t>Bul Beni Anne</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>390</v>
+        <v>375</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789750409196</t>
+          <t>9789750407673</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Burası Ulus Dediler</t>
+          <t>Kimya 7. Basımdan Çeviri (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>390</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789750407680</t>
+          <t>9789750409301</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kimya 1. Cilt</t>
+          <t>Anlatıların Satır Aralarında Mübadele Tarihi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>600</v>
+        <v>390</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789750409295</t>
+          <t>9789750409318</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bilmecelerle, Bulmacalarla Kentini Keşfet: Bodrum</t>
+          <t>H Anatallagi Ton Plithismon Anamesa Apo Tis Grammes Ton Keimenon</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>125</v>
+        <v>390</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789750409271</t>
+          <t>9789750409196</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Kurçenli Anlatıyor</t>
+          <t>Burası Ulus Dediler</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>325</v>
+        <v>445</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789750409288</t>
+          <t>9789750407680</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Grafiktisat</t>
+          <t>Kimya 1. Cilt</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>180</v>
+        <v>750</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789750409240</t>
+          <t>9789750409295</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Makine Elemanları Cilt 1</t>
+          <t>Bilmecelerle, Bulmacalarla Kentini Keşfet: Bodrum</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>625</v>
+        <v>125</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789750409219</t>
+          <t>9789750409271</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Protaprilia ya da 1 Nisan Şakası</t>
+          <t>Yusuf Kurçenli Anlatıyor</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789750409226</t>
+          <t>9789750409288</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Malzemeleri için İmalat Yöntemleri (Ekonomik Baskı)</t>
+          <t>Grafiktisat</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>900</v>
+        <v>180</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789750408090</t>
+          <t>9789750409240</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Mekaniği - Dinamik</t>
+          <t>Makine Elemanları Cilt 1</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>1250</v>
+        <v>685</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789750409202</t>
+          <t>9789750409219</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Acıklı Güldürü</t>
+          <t>Protaprilia ya da 1 Nisan Şakası</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>234</v>
+        <v>150</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789750409189</t>
+          <t>9789750409226</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Şair Çünkü Onlar</t>
+          <t>Mühendislik Malzemeleri için İmalat Yöntemleri (Ekonomik Baskı)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>330</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789750409165</t>
+          <t>9789750408090</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Güncel Ekonomik Sorunlar 6 : Enflasyon Çıkmazı</t>
+          <t>Mühendislik Mekaniği - Dinamik</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>245</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789750409158</t>
+          <t>9789750409202</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Malzemeleri için İmalat Yöntemleri (Ciltli)</t>
+          <t>Acıklı Güldürü</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>1850</v>
+        <v>257</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789750409127</t>
+          <t>9789750409189</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Çok Uluslu Finansal Yönetim (Ciltli)</t>
+          <t>Şair Çünkü Onlar</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>2250</v>
+        <v>363</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789750409103</t>
+          <t>9789750409165</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Çok Uluslu Finansal Yönetim</t>
+          <t>Güncel Ekonomik Sorunlar 6 : Enflasyon Çıkmazı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>1250</v>
+        <v>245</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789750409141</t>
+          <t>9789750409158</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Gerçi Rum İsek de Rumca Bilmez Türkçe Söyleriz</t>
+          <t>Mühendislik Malzemeleri için İmalat Yöntemleri (Ciltli)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>450</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789750408984</t>
+          <t>9789750409127</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Bu da Biter, Ya Sonra?</t>
+          <t>Çok Uluslu Finansal Yönetim (Ciltli)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>150</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789750409097</t>
+          <t>9789750409103</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hayvan</t>
+          <t>Çok Uluslu Finansal Yönetim</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>675</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789750409066</t>
+          <t>9789750409141</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Savunma Kürsüsünde - Bir Siyasi Dava Avukatının Anıları</t>
+          <t>Gerçi Rum İsek de Rumca Bilmez Türkçe Söyleriz</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>595</v>
+        <v>525</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789750408977</t>
+          <t>9789750408984</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Güncel Ekonomik Sorunlar - Covid-19'un Sosyo-Ekonomik Etkileri</t>
+          <t>Bu da Biter, Ya Sonra?</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789750408908</t>
+          <t>9789750409097</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sevdam Ürktü</t>
+          <t>Sosyal Hayvan</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>174</v>
+        <v>750</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789750408991</t>
+          <t>9789750409066</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Köyden İndim Şehire, Kafkas Kızı</t>
+          <t>Savunma Kürsüsünde - Bir Siyasi Dava Avukatının Anıları</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>234</v>
+        <v>650</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789750408892</t>
+          <t>9789750408977</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kaçaklar</t>
+          <t>Güncel Ekonomik Sorunlar - Covid-19'un Sosyo-Ekonomik Etkileri</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>275</v>
+        <v>210</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789750408946</t>
+          <t>9789750408908</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Oyun Teorisi (Ciltli)</t>
+          <t>Sevdam Ürktü</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>660</v>
+        <v>190</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789750409004</t>
+          <t>9789750408991</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Yasaklı… Acının Ve Sevginin Yurttaşı</t>
+          <t>Köyden İndim Şehire, Kafkas Kızı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>270</v>
+        <v>255</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789750409011</t>
+          <t>9789750408892</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Duisburg Üçlemesi 3 Kitap Takım</t>
+          <t>Kaçaklar</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>1010</v>
+        <v>275</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789750409035</t>
+          <t>9789750408946</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Başaran Kitaplığı Seti 10 Kitap Takım</t>
+          <t>Oyun Teorisi (Ciltli)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>1840</v>
+        <v>725</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789750409042</t>
+          <t>9789750409004</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Irazca Üçlemesi 3 Kitap Takım</t>
+          <t>Yasaklı… Acının Ve Sevginin Yurttaşı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>928</v>
+        <v>270</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789750409028</t>
+          <t>9789750409011</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Dursun Akçam Kitaplığı Seti 8 Kitap Takım</t>
+          <t>Duisburg Üçlemesi 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>1267</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789750408953</t>
+          <t>9789750409035</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Müziğin Mabetleri: Konser Salonlarının Büyüleyici Dünyası</t>
+          <t>Mehmet Başaran Kitaplığı Seti 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>300</v>
+        <v>1840</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789750408939</t>
+          <t>9789750409042</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Güncel Ekonomik Sorunlar 4: Borç Çıkmazı</t>
+          <t>Irazca Üçlemesi 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>195</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789750408816</t>
+          <t>9789750409028</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk Dönemi’nin Öteki Tarihi Seti (3 Kitap Set)</t>
+          <t>Dursun Akçam Kitaplığı Seti 8 Kitap Takım</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>1110</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789750408878</t>
+          <t>9789750408953</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kentin Labirenti ya da St.Louis’deki İyonik Sütun</t>
+          <t>Müziğin Mabetleri: Konser Salonlarının Büyüleyici Dünyası</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>174</v>
+        <v>300</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789750408823</t>
+          <t>9789750408939</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk Dönemi’nin Öteki Tarihi - 3</t>
+          <t>Güncel Ekonomik Sorunlar 4: Borç Çıkmazı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>550</v>
+        <v>195</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789750408861</t>
+          <t>9789750408816</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Grafik Tasarım Süreci</t>
+          <t>Mustafa Kemal Atatürk Dönemi’nin Öteki Tarihi Seti (3 Kitap Set)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>850</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789750408830</t>
+          <t>9789750408878</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Büyümek İstedim</t>
+          <t>Kentin Labirenti ya da St.Louis’deki İyonik Sütun</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>325</v>
+        <v>174</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789750408809</t>
+          <t>9789750408823</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>2 Mahalle 1 Ada Bozcaada</t>
+          <t>Mustafa Kemal Atatürk Dönemi’nin Öteki Tarihi - 3</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>215</v>
+        <v>660</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789750408786</t>
+          <t>9789750408861</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya ve Toplum</t>
+          <t>Grafik Tasarım Süreci</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>150</v>
+        <v>935</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789750408793</t>
+          <t>9789750408830</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Deprem ve Türkiye</t>
+          <t>Büyümek İstedim</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>420</v>
+        <v>375</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789750408649</t>
+          <t>9789750408809</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Görsel Mağazacılık</t>
+          <t>2 Mahalle 1 Ada Bozcaada</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>690</v>
+        <v>215</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789750407079</t>
+          <t>9789750408786</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Turgutreis 1974 (Ciltli)</t>
+          <t>Sosyal Medya ve Toplum</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>960</v>
+        <v>150</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789750408670</t>
+          <t>9789750408793</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Şair İstanbul’daydı</t>
+          <t>Deprem ve Türkiye</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789750408663</t>
+          <t>9789750408649</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Bulutlar Piraye Piraye Diye Geçiyor</t>
+          <t>Görsel Mağazacılık</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>186</v>
+        <v>825</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789750408656</t>
+          <t>9789750407079</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Bir Ulu Irmak</t>
+          <t>Turgutreis 1974 (Ciltli)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>330</v>
+        <v>960</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789750408632</t>
+          <t>9789750408670</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Zombilerle Tartışmak</t>
+          <t>Şair İstanbul’daydı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789750408618</t>
+          <t>9789750408663</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Üniversite ve Akademisyen</t>
+          <t>Bulutlar Piraye Piraye Diye Geçiyor</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>270</v>
+        <v>186</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789750408625</t>
+          <t>9789750408656</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Öğretmeniz Acıya Sürgün</t>
+          <t>Bir Ulu Irmak</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>186</v>
+        <v>350</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789750408601</t>
+          <t>9789750408632</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Eylülün Kızgın Soluğu</t>
+          <t>Zombilerle Tartışmak</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>270</v>
+        <v>385</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789750408571</t>
+          <t>9789750408618</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kentleşme Serüveni</t>
+          <t>Üniversite ve Akademisyen</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>500</v>
+        <v>270</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789750408588</t>
+          <t>9789750408625</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Doğrudan Benzetim Monte Carlo Yöntemi (DSMC) Matlab Örnekleri İle</t>
+          <t>Öğretmeniz Acıya Sürgün</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>354</v>
+        <v>186</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789750408557</t>
+          <t>9789750408601</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Ölü Ekmeği</t>
+          <t>Eylülün Kızgın Soluğu</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>174</v>
+        <v>270</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789750408540</t>
+          <t>9789750408571</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Sine'masal</t>
+          <t>Kentleşme Serüveni</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>210</v>
+        <v>500</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789750408526</t>
+          <t>9789750408588</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Muhtıradan Darbeye</t>
+          <t>Doğrudan Benzetim Monte Carlo Yöntemi (DSMC) Matlab Örnekleri İle</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>450</v>
+        <v>354</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789750408519</t>
+          <t>9789750408557</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Maral</t>
+          <t>Ölü Ekmeği</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>138</v>
+        <v>190</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789750408533</t>
+          <t>9789750408540</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Zalalı</t>
+          <t>Sine'masal</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>275</v>
+        <v>231</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789750408410</t>
+          <t>9789750408526</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Mühendisler için Vektör Mekaniği Dinamik (Ekonomik Baskı)</t>
+          <t>Muhtıradan Darbeye</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>1050</v>
+        <v>495</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789750408465</t>
+          <t>9789750408519</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Sanat Tarihi Nasıl Yazılır? (Ekonomik Baskı)</t>
+          <t>Maral</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>330</v>
+        <v>152</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789750408472</t>
+          <t>9789750408533</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>İktisat Kantini</t>
+          <t>Zalalı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>210</v>
+        <v>275</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789750408403</t>
+          <t>9789750408410</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kurmaca Yönetmenliği (Ekonomik Baskı)</t>
+          <t>Mühendisler için Vektör Mekaniği Dinamik (Ekonomik Baskı)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>325</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789750408441</t>
+          <t>9789750408465</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Kafdağı’nın Ardı</t>
+          <t>Sanat Tarihi Nasıl Yazılır? (Ekonomik Baskı)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>270</v>
+        <v>363</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789750408434</t>
+          <t>9789750408472</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Ucu Ucuna Yaşam</t>
+          <t>İktisat Kantini</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>270</v>
+        <v>210</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789750408458</t>
+          <t>9789750408403</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Giz Kokan Suskunluk</t>
+          <t>Kurmaca Yönetmenliği (Ekonomik Baskı)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>138</v>
+        <v>350</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789750408397</t>
+          <t>9789750408441</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Dağların Sultanı</t>
+          <t>Kafdağı’nın Ardı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>210</v>
+        <v>297</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789750408380</t>
+          <t>9789750408434</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Kanlıdere'nin Kurtları</t>
+          <t>Ucu Ucuna Yaşam</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>390</v>
+        <v>297</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789750408427</t>
+          <t>9789750408458</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitüleri Seti (5 Kitap Takım)</t>
+          <t>Giz Kokan Suskunluk</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>1200</v>
+        <v>138</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789750408359</t>
+          <t>9789750408397</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk Dönemi’nin Öteki Tarihi 2</t>
+          <t>Dağların Sultanı</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>450</v>
+        <v>231</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789750408342</t>
+          <t>9789750408380</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>İleri Köy Peşinde</t>
+          <t>Kanlıdere'nin Kurtları</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>168</v>
+        <v>429</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789750408243</t>
+          <t>9789750408427</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Güncel Ekonomik Sorunlar: Ticaret Savaşları</t>
+          <t>Köy Enstitüleri Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>195</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789750408229</t>
+          <t>9789750408359</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Özgürleşme Eylemi Köy Enstitüleri</t>
+          <t>Mustafa Kemal Atatürk Dönemi’nin Öteki Tarihi 2</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>270</v>
+        <v>540</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789750408328</t>
+          <t>9789750408342</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Senin Adın Corona Olsun…</t>
+          <t>İleri Köy Peşinde</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>282</v>
+        <v>168</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789750408335</t>
+          <t>9789750408243</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Finansal Futbol</t>
+          <t>Güncel Ekonomik Sorunlar: Ticaret Savaşları</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>426</v>
+        <v>195</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789750408236</t>
+          <t>9789750408229</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Çarığımı Yitirdiğim Tarla - Aç Harmanı</t>
+          <t>Özgürleşme Eylemi Köy Enstitüleri</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>222</v>
+        <v>270</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789750408267</t>
+          <t>9789750408328</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Elif Diye Bir Türkü - Dilsiz Oyunu</t>
+          <t>Senin Adın Corona Olsun…</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>270</v>
+        <v>282</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789750408311</t>
+          <t>9789750408335</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Konut Piyasası, Finansmanı ve Göstergeleri</t>
+          <t>Finansal Futbol</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>150</v>
+        <v>426</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789750408298</t>
+          <t>9789750408236</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Organik Kimya</t>
+          <t>Çarığımı Yitirdiğim Tarla - Aç Harmanı</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>1850</v>
+        <v>222</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789750408304</t>
+          <t>9789750408267</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Seramik Teknolojisi</t>
+          <t>Elif Diye Bir Türkü - Dilsiz Oyunu</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>1650</v>
+        <v>270</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789750408274</t>
+          <t>9789750408311</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk Dönemi’nin Öteki Tarihi 1</t>
+          <t>Konut Piyasası, Finansmanı ve Göstergeleri</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>400</v>
+        <v>165</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789750408281</t>
+          <t>9789750408298</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Amasanga</t>
+          <t>Organik Kimya</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>425</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789750408205</t>
+          <t>9789750408304</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Ahlat Ağacı</t>
+          <t>Seramik Teknolojisi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>126</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789750408212</t>
+          <t>9789750408274</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Yüreğin Sesi Zeytin Ülkesi</t>
+          <t>Mustafa Kemal Atatürk Dönemi’nin Öteki Tarihi 1</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>270</v>
+        <v>480</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789750408199</t>
+          <t>9789750408281</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Memetçik Memet</t>
+          <t>Amasanga</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>282</v>
+        <v>450</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789750408182</t>
+          <t>9789750408205</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kendine İyi Bak Isparta</t>
+          <t>Ahlat Ağacı</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>185</v>
+        <v>126</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789750408175</t>
+          <t>9789750408212</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Adman Author</t>
+          <t>Yüreğin Sesi Zeytin Ülkesi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>110</v>
+        <v>270</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789750408168</t>
+          <t>9789750408199</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Hukuk Açısından Konsolosluk</t>
+          <t>Memetçik Memet</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>390</v>
+        <v>282</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789750408120</t>
+          <t>9789750408182</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Soysal ile Son Röportaj</t>
+          <t>Kendine İyi Bak Isparta</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>186</v>
+        <v>185</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789750408106</t>
+          <t>9789750408175</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Peyzaj Tasarımında Konseptten Forma</t>
+          <t>Adman Author</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>475</v>
+        <v>110</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789750408113</t>
+          <t>9789750408168</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Kiraz</t>
+          <t>Tarih ve Hukuk Açısından Konsolosluk</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789750408076</t>
+          <t>9789750408120</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Mekaniği Statik</t>
+          <t>Sevgi Soysal ile Son Röportaj</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>1250</v>
+        <v>186</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789750407697</t>
+          <t>9789750408106</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kimya 2. Cilt</t>
+          <t>Peyzaj Tasarımında Konseptten Forma</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>650</v>
+        <v>525</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789750408045</t>
+          <t>9789750408113</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Reklamcı Yazar</t>
+          <t>Kiraz</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789750408038</t>
+          <t>9789750408076</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Ateşdikenleri</t>
+          <t>Mühendislik Mekaniği Statik</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>174</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789750408021</t>
+          <t>9789750407697</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Bir Uzun Yol</t>
+          <t>Kimya 2. Cilt</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>250</v>
+        <v>850</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789750408014</t>
+          <t>9789750408045</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Cisimlerin Mukavemeti (Ekonomik Baskı)</t>
+          <t>Reklamcı Yazar</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>1200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789750407963</t>
+          <t>9789750408038</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Bir Yıldız Kaydı</t>
+          <t>Ateşdikenleri</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>210</v>
+        <v>174</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789750407826</t>
+          <t>9789750408021</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Fakir Baykurt Özyaşam Öyküsü Seti (8 Kitap Takım)</t>
+          <t>Bir Uzun Yol</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>2745</v>
+        <v>250</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789750407048</t>
+          <t>9789750408014</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>100 Fikir Seti (6 Kitap Takım)</t>
+          <t>Cisimlerin Mukavemeti (Ekonomik Baskı)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>5200</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789750407291</t>
+          <t>9789750407963</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Fakir Baykurt Hikayeler Seti (15 Kitap Takım)</t>
+          <t>Bir Yıldız Kaydı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>4150</v>
+        <v>235</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789750407468</t>
+          <t>9789750407826</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı Üçlemesi (3 Kitap Takım)</t>
+          <t>Fakir Baykurt Özyaşam Öyküsü Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>1155</v>
+        <v>3640</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789750405365</t>
+          <t>9789750407048</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Hazine Avcıları Dizisi (5 Kitap Takım)</t>
+          <t>100 Fikir Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>675</v>
+        <v>5200</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789750408069</t>
+          <t>9789750407291</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Mikroekonomi</t>
+          <t>Fakir Baykurt Hikayeler Seti (15 Kitap Takım)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>294</v>
+        <v>4485</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789750407970</t>
+          <t>9789750407468</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Yaşar Kemal: İnsanı, Toplumu, Dünyayı Kucaklamak - Yaşar Kemal Sempozyumları 1</t>
+          <t>Kurtuluş Savaşı Üçlemesi (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>250</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789750407949</t>
+          <t>9789750405365</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kalpaklılar (Kısaltılmış Basım)</t>
+          <t>Hazine Avcıları Dizisi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>390</v>
+        <v>810</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789750406850</t>
+          <t>9789750408069</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Grafik Tasarım Temelleri Seti (10 Kitap Takım)</t>
+          <t>Mikroekonomi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>7650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789750407819</t>
+          <t>9789750407970</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Dost Yüzleri - Özyaşam Öyküsü: 08</t>
+          <t>Yaşar Kemal: İnsanı, Toplumu, Dünyayı Kucaklamak - Yaşar Kemal Sempozyumları 1</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789750407802</t>
+          <t>9789750407949</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Sıladan Uzakta</t>
+          <t>Kalpaklılar (Kısaltılmış Basım)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789750407734</t>
+          <t>9789750406850</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Elbette Çiçek</t>
+          <t>Grafik Tasarım Temelleri Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>336</v>
+        <v>8415</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789750407796</t>
+          <t>9789750407819</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Genç Emekli</t>
+          <t>Dost Yüzleri - Özyaşam Öyküsü: 08</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>390</v>
+        <v>425</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789750407727</t>
+          <t>9789750407802</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Yine mi Çiçek</t>
+          <t>Sıladan Uzakta</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>330</v>
+        <v>425</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789750407925</t>
+          <t>9789750407734</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Temel Ekonometri (Ekonomik Baskı)</t>
+          <t>Elbette Çiçek</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>1250</v>
+        <v>395</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789750407956</t>
+          <t>9789750407796</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Mühendisler için Vektör Mekaniği Statik (Ekonomik Baskı)</t>
+          <t>Genç Emekli</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>1050</v>
+        <v>425</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789750407932</t>
+          <t>9789750407727</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Akışkanlar Mekaniği (Ekonomik Baskı)</t>
+          <t>Yine mi Çiçek</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>1074</v>
+        <v>395</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789750407918</t>
+          <t>9789750407925</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Sıradışı Bir Bilim İnsanı Kutlu Merih</t>
+          <t>Temel Ekonometri (Ekonomik Baskı)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>185</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789750407901</t>
+          <t>9789750407956</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Bir Hakime Yakışanı Yazdım</t>
+          <t>Mühendisler için Vektör Mekaniği Statik (Ekonomik Baskı)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>225</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789750407789</t>
+          <t>9789750407932</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Bir Tös Vardı</t>
+          <t>Akışkanlar Mekaniği (Ekonomik Baskı)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>575</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789750407888</t>
+          <t>9789750407918</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Ötekilerin Havası</t>
+          <t>Sıradışı Bir Bilim İnsanı Kutlu Merih</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>198</v>
+        <v>185</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789750407772</t>
+          <t>9789750407901</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Köşe Bucak Anadolu</t>
+          <t>Bir Hakime Yakışanı Yazdım</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>550</v>
+        <v>225</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789750407659</t>
+          <t>9789750407789</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Mühendisler için Malzeme Bilimine Giriş</t>
+          <t>Bir Tös Vardı</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>900</v>
+        <v>650</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789750407710</t>
+          <t>9789750407888</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Gibi</t>
+          <t>Ötekilerin Havası</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>330</v>
+        <v>198</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789750407871</t>
+          <t>9789750407772</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Etnik ve Dinsel Azınlıklar</t>
+          <t>Köşe Bucak Anadolu</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>550</v>
+        <v>625</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789750407840</t>
+          <t>9789750407659</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Mondros’tan Cumhuriyet’e Milli Mücadele’nin Öteki Tarihi</t>
+          <t>Mühendisler için Malzeme Bilimine Giriş</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>660</v>
+        <v>990</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789750407864</t>
+          <t>9789750407710</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Moda Tasarımında Triko</t>
+          <t>Çiçek Gibi</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>850</v>
+        <v>395</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789750407857</t>
+          <t>9789750407871</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Moda Tasarımında Giysi Teknikleri</t>
+          <t>Etnik ve Dinsel Azınlıklar</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>850</v>
+        <v>650</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789750407031</t>
+          <t>9789750407840</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Modayı Değiştiren 100 Fikir</t>
+          <t>Mondros’tan Cumhuriyet’e Milli Mücadele’nin Öteki Tarihi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>1050</v>
+        <v>750</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789750407765</t>
+          <t>9789750407864</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kavacık Köyünün Öğretmeni</t>
+          <t>Moda Tasarımında Triko</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>550</v>
+        <v>935</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789750407758</t>
+          <t>9789750407857</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitülü Delikanlı</t>
+          <t>Moda Tasarımında Giysi Teknikleri</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>462</v>
+        <v>935</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789750407741</t>
+          <t>9789750407031</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Özüm Çocuktur</t>
+          <t>Modayı Değiştiren 100 Fikir</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>354</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789750407703</t>
+          <t>9789750407765</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Yaşar Kemal’li Anılar</t>
+          <t>Kavacık Köyünün Öğretmeni</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>330</v>
+        <v>575</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789750407635</t>
+          <t>9789750407758</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Ekonominin Temelleri (Kısaltılmış 2.Basımdan Çeviri)</t>
+          <t>Köy Enstitülü Delikanlı</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>1250</v>
+        <v>525</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789750407642</t>
+          <t>9789750407741</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Dinamik Sistemlerin Modellenmesi ve Kontrolü</t>
+          <t>Özüm Çocuktur</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789750407628</t>
+          <t>9789750407703</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Atıksu Mühendisliği: Toplama, Arıtma, Uzaklaştırma ve Denize Deşarj Yapıları</t>
+          <t>Yaşar Kemal’li Anılar</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>462</v>
+        <v>395</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789750407062</t>
+          <t>9789750407635</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Turgutreis 1974 (İngilizce) (Ciltli)</t>
+          <t>Ekonominin Temelleri (Kısaltılmış 2.Basımdan Çeviri)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>960</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789750407581</t>
+          <t>9789750407642</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Yapılarda Su ve Nem Kontrolü</t>
+          <t>Dinamik Sistemlerin Modellenmesi ve Kontrolü</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789750407611</t>
+          <t>9789750407628</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Anatol Türküleri 1896</t>
+          <t>Atıksu Mühendisliği: Toplama, Arıtma, Uzaklaştırma ve Denize Deşarj Yapıları</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>425</v>
+        <v>462</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789750407598</t>
+          <t>9789750407062</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Ticari ve Finansal Bilgi Üretim ve Paylaşımı</t>
+          <t>Turgutreis 1974 (İngilizce) (Ciltli)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>49</v>
+        <v>960</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789750404849</t>
+          <t>9789750407581</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Fakir Baykurt Romanları Seti (14 Kitap Takım)</t>
+          <t>Yapılarda Su ve Nem Kontrolü</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>5270</v>
+        <v>385</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789750407574</t>
+          <t>9789750407611</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Jeofiziğin Serüveni</t>
+          <t>Anatol Türküleri 1896</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>225</v>
+        <v>450</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789750407567</t>
+          <t>9789750407598</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat'tan Cihan Harbi'ne</t>
+          <t>Ticari ve Finansal Bilgi Üretim ve Paylaşımı</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>510</v>
+        <v>49</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789750407550</t>
+          <t>9789750404849</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Mühendislikte Sonlu Elemanlara Giriş</t>
+          <t>Fakir Baykurt Romanları Seti (14 Kitap Takım)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>690</v>
+        <v>5420</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789750407529</t>
+          <t>9789750407574</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Steinbeck’in Ruhuyla Amerika Yollarında</t>
+          <t>Jeofiziğin Serüveni</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>395</v>
+        <v>225</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789750407536</t>
+          <t>9789750407567</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Kürtlerin Öteki Tarihi</t>
+          <t>Tanzimat'tan Cihan Harbi'ne</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>570</v>
+        <v>575</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789750407505</t>
+          <t>9789750407550</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Fikirleri Görselleştirmek</t>
+          <t>Mühendislikte Sonlu Elemanlara Giriş</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>725</v>
+        <v>750</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789750407475</t>
+          <t>9789750407529</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl Başlarında Anadolu ve Trakya’daki Rum Yerleşimleri</t>
+          <t>Steinbeck’in Ruhuyla Amerika Yollarında</t>
         </is>
       </c>
       <c r="C211" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789750407833</t>
+          <t>9789750407536</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Öteki Tarihi</t>
+          <t>Kürtlerin Öteki Tarihi</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>345</v>
+        <v>675</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789750407055</t>
+          <t>9789750407505</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Sanatı Değiştiren 100 Fikir</t>
+          <t>Fikirleri Görselleştirmek</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>1050</v>
+        <v>850</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789750407222</t>
+          <t>9789750407475</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Kırıkkale Keskin’in Kültür Mirası</t>
+          <t>20. Yüzyıl Başlarında Anadolu ve Trakya’daki Rum Yerleşimleri</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>168</v>
+        <v>550</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789750407413</t>
+          <t>9789750407833</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Akan Sulara Karşı</t>
+          <t>Türklerin Öteki Tarihi</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>180</v>
+        <v>395</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789750407444</t>
+          <t>9789750407055</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Çizgiler</t>
+          <t>Sanatı Değiştiren 100 Fikir</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>234</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789750407420</t>
+          <t>9789750407222</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Köylüler - 3</t>
+          <t>Kırıkkale Keskin’in Kültür Mirası</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>475</v>
+        <v>168</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789750407451</t>
+          <t>9789750407413</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Vatan Dediler - 2</t>
+          <t>Akan Sulara Karşı</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>420</v>
+        <v>180</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789750407437</t>
+          <t>9789750407444</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Toz Duman İçinde - 1</t>
+          <t>Öykülerle Çizgiler</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>438</v>
+        <v>255</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789750407376</t>
+          <t>9789750407420</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Akışkanlar Mekaniği (Ciltli)</t>
+          <t>Köylüler - 3</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>2100</v>
+        <v>525</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789750407345</t>
+          <t>9789750407451</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Dünya Güzeli</t>
+          <t>Vatan Dediler - 2</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>160</v>
+        <v>460</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789750407352</t>
+          <t>9789750407437</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Sakarca</t>
+          <t>Toz Duman İçinde - 1</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>160</v>
+        <v>480</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789750407369</t>
+          <t>9789750407376</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Saka Kuşları</t>
+          <t>Akışkanlar Mekaniği (Ciltli)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>160</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789750407307</t>
+          <t>9789750407345</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Matematiksel İktisadın Temel Yöntemleri</t>
+          <t>Dünya Güzeli</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>1320</v>
+        <v>176</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789750407024</t>
+          <t>9789750407352</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Grafik Tasarımı Değiştiren 100 Fikir</t>
+          <t>Sakarca</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>1250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789750407253</t>
+          <t>9789750407369</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Makroiktisat (Ciltli)</t>
+          <t>Saka Kuşları</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>950</v>
+        <v>175</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789750407284</t>
+          <t>9789750407307</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Köy Enstitüleri</t>
+          <t>Matematiksel İktisadın Temel Yöntemleri</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>275</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789750407260</t>
+          <t>9789750407024</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Fotoğrafçılıkta Tasarım İlkeleri</t>
+          <t>Grafik Tasarımı Değiştiren 100 Fikir</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>365</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789750407277</t>
+          <t>9789750407253</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Kimya Mühendisliğine Giriş</t>
+          <t>Makroiktisat (Ciltli)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>354</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789750407215</t>
+          <t>9789750407284</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Davranışsal Finans</t>
+          <t>Unutulmaz Köy Enstitüleri</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>580</v>
+        <v>325</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789750404634</t>
+          <t>9789750407260</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Yılan Hikayesi</t>
+          <t>Yaratıcı Fotoğrafçılıkta Tasarım İlkeleri</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>342</v>
+        <v>365</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789750404641</t>
+          <t>9789750407277</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Nabi'nin Park Kahvesi</t>
+          <t>Kimya Mühendisliğine Giriş</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>258</v>
+        <v>375</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789750407246</t>
+          <t>9789750407215</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Grafik Tasarımda Format</t>
+          <t>Davranışsal Finans</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>850</v>
+        <v>675</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9799750401915</t>
+          <t>9789750404634</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Kabuk ve Plakların Statik Stabilite ve Dinamik Analizi Örnek Çözümler ve Tablolar</t>
+          <t>Yılan Hikayesi</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>780</v>
+        <v>342</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789750406843</t>
+          <t>9789750404641</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Film Yapımı Temelleri Seti (4 Kitap Set)</t>
+          <t>Nabi'nin Park Kahvesi</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>1140</v>
+        <v>258</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789750406867</t>
+          <t>9789750407246</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>İç Mimarlık Temelleri Seti (7 Kitap Takım)</t>
+          <t>Grafik Tasarımda Format</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>5400</v>
+        <v>935</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789750407161</t>
+          <t>9799750401915</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Moda Tasarımında Erkek Giyim</t>
+          <t>Kabuk ve Plakların Statik Stabilite ve Dinamik Analizi Örnek Çözümler ve Tablolar</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>850</v>
+        <v>780</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789750407147</t>
+          <t>9789750406843</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Efkar Tepesi</t>
+          <t>Film Yapımı Temelleri Seti (4 Kitap Set)</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>325</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789750407154</t>
+          <t>9789750406867</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Kalekale</t>
+          <t>İç Mimarlık Temelleri Seti (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>255</v>
+        <v>6080</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789750407130</t>
+          <t>9789750407161</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Barış Çöreği</t>
+          <t>Moda Tasarımında Erkek Giyim</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>265</v>
+        <v>935</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789750407000</t>
+          <t>9789750407147</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Mimarlığı Değiştiren 100 Fikir</t>
+          <t>Efkar Tepesi</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>1050</v>
+        <v>365</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789750407185</t>
+          <t>9789750407154</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Telli Yol</t>
+          <t>Kalekale</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>225</v>
+        <v>280</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789750407178</t>
+          <t>9789750407130</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Bizim İnce Kızlar</t>
+          <t>Barış Çöreği</t>
         </is>
       </c>
       <c r="C243" s="1">
         <v>265</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789750406409</t>
+          <t>9789750407000</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet Gerçeği Seti (4 Kitap Set)</t>
+          <t>Mimarlığı Değiştiren 100 Fikir</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>1700</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789750406836</t>
+          <t>9789750407185</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık Temelleri Seti (3 Kitap Kutulu)</t>
+          <t>Telli Yol</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>2295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789750407123</t>
+          <t>9789750407178</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Gece Vardiyası</t>
+          <t>Bizim İnce Kızlar</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>325</v>
+        <v>265</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789750407116</t>
+          <t>9789750406409</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Duisburg Treni</t>
+          <t>İslamiyet Gerçeği Seti (4 Kitap Set)</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>285</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789750406485</t>
+          <t>9789750406836</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Moda Tasarımında Araştırma ve Tasarım</t>
+          <t>Mimarlık Temelleri Seti (3 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>1050</v>
+        <v>2524.5</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789750406997</t>
+          <t>9789750407123</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Sinemayı Değiştiren 100 Fikir</t>
+          <t>Gece Vardiyası</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>1050</v>
+        <v>325</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789750407383</t>
+          <t>9789750407116</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Shigley’den Makine Mühendisliğinde Tasarım (Ekonomik Baskı)</t>
+          <t>Duisburg Treni</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>1250</v>
+        <v>310</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789750404481</t>
+          <t>9789750406485</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Deli Memedin Türküsü</t>
+          <t>Moda Tasarımında Araştırma ve Tasarım</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>295</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789750406386</t>
+          <t>9789750406997</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>İslamiyetin Ekonomi Politiği</t>
+          <t>Sinemayı Değiştiren 100 Fikir</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>450</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789750407017</t>
+          <t>9789750407383</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafçılığı Değiştiren 100 Fikir</t>
+          <t>Shigley’den Makine Mühendisliğinde Tasarım (Ekonomik Baskı)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>1050</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789750406973</t>
+          <t>9789750404481</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Ağlatı</t>
+          <t>Deli Memedin Türküsü</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>270</v>
+        <v>295</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789750400087</t>
+          <t>9789750406386</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Beyin Fırtınası Mor Dizi (6 Kitap Takım)</t>
+          <t>İslamiyetin Ekonomi Politiği</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>790</v>
+        <v>450</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789750406959</t>
+          <t>9789750407017</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Moda Tasarımında Mücevher Tasarımı</t>
+          <t>Fotoğrafçılığı Değiştiren 100 Fikir</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>850</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789750406966</t>
+          <t>9789750406973</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Sanat Tarihi Nasıl Yazılır?</t>
+          <t>Ağlatı</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>450</v>
+        <v>270</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789750406379</t>
+          <t>9789750400087</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>İslamiyette Ahlak ve Kadın: İslamiyet Gerçeği 3</t>
+          <t>Beyin Fırtınası Mor Dizi (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>465</v>
+        <v>935</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789750406744</t>
+          <t>9789750406959</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>İçerdeki Oğul</t>
+          <t>Moda Tasarımında Mücevher Tasarımı</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>450</v>
+        <v>935</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789750406775</t>
+          <t>9789750406966</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Sınırdaki Ölü</t>
+          <t>Sanat Tarihi Nasıl Yazılır?</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>450</v>
+        <v>495</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789750403958</t>
+          <t>9789750406379</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Yılanların Öcü</t>
+          <t>İslamiyette Ahlak ve Kadın: İslamiyet Gerçeği 3</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>370</v>
+        <v>465</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789750404184</t>
+          <t>9789750406744</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Abdurrahman Hancı</t>
+          <t>İçerdeki Oğul</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789750404191</t>
+          <t>9789750406775</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Abdurrahman Hancı Buildings / Projects 1945 - 2000</t>
+          <t>Sınırdaki Ölü</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>630</v>
+        <v>450</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9799750403292</t>
+          <t>9789750403958</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>1990’lar Fotoğraflarla 20. Yüzyılın Sosyal Tarihi Getty Images</t>
+          <t>Yılanların Öcü</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789750408144</t>
+          <t>9789750404184</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Para ve Döviz Piyasaları</t>
+          <t>Abdurrahman Hancı</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789750406294</t>
+          <t>9789750404191</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Öteki Tarih</t>
+          <t>Abdurrahman Hancı Buildings / Projects 1945 - 2000</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>450</v>
+        <v>630</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789750406911</t>
+          <t>9799750403292</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>On Kadın, Bir Hayal</t>
+          <t>1990’lar Fotoğraflarla 20. Yüzyılın Sosyal Tarihi Getty Images</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>186</v>
+        <v>300</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789750406904</t>
+          <t>9789750408144</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Sigortacılığın Duayeni David Kohen</t>
+          <t>Para ve Döviz Piyasaları</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>270</v>
+        <v>495</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789750406935</t>
+          <t>9789750406294</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Grafik Tasarımda Tasarım için Araştırma</t>
+          <t>Öteki Tarih</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>850</v>
+        <v>490</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789750406799</t>
+          <t>9789750406911</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Anımsı Acımsı</t>
+          <t>On Kadın, Bir Hayal</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>270</v>
+        <v>186</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789750406751</t>
+          <t>9789750406904</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>On Binlerce Kağnı</t>
+          <t>Sigortacılığın Duayeni David Kohen</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>265</v>
+        <v>325</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789750406720</t>
+          <t>9789750406935</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Can Parası</t>
+          <t>Grafik Tasarımda Tasarım için Araştırma</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>325</v>
+        <v>935</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789750406737</t>
+          <t>9789750406799</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Efendilik Savaşı</t>
+          <t>Anımsı Acımsı</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>345</v>
+        <v>270</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789750406782</t>
+          <t>9789750406751</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Çilli, Karın Ağrısı, Cüce</t>
+          <t>On Binlerce Kağnı</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>395</v>
+        <v>290</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789750406713</t>
+          <t>9789750406720</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Garajı</t>
+          <t>Can Parası</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>295</v>
+        <v>355</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789750406768</t>
+          <t>9789750406737</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Sabır Dağı</t>
+          <t>Efendilik Savaşı</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789750406706</t>
+          <t>9789750406782</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Şehir Planlamada Analiz ve Değerlendirme Teknikleri</t>
+          <t>Çilli, Karın Ağrısı, Cüce</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>525</v>
+        <v>435</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789750405228</t>
+          <t>9789750406713</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Guantanamo Günlüğüm</t>
+          <t>Anadolu Garajı</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>180</v>
+        <v>295</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789750406362</t>
+          <t>9789750406768</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet ve Bilim: İslamiyet Gerçeği 2</t>
+          <t>Sabır Dağı</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>525</v>
+        <v>270</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789750406652</t>
+          <t>9789750406706</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Mühendisler için Vektör Mekaniği Dinamik</t>
+          <t>Şehir Planlamada Analiz ve Değerlendirme Teknikleri</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>2250</v>
+        <v>525</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789750405495</t>
+          <t>9789750405228</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>İşletme</t>
+          <t>Guantanamo Günlüğüm</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>1450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789750406218</t>
+          <t>9789750406362</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Tipografinin Temelleri</t>
+          <t>İslamiyet ve Bilim: İslamiyet Gerçeği 2</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>950</v>
+        <v>525</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789750404023</t>
+          <t>9789750406652</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Tırpan</t>
+          <t>Mühendisler için Vektör Mekaniği Dinamik</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>395</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789750404047</t>
+          <t>9789750405495</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Sargısı</t>
+          <t>İşletme</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>450</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789750403965</t>
+          <t>9789750406218</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Irazca’nın Dirliği</t>
+          <t>Tipografinin Temelleri</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>395</v>
+        <v>950</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789750405181</t>
+          <t>9789750404023</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da Nüfus Hareketleri</t>
+          <t>Tırpan</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>318</v>
+        <v>425</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789750405921</t>
+          <t>9789750404047</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Senaryo Yazımı</t>
+          <t>Amerikan Sargısı</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>425</v>
+        <v>495</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789750405396</t>
+          <t>9789750403965</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Taşınım Olayları Ortak Yaklaşım 2. Cilt</t>
+          <t>Irazca’nın Dirliği</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>390</v>
+        <v>395</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789758431069</t>
+          <t>9789750405181</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Yöneylem Araştırması</t>
+          <t>Avrupa’da Nüfus Hareketleri</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>750</v>
+        <v>380</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789750404504</t>
+          <t>9789750405921</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Bozkırdaki Kıvılcım Enstitülüler</t>
+          <t>Senaryo Yazımı</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>330</v>
+        <v>475</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789750408847</t>
+          <t>9789750405396</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Büyümeye Giriş</t>
+          <t>Taşınım Olayları Ortak Yaklaşım 2. Cilt</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789750407208</t>
+          <t>9789758431069</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Su İçsem Yarıyor</t>
+          <t>Yöneylem Araştırması</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>110</v>
+        <v>900</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789750407192</t>
+          <t>9789750404504</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Mimarlık Rehberi</t>
+          <t>Bozkırdaki Kıvılcım Enstitülüler</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>475</v>
+        <v>350</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789750406638</t>
+          <t>9789750408847</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>İç Mimarlıkta Yapı Bileşenleri ve Nesneler</t>
+          <t>İktisadi Büyümeye Giriş</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>850</v>
+        <v>375</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789750406645</t>
+          <t>9789750407208</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Moda Tasarımında Tekstil ve Moda</t>
+          <t>Su İçsem Yarıyor</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>850</v>
+        <v>195</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789750406577</t>
+          <t>9789750407192</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Grafik Tasarımda Tipografi</t>
+          <t>İstanbul Mimarlık Rehberi</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>850</v>
+        <v>525</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789750406607</t>
+          <t>9789750406638</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Sedad Eldem ile Söyleşiler</t>
+          <t>İç Mimarlıkta Yapı Bileşenleri ve Nesneler</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>425</v>
+        <v>935</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9799750401052</t>
+          <t>9789750406645</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>E-Devlet E-Demokrasi ve Türkiye (Ciltli)</t>
+          <t>Moda Tasarımında Tekstil ve Moda</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>195</v>
+        <v>935</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9799750403018</t>
+          <t>9789750406577</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Toulouse - Lautrec</t>
+          <t>Grafik Tasarımda Tipografi</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>330</v>
+        <v>935</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789750404450</t>
+          <t>9789750406607</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Hayal ve Gerçek</t>
+          <t>Sedad Eldem ile Söyleşiler</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>354</v>
+        <v>475</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789750403071</t>
+          <t>9799750401052</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarım Kaybolan Bir Dünya İstanbul 1800-1920</t>
+          <t>E-Devlet E-Demokrasi ve Türkiye (Ciltli)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>450</v>
+        <v>195</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789750406454</t>
+          <t>9799750403018</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Grafik Tasarımda Tasarım Fikri</t>
+          <t>Toulouse - Lautrec</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>850</v>
+        <v>363</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789750406447</t>
+          <t>9789750404450</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Grafik Tasarımda İmge</t>
+          <t>Hayal ve Gerçek</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>850</v>
+        <v>354</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789750406492</t>
+          <t>9789750403071</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Ümit Şenesen' e Armağan Paylaşımlar: Sayılarla Türkiye Ekonomisi</t>
+          <t>Hatıralarım Kaybolan Bir Dünya İstanbul 1800-1920</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>175</v>
+        <v>495</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789750406348</t>
+          <t>9789750406454</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>İslamcılık ve Din Politikaları</t>
+          <t>Grafik Tasarımda Tasarım Fikri</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>350</v>
+        <v>935</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789750408915</t>
+          <t>9789750406447</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Yazarlığın Eteklerinde</t>
+          <t>Grafik Tasarımda İmge</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>180</v>
+        <v>935</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789750406508</t>
+          <t>9789750406492</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>People And Power: An Introduction to Politics Third Edition</t>
+          <t>Ümit Şenesen' e Armağan Paylaşımlar: Sayılarla Türkiye Ekonomisi</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>294</v>
+        <v>175</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789750406522</t>
+          <t>9789750406348</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Ekonomiye Giriş</t>
+          <t>İslamcılık ve Din Politikaları</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>325</v>
+        <v>420</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9799750402684</t>
+          <t>9789750408915</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Kralların Şarkıları</t>
+          <t>Yazarlığın Eteklerinde</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789750404337</t>
+          <t>9789750406508</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Köygöçüren</t>
+          <t>People And Power: An Introduction to Politics Third Edition</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>575</v>
+        <v>294</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789750404924</t>
+          <t>9789750406522</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitüsü Yılları</t>
+          <t>Ekonomiye Giriş</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>342</v>
+        <v>375</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789750406591</t>
+          <t>9799750402684</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Reklamcılığın Temelleri</t>
+          <t>Kralların Şarkıları</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>950</v>
+        <v>150</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789750406584</t>
+          <t>9789750404337</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Moda Tasarımında Koleksiyon Geliştirme</t>
+          <t>Köygöçüren</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>1050</v>
+        <v>575</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789758431151</t>
+          <t>9789750404924</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Jack Welch ve General Electric’in Yolu</t>
+          <t>Köy Enstitüsü Yılları</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>450</v>
+        <v>375</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789750404610</t>
+          <t>9789750406591</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>İzmir’in İçinde</t>
+          <t>Yaratıcı Reklamcılığın Temelleri</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>444</v>
+        <v>950</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789750406812</t>
+          <t>9789750406584</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Moda Tasarımında Aksesuar Tasarımı</t>
+          <t>Moda Tasarımında Koleksiyon Geliştirme</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>850</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789750406805</t>
+          <t>9789758431151</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Grafik Tasarımda Izgaralar</t>
+          <t>Jack Welch ve General Electric’in Yolu</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>850</v>
+        <v>495</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789750406942</t>
+          <t>9789750404610</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Fotoğrafçılıkta Bağlam ve Anlatı</t>
+          <t>İzmir’in İçinde</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>365</v>
+        <v>444</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789750404696</t>
+          <t>9789750406812</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Turkish Financial Reporting System</t>
+          <t>Moda Tasarımında Aksesuar Tasarımı</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>245</v>
+        <v>935</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789750406560</t>
+          <t>9789750406805</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Grafik Tasarımda Baskı ve Sonlardırma</t>
+          <t>Grafik Tasarımda Izgaralar</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>850</v>
+        <v>935</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789750408151</t>
+          <t>9789750406942</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Bankacılığa Giriş</t>
+          <t>Yaratıcı Fotoğrafçılıkta Bağlam ve Anlatı</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>325</v>
+        <v>365</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789750406614</t>
+          <t>9789750404696</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Metalurji ve Malzeme Mühendisleri İçin Termodinamik</t>
+          <t>Turkish Financial Reporting System</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>425</v>
+        <v>245</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789750406553</t>
+          <t>9789750406560</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Cisimlerin Mukavemeti (Ciltli)</t>
+          <t>Grafik Tasarımda Baskı ve Sonlardırma</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>2850</v>
+        <v>935</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789750406300</t>
+          <t>9789750408151</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Müslüman Olduk?</t>
+          <t>Bankacılığa Giriş</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>435</v>
+        <v>375</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789750406355</t>
+          <t>9789750406614</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçilik: Türkiye'nin Çıkmazı</t>
+          <t>Metalurji ve Malzeme Mühendisleri İçin Termodinamik</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789750408052</t>
+          <t>9789750406553</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Finans Matematiği Çalışma Kitabı</t>
+          <t>Cisimlerin Mukavemeti (Ciltli)</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>365</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789750405907</t>
+          <t>9789750406300</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Film Yapımının Temelleri</t>
+          <t>Nasıl Müslüman Olduk?</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>950</v>
+        <v>435</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789750405914</t>
+          <t>9789750406355</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Film Yapımı Temelleri - Yapım</t>
+          <t>Milliyetçilik: Türkiye'nin Çıkmazı</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>395</v>
+        <v>360</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789750407086</t>
+          <t>9789750408052</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Olaylı Yıllar ve Gençlik</t>
+          <t>Finans Matematiği Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>325</v>
+        <v>395</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789750407109</t>
+          <t>9789750405907</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Demokrasinin Dayanılmaz Ağırlığı</t>
+          <t>Film Yapımının Temelleri</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>150</v>
+        <v>950</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9799750403346</t>
+          <t>9789750405914</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Pastel</t>
+          <t>Film Yapımı Temelleri - Yapım</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>495</v>
+        <v>475</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789750404306</t>
+          <t>9789750407086</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>İnsan Suretleri</t>
+          <t>Olaylı Yıllar ve Gençlik</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789750404788</t>
+          <t>9789750407109</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>1876 Gayri Resmi Amerikan Tarihi 3</t>
+          <t>Demokrasinin Dayanılmaz Ağırlığı</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>450</v>
+        <v>165</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789750404702</t>
+          <t>9799750403346</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Koca Ren</t>
+          <t>Yeni Başlayanlar İçin Pastel</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>385</v>
+        <v>495</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789750403972</t>
+          <t>9789750404306</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Kara Ahmet Destanı</t>
+          <t>İnsan Suretleri</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>465</v>
+        <v>150</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789750403910</t>
+          <t>9789750404788</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağalar</t>
+          <t>1876 Gayri Resmi Amerikan Tarihi 3</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>425</v>
+        <v>450</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789750405471</t>
+          <t>9789750404702</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Mutfak Tasarım Süreci</t>
+          <t>Koca Ren</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>800</v>
+        <v>395</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789750404405</t>
+          <t>9789750403972</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Yarbükü</t>
+          <t>Kara Ahmet Destanı</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>300</v>
+        <v>510</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789750405952</t>
+          <t>9789750403910</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Mimarlıkta Sunum Teknikleri</t>
+          <t>Kaplumbağalar</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>850</v>
+        <v>425</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789750405990</t>
+          <t>9789750405471</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>İç Mimarlıkta: Bağlam + Çevre</t>
+          <t>Mutfak Tasarım Süreci</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>850</v>
+        <v>800</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789750406003</t>
+          <t>9789750404405</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>İç Mimarlıkta İç Mekan Çizimi ve Sunumu</t>
+          <t>Yarbükü</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>850</v>
+        <v>330</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789750406232</t>
+          <t>9789750405952</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>İç Mimarlıkta Doku + Malzeme</t>
+          <t>Mimarlıkta Sunum Teknikleri</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>850</v>
+        <v>935</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789750405983</t>
+          <t>9789750405990</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>İç Mimarlıkta Biçim + Yapı</t>
+          <t>İç Mimarlıkta: Bağlam + Çevre</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>850</v>
+        <v>935</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789750406461</t>
+          <t>9789750406003</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Tasarımın Temelleri</t>
+          <t>İç Mimarlıkta İç Mekan Çizimi ve Sunumu</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>950</v>
+        <v>935</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9799750402868</t>
+          <t>9789750406232</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Yemin</t>
+          <t>İç Mimarlıkta Doku + Malzeme</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>150</v>
+        <v>935</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9799758431679</t>
+          <t>9789750405983</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Enis Batur - Şehr En'is</t>
+          <t>İç Mimarlıkta Biçim + Yapı</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>175</v>
+        <v>935</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789750406546</t>
+          <t>9789750406461</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Moda Tasarımında Stil Yaratmak</t>
+          <t>Yaratıcı Tasarımın Temelleri</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>850</v>
+        <v>950</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789750406539</t>
+          <t>9799750402868</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Moda Tasarımında Moda Çizimi</t>
+          <t>Yemin</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>850</v>
+        <v>150</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789750406478</t>
+          <t>9799758431679</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Moda Tasarımının Temelleri</t>
+          <t>Enis Batur - Şehr En'is</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>1150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9799750402578</t>
+          <t>9789750406546</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Umut</t>
+          <t>Moda Tasarımında Stil Yaratmak</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>210</v>
+        <v>935</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9799758431273</t>
+          <t>9789750406539</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Matbaa Basın ve Yayın</t>
+          <t>Moda Tasarımında Moda Çizimi</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>900</v>
+        <v>935</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9799750402219</t>
+          <t>9789750406478</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Futebol</t>
+          <t>Moda Tasarımının Temelleri</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>280</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789750406416</t>
+          <t>9799750402578</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’da Mavi Bir Tereddüt</t>
+          <t>Umut</t>
         </is>
       </c>
       <c r="C353" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789750405747</t>
+          <t>9799758431273</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk</t>
+          <t>Türkiye'de Matbaa Basın ve Yayın</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>435</v>
+        <v>900</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789750405211</t>
+          <t>9799750402219</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>İçeri’den</t>
+          <t>Futebol</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789750405778</t>
+          <t>9789750406416</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>İç Mimarlığın Temelleri</t>
+          <t>İstanbul’da Mavi Bir Tereddüt</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>950</v>
+        <v>210</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789758431922</t>
+          <t>9789750405747</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Hüsrev Gerede’nin Anıları</t>
+          <t>İmparatorluk</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>350</v>
+        <v>435</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9799750402813</t>
+          <t>9789750405211</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Hoşçakal Prinkipo</t>
+          <t>İçeri’den</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>258</v>
+        <v>180</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789750402920</t>
+          <t>9789750405778</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Halkın Sesi</t>
+          <t>İç Mimarlığın Temelleri</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>390</v>
+        <v>950</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9799750403483</t>
+          <t>9789758431922</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Haç ve Hilal 2 Kavuşan Yürekler</t>
+          <t>Hüsrev Gerede’nin Anıları</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>240</v>
+        <v>395</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789750406225</t>
+          <t>9799750402813</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Grafik Tasarımında Dil ve Yaklaşım</t>
+          <t>Hoşçakal Prinkipo</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>850</v>
+        <v>258</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789750406157</t>
+          <t>9789750402920</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Grafik Tasarımın Temelleri</t>
+          <t>Halkın Sesi</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>950</v>
+        <v>429</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789750406430</t>
+          <t>9799750403483</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Grafik Tasarımda Sayfa Düzeni</t>
+          <t>Haç ve Hilal 2 Kavuşan Yürekler</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>850</v>
+        <v>264</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789750406423</t>
+          <t>9789750406225</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Grafik Tasarımda Renk</t>
+          <t>Grafik Tasarımında Dil ve Yaklaşım</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>850</v>
+        <v>935</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789750405594</t>
+          <t>9789750406157</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Gözün ve Kulağın Düğünleri</t>
+          <t>Grafik Tasarımın Temelleri</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>150</v>
+        <v>950</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789750405655</t>
+          <t>9789750406430</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Görsel Tipografi Sözlüğü</t>
+          <t>Grafik Tasarımda Sayfa Düzeni</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>475</v>
+        <v>935</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789750405679</t>
+          <t>9789750406423</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Görsel Moda Tasarımı Sözlüğü</t>
+          <t>Grafik Tasarımda Renk</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>475</v>
+        <v>935</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789750405617</t>
+          <t>9789750405594</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Görsel Mimarlık Sözlüğü</t>
+          <t>Gözün ve Kulağın Düğünleri</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>475</v>
+        <v>150</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789750405662</t>
+          <t>9789750405655</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Görsel İllüstrasyon Sözlüğü</t>
+          <t>Görsel Tipografi Sözlüğü</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>475</v>
+        <v>525</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789750405624</t>
+          <t>9789750405679</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Görsel İç Mimarlık Sözlüğü (Ciltli)</t>
+          <t>Görsel Moda Tasarımı Sözlüğü</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>475</v>
+        <v>525</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789750405631</t>
+          <t>9789750405617</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Görsel Grafik Tasarım Sözlüğü (Ciltli)</t>
+          <t>Görsel Mimarlık Sözlüğü</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>475</v>
+        <v>525</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789750405686</t>
+          <t>9789750405662</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Görsel Baskı Öncesi Hazırlık ve Üretim Sözlüğü</t>
+          <t>Görsel İllüstrasyon Sözlüğü</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>475</v>
+        <v>525</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789750405525</t>
+          <t>9789750405624</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Piyasaları ve Finansmanı</t>
+          <t>Görsel İç Mimarlık Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>258</v>
+        <v>525</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789750405518</t>
+          <t>9789750405631</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Ekonomi Politiği</t>
+          <t>Görsel Grafik Tasarım Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>510</v>
+        <v>525</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789750404399</t>
+          <t>9789750405686</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Futbol Yönetimi</t>
+          <t>Görsel Baskı Öncesi Hazırlık ve Üretim Sözlüğü</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>594</v>
+        <v>525</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789750405815</t>
+          <t>9789750405525</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Finansal Krizlerde Gayrimenkul Finansman Piyasalarının Rolü ve Gayrimenkul Fiyat Endekslerinin Önemi</t>
+          <t>Gayrimenkul Piyasaları ve Finansmanı</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>186</v>
+        <v>258</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789750405884</t>
+          <t>9789750405518</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Finans, Hayat, Vesaire</t>
+          <t>Futbolun Ekonomi Politiği</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>210</v>
+        <v>510</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789750406331</t>
+          <t>9789750404399</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Fatih ve Fetih</t>
+          <t>Futbol Yönetimi</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>375</v>
+        <v>594</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789750406096</t>
+          <t>9789750405815</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Excel ile Yatırım Projeleri</t>
+          <t>Finansal Krizlerde Gayrimenkul Finansman Piyasalarının Rolü ve Gayrimenkul Fiyat Endekslerinin Önemi</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>438</v>
+        <v>186</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789750404030</t>
+          <t>9789750405884</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Eşekli Kütüphaneci</t>
+          <t>Finans, Hayat, Vesaire</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>245</v>
+        <v>210</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789750404603</t>
+          <t>9789750406331</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Eski Tüfek</t>
+          <t>Fatih ve Fetih</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>324</v>
+        <v>450</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9799750403391</t>
+          <t>9789750406096</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Emre Arolat Projects and Buildings 1998-2005</t>
+          <t>Excel ile Yatırım Projeleri</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>720</v>
+        <v>525</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789750404900</t>
+          <t>9789750404030</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Mirasımız Köy Enstitüleri</t>
+          <t>Eşekli Kütüphaneci</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>252</v>
+        <v>245</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9799750403643</t>
+          <t>9789750404603</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Doruk Pamir Yapılar / Projeler 1963-2005</t>
+          <t>Eski Tüfek</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>390</v>
+        <v>324</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9799750403650</t>
+          <t>9799750403391</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Doruk Pamir Building Projects 1963-2005</t>
+          <t>Emre Arolat Projects and Buildings 1998-2005</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>390</v>
+        <v>720</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789750406119</t>
+          <t>9789750404900</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Dış Ticaret İşlemleri ve Muhasebesi</t>
+          <t>Eğitim Mirasımız Köy Enstitüleri</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>275</v>
+        <v>252</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789750404801</t>
+          <t>9799750403643</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Destina</t>
+          <t>Doruk Pamir Yapılar / Projeler 1963-2005</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789750404351</t>
+          <t>9799750403650</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Define</t>
+          <t>Doruk Pamir Building Projects 1963-2005</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>354</v>
+        <v>390</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9799750403032</t>
+          <t>9789750406119</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Claude Monet  Hayatı ve Eserleri</t>
+          <t>Dış Ticaret İşlemleri ve Muhasebesi</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>330</v>
+        <v>275</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789750404443</t>
+          <t>9789750404801</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Bizim Köy</t>
+          <t>Destina</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789750405600</t>
+          <t>9789750404351</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Bir Gölgenin Ardından</t>
+          <t>Define</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>90</v>
+        <v>354</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789750406065</t>
+          <t>9799750403032</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Teknoloji ve Yenilik Üretim Stratejisi</t>
+          <t>Claude Monet  Hayatı ve Eserleri</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>102</v>
+        <v>363</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789750404214</t>
+          <t>9789750404443</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Belki Bir Gün Dönerim</t>
+          <t>Bizim Köy</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>475</v>
+        <v>325</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9799758431044</t>
+          <t>9789750405600</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Balkanlarda Osmanlı Dönemi Konutları (Ciltli)</t>
+          <t>Bir Gölgenin Ardından</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>750</v>
+        <v>90</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789750405242</t>
+          <t>9789750406065</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da Yirminci Yüzyıl Boyunca Seyahatler</t>
+          <t>Bilgi Teknoloji ve Yenilik Üretim Stratejisi</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>1170</v>
+        <v>102</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789750402326</t>
+          <t>9789750404214</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da Rönesans: Merkezler ve Çeperler</t>
+          <t>Belki Bir Gün Dönerim</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>295</v>
+        <v>550</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789750405501</t>
+          <t>9799758431044</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da Demokrasi</t>
+          <t>Balkanlarda Osmanlı Dönemi Konutları (Ciltli)</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>450</v>
+        <v>825</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789750402388</t>
+          <t>9789750405242</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da Aydınlanma</t>
+          <t>Avrupa’da Yirminci Yüzyıl Boyunca Seyahatler</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>354</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789750402593</t>
+          <t>9789750402326</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Arap Milliyetçiliği</t>
+          <t>Avrupa’da Rönesans: Merkezler ve Çeperler</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>450</v>
+        <v>295</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9799750402554</t>
+          <t>9789750405501</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Anti-Kapitalist Manifesto</t>
+          <t>Avrupa’da Demokrasi</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>186</v>
+        <v>540</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789758431816</t>
+          <t>9789750402388</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Galata ve Pera</t>
+          <t>Avrupa’da Aydınlanma</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>475</v>
+        <v>425</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789750404382</t>
+          <t>9789750402593</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Yoz Davar</t>
+          <t>Arap Milliyetçiliği</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>294</v>
+        <v>495</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789750404467</t>
+          <t>9799750402554</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Yeraltında Bir Anadolu</t>
+          <t>Anti-Kapitalist Manifesto</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>295</v>
+        <v>186</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789750403330</t>
+          <t>9789758431816</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Yağlıboya</t>
+          <t>Galata ve Pera</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>495</v>
+        <v>550</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789750404528</t>
+          <t>9789750404382</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Yayla</t>
+          <t>Yoz Davar</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>395</v>
+        <v>323</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789750406102</t>
+          <t>9789750404467</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Yatırım Projeleri</t>
+          <t>Yeraltında Bir Anadolu</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>894</v>
+        <v>295</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789750404092</t>
+          <t>9789750403330</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Yarım Ekmek</t>
+          <t>Yeni Başlayanlar İçin Yağlıboya</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>475</v>
+        <v>495</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789750405785</t>
+          <t>9789750404528</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Fotoğrafçılığın Temelleri</t>
+          <t>Yayla</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>650</v>
+        <v>395</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789750405969</t>
+          <t>9789750406102</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Mimarlıkta Yapım + Malzeme</t>
+          <t>Yatırım Projeleri</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>850</v>
+        <v>894</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789750405860</t>
+          <t>9789750404092</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Vadeli Piyasalarda Teori ve Uygulama Işığında "50 Altın Kural"</t>
+          <t>Yarım Ekmek</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>325</v>
+        <v>475</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789750404795</t>
+          <t>9789750405785</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Umut Sosyalizm</t>
+          <t>Yaratıcı Fotoğrafçılığın Temelleri</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>180</v>
+        <v>650</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789750404276</t>
+          <t>9789750405969</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Tütün Yorgunu</t>
+          <t>Mimarlıkta Yapım + Malzeme</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>340</v>
+        <v>935</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789750405563</t>
+          <t>9789750405860</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’ye Yolculuk</t>
+          <t>Vadeli Piyasalarda Teori ve Uygulama Işığında "50 Altın Kural"</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>174</v>
+        <v>325</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789750407314</t>
+          <t>9789750404795</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Travma ve İyileşme</t>
+          <t>Umut Sosyalizm</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>525</v>
+        <v>180</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9799750403131</t>
+          <t>9789750404276</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Tek Kişilik Seks Masturbasyonun Kültürel Tarihi</t>
+          <t>Tütün Yorgunu</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>474</v>
+        <v>340</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9799750401922</t>
+          <t>9789750405563</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Tasarım Stüdyoları İçin Kavramsal Dizin ve Mimarlık Terimleri Sözlüğü</t>
+          <t>Türkiye’ye Yolculuk</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789750404580</t>
+          <t>9789750407314</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Tartışma</t>
+          <t>Travma ve İyileşme</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>234</v>
+        <v>575</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789750404290</t>
+          <t>9799750403131</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Tarih Her Sabah Yeniden Yazılır</t>
+          <t>Tek Kişilik Seks Masturbasyonun Kültürel Tarihi</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>180</v>
+        <v>575</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789750406034</t>
+          <t>9799750401922</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Stant Tasarımı ve Sergileme</t>
+          <t>Tasarım Stüdyoları İçin Kavramsal Dizin ve Mimarlık Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>780</v>
+        <v>300</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9799750402608</t>
+          <t>9789750404580</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Sinir Savaşı  Askerler ve Psikiyatrlar 1914-1994 (Ciltli)</t>
+          <t>Tartışma</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>660</v>
+        <v>234</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9799750403384</t>
+          <t>9789750404290</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Sedad Eldem Architect in Turkey</t>
+          <t>Tarih Her Sabah Yeniden Yazılır</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>750</v>
+        <v>180</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789750404252</t>
+          <t>9789750406034</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Satışçı Olmak Çömezlikten Yöneticiliğe</t>
+          <t>Stant Tasarımı ve Sergileme</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>175</v>
+        <v>935</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9799758431327</t>
+          <t>9799750402608</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Satış ve Satış Gücü Yönetimi</t>
+          <t>Sinir Savaşı  Askerler ve Psikiyatrlar 1914-1994 (Ciltli)</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>175</v>
+        <v>725</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789750404269</t>
+          <t>9799750403384</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Sarı Traktör</t>
+          <t>Sedad Eldem Architect in Turkey</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>294</v>
+        <v>750</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789750408854</t>
+          <t>9789750404252</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Sanata ve Sanat Kavramlarına Giriş</t>
+          <t>Satışçı Olmak Çömezlikten Yöneticiliğe</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>375</v>
+        <v>225</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9799750403124</t>
+          <t>9799758431327</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Rönesanstan Günümüze Resim Sanatının Öyküsü</t>
+          <t>Satış ve Satış Gücü Yönetimi</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>650</v>
+        <v>225</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789750405273</t>
+          <t>9789750404269</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Yerbilim 2 Jeomorfoloji</t>
+          <t>Sarı Traktör</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>426</v>
+        <v>325</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789750405266</t>
+          <t>9789750408854</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Yerbilim 1 - Jeoloji</t>
+          <t>Sanata ve Sanat Kavramlarına Giriş</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>390</v>
+        <v>375</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789750406041</t>
+          <t>9799750403124</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Yapı Elemanı Tasarımında Malzeme</t>
+          <t>Rönesanstan Günümüze Resim Sanatının Öyküsü</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>725</v>
+        <v>750</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789750405389</t>
+          <t>9789750405273</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Taşınım Olayları - Birinci Cilt / Ortak Yaklaşım</t>
+          <t>Yerbilim 2 Jeomorfoloji</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>354</v>
+        <v>426</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9799750402615</t>
+          <t>9789750405266</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Tarım Makinaları İçin Mühendislik El Kitabı</t>
+          <t>Yerbilim 1 - Jeoloji</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>474</v>
+        <v>390</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789758431298</t>
+          <t>9789750406041</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Sayısal Tasarım</t>
+          <t>Yapı Elemanı Tasarımında Malzeme</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>790</v>
+        <v>725</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9799750402820</t>
+          <t>9789750405389</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Proficiency Practice Tests</t>
+          <t>Taşınım Olayları - Birinci Cilt / Ortak Yaklaşım</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>225</v>
+        <v>354</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789750408885</t>
+          <t>9799750402615</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Otomatik Kontrol Sistemleri (Siyah - Beyaz Ekonomik Baskı)</t>
+          <t>Tarım Makinaları İçin Mühendislik El Kitabı</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>900</v>
+        <v>474</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789750407390</t>
+          <t>9789758431298</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Organik Kimya (Ciltli)</t>
+          <t>Sayısal Tasarım</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>3250</v>
+        <v>865</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789750401077</t>
+          <t>9799750402820</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Sistemlerinin Modellenmesi ve Dinamiği</t>
+          <t>Proficiency Practice Tests</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>510</v>
+        <v>225</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789750409110</t>
+          <t>9789750408885</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Mekaniği Dinamik (Renkli)</t>
+          <t>Otomatik Kontrol Sistemleri (Siyah - Beyaz Ekonomik Baskı)</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>2250</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789758431830</t>
+          <t>9789750407390</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Mühendisler İçin Sayısal Yöntemler</t>
+          <t>Organik Kimya (Ciltli)</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>1100</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789750404887</t>
+          <t>9789750401077</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sosyal Sorumluluk: Pazarlamada Yeni Bir Paradigmaya Doğru</t>
+          <t>Mühendislik Sistemlerinin Modellenmesi ve Dinamiği</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>234</v>
+        <v>550</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789750405570</t>
+          <t>9789750409110</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Kısmi Türevli Denklemler</t>
+          <t>Mühendislik Mekaniği Dinamik (Renkli)</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>354</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789750408007</t>
+          <t>9789758431830</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>İşletme ve İktisat için İstatistik (Ekonomik Baskı)</t>
+          <t>Mühendisler İçin Sayısal Yöntemler</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>1250</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789750402838</t>
+          <t>9789750404887</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>İstatistik Sayıların Arkasını Anlamak</t>
+          <t>Kurumsal Sosyal Sorumluluk: Pazarlamada Yeni Bir Paradigmaya Doğru</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>342</v>
+        <v>234</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789750405419</t>
+          <t>9789750405570</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Introduction To Business (Siyah Beyaz Ekonomik Baskı)</t>
+          <t>Kısmi Türevli Denklemler</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>810</v>
+        <v>389</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789750404658</t>
+          <t>9789750408007</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Hütte: Mühendislik Bilimi</t>
+          <t>İşletme ve İktisat için İstatistik (Ekonomik Baskı)</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>1500</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9799758431716</t>
+          <t>9789750402838</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Fizik 2. Cilt</t>
+          <t>İstatistik Sayıların Arkasını Anlamak</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>300</v>
+        <v>342</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9799757860890</t>
+          <t>9789750405419</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Enflasyon Muhasebesi</t>
+          <t>Introduction To Business (Siyah Beyaz Ekonomik Baskı)</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>270</v>
+        <v>810</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789750404771</t>
+          <t>9789750404658</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Endüstri, İş ve Örgüt Psikolojisi El Kitabı (Ciltli)</t>
+          <t>Hütte: Mühendislik Bilimi</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>625</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789750404757</t>
+          <t>9799758431716</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Endüstri, İş ve Örgüt Psikolojisi El Kitabı 2 Cilt Takım (Ciltli)</t>
+          <t>Fizik 2. Cilt</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>1125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789750404764</t>
+          <t>9799757860890</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Endüstri, İş ve Örgüt Psikolojisi El Kitabı (Ciltli)</t>
+          <t>Enflasyon Muhasebesi</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>625</v>
+        <v>270</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9799750402226</t>
+          <t>9789750404771</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Elt Dictionary</t>
+          <t>Endüstri, İş ve Örgüt Psikolojisi El Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>195</v>
+        <v>750</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789750407093</t>
+          <t>9789750404757</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Çözümlü Finans Problemleri</t>
+          <t>Endüstri, İş ve Örgüt Psikolojisi El Kitabı 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>325</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789758431311</t>
+          <t>9789750404764</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Sistemleri Mimarisi</t>
+          <t>Endüstri, İş ve Örgüt Psikolojisi El Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>685</v>
+        <v>750</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789750405464</t>
+          <t>9799750402226</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Akışkanlar Mekaniği ve Hidrolik</t>
+          <t>Elt Dictionary</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>540</v>
+        <v>195</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789750406140</t>
+          <t>9789750407093</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Peyzaj Mimarlığının Temelleri</t>
+          <t>Çözümlü Finans Problemleri</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>1150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9799750403056</t>
+          <t>9789758431311</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Paul Cezanne</t>
+          <t>Bilgisayar Sistemleri Mimarisi</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>330</v>
+        <v>785</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789750405440</t>
+          <t>9789750405464</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Paranın Zaman Değeri</t>
+          <t>Akışkanlar Mekaniği ve Hidrolik</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>275</v>
+        <v>540</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789750406317</t>
+          <t>9789750406140</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Son Savaşı</t>
+          <t>Peyzaj Mimarlığının Temelleri</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>550</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789750404283</t>
+          <t>9799750403056</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Ortakçılar</t>
+          <t>Paul Cezanne</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>288</v>
+        <v>330</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789750404108</t>
+          <t>9789750405440</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Onuncu Köy</t>
+          <t>Paranın Zaman Değeri</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>415</v>
+        <v>325</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789750404627</t>
+          <t>9789750406317</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Onbinlerin Dönüşü</t>
+          <t>Osmanlı’nın Son Savaşı</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789750405488</t>
+          <t>9789750404283</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Labirenti</t>
+          <t>Ortakçılar</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>85</v>
+        <v>315</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789750404597</t>
+          <t>9789750404108</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Mor Ötesi</t>
+          <t>Onuncu Köy</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>174</v>
+        <v>435</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789750405976</t>
+          <t>9789750404627</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık Temelleri - Mimari Tasarım</t>
+          <t>Onbinlerin Dönüşü</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>850</v>
+        <v>450</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789750405761</t>
+          <t>9789750405488</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Mimarlığın Temelleri</t>
+          <t>Mutluluk Labirenti</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>950</v>
+        <v>85</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789750404474</t>
+          <t>9789750404597</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Memleketin Sahipleri</t>
+          <t>Mor Ötesi</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>336</v>
+        <v>174</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789750405839</t>
+          <t>9789750405976</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar</t>
+          <t>Mimarlık Temelleri - Mimari Tasarım</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>180</v>
+        <v>935</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789750406027</t>
+          <t>9789750405761</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Mağaza Tasarımı</t>
+          <t>Mimarlığın Temelleri</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>975</v>
+        <v>950</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9799750402981</t>
+          <t>9789750404474</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Leonardo da Vinci</t>
+          <t>Memleketin Sahipleri</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>330</v>
+        <v>336</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789750406126</t>
+          <t>9789750405839</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Kültür Endüstrisi (Ekonomik Baskı)</t>
+          <t>Mektuplar</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789750405877</t>
+          <t>9789750406027</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Kültür Endüstrisi</t>
+          <t>Mağaza Tasarımı</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>270</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789750404511</t>
+          <t>9799750402981</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Kuru Sevda</t>
+          <t>Leonardo da Vinci</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>306</v>
+        <v>363</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789750406256</t>
+          <t>9789750406126</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Krizdeki Futbol</t>
+          <t>Kültür Endüstrisi (Ekonomik Baskı)</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>420</v>
+        <v>210</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789750404313</t>
+          <t>9789750405877</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Kredi Derecelendirme Sistemi</t>
+          <t>Kültür Endüstrisi</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>288</v>
+        <v>270</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789750404498</t>
+          <t>9789750404511</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitüleri ve Ötesi</t>
+          <t>Kuru Sevda</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>378</v>
+        <v>306</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789750406324</t>
+          <t>9789750406256</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Kimlik Mücadelesinde Alevilik</t>
+          <t>Krizdeki Futbol</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>575</v>
+        <v>420</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
+          <t>9789750404313</t>
+        </is>
+      </c>
+      <c r="B476" s="1" t="inlineStr">
+        <is>
+          <t>Kredi Derecelendirme Sistemi</t>
+        </is>
+      </c>
+      <c r="C476" s="1">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="477" spans="1:3">
+      <c r="A477" s="1" t="inlineStr">
+        <is>
+          <t>9789750404498</t>
+        </is>
+      </c>
+      <c r="B477" s="1" t="inlineStr">
+        <is>
+          <t>Köy Enstitüleri ve Ötesi</t>
+        </is>
+      </c>
+      <c r="C477" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="478" spans="1:3">
+      <c r="A478" s="1" t="inlineStr">
+        <is>
+          <t>9789750406324</t>
+        </is>
+      </c>
+      <c r="B478" s="1" t="inlineStr">
+        <is>
+          <t>Kimlik Mücadelesinde Alevilik</t>
+        </is>
+      </c>
+      <c r="C478" s="1">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="479" spans="1:3">
+      <c r="A479" s="1" t="inlineStr">
+        <is>
           <t>9789750404368</t>
         </is>
       </c>
-      <c r="B476" s="1" t="inlineStr">
+      <c r="B479" s="1" t="inlineStr">
         <is>
           <t>Keklik</t>
         </is>
       </c>
-      <c r="C476" s="1">
-        <v>425</v>
+      <c r="C479" s="1">
+        <v>435</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>