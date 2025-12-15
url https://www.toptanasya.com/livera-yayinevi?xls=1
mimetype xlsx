--- v0 (2025-10-28)
+++ v1 (2025-12-15)
@@ -85,1765 +85,1825 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256663602</t>
+          <t>9786256663664</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Burukluk: Bir Kasabadan Notlar</t>
+          <t>Deleuze’den Sonra: Farklar, Tekrarlar, Varyasyonlar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>340</v>
+        <v>450</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256663596</t>
+          <t>9786256663640</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Uzakta: Çehov Öyküleri Üzerine Deneme</t>
+          <t>Sakinler</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256663589</t>
+          <t>9786256663626</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Örümcekler İçin Felsefe: Kathy Acker’ın Alçak Teorisine Dair</t>
+          <t>Fırtına: İki Novella</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>390</v>
+        <v>360</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256663572</t>
+          <t>9786256663619</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Savaş Üçlemesi</t>
+          <t>Gaia İle Yüzleşme: Yeni İklim Rejimi Üzerine Sekiz Konferans</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>540</v>
+        <v>515</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256663527</t>
+          <t>9786256663602</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Karartmalar</t>
+          <t>Burukluk: Bir Kasabadan Notlar</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>470</v>
+        <v>340</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256663541</t>
+          <t>9786256663596</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Hayatta Kalma Becerisi Olarak Roman</t>
+          <t>Özgürlük Uzakta: Çehov Öyküleri Üzerine Deneme</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>380</v>
+        <v>290</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256663558</t>
+          <t>9786256663589</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk İhtimali</t>
+          <t>Örümcekler İçin Felsefe: Kathy Acker’ın Alçak Teorisine Dair</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>385</v>
+        <v>390</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256663510</t>
+          <t>9786256663572</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktaki Aydınlık: Kimliğin, Spiritüelliğin, Gerçekliğin Yeniden Yazımı</t>
+          <t>Savaş Üçlemesi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>385</v>
+        <v>540</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256663466</t>
+          <t>9786256663527</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Panayır Yeri</t>
+          <t>Karartmalar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>595</v>
+        <v>470</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256663503</t>
+          <t>9786256663541</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Ormanının Kemerinde</t>
+          <t>Hayatta Kalma Becerisi Olarak Roman</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>455</v>
+        <v>380</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256663473</t>
+          <t>9786256663558</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kıştan Sonra</t>
+          <t>Mutluluk İhtimali</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>350</v>
+        <v>385</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256663497</t>
+          <t>9786256663510</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Olive Bulvarı Şifacısı</t>
+          <t>Karanlıktaki Aydınlık: Kimliğin, Spiritüelliğin, Gerçekliğin Yeniden Yazımı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>325</v>
+        <v>385</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256663534</t>
+          <t>9786256663466</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Direnişin Formu ve Kendisi Olarak Sanat</t>
+          <t>Panayır Yeri</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>270</v>
+        <v>595</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256663480</t>
+          <t>9786256663503</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Türlerin Kökeni</t>
+          <t>Yağmur Ormanının Kemerinde</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>360</v>
+        <v>455</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256663411</t>
+          <t>9786256663473</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Feminist Bir Mitoloji</t>
+          <t>Kıştan Sonra</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256663428</t>
+          <t>9786256663497</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İkinci Şanslar</t>
+          <t>Olive Bulvarı Şifacısı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>360</v>
+        <v>325</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256663459</t>
+          <t>9786256663534</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Denizin Gelini</t>
+          <t>Direnişin Formu ve Kendisi Olarak Sanat</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>360</v>
+        <v>270</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256663435</t>
+          <t>9786256663480</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Selden Sonra</t>
+          <t>Türlerin Kökeni</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>425</v>
+        <v>360</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256663404</t>
+          <t>9786256663411</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Alman İdealizmi</t>
+          <t>Feminist Bir Mitoloji</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>590</v>
+        <v>330</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256663022</t>
+          <t>9786256663428</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Strega</t>
+          <t>İkinci Şanslar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>230</v>
+        <v>360</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256663398</t>
+          <t>9786256663459</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Çizgiler: Kısa Bir Tarih</t>
+          <t>Denizin Gelini</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>330</v>
+        <v>360</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256663381</t>
+          <t>9786256663435</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Madalyonun Öteki Yüzü</t>
+          <t>Selden Sonra</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>320</v>
+        <v>425</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256663374</t>
+          <t>9786256663404</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Jacques Lacan’ın Kuramı Üzerine Beş Ders</t>
+          <t>Yeni Bir Alman İdealizmi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>390</v>
+        <v>590</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256663367</t>
+          <t>9786256663022</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bay Hiç Kimsenin Kayboluşu</t>
+          <t>Strega</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256663343</t>
+          <t>9786256663398</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Deli ve Öfkeli Şehrimizde</t>
+          <t>Çizgiler: Kısa Bir Tarih</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256663350</t>
+          <t>9786256663381</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Genel Zekâlar: Yirmi Birinci Yüzyıl İçin Yirmi Bir Düşünür</t>
+          <t>Madalyonun Öteki Yüzü</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>490</v>
+        <v>320</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256663336</t>
+          <t>9786256663374</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Cadılar, Sürtükler, Feministler</t>
+          <t>Jacques Lacan’ın Kuramı Üzerine Beş Ders</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>320</v>
+        <v>390</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256663329</t>
+          <t>9786256663367</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Emanet</t>
+          <t>Bay Hiç Kimsenin Kayboluşu</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>360</v>
+        <v>260</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256663305</t>
+          <t>9786256663343</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bir Muz Bazen Sadece Bir Muzdur</t>
+          <t>Deli ve Öfkeli Şehrimizde</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>195</v>
+        <v>330</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256663282</t>
+          <t>9786256663350</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yoldan Çıkanlar</t>
+          <t>Genel Zekâlar: Yirmi Birinci Yüzyıl İçin Yirmi Bir Düşünür</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>270</v>
+        <v>490</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256663299</t>
+          <t>9786256663336</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Antroposen Alegorileri</t>
+          <t>Cadılar, Sürtükler, Feministler</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>375</v>
+        <v>320</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259995496</t>
+          <t>9786256663329</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bizi Saran Deniz</t>
+          <t>Emanet</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>310</v>
+        <v>360</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256663275</t>
+          <t>9786256663305</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bir Mısırlı İngilizce Bilmiyorsa</t>
+          <t>Bir Muz Bazen Sadece Bir Muzdur</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>320</v>
+        <v>195</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256663268</t>
+          <t>9786256663282</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Yere Gitmiyorum</t>
+          <t>Yoldan Çıkanlar</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>365</v>
+        <v>270</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256663251</t>
+          <t>9786256663299</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Simondon ve Bireyötesi Felsefesi</t>
+          <t>Antroposen Alegorileri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>295</v>
+        <v>375</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256663244</t>
+          <t>9786259995496</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Parerga</t>
+          <t>Bizi Saran Deniz</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>220</v>
+        <v>310</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256663237</t>
+          <t>9786256663275</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Anlatı Üzerine 2: Hayatı Yeniden Kurmak</t>
+          <t>Bir Mısırlı İngilizce Bilmiyorsa</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>310</v>
+        <v>320</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256663138</t>
+          <t>9786256663268</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk İçinde İmparatorluk Gibi</t>
+          <t>Hiçbir Yere Gitmiyorum</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>365</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256663220</t>
+          <t>9786256663251</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Tanrısız Bir Dünyanın Mucizeleri</t>
+          <t>Simondon ve Bireyötesi Felsefesi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>350</v>
+        <v>295</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256663213</t>
+          <t>9786256663244</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Max Stirner: Radikal Bir Düşünürün Kayıp Mirası</t>
+          <t>Parerga</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>325</v>
+        <v>220</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256663183</t>
+          <t>9786256663237</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Hotel Milano</t>
+          <t>Anlatı Üzerine 2: Hayatı Yeniden Kurmak</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>340</v>
+        <v>310</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256663206</t>
+          <t>9786256663138</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İnsanlanma</t>
+          <t>İmparatorluk İçinde İmparatorluk Gibi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>395</v>
+        <v>365</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256663190</t>
+          <t>9786256663220</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Sınırlarda Seks</t>
+          <t>Tanrısız Bir Dünyanın Mucizeleri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256663169</t>
+          <t>9786256663213</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Leylek Halife</t>
+          <t>Max Stirner: Radikal Bir Düşünürün Kayıp Mirası</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>295</v>
+        <v>325</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256663176</t>
+          <t>9786256663183</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bilim, Değerler ve Politika: Max Weber’in Metodolojisi</t>
+          <t>Hotel Milano</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>450</v>
+        <v>340</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256663145</t>
+          <t>9786256663206</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sana Ait Bir Şey</t>
+          <t>İnsanlanma</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256663152</t>
+          <t>9786256663190</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Odesa Ana</t>
+          <t>Sınırlarda Seks</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256663077</t>
+          <t>9786256663169</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Simurg'un Kanadında Ortadoğu Kitaplığı 2</t>
+          <t>Leylek Halife</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>365</v>
+        <v>295</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256663121</t>
+          <t>9786256663176</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Acı Çeken Beden</t>
+          <t>Bilim, Değerler ve Politika: Max Weber’in Metodolojisi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>520</v>
+        <v>450</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256663060</t>
+          <t>9786256663145</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Travma ve Anlatı</t>
+          <t>Sana Ait Bir Şey</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>325</v>
+        <v>295</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256663008</t>
+          <t>9786256663152</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Tapınağın Dışında</t>
+          <t>Odesa Ana</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>245</v>
+        <v>300</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256663114</t>
+          <t>9786256663077</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hıristiyan Ateizm</t>
+          <t>Simurg'un Kanadında Ortadoğu Kitaplığı 2</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>495</v>
+        <v>365</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256663091</t>
+          <t>9786256663121</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Gece Hayvanları</t>
+          <t>Acı Çeken Beden</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>320</v>
+        <v>520</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256663084</t>
+          <t>9786256663060</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Nesnelerin Gizli Işığı</t>
+          <t>Travma ve Anlatı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256663053</t>
+          <t>9786256663008</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Sappho'nun Peşinde</t>
+          <t>Tapınağın Dışında</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>350</v>
+        <v>245</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256663015</t>
+          <t>9786256663114</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Romantik Ütopyayı Tüketmek - Aşk ve Kapitalizmin Kültürel Çelişkileri</t>
+          <t>Hıristiyan Ateizm</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>450</v>
+        <v>495</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259423975</t>
+          <t>9786256663091</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Deniz Rüzgarı Altında</t>
+          <t>Gece Hayvanları</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>275</v>
+        <v>320</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256663039</t>
+          <t>9786256663084</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Dayanışmanın Zincirlerini Çözmek</t>
+          <t>Nesnelerin Gizli Işığı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>475</v>
+        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256663046</t>
+          <t>9786256663053</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Senden Kurtulduğumda</t>
+          <t>Sappho'nun Peşinde</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259423951</t>
+          <t>9786256663015</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Göçmen Kuşlar</t>
+          <t>Romantik Ütopyayı Tüketmek - Aşk ve Kapitalizmin Kültürel Çelişkileri</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>225</v>
+        <v>450</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259423968</t>
+          <t>9786259423975</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bir İspanyol Köylüsüne Ağıt</t>
+          <t>Deniz Rüzgarı Altında</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>185</v>
+        <v>275</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259423944</t>
+          <t>9786256663039</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Aşk, Deniz</t>
+          <t>Dayanışmanın Zincirlerini Çözmek</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259423982</t>
+          <t>9786256663046</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Postanarşizmin Politikası</t>
+          <t>Senden Kurtulduğumda</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>455</v>
+        <v>360</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786259423920</t>
+          <t>9786259423951</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Son Dünya</t>
+          <t>Göçmen Kuşlar</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786259423999</t>
+          <t>9786259423968</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Gülten</t>
+          <t>Bir İspanyol Köylüsüne Ağıt</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>475</v>
+        <v>185</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786259423937</t>
+          <t>9786259423944</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Acil Durum</t>
+          <t>Aşk, Deniz</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786259928951</t>
+          <t>9786259423982</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Tutku Olarak Aşk</t>
+          <t>Postanarşizmin Politikası</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>320</v>
+        <v>455</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786259928944</t>
+          <t>9786259423920</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sürgün, Vatansızlık ve Göç: Hannah Arendt'ten Isaiah Berlin'e Tarihle Satranç Oynamak</t>
+          <t>Son Dünya</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>350</v>
+        <v>295</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786259423906</t>
+          <t>9786259423999</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Parçalanmış Bakış</t>
+          <t>Gülten</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>230</v>
+        <v>475</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786259423913</t>
+          <t>9786259423937</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Nisyan</t>
+          <t>Acil Durum</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>395</v>
+        <v>260</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786259928999</t>
+          <t>9786259928951</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Rehberi - Sürgünde Hayatta Kalmak için Otuz Beş Ders</t>
+          <t>Tutku Olarak Aşk</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786259928975</t>
+          <t>9786259928944</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Anlatı Üzerine - 1: Hayatı Yeniden Kurmak</t>
+          <t>Sürgün, Vatansızlık ve Göç: Hannah Arendt'ten Isaiah Berlin'e Tarihle Satranç Oynamak</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786259928982</t>
+          <t>9786259423906</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Evliliğe Karşı</t>
+          <t>Parçalanmış Bakış</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786259928968</t>
+          <t>9786259423913</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Bahçıvanın Bir Yılı</t>
+          <t>Nisyan</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>170</v>
+        <v>395</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786259928937</t>
+          <t>9786259928999</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Karahindibalar</t>
+          <t>Sürgün Rehberi - Sürgünde Hayatta Kalmak için Otuz Beş Ders</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>310</v>
+        <v>290</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786259995465</t>
+          <t>9786259928975</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kimin Adaleti? Hangi Rasyonellik?</t>
+          <t>Anlatı Üzerine - 1: Hayatı Yeniden Kurmak</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>420</v>
+        <v>270</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786259928920</t>
+          <t>9786259928982</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Maali Almeida'nın Yedi Ay Dönümü</t>
+          <t>Evliliğe Karşı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>455</v>
+        <v>350</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786259928913</t>
+          <t>9786259928968</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hüznün Kıyısına</t>
+          <t>Bahçıvanın Bir Yılı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>310</v>
+        <v>170</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786259928906</t>
+          <t>9786259928937</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Neticeler</t>
+          <t>Karahindibalar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>290</v>
+        <v>310</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786259995489</t>
+          <t>9786259995465</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Blam'a Dair</t>
+          <t>Kimin Adaleti? Hangi Rasyonellik?</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>275</v>
+        <v>420</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786259995472</t>
+          <t>9786259928920</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Benzersiz Kızım</t>
+          <t>Maali Almeida'nın Yedi Ay Dönümü</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>340</v>
+        <v>455</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786259995458</t>
+          <t>9786259928913</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Dukla</t>
+          <t>Hüznün Kıyısına</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>240</v>
+        <v>310</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786259995434</t>
+          <t>9786259928906</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Mutsuzluk Makinesi</t>
+          <t>Neticeler</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>195</v>
+        <v>290</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786259995441</t>
+          <t>9786259995489</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İki Kent</t>
+          <t>Blam'a Dair</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>310</v>
+        <v>275</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786259995427</t>
+          <t>9786259995472</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Varoluşsal Pazartesi</t>
+          <t>Benzersiz Kızım</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786259995410</t>
+          <t>9786259995458</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Altı Bavul</t>
+          <t>Dukla</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786259995403</t>
+          <t>9786259995434</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Endişeli Bir Adamın Atlası</t>
+          <t>Mutsuzluk Makinesi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>330</v>
+        <v>195</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057100207</t>
+          <t>9786259995441</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Diller</t>
+          <t>İki Kent</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>290</v>
+        <v>310</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057216083</t>
+          <t>9786259995427</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Parçalar</t>
+          <t>Varoluşsal Pazartesi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057216076</t>
+          <t>9786259995410</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Dair Akışlar</t>
+          <t>Altı Bavul</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>275</v>
+        <v>195</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057216069</t>
+          <t>9786259995403</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Postkapitalizm</t>
+          <t>Endişeli Bir Adamın Atlası</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>260</v>
+        <v>330</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057216052</t>
+          <t>9786057100207</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Portakal Dönencesi</t>
+          <t>Vahşi Diller</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057216045</t>
+          <t>9786057216083</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Çift Olumsuz</t>
+          <t>Parçalar</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057216038</t>
+          <t>9786057216076</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Dünya Noor’un Beklenmedik Aşk Nesneleri</t>
+          <t>Yaşama Dair Akışlar</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057216021</t>
+          <t>9786057216069</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Çekmecemden Çeviriler</t>
+          <t>Sanat ve Postkapitalizm</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057216014</t>
+          <t>9786057216052</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Gerçekçi Büyü</t>
+          <t>Portakal Dönencesi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>310</v>
+        <v>350</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057170392</t>
+          <t>9786057216045</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Yol Ayrımları: Antroposen’den Çıkış üzerine Bir Deneme</t>
+          <t>Çift Olumsuz</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>195</v>
+        <v>220</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057216007</t>
+          <t>9786057216038</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Ahlakın Cinsiyeti</t>
+          <t>Dünya Noor’un Beklenmedik Aşk Nesneleri</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>375</v>
+        <v>240</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057170385</t>
+          <t>9786057216021</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Susan Çocuk</t>
+          <t>Çekmecemden Çeviriler</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057170378</t>
+          <t>9786057216014</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Topraklarda Hava Satan Adam</t>
+          <t>Gerçekçi Büyü</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>253.5</v>
+        <v>310</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057170361</t>
+          <t>9786057170392</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Dünya</t>
+          <t>Yol Ayrımları: Antroposen’den Çıkış üzerine Bir Deneme</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>320</v>
+        <v>195</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057170354</t>
+          <t>9786057216007</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Mısır’dan Çıkış</t>
+          <t>Ahlakın Cinsiyeti</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>312</v>
+        <v>375</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057170347</t>
+          <t>9786057170385</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Vernon Little</t>
+          <t>Susan Çocuk</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057170330</t>
+          <t>9786057170378</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kaybetme Sanatı</t>
+          <t>Kutsal Topraklarda Hava Satan Adam</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>575</v>
+        <v>253.5</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057100290</t>
+          <t>9786057170361</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Sığınak</t>
+          <t>Beyaz Dünya</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057100221</t>
+          <t>9786057170354</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Angosta</t>
+          <t>Mısır’dan Çıkış</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>355</v>
+        <v>312</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057170316</t>
+          <t>9786057170347</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Küçük Su Kütleleri</t>
+          <t>Tanrı Vernon Little</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057170309</t>
+          <t>9786057170330</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Bruno Schulz'un Zihninin İçinde</t>
+          <t>Kaybetme Sanatı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>140</v>
+        <v>575</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057100283</t>
+          <t>9786057100290</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Lailonia Krallığı'ndan Büyüklere ve Küçüklere 13 Masal (Ciltli)</t>
+          <t>Sığınak</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>480</v>
+        <v>170</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057100276</t>
+          <t>9786057100221</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Zor Bir Hayatın Hikayesi</t>
+          <t>Angosta</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>250</v>
+        <v>355</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057100238</t>
+          <t>9786057170316</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Uçuş</t>
+          <t>Küçük Su Kütleleri</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057100269</t>
+          <t>9786057170309</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Tuzun Kitabı</t>
+          <t>Bruno Schulz'un Zihninin İçinde</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057100252</t>
+          <t>9786057100283</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Özgürlüğün Patolojileri</t>
+          <t>Lailonia Krallığı'ndan Büyüklere ve Küçüklere 13 Masal (Ciltli)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>175</v>
+        <v>480</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057100245</t>
+          <t>9786057100276</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Pencerenin Ardındaki Tanrı</t>
+          <t>Zor Bir Hayatın Hikayesi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
+          <t>9786057100238</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Uçuş</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786057100269</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Tuzun Kitabı</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786057100252</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Bireysel Özgürlüğün Patolojileri</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786057100245</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Pencerenin Ardındaki Tanrı</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
           <t>9786057100214</t>
         </is>
       </c>
-      <c r="B116" s="1" t="inlineStr">
+      <c r="B120" s="1" t="inlineStr">
         <is>
           <t>Hıdırellez</t>
         </is>
       </c>
-      <c r="C116" s="1">
+      <c r="C120" s="1">
         <v>270</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>