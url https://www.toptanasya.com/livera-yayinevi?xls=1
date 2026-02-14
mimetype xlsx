--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,1825 +85,1870 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256663664</t>
+          <t>9786256663695</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Deleuze’den Sonra: Farklar, Tekrarlar, Varyasyonlar</t>
+          <t>Cici Köpek</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>450</v>
+        <v>430</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256663640</t>
+          <t>9786256663688</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sakinler</t>
+          <t>Nietzsche ve Yeryüzü: Biyografi, Ekoloji, Politika</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>290</v>
+        <v>430</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256663626</t>
+          <t>9786256663671</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Fırtına: İki Novella</t>
+          <t>Ramallah’ta Cinayet</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>360</v>
+        <v>380</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256663619</t>
+          <t>9786256663664</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Gaia İle Yüzleşme: Yeni İklim Rejimi Üzerine Sekiz Konferans</t>
+          <t>Deleuze’den Sonra: Farklar, Tekrarlar, Varyasyonlar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>515</v>
+        <v>450</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256663602</t>
+          <t>9786256663640</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Burukluk: Bir Kasabadan Notlar</t>
+          <t>Sakinler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>340</v>
+        <v>290</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256663596</t>
+          <t>9786256663626</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Uzakta: Çehov Öyküleri Üzerine Deneme</t>
+          <t>Fırtına: İki Novella</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256663589</t>
+          <t>9786256663619</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Örümcekler İçin Felsefe: Kathy Acker’ın Alçak Teorisine Dair</t>
+          <t>Gaia İle Yüzleşme: Yeni İklim Rejimi Üzerine Sekiz Konferans</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>390</v>
+        <v>615</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256663572</t>
+          <t>9786256663602</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Savaş Üçlemesi</t>
+          <t>Burukluk: Bir Kasabadan Notlar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>540</v>
+        <v>420</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256663527</t>
+          <t>9786256663596</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Karartmalar</t>
+          <t>Özgürlük Uzakta: Çehov Öyküleri Üzerine Deneme</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>470</v>
+        <v>370</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256663541</t>
+          <t>9786256663589</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hayatta Kalma Becerisi Olarak Roman</t>
+          <t>Örümcekler İçin Felsefe: Kathy Acker’ın Alçak Teorisine Dair</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>380</v>
+        <v>490</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256663558</t>
+          <t>9786256663572</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk İhtimali</t>
+          <t>Savaş Üçlemesi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>385</v>
+        <v>595</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256663510</t>
+          <t>9786256663527</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktaki Aydınlık: Kimliğin, Spiritüelliğin, Gerçekliğin Yeniden Yazımı</t>
+          <t>Karartmalar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>385</v>
+        <v>570</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256663466</t>
+          <t>9786256663541</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Panayır Yeri</t>
+          <t>Hayatta Kalma Becerisi Olarak Roman</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>595</v>
+        <v>475</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256663503</t>
+          <t>9786256663558</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Ormanının Kemerinde</t>
+          <t>Mutluluk İhtimali</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>455</v>
+        <v>500</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256663473</t>
+          <t>9786256663510</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kıştan Sonra</t>
+          <t>Karanlıktaki Aydınlık: Kimliğin, Spiritüelliğin, Gerçekliğin Yeniden Yazımı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>350</v>
+        <v>480</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256663497</t>
+          <t>9786256663466</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Olive Bulvarı Şifacısı</t>
+          <t>Panayır Yeri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>325</v>
+        <v>695</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256663534</t>
+          <t>9786256663503</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Direnişin Formu ve Kendisi Olarak Sanat</t>
+          <t>Yağmur Ormanının Kemerinde</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>270</v>
+        <v>565</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256663480</t>
+          <t>9786256663473</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Türlerin Kökeni</t>
+          <t>Kıştan Sonra</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>360</v>
+        <v>460</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256663411</t>
+          <t>9786256663497</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Feminist Bir Mitoloji</t>
+          <t>Olive Bulvarı Şifacısı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>330</v>
+        <v>420</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256663428</t>
+          <t>9786256663534</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İkinci Şanslar</t>
+          <t>Direnişin Formu ve Kendisi Olarak Sanat</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256663459</t>
+          <t>9786256663480</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Denizin Gelini</t>
+          <t>Türlerin Kökeni</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>360</v>
+        <v>465</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256663435</t>
+          <t>9786256663411</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Selden Sonra</t>
+          <t>Feminist Bir Mitoloji</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>425</v>
+        <v>445</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256663404</t>
+          <t>9786256663428</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Alman İdealizmi</t>
+          <t>İkinci Şanslar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>590</v>
+        <v>465</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256663022</t>
+          <t>9786256663459</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Strega</t>
+          <t>Denizin Gelini</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>230</v>
+        <v>465</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256663398</t>
+          <t>9786256663435</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Çizgiler: Kısa Bir Tarih</t>
+          <t>Selden Sonra</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>330</v>
+        <v>550</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256663381</t>
+          <t>9786256663404</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Madalyonun Öteki Yüzü</t>
+          <t>Yeni Bir Alman İdealizmi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>320</v>
+        <v>690</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256663374</t>
+          <t>9786256663022</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Jacques Lacan’ın Kuramı Üzerine Beş Ders</t>
+          <t>Strega</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>390</v>
+        <v>295</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256663367</t>
+          <t>9786256663398</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bay Hiç Kimsenin Kayboluşu</t>
+          <t>Çizgiler: Kısa Bir Tarih</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>260</v>
+        <v>445</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256663343</t>
+          <t>9786256663381</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Deli ve Öfkeli Şehrimizde</t>
+          <t>Madalyonun Öteki Yüzü</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>330</v>
+        <v>415</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256663350</t>
+          <t>9786256663374</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Genel Zekâlar: Yirmi Birinci Yüzyıl İçin Yirmi Bir Düşünür</t>
+          <t>Jacques Lacan’ın Kuramı Üzerine Beş Ders</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>490</v>
+        <v>505</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256663336</t>
+          <t>9786256663367</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Cadılar, Sürtükler, Feministler</t>
+          <t>Bay Hiç Kimsenin Kayboluşu</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256663329</t>
+          <t>9786256663343</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Emanet</t>
+          <t>Deli ve Öfkeli Şehrimizde</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>360</v>
+        <v>425</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256663305</t>
+          <t>9786256663350</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bir Muz Bazen Sadece Bir Muzdur</t>
+          <t>Genel Zekâlar: Yirmi Birinci Yüzyıl İçin Yirmi Bir Düşünür</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>195</v>
+        <v>615</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256663282</t>
+          <t>9786256663336</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Yoldan Çıkanlar</t>
+          <t>Cadılar, Sürtükler, Feministler</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>270</v>
+        <v>420</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256663299</t>
+          <t>9786256663329</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Antroposen Alegorileri</t>
+          <t>Emanet</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>375</v>
+        <v>485</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259995496</t>
+          <t>9786256663305</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bizi Saran Deniz</t>
+          <t>Bir Muz Bazen Sadece Bir Muzdur</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256663275</t>
+          <t>9786256663282</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bir Mısırlı İngilizce Bilmiyorsa</t>
+          <t>Yoldan Çıkanlar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256663268</t>
+          <t>9786256663299</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Yere Gitmiyorum</t>
+          <t>Antroposen Alegorileri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>365</v>
+        <v>490</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256663251</t>
+          <t>9786259995496</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Simondon ve Bireyötesi Felsefesi</t>
+          <t>Bizi Saran Deniz</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>295</v>
+        <v>385</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256663244</t>
+          <t>9786256663275</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Parerga</t>
+          <t>Bir Mısırlı İngilizce Bilmiyorsa</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>220</v>
+        <v>415</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256663237</t>
+          <t>9786256663268</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Anlatı Üzerine 2: Hayatı Yeniden Kurmak</t>
+          <t>Hiçbir Yere Gitmiyorum</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>310</v>
+        <v>475</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256663138</t>
+          <t>9786256663251</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk İçinde İmparatorluk Gibi</t>
+          <t>Simondon ve Bireyötesi Felsefesi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>365</v>
+        <v>400</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256663220</t>
+          <t>9786256663244</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Tanrısız Bir Dünyanın Mucizeleri</t>
+          <t>Parerga</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256663213</t>
+          <t>9786256663237</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Max Stirner: Radikal Bir Düşünürün Kayıp Mirası</t>
+          <t>Anlatı Üzerine 2: Hayatı Yeniden Kurmak</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>325</v>
+        <v>405</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256663183</t>
+          <t>9786256663138</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hotel Milano</t>
+          <t>İmparatorluk İçinde İmparatorluk Gibi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>340</v>
+        <v>475</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256663206</t>
+          <t>9786256663220</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İnsanlanma</t>
+          <t>Tanrısız Bir Dünyanın Mucizeleri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>395</v>
+        <v>455</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256663190</t>
+          <t>9786256663213</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sınırlarda Seks</t>
+          <t>Max Stirner: Radikal Bir Düşünürün Kayıp Mirası</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>340</v>
+        <v>410</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256663169</t>
+          <t>9786256663183</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Leylek Halife</t>
+          <t>Hotel Milano</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>295</v>
+        <v>425</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256663176</t>
+          <t>9786256663206</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Bilim, Değerler ve Politika: Max Weber’in Metodolojisi</t>
+          <t>İnsanlanma</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>450</v>
+        <v>515</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256663145</t>
+          <t>9786256663190</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sana Ait Bir Şey</t>
+          <t>Sınırlarda Seks</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>295</v>
+        <v>425</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256663152</t>
+          <t>9786256663169</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Odesa Ana</t>
+          <t>Leylek Halife</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>300</v>
+        <v>385</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256663077</t>
+          <t>9786256663176</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Simurg'un Kanadında Ortadoğu Kitaplığı 2</t>
+          <t>Bilim, Değerler ve Politika: Max Weber’in Metodolojisi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>365</v>
+        <v>600</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256663121</t>
+          <t>9786256663145</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Acı Çeken Beden</t>
+          <t>Sana Ait Bir Şey</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>520</v>
+        <v>385</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256663060</t>
+          <t>9786256663152</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Travma ve Anlatı</t>
+          <t>Odesa Ana</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>325</v>
+        <v>390</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256663008</t>
+          <t>9786256663077</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Tapınağın Dışında</t>
+          <t>Simurg'un Kanadında Ortadoğu Kitaplığı 2</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>245</v>
+        <v>470</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256663114</t>
+          <t>9786256663121</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hıristiyan Ateizm</t>
+          <t>Acı Çeken Beden</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>495</v>
+        <v>650</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256663091</t>
+          <t>9786256663060</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Gece Hayvanları</t>
+          <t>Travma ve Anlatı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256663084</t>
+          <t>9786256663008</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Nesnelerin Gizli Işığı</t>
+          <t>Tapınağın Dışında</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>300</v>
+        <v>305</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256663053</t>
+          <t>9786256663114</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Sappho'nun Peşinde</t>
+          <t>Hıristiyan Ateizm</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>350</v>
+        <v>645</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256663015</t>
+          <t>9786256663091</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Romantik Ütopyayı Tüketmek - Aşk ve Kapitalizmin Kültürel Çelişkileri</t>
+          <t>Gece Hayvanları</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>450</v>
+        <v>415</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259423975</t>
+          <t>9786256663084</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Deniz Rüzgarı Altında</t>
+          <t>Nesnelerin Gizli Işığı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256663039</t>
+          <t>9786256663053</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Dayanışmanın Zincirlerini Çözmek</t>
+          <t>Sappho'nun Peşinde</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>475</v>
+        <v>450</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256663046</t>
+          <t>9786256663015</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Senden Kurtulduğumda</t>
+          <t>Romantik Ütopyayı Tüketmek - Aşk ve Kapitalizmin Kültürel Çelişkileri</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>360</v>
+        <v>600</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786259423951</t>
+          <t>9786259423975</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Göçmen Kuşlar</t>
+          <t>Deniz Rüzgarı Altında</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>225</v>
+        <v>345</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786259423968</t>
+          <t>9786256663039</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Bir İspanyol Köylüsüne Ağıt</t>
+          <t>Dayanışmanın Zincirlerini Çözmek</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>185</v>
+        <v>595</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786259423944</t>
+          <t>9786256663046</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Aşk, Deniz</t>
+          <t>Senden Kurtulduğumda</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>350</v>
+        <v>470</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786259423982</t>
+          <t>9786259423951</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Postanarşizmin Politikası</t>
+          <t>Göçmen Kuşlar</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>455</v>
+        <v>290</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786259423920</t>
+          <t>9786259423968</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Son Dünya</t>
+          <t>Bir İspanyol Köylüsüne Ağıt</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>295</v>
+        <v>240</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786259423999</t>
+          <t>9786259423944</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Gülten</t>
+          <t>Aşk, Deniz</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>475</v>
+        <v>455</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786259423937</t>
+          <t>9786259423982</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Acil Durum</t>
+          <t>Postanarşizmin Politikası</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>260</v>
+        <v>590</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786259928951</t>
+          <t>9786259423920</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Tutku Olarak Aşk</t>
+          <t>Son Dünya</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786259928944</t>
+          <t>9786259423999</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Sürgün, Vatansızlık ve Göç: Hannah Arendt'ten Isaiah Berlin'e Tarihle Satranç Oynamak</t>
+          <t>Gülten</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>350</v>
+        <v>615</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786259423906</t>
+          <t>9786259423937</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Parçalanmış Bakış</t>
+          <t>Acil Durum</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>230</v>
+        <v>325</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786259423913</t>
+          <t>9786259928951</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Nisyan</t>
+          <t>Tutku Olarak Aşk</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>395</v>
+        <v>410</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786259928999</t>
+          <t>9786259928944</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Rehberi - Sürgünde Hayatta Kalmak için Otuz Beş Ders</t>
+          <t>Sürgün, Vatansızlık ve Göç: Hannah Arendt'ten Isaiah Berlin'e Tarihle Satranç Oynamak</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>290</v>
+        <v>500</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786259928975</t>
+          <t>9786259423906</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Anlatı Üzerine - 1: Hayatı Yeniden Kurmak</t>
+          <t>Parçalanmış Bakış</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786259928982</t>
+          <t>9786259423913</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Evliliğe Karşı</t>
+          <t>Nisyan</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>350</v>
+        <v>530</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786259928968</t>
+          <t>9786259928999</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Bahçıvanın Bir Yılı</t>
+          <t>Sürgün Rehberi - Sürgünde Hayatta Kalmak için Otuz Beş Ders</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>170</v>
+        <v>375</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786259928937</t>
+          <t>9786259928975</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Karahindibalar</t>
+          <t>Anlatı Üzerine - 1: Hayatı Yeniden Kurmak</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>310</v>
+        <v>355</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786259995465</t>
+          <t>9786259928982</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kimin Adaleti? Hangi Rasyonellik?</t>
+          <t>Evliliğe Karşı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>420</v>
+        <v>455</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786259928920</t>
+          <t>9786259928968</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Maali Almeida'nın Yedi Ay Dönümü</t>
+          <t>Bahçıvanın Bir Yılı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>455</v>
+        <v>230</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786259928913</t>
+          <t>9786259928937</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Hüznün Kıyısına</t>
+          <t>Karahindibalar</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>310</v>
+        <v>400</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786259928906</t>
+          <t>9786259995465</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Neticeler</t>
+          <t>Kimin Adaleti? Hangi Rasyonellik?</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>290</v>
+        <v>550</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786259995489</t>
+          <t>9786259928920</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Blam'a Dair</t>
+          <t>Maali Almeida'nın Yedi Ay Dönümü</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>275</v>
+        <v>595</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786259995472</t>
+          <t>9786259928913</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Benzersiz Kızım</t>
+          <t>Hüznün Kıyısına</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786259995458</t>
+          <t>9786259928906</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Dukla</t>
+          <t>Neticeler</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>240</v>
+        <v>375</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786259995434</t>
+          <t>9786259995489</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Mutsuzluk Makinesi</t>
+          <t>Blam'a Dair</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>195</v>
+        <v>345</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786259995441</t>
+          <t>9786259995472</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İki Kent</t>
+          <t>Benzersiz Kızım</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>310</v>
+        <v>460</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786259995427</t>
+          <t>9786259995458</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Varoluşsal Pazartesi</t>
+          <t>Dukla</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786259995410</t>
+          <t>9786259995434</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Altı Bavul</t>
+          <t>Mutsuzluk Makinesi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786259995403</t>
+          <t>9786259995441</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Endişeli Bir Adamın Atlası</t>
+          <t>İki Kent</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057100207</t>
+          <t>9786259995427</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Diller</t>
+          <t>Varoluşsal Pazartesi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057216083</t>
+          <t>9786259995410</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Parçalar</t>
+          <t>Altı Bavul</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057216076</t>
+          <t>9786259995403</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Dair Akışlar</t>
+          <t>Endişeli Bir Adamın Atlası</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>275</v>
+        <v>430</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057216069</t>
+          <t>9786057100207</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Postkapitalizm</t>
+          <t>Vahşi Diller</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>260</v>
+        <v>375</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057216052</t>
+          <t>9786057216083</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Portakal Dönencesi</t>
+          <t>Parçalar</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>350</v>
+        <v>285</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057216045</t>
+          <t>9786057216076</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Çift Olumsuz</t>
+          <t>Yaşama Dair Akışlar</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>220</v>
+        <v>355</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057216038</t>
+          <t>9786057216069</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Dünya Noor’un Beklenmedik Aşk Nesneleri</t>
+          <t>Sanat ve Postkapitalizm</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057216021</t>
+          <t>9786057216052</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Çekmecemden Çeviriler</t>
+          <t>Portakal Dönencesi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>230</v>
+        <v>440</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057216014</t>
+          <t>9786057216045</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Gerçekçi Büyü</t>
+          <t>Çift Olumsuz</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>310</v>
+        <v>290</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057170392</t>
+          <t>9786057216038</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Yol Ayrımları: Antroposen’den Çıkış üzerine Bir Deneme</t>
+          <t>Dünya Noor’un Beklenmedik Aşk Nesneleri</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>195</v>
+        <v>310</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057216007</t>
+          <t>9786057216021</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Ahlakın Cinsiyeti</t>
+          <t>Çekmecemden Çeviriler</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>375</v>
+        <v>295</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057170385</t>
+          <t>9786057216014</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Susan Çocuk</t>
+          <t>Gerçekçi Büyü</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>220</v>
+        <v>390</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057170378</t>
+          <t>9786057170392</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Topraklarda Hava Satan Adam</t>
+          <t>Yol Ayrımları: Antroposen’den Çıkış üzerine Bir Deneme</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>253.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057170361</t>
+          <t>9786057216007</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Dünya</t>
+          <t>Ahlakın Cinsiyeti</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>320</v>
+        <v>460</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057170354</t>
+          <t>9786057170385</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Mısır’dan Çıkış</t>
+          <t>Susan Çocuk</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>312</v>
+        <v>295</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057170347</t>
+          <t>9786057170378</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Vernon Little</t>
+          <t>Kutsal Topraklarda Hava Satan Adam</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>350</v>
+        <v>253.5</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057170330</t>
+          <t>9786057170361</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kaybetme Sanatı</t>
+          <t>Beyaz Dünya</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>575</v>
+        <v>400</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057100290</t>
+          <t>9786057170354</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Sığınak</t>
+          <t>Mısır’dan Çıkış</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>170</v>
+        <v>312</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057100221</t>
+          <t>9786057170347</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Angosta</t>
+          <t>Tanrı Vernon Little</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>355</v>
+        <v>460</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057170316</t>
+          <t>9786057170330</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Küçük Su Kütleleri</t>
+          <t>Kaybetme Sanatı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>220</v>
+        <v>675</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057170309</t>
+          <t>9786057100290</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Bruno Schulz'un Zihninin İçinde</t>
+          <t>Sığınak</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057100283</t>
+          <t>9786057100221</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Lailonia Krallığı'ndan Büyüklere ve Küçüklere 13 Masal (Ciltli)</t>
+          <t>Angosta</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>480</v>
+        <v>460</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057100276</t>
+          <t>9786057170316</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Zor Bir Hayatın Hikayesi</t>
+          <t>Küçük Su Kütleleri</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057100238</t>
+          <t>9786057170309</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Uçuş</t>
+          <t>Bruno Schulz'un Zihninin İçinde</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>220</v>
+        <v>185</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057100269</t>
+          <t>9786057100283</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Tuzun Kitabı</t>
+          <t>Lailonia Krallığı'ndan Büyüklere ve Küçüklere 13 Masal (Ciltli)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>230</v>
+        <v>600</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057100252</t>
+          <t>9786057100276</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Özgürlüğün Patolojileri</t>
+          <t>Zor Bir Hayatın Hikayesi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>175</v>
+        <v>325</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057100245</t>
+          <t>9786057100238</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Pencerenin Ardındaki Tanrı</t>
+          <t>Uçuş</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>220</v>
+        <v>285</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
+          <t>9786057100269</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Tuzun Kitabı</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786057100252</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Bireysel Özgürlüğün Patolojileri</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786057100245</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Pencerenin Ardındaki Tanrı</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
           <t>9786057100214</t>
         </is>
       </c>
-      <c r="B120" s="1" t="inlineStr">
+      <c r="B123" s="1" t="inlineStr">
         <is>
           <t>Hıdırellez</t>
         </is>
       </c>
-      <c r="C120" s="1">
-        <v>270</v>
+      <c r="C123" s="1">
+        <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>