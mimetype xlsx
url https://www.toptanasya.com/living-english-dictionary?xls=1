--- v0 (2025-10-28)
+++ v1 (2026-02-14)
@@ -184,81 +184,81 @@
         <is>
           <t>9786055393694</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Dictionary İngilizce - Türkçe Türkçe - İngilizce Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786055033361</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Stage 4-Timeless Tales 10 Kitap Set</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>249.9</v>
+        <v>324.9</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786055033354</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Stage 3 -Timeless Tales 10 Kitap Set</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>249.9</v>
+        <v>324.9</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786055033040</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Fun Time Stories Level 3 (10 Books + CD + Activity)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>299.9</v>
+        <v>324.9</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786055033880</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Live in English Stories Grade 6 - 10</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786055033873</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
@@ -274,231 +274,231 @@
         <is>
           <t>9786055393731</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Living English Dictionary Living Green - İngilizce-Türkçe / Türkçe-İngilizce Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>119.9</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786055033958</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>English With Fun Level 1 - 10 Kitap</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>224.9</v>
+        <v>249.9</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786055393663</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Living English Dictionary Resimli İngilizce - Türkçe Türkçe - İngilizce Sözlük</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>199.9</v>
+        <v>224.9</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786054720194</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Living English Dictionary İngilizce - Türkçe Türkçe - İngilizce Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786055033705</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Living English Dictionary English - Turkish / Turkish - English for School</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>99.9</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786055033972</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>English With Fun Level 4 - 10 Kitap</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>249.9</v>
+        <v>299.9</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786055033965</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>English With Fun Level 3 - 10 Kitap</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>249.9</v>
+        <v>299.9</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786055033989</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>English With Fun Level 2 - 10 Kitap</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>224.9</v>
+        <v>249.9</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786055033033</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Fun Time Stories - Level 2 (10 Books+CD+Activity)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>299.9</v>
+        <v>324.9</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9786055033026</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Fun Time Stories - Level 1 (10 Books+CD+Activity)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>299.9</v>
+        <v>324.9</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786055393755</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Living English Dictionary Living Student İngilizce-Türkçe / Türkçe-İngilizce Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>119.9</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786055033378</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Stage 5 -Timeless Tales 10 Kitap Set</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>249.9</v>
+        <v>324.9</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786055033347</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Stage 2-Timeless Tales 10 Kitap Set</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>249.9</v>
+        <v>324.9</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786055033330</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Stage 1-Timeless Tales 10 Kitap Set</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>249.9</v>
+        <v>324.9</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9786055393700</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Living English Dictionary - Living Silver İngilizce - Türkçe / Türkçe - İngilizce Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>