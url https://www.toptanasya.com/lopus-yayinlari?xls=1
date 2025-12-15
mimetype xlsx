--- v0 (2025-10-28)
+++ v1 (2025-12-15)
@@ -85,970 +85,1060 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057948885</t>
+          <t>9786057948946</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta Peygamberler Tarihi</t>
+          <t>Akşemsettin</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259585574</t>
+          <t>9786057948939</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Dersimiz Sahabiler Seti (15 Kitap Kutulu)</t>
+          <t>Evanjelizm</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>1875</v>
+        <v>280</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057948878</t>
+          <t>9786057948892</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta Türkler</t>
+          <t>Hz. Osman (R.a.)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057948267</t>
+          <t>9786057948922</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Çeri - 2</t>
+          <t>Hz. Ömer (R.a.)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057948410</t>
+          <t>9786057948908</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Casuslar ve İstihbaratçılar</t>
+          <t>Hz. Ebubekir (R.a.)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057948489</t>
+          <t>9786057948915</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İmam Gazali</t>
+          <t>Hz. Ali (R.a.)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057948861</t>
+          <t>9786057948885</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta Rockefeller ve Rothschild Paranın Efendileri</t>
+          <t>Bir Solukta Peygamberler Tarihi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057948830</t>
+          <t>9786259585574</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Derin İran</t>
+          <t>Dersimiz Sahabiler Seti (15 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057948847</t>
+          <t>9786057948878</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Derin Amerika</t>
+          <t>Bir Solukta Türkler</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057948854</t>
+          <t>9786057948267</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Derin İngiltere</t>
+          <t>Çeri - 2</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259763019</t>
+          <t>9786057948410</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Canlanan Bilgiler Kütüphanesi</t>
+          <t>Casuslar ve İstihbaratçılar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259763002</t>
+          <t>9786057948489</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Parlak Fikirler Fabrikası</t>
+          <t>İmam Gazali</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057948823</t>
+          <t>9786057948861</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Küresel Güçlerin Oyunları</t>
+          <t>Bir Solukta Rockefeller ve Rothschild Paranın Efendileri</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057948809</t>
+          <t>9786057948830</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta Mitoloji Tarihi</t>
+          <t>Derin İran</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057948793</t>
+          <t>9786057948847</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta Hitler ve Naziler</t>
+          <t>Derin Amerika</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057948779</t>
+          <t>9786057948854</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta 1. Dünya Savaşı Tarihi</t>
+          <t>Derin İngiltere</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057948816</t>
+          <t>9786259763019</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta Tapınak Şövalyeleri ve Gizemleri</t>
+          <t>Canlanan Bilgiler Kütüphanesi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057948786</t>
+          <t>9786259763002</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta 2. Dünya Savaşı Tarihi</t>
+          <t>Parlak Fikirler Fabrikası</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057948748</t>
+          <t>9786057948823</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Haşhaşiler - Tarihin En Korkutucu Suikastçıları</t>
+          <t>Küresel Güçlerin Oyunları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057948762</t>
+          <t>9786057948809</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kainatı Okuma İlmi</t>
+          <t>Bir Solukta Mitoloji Tarihi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057948755</t>
+          <t>9786057948793</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kadim Tıptan Şifa Tavsiyeleri</t>
+          <t>Bir Solukta Hitler ve Naziler</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057948731</t>
+          <t>9786057948779</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Tomris Hatun - Türklerin İlk Kadın Hükümdarı</t>
+          <t>Bir Solukta 1. Dünya Savaşı Tarihi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057948687</t>
+          <t>9786057948816</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Çeri - 2</t>
+          <t>Bir Solukta Tapınak Şövalyeleri ve Gizemleri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057948700</t>
+          <t>9786057948786</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan Tek Kişilik Ordu</t>
+          <t>Bir Solukta 2. Dünya Savaşı Tarihi</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057948670</t>
+          <t>9786057948748</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kumandan Yeni Dünya Düzenine Türk Dokunuşu</t>
+          <t>Haşhaşiler - Tarihin En Korkutucu Suikastçıları</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057948717</t>
+          <t>9786057948762</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi Emperyalizme Karşı Diriliş ve Direniş Ruhu</t>
+          <t>Kainatı Okuma İlmi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057948694</t>
+          <t>9786057948755</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Heyet 5</t>
+          <t>Kadim Tıptan Şifa Tavsiyeleri</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057948724</t>
+          <t>9786057948731</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Coğrafi ve Zihinsel İşgalin Arka Planı - Kuşatma</t>
+          <t>Tomris Hatun - Türklerin İlk Kadın Hükümdarı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057948663</t>
+          <t>9786057948687</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta Osmanlı Tarihi</t>
+          <t>Çeri - 2</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057948656</t>
+          <t>9786057948700</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Alamut Kalesi ve Hasan Sabbah</t>
+          <t>Mimar Sinan Tek Kişilik Ordu</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057948571</t>
+          <t>9786057948670</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Denizlerin Padişahı Barbaros</t>
+          <t>Kumandan Yeni Dünya Düzenine Türk Dokunuşu</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057948649</t>
+          <t>9786057948717</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Metehan</t>
+          <t>Selahaddin Eyyubi Emperyalizme Karşı Diriliş ve Direniş Ruhu</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057948632</t>
+          <t>9786057948694</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Timur</t>
+          <t>Heyet 5</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057948618</t>
+          <t>9786057948724</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İblis İmparatorluğu / Büyük Sıfırlama</t>
+          <t>Coğrafi ve Zihinsel İşgalin Arka Planı - Kuşatma</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057948601</t>
+          <t>9786057948663</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Alparslan</t>
+          <t>Bir Solukta Osmanlı Tarihi</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057948588</t>
+          <t>9786057948656</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>İstihbaratçı ve Seyyah Kimliğiyle Evliya Çelebi</t>
+          <t>Alamut Kalesi ve Hasan Sabbah</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057948595</t>
+          <t>9786057948571</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Attila</t>
+          <t>Denizlerin Padişahı Barbaros</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057948557</t>
+          <t>9786057948649</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina</t>
+          <t>Metehan</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057948564</t>
+          <t>9786057948632</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han</t>
+          <t>Timur</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057948540</t>
+          <t>9786057948618</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun</t>
+          <t>İblis İmparatorluğu / Büyük Sıfırlama</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057948533</t>
+          <t>9786057948601</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Derin Rusya</t>
+          <t>Alparslan</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057948519</t>
+          <t>9786057948588</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Anlatılmayan Tarihi</t>
+          <t>İstihbaratçı ve Seyyah Kimliğiyle Evliya Çelebi</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057948526</t>
+          <t>9786057948595</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Derin İsrail</t>
+          <t>Attila</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057948502</t>
+          <t>9786057948557</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta Dünya Tarihi</t>
+          <t>İbn Sina</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057948472</t>
+          <t>9786057948564</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İyi İnsan Olma Sanatı</t>
+          <t>Cengiz Han</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057948465</t>
+          <t>9786057948540</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İstihbarat Teşkilatları</t>
+          <t>İbn Haldun</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057948441</t>
+          <t>9786057948533</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Nizamülmülk</t>
+          <t>Derin Rusya</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057948427</t>
+          <t>9786057948519</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Derin Çin</t>
+          <t>Bilimin Anlatılmayan Tarihi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057948403</t>
+          <t>9786057948526</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Çeri - 3</t>
+          <t>Derin İsrail</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057948359</t>
+          <t>9786057948502</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Liderler ve Gizlenen Gerçekler</t>
+          <t>Bir Solukta Dünya Tarihi</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057948373</t>
+          <t>9786057948472</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kumpas - Yeraltı Dünyasının Sırları</t>
+          <t>İyi İnsan Olma Sanatı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057948342</t>
+          <t>9786057948465</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İbnü’l Arabi</t>
+          <t>İstihbarat Teşkilatları</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057948366</t>
+          <t>9786057948441</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu’nun Şifresi Kubata</t>
+          <t>Nizamülmülk</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057948298</t>
+          <t>9786057948427</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Heyet 4 - Türklerin Kutsal Hikayesi</t>
+          <t>Derin Çin</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057948274</t>
+          <t>9786057948403</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Devletin Derin Aklı</t>
+          <t>Çeri - 3</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057948243</t>
+          <t>9786057948359</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kaos</t>
+          <t>Liderler ve Gizlenen Gerçekler</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057948175</t>
+          <t>9786057948373</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Heyet 3 - Devletin Anlaşılmamış Devri</t>
+          <t>Kumpas - Yeraltı Dünyasının Sırları</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786058158313</t>
+          <t>9786057948342</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Abdulhamid'in Akıl Oyunları</t>
+          <t>İbnü’l Arabi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786058209268</t>
+          <t>9786057948366</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Sultan Mehmet’in Casusları</t>
+          <t>Ortadoğu’nun Şifresi Kubata</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786058209275</t>
+          <t>9786057948298</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Çeri - 1</t>
+          <t>Heyet 4 - Türklerin Kutsal Hikayesi</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786058272644</t>
+          <t>9786057948274</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Devletin Gizli Sırları Heyet - 2</t>
+          <t>Devletin Derin Aklı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
+          <t>9786057948243</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Kaos</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786057948175</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Heyet 3 - Devletin Anlaşılmamış Devri</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786058158313</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Abdulhamid'in Akıl Oyunları</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9786058209268</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Sultan Mehmet’in Casusları</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9786058209275</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Çeri - 1</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786058272644</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Devletin Gizli Sırları Heyet - 2</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
           <t>9786058364639</t>
         </is>
       </c>
-      <c r="B63" s="1" t="inlineStr">
+      <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Heyet: Devletin Gizli Sahipleri</t>
         </is>
       </c>
-      <c r="C63" s="1">
+      <c r="C69" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>