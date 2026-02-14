--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,1060 +85,1885 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057948946</t>
+          <t>9786057948304</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Akşemsettin</t>
+          <t>Bilimin Altın Çağı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>35</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057948939</t>
+          <t>9786057948496</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Evanjelizm</t>
+          <t>Gizli İlimler Hazinesi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057948892</t>
+          <t>9786057948281</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hz. Osman (R.a.)</t>
+          <t>Perde Arkasındaki Gerçekler Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>280</v>
+        <v>540</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057948922</t>
+          <t>9786057948458</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ömer (R.a.)</t>
+          <t>Barbaros ve Korsanlar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>280</v>
+        <v>80</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057948908</t>
+          <t>9786057948250</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebubekir (R.a.)</t>
+          <t>İllegal Düzenin İmparatorluğu Baronlar</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057948915</t>
+          <t>9786058364646</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali (R.a.)</t>
+          <t>Piskopat Geliyorum Demez</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>280</v>
+        <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057948885</t>
+          <t>9786058220898</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta Peygamberler Tarihi</t>
+          <t>Mr. Mazoşist</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259585574</t>
+          <t>9786058220850</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Dersimiz Sahabiler Seti (15 Kitap Kutulu)</t>
+          <t>Ela'nın Maceraları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>1875</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057948878</t>
+          <t>9786058272699</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta Türkler</t>
+          <t>Vozi Tozi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057948267</t>
+          <t>9786058220829</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Çeri - 2</t>
+          <t>Zombi Kıyameti</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057948410</t>
+          <t>9786058272682</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Casuslar ve İstihbaratçılar</t>
+          <t>Köşkteki Sır</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>220</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057948489</t>
+          <t>9786058272637</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İmam Gazali</t>
+          <t>Psikopat Kız (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057948861</t>
+          <t>9786058272620</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta Rockefeller ve Rothschild Paranın Efendileri</t>
+          <t>Hacker (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>220</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057948830</t>
+          <t>9786058364684</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Derin İran</t>
+          <t>Erkek Lisesi (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057948847</t>
+          <t>9786058364677</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Derin Amerika</t>
+          <t>Bir Seri Katil Hikayesi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057948854</t>
+          <t>9786058364653</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Derin İngiltere</t>
+          <t>Anka Ateşi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259763019</t>
+          <t>9786058364660</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Canlanan Bilgiler Kütüphanesi</t>
+          <t>Serseri (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259763002</t>
+          <t>9786058158306</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Parlak Fikirler Fabrikası</t>
+          <t>Komplo</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057948823</t>
+          <t>9786058364608</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Küresel Güçlerin Oyunları</t>
+          <t>Seni İstemiyorum!</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057948809</t>
+          <t>9786058399198</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta Mitoloji Tarihi</t>
+          <t>Entrikalılar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>220</v>
+        <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057948793</t>
+          <t>9786058220805</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta Hitler ve Naziler</t>
+          <t>Vambinella</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>220</v>
+        <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057948779</t>
+          <t>9786058220881</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta 1. Dünya Savaşı Tarihi</t>
+          <t>Tapınak Şovalyeleri - Greenwood Kalesi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>220</v>
+        <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057948816</t>
+          <t>9786058209206</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta Tapınak Şövalyeleri ve Gizemleri</t>
+          <t>Serseri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>220</v>
+        <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057948786</t>
+          <t>9786058209220</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta 2. Dünya Savaşı Tarihi</t>
+          <t>Hoşgeldin Kadınım</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>220</v>
+        <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057948748</t>
+          <t>9786058220843</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Haşhaşiler - Tarihin En Korkutucu Suikastçıları</t>
+          <t>Fatih Sultan Mehmet ve Vampir Dracula</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057948762</t>
+          <t>9786058220812</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kainatı Okuma İlmi</t>
+          <t>Esrarengiz Yolculuk</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>350</v>
+        <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057948755</t>
+          <t>9786058220836</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kadim Tıptan Şifa Tavsiyeleri</t>
+          <t>Alex: Kaptan Snow'un Maceraları - Hazine Avı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>220</v>
+        <v>10</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057948731</t>
+          <t>9786058209213</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Tomris Hatun - Türklerin İlk Kadın Hükümdarı</t>
+          <t>Mafya Lisede</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>200</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057948687</t>
+          <t>9786058272651</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Çeri - 2</t>
+          <t>Kavgam</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057948700</t>
+          <t>9786058220874</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan Tek Kişilik Ordu</t>
+          <t>Payidar: Şahı Mat Etmek</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>220</v>
+        <v>38</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057948670</t>
+          <t>9786058209244</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kumandan Yeni Dünya Düzenine Türk Dokunuşu</t>
+          <t>Coğrafi ve Zihinsel İşgalin Arka Planı : Kuşatma</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057948717</t>
+          <t>9786058272613</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi Emperyalizme Karşı Diriliş ve Direniş Ruhu</t>
+          <t>2023 Büyük Plan: Şah/Mat</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>220</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057948694</t>
+          <t>9786058399143</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Heyet 5</t>
+          <t>Ay Düğümü (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>250</v>
+        <v>25</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057948724</t>
+          <t>9786058364691</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Coğrafi ve Zihinsel İşgalin Arka Planı - Kuşatma</t>
+          <t>Mafya Lisede (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>250</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057948663</t>
+          <t>9786058272606</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta Osmanlı Tarihi</t>
+          <t>Aşık Sadist (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>220</v>
+        <v>30</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057948656</t>
+          <t>9786058399181</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Alamut Kalesi ve Hasan Sabbah</t>
+          <t>Pençe</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>220</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057948571</t>
+          <t>9786058399167</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Denizlerin Padişahı Barbaros</t>
+          <t>Tenimdeki Katil</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>220</v>
+        <v>15</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057948649</t>
+          <t>9786058399150</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Metehan</t>
+          <t>Çelişki</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>220</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057948632</t>
+          <t>9786058399136</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Timur</t>
+          <t>Ölümün Soğuk Nefesi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>220</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057948618</t>
+          <t>9786058399105</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İblis İmparatorluğu / Büyük Sıfırlama</t>
+          <t>Hasan Sabbah Alamut Kalesi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>300</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057948601</t>
+          <t>9786058399174</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Alparslan</t>
+          <t>Berdel</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>220</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057948588</t>
+          <t>9786058399129</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İstihbaratçı ve Seyyah Kimliğiyle Evliya Çelebi</t>
+          <t>Gerçek Korku Hikayeleri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>220</v>
+        <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057948595</t>
+          <t>9786058399112</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Attila</t>
+          <t>Salgın</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>220</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057948557</t>
+          <t>9786058364615</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina</t>
+          <t>Psikopat Kız</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>220</v>
+        <v>25</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057948564</t>
+          <t>9786058364622</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han</t>
+          <t>Hacker</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>220</v>
+        <v>25</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057948540</t>
+          <t>9786057948434</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun</t>
+          <t>Mevlana Celaleddin-i Rumi</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057948533</t>
+          <t>9786057948397</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Derin Rusya</t>
+          <t>Hayatım</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>250</v>
+        <v>35</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057948519</t>
+          <t>9786057948380</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Anlatılmayan Tarihi</t>
+          <t>Öteki Vatikan</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>220</v>
+        <v>38</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057948526</t>
+          <t>9786057948335</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Derin İsrail</t>
+          <t>Deccal’in Askerleri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057948502</t>
+          <t>9786057948328</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta Dünya Tarihi</t>
+          <t>Hasan Sabbah Fedaisiydim</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057948472</t>
+          <t>9786058272668</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İyi İnsan Olma Sanatı</t>
+          <t>Kurt Çocuk</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>150</v>
+        <v>10</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057948465</t>
+          <t>9786057948311</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İstihbarat Teşkilatları</t>
+          <t>İşgal</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057948441</t>
+          <t>9786057948960</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Nizamülmülk</t>
+          <t>Derin Tarihin Gizli Öğretileri</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057948427</t>
+          <t>9786057948953</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Derin Çin</t>
+          <t>Küresel Örgütler</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057948403</t>
+          <t>9786057948977</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Çeri - 3</t>
+          <t>II. Abdülhamid ve Sırları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057948359</t>
+          <t>9786057948946</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Liderler ve Gizlenen Gerçekler</t>
+          <t>Akşemsettin</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057948373</t>
+          <t>9786057948939</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kumpas - Yeraltı Dünyasının Sırları</t>
+          <t>Evanjelizm</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057948342</t>
+          <t>9786057948892</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İbnü’l Arabi</t>
+          <t>Hz. Osman (R.a.)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057948366</t>
+          <t>9786057948922</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu’nun Şifresi Kubata</t>
+          <t>Hz. Ömer (R.a.)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057948298</t>
+          <t>9786057948908</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Heyet 4 - Türklerin Kutsal Hikayesi</t>
+          <t>Hz. Ebubekir (R.a.)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057948274</t>
+          <t>9786057948915</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Devletin Derin Aklı</t>
+          <t>Hz. Ali (R.a.)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057948243</t>
+          <t>9786057948885</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kaos</t>
+          <t>Bir Solukta Peygamberler Tarihi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057948175</t>
+          <t>9786259585574</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Heyet 3 - Devletin Anlaşılmamış Devri</t>
+          <t>Dersimiz Sahabiler Seti (15 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>250</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786058158313</t>
+          <t>9786057948878</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Abdulhamid'in Akıl Oyunları</t>
+          <t>Bir Solukta Türkler</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786058209268</t>
+          <t>9786057948267</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Sultan Mehmet’in Casusları</t>
+          <t>Çeri - 2</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786058209275</t>
+          <t>9786057948410</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Çeri - 1</t>
+          <t>Casuslar ve İstihbaratçılar</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786058272644</t>
+          <t>9786057948489</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Devletin Gizli Sırları Heyet - 2</t>
+          <t>İmam Gazali</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
+          <t>9786057948861</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Bir Solukta Rockefeller ve Rothschild Paranın Efendileri</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9786057948830</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Derin İran</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9786057948847</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Derin Amerika</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9786057948854</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Derin İngiltere</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9786259763019</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Canlanan Bilgiler Kütüphanesi</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9786259763002</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Parlak Fikirler Fabrikası</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9786057948823</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Küresel Güçlerin Oyunları</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9786057948809</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Bir Solukta Mitoloji Tarihi</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9786057948793</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Bir Solukta Hitler ve Naziler</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9786057948779</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Bir Solukta 1. Dünya Savaşı Tarihi</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9786057948816</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Bir Solukta Tapınak Şövalyeleri ve Gizemleri</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9786057948786</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Bir Solukta 2. Dünya Savaşı Tarihi</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9786057948748</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Haşhaşiler - Tarihin En Korkutucu Suikastçıları</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9786057948762</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Kainatı Okuma İlmi</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9786057948755</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Kadim Tıptan Şifa Tavsiyeleri</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9786057948731</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Tomris Hatun - Türklerin İlk Kadın Hükümdarı</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9786057948687</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Çeri - 2</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9786057948700</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Mimar Sinan Tek Kişilik Ordu</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786057948670</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Kumandan Yeni Dünya Düzenine Türk Dokunuşu</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9786057948717</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Selahaddin Eyyubi Emperyalizme Karşı Diriliş ve Direniş Ruhu</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786057948694</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Heyet 5</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786057948724</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Coğrafi ve Zihinsel İşgalin Arka Planı - Kuşatma</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9786057948663</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Bir Solukta Osmanlı Tarihi</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9786057948656</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Alamut Kalesi ve Hasan Sabbah</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786057948571</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Denizlerin Padişahı Barbaros</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786057948649</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Metehan</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786057948632</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Timur</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9786057948618</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>İblis İmparatorluğu / Büyük Sıfırlama</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786057948601</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Alparslan</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786057948588</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>İstihbaratçı ve Seyyah Kimliğiyle Evliya Çelebi</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786057948595</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Attila</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9786057948557</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>İbn Sina</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9786057948564</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Cengiz Han</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786057948540</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>İbn Haldun</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786057948533</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Derin Rusya</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786057948519</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Bilimin Anlatılmayan Tarihi</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786057948526</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Derin İsrail</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786057948502</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Bir Solukta Dünya Tarihi</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786057948472</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>İyi İnsan Olma Sanatı</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786057948465</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>İstihbarat Teşkilatları</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786057948441</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Nizamülmülk</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786057948427</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Derin Çin</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786057948403</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Çeri - 3</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786057948359</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Liderler ve Gizlenen Gerçekler</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786057948373</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Kumpas - Yeraltı Dünyasının Sırları</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786057948342</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>İbnü’l Arabi</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786057948366</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Ortadoğu’nun Şifresi Kubata</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786057948298</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Heyet 4 - Türklerin Kutsal Hikayesi</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786057948274</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Devletin Derin Aklı</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786057948243</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Kaos</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786057948175</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Heyet 3 - Devletin Anlaşılmamış Devri</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786058158313</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Abdulhamid'in Akıl Oyunları</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786058209268</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Sultan Mehmet’in Casusları</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786058209275</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Çeri - 1</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786058272644</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Devletin Gizli Sırları Heyet - 2</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
           <t>9786058364639</t>
         </is>
       </c>
-      <c r="B69" s="1" t="inlineStr">
+      <c r="B124" s="1" t="inlineStr">
         <is>
           <t>Heyet: Devletin Gizli Sahipleri</t>
         </is>
       </c>
-      <c r="C69" s="1">
-        <v>250</v>
+      <c r="C124" s="1">
+        <v>300</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>