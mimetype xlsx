--- v0 (2025-10-28)
+++ v1 (2026-02-14)
@@ -85,4465 +85,4765 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255582744</t>
+          <t>9786258565072</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Antikaları Müzesi</t>
+          <t>Yıkım Topu</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>154</v>
+        <v>175</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255582706</t>
+          <t>9786258565010</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Eyvah! Büyükannem Bir Filin Peşine Takıldı</t>
+          <t>Rüzgarın Siyah Küçük Kalbi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>164</v>
+        <v>198</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255582669</t>
+          <t>9786255582980</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Kalp Kimin</t>
+          <t>Mona’nın Sihirli Elleri</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>154</v>
+        <v>175</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256574458</t>
+          <t>9786255582966</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ama Nasıl?</t>
+          <t>Baklava Prens</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>124</v>
+        <v>208</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255582645</t>
+          <t>9786256574076</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Girit Adası’nda Badem</t>
+          <t>Yıldızların Hikayeleri</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>154</v>
+        <v>124</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255582638</t>
+          <t>9786256574090</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Hiyo’nun Cesur Yolculuğu</t>
+          <t>Kayıp Şehirlerin Efsaneleri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>144</v>
+        <v>124</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256656512</t>
+          <t>9786256985476</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Afo</t>
+          <t>Senin Maceran 4: Şampiyonluk Peşinde</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>144</v>
+        <v>74</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257418683</t>
+          <t>9786257700641</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yaza Özlem</t>
+          <t>Astronot Olmak İsteyen Denizkızı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>94</v>
+        <v>101</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255582607</t>
+          <t>9786258339017</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Büyükanneye Gönderilen Mektup</t>
+          <t>Uçan Kardan Adam Odi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>144</v>
+        <v>52</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255582614</t>
+          <t>9786255582973</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Renkli Ejderha Eji ve Duygu Dağı</t>
+          <t>Benimle Koşar Mısın?</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>144</v>
+        <v>188</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255582546</t>
+          <t>9786258565003</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Fil Festivalinde Badem</t>
+          <t>Bazen</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>154</v>
+        <v>188</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255582553</t>
+          <t>9786256574205</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Mooral Garden 10 Kısa Hikaye</t>
+          <t>Yeterince Özel Değil</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>154</v>
+        <v>175</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255582508</t>
+          <t>9786256574199</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Parıl Parmak İzi Etkinliğinde</t>
+          <t>Yeterince Adil Değil</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>139</v>
+        <v>175</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255582515</t>
+          <t>9786255582904</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Parıl ve Küçük Sincap Cincan</t>
+          <t>Renklerin Keşfi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>139</v>
+        <v>154</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255582492</t>
+          <t>9786255582881</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Parıl Annelerle Etkinlikte</t>
+          <t>Kalp Cebimde Sevgi Yüreğimde</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>139</v>
+        <v>154</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255582485</t>
+          <t>9786255582829</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kanadını Arayan Kelebek</t>
+          <t>Yankının Çocukları</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>144</v>
+        <v>154</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255582478</t>
+          <t>9786255582812</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Uçak İzi</t>
+          <t>Senin Kalbin Renkli Cesur Parlak</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>164</v>
+        <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255582416</t>
+          <t>9786255582799</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Renkli Orman</t>
+          <t>Nil ve Renkli Balık</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>144</v>
+        <v>154</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255582409</t>
+          <t>9786255582775</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Noktalar</t>
+          <t>Parfümün Peşinde Badem</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>144</v>
+        <v>154</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255582430</t>
+          <t>9786255582805</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Eve Yolculuk</t>
+          <t>Gökkemer’in Gizemi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>144</v>
+        <v>154</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255582324</t>
+          <t>9786255582744</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Asiye</t>
+          <t>Dedemin Antikaları Müzesi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>144</v>
+        <v>154</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255582317</t>
+          <t>9786255582706</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sen Harika Bir Çocuksun</t>
+          <t>Eyvah! Büyükannem Bir Filin Peşine Takıldı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>144</v>
+        <v>164</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255582232</t>
+          <t>9786255582669</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Buklelerimle Başım Dertte mi?</t>
+          <t>En Güzel Kalp Kimin</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>124</v>
+        <v>154</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255582270</t>
+          <t>9786256574458</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Tokat’ın Renkleri</t>
+          <t>Ama Nasıl?</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>144</v>
+        <v>132</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255582133</t>
+          <t>9786255582645</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Çöp Perisi</t>
+          <t>Girit Adası’nda Badem</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>144</v>
+        <v>175</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255582164</t>
+          <t>9786255582638</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Movie The Hedgegog</t>
+          <t>Hiyo’nun Cesur Yolculuğu</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>144</v>
+        <v>188</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255582218</t>
+          <t>9786256656512</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Pembe Ağaç</t>
+          <t>Arkadaşım Afo</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>144</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255582225</t>
+          <t>9786257418683</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Matematik Gezegeni</t>
+          <t>Yaza Özlem</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>134</v>
+        <v>123</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255582034</t>
+          <t>9786255582607</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Armadilloyu Bul</t>
+          <t>Büyükanneye Gönderilen Mektup</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>134</v>
+        <v>188</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258442052</t>
+          <t>9786255582614</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Öğreniyorum</t>
+          <t>Renkli Ejderha Eji ve Duygu Dağı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>120</v>
+        <v>188</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256075924</t>
+          <t>9786255582546</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Gagası Olmayan Yarasa Yulu</t>
+          <t>Fil Festivalinde Badem</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256075900</t>
+          <t>9786255582553</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kalpten Kalbe Fısıltı</t>
+          <t>Mooral Garden 10 Kısa Hikaye</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>148</v>
+        <v>201</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256075894</t>
+          <t>9786255582508</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bulutların Gerçek Sırrı</t>
+          <t>Parıl Parmak İzi Etkinliğinde</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>134</v>
+        <v>181</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256075948</t>
+          <t>9786255582515</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Dostluğun Şifası</t>
+          <t>Parıl ve Küçük Sincap Cincan</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>142</v>
+        <v>181</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256075832</t>
+          <t>9786255582492</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Terazi Lastik Cimlastik</t>
+          <t>Parıl Annelerle Etkinlikte</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>138</v>
+        <v>181</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256574861</t>
+          <t>9786255582485</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Hayal’in Çocukluğu</t>
+          <t>Kanadını Arayan Kelebek</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>124</v>
+        <v>188</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786258442830</t>
+          <t>9786255582478</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Luna'nın Yolculuğu</t>
+          <t>Uçak İzi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>326</v>
+        <v>214</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258339932</t>
+          <t>9786255582416</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Kolay Çizim Teknikleri - 3</t>
+          <t>Görevimiz Renkli Orman</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>124</v>
+        <v>188</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786258339925</t>
+          <t>9786255582409</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Kolay Çizim Teknikleri - 2</t>
+          <t>Kırmızı Noktalar</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>144</v>
+        <v>188</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786258442045</t>
+          <t>9786255582430</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitabın İsmini Unuttum</t>
+          <t>Eve Yolculuk</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>144</v>
+        <v>188</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256075849</t>
+          <t>9786255582324</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Siyah Kediyim</t>
+          <t>Asiye</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>148</v>
+        <v>188</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258339970</t>
+          <t>9786255582317</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Senin Maceran 3: Kayı Şifresinin Peşinde</t>
+          <t>Sen Harika Bir Çocuksun</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>105</v>
+        <v>188</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256075795</t>
+          <t>9786255582232</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Şiir Bahçesi</t>
+          <t>Buklelerimle Başım Dertte mi?</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>144</v>
+        <v>162</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256075757</t>
+          <t>9786255582270</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Parıl Mavi Denizde</t>
+          <t>Tokat’ın Renkleri</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>125</v>
+        <v>188</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256075740</t>
+          <t>9786255582133</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Parıl At Çiftliğinde</t>
+          <t>Çöp Perisi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>125</v>
+        <v>188</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256075771</t>
+          <t>9786255582164</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sarı Kiraz Kuşu</t>
+          <t>Movie The Hedgegog</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>138</v>
+        <v>188</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256075733</t>
+          <t>9786255582218</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Parıl Matematik Müzesinde</t>
+          <t>Pembe Ağaç</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>125</v>
+        <v>188</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256075726</t>
+          <t>9786255582225</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Çaça Evet Demeyi Öğreniyor</t>
+          <t>Kaybolan Matematik Gezegeni</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>140</v>
+        <v>175</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256075719</t>
+          <t>9786255582034</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ernest Neden Ağlıyor?</t>
+          <t>Armadilloyu Bul</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>118</v>
+        <v>175</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256075634</t>
+          <t>9786258442052</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Ayaklı Çiçi</t>
+          <t>İngilizce Öğreniyorum</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>134</v>
+        <v>120</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256075641</t>
+          <t>9786256075924</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Senin Öfken Ne Renk?</t>
+          <t>Gagası Olmayan Yarasa Yulu</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>132</v>
+        <v>175</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256075672</t>
+          <t>9786256075900</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Gülümse Dostum Çekiyorum</t>
+          <t>Kalpten Kalbe Fısıltı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>114</v>
+        <v>193</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256075535</t>
+          <t>9786256075894</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ben Bazen</t>
+          <t>Bulutların Gerçek Sırrı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256075559</t>
+          <t>9786256075948</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Kedim Çıldırdı</t>
+          <t>Dostluğun Şifası</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>134</v>
+        <v>185</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256075603</t>
+          <t>9786256075832</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Şiirli Kalem</t>
+          <t>Terazi Lastik Cimlastik</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>134</v>
+        <v>180</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256075542</t>
+          <t>9786256574861</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Sihirli Yemeği</t>
+          <t>Hayal’in Çocukluğu</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>134</v>
+        <v>162</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256075498</t>
+          <t>9786258442830</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Sakura Fırtınasında Badem</t>
+          <t>Luna'nın Yolculuğu</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>134</v>
+        <v>424</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256075467</t>
+          <t>9786258339932</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Parıl’ın Doğum Günü</t>
+          <t>Çocuklar İçin Kolay Çizim Teknikleri - 3</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>134</v>
+        <v>162</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256075436</t>
+          <t>9786258339925</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Parıl’ı Okulda Bekleyen Sürpriz</t>
+          <t>Çocuklar İçin Kolay Çizim Teknikleri - 2</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>134</v>
+        <v>188</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256075443</t>
+          <t>9786258442045</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Parıl Cumhuriyet Bayramı’nda</t>
+          <t>Bu Kitabın İsmini Unuttum</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>134</v>
+        <v>188</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256075450</t>
+          <t>9786256075849</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Parıl Pasta Yapıyor</t>
+          <t>Ben Bir Siyah Kediyim</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>134</v>
+        <v>193</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256075474</t>
+          <t>9786258339970</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Parıl Dedesinin Çiftliğinde</t>
+          <t>Senin Maceran 3: Kayı Şifresinin Peşinde</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>134</v>
+        <v>105</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256075405</t>
+          <t>9786256075795</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Aydede’nin Güneş’e Yolculuğu</t>
+          <t>Şiir Bahçesi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>134</v>
+        <v>188</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256075375</t>
+          <t>9786256075757</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Yeraltında Üç Çocuk</t>
+          <t>Parıl Mavi Denizde</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>134</v>
+        <v>163</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256075368</t>
+          <t>9786256075740</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Çocuklar Kenti</t>
+          <t>Parıl At Çiftliğinde</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>134</v>
+        <v>163</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256075320</t>
+          <t>9786256075771</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Pazartesi Yemeği</t>
+          <t>Sarı Kiraz Kuşu</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>134</v>
+        <v>180</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256075283</t>
+          <t>9786256075733</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Macera Kedisi Tombik</t>
+          <t>Parıl Matematik Müzesinde</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>100</v>
+        <v>163</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256075269</t>
+          <t>9786256075726</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Köfte Kardeşim</t>
+          <t>Çaça Evet Demeyi Öğreniyor</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>134</v>
+        <v>182</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256075160</t>
+          <t>9786256075719</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Mavi Dişçi Koltuğu</t>
+          <t>Ernest Neden Ağlıyor?</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>134</v>
+        <v>154</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256656604</t>
+          <t>9786256075634</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Pelerinsiz Kahraman</t>
+          <t>Yeşil Ayaklı Çiçi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256574328</t>
+          <t>9786256075641</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Davetsiz Misafir</t>
+          <t>Senin Öfken Ne Renk?</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>134</v>
+        <v>172</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256075122</t>
+          <t>9786256075672</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Ağaç</t>
+          <t>Gülümse Dostum Çekiyorum</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>134</v>
+        <v>149</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256075047</t>
+          <t>9786256075535</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Dans Eden Arı</t>
+          <t>Ben Bazen</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>134</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256075092</t>
+          <t>9786256075559</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Büyükannemin Vişne Ağacı</t>
+          <t>Eyvah Kedim Çıldırdı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256075030</t>
+          <t>9786256075603</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Kurtaran Kız</t>
+          <t>Şiirli Kalem</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>118</v>
+        <v>175</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256656970</t>
+          <t>9786256075542</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Hediye</t>
+          <t>Ormanın Sihirli Yemeği</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256656918</t>
+          <t>9786256075498</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Çiçeği</t>
+          <t>Sakura Fırtınasında Badem</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>128</v>
+        <v>175</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256075009</t>
+          <t>9786256075467</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>90’larda Bir Çocuk: Hayati</t>
+          <t>Parıl’ın Doğum Günü</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256656956</t>
+          <t>9786256075436</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sümbül Taçlı Kız</t>
+          <t>Parıl’ı Okulda Bekleyen Sürpriz</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256656963</t>
+          <t>9786256075443</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>The Girl With The Bluebell Crown</t>
+          <t>Parıl Cumhuriyet Bayramı’nda</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256656864</t>
+          <t>9786256075450</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Kanatları Var Mı?</t>
+          <t>Parıl Pasta Yapıyor</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256656857</t>
+          <t>9786256075474</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Bilge Uğur Böceği Köyü</t>
+          <t>Parıl Dedesinin Çiftliğinde</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256656871</t>
+          <t>9786256075405</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Çıkmaza Giden Yol</t>
+          <t>Aydede’nin Güneş’e Yolculuğu</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>156</v>
+        <v>175</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256656895</t>
+          <t>9786256075375</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Karnımdaki Zıp Zıp Toplar</t>
+          <t>Yeraltında Üç Çocuk</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>108</v>
+        <v>175</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256656673</t>
+          <t>9786256075368</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Anneannemin Dikiş Makinesi</t>
+          <t>Yalnız Çocuklar Kenti</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256656840</t>
+          <t>9786256075320</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Çikolata Çocuklar</t>
+          <t>Pazartesi Yemeği</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256656826</t>
+          <t>9786256075283</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Alaycı Memo</t>
+          <t>Macera Kedisi Tombik</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>134</v>
+        <v>100</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256656741</t>
+          <t>9786256075269</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Yüksekten Bakan Züzü</t>
+          <t>Köfte Kardeşim</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256656734</t>
+          <t>9786256075160</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Doğa’nın Muhteşem İcatları</t>
+          <t>Mavi Dişçi Koltuğu</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>154</v>
+        <v>175</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256656833</t>
+          <t>9786256656604</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Uzaydan Gelen Yolcu</t>
+          <t>Pelerinsiz Kahraman</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256656796</t>
+          <t>9786256574328</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Hamur Abi</t>
+          <t>Davetsiz Misafir</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>154</v>
+        <v>175</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256656642</t>
+          <t>9786256075122</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Güntün ve Göknar Ağacı</t>
+          <t>Sihirli Ağaç</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256656628</t>
+          <t>9786256075047</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Baybars ile Robi Haşlanmış Yumurtalar</t>
+          <t>Dans Eden Arı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256656598</t>
+          <t>9786256075092</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Mavi Yeşil Top ve Hışırtılı Kuyruk</t>
+          <t>Büyükannemin Vişne Ağacı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256656574</t>
+          <t>9786256075030</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Laika ile Rüya’nın Dostluğu</t>
+          <t>Dünyayı Kurtaran Kız</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>70</v>
+        <v>175</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256656444</t>
+          <t>9786256656970</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Elma Ağacı</t>
+          <t>En Güzel Hediye</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>144</v>
+        <v>175</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256656420</t>
+          <t>9786256656918</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Sofrası</t>
+          <t>Gökkuşağı Çiçeği</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>144</v>
+        <v>216</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256656666</t>
+          <t>9786256075009</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Sinek ve Harfler</t>
+          <t>90’larda Bir Çocuk: Hayati</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>134</v>
+        <v>169</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256656529</t>
+          <t>9786256656956</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Baybars ile Robi - Kodlama Macerası Başlıyor</t>
+          <t>Sümbül Taçlı Kız</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256656482</t>
+          <t>9786256656963</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Arda’nın Kalemi</t>
+          <t>The Girl With The Bluebell Crown</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>124</v>
+        <v>175</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256656260</t>
+          <t>9786256656864</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Yaz ve Gökkuşağı - Mevsimler Yolculuğu</t>
+          <t>Mutluluğun Kanatları Var Mı?</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256656253</t>
+          <t>9786256656857</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Sihirli İğne</t>
+          <t>Bilge Uğur Böceği Köyü</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>154</v>
+        <v>175</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256656239</t>
+          <t>9786256656871</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Zoya Kendini Tanıtıyor</t>
+          <t>Çıkmaza Giden Yol</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>134</v>
+        <v>203</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256656079</t>
+          <t>9786256656895</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Dev Portakal Ağacı</t>
+          <t>Karnımdaki Zıp Zıp Toplar</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>124</v>
+        <v>175</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256656352</t>
+          <t>9786256656673</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Rüzgâr Beni Uçurur mu?</t>
+          <t>Anneannemin Dikiş Makinesi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>144</v>
+        <v>175</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256656291</t>
+          <t>9786256656840</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kalem Tombak Yazmayı Öğreniyor</t>
+          <t>Çikolata Çocuklar</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>124</v>
+        <v>175</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256656246</t>
+          <t>9786256656826</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Zoya Mutlu Hissediyor</t>
+          <t>Alaycı Memo</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256656284</t>
+          <t>9786256656741</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Afacan Köpek Çakıl</t>
+          <t>Yüksekten Bakan Züzü</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>124</v>
+        <v>175</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256656277</t>
+          <t>9786256656734</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Pamuk ve Gökkuşağı</t>
+          <t>Doğa’nın Muhteşem İcatları</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>92</v>
+        <v>201</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256656093</t>
+          <t>9786256656833</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Çikolataya Dönüş</t>
+          <t>Uzaydan Gelen Yolcu</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256656161</t>
+          <t>9786256656796</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>İlk Kurabiyem</t>
+          <t>Hamur Abi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>134</v>
+        <v>201</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256656154</t>
+          <t>9786256656642</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Anneler Çocuklarını Çok Sever</t>
+          <t>Güntün ve Göknar Ağacı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256656109</t>
+          <t>9786256656628</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Sarı</t>
+          <t>Baybars ile Robi Haşlanmış Yumurtalar</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>134</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256656017</t>
+          <t>9786256656598</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kütüphane</t>
+          <t>Mavi Yeşil Top ve Hışırtılı Kuyruk</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256656086</t>
+          <t>9786256656574</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kitap Avcısı Kütüphanede</t>
+          <t>Laika ile Rüya’nın Dostluğu</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>134</v>
+        <v>130</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256574601</t>
+          <t>9786256656444</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Zıplayan Sinirler</t>
+          <t>Sihirli Elma Ağacı</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>134</v>
+        <v>188</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256574984</t>
+          <t>9786256656420</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Sıkıntım Nereye Kayboldu?</t>
+          <t>Gökkuşağı Sofrası</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>134</v>
+        <v>188</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256574892</t>
+          <t>9786256656666</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Ayı Boni Pijama Partisi</t>
+          <t>Sinek ve Harfler</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256574991</t>
+          <t>9786256656529</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Çoraplı Flamingo</t>
+          <t>Baybars ile Robi - Kodlama Macerası Başlıyor</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256574953</t>
+          <t>9786256656482</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mimi ve Müren’in Öyküsü</t>
+          <t>Arda’nın Kalemi</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>134</v>
+        <v>162</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256574878</t>
+          <t>9786256656260</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Kahraman Yapar</t>
+          <t>Yaz ve Gökkuşağı - Mevsimler Yolculuğu</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256574939</t>
+          <t>9786256656253</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Eren Kuş</t>
+          <t>Sihirli İğne</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>148</v>
+        <v>166</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256574854</t>
+          <t>9786256656239</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kızıldeniz’de Badem</t>
+          <t>Zoya Kendini Tanıtıyor</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256574731</t>
+          <t>9786256656079</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Çekirge Avcısı</t>
+          <t>Dev Portakal Ağacı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>134</v>
+        <v>162</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256574786</t>
+          <t>9786256656352</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Masallar Masalları</t>
+          <t>Rüzgâr Beni Uçurur mu?</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>134</v>
+        <v>188</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258339710</t>
+          <t>9786256656291</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Bal Porsuğu Uzaylılara Karşı - Tuhaf Hayvanlar Serisi 2</t>
+          <t>Kalem Tombak Yazmayı Öğreniyor</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>124</v>
+        <v>162</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256574717</t>
+          <t>9786256656246</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Toprak Hastalanır Mı?</t>
+          <t>Zoya Mutlu Hissediyor</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>84</v>
+        <v>175</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256574663</t>
+          <t>9786256656284</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Lino’nun Renkleri</t>
+          <t>Afacan Köpek Çakıl</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>134</v>
+        <v>162</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256574618</t>
+          <t>9786256656277</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Orman Çocuğu Göktuğ</t>
+          <t>Pamuk ve Gökkuşağı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>134</v>
+        <v>120</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256574502</t>
+          <t>9786256656093</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İyi ki Yıldızlar Var</t>
+          <t>Çikolataya Dönüş</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>124</v>
+        <v>175</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256574410</t>
+          <t>9786256656161</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Benim Hayalim Benim Masalım</t>
+          <t>İlk Kurabiyem</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>78</v>
+        <v>175</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256574526</t>
+          <t>9786256656154</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Anne! Sesimi Dinle</t>
+          <t>Anneler Çocuklarını Çok Sever</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>124</v>
+        <v>175</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256574625</t>
+          <t>9786256656109</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Karman</t>
+          <t>Arkadaşım Sarı</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>144</v>
+        <v>175</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256574403</t>
+          <t>9786256656017</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>İntertom Nasıl Bir Arkadaş</t>
+          <t>Sihirli Kütüphane</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>186</v>
+        <v>175</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256574489</t>
+          <t>9786256656086</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Pofpof ve Ada</t>
+          <t>Kitap Avcısı Kütüphanede</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>124</v>
+        <v>175</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256574496</t>
+          <t>9786256574601</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Özgürce Dans Edebilenler Kulübü</t>
+          <t>Zıplayan Sinirler</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>124</v>
+        <v>188</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256574533</t>
+          <t>9786256574984</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Ama Ben Dönme Dolabım</t>
+          <t>Sıkıntım Nereye Kayboldu?</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>124</v>
+        <v>175</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256574519</t>
+          <t>9786256574892</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Beni Anlarlar mı?</t>
+          <t>Ayı Boni Pijama Partisi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>124</v>
+        <v>175</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256574540</t>
+          <t>9786256574991</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Hırsız Kim?</t>
+          <t>Çoraplı Flamingo</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>124</v>
+        <v>175</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256574557</t>
+          <t>9786256574953</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Voleybolcu Tavşanlar</t>
+          <t>Küçük Mimi ve Müren’in Öyküsü</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256574342</t>
+          <t>9786256574878</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Çok Tehlikeli</t>
+          <t>Bilgi Kahraman Yapar</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256574298</t>
+          <t>9786256574939</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kendine Uçan Kuş</t>
+          <t>Eren Kuş</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>134</v>
+        <v>193</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256474994</t>
+          <t>9786256574854</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kaç Killi Kaç!</t>
+          <t>Kızıldeniz’de Badem</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>105</v>
+        <v>175</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256574243</t>
+          <t>9786256574731</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kelebek Cino</t>
+          <t>Çılgın Çekirge Avcısı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>124</v>
+        <v>175</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256574236</t>
+          <t>9786256574786</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Hep Düşerken mi Güzeldir Sakura?</t>
+          <t>Masallar Masalları</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256574229</t>
+          <t>9786258339710</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Bal Sultan ile Kemençe</t>
+          <t>Bal Porsuğu Uzaylılara Karşı - Tuhaf Hayvanlar Serisi 2</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>134</v>
+        <v>162</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256474987</t>
+          <t>9786256574717</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Öte Gezegen Yolcuları</t>
+          <t>Toprak Hastalanır Mı?</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>105</v>
+        <v>142</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256574250</t>
+          <t>9786256574663</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Hep Fındık Yenir mi?</t>
+          <t>Lino’nun Renkleri</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256574120</t>
+          <t>9786256574618</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Movie</t>
+          <t>Orman Çocuğu Göktuğ</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256574106</t>
+          <t>9786256574502</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Gizli Orman Öyküleri</t>
+          <t>İyi ki Yıldızlar Var</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>124</v>
+        <v>162</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256574083</t>
+          <t>9786256574410</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Gizli Bahçe’nin Anahtarı</t>
+          <t>Benim Hayalim Benim Masalım</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>124</v>
+        <v>101</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256574113</t>
+          <t>9786256574526</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Bu Ne Biçim Pilav</t>
+          <t>Anne! Sesimi Dinle</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>134</v>
+        <v>162</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256574168</t>
+          <t>9786256574625</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>En Büyük Kalp Kimin?</t>
+          <t>Karman</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>134</v>
+        <v>188</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256574045</t>
+          <t>9786256574403</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Bir de Böyle Bak</t>
+          <t>İntertom Nasıl Bir Arkadaş</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>134</v>
+        <v>202</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256574038</t>
+          <t>9786256574489</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Heves Bükücü Pakize</t>
+          <t>Pofpof ve Ada</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>148</v>
+        <v>162</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256474963</t>
+          <t>9786256574496</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Şiirli Sandık</t>
+          <t>Özgürce Dans Edebilenler Kulübü</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>116</v>
+        <v>162</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256474970</t>
+          <t>9786256574533</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Mimi</t>
+          <t>Ama Ben Dönme Dolabım</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>134</v>
+        <v>162</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256474888</t>
+          <t>9786256574519</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı ve Ayıcık Boni</t>
+          <t>Beni Anlarlar mı?</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>134</v>
+        <v>162</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256474864</t>
+          <t>9786256574540</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mürekkep Balığı Mükü</t>
+          <t>Hırsız Kim?</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>134</v>
+        <v>162</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256474772</t>
+          <t>9786256574557</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Bugi ve Zoi</t>
+          <t>Voleybolcu Tavşanlar</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256474840</t>
+          <t>9786256574342</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Tübüşek Oğlan</t>
+          <t>Çok Tehlikeli</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256474789</t>
+          <t>9786256574298</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Karnımdaki Rüzgar</t>
+          <t>Kendine Uçan Kuş</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>134</v>
+        <v>188</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256474765</t>
+          <t>9786256474994</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Düş Bahçesi</t>
+          <t>Kaç Killi Kaç!</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>134</v>
+        <v>105</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256474741</t>
+          <t>9786256574243</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Uçuyorum</t>
+          <t>Mavi Kelebek Cino</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>134</v>
+        <v>162</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256474727</t>
+          <t>9786256574236</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Limon Ağacı</t>
+          <t>Hep Düşerken mi Güzeldir Sakura?</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256474642</t>
+          <t>9786256574229</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Deniz’den Taşan Sevgi</t>
+          <t>Bal Sultan ile Kemençe</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256474611</t>
+          <t>9786256474987</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Kuşlama</t>
+          <t>Öte Gezegen Yolcuları</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>134</v>
+        <v>105</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256474710</t>
+          <t>9786256574250</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Ece Bezini Çıkarıyor</t>
+          <t>Hep Fındık Yenir mi?</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256474529</t>
+          <t>9786256574120</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Ferdi ile EsraCengizlikler</t>
+          <t>Kirpi Movie</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256474345</t>
+          <t>9786256574106</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Bezelyeler</t>
+          <t>Gizli Orman Öyküleri</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>134</v>
+        <v>124</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256474536</t>
+          <t>9786256574083</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Gezegen</t>
+          <t>Sihirli Gizli Bahçe’nin Anahtarı</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>134</v>
+        <v>124</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256474482</t>
+          <t>9786256574113</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Şekilsiz Şekiller- Düşler Düşünceler Ülkesi</t>
+          <t>Bu Ne Biçim Pilav</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>144</v>
+        <v>175</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256474512</t>
+          <t>9786256574168</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Hayal Gücü Sorun Çözer mi?</t>
+          <t>En Büyük Kalp Kimin?</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256474406</t>
+          <t>9786256574045</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Uçurtmamdan Dökülenler</t>
+          <t>Bir de Böyle Bak</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>134</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256474383</t>
+          <t>9786256574038</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Fotoğraf Çekmeyi Seven Naz</t>
+          <t>Heves Bükücü Pakize</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>134</v>
+        <v>193</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256474284</t>
+          <t>9786256474963</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sincap’ın Sonsuz Ağacı</t>
+          <t>Şiirli Sandık</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>144</v>
+        <v>151</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256474222</t>
+          <t>9786256474970</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Karnıma Korku Doldu</t>
+          <t>Benim Adım Mimi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256474260</t>
+          <t>9786256474888</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Orkestra</t>
+          <t>Gökkuşağı ve Ayıcık Boni</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256474185</t>
+          <t>9786256474864</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Masallar Ülkesinde Badem</t>
+          <t>Küçük Mürekkep Balığı Mükü</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256985872</t>
+          <t>9786256474772</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Kanatlar Hayallerinin Peşinde</t>
+          <t>Bugi ve Zoi</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>108</v>
+        <v>175</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256474123</t>
+          <t>9786256474840</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kalabalık Sofralar</t>
+          <t>Tübüşek Oğlan</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256474154</t>
+          <t>9786256474789</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Süper Dora ve Bitig</t>
+          <t>Karnımdaki Rüzgar</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256474208</t>
+          <t>9786256474765</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Hayal Gücü Atölyesi</t>
+          <t>Düş Bahçesi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>168</v>
+        <v>175</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256474086</t>
+          <t>9786256474741</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Lavinya Öfkesini Tanıyor!</t>
+          <t>Eyvah Uçuyorum</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256474079</t>
+          <t>9786256474727</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Elma Burunlu Kardan Adam</t>
+          <t>Dedemin Limon Ağacı</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256474048</t>
+          <t>9786256474642</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Benim Hikayem</t>
+          <t>Deniz’den Taşan Sevgi</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256985995</t>
+          <t>9786256474611</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Bokashi (Ciltli)</t>
+          <t>Kuşlama</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256985988</t>
+          <t>9786256474710</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Domatesler Nereye Kayboldu? (Ciltli)</t>
+          <t>Ece Bezini Çıkarıyor</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256474024</t>
+          <t>9786256474529</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Paha Biçilmez Dileği: Maya (Ciltli)</t>
+          <t>Ferdi ile EsraCengizlikler</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256985865</t>
+          <t>9786256474345</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Şu Belekoma Kalesi'nin Dili Olsa da Konuşsa (Ciltli)</t>
+          <t>Kaybolan Bezelyeler</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>244</v>
+        <v>175</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256985902</t>
+          <t>9786256474536</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Ela ve Şans’ın İlk Yardım Maceraları</t>
+          <t>Yeşil Gezegen</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>124</v>
+        <v>175</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256985919</t>
+          <t>9786256474482</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Balığı</t>
+          <t>Şekilsiz Şekiller- Düşler Düşünceler Ülkesi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>134</v>
+        <v>188</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256985964</t>
+          <t>9786256474512</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Neden Oynamasın?</t>
+          <t>Hayal Gücü Sorun Çözer mi?</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256985933</t>
+          <t>9786256474406</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Mahalle Günlükleri</t>
+          <t>Uçurtmamdan Dökülenler</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256985896</t>
+          <t>9786256474383</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Ela ve Şans’la Güvenli Beslenme</t>
+          <t>Fotoğraf Çekmeyi Seven Naz</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>124</v>
+        <v>175</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256985834</t>
+          <t>9786256474284</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Sansar Adası’na Yolculuk</t>
+          <t>Küçük Sincap’ın Sonsuz Ağacı</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>154</v>
+        <v>188</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256985797</t>
+          <t>9786256474222</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Hayal Makinesi</t>
+          <t>Karnıma Korku Doldu</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256985889</t>
+          <t>9786256474260</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Astronot Köpek Maylo</t>
+          <t>Çılgın Orkestra</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256985766</t>
+          <t>9786256474185</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Benim Bir Sorunum Var</t>
+          <t>Masallar Ülkesinde Badem</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>101</v>
+        <v>175</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256985704</t>
+          <t>9786256985872</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Huysuz Ormanda Hareketli Saatler</t>
+          <t>Görünmez Kanatlar Hayallerinin Peşinde</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>134</v>
+        <v>108</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256985698</t>
+          <t>9786256474123</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Pijamalarıyla Dünyayı Gezen Ayı Polo</t>
+          <t>Kalabalık Sofralar</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256985650</t>
+          <t>9786256474154</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Demir Dünya’yı Kurtarıyor</t>
+          <t>Süper Dora ve Bitig</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256985612</t>
+          <t>9786256474208</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Gagan Çok Yakışmış</t>
+          <t>Hayal Gücü Atölyesi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>134</v>
+        <v>202</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256985636</t>
+          <t>9786256474086</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kabak Kabi’nin Dileği</t>
+          <t>Lavinya Öfkesini Tanıyor!</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256985544</t>
+          <t>9786256474079</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Günün En İyisi</t>
+          <t>Elma Burunlu Kardan Adam</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256985506</t>
+          <t>9786256474048</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>A Different Dolphin: Elvin</t>
+          <t>Benim Hikayem</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256985445</t>
+          <t>9786256985995</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kurmanın Gücü</t>
+          <t>Bokashi (Ciltli)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256985469</t>
+          <t>9786256985988</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Onları Duydun mu?</t>
+          <t>Domatesler Nereye Kayboldu? (Ciltli)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786256985513</t>
+          <t>9786256474024</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Düş Peşime</t>
+          <t>Dünyanın En Paha Biçilmez Dileği: Maya (Ciltli)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256985520</t>
+          <t>9786256985865</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kuyruklu Kedi</t>
+          <t>Şu Belekoma Kalesi'nin Dili Olsa da Konuşsa (Ciltli)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>134</v>
+        <v>318</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256985421</t>
+          <t>9786256985902</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Maymun Gibi</t>
+          <t>Ela ve Şans’ın İlk Yardım Maceraları</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>134</v>
+        <v>162</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256985407</t>
+          <t>9786256985919</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Büyük Küçük İyilik</t>
+          <t>Gökkuşağı Balığı</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786256985384</t>
+          <t>9786256985964</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Müzede Karmaşa</t>
+          <t>Neden Oynamasın?</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>134</v>
+        <v>185</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786256985360</t>
+          <t>9786256985933</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Uykusu Kaçan Çocuk</t>
+          <t>Mahalle Günlükleri</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786256985377</t>
+          <t>9786256985896</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Büyüyenler</t>
+          <t>Ela ve Şans’la Güvenli Beslenme</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>134</v>
+        <v>162</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256985315</t>
+          <t>9786256985834</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Çoraplarını Çıkarmayan Kız</t>
+          <t>Sansar Adası’na Yolculuk</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>134</v>
+        <v>201</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786256985391</t>
+          <t>9786256985797</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Teyzemin Oyun Defteri</t>
+          <t>Hayal Makinesi</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256985346</t>
+          <t>9786256985889</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Zeus ve Ayberk’in Maceraları</t>
+          <t>Astronot Köpek Maylo</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786256985285</t>
+          <t>9786256985766</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Koala</t>
+          <t>Benim Bir Sorunum Var</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>134</v>
+        <v>101</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256985308</t>
+          <t>9786256985704</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Pamuk ile Keten</t>
+          <t>Huysuz Ormanda Hareketli Saatler</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786256985292</t>
+          <t>9786256985698</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Yaz ve Gökkuşağı - Tanışma Macerası</t>
+          <t>Pijamalarıyla Dünyayı Gezen Ayı Polo</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256985216</t>
+          <t>9786256985650</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Alp’in Foça Rehberi</t>
+          <t>Demir Dünya’yı Kurtarıyor</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256985209</t>
+          <t>9786256985612</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Farklı Bir Yunus: Elvin</t>
+          <t>Gagan Çok Yakışmış</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786256985094</t>
+          <t>9786256985636</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Matruşka</t>
+          <t>Kabak Kabi’nin Dileği</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256985155</t>
+          <t>9786256985544</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Hoşça Kal Meteor</t>
+          <t>Günün En İyisi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786256985261</t>
+          <t>9786256985506</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Çantamdaki Kamp Arkadaşım</t>
+          <t>A Different Dolphin: Elvin</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786256985230</t>
+          <t>9786256985445</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Solucan Olmak İsteyen Ağaç</t>
+          <t>Hayal Kurmanın Gücü</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786256985117</t>
+          <t>9786256985469</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Seni Seviyorum Anne</t>
+          <t>Onları Duydun mu?</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786256985056</t>
+          <t>9786256985513</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Işıkları Altında Badem</t>
+          <t>Düş Peşime</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786256985087</t>
+          <t>9786256985520</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Sihirli İnekler Diyarı</t>
+          <t>Mavi Kuyruklu Kedi</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786256985063</t>
+          <t>9786256985421</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Gözlerin Kapalıyken Kedi Görebilir misin?</t>
+          <t>Maymun Gibi</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786256985131</t>
+          <t>9786256985407</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Vera İnsanat Bahçesinde</t>
+          <t>Büyük Küçük İyilik</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786256985001</t>
+          <t>9786256985384</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Selvi Dede’nin Uyurgezer Kedisi</t>
+          <t>Müzede Karmaşa</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786258339949</t>
+          <t>9786256985360</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Çok Uzak Fazla Yakın</t>
+          <t>Uykusu Kaçan Çocuk</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786256985025</t>
+          <t>9786256985377</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Bobo Tek Başına Uyurken</t>
+          <t>Birlikte Büyüyenler</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786258339369</t>
+          <t>9786256985315</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Moli ile Mutluluğun Sırrı</t>
+          <t>Çoraplarını Çıkarmayan Kız</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786258339901</t>
+          <t>9786256985391</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Bir Kedicik Islık Çalabilir mi?</t>
+          <t>Teyzemin Oyun Defteri</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>144</v>
+        <v>175</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786258339864</t>
+          <t>9786256985346</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Açık Parmak Pima</t>
+          <t>Zeus ve Ayberk’in Maceraları</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>144</v>
+        <v>175</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786258339840</t>
+          <t>9786256985285</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Samira'nın Masalı</t>
+          <t>Gezgin Koala</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786258339628</t>
+          <t>9786256985308</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Favus’un Hayali</t>
+          <t>Pamuk ile Keten</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786258339604</t>
+          <t>9786256985292</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Prenses Mora</t>
+          <t>Yaz ve Gökkuşağı - Tanışma Macerası</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786258339598</t>
+          <t>9786256985216</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Şef Soldado</t>
+          <t>Alp’in Foça Rehberi</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786258339611</t>
+          <t>9786256985209</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Kumaşçı Örümcüş</t>
+          <t>Farklı Bir Yunus: Elvin</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786258339635</t>
+          <t>9786256985094</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Çocuk Olacağım</t>
+          <t>Matruşka</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786258339543</t>
+          <t>9786256985155</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Üç Kız Kardeş</t>
+          <t>Hoşça Kal Meteor</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>144</v>
+        <v>175</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786258339475</t>
+          <t>9786256985261</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Korkar mı Mor Kokarcalar?</t>
+          <t>Çantamdaki Kamp Arkadaşım</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786258339482</t>
+          <t>9786256985230</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Mathün'ün Serüveni</t>
+          <t>Solucan Olmak İsteyen Ağaç</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786258339406</t>
+          <t>9786256985117</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Maydanozlu Köfte</t>
+          <t>Seni Seviyorum Anne</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786258339437</t>
+          <t>9786256985056</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Ayı Balkız</t>
+          <t>Kuzey Işıkları Altında Badem</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>114</v>
+        <v>175</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786258339420</t>
+          <t>9786256985087</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Minik Bir Hikaye</t>
+          <t>Sihirli İnekler Diyarı</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>124</v>
+        <v>175</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786258339413</t>
+          <t>9786256985063</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Güzel Günler Gelecek Oni</t>
+          <t>Gözlerin Kapalıyken Kedi Görebilir misin?</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>124</v>
+        <v>175</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786258339444</t>
+          <t>9786256985131</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Renklerini Kaybeden Çocuk</t>
+          <t>Vera İnsanat Bahçesinde</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>144</v>
+        <v>175</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786258339246</t>
+          <t>9786256985001</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Okul - 1</t>
+          <t>Selvi Dede’nin Uyurgezer Kedisi</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786258339253</t>
+          <t>9786258339949</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Çaça Hayır Demeyi Öğreniyor</t>
+          <t>Çok Uzak Fazla Yakın</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786258339208</t>
+          <t>9786256985025</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Maceralar Kitabı</t>
+          <t>Bobo Tek Başına Uyurken</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>164</v>
+        <v>175</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786258339123</t>
+          <t>9786258339369</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Kolay Çizim Teknikleri</t>
+          <t>Moli ile Mutluluğun Sırrı</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>154</v>
+        <v>175</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786258339000</t>
+          <t>9786258339901</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Badem - Veteriner Kliniği</t>
+          <t>Bir Kedicik Islık Çalabilir mi?</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>134</v>
+        <v>188</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786258339086</t>
+          <t>9786258339864</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Cesur Kız - Bir Kedi Öyküsü</t>
+          <t>Açık Parmak Pima</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>134</v>
+        <v>188</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786258442892</t>
+          <t>9786258339840</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Düş Avcısı</t>
+          <t>Samira'nın Masalı</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786258339352</t>
+          <t>9786258339628</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Loli ile Uçan Balon</t>
+          <t>Favus’un Hayali</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786258339291</t>
+          <t>9786258339604</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Yağarsa Erir miyim?</t>
+          <t>Prenses Mora</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786258442854</t>
+          <t>9786258339598</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Portakal Ağaçlarımız</t>
+          <t>Şef Soldado</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>144</v>
+        <v>175</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786258442939</t>
+          <t>9786258339611</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Vapurda Şapkasını Düşüren Çocuk</t>
+          <t>Kumaşçı Örümcüş</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786258442878</t>
+          <t>9786258339635</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Nefesim Sihir Gibi</t>
+          <t>Büyüyünce Çocuk Olacağım</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786258442885</t>
+          <t>9786258339543</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>My Breath is Like a Magic</t>
+          <t>Üç Kız Kardeş</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>134</v>
+        <v>144</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786258442847</t>
+          <t>9786258339475</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>İtalya'da Bir Korona Gördüm Sanki!</t>
+          <t>Korkar mı Mor Kokarcalar?</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>156</v>
+        <v>175</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786258442908</t>
+          <t>9786258339482</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Yumurta ve Avokado</t>
+          <t>Mathün'ün Serüveni</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>124</v>
+        <v>175</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786258442915</t>
+          <t>9786258339406</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Hayallerimi Boyuyorum - Çocuklar için Mandala</t>
+          <t>Maydanozlu Köfte</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>124</v>
+        <v>175</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786258442779</t>
+          <t>9786258339437</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Bazen</t>
+          <t>Sevimli Ayı Balkız</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>134</v>
+        <v>207</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786258442731</t>
+          <t>9786258339420</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Kümülüs Diyarı'nda Olağanüstü Bir Gün</t>
+          <t>Minik Bir Hikaye</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>134</v>
+        <v>162</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786258442632</t>
+          <t>9786258339413</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Gül'ün Düşleri</t>
+          <t>Güzel Günler Gelecek Oni</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>134</v>
+        <v>180</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786258442588</t>
+          <t>9786258339444</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Avcıları</t>
+          <t>Renklerini Kaybeden Çocuk</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>52</v>
+        <v>188</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786258442595</t>
+          <t>9786258339246</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Şarjı Azalan Mori</t>
+          <t>Çılgın Okul - 1</t>
         </is>
       </c>
       <c r="C274" s="1">
         <v>134</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786258442076</t>
+          <t>9786258339253</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Sayfa</t>
+          <t>Çaça Hayır Demeyi Öğreniyor</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786258442335</t>
+          <t>9786258339208</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Bulut</t>
+          <t>Sihirli Maceralar Kitabı</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>134</v>
+        <v>214</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786258442212</t>
+          <t>9786258339123</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Frigya</t>
+          <t>Çocuklar İçin Kolay Çizim Teknikleri</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>112</v>
+        <v>154</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786258442083</t>
+          <t>9786258339000</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Büyükannemle Aynı Gün Doğduk</t>
+          <t>Badem - Veteriner Kliniği</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786258442175</t>
+          <t>9786258339086</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Gezegen X</t>
+          <t>Cesur Kız - Bir Kedi Öyküsü</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>46</v>
+        <v>175</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786258442151</t>
+          <t>9786258442892</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Aydede Dünyayı Dolaşıyor</t>
+          <t>Düş Avcısı</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>112</v>
+        <v>175</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786257418928</t>
+          <t>9786258339352</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Dikkat! Evde Fare Var</t>
+          <t>Loli ile Uçan Balon</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786257418768</t>
+          <t>9786258339291</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Kamyonum</t>
+          <t>Yağmur Yağarsa Erir miyim?</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786257418744</t>
+          <t>9786258442854</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Büyükannenin Gizemli Odası</t>
+          <t>Portakal Ağaçlarımız</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>134</v>
+        <v>188</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786257418751</t>
+          <t>9786258442939</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Papi ve Denizyıldızı Macerası</t>
+          <t>Vapurda Şapkasını Düşüren Çocuk</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786257418713</t>
+          <t>9786258442878</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Her Gün Özeldir</t>
+          <t>Nefesim Sihir Gibi</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786257418720</t>
+          <t>9786258442885</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Garip Gezegen Suhan</t>
+          <t>My Breath is Like a Magic</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>45</v>
+        <v>175</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786257418430</t>
+          <t>9786258442847</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Serseri Kedim</t>
+          <t>İtalya'da Bir Korona Gördüm Sanki!</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>134</v>
+        <v>203</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786257418386</t>
+          <t>9786258442908</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Hokus Pokus Buz</t>
+          <t>Yumurta ve Avokado</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>134</v>
+        <v>162</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786257418225</t>
+          <t>9786258442915</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Bir Oğlun Olursa Adımı Koy Lütfen</t>
+          <t>Hayallerimi Boyuyorum - Çocuklar için Mandala</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>29</v>
+        <v>162</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786257418249</t>
+          <t>9786258442779</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Yüzük</t>
+          <t>Bazen</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786257700702</t>
+          <t>9786258442731</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Bulut Tarlası</t>
+          <t>Kümülüs Diyarı'nda Olağanüstü Bir Gün</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786257700597</t>
+          <t>9786258442632</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Leylek Leyli</t>
+          <t>Gül'ün Düşleri</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>124</v>
+        <v>175</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786257700498</t>
+          <t>9786258442588</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Bozuk Para</t>
+          <t>Bilgi Avcıları</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786257700283</t>
+          <t>9786258442595</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Denizinin Gözyaşları</t>
+          <t>Şarjı Azalan Mori</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>105</v>
+        <v>175</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786257700207</t>
+          <t>9786258442076</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Findi İle Fisti</t>
+          <t>Sihirli Sayfa</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
+          <t>9786258442335</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Arkadaşım Bulut</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9786258442212</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Adım Adım Frigya</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9786258442083</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Büyükannemle Aynı Gün Doğduk</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9786258442175</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Gezegen X</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9786258442151</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Aydede Dünyayı Dolaşıyor</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9786257418928</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Dikkat! Evde Fare Var</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9786257418768</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Yeşil Kamyonum</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9786257418744</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>Büyükannenin Gizemli Odası</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9786257418751</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Papi ve Denizyıldızı Macerası</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9786257418713</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Her Gün Özeldir</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9786257418720</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Garip Gezegen Suhan</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9786257418430</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Sevgili Serseri Kedim</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9786257418386</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Hokus Pokus Buz</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9786257418225</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Bir Oğlun Olursa Adımı Koy Lütfen</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9786257418249</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Yüzük</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9786257700702</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Bulut Tarlası</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9786257700597</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Leylek Leyli</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9786257700498</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Bozuk Para</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9786257700283</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>Gökyüzü Denizinin Gözyaşları</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9786257700207</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>Findi İle Fisti</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
           <t>9786257700061</t>
         </is>
       </c>
-      <c r="B296" s="1" t="inlineStr">
+      <c r="B316" s="1" t="inlineStr">
         <is>
           <t>The Alien Friends</t>
         </is>
       </c>
-      <c r="C296" s="1">
-        <v>164</v>
+      <c r="C316" s="1">
+        <v>214</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>