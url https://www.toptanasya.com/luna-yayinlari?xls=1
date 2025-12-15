--- v0 (2025-10-28)
+++ v1 (2025-12-15)
@@ -85,10930 +85,11065 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255582713</t>
+          <t>9786255582928</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Hayat Antrenmanı</t>
+          <t>Küçük Çizgiler Büyük Mesajlar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>224</v>
+        <v>188</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255582737</t>
+          <t>9786255582935</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kulak Tıkama Sanatı</t>
+          <t>Defne’nin Hikâyesi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>189</v>
+        <v>312</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255582461</t>
+          <t>9786255582911</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Harman</t>
+          <t>P4C Etkinlikleri</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>282</v>
+        <v>248</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255582683</t>
+          <t>9786255582898</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Bütünsel Sağlık ve Güzellik</t>
+          <t>Bu Kadar da Çok Sevilmez ki Geceler</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>312</v>
+        <v>188</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255582690</t>
+          <t>9786255582768</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>7 İklim</t>
+          <t>Sigara ile Savaşım</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>144</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255582676</t>
+          <t>9786255582874</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kolhis</t>
+          <t>Mercek</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>264</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255582621</t>
+          <t>9786255582720</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Akordeonlu Meksika</t>
+          <t>Sunita</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>144</v>
+        <v>228</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255582577</t>
+          <t>9786255582843</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Sustuğumuz Yerden Yaralıyız</t>
+          <t>Zihnin Görünmeyen Mesaisi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>164</v>
+        <v>144</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256075146</t>
+          <t>9786255582782</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Üstüne Alın</t>
+          <t>Hayatımın İçinde Sakladıklarım</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>102</v>
+        <v>244</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256656772</t>
+          <t>9786255582713</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yaratılış</t>
+          <t>Hayat Antrenmanı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>164</v>
+        <v>224</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256574021</t>
+          <t>9786255582737</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Gezegen</t>
+          <t>Kulak Tıkama Sanatı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>174</v>
+        <v>189</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256474314</t>
+          <t>9786255582461</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Umut Bir Otizm Kitabı</t>
+          <t>Harman</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>114</v>
+        <v>282</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256985971</t>
+          <t>9786255582683</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm İçin Koçluk</t>
+          <t>Bütünsel Sağlık ve Güzellik</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>224</v>
+        <v>312</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256985605</t>
+          <t>9786255582690</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ben Yazar Değilim</t>
+          <t>7 İklim</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>105</v>
+        <v>144</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257417959</t>
+          <t>9786255582676</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kırılgan</t>
+          <t>Kolhis</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>88</v>
+        <v>264</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258442618</t>
+          <t>9786255582621</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kelimeler</t>
+          <t>Akordeonlu Meksika</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>98</v>
+        <v>144</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258442113</t>
+          <t>9786255582577</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Baharı Dalında Öptüm</t>
+          <t>Hepimiz Sustuğumuz Yerden Yaralıyız</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>44</v>
+        <v>164</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786058089259</t>
+          <t>9786256075146</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Çaba</t>
+          <t>Üstüne Alın</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>88</v>
+        <v>102</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257418058</t>
+          <t>9786256656772</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kış Kırığı</t>
+          <t>Yaratılış</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>94</v>
+        <v>164</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257418003</t>
+          <t>9786256574021</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Değilsin</t>
+          <t>Kayıp Gezegen</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>59</v>
+        <v>174</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257950732</t>
+          <t>9786256474314</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kınalı Nasıl Ev Kedisi Oldu?</t>
+          <t>Benim Adım Umut Bir Otizm Kitabı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>98</v>
+        <v>114</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257700245</t>
+          <t>9786256985971</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>Dönüşüm İçin Koçluk</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>71</v>
+        <v>224</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257950206</t>
+          <t>9786256985605</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İmkansızım</t>
+          <t>Ben Yazar Değilim</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>59</v>
+        <v>105</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255582591</t>
+          <t>9786257417959</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Özlemle Antakya</t>
+          <t>Kırılgan</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>350</v>
+        <v>88</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255582584</t>
+          <t>9786258442618</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Shakespeare Sevdası</t>
+          <t>Sihirli Kelimeler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>488</v>
+        <v>98</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255582560</t>
+          <t>9786258442113</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Mahşer 8 Kitabındaki Anlamlı Veriler</t>
+          <t>Baharı Dalında Öptüm</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>212</v>
+        <v>44</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255582539</t>
+          <t>9786058089259</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Eli</t>
+          <t>Çaba</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>254</v>
+        <v>88</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255582447</t>
+          <t>9786257418058</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İç Sesim ile Uzlaşma</t>
+          <t>Kış Kırığı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>499</v>
+        <v>94</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255582454</t>
+          <t>9786257418003</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Baş Saatler Orkestrası</t>
+          <t>Yalnız Değilsin</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>134</v>
+        <v>59</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255582348</t>
+          <t>9786257950732</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Gördün Mü Turnam</t>
+          <t>Kınalı Nasıl Ev Kedisi Oldu?</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>299</v>
+        <v>98</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255582522</t>
+          <t>9786257700245</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Dilden Dökülenler</t>
+          <t>2</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>164</v>
+        <v>71</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255582423</t>
+          <t>9786257950206</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Eylül Çiçeği Yalnızlığım</t>
+          <t>İmkansızım</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>144</v>
+        <v>59</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255582393</t>
+          <t>9786255582591</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kurt Korkusu</t>
+          <t>Özlemle Antakya</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>189</v>
+        <v>350</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255582386</t>
+          <t>9786255582584</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Esrarlı Mısralar</t>
+          <t>Shakespeare Sevdası</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>164</v>
+        <v>488</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255582294</t>
+          <t>9786255582560</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yaz ve Gökkuşağı - Kırmızı Pabuçlar</t>
+          <t>Mahşer 8 Kitabındaki Anlamlı Veriler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>134</v>
+        <v>212</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255582331</t>
+          <t>9786255582539</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yuvasız Kuşlar</t>
+          <t>Tanrı’nın Eli</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>248</v>
+        <v>254</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257700153</t>
+          <t>9786255582447</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Hazinenin Peşinde Senin Maceran 2</t>
+          <t>İç Sesim ile Uzlaşma</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>72</v>
+        <v>499</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255582287</t>
+          <t>9786255582454</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Bilmekte Yarar Var</t>
+          <t>Baş Saatler Orkestrası</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>324</v>
+        <v>134</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256075627</t>
+          <t>9786255582348</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Öğrencisi</t>
+          <t>Gördün Mü Turnam</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>398</v>
+        <v>299</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255582249</t>
+          <t>9786255582522</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Personel</t>
+          <t>Dilden Dökülenler</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>220</v>
+        <v>164</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255582256</t>
+          <t>9786255582423</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Benim Derin Deniz’im</t>
+          <t>Eylül Çiçeği Yalnızlığım</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>216</v>
+        <v>144</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255582263</t>
+          <t>9786255582393</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Psikiyatri Koğuşunda Resim Sergisi</t>
+          <t>Kurt Korkusu</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>226</v>
+        <v>189</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255582195</t>
+          <t>9786255582386</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Müjde</t>
+          <t>Esrarlı Mısralar</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>134</v>
+        <v>164</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255582188</t>
+          <t>9786255582294</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Geri Dönüş(süz)! (Roman Üçlemesi)</t>
+          <t>Yaz ve Gökkuşağı - Kırmızı Pabuçlar</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>389</v>
+        <v>134</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255582157</t>
+          <t>9786255582331</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Alakart Sohbetler ve Garnitür Sosları</t>
+          <t>Yuvasız Kuşlar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>324</v>
+        <v>248</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255582140</t>
+          <t>9786257700153</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Senfonisi</t>
+          <t>Gizemli Hazinenin Peşinde Senin Maceran 2</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>134</v>
+        <v>72</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255582201</t>
+          <t>9786255582287</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Adalet mi Anne?</t>
+          <t>Bilmekte Yarar Var</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>154</v>
+        <v>324</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255582171</t>
+          <t>9786256075627</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Türkçe-İngilizce-Yalın Türkçe İnşaat Mühendisliği Terimleri Sözlüğü</t>
+          <t>Aşkın Öğrencisi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>2250</v>
+        <v>398</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255582065</t>
+          <t>9786255582249</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Türk Kavminden Türk Milletine Doğu Türk Budun ve Batı Türk Budun</t>
+          <t>Personel</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>144</v>
+        <v>220</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256075931</t>
+          <t>9786255582256</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçinden</t>
+          <t>Benim Derin Deniz’im</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>254</v>
+        <v>216</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255582058</t>
+          <t>9786255582263</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bilgisel Yakın Siyasi Tarihin Dönüm Noktaları</t>
+          <t>Psikiyatri Koğuşunda Resim Sergisi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>244</v>
+        <v>226</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255582041</t>
+          <t>9786255582195</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kirpi ile Papatya</t>
+          <t>Müjde</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>154</v>
+        <v>134</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256075870</t>
+          <t>9786255582188</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Varoş Kraliçesi Bübüş</t>
+          <t>Geri Dönüş(süz)! (Roman Üçlemesi)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>134</v>
+        <v>389</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256075856</t>
+          <t>9786255582157</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kadının Çağrısı</t>
+          <t>Alakart Sohbetler ve Garnitür Sosları</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>202</v>
+        <v>324</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256075917</t>
+          <t>9786255582140</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Mum Biterken</t>
+          <t>Aşkın Senfonisi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>144</v>
+        <v>134</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256075863</t>
+          <t>9786255582201</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Bizden Ben Kala</t>
+          <t>Adalet mi Anne?</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>134</v>
+        <v>154</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256075764</t>
+          <t>9786255582171</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Ecel Kılıcı</t>
+          <t>Türkçe-İngilizce-Yalın Türkçe İnşaat Mühendisliği Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>254</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258442472</t>
+          <t>9786255582065</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Arz-ı Berzah</t>
+          <t>Türk Kavminden Türk Milletine Doğu Türk Budun ve Batı Türk Budun</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>189</v>
+        <v>144</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258442724</t>
+          <t>9786256075931</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Soyunur Zaman</t>
+          <t>Hayatın İçinden</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>124</v>
+        <v>254</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258442786</t>
+          <t>9786255582058</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Satır Başı</t>
+          <t>Bilgisel Yakın Siyasi Tarihin Dönüm Noktaları</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>134</v>
+        <v>244</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258442625</t>
+          <t>9786255582041</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Rune Mucizesi</t>
+          <t>Kirpi ile Papatya</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>202</v>
+        <v>154</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786058089297</t>
+          <t>9786256075870</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Puk Kodu</t>
+          <t>Varoş Kraliçesi Bübüş</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>189</v>
+        <v>134</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257418164</t>
+          <t>9786256075856</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Akkız</t>
+          <t>Kadının Çağrısı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>134</v>
+        <v>202</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257950343</t>
+          <t>9786256075917</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>13 Bilet</t>
+          <t>Mum Biterken</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>144</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256075818</t>
+          <t>9786256075863</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Makas</t>
+          <t>Bizden Ben Kala</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>265</v>
+        <v>134</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256075788</t>
+          <t>9786256075764</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Masalları</t>
+          <t>Ecel Kılıcı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>144</v>
+        <v>254</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256075702</t>
+          <t>9786258442472</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kıpçak Türkleri ve Kıpçakların Bugünü</t>
+          <t>Arz-ı Berzah</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>154</v>
+        <v>189</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256075658</t>
+          <t>9786258442724</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluğun Melodisi 3 Tanrıların Alacakaranlığı</t>
+          <t>Soyunur Zaman</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>172</v>
+        <v>124</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256075665</t>
+          <t>9786258442786</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Anastasia</t>
+          <t>Satır Başı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>276</v>
+        <v>134</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256075696</t>
+          <t>9786258442625</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Bin Turna Avazı</t>
+          <t>Rune Mucizesi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>178</v>
+        <v>202</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258339338</t>
+          <t>9786058089297</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Kaşifler</t>
+          <t>Hayatın Puk Kodu</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>96</v>
+        <v>189</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256075528</t>
+          <t>9786257418164</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Güneşli Günlere</t>
+          <t>Akkız</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>164</v>
+        <v>134</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256075580</t>
+          <t>9786257950343</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Mihnetnâme</t>
+          <t>13 Bilet</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>132</v>
+        <v>144</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256075504</t>
+          <t>9786256075818</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İngilizce-Yalın Türkçe İnşaat Mühendisliği Terimler Sözlüğü</t>
+          <t>Makas</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>1450</v>
+        <v>265</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256075597</t>
+          <t>9786256075788</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Hatun Kişi Niyetine</t>
+          <t>Zamanın Masalları</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>148</v>
+        <v>144</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256075573</t>
+          <t>9786256075702</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kapılılar</t>
+          <t>Kıpçak Türkleri ve Kıpçakların Bugünü</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>169</v>
+        <v>154</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256075566</t>
+          <t>9786256075658</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Tinnitus</t>
+          <t>Sonsuzluğun Melodisi 3 Tanrıların Alacakaranlığı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>148</v>
+        <v>172</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256075610</t>
+          <t>9786256075665</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Yolculuğun Ötesinde</t>
+          <t>Anastasia</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>314</v>
+        <v>276</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256075429</t>
+          <t>9786256075696</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Bir Stetoskobun Peşinde</t>
+          <t>Bin Turna Avazı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>258</v>
+        <v>178</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256075481</t>
+          <t>9786258339338</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sihirli 7</t>
+          <t>Gizemli Kaşifler</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>110</v>
+        <v>96</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256075412</t>
+          <t>9786256075528</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Analar Ağlamasın</t>
+          <t>Güneşli Günlere</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>180</v>
+        <v>164</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256075382</t>
+          <t>9786256075580</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İşimde İz Bırakanlar</t>
+          <t>Mihnetnâme</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>144</v>
+        <v>132</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256075306</t>
+          <t>9786256075504</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Eksiliyorum Gitgide</t>
+          <t>İngilizce-Yalın Türkçe İnşaat Mühendisliği Terimler Sözlüğü</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>129</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256075337</t>
+          <t>9786256075597</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Yaşantının Kalın Duvarları</t>
+          <t>Hatun Kişi Niyetine</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>134</v>
+        <v>148</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256075344</t>
+          <t>9786256075573</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Aşısı</t>
+          <t>Kırmızı Kapılılar</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>124</v>
+        <v>169</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256075313</t>
+          <t>9786256075566</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Mor Pelerinli Kuyt</t>
+          <t>Tinnitus</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>166</v>
+        <v>148</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256075290</t>
+          <t>9786256075610</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Gürültüsü</t>
+          <t>Yolculuğun Ötesinde</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>105</v>
+        <v>314</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256075252</t>
+          <t>9786256075429</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Sen Bana Yasaksın Ben Sana Yasak</t>
+          <t>Bir Stetoskobun Peşinde</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>142</v>
+        <v>258</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256075184</t>
+          <t>9786256075481</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Köşedeki Ekonomi 2</t>
+          <t>Sihirli 7</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>189</v>
+        <v>110</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256075207</t>
+          <t>9786256075412</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Eylül Mavisi</t>
+          <t>Analar Ağlamasın</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>189</v>
+        <v>180</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256075238</t>
+          <t>9786256075382</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya Saçlarımda</t>
+          <t>İşimde İz Bırakanlar</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>135</v>
+        <v>144</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256075221</t>
+          <t>9786256075306</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Turuncu Defter</t>
+          <t>Eksiliyorum Gitgide</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>100</v>
+        <v>129</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256075177</t>
+          <t>9786256075337</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Unutulan Yüzler</t>
+          <t>Yaşantının Kalın Duvarları</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>198</v>
+        <v>134</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256075245</t>
+          <t>9786256075344</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Duyguların Dünyasında Bir Yolculuk</t>
+          <t>Çiçek Aşısı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>132</v>
+        <v>124</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256075153</t>
+          <t>9786256075313</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Mavi Çanaklık</t>
+          <t>Mor Pelerinli Kuyt</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>132</v>
+        <v>166</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256075139</t>
+          <t>9786256075290</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Yansıma</t>
+          <t>Aşkın Gürültüsü</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>134</v>
+        <v>105</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256656192</t>
+          <t>9786256075252</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Nisana Öykünen Haziran</t>
+          <t>Sen Bana Yasaksın Ben Sana Yasak</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>154</v>
+        <v>142</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256574915</t>
+          <t>9786256075184</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Acele Aşka Şeytan Karışır</t>
+          <t>Köşedeki Ekonomi 2</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>194</v>
+        <v>189</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256075085</t>
+          <t>9786256075207</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Sudan Hüzünler</t>
+          <t>Eylül Mavisi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>264</v>
+        <v>189</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256075078</t>
+          <t>9786256075238</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Zeynep</t>
+          <t>Mezopotamya Saçlarımda</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>164</v>
+        <v>135</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256075061</t>
+          <t>9786256075221</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Aşka Dair Ne Varsa</t>
+          <t>Turuncu Defter</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>176</v>
+        <v>100</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256075054</t>
+          <t>9786256075177</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Zayi (Ciltli)</t>
+          <t>Unutulan Yüzler</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>104</v>
+        <v>198</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256656901</t>
+          <t>9786256075245</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Hayatım Roman Olur</t>
+          <t>Duyguların Dünyasında Bir Yolculuk</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>173</v>
+        <v>132</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256075108</t>
+          <t>9786256075153</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Kapı</t>
+          <t>Mavi Çanaklık</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>117</v>
+        <v>132</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256656215</t>
+          <t>9786256075139</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Tülay</t>
+          <t>Yansıma</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>214</v>
+        <v>134</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256656949</t>
+          <t>9786256656192</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Yara Bandı Tedavisi</t>
+          <t>Nisana Öykünen Haziran</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>157</v>
+        <v>154</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256656925</t>
+          <t>9786256574915</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Adı Neva</t>
+          <t>Acele Aşka Şeytan Karışır</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>144</v>
+        <v>194</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256656994</t>
+          <t>9786256075085</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Efkarımın Esrarı</t>
+          <t>Sudan Hüzünler</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>189</v>
+        <v>264</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256656932</t>
+          <t>9786256075078</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Annemle Konuşan Kedim</t>
+          <t>Zeynep</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>112</v>
+        <v>164</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256656987</t>
+          <t>9786256075061</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Rakamların Dili ve Sekansları</t>
+          <t>Aşka Dair Ne Varsa</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>178</v>
+        <v>176</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256656888</t>
+          <t>9786256075054</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Nilüfer</t>
+          <t>Aşk-ı Zayi (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>124</v>
+        <v>104</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256656680</t>
+          <t>9786256656901</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Ogham Mucizesi</t>
+          <t>Hayatım Roman Olur</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>154</v>
+        <v>173</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256656710</t>
+          <t>9786256075108</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Fil Pazarı</t>
+          <t>Dokuz Kapı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>214</v>
+        <v>117</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256656819</t>
+          <t>9786256656215</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Bekleme Salonu ya da Bulanık</t>
+          <t>Tülay</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>108</v>
+        <v>214</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256656802</t>
+          <t>9786256656949</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Atam ve Hayat</t>
+          <t>Yara Bandı Tedavisi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>134</v>
+        <v>157</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256656758</t>
+          <t>9786256656925</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Lösemiliydim</t>
+          <t>Adı Neva</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>148</v>
+        <v>144</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256656406</t>
+          <t>9786256656994</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Münakaşa</t>
+          <t>Efkarımın Esrarı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>144</v>
+        <v>189</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256656789</t>
+          <t>9786256656932</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Tek Materyal Çok Oyun</t>
+          <t>Annemle Konuşan Kedim</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>144</v>
+        <v>112</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256656376</t>
+          <t>9786256656987</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Gassal</t>
+          <t>Rakamların Dili ve Sekansları</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>144</v>
+        <v>178</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256656635</t>
+          <t>9786256656888</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Iğırcık Vakti</t>
+          <t>Nilüfer</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>284</v>
+        <v>124</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256656765</t>
+          <t>9786256656680</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Tuhafara’da Bir Gün</t>
+          <t>Ogham Mucizesi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>82</v>
+        <v>154</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256656703</t>
+          <t>9786256656710</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Fısıldadı</t>
+          <t>Fil Pazarı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>274</v>
+        <v>214</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256656727</t>
+          <t>9786256656819</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Bu Neyin Sesi</t>
+          <t>Dünyanın Bekleme Salonu ya da Bulanık</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>166</v>
+        <v>108</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256656581</t>
+          <t>9786256656802</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>İzdüşüm</t>
+          <t>Atam ve Hayat</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>148</v>
+        <v>134</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256656659</t>
+          <t>9786256656758</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Beklentilerin Dengesi - Sürdürülebilir İşleyişin Verimliliği Üzerine</t>
+          <t>Lösemiliydim</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>334</v>
+        <v>148</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256656437</t>
+          <t>9786256656406</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kırıklıkları Tamir Dükkanı</t>
+          <t>İçimdeki Münakaşa</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>144</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256656697</t>
+          <t>9786256656789</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluğun Melodisi 2: Gölgenin Gizemi</t>
+          <t>Tek Materyal Çok Oyun</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>228</v>
+        <v>144</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256656499</t>
+          <t>9786256656376</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Duru</t>
+          <t>Gassal</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>134</v>
+        <v>144</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256656468</t>
+          <t>9786256656635</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Cadılık Zanaatı - Gölgeler Kitabı</t>
+          <t>Iğırcık Vakti</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>579</v>
+        <v>284</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256656475</t>
+          <t>9786256656765</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Cadılık Zanaatı - Aynalar Kitabı</t>
+          <t>Tuhafara’da Bir Gün</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>459</v>
+        <v>82</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256656550</t>
+          <t>9786256656703</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Geride Kalanlar 2</t>
+          <t>Kuşlar Fısıldadı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>414</v>
+        <v>274</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256656543</t>
+          <t>9786256656727</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Geride Kalanlar 1</t>
+          <t>Bu Neyin Sesi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>399</v>
+        <v>166</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256656567</t>
+          <t>9786256656581</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Geride Kalanlar 3</t>
+          <t>İzdüşüm</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>405</v>
+        <v>148</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256656383</t>
+          <t>9786256656659</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Canparem</t>
+          <t>Beklentilerin Dengesi - Sürdürülebilir İşleyişin Verimliliği Üzerine</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>154</v>
+        <v>334</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256656505</t>
+          <t>9786256656437</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Rönesansı Aşk Şiirleri Derlemesi</t>
+          <t>Hayal Kırıklıkları Tamir Dükkanı</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>173</v>
+        <v>144</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256656390</t>
+          <t>9786256656697</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Başka Türlü Hayatlar</t>
+          <t>Sonsuzluğun Melodisi 2: Gölgenin Gizemi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>148</v>
+        <v>228</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256656451</t>
+          <t>9786256656499</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Lazarus</t>
+          <t>Duru</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>224</v>
+        <v>134</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256656345</t>
+          <t>9786256656468</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Ve Sonsuza Kadar Mutlu mu Yaşadılar?..</t>
+          <t>Cadılık Zanaatı - Gölgeler Kitabı</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>154</v>
+        <v>579</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256656369</t>
+          <t>9786256656475</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Bir Korkunun Masalı ya da…</t>
+          <t>Cadılık Zanaatı - Aynalar Kitabı</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>174</v>
+        <v>459</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256656321</t>
+          <t>9786256656550</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Eylülün Kızı</t>
+          <t>Geride Kalanlar 2</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>154</v>
+        <v>414</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256656307</t>
+          <t>9786256656543</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Keşke Biraz Sen Olabilsem</t>
+          <t>Geride Kalanlar 1</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>198</v>
+        <v>399</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256656413</t>
+          <t>9786256656567</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Berfu</t>
+          <t>Geride Kalanlar 3</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>144</v>
+        <v>405</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256474734</t>
+          <t>9786256656383</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Mümkündü</t>
+          <t>Canparem</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>188</v>
+        <v>154</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256656338</t>
+          <t>9786256656505</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Adam ve Çocuk</t>
+          <t>İngiliz Rönesansı Aşk Şiirleri Derlemesi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>229</v>
+        <v>173</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256574052</t>
+          <t>9786256656390</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Sınavına Hazırlanan Öğrenciler İçin Tavsiyeler</t>
+          <t>Başka Türlü Hayatlar</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>348</v>
+        <v>148</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786258339680</t>
+          <t>9786256656451</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Sözlü Çeviri Dünyası</t>
+          <t>Lazarus</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>188</v>
+        <v>224</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256656178</t>
+          <t>9786256656345</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Ubıhların Masalları ve Hikayeleri</t>
+          <t>Ve Sonsuza Kadar Mutlu mu Yaşadılar?..</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>154</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256656123</t>
+          <t>9786256656369</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Maviden Sonrası Sensin</t>
+          <t>Bir Korkunun Masalı ya da…</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>154</v>
+        <v>174</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256656208</t>
+          <t>9786256656321</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Murat’tan Fırat’a</t>
+          <t>Eylülün Kızı</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>258</v>
+        <v>154</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256656222</t>
+          <t>9786256656307</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>O! Şiirsi Öyküler</t>
+          <t>Keşke Biraz Sen Olabilsem</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>144</v>
+        <v>198</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256656185</t>
+          <t>9786256656413</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtan Bugüne Türk Halkları ve Alt Boyları</t>
+          <t>Berfu</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>424</v>
+        <v>144</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256574335</t>
+          <t>9786256474734</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Canımın Canı</t>
+          <t>Her Şey Mümkündü</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>208</v>
+        <v>188</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256656031</t>
+          <t>9786256656338</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Sosyoçürük</t>
+          <t>Adam ve Çocuk</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>278</v>
+        <v>229</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256656130</t>
+          <t>9786256574052</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Tomris</t>
+          <t>Üniversite Sınavına Hazırlanan Öğrenciler İçin Tavsiyeler</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>134</v>
+        <v>348</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256656147</t>
+          <t>9786258339680</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Rüya</t>
+          <t>Sözlü Çeviri Dünyası</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>134</v>
+        <v>188</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256656024</t>
+          <t>9786256656178</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Islık</t>
+          <t>Ubıhların Masalları ve Hikayeleri</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>254</v>
+        <v>154</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256656000</t>
+          <t>9786256656123</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğe Uyanış</t>
+          <t>Maviden Sonrası Sensin</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>181</v>
+        <v>154</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256656055</t>
+          <t>9786256656208</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Sen Nergis Ol, Ben Sardunya</t>
+          <t>Murat’tan Fırat’a</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>154</v>
+        <v>258</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256656062</t>
+          <t>9786256656222</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Yoğun Bakış</t>
+          <t>O! Şiirsi Öyküler</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>144</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256574922</t>
+          <t>9786256656185</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Evdeki Ergen</t>
+          <t>Başlangıçtan Bugüne Türk Halkları ve Alt Boyları</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>144</v>
+        <v>424</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256574946</t>
+          <t>9786256574335</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Toprak’ın Rüyası</t>
+          <t>Canımın Canı</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>224</v>
+        <v>208</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256574977</t>
+          <t>9786256656031</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Kıyısında</t>
+          <t>Sosyoçürük</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>76</v>
+        <v>278</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256656048</t>
+          <t>9786256656130</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Bağ Fani, Bağlar Baki</t>
+          <t>Tomris</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>248</v>
+        <v>134</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256574960</t>
+          <t>9786256656147</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Devrim</t>
+          <t>Rüya</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>548</v>
+        <v>134</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256574908</t>
+          <t>9786256656024</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Bembeyaz Yaka</t>
+          <t>Islık</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>134</v>
+        <v>254</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256574793</t>
+          <t>9786256656000</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Toplum Yarası</t>
+          <t>Gerçeğe Uyanış</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>145</v>
+        <v>181</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256574847</t>
+          <t>9786256656055</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Deniz, Kalbimdeki Aşk, Gönlümdeki Sevgi…</t>
+          <t>Sen Nergis Ol, Ben Sardunya</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>164</v>
+        <v>154</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256574823</t>
+          <t>9786256656062</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Boz Yaz</t>
+          <t>Yoğun Bakış</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>134</v>
+        <v>144</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256574830</t>
+          <t>9786256574922</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Sarı Tuval</t>
+          <t>Evdeki Ergen</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>144</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256574809</t>
+          <t>9786256574946</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Ve Bir Gün</t>
+          <t>Toprak’ın Rüyası</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>134</v>
+        <v>224</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256574816</t>
+          <t>9786256574977</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Oda A17</t>
+          <t>Yaşamın Kıyısında</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>134</v>
+        <v>76</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256574885</t>
+          <t>9786256656048</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Kudüs'ün Yeni Statüsü ve İki Devletli Çözüm 3D ve 2D Barış Projeleri</t>
+          <t>Bağ Fani, Bağlar Baki</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>154</v>
+        <v>248</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258339512</t>
+          <t>9786256574960</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>15. Kromozom</t>
+          <t>Bilimsel Devrim</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>202</v>
+        <v>548</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256474062</t>
+          <t>9786256574908</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Mandelya Sen Varsın Ya…</t>
+          <t>Bembeyaz Yaka</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>94</v>
+        <v>134</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256574649</t>
+          <t>9786256574793</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Bizden Önce Beyaz Kalkan</t>
+          <t>Toplum Yarası</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>154</v>
+        <v>145</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256574748</t>
+          <t>9786256574847</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Şekilciliğin Muntazam Şekli</t>
+          <t>İçimdeki Deniz, Kalbimdeki Aşk, Gönlümdeki Sevgi…</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>134</v>
+        <v>164</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256574687</t>
+          <t>9786256574823</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Deniz Bize, Biz Denize Aitiz</t>
+          <t>Boz Yaz</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>224</v>
+        <v>134</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256574632</t>
+          <t>9786256574830</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>52 Numara</t>
+          <t>Sarı Tuval</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>164</v>
+        <v>144</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256574670</t>
+          <t>9786256574809</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Mülteci Hasretler</t>
+          <t>Ve Bir Gün</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>68</v>
+        <v>134</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256574724</t>
+          <t>9786256574816</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Değişim</t>
+          <t>Oda A17</t>
         </is>
       </c>
       <c r="C181" s="1">
         <v>134</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256574700</t>
+          <t>9786256574885</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Biz Seninle Konuşmaya Geldik</t>
+          <t>Kudüs'ün Yeni Statüsü ve İki Devletli Çözüm 3D ve 2D Barış Projeleri</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>68</v>
+        <v>154</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256574595</t>
+          <t>9786258339512</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>İdam İpinden Tasma</t>
+          <t>15. Kromozom</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>608</v>
+        <v>202</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256574571</t>
+          <t>9786256474062</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Entel Ektüel</t>
+          <t>Mandelya Sen Varsın Ya…</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>161</v>
+        <v>94</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256574472</t>
+          <t>9786256574649</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Akvaryumda Bir Kuş Öldü</t>
+          <t>Bizden Önce Beyaz Kalkan</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>98</v>
+        <v>154</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256574380</t>
+          <t>9786256574748</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Anthony Quinn</t>
+          <t>Şekilciliğin Muntazam Şekli</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>134</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256574564</t>
+          <t>9786256574687</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>The Moon and Her Grace</t>
+          <t>Deniz Bize, Biz Denize Aitiz</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>88</v>
+        <v>224</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256574588</t>
+          <t>9786256574632</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Lena</t>
+          <t>52 Numara</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>172</v>
+        <v>164</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256574465</t>
+          <t>9786256574670</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Kırlara Kafesten Bakan Kuşlar Vardı</t>
+          <t>Mülteci Hasretler</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>83</v>
+        <v>68</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256574441</t>
+          <t>9786256574724</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Öyküler: Pencere Filozofu</t>
+          <t>Değişim</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>164</v>
+        <v>134</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256574373</t>
+          <t>9786256574700</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Gelin Tanış Olalım</t>
+          <t>Biz Seninle Konuşmaya Geldik</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>134</v>
+        <v>68</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256574427</t>
+          <t>9786256574595</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>El Sensin Alem Senin İçinde</t>
+          <t>İdam İpinden Tasma</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>99</v>
+        <v>608</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256574434</t>
+          <t>9786256574571</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Ülkü’nün Dönüşü</t>
+          <t>Entel Ektüel</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>174</v>
+        <v>161</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256574366</t>
+          <t>9786256574472</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Özgür</t>
+          <t>Akvaryumda Bir Kuş Öldü</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>299</v>
+        <v>98</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256574311</t>
+          <t>9786256574380</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Atölye Farkındalık</t>
+          <t>Anthony Quinn</t>
         </is>
       </c>
       <c r="C195" s="1">
         <v>134</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256574274</t>
+          <t>9786256574564</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Baybars &amp; Mavi Kılıç I</t>
+          <t>The Moon and Her Grace</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>279</v>
+        <v>88</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256574359</t>
+          <t>9786256574588</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Uzak</t>
+          <t>Lena</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>154</v>
+        <v>172</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256574397</t>
+          <t>9786256574465</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Son Mahşer 8</t>
+          <t>Kırlara Kafesten Bakan Kuşlar Vardı</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>348</v>
+        <v>83</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256574281</t>
+          <t>9786256574441</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kapının Ardındakiler</t>
+          <t>Felsefi Öyküler: Pencere Filozofu</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>144</v>
+        <v>164</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256574267</t>
+          <t>9786256574373</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Güller ve Sevdalar</t>
+          <t>Gelin Tanış Olalım</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>169</v>
+        <v>134</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256574007</t>
+          <t>9786256574427</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Köşe Başında Buluşalım</t>
+          <t>El Sensin Alem Senin İçinde</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>105</v>
+        <v>99</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256574175</t>
+          <t>9786256574434</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Rüya Koleksiyoncusu</t>
+          <t>Ülkü’nün Dönüşü</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>224</v>
+        <v>174</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256574182</t>
+          <t>9786256574366</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Zahirden Bâtına İnsan</t>
+          <t>Özgür</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>129</v>
+        <v>299</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256574137</t>
+          <t>9786256574311</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Söyle Haymatlos</t>
+          <t>Atölye Farkındalık</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>98</v>
+        <v>134</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256574144</t>
+          <t>9786256574274</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Dilhun</t>
+          <t>Baybars &amp; Mavi Kılıç I</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>122</v>
+        <v>279</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256574151</t>
+          <t>9786256574359</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Covid - XIX</t>
+          <t>Sevgili Uzak</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>154</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256574014</t>
+          <t>9786256574397</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Akrep ve Yelkovan</t>
+          <t>Son Mahşer 8</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>105</v>
+        <v>348</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256474215</t>
+          <t>9786256574281</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Meyus</t>
+          <t>Kapının Ardındakiler</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>98</v>
+        <v>144</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256574069</t>
+          <t>9786256574267</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Çantalı</t>
+          <t>Güller ve Sevdalar</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>154</v>
+        <v>169</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257418690</t>
+          <t>9786256574007</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Kars İli Yerli Ağzı Sözlüğü</t>
+          <t>Köşe Başında Buluşalım</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>525</v>
+        <v>105</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256474932</t>
+          <t>9786256574175</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Gizli Kutular</t>
+          <t>Rüya Koleksiyoncusu</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>144</v>
+        <v>224</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256474918</t>
+          <t>9786256574182</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Viral</t>
+          <t>Zahirden Bâtına İnsan</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>243</v>
+        <v>129</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256474949</t>
+          <t>9786256574137</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Nok</t>
+          <t>Söyle Haymatlos</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>248</v>
+        <v>98</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786256474901</t>
+          <t>9786256574144</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Her Kaçık Yalan Söyler</t>
+          <t>Dilhun</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>154</v>
+        <v>122</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786256474925</t>
+          <t>9786256574151</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Elif</t>
+          <t>Covid - XIX</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>108</v>
+        <v>154</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786256474796</t>
+          <t>9786256574014</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Bilge Hırsız</t>
+          <t>Akrep ve Yelkovan</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>156</v>
+        <v>105</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256474895</t>
+          <t>9786256474215</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Kadın</t>
+          <t>Meyus</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>144</v>
+        <v>98</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786256474857</t>
+          <t>9786256574069</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Ruhumun Özlemi</t>
+          <t>Çantalı</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>129</v>
+        <v>154</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256474338</t>
+          <t>9786257418690</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Becayiş</t>
+          <t>Kars İli Yerli Ağzı Sözlüğü</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>154</v>
+        <v>525</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786256474826</t>
+          <t>9786256474932</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>İp 2</t>
+          <t>Gizli Kutular</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>114</v>
+        <v>144</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256474819</t>
+          <t>9786256474918</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>İp</t>
+          <t>Viral</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>163</v>
+        <v>243</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786256474833</t>
+          <t>9786256474949</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Güneş Hoca</t>
+          <t>Nok</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>88</v>
+        <v>248</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256474758</t>
+          <t>9786256474901</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Düşlerin Görünmez Renkleri</t>
+          <t>Her Kaçık Yalan Söyler</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>148</v>
+        <v>154</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256474703</t>
+          <t>9786256474925</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Araf</t>
+          <t>Elif</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>88</v>
+        <v>108</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786256474871</t>
+          <t>9786256474796</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Kıyıda Bekleyenler</t>
+          <t>Bilge Hırsız</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>122</v>
+        <v>156</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256474802</t>
+          <t>9786256474895</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kundalini Uyanışı</t>
+          <t>Öykülerle Kadın</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>244</v>
+        <v>144</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786256474680</t>
+          <t>9786256474857</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Şiir Sevdalıları</t>
+          <t>Ruhumun Özlemi</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>118</v>
+        <v>129</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786256474697</t>
+          <t>9786256474338</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Ateşiyle</t>
+          <t>Becayiş</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>108</v>
+        <v>154</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786256474635</t>
+          <t>9786256474826</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>On Üç Durak</t>
+          <t>İp 2</t>
         </is>
       </c>
       <c r="C229" s="1">
         <v>114</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786256474420</t>
+          <t>9786256474819</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Güneş Hepimiz İçin</t>
+          <t>İp</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>203</v>
+        <v>163</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786256474437</t>
+          <t>9786256474833</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Resmi</t>
+          <t>Güneş Hoca</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>203</v>
+        <v>88</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786256474673</t>
+          <t>9786256474758</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Hayal</t>
+          <t>Düşlerin Görünmez Renkleri</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>88</v>
+        <v>148</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786256474659</t>
+          <t>9786256474703</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Bir Ben Var Gibi İçinde</t>
+          <t>Araf</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>105</v>
+        <v>88</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786256474666</t>
+          <t>9786256474871</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Üç Mektup</t>
+          <t>Kıyıda Bekleyenler</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>81</v>
+        <v>122</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786256474598</t>
+          <t>9786256474802</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Siyah ve Beyaz</t>
+          <t>Kundalini Uyanışı</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>98</v>
+        <v>244</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786256474581</t>
+          <t>9786256474680</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Naciye</t>
+          <t>Şiir Sevdalıları</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>122</v>
+        <v>118</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786256474604</t>
+          <t>9786256474697</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Okyanus Baladı</t>
+          <t>Aşkın Ateşiyle</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>203</v>
+        <v>108</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786256474499</t>
+          <t>9786256474635</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Bir Suat Meselesi</t>
+          <t>On Üç Durak</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>105</v>
+        <v>114</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786256474628</t>
+          <t>9786256474420</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Kepçenin Gücü</t>
+          <t>Güneş Hepimiz İçin</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>246</v>
+        <v>203</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786256474550</t>
+          <t>9786256474437</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Avira Vera</t>
+          <t>Gecenin Resmi</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>95</v>
+        <v>203</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786256474567</t>
+          <t>9786256474673</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Düşüncemizin Güneşli Coğrafyasında Felsefeyi Güncellemek</t>
+          <t>Devlet ve Hayal</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>131</v>
+        <v>88</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786256474574</t>
+          <t>9786256474659</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Böyle Bir İstanbul</t>
+          <t>Bir Ben Var Gibi İçinde</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>125</v>
+        <v>105</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786256474413</t>
+          <t>9786256474666</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Güneş Gürseler Külliyatı</t>
+          <t>Üç Mektup</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>488</v>
+        <v>81</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786256474543</t>
+          <t>9786256474598</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Ardımda Bıraktığım Yıllarım 10</t>
+          <t>Siyah ve Beyaz</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>366</v>
+        <v>98</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786256474444</t>
+          <t>9786256474581</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Ruhumun Zikzakları</t>
+          <t>Naciye</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>156</v>
+        <v>122</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786256474468</t>
+          <t>9786256474604</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Varlığın Utkusu</t>
+          <t>Okyanus Baladı</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>154</v>
+        <v>203</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786256474390</t>
+          <t>9786256474499</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Seremonisi</t>
+          <t>Bir Suat Meselesi</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>328</v>
+        <v>105</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786256474475</t>
+          <t>9786256474628</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Papatya Sevgisi</t>
+          <t>Kepçenin Gücü</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>98</v>
+        <v>246</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786256474505</t>
+          <t>9786256474550</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Adaletin Şafağında</t>
+          <t>Avira Vera</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>156</v>
+        <v>95</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786256474451</t>
+          <t>9786256474567</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Gölge Bekçisi</t>
+          <t>Düşüncemizin Güneşli Coğrafyasında Felsefeyi Güncellemek</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>224</v>
+        <v>131</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786256474291</t>
+          <t>9786256474574</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Valizimde İstanbul, Kısmetimde Toronto</t>
+          <t>Böyle Bir İstanbul</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>414</v>
+        <v>125</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786256474307</t>
+          <t>9786256474413</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Tanrılar Buluştu</t>
+          <t>Güneş Gürseler Külliyatı</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>105</v>
+        <v>488</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786256474369</t>
+          <t>9786256474543</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Duyguların Tercümesi</t>
+          <t>Ardımda Bıraktığım Yıllarım 10</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>233</v>
+        <v>366</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786256474321</t>
+          <t>9786256474444</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Vourla - Öteki Kıyı</t>
+          <t>Ruhumun Zikzakları</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>234</v>
+        <v>156</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786256474352</t>
+          <t>9786256474468</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Bir İkiden Büyüktür</t>
+          <t>Varlığın Utkusu</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>101</v>
+        <v>154</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786256474376</t>
+          <t>9786256474390</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Aslında Olan</t>
+          <t>Ölüm Seremonisi</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>108</v>
+        <v>328</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786256474277</t>
+          <t>9786256474475</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Armageddon</t>
+          <t>Papatya Sevgisi</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>129</v>
+        <v>98</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786256474239</t>
+          <t>9786256474505</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Bir Demet Sarıpapatya</t>
+          <t>Adaletin Şafağında</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>114</v>
+        <v>156</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786256474246</t>
+          <t>9786256474451</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Kötü Alışkanlığı</t>
+          <t>Gölge Bekçisi</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>114</v>
+        <v>224</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786256474192</t>
+          <t>9786256474291</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Seven Dede</t>
+          <t>Valizimde İstanbul, Kısmetimde Toronto</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>144</v>
+        <v>414</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786256474109</t>
+          <t>9786256474307</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Sabah Işıkları</t>
+          <t>Tanrılar Buluştu</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>164</v>
+        <v>105</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786256474161</t>
+          <t>9786256474369</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Mileva</t>
+          <t>Duyguların Tercümesi</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>209</v>
+        <v>233</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786256474147</t>
+          <t>9786256474321</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Üsküdarlı</t>
+          <t>Vourla - Öteki Kıyı</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>154</v>
+        <v>234</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786256474178</t>
+          <t>9786256474352</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Aklı Kayıp Adam</t>
+          <t>Bir İkiden Büyüktür</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>114</v>
+        <v>101</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786256474130</t>
+          <t>9786256474376</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>İkinci Durak</t>
+          <t>Aslında Olan</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>198</v>
+        <v>108</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786256474055</t>
+          <t>9786256474277</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Kasaba</t>
+          <t>Armageddon</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>91</v>
+        <v>129</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786256474093</t>
+          <t>9786256474239</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Histerik Kahkaha</t>
+          <t>Bir Demet Sarıpapatya</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>134</v>
+        <v>114</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786256474116</t>
+          <t>9786256474246</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Baringo ile Sıradan Hariciye Sohbetleri II</t>
+          <t>Dünyanın En Kötü Alışkanlığı</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>164</v>
+        <v>114</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786256474031</t>
+          <t>9786256474192</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Sabun Kokusunda Ölümü Anlamak</t>
+          <t>Seven Dede</t>
         </is>
       </c>
       <c r="C269" s="1">
         <v>144</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786256985926</t>
+          <t>9786256474109</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimde Bir Aşk Var</t>
+          <t>Sabah Işıkları</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>178</v>
+        <v>164</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786256985957</t>
+          <t>9786256474161</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dünya</t>
+          <t>Mileva</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>202</v>
+        <v>209</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786256985940</t>
+          <t>9786256474147</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Olmayan Yolculuk</t>
+          <t>Üsküdarlı</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>202</v>
+        <v>154</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786256474017</t>
+          <t>9786256474178</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Yolculuklara Kapılardan Çıkılır</t>
+          <t>Aklı Kayıp Adam</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>134</v>
+        <v>114</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786256985841</t>
+          <t>9786256474130</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Gizem Dolu Bir Arayış</t>
+          <t>İkinci Durak</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>159</v>
+        <v>198</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786256985827</t>
+          <t>9786256474055</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>İttifak Günlükleri: Akaretler İstilası</t>
+          <t>Kasaba</t>
         </is>
       </c>
       <c r="C275" s="1">
         <v>91</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786256985858</t>
+          <t>9786256474093</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Şiir Yolculuğu</t>
+          <t>Histerik Kahkaha</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>91</v>
+        <v>134</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786256985810</t>
+          <t>9786256474116</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Asma Yaprağında Sardalyalar</t>
+          <t>Baringo ile Sıradan Hariciye Sohbetleri II</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>140</v>
+        <v>164</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786256985803</t>
+          <t>9786256474031</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Izdırabım Ol</t>
+          <t>Sabun Kokusunda Ölümü Anlamak</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>169</v>
+        <v>144</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786256985711</t>
+          <t>9786256985926</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Benden Bu Kadar</t>
+          <t>Yüreğimde Bir Aşk Var</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>215</v>
+        <v>178</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786256985773</t>
+          <t>9786256985957</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Duası İkinci Kitap</t>
+          <t>Küçük Dünya</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>159</v>
+        <v>202</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786256985735</t>
+          <t>9786256985940</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Hayallerim Ağır Bir Bavul</t>
+          <t>Zamanı Olmayan Yolculuk</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>125</v>
+        <v>202</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256985759</t>
+          <t>9786256474017</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Hayat-ı Evvel</t>
+          <t>Yolculuklara Kapılardan Çıkılır</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>157</v>
+        <v>134</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786256985742</t>
+          <t>9786256985841</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Bakla Falı</t>
+          <t>Gizem Dolu Bir Arayış</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>94</v>
+        <v>159</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786256985780</t>
+          <t>9786256985827</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Köşe’deki Ekonomi</t>
+          <t>İttifak Günlükleri: Akaretler İstilası</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>189</v>
+        <v>91</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786256985728</t>
+          <t>9786256985858</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Bank</t>
+          <t>Şiir Yolculuğu</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>100</v>
+        <v>91</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786256985629</t>
+          <t>9786256985810</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>İnadına Hayat</t>
+          <t>Asma Yaprağında Sardalyalar</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>169</v>
+        <v>140</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786256985483</t>
+          <t>9786256985803</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>İntikam İçin Kaçış</t>
+          <t>Izdırabım Ol</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>85</v>
+        <v>169</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786256985681</t>
+          <t>9786256985711</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Deliler</t>
+          <t>Benden Bu Kadar</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786256985674</t>
+          <t>9786256985773</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Kaleme Sarılan Düşler</t>
+          <t>Tanrıların Duası İkinci Kitap</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>91</v>
+        <v>159</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256985667</t>
+          <t>9786256985735</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Çerçevesine Küsen Fotoğraf</t>
+          <t>Hayallerim Ağır Bir Bavul</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>118</v>
+        <v>125</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786256985582</t>
+          <t>9786256985759</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Uykusuz</t>
+          <t>Hayat-ı Evvel</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>174</v>
+        <v>157</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786256985599</t>
+          <t>9786256985742</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>The Protector</t>
+          <t>Bakla Falı</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>449</v>
+        <v>94</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256985643</t>
+          <t>9786256985780</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>İstenmeyen</t>
+          <t>Köşe’deki Ekonomi</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>202</v>
+        <v>189</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786256985575</t>
+          <t>9786256985728</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Üşümekten Utanıyorum</t>
+          <t>Bank</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>144</v>
+        <v>100</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786256985490</t>
+          <t>9786256985629</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Deli Tay</t>
+          <t>İnadına Hayat</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>105</v>
+        <v>169</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786256985551</t>
+          <t>9786256985483</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Canım Türkiye’mde Bir Ömürden Yorumlar</t>
+          <t>İntikam İçin Kaçış</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>144</v>
+        <v>85</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786256985568</t>
+          <t>9786256985681</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Aklımda Kalanlar</t>
+          <t>İçimdeki Deliler</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>202</v>
+        <v>135</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786256985537</t>
+          <t>9786256985674</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Zaman Pazarı</t>
+          <t>Kaleme Sarılan Düşler</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>224</v>
+        <v>91</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786256985452</t>
+          <t>9786256985667</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Tahtına Oturmuş Cümleler</t>
+          <t>Çerçevesine Küsen Fotoğraf</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>144</v>
+        <v>118</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786256985438</t>
+          <t>9786256985582</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Işıltı 4 - İgnis</t>
+          <t>Uykusuz</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>449</v>
+        <v>174</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786256985414</t>
+          <t>9786256985599</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Sanal ve Gerçek Çıkmazı</t>
+          <t>The Protector</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>134</v>
+        <v>449</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786256985193</t>
+          <t>9786256985643</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Kısa Metrajlı Film</t>
+          <t>İstenmeyen</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>144</v>
+        <v>202</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786256985322</t>
+          <t>9786256985575</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Denizanası Renklerini Nasıl Kaybetti?</t>
+          <t>Üşümekten Utanıyorum</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>134</v>
+        <v>144</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786256985339</t>
+          <t>9786256985490</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yıkım</t>
+          <t>Deli Tay</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>78</v>
+        <v>105</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786256985353</t>
+          <t>9786256985551</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Deli Kar</t>
+          <t>Canım Türkiye’mde Bir Ömürden Yorumlar</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>134</v>
+        <v>144</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786256985254</t>
+          <t>9786256985568</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Umut Yolunda</t>
+          <t>Aklımda Kalanlar</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>88</v>
+        <v>202</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786256985278</t>
+          <t>9786256985537</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Kılıç ve Onur</t>
+          <t>Zaman Pazarı</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>198</v>
+        <v>224</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786256985186</t>
+          <t>9786256985452</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Ben Bem Olmalıyım</t>
+          <t>Tahtına Oturmuş Cümleler</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>105</v>
+        <v>144</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786256985223</t>
+          <t>9786256985438</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Şemsiyeli Şiir</t>
+          <t>Işıltı 4 - İgnis</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>124</v>
+        <v>449</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786256985100</t>
+          <t>9786256985414</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Alora’nın Sırrı</t>
+          <t>Sanal ve Gerçek Çıkmazı</t>
         </is>
       </c>
       <c r="C310" s="1">
         <v>134</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786256985124</t>
+          <t>9786256985193</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Siyahının Sonu Gökkuşağı</t>
+          <t>Kısa Metrajlı Film</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>83</v>
+        <v>144</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786256985162</t>
+          <t>9786256985322</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Toparlanın! Ayağa Kalkıyoruz…</t>
+          <t>Gökkuşağı Denizanası Renklerini Nasıl Kaybetti?</t>
         </is>
       </c>
       <c r="C312" s="1">
         <v>134</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786258339529</t>
+          <t>9786256985339</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Sihirler</t>
+          <t>Büyük Yıkım</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>158</v>
+        <v>78</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786256985148</t>
+          <t>9786256985353</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Kuşku</t>
+          <t>Deli Kar</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>91</v>
+        <v>134</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786256985070</t>
+          <t>9786256985254</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Kıyısında Durdurulamaz Zamanın</t>
+          <t>Umut Yolunda</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>96</v>
+        <v>88</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786258339802</t>
+          <t>9786256985278</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Avucumdaki Tarantula</t>
+          <t>Kılıç ve Onur</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>144</v>
+        <v>198</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786258339963</t>
+          <t>9786256985186</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Ama Ben Kedi Demiyorum ki!</t>
+          <t>Ben Bem Olmalıyım</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>134</v>
+        <v>105</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786256985049</t>
+          <t>9786256985223</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Okyanusun Derinliklerinde</t>
+          <t>Şemsiyeli Şiir</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>134</v>
+        <v>124</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786256985018</t>
+          <t>9786256985100</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Şey Bey’in Şifresi</t>
+          <t>Alora’nın Sırrı</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>105</v>
+        <v>134</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786056983382</t>
+          <t>9786256985124</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Ardımda Bıraktığım Yıllarım Cilt 5</t>
+          <t>Siyahının Sonu Gökkuşağı</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>258</v>
+        <v>83</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786058032262</t>
+          <t>9786256985162</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Ardımda Bıraktığım Yıllarım Cilt 3</t>
+          <t>Toparlanın! Ayağa Kalkıyoruz…</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>49</v>
+        <v>134</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786056943577</t>
+          <t>9786258339529</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Ardımda Bıraktığım Yıllarım Cilt 1</t>
+          <t>Sihirler</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>284</v>
+        <v>158</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786256985032</t>
+          <t>9786256985148</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Rastgele Resital</t>
+          <t>Kuşku</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>85</v>
+        <v>91</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786258339994</t>
+          <t>9786256985070</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Perinin Öyküsü</t>
+          <t>Kıyısında Durdurulamaz Zamanın</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>169</v>
+        <v>96</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786258339765</t>
+          <t>9786258339802</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Hayvanlar Serisi 7 - Boynu Tutulan Tersiyer</t>
+          <t>Avucumdaki Tarantula</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>124</v>
+        <v>144</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786258339758</t>
+          <t>9786258339963</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Hayvanlar Serisi 6 - Bir Pangolin Kaybolursa</t>
+          <t>Ama Ben Kedi Demiyorum ki!</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>124</v>
+        <v>134</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786258339741</t>
+          <t>9786256985049</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Hayvanlar Serisi 5 - Ornitorenkler İçin Müzik Kursu</t>
+          <t>Okyanusun Derinliklerinde</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>124</v>
+        <v>134</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786258339734</t>
+          <t>9786256985018</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Hayvanlar Serisi 4 - Filozof Narval</t>
+          <t>Şey Bey’in Şifresi</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>124</v>
+        <v>105</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786258339727</t>
+          <t>9786056983382</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Hayvanlar Serisi 3 - Korkak Bir Dugong Mu?</t>
+          <t>Ardımda Bıraktığım Yıllarım Cilt 5</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>124</v>
+        <v>258</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786258339703</t>
+          <t>9786058032262</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Hayvanlar Serisi 1 - Kapat Gözlerini Armadillo</t>
+          <t>Ardımda Bıraktığım Yıllarım Cilt 3</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>124</v>
+        <v>49</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786258339789</t>
+          <t>9786056943577</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Hayvanlar Serisi - Set</t>
+          <t>Ardımda Bıraktığım Yıllarım Cilt 1</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>784</v>
+        <v>284</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786258339987</t>
+          <t>9786256985032</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Türkiye-Macaristan Büyükelçi’den Anılar</t>
+          <t>Rastgele Resital</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>308</v>
+        <v>85</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786258339888</t>
+          <t>9786258339994</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Erkeksiz Kadınlar</t>
+          <t>Perinin Öyküsü</t>
         </is>
       </c>
       <c r="C333" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786258339918</t>
+          <t>9786258339765</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Akif Latif</t>
+          <t>Tuhaf Hayvanlar Serisi 7 - Boynu Tutulan Tersiyer</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>169</v>
+        <v>124</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786258339826</t>
+          <t>9786258339758</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Rastgele</t>
+          <t>Tuhaf Hayvanlar Serisi 6 - Bir Pangolin Kaybolursa</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>154</v>
+        <v>124</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786258339857</t>
+          <t>9786258339741</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Mor Yıldız Sarmaşığı</t>
+          <t>Tuhaf Hayvanlar Serisi 5 - Ornitorenkler İçin Müzik Kursu</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>218</v>
+        <v>124</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786258339871</t>
+          <t>9786258339734</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Gafile Kelam, Nafile Kelam</t>
+          <t>Tuhaf Hayvanlar Serisi 4 - Filozof Narval</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>144</v>
+        <v>124</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786258339895</t>
+          <t>9786258339727</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Ardımda Bıraktığım Yıllarım Cilt 9</t>
+          <t>Tuhaf Hayvanlar Serisi 3 - Korkak Bir Dugong Mu?</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>323</v>
+        <v>124</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786258339284</t>
+          <t>9786258339703</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Sanki Gözlerin Bana Bir Şey Der Gibi</t>
+          <t>Tuhaf Hayvanlar Serisi 1 - Kapat Gözlerini Armadillo</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>178</v>
+        <v>124</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786258339819</t>
+          <t>9786258339789</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Renkli Bulutlar</t>
+          <t>Tuhaf Hayvanlar Serisi - Set</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>134</v>
+        <v>784</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786258339833</t>
+          <t>9786258339987</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Denizkızı Masalı</t>
+          <t>Türkiye-Macaristan Büyükelçi’den Anılar</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>154</v>
+        <v>308</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786258339796</t>
+          <t>9786258339888</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Elifsizliğin Sürükleyici Öyküsü</t>
+          <t>Erkeksiz Kadınlar</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>202</v>
+        <v>169</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786258339697</t>
+          <t>9786258339918</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Kambur Balina</t>
+          <t>Dedektif Akif Latif</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>202</v>
+        <v>169</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786258339642</t>
+          <t>9786258339826</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Ejderha’yı Selamlayan Çocuk</t>
+          <t>Rastgele</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>134</v>
+        <v>154</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786258339673</t>
+          <t>9786258339857</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Kovulanlar</t>
+          <t>Mor Yıldız Sarmaşığı</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>134</v>
+        <v>218</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786258339659</t>
+          <t>9786258339871</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Düğüm</t>
+          <t>Gafile Kelam, Nafile Kelam</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>202</v>
+        <v>144</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786258339666</t>
+          <t>9786258339895</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>İyi İnsanlar Olmalıydık</t>
+          <t>Ardımda Bıraktığım Yıllarım Cilt 9</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>134</v>
+        <v>323</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786258339581</t>
+          <t>9786258339284</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Düş Denizi’nin Sırrı</t>
+          <t>Sanki Gözlerin Bana Bir Şey Der Gibi</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>134</v>
+        <v>178</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786258339574</t>
+          <t>9786258339819</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Yapay Cennetin Kumları</t>
+          <t>Renkli Bulutlar</t>
         </is>
       </c>
       <c r="C349" s="1">
         <v>134</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786258339567</t>
+          <t>9786258339833</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Bizi Çok Üzdüler Victor!</t>
+          <t>Denizkızı Masalı</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>134</v>
+        <v>154</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786258339536</t>
+          <t>9786258339796</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Diplomasi Dedikleri</t>
+          <t>Elifsizliğin Sürükleyici Öyküsü</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>312</v>
+        <v>202</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786258339451</t>
+          <t>9786258339697</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Üstü</t>
+          <t>Kambur Balina</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>159</v>
+        <v>202</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786258339505</t>
+          <t>9786258339642</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Akkız’ın Yakamozu</t>
+          <t>Ejderha’yı Selamlayan Çocuk</t>
         </is>
       </c>
       <c r="C353" s="1">
         <v>134</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786258339468</t>
+          <t>9786258339673</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Boşluklar Oluşturmak</t>
+          <t>Kovulanlar</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>224</v>
+        <v>134</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786258339383</t>
+          <t>9786258339659</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Pencere</t>
+          <t>Düğüm</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>225</v>
+        <v>202</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786258442229</t>
+          <t>9786258339666</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Ruh ile Yüz Yüze</t>
+          <t>İyi İnsanlar Olmalıydık</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>316</v>
+        <v>134</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786258339390</t>
+          <t>9786258339581</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Mizgin</t>
+          <t>Düş Denizi’nin Sırrı</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>169</v>
+        <v>134</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786258339215</t>
+          <t>9786258339574</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Karanlık Gecesi</t>
+          <t>Yapay Cennetin Kumları</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>199</v>
+        <v>134</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786258339260</t>
+          <t>9786258339567</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kabuğu Yüzemez</t>
+          <t>Bizi Çok Üzdüler Victor!</t>
         </is>
       </c>
       <c r="C359" s="1">
         <v>134</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786258339321</t>
+          <t>9786258339536</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Kimliksiz</t>
+          <t>Diplomasi Dedikleri</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>169</v>
+        <v>312</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786258339345</t>
+          <t>9786258339451</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Genimdeki Yabancı</t>
+          <t>Yıldızlar Üstü</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>198</v>
+        <v>159</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786258442717</t>
+          <t>9786258339505</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Bacasız Ev</t>
+          <t>Akkız’ın Yakamozu</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>124</v>
+        <v>134</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786258339376</t>
+          <t>9786258339468</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar N'apıyor?</t>
+          <t>Boşluklar Oluşturmak</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>144</v>
+        <v>224</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786258339239</t>
+          <t>9786258339383</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Çekirdek ve Gazoz</t>
+          <t>Pencere</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>169</v>
+        <v>225</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786258339185</t>
+          <t>9786258442229</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Felsefirastyon 2</t>
+          <t>Ruh ile Yüz Yüze</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>364</v>
+        <v>316</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786258339178</t>
+          <t>9786258339390</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Söylemedim Yazdım</t>
+          <t>Mizgin</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>134</v>
+        <v>169</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786258339161</t>
+          <t>9786258339215</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Cam Kalp</t>
+          <t>Ruhun Karanlık Gecesi</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>134</v>
+        <v>199</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786258339192</t>
+          <t>9786258339260</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Hemhal</t>
+          <t>Deniz Kabuğu Yüzemez</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>169</v>
+        <v>134</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786258339154</t>
+          <t>9786258339321</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Eflatun Parmaklı Adam</t>
+          <t>Kimliksiz</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>144</v>
+        <v>169</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786258339147</t>
+          <t>9786258339345</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Kendime Yolculuk</t>
+          <t>Genimdeki Yabancı</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>189</v>
+        <v>198</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786056983368</t>
+          <t>9786258442717</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>4'üncü Koğuş</t>
+          <t>Bacasız Ev</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>144</v>
+        <v>124</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786258339130</t>
+          <t>9786258339376</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Can Sıkıntısı</t>
+          <t>Çocuklar N'apıyor?</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>134</v>
+        <v>144</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786258339116</t>
+          <t>9786258339239</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Bu Sabah, Dün, Bu Akşam</t>
+          <t>Çekirdek ve Gazoz</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>266</v>
+        <v>169</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786258339109</t>
+          <t>9786258339185</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluğun Melodisi 1: Yeryüzündeki Valhalla</t>
+          <t>Felsefirastyon 2</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>166</v>
+        <v>364</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786258442960</t>
+          <t>9786258339178</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Son İlkbahar</t>
+          <t>Söylemedim Yazdım</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>148</v>
+        <v>134</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786258339062</t>
+          <t>9786258339161</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Dr. Kirkor'un Jinekologluğu</t>
+          <t>Cam Kalp</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>154</v>
+        <v>134</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786258339079</t>
+          <t>9786258339192</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Bu Kapak Konuşuyor</t>
+          <t>Hemhal</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>134</v>
+        <v>169</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786258339055</t>
+          <t>9786258339154</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Biri!</t>
+          <t>Eflatun Parmaklı Adam</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>154</v>
+        <v>144</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786258442984</t>
+          <t>9786258339147</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Aslan Pan</t>
+          <t>Kendime Yolculuk</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>134</v>
+        <v>189</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786258339024</t>
+          <t>9786056983368</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Necip Bey !</t>
+          <t>4'üncü Koğuş</t>
         </is>
       </c>
       <c r="C380" s="1">
         <v>144</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786258339048</t>
+          <t>9786258339130</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Asar Serisi 1: Asar'ın Evlatları</t>
+          <t>Can Sıkıntısı</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>266</v>
+        <v>134</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786258339031</t>
+          <t>9786258339116</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Asude Bir Bahar</t>
+          <t>Bu Sabah, Dün, Bu Akşam</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>178</v>
+        <v>266</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786257418324</t>
+          <t>9786258339109</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Elveda Günleri</t>
+          <t>Sonsuzluğun Melodisi 1: Yeryüzündeki Valhalla</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>107</v>
+        <v>166</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786258442953</t>
+          <t>9786258442960</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Nar Çiçeği, Gül Dalı, İğde Çiçeği Aşkına</t>
+          <t>Son İlkbahar</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>164</v>
+        <v>148</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786258442991</t>
+          <t>9786258339062</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Aklın ve Gönlün Işığında</t>
+          <t>Dr. Kirkor'un Jinekologluğu</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>127</v>
+        <v>154</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786258442823</t>
+          <t>9786258339079</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Bu Kapak Konuşuyor</t>
         </is>
       </c>
       <c r="C386" s="1">
         <v>134</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786258442977</t>
+          <t>9786258339055</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Fısıltısı</t>
+          <t>Sıradan Biri!</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>205</v>
+        <v>154</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786258442816</t>
+          <t>9786258442984</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Umut Edenin Becerisi</t>
+          <t>Aslan Pan</t>
         </is>
       </c>
       <c r="C388" s="1">
         <v>134</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786258442748</t>
+          <t>9786258339024</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Diyor ki: Sevelim Sevilelim</t>
+          <t>Necip Bey !</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>134</v>
+        <v>144</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786258442687</t>
+          <t>9786258339048</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Mektupların Dansı</t>
+          <t>Asar Serisi 1: Asar'ın Evlatları</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>368</v>
+        <v>266</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786258442380</t>
+          <t>9786258339031</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Yıldızların Söndürüldüğü Gün</t>
+          <t>Asude Bir Bahar</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>94</v>
+        <v>178</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786258442458</t>
+          <t>9786257418324</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Kimlik Nedir ve Nasıl Olmalıdır?</t>
+          <t>Elveda Günleri</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>169</v>
+        <v>107</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786258339307</t>
+          <t>9786258442953</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Hobi Saati</t>
+          <t>Nar Çiçeği, Gül Dalı, İğde Çiçeği Aşkına</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>308</v>
+        <v>164</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786258339314</t>
+          <t>9786258442991</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Yorgunluk</t>
+          <t>Aklın ve Gönlün Işığında</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>134</v>
+        <v>127</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786258442861</t>
+          <t>9786258442823</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Türbedar Şahsude (Sır Ol)</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C395" s="1">
         <v>134</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786258442793</t>
+          <t>9786258442977</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Aşka Koşmak</t>
+          <t>Geleceğin Fısıltısı</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>212</v>
+        <v>205</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786258442946</t>
+          <t>9786258442816</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Kendine Kalanlara</t>
+          <t>Umut Edenin Becerisi</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>142</v>
+        <v>134</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786258442922</t>
+          <t>9786258442748</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Canevim</t>
+          <t>Ahmet Diyor ki: Sevelim Sevilelim</t>
         </is>
       </c>
       <c r="C398" s="1">
         <v>134</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786258442809</t>
+          <t>9786258442687</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Seyyah-ı Visal</t>
+          <t>Mektupların Dansı</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>216</v>
+        <v>368</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786258442762</t>
+          <t>9786258442380</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Vitrin</t>
+          <t>Yıldızların Söndürüldüğü Gün</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>124</v>
+        <v>94</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786258442755</t>
+          <t>9786258442458</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Aşk Özgürlüktür</t>
+          <t>Kurumsal Kimlik Nedir ve Nasıl Olmalıdır?</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>124</v>
+        <v>169</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786258442656</t>
+          <t>9786258339307</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Neden Olmasın?</t>
+          <t>Hobi Saati</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>202</v>
+        <v>308</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786258442694</t>
+          <t>9786258339314</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Kara Kutu</t>
+          <t>Yorgunluk</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>124</v>
+        <v>134</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786258442700</t>
+          <t>9786258442861</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Gönül İster Ki</t>
+          <t>Türbedar Şahsude (Sır Ol)</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>124</v>
+        <v>134</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786258442670</t>
+          <t>9786258442793</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>İmam - Katil - Hayat Kadını</t>
+          <t>Aşka Koşmak</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>134</v>
+        <v>212</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786258442601</t>
+          <t>9786258442946</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Tembel Karınca</t>
+          <t>Kendine Kalanlara</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>134</v>
+        <v>142</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786258442663</t>
+          <t>9786258442922</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Mariana'ya Doğan Güneş</t>
+          <t>Canevim</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>404</v>
+        <v>134</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786258442649</t>
+          <t>9786258442809</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Teselli</t>
+          <t>Seyyah-ı Visal</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>134</v>
+        <v>216</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786258442564</t>
+          <t>9786258442762</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Bir Arada Olup da Kavuşamayanlar</t>
+          <t>Vitrin</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>420</v>
+        <v>124</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786258442571</t>
+          <t>9786258442755</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Hayatta Kal 3</t>
+          <t>Aşk Özgürlüktür</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>154</v>
+        <v>124</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786258442519</t>
+          <t>9786258442656</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Çağıran Orenda</t>
+          <t>Neden Olmasın?</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>248</v>
+        <v>202</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786258442434</t>
+          <t>9786258442694</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Olur Olmaz Öyküler</t>
+          <t>Kara Kutu</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>169</v>
+        <v>124</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786258442533</t>
+          <t>9786258442700</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Ruhumun Şarkısı</t>
+          <t>Gönül İster Ki</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>159</v>
+        <v>124</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786258442526</t>
+          <t>9786258442670</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Baba - Kız Ergen Şiirler</t>
+          <t>İmam - Katil - Hayat Kadını</t>
         </is>
       </c>
       <c r="C414" s="1">
         <v>134</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786258442502</t>
+          <t>9786258442601</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Son Kalem</t>
+          <t>Tembel Karınca</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>98</v>
+        <v>134</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786258442465</t>
+          <t>9786258442663</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Çağsızım</t>
+          <t>Mariana'ya Doğan Güneş</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>134</v>
+        <v>404</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786258442489</t>
+          <t>9786258442649</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Aslan Yürekli Kedim</t>
+          <t>Teselli</t>
         </is>
       </c>
       <c r="C417" s="1">
         <v>134</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786258442496</t>
+          <t>9786258442564</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Orman'ın Renkleri</t>
+          <t>Bir Arada Olup da Kavuşamayanlar</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>213</v>
+        <v>420</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786258442427</t>
+          <t>9786258442571</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Ren Geyikleri Dükkanı</t>
+          <t>Hayatta Kal 3</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>134</v>
+        <v>154</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786258442397</t>
+          <t>9786258442519</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Bir Babanın Hamileliği</t>
+          <t>Ölüm Çağıran Orenda</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>168</v>
+        <v>248</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786258442403</t>
+          <t>9786258442434</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Bi' Büyük Al Seneye de Giyersin</t>
+          <t>Olur Olmaz Öyküler</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>134</v>
+        <v>169</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786258442410</t>
+          <t>9786258442533</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Ruhumun Yalnızlığı</t>
+          <t>Ruhumun Şarkısı</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>134</v>
+        <v>159</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786258442298</t>
+          <t>9786258442526</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Cam Gibi</t>
+          <t>Baba - Kız Ergen Şiirler</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>138</v>
+        <v>134</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786258442304</t>
+          <t>9786258442502</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>The Occult of The Unborn</t>
+          <t>Son Kalem</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>202</v>
+        <v>98</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786258442267</t>
+          <t>9786258442465</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Sorun Beni</t>
+          <t>Çağsızım</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>42</v>
+        <v>134</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786258442328</t>
+          <t>9786258442489</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Saha</t>
+          <t>Aslan Yürekli Kedim</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>198</v>
+        <v>134</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786258442311</t>
+          <t>9786258442496</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Gemsaz</t>
+          <t>Kutsal Orman'ın Renkleri</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>144</v>
+        <v>213</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786258442199</t>
+          <t>9786258442427</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Zorlayıcı Davranışları Dengeye Getiren Metaforik Hikayeler Yazmak</t>
+          <t>Çılgın Ren Geyikleri Dükkanı</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>258</v>
+        <v>134</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786258442281</t>
+          <t>9786258442397</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Kaç Kere Vazgeçtin?</t>
+          <t>Bir Babanın Hamileliği</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>144</v>
+        <v>168</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786258442205</t>
+          <t>9786258442403</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Akrep</t>
+          <t>Bi' Büyük Al Seneye de Giyersin</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>144</v>
+        <v>134</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786258442236</t>
+          <t>9786258442410</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Nazende</t>
+          <t>Ruhumun Yalnızlığı</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>144</v>
+        <v>134</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786258442069</t>
+          <t>9786258442298</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Zühre</t>
+          <t>Cam Gibi</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>189</v>
+        <v>138</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786258442168</t>
+          <t>9786258442304</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Yoktur Yolu Kendinden Çekip Gitmenin</t>
+          <t>The Occult of The Unborn</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>134</v>
+        <v>202</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786258442182</t>
+          <t>9786258442267</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>İnsansız Hava Sahası</t>
+          <t>Tarihe Sorun Beni</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>169</v>
+        <v>42</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786257418898</t>
+          <t>9786258442328</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Yazcan Yazıoğlu</t>
+          <t>Saha</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>169</v>
+        <v>198</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786258442038</t>
+          <t>9786258442311</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Rağmen</t>
+          <t>Gemsaz</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>266</v>
+        <v>144</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786258442090</t>
+          <t>9786258442199</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Bir Hikayem Var!</t>
+          <t>Çocuklar için Zorlayıcı Davranışları Dengeye Getiren Metaforik Hikayeler Yazmak</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>158</v>
+        <v>258</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786258442120</t>
+          <t>9786258442281</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Doberman</t>
+          <t>Kaç Kere Vazgeçtin?</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>279</v>
+        <v>144</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786258442021</t>
+          <t>9786258442205</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Bu Gece Perilere İnan</t>
+          <t>Akrep</t>
         </is>
       </c>
       <c r="C439" s="1">
         <v>144</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786258442014</t>
+          <t>9786258442236</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Mavi Tebeşir</t>
+          <t>Nazende</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>210</v>
+        <v>144</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786258442007</t>
+          <t>9786258442069</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Kelepçeleri</t>
+          <t>Zühre</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>244</v>
+        <v>189</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786257418980</t>
+          <t>9786258442168</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Norad</t>
+          <t>Yoktur Yolu Kendinden Çekip Gitmenin</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>298</v>
+        <v>134</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786257418997</t>
+          <t>9786258442182</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Kadın-Erkek İlişkileri</t>
+          <t>İnsansız Hava Sahası</t>
         </is>
       </c>
       <c r="C443" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786257418973</t>
+          <t>9786257418898</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Yoga'ya Dair Sezgisel Bilgiler</t>
+          <t>Yazcan Yazıoğlu</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>159</v>
+        <v>169</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786257418959</t>
+          <t>9786258442038</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Kırılgan</t>
+          <t>Rağmen</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>68</v>
+        <v>266</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786257418966</t>
+          <t>9786258442090</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Hiçgen</t>
+          <t>Bir Hikayem Var!</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>156</v>
+        <v>158</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786257418911</t>
+          <t>9786258442120</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Öykü Kumbarası 2. Cilt</t>
+          <t>Doberman</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>198</v>
+        <v>279</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786257418904</t>
+          <t>9786258442021</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Öykü Kumbarası 1. Cilt</t>
+          <t>Bu Gece Perilere İnan</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>198</v>
+        <v>144</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786257418942</t>
+          <t>9786258442014</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Suskun Kadın</t>
+          <t>Mavi Tebeşir</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>94</v>
+        <v>210</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786257418935</t>
+          <t>9786258442007</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Gönül Kanatlarımın Kalemi</t>
+          <t>Özgürlüğün Kelepçeleri</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>159</v>
+        <v>244</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786257418881</t>
+          <t>9786257418980</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Domino</t>
+          <t>Norad</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>88</v>
+        <v>298</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786257418867</t>
+          <t>9786257418997</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Vızıldayan İnsanlar Güvensiz Sinekler</t>
+          <t>Kadın-Erkek İlişkileri</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>94</v>
+        <v>169</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786257418874</t>
+          <t>9786257418973</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Tekinsiz Garabet</t>
+          <t>Yoga'ya Dair Sezgisel Bilgiler</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>94</v>
+        <v>159</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786257418850</t>
+          <t>9786257418959</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Beni Hatırla</t>
+          <t>Kırılgan</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>179</v>
+        <v>68</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786257418836</t>
+          <t>9786257418966</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Günler</t>
+          <t>Hiçgen</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>144</v>
+        <v>156</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786257418843</t>
+          <t>9786257418911</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>İslam Ülkelerindeki Sorunların Siyasal Analizi</t>
+          <t>Öykü Kumbarası 2. Cilt</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>172</v>
+        <v>198</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786257418805</t>
+          <t>9786257418904</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>1. Tekil</t>
+          <t>Öykü Kumbarası 1. Cilt</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>204</v>
+        <v>198</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786257418829</t>
+          <t>9786257418942</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Müstakil Efendi</t>
+          <t>Suskun Kadın</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>159</v>
+        <v>94</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786257418812</t>
+          <t>9786257418935</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağına Aşık Olan Kadın</t>
+          <t>Gönül Kanatlarımın Kalemi</t>
         </is>
       </c>
       <c r="C459" s="1">
         <v>159</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786257418775</t>
+          <t>9786257418881</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Esaret</t>
+          <t>Domino</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>169</v>
+        <v>88</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786257418799</t>
+          <t>9786257418867</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Dil-Küşa</t>
+          <t>Vızıldayan İnsanlar Güvensiz Sinekler</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>75</v>
+        <v>94</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786257418782</t>
+          <t>9786257418874</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın 100'ü</t>
+          <t>Tekinsiz Garabet</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>302</v>
+        <v>94</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786257418737</t>
+          <t>9786257418850</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Tutkunun Sessiz Çığlığı</t>
+          <t>Beni Hatırla</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>154</v>
+        <v>179</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786257418072</t>
+          <t>9786257418836</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Güzelleşiyorum</t>
+          <t>Unutulmaz Günler</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>148</v>
+        <v>144</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786257418614</t>
+          <t>9786257418843</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Rüzgargülü ile Uçurtma</t>
+          <t>İslam Ülkelerindeki Sorunların Siyasal Analizi</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>134</v>
+        <v>172</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786257418607</t>
+          <t>9786257418805</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Kalpten Kaleme Dökülenler</t>
+          <t>1. Tekil</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>91</v>
+        <v>204</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786257418676</t>
+          <t>9786257418829</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Varoluşun Sesi</t>
+          <t>Müstakil Efendi</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>81</v>
+        <v>159</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786257418621</t>
+          <t>9786257418812</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Kolaj</t>
+          <t>Gökkuşağına Aşık Olan Kadın</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>114</v>
+        <v>159</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786257418706</t>
+          <t>9786257418775</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Dağlar ve Aşklar</t>
+          <t>Esaret</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>94</v>
+        <v>169</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786257418652</t>
+          <t>9786257418799</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünyanın Kişisel Defteri</t>
+          <t>Dil-Küşa</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>134</v>
+        <v>75</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786257418669</t>
+          <t>9786257418782</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Bir Ketum Virali</t>
+          <t>İnsanlığın 100'ü</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>134</v>
+        <v>302</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786257418645</t>
+          <t>9786257418737</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Güneşe Aşık Olan Adam</t>
+          <t>Tutkunun Sessiz Çığlığı</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>159</v>
+        <v>154</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786257418638</t>
+          <t>9786257418072</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Son Yolculuk</t>
+          <t>Güzelleşiyorum</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>214</v>
+        <v>148</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786257418577</t>
+          <t>9786257418614</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Lullabies of the Night</t>
+          <t>Rüzgargülü ile Uçurtma</t>
         </is>
       </c>
       <c r="C474" s="1">
         <v>134</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786257418294</t>
+          <t>9786257418607</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Tutankhamon'un Yüzükleri</t>
+          <t>Kalpten Kaleme Dökülenler</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>189</v>
+        <v>91</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786257418584</t>
+          <t>9786257418676</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Sonun Başlangıcı</t>
+          <t>Varoluşun Sesi</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>202</v>
+        <v>81</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786257418560</t>
+          <t>9786257418621</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Çember</t>
+          <t>Kolaj</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>202</v>
+        <v>114</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786257418591</t>
+          <t>9786257418706</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Radyocu Corona - Aşk ve Hapishane</t>
+          <t>Dağlar ve Aşklar</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>134</v>
+        <v>94</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786257418553</t>
+          <t>9786257418652</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Üç Sözcüklü Romancık</t>
+          <t>Modern Dünyanın Kişisel Defteri</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>202</v>
+        <v>134</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786257418515</t>
+          <t>9786257418669</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Matematikle Eğlenceli Boyama</t>
+          <t>Bir Ketum Virali</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>66</v>
+        <v>134</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786257418522</t>
+          <t>9786257418645</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş</t>
+          <t>Güneşe Aşık Olan Adam</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>94</v>
+        <v>159</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786257418546</t>
+          <t>9786257418638</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Türküsü</t>
+          <t>Son Yolculuk</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>94</v>
+        <v>214</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786257418539</t>
+          <t>9786257418577</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Aforizmaları</t>
+          <t>Lullabies of the Night</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>94</v>
+        <v>134</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786257418492</t>
+          <t>9786257418294</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Tabut</t>
+          <t>Tutankhamon'un Yüzükleri</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>202</v>
+        <v>189</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786257418508</t>
+          <t>9786257418584</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Perde - Işıltı Serisi 3. Kitap</t>
+          <t>Sonun Başlangıcı</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>399</v>
+        <v>202</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786056999086</t>
+          <t>9786257418560</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Bi' Bilene Danışalım</t>
+          <t>Çember</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>142</v>
+        <v>202</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786257418485</t>
+          <t>9786257418591</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Uzanan Hayatlar</t>
+          <t>Radyocu Corona - Aşk ve Hapishane</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>169</v>
+        <v>134</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786257418461</t>
+          <t>9786257418553</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Karalamalar</t>
+          <t>Üç Sözcüklü Romancık</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>127</v>
+        <v>202</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786257418454</t>
+          <t>9786257418515</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Zaman Salıncağı</t>
+          <t>Matematikle Eğlenceli Boyama</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>127</v>
+        <v>66</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786257418270</t>
+          <t>9786257418522</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Rüya Gibi Geçti</t>
+          <t>Arkadaş</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>189</v>
+        <v>94</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786257418478</t>
+          <t>9786257418546</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Dmitri Mihayloviç Orlov</t>
+          <t>Kelebek Türküsü</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>105</v>
+        <v>94</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786257418447</t>
+          <t>9786257418539</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Haddizal</t>
+          <t>Kıyamet Aforizmaları</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>100</v>
+        <v>94</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786257418409</t>
+          <t>9786257418492</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Devrik Sevdalar</t>
+          <t>Tabut</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>105</v>
+        <v>202</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786257418423</t>
+          <t>9786257418508</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Kaçış</t>
+          <t>Perde - Işıltı Serisi 3. Kitap</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>189</v>
+        <v>399</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786257418416</t>
+          <t>9786056999086</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Neden Kulağını Kestin Vincent?</t>
+          <t>Bi' Bilene Danışalım</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>105</v>
+        <v>142</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786257418379</t>
+          <t>9786257418485</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Meczup</t>
+          <t>Sonsuza Uzanan Hayatlar</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>94</v>
+        <v>169</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786257418393</t>
+          <t>9786257418461</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>On Beş</t>
+          <t>Karalamalar</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>105</v>
+        <v>127</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786257418362</t>
+          <t>9786257418454</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimde Sancılar</t>
+          <t>Zaman Salıncağı</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>98</v>
+        <v>127</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786257418218</t>
+          <t>9786257418270</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Süreç Böyle Sürüp Gidiyor</t>
+          <t>Rüya Gibi Geçti</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>78</v>
+        <v>189</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786257418287</t>
+          <t>9786257418478</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Piyano Sesi Nereden Geliyor?</t>
+          <t>Dmitri Mihayloviç Orlov</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>134</v>
+        <v>105</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786257418317</t>
+          <t>9786257418447</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Yozlaşma ve Popüler Faşizm</t>
+          <t>Haddizal</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786257418348</t>
+          <t>9786257418409</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kal</t>
+          <t>Devrik Sevdalar</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>134</v>
+        <v>105</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786257418300</t>
+          <t>9786257418423</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Gönül Aynam</t>
+          <t>Kaçış</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>98</v>
+        <v>189</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786257418133</t>
+          <t>9786257418416</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Roma-n-tizma</t>
+          <t>Neden Kulağını Kestin Vincent?</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>107</v>
+        <v>105</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786257418263</t>
+          <t>9786257418379</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Uzaktaki Türkler</t>
+          <t>Meczup</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>256</v>
+        <v>94</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786257418232</t>
+          <t>9786257418393</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Kapitalist Şehirli Adamlar</t>
+          <t>On Beş</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>98</v>
+        <v>105</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786257418171</t>
+          <t>9786257418362</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Kimsesiz</t>
+          <t>Yüreğimde Sancılar</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>148</v>
+        <v>98</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786257418188</t>
+          <t>9786257418218</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Mumu Artık Korkmuyor</t>
+          <t>Süreç Böyle Sürüp Gidiyor</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>134</v>
+        <v>78</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786257418201</t>
+          <t>9786257418287</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yeşil Böcekler</t>
+          <t>Piyano Sesi Nereden Geliyor?</t>
         </is>
       </c>
       <c r="C509" s="1">
         <v>134</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786257418195</t>
+          <t>9786257418317</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Home Is Where You Belong</t>
+          <t>Yozlaşma ve Popüler Faşizm</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>166</v>
+        <v>105</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786257418157</t>
+          <t>9786257418348</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Aldatma</t>
+          <t>Çocuk Kal</t>
         </is>
       </c>
       <c r="C511" s="1">
         <v>134</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786257418140</t>
+          <t>9786257418300</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Tükenirken Ben</t>
+          <t>Gönül Aynam</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>64</v>
+        <v>98</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786257700887</t>
+          <t>9786257418133</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Ardımda Bıraktığım Yıllarım 8</t>
+          <t>Roma-n-tizma</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>241</v>
+        <v>107</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786257418065</t>
+          <t>9786257418263</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>İnsanistan</t>
+          <t>Uzaktaki Türkler</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>88</v>
+        <v>256</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786257418119</t>
+          <t>9786257418232</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Silüet</t>
+          <t>Kapitalist Şehirli Adamlar</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>134</v>
+        <v>98</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786257418102</t>
+          <t>9786257418171</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Kadim Sırlarda Hayatın Puk (2) Kodu - Kendini Tanı</t>
+          <t>Kimsesiz</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>202</v>
+        <v>148</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786257418096</t>
+          <t>9786257418188</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Gargoyle</t>
+          <t>Kirpi Mumu Artık Korkmuyor</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>189</v>
+        <v>134</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786257418089</t>
+          <t>9786257418201</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Bir Yıldız Doğdu</t>
+          <t>Küçük Yeşil Böcekler</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>98</v>
+        <v>134</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786257700795</t>
+          <t>9786257418195</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Feride</t>
+          <t>Home Is Where You Belong</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>154</v>
+        <v>166</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786257418041</t>
+          <t>9786257418157</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Beraverde</t>
+          <t>Aldatma</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>131</v>
+        <v>134</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786257700962</t>
+          <t>9786257418140</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Nerede?</t>
+          <t>Tükenirken Ben</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>134</v>
+        <v>64</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786257418010</t>
+          <t>9786257700887</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Lina - Çikolata Kalpli Hayaller</t>
+          <t>Ardımda Bıraktığım Yıllarım 8</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>134</v>
+        <v>241</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786257418034</t>
+          <t>9786257418065</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Hayat, Şehir, İnsan</t>
+          <t>İnsanistan</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>259</v>
+        <v>88</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786257700986</t>
+          <t>9786257418119</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Bozuk Bir Türkçeyim Ülkemde</t>
+          <t>Silüet</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>94</v>
+        <v>134</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786257418027</t>
+          <t>9786257418102</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Bulagan - Son Kartal</t>
+          <t>Kadim Sırlarda Hayatın Puk (2) Kodu - Kendini Tanı</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>127</v>
+        <v>202</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786257700948</t>
+          <t>9786257418096</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Aralık</t>
+          <t>Gargoyle</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>134</v>
+        <v>189</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786257700979</t>
+          <t>9786257418089</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Annemi Öpmedi</t>
+          <t>Bir Yıldız Doğdu</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>158</v>
+        <v>98</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786257700931</t>
+          <t>9786257700795</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Benim Mucizem</t>
+          <t>Feride</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>144</v>
+        <v>154</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786257700955</t>
+          <t>9786257418041</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Ve Sonra</t>
+          <t>Beraverde</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>169</v>
+        <v>131</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786257700917</t>
+          <t>9786257700962</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Affa</t>
+          <t>Mutluluk Nerede?</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>94</v>
+        <v>134</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786257700924</t>
+          <t>9786257418010</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatçılar Kulübü</t>
+          <t>Lina - Çikolata Kalpli Hayaller</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>98</v>
+        <v>134</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786257700894</t>
+          <t>9786257418034</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Hub</t>
+          <t>Hayat, Şehir, İnsan</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>169</v>
+        <v>259</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786257700900</t>
+          <t>9786257700986</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Rolla</t>
+          <t>Bozuk Bir Türkçeyim Ülkemde</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>131</v>
+        <v>94</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786257700788</t>
+          <t>9786257418027</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Birdenbire</t>
+          <t>Bulagan - Son Kartal</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>83</v>
+        <v>127</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786257700801</t>
+          <t>9786257700948</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Cennet Sürgünü</t>
+          <t>Aralık</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>105</v>
+        <v>134</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786257700764</t>
+          <t>9786257700979</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyanın Gayrimenkul Pazarlamasına Etkisi</t>
+          <t>Özgürlük Annemi Öpmedi</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>144</v>
+        <v>158</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786257700757</t>
+          <t>9786257700931</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kaderini Yazamayanlar</t>
+          <t>Benim Mucizem</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>98</v>
+        <v>144</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786257700733</t>
+          <t>9786257700955</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Duası Birinci Kitap</t>
+          <t>Ve Sonra</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>134</v>
+        <v>169</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786257700726</t>
+          <t>9786257700917</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Ataletten Zirveye</t>
+          <t>Affa</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>134</v>
+        <v>94</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786257700740</t>
+          <t>9786257700924</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Kadınlara Satılmayan Roman</t>
+          <t>Edebiyatçılar Kulübü</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>109</v>
+        <v>98</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786257700696</t>
+          <t>9786257700894</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Melek</t>
+          <t>Hub</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>312</v>
+        <v>169</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786257700658</t>
+          <t>9786257700900</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Cebimdeki Zamansız Notlar</t>
+          <t>Rolla</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>94</v>
+        <v>131</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786257700689</t>
+          <t>9786257700788</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Hiçliğe Sığmayan</t>
+          <t>Birdenbire</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>159</v>
+        <v>83</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786257700672</t>
+          <t>9786257700801</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Düş</t>
+          <t>Cennet Sürgünü</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>94</v>
+        <v>105</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786257700665</t>
+          <t>9786257700764</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Sanal Aşkın Gerçek Acısı</t>
+          <t>Sosyal Medyanın Gayrimenkul Pazarlamasına Etkisi</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>134</v>
+        <v>144</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786257700634</t>
+          <t>9786257700757</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Bit Yeniği Kadar Hülyalar</t>
+          <t>Kendi Kaderini Yazamayanlar</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>88</v>
+        <v>98</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786257700627</t>
+          <t>9786257700733</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Yerine Sevemem</t>
+          <t>Tanrıların Duası Birinci Kitap</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>114</v>
+        <v>134</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786257700603</t>
+          <t>9786257700726</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Sokak Kedisi</t>
+          <t>Ataletten Zirveye</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>98</v>
+        <v>134</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786257700610</t>
+          <t>9786257700740</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Hayal Avcısı</t>
+          <t>Kadınlara Satılmayan Roman</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>202</v>
+        <v>109</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786257700573</t>
+          <t>9786257700696</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Son Notası</t>
+          <t>Melek</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>94</v>
+        <v>312</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786257700580</t>
+          <t>9786257700658</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Buz Mavisi</t>
+          <t>Cebimdeki Zamansız Notlar</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>153</v>
+        <v>94</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786257700566</t>
+          <t>9786257700689</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Sayılar ve Bağlantılar 2</t>
+          <t>Hiçliğe Sığmayan</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>94</v>
+        <v>159</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786257700542</t>
+          <t>9786257700672</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Bir Umut</t>
+          <t>Düş</t>
         </is>
       </c>
       <c r="C553" s="1">
         <v>94</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786257700528</t>
+          <t>9786257700665</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Bir Bezelye Tanesi</t>
+          <t>Sanal Aşkın Gerçek Acısı</t>
         </is>
       </c>
       <c r="C554" s="1">
         <v>134</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786257700535</t>
+          <t>9786257700634</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Dudaklarında Mevsimler</t>
+          <t>Bit Yeniği Kadar Hülyalar</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>134</v>
+        <v>88</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786257700559</t>
+          <t>9786257700627</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Beni Bir Kendinden Koruyamadın</t>
+          <t>Yerine Sevemem</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>144</v>
+        <v>114</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786257700306</t>
+          <t>9786257700603</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Umut Işığı</t>
+          <t>Sokak Kedisi</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>94</v>
+        <v>98</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786257700504</t>
+          <t>9786257700610</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Dair</t>
+          <t>Hayal Avcısı</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>94</v>
+        <v>202</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786257700474</t>
+          <t>9786257700573</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Gubar-ı Hüzün</t>
+          <t>Kalbimin Son Notası</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>105</v>
+        <v>94</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786257700450</t>
+          <t>9786257700580</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Uyandıran Saat</t>
+          <t>Buz Mavisi</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>77</v>
+        <v>153</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786257700436</t>
+          <t>9786257700566</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Delirmek Görecelidir</t>
+          <t>Sayılar ve Bağlantılar 2</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>88</v>
+        <v>94</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786257700481</t>
+          <t>9786257700542</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Hep İnsan 2. Cilt</t>
+          <t>Bir Umut</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>269</v>
+        <v>94</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786257700443</t>
+          <t>9786257700528</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Hayatta Kal 2</t>
+          <t>Bir Bezelye Tanesi</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>114</v>
+        <v>134</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786257700467</t>
+          <t>9786257700535</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Nefes</t>
+          <t>Dudaklarında Mevsimler</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>107</v>
+        <v>134</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786257700412</t>
+          <t>9786257700559</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Alude</t>
+          <t>Beni Bir Kendinden Koruyamadın</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>94</v>
+        <v>144</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786257700429</t>
+          <t>9786257700306</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Hülasa</t>
+          <t>Umut Işığı</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>98</v>
+        <v>94</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786257700399</t>
+          <t>9786257700504</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Duyguların Rotası</t>
+          <t>Yaşama Dair</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>131</v>
+        <v>94</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786257700405</t>
+          <t>9786257700474</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Paranormal Ofis</t>
+          <t>Gubar-ı Hüzün</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>88</v>
+        <v>105</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786257700382</t>
+          <t>9786257700450</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Harf ve Et</t>
+          <t>Zamanı Uyandıran Saat</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>105</v>
+        <v>77</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786257700368</t>
+          <t>9786257700436</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Denedik Olmadı</t>
+          <t>Delirmek Görecelidir</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>111</v>
+        <v>88</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786257700344</t>
+          <t>9786257700481</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Özlem</t>
+          <t>Hep İnsan 2. Cilt</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>83</v>
+        <v>269</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786257700337</t>
+          <t>9786257700443</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Hasret Gülü</t>
+          <t>Hayatta Kal 2</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>25</v>
+        <v>114</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786257700320</t>
+          <t>9786257700467</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Derinler ve Sirenler</t>
+          <t>Nefes</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>142</v>
+        <v>107</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786257700313</t>
+          <t>9786257700412</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>The Glow</t>
+          <t>Alude</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>403</v>
+        <v>94</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786257700290</t>
+          <t>9786257700429</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Hep İnsan 1. Cilt</t>
+          <t>Hülasa</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>220</v>
+        <v>98</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786257700276</t>
+          <t>9786257700399</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Uyanma Vakti</t>
+          <t>Duyguların Rotası</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>167</v>
+        <v>131</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786257700221</t>
+          <t>9786257700405</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Mor Restoran</t>
+          <t>Paranormal Ofis</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>94</v>
+        <v>88</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786257700238</t>
+          <t>9786257700382</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Belirme Yordamları</t>
+          <t>Harf ve Et</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>88</v>
+        <v>105</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786257700214</t>
+          <t>9786257700368</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Yazınsal Nesneler</t>
+          <t>Denedik Olmadı</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>94</v>
+        <v>111</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786257700252</t>
+          <t>9786257700344</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Alfabesiz</t>
+          <t>Özlem</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>144</v>
+        <v>83</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786257700191</t>
+          <t>9786257700337</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Boşu Boşuna</t>
+          <t>Hasret Gülü</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>131</v>
+        <v>25</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786257700184</t>
+          <t>9786257700320</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Sayılar ve Bağlantılar</t>
+          <t>Derinler ve Sirenler</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>94</v>
+        <v>142</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786257700122</t>
+          <t>9786257700313</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Le Naz Fabl</t>
+          <t>The Glow</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>94</v>
+        <v>403</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786257700139</t>
+          <t>9786257700290</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Ardıç Ağacı</t>
+          <t>Hep İnsan 1. Cilt</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>105</v>
+        <v>220</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786257700092</t>
+          <t>9786257700276</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Ağları</t>
+          <t>Uyanma Vakti</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>58</v>
+        <v>167</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786257700146</t>
+          <t>9786257700221</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Koruyucu - Işıltı Serisi 2. Kitap</t>
+          <t>Mor Restoran</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>281</v>
+        <v>94</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786257700115</t>
+          <t>9786257700238</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Perestiş</t>
+          <t>Belirme Yordamları</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>72</v>
+        <v>88</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786257700108</t>
+          <t>9786257700214</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Hayal Defterim 2</t>
+          <t>Yazınsal Nesneler</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>105</v>
+        <v>94</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786257700085</t>
+          <t>9786257700252</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Arife'nin Rüyası</t>
+          <t>Alfabesiz</t>
         </is>
       </c>
       <c r="C589" s="1">
         <v>144</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786257700009</t>
+          <t>9786257700191</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Eylül Sancıları</t>
+          <t>Boşu Boşuna</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>94</v>
+        <v>131</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786257700078</t>
+          <t>9786257700184</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Cennetinde 39 Gün</t>
+          <t>Sayılar ve Bağlantılar</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>72</v>
+        <v>94</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786257700047</t>
+          <t>9786257700122</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Loka Mata - Seneye Yine Gel</t>
+          <t>Le Naz Fabl</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>202</v>
+        <v>94</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786257700054</t>
+          <t>9786257700139</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlı Masallar</t>
+          <t>Ardıç Ağacı</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>98</v>
+        <v>105</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786257700023</t>
+          <t>9786257700092</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Fezmonot</t>
+          <t>Yağmur Ağları</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>94</v>
+        <v>58</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786257700016</t>
+          <t>9786257700146</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Ellerinden Tut</t>
+          <t>Koruyucu - Işıltı Serisi 2. Kitap</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>144</v>
+        <v>281</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786257950992</t>
+          <t>9786257700115</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Müzeyyen</t>
+          <t>Perestiş</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>144</v>
+        <v>72</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786257700030</t>
+          <t>9786257700108</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Karaşeyh ve Kara Günler</t>
+          <t>Hayal Defterim 2</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>214</v>
+        <v>105</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786257950947</t>
+          <t>9786257700085</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Fenix</t>
+          <t>Arife'nin Rüyası</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>169</v>
+        <v>144</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786257950985</t>
+          <t>9786257700009</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>G. Aşkta ve Savaşta</t>
+          <t>Eylül Sancıları</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>98</v>
+        <v>94</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786257950978</t>
+          <t>9786257700078</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Kimseden Gelen Pusulalar</t>
+          <t>Cennetinde 39 Gün</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>144</v>
+        <v>72</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786056999062</t>
+          <t>9786257700047</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Bizim Evin Kedisi</t>
+          <t>Loka Mata - Seneye Yine Gel</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>107</v>
+        <v>202</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786257950824</t>
+          <t>9786257700054</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Luna Mutluluk Adası - Taş Boyama (Ciltli)</t>
+          <t>Yıldızlı Masallar</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>229</v>
+        <v>98</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786257950954</t>
+          <t>9786257700023</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Düşüncelerin Karantinası</t>
+          <t>Fezmonot</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>134</v>
+        <v>94</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786257950961</t>
+          <t>9786257700016</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Mekansızlar</t>
+          <t>Hayatın Ellerinden Tut</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>134</v>
+        <v>144</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786257950923</t>
+          <t>9786257950992</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Hayatta Kal 1</t>
+          <t>Müzeyyen</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>169</v>
+        <v>144</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786257950909</t>
+          <t>9786257700030</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Sancısı</t>
+          <t>Karaşeyh ve Kara Günler</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>202</v>
+        <v>214</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786257950862</t>
+          <t>9786257950947</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Şuursuz</t>
+          <t>Fenix</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>142</v>
+        <v>169</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786257950893</t>
+          <t>9786257950985</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzüne Uğurladım Çocukluğumu</t>
+          <t>G. Aşkta ve Savaşta</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>134</v>
+        <v>98</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786257950879</t>
+          <t>9786257950978</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Rakı Şişesinde Genç Werther</t>
+          <t>Kimseden Gelen Pusulalar</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>94</v>
+        <v>144</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786257950756</t>
+          <t>9786056999062</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Dört Kafadar Paylaşıyor</t>
+          <t>Bizim Evin Kedisi</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>124</v>
+        <v>107</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786257950855</t>
+          <t>9786257950824</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Sana Yazmadım</t>
+          <t>Luna Mutluluk Adası - Taş Boyama (Ciltli)</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>98</v>
+        <v>229</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786257950831</t>
+          <t>9786257950954</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Aforizmaları</t>
+          <t>Düşüncelerin Karantinası</t>
         </is>
       </c>
       <c r="C612" s="1">
         <v>134</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786257950817</t>
+          <t>9786257950961</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Leyla</t>
+          <t>Mekansızlar</t>
         </is>
       </c>
       <c r="C613" s="1">
         <v>134</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786257950763</t>
+          <t>9786257950923</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünün Davulları</t>
+          <t>Hayatta Kal 1</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>144</v>
+        <v>169</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786257950787</t>
+          <t>9786257950909</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Umulmadık İttifak - Ateş Kuşu 2</t>
+          <t>Yaşama Sancısı</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>94</v>
+        <v>202</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786257950794</t>
+          <t>9786257950862</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Sonu - Ateş Kuşu 3</t>
+          <t>Şuursuz</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>105</v>
+        <v>142</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786257950800</t>
+          <t>9786257950893</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Başlangıç - Ateş Kuşu 4</t>
+          <t>Gökyüzüne Uğurladım Çocukluğumu</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>94</v>
+        <v>134</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786257950770</t>
+          <t>9786257950879</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Altın Anahtar - Ateş Kuşu 1</t>
+          <t>Rakı Şişesinde Genç Werther</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>105</v>
+        <v>94</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786257950749</t>
+          <t>9786257950756</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Ta Ta Ta Tam Karşınızda Siz</t>
+          <t>Dört Kafadar Paylaşıyor</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>134</v>
+        <v>124</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786257950701</t>
+          <t>9786257950855</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Adı Rem</t>
+          <t>Sana Yazmadım</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>169</v>
+        <v>98</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786257950602</t>
+          <t>9786257950831</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Kökenli Adlar Sözlüğü</t>
+          <t>Bilgelik Aforizmaları</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>2000</v>
+        <v>134</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786257950671</t>
+          <t>9786257950817</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Çatalkazık Yazıları</t>
+          <t>Leyla</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>198</v>
+        <v>134</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786257950688</t>
+          <t>9786257950763</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Eskiçınar Sokak</t>
+          <t>Gökyüzünün Davulları</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>198</v>
+        <v>144</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786257950664</t>
+          <t>9786257950787</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğun Kaybolduğu Gün</t>
+          <t>Umulmadık İttifak - Ateş Kuşu 2</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>136</v>
+        <v>94</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786257950640</t>
+          <t>9786257950794</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Balık Bubbalo ve Yedinci Kıta Macerası</t>
+          <t>Dünyanın Sonu - Ateş Kuşu 3</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>154</v>
+        <v>105</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786257950657</t>
+          <t>9786257950800</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Yangın ve Saklambaç</t>
+          <t>Başlangıç - Ateş Kuşu 4</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>144</v>
+        <v>94</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786257950626</t>
+          <t>9786257950770</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk İşi</t>
+          <t>Altın Anahtar - Ateş Kuşu 1</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>144</v>
+        <v>105</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786257950480</t>
+          <t>9786257950749</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Gölgeliği</t>
+          <t>Ta Ta Ta Tam Karşınızda Siz</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>120</v>
+        <v>134</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786257950534</t>
+          <t>9786257950701</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Senin Adın Yedi Olsun</t>
+          <t>Adı Rem</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>198</v>
+        <v>169</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786257950572</t>
+          <t>9786257950602</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Tasvir-siz</t>
+          <t>Türkçe Kökenli Adlar Sözlüğü</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>144</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786257950619</t>
+          <t>9786257950671</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Çıplak Yolcu</t>
+          <t>Çatalkazık Yazıları</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>169</v>
+        <v>198</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786257700870</t>
+          <t>9786257950688</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Ardımda Bıraktığım Yıllarım 7</t>
+          <t>Eskiçınar Sokak</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>389</v>
+        <v>198</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786257950558</t>
+          <t>9786257950664</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Ardımda Bıraktığım Yıllarım 6</t>
+          <t>Çocukluğun Kaybolduğu Gün</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>258</v>
+        <v>136</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786257950596</t>
+          <t>9786257950640</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Bir Garip Şair Hikayesi</t>
+          <t>Balık Bubbalo ve Yedinci Kıta Macerası</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>134</v>
+        <v>154</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786257950510</t>
+          <t>9786257950657</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Hurra</t>
+          <t>Yangın ve Saklambaç</t>
         </is>
       </c>
       <c r="C635" s="1">
         <v>144</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786257950541</t>
+          <t>9786257950626</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Kasabam Ayrılık</t>
+          <t>Mutluluk İşi</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>111</v>
+        <v>144</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786257950527</t>
+          <t>9786257950480</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğe Sevgi</t>
+          <t>Güvercin Gölgeliği</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>88</v>
+        <v>120</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786257950459</t>
+          <t>9786257950534</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Kilometresiz</t>
+          <t>Senin Adın Yedi Olsun</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>111</v>
+        <v>198</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786257950497</t>
+          <t>9786257950572</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Karantina Duvarı</t>
+          <t>Tasvir-siz</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>83</v>
+        <v>144</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786257950503</t>
+          <t>9786257950619</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Bir Son'un Öyküsü</t>
+          <t>Çıplak Yolcu</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>94</v>
+        <v>169</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786257950442</t>
+          <t>9786257700870</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Perdesiz Hayatlar</t>
+          <t>Ardımda Bıraktığım Yıllarım 7</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>98</v>
+        <v>389</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786257950398</t>
+          <t>9786257950558</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Gölgemdeki Takıntı</t>
+          <t>Ardımda Bıraktığım Yıllarım 6</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>98</v>
+        <v>258</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786257950473</t>
+          <t>9786257950596</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Başka Alemin Dilencisi</t>
+          <t>Bir Garip Şair Hikayesi</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>83</v>
+        <v>134</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786257950466</t>
+          <t>9786257950510</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Kapıcının Ölümü</t>
+          <t>Hurra</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>98</v>
+        <v>144</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786257950435</t>
+          <t>9786257950541</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Ortak Payda</t>
+          <t>Kasabam Ayrılık</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>98</v>
+        <v>111</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786257950428</t>
+          <t>9786257950527</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Mezhepler</t>
+          <t>Gerçeğe Sevgi</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>144</v>
+        <v>88</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786257950411</t>
+          <t>9786257950459</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Işıltı - Birinci Kitap</t>
+          <t>Kilometresiz</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>399</v>
+        <v>111</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786257950381</t>
+          <t>9786257950497</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Muhabbet</t>
+          <t>Karantina Duvarı</t>
         </is>
       </c>
       <c r="C648" s="1">
         <v>83</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786257950367</t>
+          <t>9786257950503</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Tılsım-ı Berzah</t>
+          <t>Bir Son'un Öyküsü</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>144</v>
+        <v>94</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786257950350</t>
+          <t>9786257950442</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Helen'in Mektupları</t>
+          <t>Perdesiz Hayatlar</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>199</v>
+        <v>98</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786257950374</t>
+          <t>9786257950398</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Kimsesiz Şiirler</t>
+          <t>Gölgemdeki Takıntı</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>83</v>
+        <v>98</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786257950329</t>
+          <t>9786257950473</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Üç Kadın: Zeliha</t>
+          <t>Başka Alemin Dilencisi</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>199</v>
+        <v>83</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786257950336</t>
+          <t>9786257950466</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Kelimeleri</t>
+          <t>Kapıcının Ölümü</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>134</v>
+        <v>98</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786257950312</t>
+          <t>9786257950435</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Geçmeyen Ne Var Hayatta</t>
+          <t>Ortak Payda</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>134</v>
+        <v>98</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786257950275</t>
+          <t>9786257950428</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimdeki Şair</t>
+          <t>Mezhepler</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>94</v>
+        <v>144</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786257950268</t>
+          <t>9786257950411</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Mavi Mühür</t>
+          <t>Işıltı - Birinci Kitap</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>94</v>
+        <v>399</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786257950244</t>
+          <t>9786257950381</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Haçın Gölgesinde</t>
+          <t>Aşk-ı Muhabbet</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>228</v>
+        <v>83</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786257950299</t>
+          <t>9786257950367</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Apaçi</t>
+          <t>Tılsım-ı Berzah</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>94</v>
+        <v>144</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786257950237</t>
+          <t>9786257950350</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Öğret Bana!</t>
+          <t>Helen'in Mektupları</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>248</v>
+        <v>199</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786257950190</t>
+          <t>9786257950374</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Hayal Defterim</t>
+          <t>Kimsesiz Şiirler</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>98</v>
+        <v>83</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786257950183</t>
+          <t>9786257950329</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>İslam İktisadı Öğrencilerine Notlar</t>
+          <t>Üç Kadın: Zeliha</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>169</v>
+        <v>199</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786257950169</t>
+          <t>9786257950336</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Senin Yolun Yormaz Beni</t>
+          <t>Hayatımın Kelimeleri</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>94</v>
+        <v>134</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786257950152</t>
+          <t>9786257950312</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Gaz Kesmez</t>
+          <t>Geçmeyen Ne Var Hayatta</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>94</v>
+        <v>134</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786257950176</t>
+          <t>9786257950275</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>O Güneş Bir Daha Doğsun</t>
+          <t>Yüreğimdeki Şair</t>
         </is>
       </c>
       <c r="C664" s="1">
         <v>94</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786257950145</t>
+          <t>9786257950268</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Labirentten Çıkış</t>
+          <t>Mavi Mühür</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>169</v>
+        <v>94</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786257950138</t>
+          <t>9786257950244</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yangın</t>
+          <t>Haçın Gölgesinde</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>131</v>
+        <v>228</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786257950084</t>
+          <t>9786257950299</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Hayata Bir Mola</t>
+          <t>Apaçi</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>134</v>
+        <v>94</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786257950091</t>
+          <t>9786257950237</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Entropi</t>
+          <t>Öğret Bana!</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>134</v>
+        <v>248</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786257950060</t>
+          <t>9786257950190</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Bahreyn</t>
+          <t>Hayal Defterim</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>94</v>
+        <v>98</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786257950077</t>
+          <t>9786257950183</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Psikozun Huzursuz Oğlu</t>
+          <t>İslam İktisadı Öğrencilerine Notlar</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>134</v>
+        <v>169</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786257950053</t>
+          <t>9786257950169</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Jezebel Melek-i Tavus</t>
+          <t>Senin Yolun Yormaz Beni</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>134</v>
+        <v>94</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786257950046</t>
+          <t>9786257950152</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Mavi Küf</t>
+          <t>Gaz Kesmez</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>134</v>
+        <v>94</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786257950039</t>
+          <t>9786257950176</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Anima</t>
+          <t>O Güneş Bir Daha Doğsun</t>
         </is>
       </c>
       <c r="C673" s="1">
         <v>94</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786257950022</t>
+          <t>9786257950145</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Salıncak</t>
+          <t>Labirentten Çıkış</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>85</v>
+        <v>169</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786257950008</t>
+          <t>9786257950138</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Suhulet</t>
+          <t>Büyük Yangın</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>94</v>
+        <v>131</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786257950015</t>
+          <t>9786257950084</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Dört</t>
+          <t>Hayata Bir Mola</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>98</v>
+        <v>134</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786058047693</t>
+          <t>9786257950091</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Mersedes Gülleri</t>
+          <t>Entropi</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>64</v>
+        <v>134</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786056983375</t>
+          <t>9786257950060</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğu Ara</t>
+          <t>Bahreyn</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>83</v>
+        <v>94</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786257700863</t>
+          <t>9786257950077</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Ardımda Bıraktığım Yıllarım 5</t>
+          <t>Psikozun Huzursuz Oğlu</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>71</v>
+        <v>134</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786056983351</t>
+          <t>9786257950053</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Eddie'nin Güneşi</t>
+          <t>Jezebel Melek-i Tavus</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>98</v>
+        <v>134</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786056983337</t>
+          <t>9786257950046</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyden Biraz Aşktan Azıcık</t>
+          <t>Mavi Küf</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>88</v>
+        <v>134</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786056983313</t>
+          <t>9786257950039</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Hamil-i Aşk Yakınımdır</t>
+          <t>Anima</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>98</v>
+        <v>94</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786056983320</t>
+          <t>9786257950022</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Sensizlik Günlüğüm (Ciltli)</t>
+          <t>Salıncak</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>83</v>
+        <v>85</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786058047679</t>
+          <t>9786257950008</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Ve O Dedi Ki</t>
+          <t>Suhulet</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>170</v>
+        <v>94</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786056983306</t>
+          <t>9786257950015</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Bir Neşet Türküsü</t>
+          <t>Dört</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>83</v>
+        <v>98</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786058032231</t>
+          <t>9786058047693</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Siyah Etekli Manolya</t>
+          <t>Mersedes Gülleri</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>83</v>
+        <v>64</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786058032255</t>
+          <t>9786056983375</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Aşka Meftun</t>
+          <t>Mutluluğu Ara</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>88</v>
+        <v>83</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786257700856</t>
+          <t>9786257700863</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Ardımda Bıraktığım Yıllarım 4</t>
+          <t>Ardımda Bıraktığım Yıllarım 5</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>232</v>
+        <v>71</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786257700849</t>
+          <t>9786056983351</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Ardımda Bıraktığım Yıllarım 3</t>
+          <t>Eddie'nin Güneşi</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>289</v>
+        <v>98</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786058047662</t>
+          <t>9786056983337</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Tonu</t>
+          <t>Her Şeyden Biraz Aşktan Azıcık</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>77</v>
+        <v>88</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786058032217</t>
+          <t>9786056983313</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yarım Kalmış Masallara</t>
+          <t>Hamil-i Aşk Yakınımdır</t>
         </is>
       </c>
       <c r="C691" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786058047648</t>
+          <t>9786056983320</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Derdim</t>
+          <t>Sensizlik Günlüğüm (Ciltli)</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>94</v>
+        <v>83</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786058047631</t>
+          <t>9786058047679</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Gerçekleştir Hayalini</t>
+          <t>Ve O Dedi Ki</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>111</v>
+        <v>170</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786257700832</t>
+          <t>9786056983306</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Ardımda Bıraktığım Yıllarım 2</t>
+          <t>Bir Neşet Türküsü</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>442</v>
+        <v>83</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786257700825</t>
+          <t>9786058032231</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Ardımda Bıraktığım Yıllarım 1</t>
+          <t>Siyah Etekli Manolya</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>72</v>
+        <v>83</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786058047617</t>
+          <t>9786058032255</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Mevsimi</t>
+          <t>Aşka Meftun</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>75</v>
+        <v>88</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786058047600</t>
+          <t>9786257700856</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Nazra</t>
+          <t>Ardımda Bıraktığım Yıllarım 4</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>94</v>
+        <v>232</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786056943591</t>
+          <t>9786257700849</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Cennetten mi Düştün?</t>
+          <t>Ardımda Bıraktığım Yıllarım 3</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>83</v>
+        <v>289</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786056943522</t>
+          <t>9786058047662</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Hamiyeli Yıllar</t>
+          <t>Hayatın Tonu</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>120</v>
+        <v>77</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786056943553</t>
+          <t>9786058032217</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Gamzeli Ada</t>
+          <t>Tüm Yarım Kalmış Masallara</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>88</v>
+        <v>98</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786056943539</t>
+          <t>9786058047648</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Gülseven Halıcılık</t>
+          <t>En Güzel Derdim</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>88</v>
+        <v>94</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786056943546</t>
+          <t>9786058047631</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Para Kavga Pranga</t>
+          <t>Gerçekleştir Hayalini</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>184</v>
+        <v>111</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786056943515</t>
+          <t>9786257700832</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Zaman Küresi</t>
+          <t>Ardımda Bıraktığım Yıllarım 2</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>159</v>
+        <v>442</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786056943508</t>
+          <t>9786257700825</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Şeffaf Tuval</t>
+          <t>Ardımda Bıraktığım Yıllarım 1</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>127</v>
+        <v>72</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786058063464</t>
+          <t>9786058047617</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Anadolum Türkiyem</t>
+          <t>Sürgün Mevsimi</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>88</v>
+        <v>75</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786058063433</t>
+          <t>9786058047600</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Eyvallah</t>
+          <t>Nazra</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>68</v>
+        <v>94</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786058063440</t>
+          <t>9786056943591</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Aynı Sahnenin Başka İnsanları</t>
+          <t>Cennetten mi Düştün?</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>88</v>
+        <v>83</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786058063426</t>
+          <t>9786056943522</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Manifesto</t>
+          <t>Hamiyeli Yıllar</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>88</v>
+        <v>120</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786056924989</t>
+          <t>9786056943553</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Yoluma Çık Kaderimden Geç</t>
+          <t>Gamzeli Ada</t>
         </is>
       </c>
       <c r="C709" s="1">
         <v>88</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786056924958</t>
+          <t>9786056943539</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Gecedeki</t>
+          <t>Gülseven Halıcılık</t>
         </is>
       </c>
       <c r="C710" s="1">
         <v>88</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786056924965</t>
+          <t>9786056943546</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Ağlayan Kelebekler</t>
+          <t>Para Kavga Pranga</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>43</v>
+        <v>184</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786056924941</t>
+          <t>9786056943515</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Doğuş</t>
+          <t>Zaman Küresi</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>72</v>
+        <v>159</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786058089280</t>
+          <t>9786056943508</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Harflerin Gölgesinde</t>
+          <t>Şeffaf Tuval</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>88</v>
+        <v>127</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786056924927</t>
+          <t>9786058063464</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Rü'yeti</t>
+          <t>Anadolum Türkiyem</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>142</v>
+        <v>88</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786058089242</t>
+          <t>9786058063433</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Hiçbir Şeyden</t>
+          <t>Eyvallah</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>88</v>
+        <v>68</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786058089273</t>
+          <t>9786058063440</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Biraz Düşününce</t>
+          <t>Aynı Sahnenin Başka İnsanları</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>38</v>
+        <v>88</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786058089235</t>
+          <t>9786058063426</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Söyle Ne Taraf?</t>
+          <t>Manifesto</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>94</v>
+        <v>88</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786058089211</t>
+          <t>9786056924989</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Gözlerin Hidayeti</t>
+          <t>Yoluma Çık Kaderimden Geç</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>148</v>
+        <v>88</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786056892394</t>
+          <t>9786056924958</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Odamın Hüzünlü Duvarları</t>
+          <t>Gecedeki</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>134</v>
+        <v>88</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786056892332</t>
+          <t>9786056924965</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Ben Eylül</t>
+          <t>Ağlayan Kelebekler</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>60</v>
+        <v>43</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786056892325</t>
+          <t>9786056924941</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Sevmek Zamanı - Muazzez</t>
+          <t>Yeniden Doğuş</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>88</v>
+        <v>72</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786056852961</t>
+          <t>9786058089280</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Terlikler</t>
+          <t>Harflerin Gölgesinde</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>94</v>
+        <v>88</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786056852954</t>
+          <t>9786056924927</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Marduk: Bir Tanrı Kaşifi</t>
+          <t>Aşkın Rü'yeti</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>144</v>
+        <v>142</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786056852930</t>
+          <t>9786058089242</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>İllet-i Aşk</t>
+          <t>Her Şey Hiçbir Şeyden</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>83</v>
+        <v>88</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786056852923</t>
+          <t>9786058089273</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Sömürge</t>
+          <t>Biraz Düşününce</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>142</v>
+        <v>38</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786056852909</t>
+          <t>9786058089235</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Oysa Susmak En Çok Bana Yakışmıyordu</t>
+          <t>Söyle Ne Taraf?</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>105</v>
+        <v>94</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
+          <t>9786058089211</t>
+        </is>
+      </c>
+      <c r="B727" s="1" t="inlineStr">
+        <is>
+          <t>Gözlerin Hidayeti</t>
+        </is>
+      </c>
+      <c r="C727" s="1">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="728" spans="1:3">
+      <c r="A728" s="1" t="inlineStr">
+        <is>
+          <t>9786056892394</t>
+        </is>
+      </c>
+      <c r="B728" s="1" t="inlineStr">
+        <is>
+          <t>Odamın Hüzünlü Duvarları</t>
+        </is>
+      </c>
+      <c r="C728" s="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="729" spans="1:3">
+      <c r="A729" s="1" t="inlineStr">
+        <is>
+          <t>9786056892332</t>
+        </is>
+      </c>
+      <c r="B729" s="1" t="inlineStr">
+        <is>
+          <t>Ben Eylül</t>
+        </is>
+      </c>
+      <c r="C729" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="730" spans="1:3">
+      <c r="A730" s="1" t="inlineStr">
+        <is>
+          <t>9786056892325</t>
+        </is>
+      </c>
+      <c r="B730" s="1" t="inlineStr">
+        <is>
+          <t>Sevmek Zamanı - Muazzez</t>
+        </is>
+      </c>
+      <c r="C730" s="1">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="731" spans="1:3">
+      <c r="A731" s="1" t="inlineStr">
+        <is>
+          <t>9786056852961</t>
+        </is>
+      </c>
+      <c r="B731" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Terlikler</t>
+        </is>
+      </c>
+      <c r="C731" s="1">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="732" spans="1:3">
+      <c r="A732" s="1" t="inlineStr">
+        <is>
+          <t>9786056852954</t>
+        </is>
+      </c>
+      <c r="B732" s="1" t="inlineStr">
+        <is>
+          <t>Marduk: Bir Tanrı Kaşifi</t>
+        </is>
+      </c>
+      <c r="C732" s="1">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="733" spans="1:3">
+      <c r="A733" s="1" t="inlineStr">
+        <is>
+          <t>9786056852930</t>
+        </is>
+      </c>
+      <c r="B733" s="1" t="inlineStr">
+        <is>
+          <t>İllet-i Aşk</t>
+        </is>
+      </c>
+      <c r="C733" s="1">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="734" spans="1:3">
+      <c r="A734" s="1" t="inlineStr">
+        <is>
+          <t>9786056852923</t>
+        </is>
+      </c>
+      <c r="B734" s="1" t="inlineStr">
+        <is>
+          <t>Sömürge</t>
+        </is>
+      </c>
+      <c r="C734" s="1">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="735" spans="1:3">
+      <c r="A735" s="1" t="inlineStr">
+        <is>
+          <t>9786056852909</t>
+        </is>
+      </c>
+      <c r="B735" s="1" t="inlineStr">
+        <is>
+          <t>Oysa Susmak En Çok Bana Yakışmıyordu</t>
+        </is>
+      </c>
+      <c r="C735" s="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="736" spans="1:3">
+      <c r="A736" s="1" t="inlineStr">
+        <is>
           <t>9786058173903</t>
         </is>
       </c>
-      <c r="B727" s="1" t="inlineStr">
+      <c r="B736" s="1" t="inlineStr">
         <is>
           <t>Derin Nefes Sayıklamalar</t>
         </is>
       </c>
-      <c r="C727" s="1">
+      <c r="C736" s="1">
         <v>72</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>