--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,11065 +85,11245 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255582928</t>
+          <t>9786258565034</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Küçük Çizgiler Büyük Mesajlar</t>
+          <t>Hello Coach</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>188</v>
+        <v>324</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255582935</t>
+          <t>9786258565058</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Defne’nin Hikâyesi</t>
+          <t>Kırkından Sonra</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>312</v>
+        <v>244</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255582911</t>
+          <t>9786258565027</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>P4C Etkinlikleri</t>
+          <t>Zaare</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>248</v>
+        <v>224</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255582898</t>
+          <t>9786255582850</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Bu Kadar da Çok Sevilmez ki Geceler</t>
+          <t>İki Ses</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>188</v>
+        <v>168</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255582768</t>
+          <t>9786255582751</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sigara ile Savaşım</t>
+          <t>Svastika Bilgeliği ile Dönüşüm ve Manifest</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>144</v>
+        <v>450</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255582874</t>
+          <t>9786056075214</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Mercek</t>
+          <t>Yakaladığım Sanat</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>264</v>
+        <v>195</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255582720</t>
+          <t>9786258339772</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sunita</t>
+          <t>Tuhaf Hayvanlar Serisi 8 - Korkudan Korkan Vombat</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>228</v>
+        <v>162</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255582843</t>
+          <t>9786058032224</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Zihnin Görünmeyen Mesaisi</t>
+          <t>Celile Su</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>144</v>
+        <v>292</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255582782</t>
+          <t>9786257950725</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın İçinde Sakladıklarım</t>
+          <t>Genesis ve Saklı Gerçekler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>244</v>
+        <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255582713</t>
+          <t>9786257700160</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hayat Antrenmanı</t>
+          <t>Çoço ve Mavi Kelebek</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>224</v>
+        <v>128</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255582737</t>
+          <t>9786255582942</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kulak Tıkama Sanatı</t>
+          <t>Kasım Sarısı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>189</v>
+        <v>264</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255582461</t>
+          <t>9786255582867</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Harman</t>
+          <t>Fütursuz</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>282</v>
+        <v>138</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255582683</t>
+          <t>9786255582928</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bütünsel Sağlık ve Güzellik</t>
+          <t>Küçük Çizgiler Büyük Mesajlar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>312</v>
+        <v>188</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255582690</t>
+          <t>9786255582935</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>7 İklim</t>
+          <t>Defne’nin Hikâyesi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>144</v>
+        <v>312</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255582676</t>
+          <t>9786255582911</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kolhis</t>
+          <t>P4C Etkinlikleri</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>264</v>
+        <v>248</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255582621</t>
+          <t>9786255582898</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Akordeonlu Meksika</t>
+          <t>Bu Kadar da Çok Sevilmez ki Geceler</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>144</v>
+        <v>188</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255582577</t>
+          <t>9786255582768</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Sustuğumuz Yerden Yaralıyız</t>
+          <t>Sigara ile Savaşım</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>164</v>
+        <v>144</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256075146</t>
+          <t>9786255582874</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Üstüne Alın</t>
+          <t>Mercek</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>102</v>
+        <v>264</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256656772</t>
+          <t>9786255582720</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yaratılış</t>
+          <t>Sunita</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>164</v>
+        <v>228</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256574021</t>
+          <t>9786255582843</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Gezegen</t>
+          <t>Zihnin Görünmeyen Mesaisi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>174</v>
+        <v>144</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256474314</t>
+          <t>9786255582782</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Umut Bir Otizm Kitabı</t>
+          <t>Hayatımın İçinde Sakladıklarım</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>114</v>
+        <v>244</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256985971</t>
+          <t>9786255582713</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm İçin Koçluk</t>
+          <t>Hayat Antrenmanı</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>224</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256985605</t>
+          <t>9786255582737</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ben Yazar Değilim</t>
+          <t>Kulak Tıkama Sanatı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>105</v>
+        <v>189</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257417959</t>
+          <t>9786255582461</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kırılgan</t>
+          <t>Harman</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>88</v>
+        <v>282</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786258442618</t>
+          <t>9786255582683</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kelimeler</t>
+          <t>Bütünsel Sağlık ve Güzellik</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>98</v>
+        <v>312</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786258442113</t>
+          <t>9786255582690</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Baharı Dalında Öptüm</t>
+          <t>7 İklim</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>44</v>
+        <v>144</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786058089259</t>
+          <t>9786255582676</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Çaba</t>
+          <t>Kolhis</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>88</v>
+        <v>264</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257418058</t>
+          <t>9786255582621</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kış Kırığı</t>
+          <t>Akordeonlu Meksika</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>94</v>
+        <v>144</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257418003</t>
+          <t>9786255582577</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Değilsin</t>
+          <t>Hepimiz Sustuğumuz Yerden Yaralıyız</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>59</v>
+        <v>164</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257950732</t>
+          <t>9786256075146</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kınalı Nasıl Ev Kedisi Oldu?</t>
+          <t>Üstüne Alın</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>98</v>
+        <v>133</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257700245</t>
+          <t>9786256656772</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>Yaratılış</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>71</v>
+        <v>164</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257950206</t>
+          <t>9786256574021</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İmkansızım</t>
+          <t>Kayıp Gezegen</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>59</v>
+        <v>174</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255582591</t>
+          <t>9786256474314</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Özlemle Antakya</t>
+          <t>Benim Adım Umut Bir Otizm Kitabı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>350</v>
+        <v>114</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255582584</t>
+          <t>9786256985971</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Shakespeare Sevdası</t>
+          <t>Dönüşüm İçin Koçluk</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>488</v>
+        <v>224</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255582560</t>
+          <t>9786256985605</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Mahşer 8 Kitabındaki Anlamlı Veriler</t>
+          <t>Ben Yazar Değilim</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>212</v>
+        <v>105</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255582539</t>
+          <t>9786257417959</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Eli</t>
+          <t>Kırılgan</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>254</v>
+        <v>88</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255582447</t>
+          <t>9786258442618</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İç Sesim ile Uzlaşma</t>
+          <t>Sihirli Kelimeler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>499</v>
+        <v>98</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255582454</t>
+          <t>9786258442113</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Baş Saatler Orkestrası</t>
+          <t>Baharı Dalında Öptüm</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>134</v>
+        <v>44</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255582348</t>
+          <t>9786058089259</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Gördün Mü Turnam</t>
+          <t>Çaba</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>299</v>
+        <v>88</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255582522</t>
+          <t>9786257418058</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Dilden Dökülenler</t>
+          <t>Kış Kırığı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>164</v>
+        <v>94</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255582423</t>
+          <t>9786257418003</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Eylül Çiçeği Yalnızlığım</t>
+          <t>Yalnız Değilsin</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>144</v>
+        <v>59</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255582393</t>
+          <t>9786257950732</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kurt Korkusu</t>
+          <t>Kınalı Nasıl Ev Kedisi Oldu?</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>189</v>
+        <v>128</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255582386</t>
+          <t>9786257700245</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Esrarlı Mısralar</t>
+          <t>2</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>164</v>
+        <v>71</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255582294</t>
+          <t>9786257950206</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yaz ve Gökkuşağı - Kırmızı Pabuçlar</t>
+          <t>İmkansızım</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>134</v>
+        <v>59</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255582331</t>
+          <t>9786255582591</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Yuvasız Kuşlar</t>
+          <t>Özlemle Antakya</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>248</v>
+        <v>350</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257700153</t>
+          <t>9786255582584</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Hazinenin Peşinde Senin Maceran 2</t>
+          <t>Shakespeare Sevdası</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>72</v>
+        <v>488</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255582287</t>
+          <t>9786255582560</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bilmekte Yarar Var</t>
+          <t>Mahşer 8 Kitabındaki Anlamlı Veriler</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>324</v>
+        <v>212</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256075627</t>
+          <t>9786255582539</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Öğrencisi</t>
+          <t>Tanrı’nın Eli</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>398</v>
+        <v>254</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255582249</t>
+          <t>9786255582447</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Personel</t>
+          <t>İç Sesim ile Uzlaşma</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>220</v>
+        <v>499</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255582256</t>
+          <t>9786255582454</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Benim Derin Deniz’im</t>
+          <t>Baş Saatler Orkestrası</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>216</v>
+        <v>134</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255582263</t>
+          <t>9786255582348</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Psikiyatri Koğuşunda Resim Sergisi</t>
+          <t>Gördün Mü Turnam</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>226</v>
+        <v>389</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255582195</t>
+          <t>9786255582522</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Müjde</t>
+          <t>Dilden Dökülenler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>134</v>
+        <v>164</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255582188</t>
+          <t>9786255582423</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Geri Dönüş(süz)! (Roman Üçlemesi)</t>
+          <t>Eylül Çiçeği Yalnızlığım</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>389</v>
+        <v>144</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255582157</t>
+          <t>9786255582393</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Alakart Sohbetler ve Garnitür Sosları</t>
+          <t>Kurt Korkusu</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>324</v>
+        <v>189</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255582140</t>
+          <t>9786255582386</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Senfonisi</t>
+          <t>Esrarlı Mısralar</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>134</v>
+        <v>164</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255582201</t>
+          <t>9786255582294</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Adalet mi Anne?</t>
+          <t>Yaz ve Gökkuşağı - Kırmızı Pabuçlar</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>154</v>
+        <v>175</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255582171</t>
+          <t>9786255582331</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Türkçe-İngilizce-Yalın Türkçe İnşaat Mühendisliği Terimleri Sözlüğü</t>
+          <t>Yuvasız Kuşlar</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>2250</v>
+        <v>248</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786255582065</t>
+          <t>9786257700153</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Türk Kavminden Türk Milletine Doğu Türk Budun ve Batı Türk Budun</t>
+          <t>Gizemli Hazinenin Peşinde Senin Maceran 2</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>144</v>
+        <v>72</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256075931</t>
+          <t>9786255582287</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçinden</t>
+          <t>Bilmekte Yarar Var</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>254</v>
+        <v>324</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786255582058</t>
+          <t>9786256075627</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bilgisel Yakın Siyasi Tarihin Dönüm Noktaları</t>
+          <t>Aşkın Öğrencisi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>244</v>
+        <v>518</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255582041</t>
+          <t>9786255582249</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kirpi ile Papatya</t>
+          <t>Personel</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>154</v>
+        <v>220</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256075870</t>
+          <t>9786255582256</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Varoş Kraliçesi Bübüş</t>
+          <t>Benim Derin Deniz’im</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>134</v>
+        <v>216</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256075856</t>
+          <t>9786255582263</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kadının Çağrısı</t>
+          <t>Psikiyatri Koğuşunda Resim Sergisi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>202</v>
+        <v>226</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256075917</t>
+          <t>9786255582195</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Mum Biterken</t>
+          <t>Müjde</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>144</v>
+        <v>134</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256075863</t>
+          <t>9786255582188</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Bizden Ben Kala</t>
+          <t>Geri Dönüş(süz)! (Roman Üçlemesi)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>134</v>
+        <v>389</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256075764</t>
+          <t>9786255582157</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ecel Kılıcı</t>
+          <t>Alakart Sohbetler ve Garnitür Sosları</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>254</v>
+        <v>324</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258442472</t>
+          <t>9786255582140</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Arz-ı Berzah</t>
+          <t>Aşkın Senfonisi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>189</v>
+        <v>134</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258442724</t>
+          <t>9786255582201</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Soyunur Zaman</t>
+          <t>Adalet mi Anne?</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>124</v>
+        <v>154</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258442786</t>
+          <t>9786255582171</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Satır Başı</t>
+          <t>Türkçe-İngilizce-Yalın Türkçe İnşaat Mühendisliği Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>134</v>
+        <v>2925</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258442625</t>
+          <t>9786255582065</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Rune Mucizesi</t>
+          <t>Türk Kavminden Türk Milletine Doğu Türk Budun ve Batı Türk Budun</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>202</v>
+        <v>188</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786058089297</t>
+          <t>9786256075931</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Puk Kodu</t>
+          <t>Hayatın İçinden</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>189</v>
+        <v>254</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257418164</t>
+          <t>9786255582058</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Akkız</t>
+          <t>Bilgisel Yakın Siyasi Tarihin Dönüm Noktaları</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>134</v>
+        <v>318</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257950343</t>
+          <t>9786255582041</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>13 Bilet</t>
+          <t>Kirpi ile Papatya</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>144</v>
+        <v>201</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256075818</t>
+          <t>9786256075870</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Makas</t>
+          <t>Varoş Kraliçesi Bübüş</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>265</v>
+        <v>134</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256075788</t>
+          <t>9786256075856</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Masalları</t>
+          <t>Kadının Çağrısı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>144</v>
+        <v>202</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256075702</t>
+          <t>9786256075917</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kıpçak Türkleri ve Kıpçakların Bugünü</t>
+          <t>Mum Biterken</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>154</v>
+        <v>188</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256075658</t>
+          <t>9786256075863</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluğun Melodisi 3 Tanrıların Alacakaranlığı</t>
+          <t>Bizden Ben Kala</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>172</v>
+        <v>134</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256075665</t>
+          <t>9786256075764</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Anastasia</t>
+          <t>Ecel Kılıcı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>276</v>
+        <v>254</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256075696</t>
+          <t>9786258442472</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Bin Turna Avazı</t>
+          <t>Arz-ı Berzah</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>178</v>
+        <v>189</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258339338</t>
+          <t>9786258442724</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Kaşifler</t>
+          <t>Soyunur Zaman</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>96</v>
+        <v>124</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256075528</t>
+          <t>9786258442786</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Güneşli Günlere</t>
+          <t>Satır Başı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>164</v>
+        <v>134</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256075580</t>
+          <t>9786258442625</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Mihnetnâme</t>
+          <t>Rune Mucizesi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>132</v>
+        <v>202</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256075504</t>
+          <t>9786058089297</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>İngilizce-Yalın Türkçe İnşaat Mühendisliği Terimler Sözlüğü</t>
+          <t>Hayatın Puk Kodu</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>1450</v>
+        <v>189</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256075597</t>
+          <t>9786257418164</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Hatun Kişi Niyetine</t>
+          <t>Akkız</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>148</v>
+        <v>134</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256075573</t>
+          <t>9786257950343</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kapılılar</t>
+          <t>13 Bilet</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>169</v>
+        <v>144</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256075566</t>
+          <t>9786256075818</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Tinnitus</t>
+          <t>Makas</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>148</v>
+        <v>265</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256075610</t>
+          <t>9786256075788</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Yolculuğun Ötesinde</t>
+          <t>Zamanın Masalları</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>314</v>
+        <v>144</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256075429</t>
+          <t>9786256075702</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Bir Stetoskobun Peşinde</t>
+          <t>Kıpçak Türkleri ve Kıpçakların Bugünü</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>258</v>
+        <v>201</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256075481</t>
+          <t>9786256075658</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sihirli 7</t>
+          <t>Sonsuzluğun Melodisi 3 Tanrıların Alacakaranlığı</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>110</v>
+        <v>224</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256075412</t>
+          <t>9786256075665</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Analar Ağlamasın</t>
+          <t>Anastasia</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>180</v>
+        <v>276</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256075382</t>
+          <t>9786256075696</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>İşimde İz Bırakanlar</t>
+          <t>Bin Turna Avazı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>144</v>
+        <v>232</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256075306</t>
+          <t>9786258339338</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Eksiliyorum Gitgide</t>
+          <t>Gizemli Kaşifler</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>129</v>
+        <v>96</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256075337</t>
+          <t>9786256075528</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Yaşantının Kalın Duvarları</t>
+          <t>Güneşli Günlere</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>134</v>
+        <v>164</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256075344</t>
+          <t>9786256075580</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Aşısı</t>
+          <t>Mihnetnâme</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>124</v>
+        <v>132</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256075313</t>
+          <t>9786256075504</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Mor Pelerinli Kuyt</t>
+          <t>İngilizce-Yalın Türkçe İnşaat Mühendisliği Terimler Sözlüğü</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>166</v>
+        <v>1885</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256075290</t>
+          <t>9786256075597</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Gürültüsü</t>
+          <t>Hatun Kişi Niyetine</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>105</v>
+        <v>148</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256075252</t>
+          <t>9786256075573</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Sen Bana Yasaksın Ben Sana Yasak</t>
+          <t>Kırmızı Kapılılar</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>142</v>
+        <v>220</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256075184</t>
+          <t>9786256075566</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Köşedeki Ekonomi 2</t>
+          <t>Tinnitus</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>189</v>
+        <v>148</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256075207</t>
+          <t>9786256075610</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Eylül Mavisi</t>
+          <t>Yolculuğun Ötesinde</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>189</v>
+        <v>314</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256075238</t>
+          <t>9786256075429</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya Saçlarımda</t>
+          <t>Bir Stetoskobun Peşinde</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>135</v>
+        <v>258</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256075221</t>
+          <t>9786256075481</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Turuncu Defter</t>
+          <t>Sihirli 7</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>100</v>
+        <v>143</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256075177</t>
+          <t>9786256075412</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Unutulan Yüzler</t>
+          <t>Analar Ağlamasın</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>198</v>
+        <v>180</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256075245</t>
+          <t>9786256075382</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Duyguların Dünyasında Bir Yolculuk</t>
+          <t>İşimde İz Bırakanlar</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>132</v>
+        <v>144</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256075153</t>
+          <t>9786256075306</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Mavi Çanaklık</t>
+          <t>Eksiliyorum Gitgide</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>132</v>
+        <v>129</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256075139</t>
+          <t>9786256075337</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Yansıma</t>
+          <t>Yaşantının Kalın Duvarları</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>134</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256656192</t>
+          <t>9786256075344</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Nisana Öykünen Haziran</t>
+          <t>Çiçek Aşısı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>154</v>
+        <v>124</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256574915</t>
+          <t>9786256075313</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Acele Aşka Şeytan Karışır</t>
+          <t>Mor Pelerinli Kuyt</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>194</v>
+        <v>216</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256075085</t>
+          <t>9786256075290</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Sudan Hüzünler</t>
+          <t>Aşkın Gürültüsü</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>264</v>
+        <v>137</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256075078</t>
+          <t>9786256075252</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Zeynep</t>
+          <t>Sen Bana Yasaksın Ben Sana Yasak</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>164</v>
+        <v>142</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256075061</t>
+          <t>9786256075184</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Aşka Dair Ne Varsa</t>
+          <t>Köşedeki Ekonomi 2</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>176</v>
+        <v>246</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256075054</t>
+          <t>9786256075207</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Zayi (Ciltli)</t>
+          <t>Eylül Mavisi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>104</v>
+        <v>246</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256656901</t>
+          <t>9786256075238</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Hayatım Roman Olur</t>
+          <t>Mezopotamya Saçlarımda</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>173</v>
+        <v>135</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256075108</t>
+          <t>9786256075221</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Kapı</t>
+          <t>Turuncu Defter</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>117</v>
+        <v>100</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256656215</t>
+          <t>9786256075177</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Tülay</t>
+          <t>Unutulan Yüzler</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>214</v>
+        <v>198</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256656949</t>
+          <t>9786256075245</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Yara Bandı Tedavisi</t>
+          <t>Duyguların Dünyasında Bir Yolculuk</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>157</v>
+        <v>132</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256656925</t>
+          <t>9786256075153</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Adı Neva</t>
+          <t>Mavi Çanaklık</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>144</v>
+        <v>132</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256656994</t>
+          <t>9786256075139</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Efkarımın Esrarı</t>
+          <t>Yansıma</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>189</v>
+        <v>175</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256656932</t>
+          <t>9786256656192</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Annemle Konuşan Kedim</t>
+          <t>Nisana Öykünen Haziran</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>112</v>
+        <v>154</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256656987</t>
+          <t>9786256574915</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Rakamların Dili ve Sekansları</t>
+          <t>Acele Aşka Şeytan Karışır</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>178</v>
+        <v>194</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256656888</t>
+          <t>9786256075085</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Nilüfer</t>
+          <t>Sudan Hüzünler</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>124</v>
+        <v>264</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256656680</t>
+          <t>9786256075078</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Ogham Mucizesi</t>
+          <t>Zeynep</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>154</v>
+        <v>164</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256656710</t>
+          <t>9786256075061</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Fil Pazarı</t>
+          <t>Aşka Dair Ne Varsa</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>214</v>
+        <v>176</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256656819</t>
+          <t>9786256075054</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Bekleme Salonu ya da Bulanık</t>
+          <t>Aşk-ı Zayi (Ciltli)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>108</v>
+        <v>176</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256656802</t>
+          <t>9786256656901</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Atam ve Hayat</t>
+          <t>Hayatım Roman Olur</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>134</v>
+        <v>173</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256656758</t>
+          <t>9786256075108</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Lösemiliydim</t>
+          <t>Dokuz Kapı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>148</v>
+        <v>117</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256656406</t>
+          <t>9786256656215</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Münakaşa</t>
+          <t>Tülay</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>144</v>
+        <v>214</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256656789</t>
+          <t>9786256656949</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Tek Materyal Çok Oyun</t>
+          <t>Yara Bandı Tedavisi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>144</v>
+        <v>157</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256656376</t>
+          <t>9786256656925</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Gassal</t>
+          <t>Adı Neva</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>144</v>
+        <v>188</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256656635</t>
+          <t>9786256656994</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Iğırcık Vakti</t>
+          <t>Efkarımın Esrarı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>284</v>
+        <v>189</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256656765</t>
+          <t>9786256656932</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Tuhafara’da Bir Gün</t>
+          <t>Annemle Konuşan Kedim</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>82</v>
+        <v>190</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256656703</t>
+          <t>9786256656987</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Fısıldadı</t>
+          <t>Rakamların Dili ve Sekansları</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>274</v>
+        <v>178</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256656727</t>
+          <t>9786256656888</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Bu Neyin Sesi</t>
+          <t>Nilüfer</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>166</v>
+        <v>124</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256656581</t>
+          <t>9786256656680</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>İzdüşüm</t>
+          <t>Ogham Mucizesi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>148</v>
+        <v>154</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256656659</t>
+          <t>9786256656710</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Beklentilerin Dengesi - Sürdürülebilir İşleyişin Verimliliği Üzerine</t>
+          <t>Fil Pazarı</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>334</v>
+        <v>214</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256656437</t>
+          <t>9786256656819</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kırıklıkları Tamir Dükkanı</t>
+          <t>Dünyanın Bekleme Salonu ya da Bulanık</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>144</v>
+        <v>108</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256656697</t>
+          <t>9786256656802</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluğun Melodisi 2: Gölgenin Gizemi</t>
+          <t>Atam ve Hayat</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>228</v>
+        <v>134</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256656499</t>
+          <t>9786256656758</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Duru</t>
+          <t>Lösemiliydim</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>134</v>
+        <v>250</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256656468</t>
+          <t>9786256656406</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Cadılık Zanaatı - Gölgeler Kitabı</t>
+          <t>İçimdeki Münakaşa</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>579</v>
+        <v>144</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256656475</t>
+          <t>9786256656789</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Cadılık Zanaatı - Aynalar Kitabı</t>
+          <t>Tek Materyal Çok Oyun</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>459</v>
+        <v>144</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256656550</t>
+          <t>9786256656376</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Geride Kalanlar 2</t>
+          <t>Gassal</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>414</v>
+        <v>144</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256656543</t>
+          <t>9786256656635</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Geride Kalanlar 1</t>
+          <t>Iğırcık Vakti</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>399</v>
+        <v>284</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256656567</t>
+          <t>9786256656765</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Geride Kalanlar 3</t>
+          <t>Tuhafara’da Bir Gün</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>405</v>
+        <v>82</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256656383</t>
+          <t>9786256656703</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Canparem</t>
+          <t>Kuşlar Fısıldadı</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>154</v>
+        <v>274</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256656505</t>
+          <t>9786256656727</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Rönesansı Aşk Şiirleri Derlemesi</t>
+          <t>Bu Neyin Sesi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>173</v>
+        <v>216</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256656390</t>
+          <t>9786256656581</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Başka Türlü Hayatlar</t>
+          <t>İzdüşüm</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>148</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256656451</t>
+          <t>9786256656659</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Lazarus</t>
+          <t>Beklentilerin Dengesi - Sürdürülebilir İşleyişin Verimliliği Üzerine</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>224</v>
+        <v>334</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256656345</t>
+          <t>9786256656437</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Ve Sonsuza Kadar Mutlu mu Yaşadılar?..</t>
+          <t>Hayal Kırıklıkları Tamir Dükkanı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>154</v>
+        <v>188</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256656369</t>
+          <t>9786256656697</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Bir Korkunun Masalı ya da…</t>
+          <t>Sonsuzluğun Melodisi 2: Gölgenin Gizemi</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>174</v>
+        <v>228</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256656321</t>
+          <t>9786256656499</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Eylülün Kızı</t>
+          <t>Duru</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>154</v>
+        <v>134</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256656307</t>
+          <t>9786256656468</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Keşke Biraz Sen Olabilsem</t>
+          <t>Cadılık Zanaatı - Gölgeler Kitabı</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>198</v>
+        <v>579</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256656413</t>
+          <t>9786256656475</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Berfu</t>
+          <t>Cadılık Zanaatı - Aynalar Kitabı</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>144</v>
+        <v>459</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256474734</t>
+          <t>9786256656550</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Mümkündü</t>
+          <t>Geride Kalanlar 2</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>188</v>
+        <v>414</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256656338</t>
+          <t>9786256656543</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Adam ve Çocuk</t>
+          <t>Geride Kalanlar 1</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>229</v>
+        <v>399</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256574052</t>
+          <t>9786256656567</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Sınavına Hazırlanan Öğrenciler İçin Tavsiyeler</t>
+          <t>Geride Kalanlar 3</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>348</v>
+        <v>405</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786258339680</t>
+          <t>9786256656383</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Sözlü Çeviri Dünyası</t>
+          <t>Canparem</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>188</v>
+        <v>201</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256656178</t>
+          <t>9786256656505</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Ubıhların Masalları ve Hikayeleri</t>
+          <t>İngiliz Rönesansı Aşk Şiirleri Derlemesi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>154</v>
+        <v>173</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256656123</t>
+          <t>9786256656390</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Maviden Sonrası Sensin</t>
+          <t>Başka Türlü Hayatlar</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>154</v>
+        <v>148</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256656208</t>
+          <t>9786256656451</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Murat’tan Fırat’a</t>
+          <t>Lazarus</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>258</v>
+        <v>224</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256656222</t>
+          <t>9786256656345</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>O! Şiirsi Öyküler</t>
+          <t>Ve Sonsuza Kadar Mutlu mu Yaşadılar?..</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>144</v>
+        <v>154</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256656185</t>
+          <t>9786256656369</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtan Bugüne Türk Halkları ve Alt Boyları</t>
+          <t>Bir Korkunun Masalı ya da…</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>424</v>
+        <v>174</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256574335</t>
+          <t>9786256656321</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Canımın Canı</t>
+          <t>Eylülün Kızı</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>208</v>
+        <v>154</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256656031</t>
+          <t>9786256656307</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Sosyoçürük</t>
+          <t>Keşke Biraz Sen Olabilsem</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>278</v>
+        <v>198</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256656130</t>
+          <t>9786256656413</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Tomris</t>
+          <t>Berfu</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>134</v>
+        <v>144</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256656147</t>
+          <t>9786256474734</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Rüya</t>
+          <t>Her Şey Mümkündü</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>134</v>
+        <v>188</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256656024</t>
+          <t>9786256656338</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Islık</t>
+          <t>Adam ve Çocuk</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>254</v>
+        <v>229</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256656000</t>
+          <t>9786256574052</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğe Uyanış</t>
+          <t>Üniversite Sınavına Hazırlanan Öğrenciler İçin Tavsiyeler</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>181</v>
+        <v>348</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256656055</t>
+          <t>9786258339680</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Sen Nergis Ol, Ben Sardunya</t>
+          <t>Sözlü Çeviri Dünyası</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>154</v>
+        <v>188</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256656062</t>
+          <t>9786256656178</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Yoğun Bakış</t>
+          <t>Ubıhların Masalları ve Hikayeleri</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>144</v>
+        <v>154</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256574922</t>
+          <t>9786256656123</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Evdeki Ergen</t>
+          <t>Maviden Sonrası Sensin</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>144</v>
+        <v>154</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256574946</t>
+          <t>9786256656208</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Toprak’ın Rüyası</t>
+          <t>Murat’tan Fırat’a</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>224</v>
+        <v>258</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256574977</t>
+          <t>9786256656222</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Kıyısında</t>
+          <t>O! Şiirsi Öyküler</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>76</v>
+        <v>144</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256656048</t>
+          <t>9786256656185</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Bağ Fani, Bağlar Baki</t>
+          <t>Başlangıçtan Bugüne Türk Halkları ve Alt Boyları</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>248</v>
+        <v>424</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256574960</t>
+          <t>9786256574335</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Devrim</t>
+          <t>Canımın Canı</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>548</v>
+        <v>208</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256574908</t>
+          <t>9786256656031</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Bembeyaz Yaka</t>
+          <t>Sosyoçürük</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>134</v>
+        <v>278</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256574793</t>
+          <t>9786256656130</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Toplum Yarası</t>
+          <t>Tomris</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>145</v>
+        <v>134</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256574847</t>
+          <t>9786256656147</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Deniz, Kalbimdeki Aşk, Gönlümdeki Sevgi…</t>
+          <t>Rüya</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>164</v>
+        <v>134</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256574823</t>
+          <t>9786256656024</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Boz Yaz</t>
+          <t>Islık</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>134</v>
+        <v>254</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256574830</t>
+          <t>9786256656000</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Sarı Tuval</t>
+          <t>Gerçeğe Uyanış</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>144</v>
+        <v>181</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256574809</t>
+          <t>9786256656055</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Ve Bir Gün</t>
+          <t>Sen Nergis Ol, Ben Sardunya</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>134</v>
+        <v>154</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256574816</t>
+          <t>9786256656062</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Oda A17</t>
+          <t>Yoğun Bakış</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>134</v>
+        <v>144</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256574885</t>
+          <t>9786256574922</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kudüs'ün Yeni Statüsü ve İki Devletli Çözüm 3D ve 2D Barış Projeleri</t>
+          <t>Evdeki Ergen</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>154</v>
+        <v>144</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258339512</t>
+          <t>9786256574946</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>15. Kromozom</t>
+          <t>Toprak’ın Rüyası</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>202</v>
+        <v>224</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256474062</t>
+          <t>9786256574977</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Mandelya Sen Varsın Ya…</t>
+          <t>Yaşamın Kıyısında</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>94</v>
+        <v>76</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256574649</t>
+          <t>9786256656048</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Bizden Önce Beyaz Kalkan</t>
+          <t>Bağ Fani, Bağlar Baki</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>154</v>
+        <v>323</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256574748</t>
+          <t>9786256574960</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Şekilciliğin Muntazam Şekli</t>
+          <t>Bilimsel Devrim</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>134</v>
+        <v>713</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256574687</t>
+          <t>9786256574908</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Deniz Bize, Biz Denize Aitiz</t>
+          <t>Bembeyaz Yaka</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>224</v>
+        <v>134</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256574632</t>
+          <t>9786256574793</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>52 Numara</t>
+          <t>Toplum Yarası</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>164</v>
+        <v>145</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256574670</t>
+          <t>9786256574847</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Mülteci Hasretler</t>
+          <t>İçimdeki Deniz, Kalbimdeki Aşk, Gönlümdeki Sevgi…</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>68</v>
+        <v>164</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256574724</t>
+          <t>9786256574823</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Değişim</t>
+          <t>Boz Yaz</t>
         </is>
       </c>
       <c r="C190" s="1">
         <v>134</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256574700</t>
+          <t>9786256574830</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Biz Seninle Konuşmaya Geldik</t>
+          <t>Sarı Tuval</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>68</v>
+        <v>144</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256574595</t>
+          <t>9786256574809</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>İdam İpinden Tasma</t>
+          <t>Ve Bir Gün</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>608</v>
+        <v>134</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256574571</t>
+          <t>9786256574816</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Entel Ektüel</t>
+          <t>Oda A17</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>161</v>
+        <v>134</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256574472</t>
+          <t>9786256574885</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Akvaryumda Bir Kuş Öldü</t>
+          <t>Kudüs'ün Yeni Statüsü ve İki Devletli Çözüm 3D ve 2D Barış Projeleri</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>98</v>
+        <v>154</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256574380</t>
+          <t>9786258339512</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Anthony Quinn</t>
+          <t>15. Kromozom</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>134</v>
+        <v>202</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256574564</t>
+          <t>9786256474062</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>The Moon and Her Grace</t>
+          <t>Mandelya Sen Varsın Ya…</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>88</v>
+        <v>94</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256574588</t>
+          <t>9786256574649</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Lena</t>
+          <t>Bizden Önce Beyaz Kalkan</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>172</v>
+        <v>154</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256574465</t>
+          <t>9786256574748</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kırlara Kafesten Bakan Kuşlar Vardı</t>
+          <t>Şekilciliğin Muntazam Şekli</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>83</v>
+        <v>134</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256574441</t>
+          <t>9786256574687</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Öyküler: Pencere Filozofu</t>
+          <t>Deniz Bize, Biz Denize Aitiz</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>164</v>
+        <v>224</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256574373</t>
+          <t>9786256574632</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Gelin Tanış Olalım</t>
+          <t>52 Numara</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>134</v>
+        <v>164</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256574427</t>
+          <t>9786256574670</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>El Sensin Alem Senin İçinde</t>
+          <t>Mülteci Hasretler</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>99</v>
+        <v>68</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256574434</t>
+          <t>9786256574724</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Ülkü’nün Dönüşü</t>
+          <t>Değişim</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>174</v>
+        <v>134</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256574366</t>
+          <t>9786256574700</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Özgür</t>
+          <t>Biz Seninle Konuşmaya Geldik</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>299</v>
+        <v>68</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256574311</t>
+          <t>9786256574595</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Atölye Farkındalık</t>
+          <t>İdam İpinden Tasma</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>134</v>
+        <v>608</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256574274</t>
+          <t>9786256574571</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Baybars &amp; Mavi Kılıç I</t>
+          <t>Entel Ektüel</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>279</v>
+        <v>161</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256574359</t>
+          <t>9786256574472</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Uzak</t>
+          <t>Akvaryumda Bir Kuş Öldü</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>154</v>
+        <v>98</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256574397</t>
+          <t>9786256574380</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Son Mahşer 8</t>
+          <t>Anthony Quinn</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>348</v>
+        <v>134</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256574281</t>
+          <t>9786256574564</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kapının Ardındakiler</t>
+          <t>The Moon and Her Grace</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>144</v>
+        <v>88</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256574267</t>
+          <t>9786256574588</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Güller ve Sevdalar</t>
+          <t>Lena</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>169</v>
+        <v>172</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786256574007</t>
+          <t>9786256574465</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Köşe Başında Buluşalım</t>
+          <t>Kırlara Kafesten Bakan Kuşlar Vardı</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>105</v>
+        <v>83</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256574175</t>
+          <t>9786256574441</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Rüya Koleksiyoncusu</t>
+          <t>Felsefi Öyküler: Pencere Filozofu</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>224</v>
+        <v>214</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256574182</t>
+          <t>9786256574373</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Zahirden Bâtına İnsan</t>
+          <t>Gelin Tanış Olalım</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>129</v>
+        <v>134</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256574137</t>
+          <t>9786256574427</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Söyle Haymatlos</t>
+          <t>El Sensin Alem Senin İçinde</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786256574144</t>
+          <t>9786256574434</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Dilhun</t>
+          <t>Ülkü’nün Dönüşü</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>122</v>
+        <v>174</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786256574151</t>
+          <t>9786256574366</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Covid - XIX</t>
+          <t>Özgür</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>154</v>
+        <v>299</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786256574014</t>
+          <t>9786256574311</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Akrep ve Yelkovan</t>
+          <t>Atölye Farkındalık</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>105</v>
+        <v>134</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256474215</t>
+          <t>9786256574274</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Meyus</t>
+          <t>Baybars &amp; Mavi Kılıç I</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>98</v>
+        <v>279</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786256574069</t>
+          <t>9786256574359</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Çantalı</t>
+          <t>Sevgili Uzak</t>
         </is>
       </c>
       <c r="C218" s="1">
         <v>154</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257418690</t>
+          <t>9786256574397</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Kars İli Yerli Ağzı Sözlüğü</t>
+          <t>Son Mahşer 8</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>525</v>
+        <v>348</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786256474932</t>
+          <t>9786256574281</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Gizli Kutular</t>
+          <t>Kapının Ardındakiler</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>144</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256474918</t>
+          <t>9786256574267</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Viral</t>
+          <t>Güller ve Sevdalar</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>243</v>
+        <v>169</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786256474949</t>
+          <t>9786256574007</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Nok</t>
+          <t>Köşe Başında Buluşalım</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>248</v>
+        <v>105</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256474901</t>
+          <t>9786256574175</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Her Kaçık Yalan Söyler</t>
+          <t>Rüya Koleksiyoncusu</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>154</v>
+        <v>224</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256474925</t>
+          <t>9786256574182</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Elif</t>
+          <t>Zahirden Bâtına İnsan</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>108</v>
+        <v>129</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786256474796</t>
+          <t>9786256574137</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Bilge Hırsız</t>
+          <t>Söyle Haymatlos</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>156</v>
+        <v>98</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256474895</t>
+          <t>9786256574144</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Kadın</t>
+          <t>Dilhun</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>144</v>
+        <v>122</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786256474857</t>
+          <t>9786256574151</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Ruhumun Özlemi</t>
+          <t>Covid - XIX</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>129</v>
+        <v>154</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786256474338</t>
+          <t>9786256574014</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Becayiş</t>
+          <t>Akrep ve Yelkovan</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>154</v>
+        <v>105</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786256474826</t>
+          <t>9786256474215</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>İp 2</t>
+          <t>Meyus</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>114</v>
+        <v>98</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786256474819</t>
+          <t>9786256574069</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>İp</t>
+          <t>Çantalı</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>163</v>
+        <v>201</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786256474833</t>
+          <t>9786257418690</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Güneş Hoca</t>
+          <t>Kars İli Yerli Ağzı Sözlüğü</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>88</v>
+        <v>683</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786256474758</t>
+          <t>9786256474932</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Düşlerin Görünmez Renkleri</t>
+          <t>Gizli Kutular</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>148</v>
+        <v>144</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786256474703</t>
+          <t>9786256474918</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Araf</t>
+          <t>Viral</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>88</v>
+        <v>243</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786256474871</t>
+          <t>9786256474949</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Kıyıda Bekleyenler</t>
+          <t>Nok</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>122</v>
+        <v>248</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786256474802</t>
+          <t>9786256474901</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Kundalini Uyanışı</t>
+          <t>Her Kaçık Yalan Söyler</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>244</v>
+        <v>154</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786256474680</t>
+          <t>9786256474925</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Şiir Sevdalıları</t>
+          <t>Elif</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>118</v>
+        <v>108</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786256474697</t>
+          <t>9786256474796</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Ateşiyle</t>
+          <t>Bilge Hırsız</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>108</v>
+        <v>156</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786256474635</t>
+          <t>9786256474895</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>On Üç Durak</t>
+          <t>Öykülerle Kadın</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>114</v>
+        <v>144</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786256474420</t>
+          <t>9786256474857</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Güneş Hepimiz İçin</t>
+          <t>Ruhumun Özlemi</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>203</v>
+        <v>129</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786256474437</t>
+          <t>9786256474338</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Resmi</t>
+          <t>Becayiş</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>203</v>
+        <v>154</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786256474673</t>
+          <t>9786256474826</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Hayal</t>
+          <t>İp 2</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>88</v>
+        <v>114</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786256474659</t>
+          <t>9786256474819</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Bir Ben Var Gibi İçinde</t>
+          <t>İp</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>105</v>
+        <v>163</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786256474666</t>
+          <t>9786256474833</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Üç Mektup</t>
+          <t>Güneş Hoca</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>81</v>
+        <v>88</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786256474598</t>
+          <t>9786256474758</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Siyah ve Beyaz</t>
+          <t>Düşlerin Görünmez Renkleri</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>98</v>
+        <v>148</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786256474581</t>
+          <t>9786256474703</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Naciye</t>
+          <t>Araf</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>122</v>
+        <v>88</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786256474604</t>
+          <t>9786256474871</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Okyanus Baladı</t>
+          <t>Kıyıda Bekleyenler</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>203</v>
+        <v>122</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786256474499</t>
+          <t>9786256474802</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Bir Suat Meselesi</t>
+          <t>Kundalini Uyanışı</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>105</v>
+        <v>244</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786256474628</t>
+          <t>9786256474680</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Kepçenin Gücü</t>
+          <t>Şiir Sevdalıları</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>246</v>
+        <v>118</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786256474550</t>
+          <t>9786256474697</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Avira Vera</t>
+          <t>Aşkın Ateşiyle</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>95</v>
+        <v>108</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786256474567</t>
+          <t>9786256474635</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Düşüncemizin Güneşli Coğrafyasında Felsefeyi Güncellemek</t>
+          <t>On Üç Durak</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>131</v>
+        <v>114</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786256474574</t>
+          <t>9786256474420</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Böyle Bir İstanbul</t>
+          <t>Güneş Hepimiz İçin</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>125</v>
+        <v>203</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786256474413</t>
+          <t>9786256474437</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Güneş Gürseler Külliyatı</t>
+          <t>Gecenin Resmi</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>488</v>
+        <v>203</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786256474543</t>
+          <t>9786256474673</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Ardımda Bıraktığım Yıllarım 10</t>
+          <t>Devlet ve Hayal</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>366</v>
+        <v>88</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786256474444</t>
+          <t>9786256474659</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Ruhumun Zikzakları</t>
+          <t>Bir Ben Var Gibi İçinde</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>156</v>
+        <v>105</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786256474468</t>
+          <t>9786256474666</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Varlığın Utkusu</t>
+          <t>Üç Mektup</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>154</v>
+        <v>81</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786256474390</t>
+          <t>9786256474598</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Seremonisi</t>
+          <t>Siyah ve Beyaz</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>328</v>
+        <v>98</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786256474475</t>
+          <t>9786256474581</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Papatya Sevgisi</t>
+          <t>Naciye</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>98</v>
+        <v>122</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786256474505</t>
+          <t>9786256474604</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Adaletin Şafağında</t>
+          <t>Okyanus Baladı</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>156</v>
+        <v>203</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786256474451</t>
+          <t>9786256474499</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Gölge Bekçisi</t>
+          <t>Bir Suat Meselesi</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>224</v>
+        <v>105</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786256474291</t>
+          <t>9786256474628</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Valizimde İstanbul, Kısmetimde Toronto</t>
+          <t>Kepçenin Gücü</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>414</v>
+        <v>246</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786256474307</t>
+          <t>9786256474550</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Tanrılar Buluştu</t>
+          <t>Avira Vera</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>105</v>
+        <v>95</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786256474369</t>
+          <t>9786256474567</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Duyguların Tercümesi</t>
+          <t>Düşüncemizin Güneşli Coğrafyasında Felsefeyi Güncellemek</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>233</v>
+        <v>131</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786256474321</t>
+          <t>9786256474574</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Vourla - Öteki Kıyı</t>
+          <t>Böyle Bir İstanbul</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>234</v>
+        <v>125</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786256474352</t>
+          <t>9786256474413</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Bir İkiden Büyüktür</t>
+          <t>Güneş Gürseler Külliyatı</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>101</v>
+        <v>635</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786256474376</t>
+          <t>9786256474543</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Aslında Olan</t>
+          <t>Ardımda Bıraktığım Yıllarım 10</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>108</v>
+        <v>476</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786256474277</t>
+          <t>9786256474444</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Armageddon</t>
+          <t>Ruhumun Zikzakları</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>129</v>
+        <v>156</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786256474239</t>
+          <t>9786256474468</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Bir Demet Sarıpapatya</t>
+          <t>Varlığın Utkusu</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>114</v>
+        <v>201</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786256474246</t>
+          <t>9786256474390</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Kötü Alışkanlığı</t>
+          <t>Ölüm Seremonisi</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>114</v>
+        <v>328</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786256474192</t>
+          <t>9786256474475</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Seven Dede</t>
+          <t>Papatya Sevgisi</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>144</v>
+        <v>128</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786256474109</t>
+          <t>9786256474505</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Sabah Işıkları</t>
+          <t>Adaletin Şafağında</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>164</v>
+        <v>156</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786256474161</t>
+          <t>9786256474451</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Mileva</t>
+          <t>Gölge Bekçisi</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>209</v>
+        <v>224</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786256474147</t>
+          <t>9786256474291</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Üsküdarlı</t>
+          <t>Valizimde İstanbul, Kısmetimde Toronto</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>154</v>
+        <v>539</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786256474178</t>
+          <t>9786256474307</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Aklı Kayıp Adam</t>
+          <t>Tanrılar Buluştu</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>114</v>
+        <v>105</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786256474130</t>
+          <t>9786256474369</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>İkinci Durak</t>
+          <t>Duyguların Tercümesi</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>198</v>
+        <v>303</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786256474055</t>
+          <t>9786256474321</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Kasaba</t>
+          <t>Vourla - Öteki Kıyı</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>91</v>
+        <v>305</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786256474093</t>
+          <t>9786256474352</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Histerik Kahkaha</t>
+          <t>Bir İkiden Büyüktür</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>134</v>
+        <v>101</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786256474116</t>
+          <t>9786256474376</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Baringo ile Sıradan Hariciye Sohbetleri II</t>
+          <t>Aslında Olan</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>164</v>
+        <v>108</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786256474031</t>
+          <t>9786256474277</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Sabun Kokusunda Ölümü Anlamak</t>
+          <t>Armageddon</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>144</v>
+        <v>129</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786256985926</t>
+          <t>9786256474239</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimde Bir Aşk Var</t>
+          <t>Bir Demet Sarıpapatya</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>178</v>
+        <v>114</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786256985957</t>
+          <t>9786256474246</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dünya</t>
+          <t>Dünyanın En Kötü Alışkanlığı</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>202</v>
+        <v>114</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786256985940</t>
+          <t>9786256474192</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Olmayan Yolculuk</t>
+          <t>Seven Dede</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>202</v>
+        <v>144</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256474017</t>
+          <t>9786256474109</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Yolculuklara Kapılardan Çıkılır</t>
+          <t>Sabah Işıkları</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>134</v>
+        <v>164</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786256985841</t>
+          <t>9786256474161</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Gizem Dolu Bir Arayış</t>
+          <t>Mileva</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>159</v>
+        <v>209</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786256985827</t>
+          <t>9786256474147</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>İttifak Günlükleri: Akaretler İstilası</t>
+          <t>Üsküdarlı</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>91</v>
+        <v>154</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786256985858</t>
+          <t>9786256474178</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Şiir Yolculuğu</t>
+          <t>Aklı Kayıp Adam</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>91</v>
+        <v>114</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786256985810</t>
+          <t>9786256474130</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Asma Yaprağında Sardalyalar</t>
+          <t>İkinci Durak</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>140</v>
+        <v>198</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786256985803</t>
+          <t>9786256474055</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Izdırabım Ol</t>
+          <t>Kasaba</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>169</v>
+        <v>91</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786256985711</t>
+          <t>9786256474093</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Benden Bu Kadar</t>
+          <t>Histerik Kahkaha</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>215</v>
+        <v>134</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786256985773</t>
+          <t>9786256474116</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Duası İkinci Kitap</t>
+          <t>Baringo ile Sıradan Hariciye Sohbetleri II</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>159</v>
+        <v>164</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256985735</t>
+          <t>9786256474031</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Hayallerim Ağır Bir Bavul</t>
+          <t>Sabun Kokusunda Ölümü Anlamak</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>125</v>
+        <v>144</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786256985759</t>
+          <t>9786256985926</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Hayat-ı Evvel</t>
+          <t>Yüreğimde Bir Aşk Var</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>157</v>
+        <v>178</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786256985742</t>
+          <t>9786256985957</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Bakla Falı</t>
+          <t>Küçük Dünya</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>94</v>
+        <v>202</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256985780</t>
+          <t>9786256985940</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Köşe’deki Ekonomi</t>
+          <t>Zamanı Olmayan Yolculuk</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>189</v>
+        <v>202</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786256985728</t>
+          <t>9786256474017</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Bank</t>
+          <t>Yolculuklara Kapılardan Çıkılır</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>100</v>
+        <v>134</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786256985629</t>
+          <t>9786256985841</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>İnadına Hayat</t>
+          <t>Gizem Dolu Bir Arayış</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>169</v>
+        <v>159</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786256985483</t>
+          <t>9786256985827</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>İntikam İçin Kaçış</t>
+          <t>İttifak Günlükleri: Akaretler İstilası</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>85</v>
+        <v>91</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786256985681</t>
+          <t>9786256985858</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Deliler</t>
+          <t>Şiir Yolculuğu</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>135</v>
+        <v>91</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786256985674</t>
+          <t>9786256985810</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Kaleme Sarılan Düşler</t>
+          <t>Asma Yaprağında Sardalyalar</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>91</v>
+        <v>140</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786256985667</t>
+          <t>9786256985803</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Çerçevesine Küsen Fotoğraf</t>
+          <t>Izdırabım Ol</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>118</v>
+        <v>169</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786256985582</t>
+          <t>9786256985711</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Uykusuz</t>
+          <t>Benden Bu Kadar</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>174</v>
+        <v>215</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786256985599</t>
+          <t>9786256985773</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>The Protector</t>
+          <t>Tanrıların Duası İkinci Kitap</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>449</v>
+        <v>159</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786256985643</t>
+          <t>9786256985735</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>İstenmeyen</t>
+          <t>Hayallerim Ağır Bir Bavul</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>202</v>
+        <v>125</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786256985575</t>
+          <t>9786256985759</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Üşümekten Utanıyorum</t>
+          <t>Hayat-ı Evvel</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>144</v>
+        <v>157</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786256985490</t>
+          <t>9786256985742</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Deli Tay</t>
+          <t>Bakla Falı</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>105</v>
+        <v>94</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786256985551</t>
+          <t>9786256985780</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Canım Türkiye’mde Bir Ömürden Yorumlar</t>
+          <t>Köşe’deki Ekonomi</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>144</v>
+        <v>246</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786256985568</t>
+          <t>9786256985728</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Aklımda Kalanlar</t>
+          <t>Bank</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>202</v>
+        <v>100</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786256985537</t>
+          <t>9786256985629</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Zaman Pazarı</t>
+          <t>İnadına Hayat</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>224</v>
+        <v>169</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786256985452</t>
+          <t>9786256985483</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Tahtına Oturmuş Cümleler</t>
+          <t>İntikam İçin Kaçış</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>144</v>
+        <v>85</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786256985438</t>
+          <t>9786256985681</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Işıltı 4 - İgnis</t>
+          <t>İçimdeki Deliler</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>449</v>
+        <v>135</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786256985414</t>
+          <t>9786256985674</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Sanal ve Gerçek Çıkmazı</t>
+          <t>Kaleme Sarılan Düşler</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>134</v>
+        <v>91</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786256985193</t>
+          <t>9786256985667</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Kısa Metrajlı Film</t>
+          <t>Çerçevesine Küsen Fotoğraf</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>144</v>
+        <v>118</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786256985322</t>
+          <t>9786256985582</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Denizanası Renklerini Nasıl Kaybetti?</t>
+          <t>Uykusuz</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>134</v>
+        <v>174</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786256985339</t>
+          <t>9786256985599</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yıkım</t>
+          <t>The Protector</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>78</v>
+        <v>449</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786256985353</t>
+          <t>9786256985643</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Deli Kar</t>
+          <t>İstenmeyen</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>134</v>
+        <v>202</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786256985254</t>
+          <t>9786256985575</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Umut Yolunda</t>
+          <t>Üşümekten Utanıyorum</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>88</v>
+        <v>144</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786256985278</t>
+          <t>9786256985490</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Kılıç ve Onur</t>
+          <t>Deli Tay</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>198</v>
+        <v>105</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786256985186</t>
+          <t>9786256985551</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Ben Bem Olmalıyım</t>
+          <t>Canım Türkiye’mde Bir Ömürden Yorumlar</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>105</v>
+        <v>144</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786256985223</t>
+          <t>9786256985568</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Şemsiyeli Şiir</t>
+          <t>Aklımda Kalanlar</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>124</v>
+        <v>202</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786256985100</t>
+          <t>9786256985537</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Alora’nın Sırrı</t>
+          <t>Zaman Pazarı</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>134</v>
+        <v>224</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786256985124</t>
+          <t>9786256985452</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Siyahının Sonu Gökkuşağı</t>
+          <t>Tahtına Oturmuş Cümleler</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>83</v>
+        <v>144</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786256985162</t>
+          <t>9786256985438</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Toparlanın! Ayağa Kalkıyoruz…</t>
+          <t>Işıltı 4 - İgnis</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>134</v>
+        <v>449</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786258339529</t>
+          <t>9786256985414</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Sihirler</t>
+          <t>Sanal ve Gerçek Çıkmazı</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>158</v>
+        <v>134</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786256985148</t>
+          <t>9786256985193</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Kuşku</t>
+          <t>Kısa Metrajlı Film</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>91</v>
+        <v>144</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786256985070</t>
+          <t>9786256985322</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Kıyısında Durdurulamaz Zamanın</t>
+          <t>Gökkuşağı Denizanası Renklerini Nasıl Kaybetti?</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>96</v>
+        <v>175</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786258339802</t>
+          <t>9786256985339</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Avucumdaki Tarantula</t>
+          <t>Büyük Yıkım</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>144</v>
+        <v>78</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786258339963</t>
+          <t>9786256985353</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Ama Ben Kedi Demiyorum ki!</t>
+          <t>Deli Kar</t>
         </is>
       </c>
       <c r="C326" s="1">
         <v>134</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786256985049</t>
+          <t>9786256985254</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Okyanusun Derinliklerinde</t>
+          <t>Umut Yolunda</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>134</v>
+        <v>88</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786256985018</t>
+          <t>9786256985278</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Şey Bey’in Şifresi</t>
+          <t>Kılıç ve Onur</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>105</v>
+        <v>258</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786056983382</t>
+          <t>9786256985186</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Ardımda Bıraktığım Yıllarım Cilt 5</t>
+          <t>Ben Bem Olmalıyım</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>258</v>
+        <v>105</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786058032262</t>
+          <t>9786256985223</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Ardımda Bıraktığım Yıllarım Cilt 3</t>
+          <t>Şemsiyeli Şiir</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>49</v>
+        <v>124</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786056943577</t>
+          <t>9786256985100</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Ardımda Bıraktığım Yıllarım Cilt 1</t>
+          <t>Alora’nın Sırrı</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>284</v>
+        <v>175</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786256985032</t>
+          <t>9786256985124</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Rastgele Resital</t>
+          <t>Siyahının Sonu Gökkuşağı</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>85</v>
+        <v>83</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786258339994</t>
+          <t>9786256985162</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Perinin Öyküsü</t>
+          <t>Toparlanın! Ayağa Kalkıyoruz…</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>169</v>
+        <v>134</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786258339765</t>
+          <t>9786258339529</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Hayvanlar Serisi 7 - Boynu Tutulan Tersiyer</t>
+          <t>Sihirler</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>124</v>
+        <v>158</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786258339758</t>
+          <t>9786256985148</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Hayvanlar Serisi 6 - Bir Pangolin Kaybolursa</t>
+          <t>Kuşku</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>124</v>
+        <v>91</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786258339741</t>
+          <t>9786256985070</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Hayvanlar Serisi 5 - Ornitorenkler İçin Müzik Kursu</t>
+          <t>Kıyısında Durdurulamaz Zamanın</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>124</v>
+        <v>96</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786258339734</t>
+          <t>9786258339802</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Hayvanlar Serisi 4 - Filozof Narval</t>
+          <t>Avucumdaki Tarantula</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>124</v>
+        <v>144</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786258339727</t>
+          <t>9786258339963</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Hayvanlar Serisi 3 - Korkak Bir Dugong Mu?</t>
+          <t>Ama Ben Kedi Demiyorum ki!</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>124</v>
+        <v>134</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786258339703</t>
+          <t>9786256985049</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Hayvanlar Serisi 1 - Kapat Gözlerini Armadillo</t>
+          <t>Okyanusun Derinliklerinde</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>124</v>
+        <v>175</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786258339789</t>
+          <t>9786256985018</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Hayvanlar Serisi - Set</t>
+          <t>Şey Bey’in Şifresi</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>784</v>
+        <v>105</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786258339987</t>
+          <t>9786056983382</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Türkiye-Macaristan Büyükelçi’den Anılar</t>
+          <t>Ardımda Bıraktığım Yıllarım Cilt 5</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>308</v>
+        <v>336</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786258339888</t>
+          <t>9786058032262</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Erkeksiz Kadınlar</t>
+          <t>Ardımda Bıraktığım Yıllarım Cilt 3</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>169</v>
+        <v>49</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786258339918</t>
+          <t>9786056943577</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Akif Latif</t>
+          <t>Ardımda Bıraktığım Yıllarım Cilt 1</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>169</v>
+        <v>370</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786258339826</t>
+          <t>9786256985032</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Rastgele</t>
+          <t>Rastgele Resital</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>154</v>
+        <v>85</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786258339857</t>
+          <t>9786258339994</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Mor Yıldız Sarmaşığı</t>
+          <t>Perinin Öyküsü</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>218</v>
+        <v>169</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786258339871</t>
+          <t>9786258339765</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Gafile Kelam, Nafile Kelam</t>
+          <t>Tuhaf Hayvanlar Serisi 7 - Boynu Tutulan Tersiyer</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>144</v>
+        <v>162</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786258339895</t>
+          <t>9786258339758</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Ardımda Bıraktığım Yıllarım Cilt 9</t>
+          <t>Tuhaf Hayvanlar Serisi 6 - Bir Pangolin Kaybolursa</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>323</v>
+        <v>162</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786258339284</t>
+          <t>9786258339741</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Sanki Gözlerin Bana Bir Şey Der Gibi</t>
+          <t>Tuhaf Hayvanlar Serisi 5 - Ornitorenkler İçin Müzik Kursu</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>178</v>
+        <v>162</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786258339819</t>
+          <t>9786258339734</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Renkli Bulutlar</t>
+          <t>Tuhaf Hayvanlar Serisi 4 - Filozof Narval</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>134</v>
+        <v>162</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786258339833</t>
+          <t>9786258339727</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Denizkızı Masalı</t>
+          <t>Tuhaf Hayvanlar Serisi 3 - Korkak Bir Dugong Mu?</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>154</v>
+        <v>162</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786258339796</t>
+          <t>9786258339703</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Elifsizliğin Sürükleyici Öyküsü</t>
+          <t>Tuhaf Hayvanlar Serisi 1 - Kapat Gözlerini Armadillo</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>202</v>
+        <v>162</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786258339697</t>
+          <t>9786258339789</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Kambur Balina</t>
+          <t>Tuhaf Hayvanlar Serisi - Set</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>202</v>
+        <v>784</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786258339642</t>
+          <t>9786258339987</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Ejderha’yı Selamlayan Çocuk</t>
+          <t>Türkiye-Macaristan Büyükelçi’den Anılar</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>134</v>
+        <v>308</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786258339673</t>
+          <t>9786258339888</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Kovulanlar</t>
+          <t>Erkeksiz Kadınlar</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>134</v>
+        <v>220</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786258339659</t>
+          <t>9786258339918</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Düğüm</t>
+          <t>Dedektif Akif Latif</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>202</v>
+        <v>169</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786258339666</t>
+          <t>9786258339826</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>İyi İnsanlar Olmalıydık</t>
+          <t>Rastgele</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>134</v>
+        <v>154</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786258339581</t>
+          <t>9786258339857</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Düş Denizi’nin Sırrı</t>
+          <t>Mor Yıldız Sarmaşığı</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>134</v>
+        <v>218</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786258339574</t>
+          <t>9786258339871</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Yapay Cennetin Kumları</t>
+          <t>Gafile Kelam, Nafile Kelam</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>134</v>
+        <v>144</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786258339567</t>
+          <t>9786258339895</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Bizi Çok Üzdüler Victor!</t>
+          <t>Ardımda Bıraktığım Yıllarım Cilt 9</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>134</v>
+        <v>323</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786258339536</t>
+          <t>9786258339284</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Diplomasi Dedikleri</t>
+          <t>Sanki Gözlerin Bana Bir Şey Der Gibi</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>312</v>
+        <v>178</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786258339451</t>
+          <t>9786258339819</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Üstü</t>
+          <t>Renkli Bulutlar</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>159</v>
+        <v>134</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786258339505</t>
+          <t>9786258339833</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Akkız’ın Yakamozu</t>
+          <t>Denizkızı Masalı</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>134</v>
+        <v>154</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786258339468</t>
+          <t>9786258339796</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Boşluklar Oluşturmak</t>
+          <t>Elifsizliğin Sürükleyici Öyküsü</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>224</v>
+        <v>202</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786258339383</t>
+          <t>9786258339697</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Pencere</t>
+          <t>Kambur Balina</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>225</v>
+        <v>202</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786258442229</t>
+          <t>9786258339642</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Ruh ile Yüz Yüze</t>
+          <t>Ejderha’yı Selamlayan Çocuk</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>316</v>
+        <v>175</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786258339390</t>
+          <t>9786258339673</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Mizgin</t>
+          <t>Kovulanlar</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>169</v>
+        <v>134</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786258339215</t>
+          <t>9786258339659</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Karanlık Gecesi</t>
+          <t>Düğüm</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>199</v>
+        <v>202</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786258339260</t>
+          <t>9786258339666</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kabuğu Yüzemez</t>
+          <t>İyi İnsanlar Olmalıydık</t>
         </is>
       </c>
       <c r="C368" s="1">
         <v>134</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786258339321</t>
+          <t>9786258339581</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Kimliksiz</t>
+          <t>Düş Denizi’nin Sırrı</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>169</v>
+        <v>175</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786258339345</t>
+          <t>9786258339574</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Genimdeki Yabancı</t>
+          <t>Yapay Cennetin Kumları</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>198</v>
+        <v>134</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786258442717</t>
+          <t>9786258339567</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Bacasız Ev</t>
+          <t>Bizi Çok Üzdüler Victor!</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>124</v>
+        <v>134</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786258339376</t>
+          <t>9786258339536</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar N'apıyor?</t>
+          <t>Diplomasi Dedikleri</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>144</v>
+        <v>312</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786258339239</t>
+          <t>9786258339451</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Çekirdek ve Gazoz</t>
+          <t>Yıldızlar Üstü</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>169</v>
+        <v>159</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786258339185</t>
+          <t>9786258339505</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Felsefirastyon 2</t>
+          <t>Akkız’ın Yakamozu</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>364</v>
+        <v>175</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786258339178</t>
+          <t>9786258339468</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Söylemedim Yazdım</t>
+          <t>Boşluklar Oluşturmak</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>134</v>
+        <v>224</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786258339161</t>
+          <t>9786258339383</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Cam Kalp</t>
+          <t>Pencere</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>134</v>
+        <v>225</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786258339192</t>
+          <t>9786258442229</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Hemhal</t>
+          <t>Ruh ile Yüz Yüze</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>169</v>
+        <v>316</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786258339154</t>
+          <t>9786258339390</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Eflatun Parmaklı Adam</t>
+          <t>Mizgin</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>144</v>
+        <v>169</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786258339147</t>
+          <t>9786258339215</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Kendime Yolculuk</t>
+          <t>Ruhun Karanlık Gecesi</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>189</v>
+        <v>199</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786056983368</t>
+          <t>9786258339260</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>4'üncü Koğuş</t>
+          <t>Deniz Kabuğu Yüzemez</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>144</v>
+        <v>134</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786258339130</t>
+          <t>9786258339321</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Can Sıkıntısı</t>
+          <t>Kimliksiz</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>134</v>
+        <v>169</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786258339116</t>
+          <t>9786258339345</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Bu Sabah, Dün, Bu Akşam</t>
+          <t>Genimdeki Yabancı</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>266</v>
+        <v>198</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786258339109</t>
+          <t>9786258442717</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluğun Melodisi 1: Yeryüzündeki Valhalla</t>
+          <t>Bacasız Ev</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>166</v>
+        <v>124</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786258442960</t>
+          <t>9786258339376</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Son İlkbahar</t>
+          <t>Çocuklar N'apıyor?</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>148</v>
+        <v>144</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786258339062</t>
+          <t>9786258339239</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Dr. Kirkor'un Jinekologluğu</t>
+          <t>Çekirdek ve Gazoz</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>154</v>
+        <v>169</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786258339079</t>
+          <t>9786258339185</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Bu Kapak Konuşuyor</t>
+          <t>Felsefirastyon 2</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>134</v>
+        <v>474</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786258339055</t>
+          <t>9786258339178</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Biri!</t>
+          <t>Söylemedim Yazdım</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>154</v>
+        <v>134</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786258442984</t>
+          <t>9786258339161</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Aslan Pan</t>
+          <t>Cam Kalp</t>
         </is>
       </c>
       <c r="C388" s="1">
         <v>134</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786258339024</t>
+          <t>9786258339192</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Necip Bey !</t>
+          <t>Hemhal</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>144</v>
+        <v>169</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786258339048</t>
+          <t>9786258339154</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Asar Serisi 1: Asar'ın Evlatları</t>
+          <t>Eflatun Parmaklı Adam</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>266</v>
+        <v>144</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786258339031</t>
+          <t>9786258339147</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Asude Bir Bahar</t>
+          <t>Kendime Yolculuk</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>178</v>
+        <v>189</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786257418324</t>
+          <t>9786056983368</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Elveda Günleri</t>
+          <t>4'üncü Koğuş</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>107</v>
+        <v>144</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786258442953</t>
+          <t>9786258339130</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Nar Çiçeği, Gül Dalı, İğde Çiçeği Aşkına</t>
+          <t>Can Sıkıntısı</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>164</v>
+        <v>134</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786258442991</t>
+          <t>9786258339116</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Aklın ve Gönlün Işığında</t>
+          <t>Bu Sabah, Dün, Bu Akşam</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>127</v>
+        <v>266</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786258442823</t>
+          <t>9786258339109</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Sonsuzluğun Melodisi 1: Yeryüzündeki Valhalla</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>134</v>
+        <v>166</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786258442977</t>
+          <t>9786258442960</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Fısıltısı</t>
+          <t>Son İlkbahar</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>205</v>
+        <v>148</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786258442816</t>
+          <t>9786258339062</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Umut Edenin Becerisi</t>
+          <t>Dr. Kirkor'un Jinekologluğu</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>134</v>
+        <v>154</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786258442748</t>
+          <t>9786258339079</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Diyor ki: Sevelim Sevilelim</t>
+          <t>Bu Kapak Konuşuyor</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786258442687</t>
+          <t>9786258339055</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Mektupların Dansı</t>
+          <t>Sıradan Biri!</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>368</v>
+        <v>154</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786258442380</t>
+          <t>9786258442984</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Yıldızların Söndürüldüğü Gün</t>
+          <t>Aslan Pan</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>94</v>
+        <v>175</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786258442458</t>
+          <t>9786258339024</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Kimlik Nedir ve Nasıl Olmalıdır?</t>
+          <t>Necip Bey !</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>169</v>
+        <v>144</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786258339307</t>
+          <t>9786258339048</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Hobi Saati</t>
+          <t>Asar Serisi 1: Asar'ın Evlatları</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>308</v>
+        <v>346</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786258339314</t>
+          <t>9786258339031</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Yorgunluk</t>
+          <t>Asude Bir Bahar</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>134</v>
+        <v>232</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786258442861</t>
+          <t>9786257418324</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Türbedar Şahsude (Sır Ol)</t>
+          <t>Elveda Günleri</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>134</v>
+        <v>107</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786258442793</t>
+          <t>9786258442953</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Aşka Koşmak</t>
+          <t>Nar Çiçeği, Gül Dalı, İğde Çiçeği Aşkına</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>212</v>
+        <v>164</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786258442946</t>
+          <t>9786258442991</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Kendine Kalanlara</t>
+          <t>Aklın ve Gönlün Işığında</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>142</v>
+        <v>127</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786258442922</t>
+          <t>9786258442823</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Canevim</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C407" s="1">
         <v>134</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786258442809</t>
+          <t>9786258442977</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Seyyah-ı Visal</t>
+          <t>Geleceğin Fısıltısı</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>216</v>
+        <v>205</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786258442762</t>
+          <t>9786258442816</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Vitrin</t>
+          <t>Umut Edenin Becerisi</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>124</v>
+        <v>134</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786258442755</t>
+          <t>9786258442748</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Aşk Özgürlüktür</t>
+          <t>Ahmet Diyor ki: Sevelim Sevilelim</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>124</v>
+        <v>175</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786258442656</t>
+          <t>9786258442687</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Neden Olmasın?</t>
+          <t>Mektupların Dansı</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>202</v>
+        <v>368</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786258442694</t>
+          <t>9786258442380</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Kara Kutu</t>
+          <t>Yıldızların Söndürüldüğü Gün</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>124</v>
+        <v>94</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786258442700</t>
+          <t>9786258442458</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Gönül İster Ki</t>
+          <t>Kurumsal Kimlik Nedir ve Nasıl Olmalıdır?</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>124</v>
+        <v>169</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786258442670</t>
+          <t>9786258339307</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>İmam - Katil - Hayat Kadını</t>
+          <t>Hobi Saati</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>134</v>
+        <v>308</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786258442601</t>
+          <t>9786258339314</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Tembel Karınca</t>
+          <t>Yorgunluk</t>
         </is>
       </c>
       <c r="C415" s="1">
         <v>134</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786258442663</t>
+          <t>9786258442861</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Mariana'ya Doğan Güneş</t>
+          <t>Türbedar Şahsude (Sır Ol)</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>404</v>
+        <v>134</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786258442649</t>
+          <t>9786258442793</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Teselli</t>
+          <t>Aşka Koşmak</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>134</v>
+        <v>212</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786258442564</t>
+          <t>9786258442946</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Bir Arada Olup da Kavuşamayanlar</t>
+          <t>Kendine Kalanlara</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>420</v>
+        <v>142</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786258442571</t>
+          <t>9786258442922</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Hayatta Kal 3</t>
+          <t>Canevim</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>154</v>
+        <v>134</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786258442519</t>
+          <t>9786258442809</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Çağıran Orenda</t>
+          <t>Seyyah-ı Visal</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>248</v>
+        <v>216</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786258442434</t>
+          <t>9786258442762</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Olur Olmaz Öyküler</t>
+          <t>Vitrin</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>169</v>
+        <v>124</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786258442533</t>
+          <t>9786258442755</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Ruhumun Şarkısı</t>
+          <t>Aşk Özgürlüktür</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>159</v>
+        <v>124</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786258442526</t>
+          <t>9786258442656</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Baba - Kız Ergen Şiirler</t>
+          <t>Neden Olmasın?</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>134</v>
+        <v>202</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786258442502</t>
+          <t>9786258442694</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Son Kalem</t>
+          <t>Kara Kutu</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>98</v>
+        <v>124</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786258442465</t>
+          <t>9786258442700</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Çağsızım</t>
+          <t>Gönül İster Ki</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>134</v>
+        <v>124</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786258442489</t>
+          <t>9786258442670</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Aslan Yürekli Kedim</t>
+          <t>İmam - Katil - Hayat Kadını</t>
         </is>
       </c>
       <c r="C426" s="1">
         <v>134</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786258442496</t>
+          <t>9786258442601</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Orman'ın Renkleri</t>
+          <t>Tembel Karınca</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>213</v>
+        <v>175</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786258442427</t>
+          <t>9786258442663</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Ren Geyikleri Dükkanı</t>
+          <t>Mariana'ya Doğan Güneş</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>134</v>
+        <v>404</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786258442397</t>
+          <t>9786258442649</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Bir Babanın Hamileliği</t>
+          <t>Teselli</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>168</v>
+        <v>134</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786258442403</t>
+          <t>9786258442564</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Bi' Büyük Al Seneye de Giyersin</t>
+          <t>Bir Arada Olup da Kavuşamayanlar</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>134</v>
+        <v>420</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786258442410</t>
+          <t>9786258442571</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Ruhumun Yalnızlığı</t>
+          <t>Hayatta Kal 3</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>134</v>
+        <v>154</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786258442298</t>
+          <t>9786258442519</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Cam Gibi</t>
+          <t>Ölüm Çağıran Orenda</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>138</v>
+        <v>248</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786258442304</t>
+          <t>9786258442434</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>The Occult of The Unborn</t>
+          <t>Olur Olmaz Öyküler</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>202</v>
+        <v>169</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786258442267</t>
+          <t>9786258442533</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Sorun Beni</t>
+          <t>Ruhumun Şarkısı</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>42</v>
+        <v>159</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786258442328</t>
+          <t>9786258442526</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Saha</t>
+          <t>Baba - Kız Ergen Şiirler</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>198</v>
+        <v>134</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786258442311</t>
+          <t>9786258442502</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Gemsaz</t>
+          <t>Son Kalem</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>144</v>
+        <v>98</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786258442199</t>
+          <t>9786258442465</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Zorlayıcı Davranışları Dengeye Getiren Metaforik Hikayeler Yazmak</t>
+          <t>Çağsızım</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>258</v>
+        <v>134</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786258442281</t>
+          <t>9786258442489</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Kaç Kere Vazgeçtin?</t>
+          <t>Aslan Yürekli Kedim</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>144</v>
+        <v>175</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786258442205</t>
+          <t>9786258442496</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Akrep</t>
+          <t>Kutsal Orman'ın Renkleri</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>144</v>
+        <v>213</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786258442236</t>
+          <t>9786258442427</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Nazende</t>
+          <t>Çılgın Ren Geyikleri Dükkanı</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>144</v>
+        <v>175</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786258442069</t>
+          <t>9786258442397</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Zühre</t>
+          <t>Bir Babanın Hamileliği</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>189</v>
+        <v>168</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786258442168</t>
+          <t>9786258442403</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Yoktur Yolu Kendinden Çekip Gitmenin</t>
+          <t>Bi' Büyük Al Seneye de Giyersin</t>
         </is>
       </c>
       <c r="C442" s="1">
         <v>134</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786258442182</t>
+          <t>9786258442410</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>İnsansız Hava Sahası</t>
+          <t>Ruhumun Yalnızlığı</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>169</v>
+        <v>134</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786257418898</t>
+          <t>9786258442298</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Yazcan Yazıoğlu</t>
+          <t>Cam Gibi</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>169</v>
+        <v>138</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786258442038</t>
+          <t>9786258442304</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Rağmen</t>
+          <t>The Occult of The Unborn</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>266</v>
+        <v>202</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786258442090</t>
+          <t>9786258442267</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Bir Hikayem Var!</t>
+          <t>Tarihe Sorun Beni</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>158</v>
+        <v>42</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786258442120</t>
+          <t>9786258442328</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Doberman</t>
+          <t>Saha</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>279</v>
+        <v>198</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786258442021</t>
+          <t>9786258442311</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Bu Gece Perilere İnan</t>
+          <t>Gemsaz</t>
         </is>
       </c>
       <c r="C448" s="1">
         <v>144</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786258442014</t>
+          <t>9786258442199</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Mavi Tebeşir</t>
+          <t>Çocuklar için Zorlayıcı Davranışları Dengeye Getiren Metaforik Hikayeler Yazmak</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>210</v>
+        <v>258</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786258442007</t>
+          <t>9786258442281</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Kelepçeleri</t>
+          <t>Kaç Kere Vazgeçtin?</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>244</v>
+        <v>144</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786257418980</t>
+          <t>9786258442205</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Norad</t>
+          <t>Akrep</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>298</v>
+        <v>144</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786257418997</t>
+          <t>9786258442236</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Kadın-Erkek İlişkileri</t>
+          <t>Nazende</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>169</v>
+        <v>144</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786257418973</t>
+          <t>9786258442069</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Yoga'ya Dair Sezgisel Bilgiler</t>
+          <t>Zühre</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>159</v>
+        <v>189</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786257418959</t>
+          <t>9786258442168</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Kırılgan</t>
+          <t>Yoktur Yolu Kendinden Çekip Gitmenin</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>68</v>
+        <v>134</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786257418966</t>
+          <t>9786258442182</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Hiçgen</t>
+          <t>İnsansız Hava Sahası</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>156</v>
+        <v>169</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786257418911</t>
+          <t>9786257418898</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Öykü Kumbarası 2. Cilt</t>
+          <t>Yazcan Yazıoğlu</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>198</v>
+        <v>169</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786257418904</t>
+          <t>9786258442038</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Öykü Kumbarası 1. Cilt</t>
+          <t>Rağmen</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>198</v>
+        <v>266</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786257418942</t>
+          <t>9786258442090</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Suskun Kadın</t>
+          <t>Bir Hikayem Var!</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>94</v>
+        <v>158</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786257418935</t>
+          <t>9786258442120</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Gönül Kanatlarımın Kalemi</t>
+          <t>Doberman</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>159</v>
+        <v>279</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786257418881</t>
+          <t>9786258442021</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Domino</t>
+          <t>Bu Gece Perilere İnan</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>88</v>
+        <v>144</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786257418867</t>
+          <t>9786258442014</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Vızıldayan İnsanlar Güvensiz Sinekler</t>
+          <t>Mavi Tebeşir</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>94</v>
+        <v>273</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786257418874</t>
+          <t>9786258442007</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Tekinsiz Garabet</t>
+          <t>Özgürlüğün Kelepçeleri</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>94</v>
+        <v>244</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786257418850</t>
+          <t>9786257418980</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Beni Hatırla</t>
+          <t>Norad</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>179</v>
+        <v>298</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786257418836</t>
+          <t>9786257418997</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Günler</t>
+          <t>Kadın-Erkek İlişkileri</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>144</v>
+        <v>169</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786257418843</t>
+          <t>9786257418973</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>İslam Ülkelerindeki Sorunların Siyasal Analizi</t>
+          <t>Yoga'ya Dair Sezgisel Bilgiler</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>172</v>
+        <v>159</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786257418805</t>
+          <t>9786257418959</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>1. Tekil</t>
+          <t>Kırılgan</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>204</v>
+        <v>68</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786257418829</t>
+          <t>9786257418966</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Müstakil Efendi</t>
+          <t>Hiçgen</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>159</v>
+        <v>156</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786257418812</t>
+          <t>9786257418911</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağına Aşık Olan Kadın</t>
+          <t>Öykü Kumbarası 2. Cilt</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>159</v>
+        <v>198</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786257418775</t>
+          <t>9786257418904</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Esaret</t>
+          <t>Öykü Kumbarası 1. Cilt</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>169</v>
+        <v>198</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786257418799</t>
+          <t>9786257418942</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Dil-Küşa</t>
+          <t>Suskun Kadın</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>75</v>
+        <v>94</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786257418782</t>
+          <t>9786257418935</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın 100'ü</t>
+          <t>Gönül Kanatlarımın Kalemi</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>302</v>
+        <v>159</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786257418737</t>
+          <t>9786257418881</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Tutkunun Sessiz Çığlığı</t>
+          <t>Domino</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>154</v>
+        <v>88</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786257418072</t>
+          <t>9786257418867</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Güzelleşiyorum</t>
+          <t>Vızıldayan İnsanlar Güvensiz Sinekler</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>148</v>
+        <v>94</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786257418614</t>
+          <t>9786257418874</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Rüzgargülü ile Uçurtma</t>
+          <t>Tekinsiz Garabet</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>134</v>
+        <v>94</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786257418607</t>
+          <t>9786257418850</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Kalpten Kaleme Dökülenler</t>
+          <t>Beni Hatırla</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>91</v>
+        <v>179</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786257418676</t>
+          <t>9786257418836</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Varoluşun Sesi</t>
+          <t>Unutulmaz Günler</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>81</v>
+        <v>144</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786257418621</t>
+          <t>9786257418843</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Kolaj</t>
+          <t>İslam Ülkelerindeki Sorunların Siyasal Analizi</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>114</v>
+        <v>172</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786257418706</t>
+          <t>9786257418805</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Dağlar ve Aşklar</t>
+          <t>1. Tekil</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>94</v>
+        <v>204</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786257418652</t>
+          <t>9786257418829</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünyanın Kişisel Defteri</t>
+          <t>Müstakil Efendi</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>134</v>
+        <v>159</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786257418669</t>
+          <t>9786257418812</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Bir Ketum Virali</t>
+          <t>Gökkuşağına Aşık Olan Kadın</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>134</v>
+        <v>159</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786257418645</t>
+          <t>9786257418775</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Güneşe Aşık Olan Adam</t>
+          <t>Esaret</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>159</v>
+        <v>169</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786257418638</t>
+          <t>9786257418799</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Son Yolculuk</t>
+          <t>Dil-Küşa</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>214</v>
+        <v>75</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786257418577</t>
+          <t>9786257418782</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Lullabies of the Night</t>
+          <t>İnsanlığın 100'ü</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>134</v>
+        <v>393</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786257418294</t>
+          <t>9786257418737</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Tutankhamon'un Yüzükleri</t>
+          <t>Tutkunun Sessiz Çığlığı</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>189</v>
+        <v>154</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786257418584</t>
+          <t>9786257418072</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Sonun Başlangıcı</t>
+          <t>Güzelleşiyorum</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>202</v>
+        <v>148</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786257418560</t>
+          <t>9786257418614</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Çember</t>
+          <t>Rüzgargülü ile Uçurtma</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>202</v>
+        <v>134</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786257418591</t>
+          <t>9786257418607</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Radyocu Corona - Aşk ve Hapishane</t>
+          <t>Kalpten Kaleme Dökülenler</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>134</v>
+        <v>91</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786257418553</t>
+          <t>9786257418676</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Üç Sözcüklü Romancık</t>
+          <t>Varoluşun Sesi</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>202</v>
+        <v>81</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786257418515</t>
+          <t>9786257418621</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Matematikle Eğlenceli Boyama</t>
+          <t>Kolaj</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>66</v>
+        <v>114</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786257418522</t>
+          <t>9786257418706</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş</t>
+          <t>Dağlar ve Aşklar</t>
         </is>
       </c>
       <c r="C490" s="1">
         <v>94</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786257418546</t>
+          <t>9786257418652</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Türküsü</t>
+          <t>Modern Dünyanın Kişisel Defteri</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>94</v>
+        <v>134</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786257418539</t>
+          <t>9786257418669</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Aforizmaları</t>
+          <t>Bir Ketum Virali</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>94</v>
+        <v>134</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786257418492</t>
+          <t>9786257418645</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Tabut</t>
+          <t>Güneşe Aşık Olan Adam</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>202</v>
+        <v>159</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786257418508</t>
+          <t>9786257418638</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Perde - Işıltı Serisi 3. Kitap</t>
+          <t>Son Yolculuk</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>399</v>
+        <v>214</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786056999086</t>
+          <t>9786257418577</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Bi' Bilene Danışalım</t>
+          <t>Lullabies of the Night</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>142</v>
+        <v>134</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786257418485</t>
+          <t>9786257418294</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Uzanan Hayatlar</t>
+          <t>Tutankhamon'un Yüzükleri</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>169</v>
+        <v>246</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786257418461</t>
+          <t>9786257418584</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Karalamalar</t>
+          <t>Sonun Başlangıcı</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>127</v>
+        <v>202</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786257418454</t>
+          <t>9786257418560</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Zaman Salıncağı</t>
+          <t>Çember</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>127</v>
+        <v>202</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786257418270</t>
+          <t>9786257418591</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Rüya Gibi Geçti</t>
+          <t>Radyocu Corona - Aşk ve Hapishane</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>189</v>
+        <v>175</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786257418478</t>
+          <t>9786257418553</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Dmitri Mihayloviç Orlov</t>
+          <t>Üç Sözcüklü Romancık</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>105</v>
+        <v>202</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786257418447</t>
+          <t>9786257418515</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Haddizal</t>
+          <t>Matematikle Eğlenceli Boyama</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>100</v>
+        <v>86</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786257418409</t>
+          <t>9786257418522</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Devrik Sevdalar</t>
+          <t>Arkadaş</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>105</v>
+        <v>94</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786257418423</t>
+          <t>9786257418546</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Kaçış</t>
+          <t>Kelebek Türküsü</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>189</v>
+        <v>94</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786257418416</t>
+          <t>9786257418539</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Neden Kulağını Kestin Vincent?</t>
+          <t>Kıyamet Aforizmaları</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>105</v>
+        <v>94</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786257418379</t>
+          <t>9786257418492</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Meczup</t>
+          <t>Tabut</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>94</v>
+        <v>202</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786257418393</t>
+          <t>9786257418508</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>On Beş</t>
+          <t>Perde - Işıltı Serisi 3. Kitap</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>105</v>
+        <v>399</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786257418362</t>
+          <t>9786056999086</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimde Sancılar</t>
+          <t>Bi' Bilene Danışalım</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>98</v>
+        <v>142</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786257418218</t>
+          <t>9786257418485</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Süreç Böyle Sürüp Gidiyor</t>
+          <t>Sonsuza Uzanan Hayatlar</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>78</v>
+        <v>169</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786257418287</t>
+          <t>9786257418461</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Piyano Sesi Nereden Geliyor?</t>
+          <t>Karalamalar</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>134</v>
+        <v>127</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786257418317</t>
+          <t>9786257418454</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Yozlaşma ve Popüler Faşizm</t>
+          <t>Zaman Salıncağı</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>105</v>
+        <v>127</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786257418348</t>
+          <t>9786257418270</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kal</t>
+          <t>Rüya Gibi Geçti</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>134</v>
+        <v>189</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786257418300</t>
+          <t>9786257418478</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Gönül Aynam</t>
+          <t>Dmitri Mihayloviç Orlov</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>98</v>
+        <v>105</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786257418133</t>
+          <t>9786257418447</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Roma-n-tizma</t>
+          <t>Haddizal</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>107</v>
+        <v>100</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786257418263</t>
+          <t>9786257418409</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Uzaktaki Türkler</t>
+          <t>Devrik Sevdalar</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>256</v>
+        <v>105</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786257418232</t>
+          <t>9786257418423</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Kapitalist Şehirli Adamlar</t>
+          <t>Kaçış</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>98</v>
+        <v>189</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786257418171</t>
+          <t>9786257418416</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Kimsesiz</t>
+          <t>Neden Kulağını Kestin Vincent?</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>148</v>
+        <v>105</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786257418188</t>
+          <t>9786257418379</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Mumu Artık Korkmuyor</t>
+          <t>Meczup</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>134</v>
+        <v>94</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786257418201</t>
+          <t>9786257418393</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yeşil Böcekler</t>
+          <t>On Beş</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>134</v>
+        <v>105</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786257418195</t>
+          <t>9786257418362</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Home Is Where You Belong</t>
+          <t>Yüreğimde Sancılar</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>166</v>
+        <v>98</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786257418157</t>
+          <t>9786257418218</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Aldatma</t>
+          <t>Süreç Böyle Sürüp Gidiyor</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>134</v>
+        <v>78</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786257418140</t>
+          <t>9786257418287</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Tükenirken Ben</t>
+          <t>Piyano Sesi Nereden Geliyor?</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>64</v>
+        <v>175</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786257700887</t>
+          <t>9786257418317</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Ardımda Bıraktığım Yıllarım 8</t>
+          <t>Yozlaşma ve Popüler Faşizm</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>241</v>
+        <v>105</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786257418065</t>
+          <t>9786257418348</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>İnsanistan</t>
+          <t>Çocuk Kal</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>88</v>
+        <v>185</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786257418119</t>
+          <t>9786257418300</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Silüet</t>
+          <t>Gönül Aynam</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>134</v>
+        <v>98</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786257418102</t>
+          <t>9786257418133</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Kadim Sırlarda Hayatın Puk (2) Kodu - Kendini Tanı</t>
+          <t>Roma-n-tizma</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>202</v>
+        <v>107</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786257418096</t>
+          <t>9786257418263</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Gargoyle</t>
+          <t>Uzaktaki Türkler</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>189</v>
+        <v>256</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786257418089</t>
+          <t>9786257418232</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Bir Yıldız Doğdu</t>
+          <t>Kapitalist Şehirli Adamlar</t>
         </is>
       </c>
       <c r="C527" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786257700795</t>
+          <t>9786257418171</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Feride</t>
+          <t>Kimsesiz</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>154</v>
+        <v>148</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786257418041</t>
+          <t>9786257418188</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Beraverde</t>
+          <t>Kirpi Mumu Artık Korkmuyor</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>131</v>
+        <v>175</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786257700962</t>
+          <t>9786257418201</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Nerede?</t>
+          <t>Küçük Yeşil Böcekler</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>134</v>
+        <v>175</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786257418010</t>
+          <t>9786257418195</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Lina - Çikolata Kalpli Hayaller</t>
+          <t>Home Is Where You Belong</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>134</v>
+        <v>216</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786257418034</t>
+          <t>9786257418157</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Hayat, Şehir, İnsan</t>
+          <t>Aldatma</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>259</v>
+        <v>134</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786257700986</t>
+          <t>9786257418140</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Bozuk Bir Türkçeyim Ülkemde</t>
+          <t>Tükenirken Ben</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>94</v>
+        <v>64</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786257418027</t>
+          <t>9786257700887</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Bulagan - Son Kartal</t>
+          <t>Ardımda Bıraktığım Yıllarım 8</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>127</v>
+        <v>241</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786257700948</t>
+          <t>9786257418065</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Aralık</t>
+          <t>İnsanistan</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>134</v>
+        <v>88</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786257700979</t>
+          <t>9786257418119</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Annemi Öpmedi</t>
+          <t>Silüet</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>158</v>
+        <v>134</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786257700931</t>
+          <t>9786257418102</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Benim Mucizem</t>
+          <t>Kadim Sırlarda Hayatın Puk (2) Kodu - Kendini Tanı</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>144</v>
+        <v>263</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786257700955</t>
+          <t>9786257418096</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Ve Sonra</t>
+          <t>Gargoyle</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>169</v>
+        <v>189</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786257700917</t>
+          <t>9786257418089</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Affa</t>
+          <t>Bir Yıldız Doğdu</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>94</v>
+        <v>98</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786257700924</t>
+          <t>9786257700795</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatçılar Kulübü</t>
+          <t>Feride</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>98</v>
+        <v>201</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786257700894</t>
+          <t>9786257418041</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Hub</t>
+          <t>Beraverde</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>169</v>
+        <v>131</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786257700900</t>
+          <t>9786257700962</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Rolla</t>
+          <t>Mutluluk Nerede?</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>131</v>
+        <v>175</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786257700788</t>
+          <t>9786257418010</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Birdenbire</t>
+          <t>Lina - Çikolata Kalpli Hayaller</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>83</v>
+        <v>175</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786257700801</t>
+          <t>9786257418034</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Cennet Sürgünü</t>
+          <t>Hayat, Şehir, İnsan</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>105</v>
+        <v>259</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786257700764</t>
+          <t>9786257700986</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyanın Gayrimenkul Pazarlamasına Etkisi</t>
+          <t>Bozuk Bir Türkçeyim Ülkemde</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>144</v>
+        <v>94</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786257700757</t>
+          <t>9786257418027</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kaderini Yazamayanlar</t>
+          <t>Bulagan - Son Kartal</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>98</v>
+        <v>127</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786257700733</t>
+          <t>9786257700948</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Duası Birinci Kitap</t>
+          <t>Aralık</t>
         </is>
       </c>
       <c r="C547" s="1">
         <v>134</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786257700726</t>
+          <t>9786257700979</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Ataletten Zirveye</t>
+          <t>Özgürlük Annemi Öpmedi</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>134</v>
+        <v>158</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786257700740</t>
+          <t>9786257700931</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Kadınlara Satılmayan Roman</t>
+          <t>Benim Mucizem</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>109</v>
+        <v>144</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786257700696</t>
+          <t>9786257700955</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Melek</t>
+          <t>Ve Sonra</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>312</v>
+        <v>169</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786257700658</t>
+          <t>9786257700917</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Cebimdeki Zamansız Notlar</t>
+          <t>Affa</t>
         </is>
       </c>
       <c r="C551" s="1">
         <v>94</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786257700689</t>
+          <t>9786257700924</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Hiçliğe Sığmayan</t>
+          <t>Edebiyatçılar Kulübü</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>159</v>
+        <v>98</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786257700672</t>
+          <t>9786257700894</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Düş</t>
+          <t>Hub</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>94</v>
+        <v>169</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786257700665</t>
+          <t>9786257700900</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Sanal Aşkın Gerçek Acısı</t>
+          <t>Rolla</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>134</v>
+        <v>131</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786257700634</t>
+          <t>9786257700788</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Bit Yeniği Kadar Hülyalar</t>
+          <t>Birdenbire</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>88</v>
+        <v>83</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786257700627</t>
+          <t>9786257700801</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Yerine Sevemem</t>
+          <t>Cennet Sürgünü</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>114</v>
+        <v>105</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786257700603</t>
+          <t>9786257700764</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Sokak Kedisi</t>
+          <t>Sosyal Medyanın Gayrimenkul Pazarlamasına Etkisi</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>98</v>
+        <v>144</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786257700610</t>
+          <t>9786257700757</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Hayal Avcısı</t>
+          <t>Kendi Kaderini Yazamayanlar</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>202</v>
+        <v>98</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786257700573</t>
+          <t>9786257700733</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Son Notası</t>
+          <t>Tanrıların Duası Birinci Kitap</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>94</v>
+        <v>134</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786257700580</t>
+          <t>9786257700726</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Buz Mavisi</t>
+          <t>Ataletten Zirveye</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>153</v>
+        <v>134</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786257700566</t>
+          <t>9786257700740</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Sayılar ve Bağlantılar 2</t>
+          <t>Kadınlara Satılmayan Roman</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>94</v>
+        <v>109</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786257700542</t>
+          <t>9786257700696</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Bir Umut</t>
+          <t>Melek</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>94</v>
+        <v>312</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786257700528</t>
+          <t>9786257700658</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Bir Bezelye Tanesi</t>
+          <t>Cebimdeki Zamansız Notlar</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>134</v>
+        <v>94</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786257700535</t>
+          <t>9786257700689</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Dudaklarında Mevsimler</t>
+          <t>Hiçliğe Sığmayan</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>134</v>
+        <v>159</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786257700559</t>
+          <t>9786257700672</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Beni Bir Kendinden Koruyamadın</t>
+          <t>Düş</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>144</v>
+        <v>94</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786257700306</t>
+          <t>9786257700665</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Umut Işığı</t>
+          <t>Sanal Aşkın Gerçek Acısı</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>94</v>
+        <v>134</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786257700504</t>
+          <t>9786257700634</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Dair</t>
+          <t>Bit Yeniği Kadar Hülyalar</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>94</v>
+        <v>88</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786257700474</t>
+          <t>9786257700627</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Gubar-ı Hüzün</t>
+          <t>Yerine Sevemem</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>105</v>
+        <v>114</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786257700450</t>
+          <t>9786257700603</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Uyandıran Saat</t>
+          <t>Sokak Kedisi</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>77</v>
+        <v>98</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786257700436</t>
+          <t>9786257700610</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Delirmek Görecelidir</t>
+          <t>Hayal Avcısı</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>88</v>
+        <v>202</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786257700481</t>
+          <t>9786257700573</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Hep İnsan 2. Cilt</t>
+          <t>Kalbimin Son Notası</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>269</v>
+        <v>94</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786257700443</t>
+          <t>9786257700580</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Hayatta Kal 2</t>
+          <t>Buz Mavisi</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>114</v>
+        <v>153</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786257700467</t>
+          <t>9786257700566</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Nefes</t>
+          <t>Sayılar ve Bağlantılar 2</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>107</v>
+        <v>94</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786257700412</t>
+          <t>9786257700542</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Alude</t>
+          <t>Bir Umut</t>
         </is>
       </c>
       <c r="C574" s="1">
         <v>94</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786257700429</t>
+          <t>9786257700528</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Hülasa</t>
+          <t>Bir Bezelye Tanesi</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>98</v>
+        <v>134</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786257700399</t>
+          <t>9786257700535</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Duyguların Rotası</t>
+          <t>Dudaklarında Mevsimler</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>131</v>
+        <v>134</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786257700405</t>
+          <t>9786257700559</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Paranormal Ofis</t>
+          <t>Beni Bir Kendinden Koruyamadın</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>88</v>
+        <v>144</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786257700382</t>
+          <t>9786257700306</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Harf ve Et</t>
+          <t>Umut Işığı</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>105</v>
+        <v>94</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786257700368</t>
+          <t>9786257700504</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Denedik Olmadı</t>
+          <t>Yaşama Dair</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>111</v>
+        <v>94</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786257700344</t>
+          <t>9786257700474</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Özlem</t>
+          <t>Gubar-ı Hüzün</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>83</v>
+        <v>105</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786257700337</t>
+          <t>9786257700450</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Hasret Gülü</t>
+          <t>Zamanı Uyandıran Saat</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>25</v>
+        <v>77</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786257700320</t>
+          <t>9786257700436</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Derinler ve Sirenler</t>
+          <t>Delirmek Görecelidir</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>142</v>
+        <v>88</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786257700313</t>
+          <t>9786257700481</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>The Glow</t>
+          <t>Hep İnsan 2. Cilt</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>403</v>
+        <v>269</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786257700290</t>
+          <t>9786257700443</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Hep İnsan 1. Cilt</t>
+          <t>Hayatta Kal 2</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>220</v>
+        <v>114</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786257700276</t>
+          <t>9786257700467</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Uyanma Vakti</t>
+          <t>Nefes</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>167</v>
+        <v>107</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786257700221</t>
+          <t>9786257700412</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Mor Restoran</t>
+          <t>Alude</t>
         </is>
       </c>
       <c r="C586" s="1">
         <v>94</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786257700238</t>
+          <t>9786257700429</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Belirme Yordamları</t>
+          <t>Hülasa</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>88</v>
+        <v>98</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786257700214</t>
+          <t>9786257700399</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Yazınsal Nesneler</t>
+          <t>Duyguların Rotası</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>94</v>
+        <v>131</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786257700252</t>
+          <t>9786257700405</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Alfabesiz</t>
+          <t>Paranormal Ofis</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>144</v>
+        <v>88</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786257700191</t>
+          <t>9786257700382</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Boşu Boşuna</t>
+          <t>Harf ve Et</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>131</v>
+        <v>105</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786257700184</t>
+          <t>9786257700368</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Sayılar ve Bağlantılar</t>
+          <t>Denedik Olmadı</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>94</v>
+        <v>111</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786257700122</t>
+          <t>9786257700344</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Le Naz Fabl</t>
+          <t>Özlem</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>94</v>
+        <v>83</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786257700139</t>
+          <t>9786257700337</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Ardıç Ağacı</t>
+          <t>Hasret Gülü</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>105</v>
+        <v>25</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786257700092</t>
+          <t>9786257700320</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Ağları</t>
+          <t>Derinler ve Sirenler</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>58</v>
+        <v>142</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786257700146</t>
+          <t>9786257700313</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Koruyucu - Işıltı Serisi 2. Kitap</t>
+          <t>The Glow</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>281</v>
+        <v>403</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786257700115</t>
+          <t>9786257700290</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Perestiş</t>
+          <t>Hep İnsan 1. Cilt</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>72</v>
+        <v>220</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786257700108</t>
+          <t>9786257700276</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Hayal Defterim 2</t>
+          <t>Uyanma Vakti</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>105</v>
+        <v>167</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786257700085</t>
+          <t>9786257700221</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Arife'nin Rüyası</t>
+          <t>Mor Restoran</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>144</v>
+        <v>94</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786257700009</t>
+          <t>9786257700238</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Eylül Sancıları</t>
+          <t>Belirme Yordamları</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>94</v>
+        <v>88</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786257700078</t>
+          <t>9786257700214</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Cennetinde 39 Gün</t>
+          <t>Yazınsal Nesneler</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>72</v>
+        <v>94</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786257700047</t>
+          <t>9786257700252</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Loka Mata - Seneye Yine Gel</t>
+          <t>Alfabesiz</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>202</v>
+        <v>144</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786257700054</t>
+          <t>9786257700191</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlı Masallar</t>
+          <t>Boşu Boşuna</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>98</v>
+        <v>131</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786257700023</t>
+          <t>9786257700184</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Fezmonot</t>
+          <t>Sayılar ve Bağlantılar</t>
         </is>
       </c>
       <c r="C603" s="1">
         <v>94</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786257700016</t>
+          <t>9786257700122</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Ellerinden Tut</t>
+          <t>Le Naz Fabl</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>144</v>
+        <v>94</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786257950992</t>
+          <t>9786257700139</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Müzeyyen</t>
+          <t>Ardıç Ağacı</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>144</v>
+        <v>105</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786257700030</t>
+          <t>9786257700092</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Karaşeyh ve Kara Günler</t>
+          <t>Yağmur Ağları</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>214</v>
+        <v>58</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786257950947</t>
+          <t>9786257700146</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Fenix</t>
+          <t>Koruyucu - Işıltı Serisi 2. Kitap</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>169</v>
+        <v>281</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786257950985</t>
+          <t>9786257700115</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>G. Aşkta ve Savaşta</t>
+          <t>Perestiş</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>98</v>
+        <v>72</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786257950978</t>
+          <t>9786257700108</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Kimseden Gelen Pusulalar</t>
+          <t>Hayal Defterim 2</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>144</v>
+        <v>105</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786056999062</t>
+          <t>9786257700085</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Bizim Evin Kedisi</t>
+          <t>Arife'nin Rüyası</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>107</v>
+        <v>144</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786257950824</t>
+          <t>9786257700009</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Luna Mutluluk Adası - Taş Boyama (Ciltli)</t>
+          <t>Eylül Sancıları</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>229</v>
+        <v>94</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786257950954</t>
+          <t>9786257700078</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Düşüncelerin Karantinası</t>
+          <t>Cennetinde 39 Gün</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>134</v>
+        <v>72</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786257950961</t>
+          <t>9786257700047</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Mekansızlar</t>
+          <t>Loka Mata - Seneye Yine Gel</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>134</v>
+        <v>202</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786257950923</t>
+          <t>9786257700054</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Hayatta Kal 1</t>
+          <t>Yıldızlı Masallar</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>169</v>
+        <v>128</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786257950909</t>
+          <t>9786257700023</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Sancısı</t>
+          <t>Fezmonot</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>202</v>
+        <v>94</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786257950862</t>
+          <t>9786257700016</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Şuursuz</t>
+          <t>Hayatın Ellerinden Tut</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786257950893</t>
+          <t>9786257950992</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzüne Uğurladım Çocukluğumu</t>
+          <t>Müzeyyen</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>134</v>
+        <v>144</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786257950879</t>
+          <t>9786257700030</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Rakı Şişesinde Genç Werther</t>
+          <t>Karaşeyh ve Kara Günler</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>94</v>
+        <v>214</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786257950756</t>
+          <t>9786257950947</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Dört Kafadar Paylaşıyor</t>
+          <t>Fenix</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>124</v>
+        <v>169</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786257950855</t>
+          <t>9786257950985</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Sana Yazmadım</t>
+          <t>G. Aşkta ve Savaşta</t>
         </is>
       </c>
       <c r="C620" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786257950831</t>
+          <t>9786257950978</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Aforizmaları</t>
+          <t>Kimseden Gelen Pusulalar</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>134</v>
+        <v>144</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786257950817</t>
+          <t>9786056999062</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Leyla</t>
+          <t>Bizim Evin Kedisi</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>134</v>
+        <v>140</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786257950763</t>
+          <t>9786257950824</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünün Davulları</t>
+          <t>Luna Mutluluk Adası - Taş Boyama (Ciltli)</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>144</v>
+        <v>229</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786257950787</t>
+          <t>9786257950954</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Umulmadık İttifak - Ateş Kuşu 2</t>
+          <t>Düşüncelerin Karantinası</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>94</v>
+        <v>134</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786257950794</t>
+          <t>9786257950961</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Sonu - Ateş Kuşu 3</t>
+          <t>Mekansızlar</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>105</v>
+        <v>134</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786257950800</t>
+          <t>9786257950923</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Başlangıç - Ateş Kuşu 4</t>
+          <t>Hayatta Kal 1</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>94</v>
+        <v>169</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786257950770</t>
+          <t>9786257950909</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Altın Anahtar - Ateş Kuşu 1</t>
+          <t>Yaşama Sancısı</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>105</v>
+        <v>202</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786257950749</t>
+          <t>9786257950862</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Ta Ta Ta Tam Karşınızda Siz</t>
+          <t>Şuursuz</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>134</v>
+        <v>142</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786257950701</t>
+          <t>9786257950893</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Adı Rem</t>
+          <t>Gökyüzüne Uğurladım Çocukluğumu</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>169</v>
+        <v>134</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786257950602</t>
+          <t>9786257950879</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Kökenli Adlar Sözlüğü</t>
+          <t>Rakı Şişesinde Genç Werther</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>2000</v>
+        <v>94</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786257950671</t>
+          <t>9786257950756</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Çatalkazık Yazıları</t>
+          <t>Dört Kafadar Paylaşıyor</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>198</v>
+        <v>162</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786257950688</t>
+          <t>9786257950855</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Eskiçınar Sokak</t>
+          <t>Sana Yazmadım</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>198</v>
+        <v>98</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786257950664</t>
+          <t>9786257950831</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğun Kaybolduğu Gün</t>
+          <t>Bilgelik Aforizmaları</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786257950640</t>
+          <t>9786257950817</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Balık Bubbalo ve Yedinci Kıta Macerası</t>
+          <t>Leyla</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>154</v>
+        <v>134</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786257950657</t>
+          <t>9786257950763</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Yangın ve Saklambaç</t>
+          <t>Gökyüzünün Davulları</t>
         </is>
       </c>
       <c r="C635" s="1">
         <v>144</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786257950626</t>
+          <t>9786257950787</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk İşi</t>
+          <t>Umulmadık İttifak - Ateş Kuşu 2</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>144</v>
+        <v>94</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786257950480</t>
+          <t>9786257950794</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Gölgeliği</t>
+          <t>Dünyanın Sonu - Ateş Kuşu 3</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>120</v>
+        <v>105</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786257950534</t>
+          <t>9786257950800</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Senin Adın Yedi Olsun</t>
+          <t>Başlangıç - Ateş Kuşu 4</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>198</v>
+        <v>94</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786257950572</t>
+          <t>9786257950770</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Tasvir-siz</t>
+          <t>Altın Anahtar - Ateş Kuşu 1</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>144</v>
+        <v>105</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786257950619</t>
+          <t>9786257950749</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Çıplak Yolcu</t>
+          <t>Ta Ta Ta Tam Karşınızda Siz</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>169</v>
+        <v>134</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786257700870</t>
+          <t>9786257950701</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Ardımda Bıraktığım Yıllarım 7</t>
+          <t>Adı Rem</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>389</v>
+        <v>169</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786257950558</t>
+          <t>9786257950602</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Ardımda Bıraktığım Yıllarım 6</t>
+          <t>Türkçe Kökenli Adlar Sözlüğü</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>258</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786257950596</t>
+          <t>9786257950671</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Bir Garip Şair Hikayesi</t>
+          <t>Çatalkazık Yazıları</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>134</v>
+        <v>198</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786257950510</t>
+          <t>9786257950688</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Hurra</t>
+          <t>Eskiçınar Sokak</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>144</v>
+        <v>198</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786257950541</t>
+          <t>9786257950664</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Kasabam Ayrılık</t>
+          <t>Çocukluğun Kaybolduğu Gün</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>111</v>
+        <v>136</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786257950527</t>
+          <t>9786257950640</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğe Sevgi</t>
+          <t>Balık Bubbalo ve Yedinci Kıta Macerası</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>88</v>
+        <v>201</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786257950459</t>
+          <t>9786257950657</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Kilometresiz</t>
+          <t>Yangın ve Saklambaç</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>111</v>
+        <v>144</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786257950497</t>
+          <t>9786257950626</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Karantina Duvarı</t>
+          <t>Mutluluk İşi</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>83</v>
+        <v>144</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786257950503</t>
+          <t>9786257950480</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Bir Son'un Öyküsü</t>
+          <t>Güvercin Gölgeliği</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>94</v>
+        <v>120</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786257950442</t>
+          <t>9786257950534</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Perdesiz Hayatlar</t>
+          <t>Senin Adın Yedi Olsun</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>98</v>
+        <v>198</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786257950398</t>
+          <t>9786257950572</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Gölgemdeki Takıntı</t>
+          <t>Tasvir-siz</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>98</v>
+        <v>144</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786257950473</t>
+          <t>9786257950619</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Başka Alemin Dilencisi</t>
+          <t>Çıplak Yolcu</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>83</v>
+        <v>169</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786257950466</t>
+          <t>9786257700870</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Kapıcının Ölümü</t>
+          <t>Ardımda Bıraktığım Yıllarım 7</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>98</v>
+        <v>506</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786257950435</t>
+          <t>9786257950558</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Ortak Payda</t>
+          <t>Ardımda Bıraktığım Yıllarım 6</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>98</v>
+        <v>336</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786257950428</t>
+          <t>9786257950596</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Mezhepler</t>
+          <t>Bir Garip Şair Hikayesi</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>144</v>
+        <v>134</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786257950411</t>
+          <t>9786257950510</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Işıltı - Birinci Kitap</t>
+          <t>Hurra</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>399</v>
+        <v>144</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786257950381</t>
+          <t>9786257950541</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Muhabbet</t>
+          <t>Kasabam Ayrılık</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>83</v>
+        <v>111</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786257950367</t>
+          <t>9786257950527</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Tılsım-ı Berzah</t>
+          <t>Gerçeğe Sevgi</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>144</v>
+        <v>88</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786257950350</t>
+          <t>9786257950459</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Helen'in Mektupları</t>
+          <t>Kilometresiz</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>199</v>
+        <v>111</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786257950374</t>
+          <t>9786257950497</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Kimsesiz Şiirler</t>
+          <t>Karantina Duvarı</t>
         </is>
       </c>
       <c r="C660" s="1">
         <v>83</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786257950329</t>
+          <t>9786257950503</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Üç Kadın: Zeliha</t>
+          <t>Bir Son'un Öyküsü</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>199</v>
+        <v>94</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786257950336</t>
+          <t>9786257950442</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Kelimeleri</t>
+          <t>Perdesiz Hayatlar</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>134</v>
+        <v>98</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786257950312</t>
+          <t>9786257950398</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Geçmeyen Ne Var Hayatta</t>
+          <t>Gölgemdeki Takıntı</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>134</v>
+        <v>98</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786257950275</t>
+          <t>9786257950473</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimdeki Şair</t>
+          <t>Başka Alemin Dilencisi</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>94</v>
+        <v>83</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786257950268</t>
+          <t>9786257950466</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Mavi Mühür</t>
+          <t>Kapıcının Ölümü</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>94</v>
+        <v>98</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786257950244</t>
+          <t>9786257950435</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Haçın Gölgesinde</t>
+          <t>Ortak Payda</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>228</v>
+        <v>98</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786257950299</t>
+          <t>9786257950428</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Apaçi</t>
+          <t>Mezhepler</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>94</v>
+        <v>144</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786257950237</t>
+          <t>9786257950411</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Öğret Bana!</t>
+          <t>Işıltı - Birinci Kitap</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>248</v>
+        <v>399</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786257950190</t>
+          <t>9786257950381</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Hayal Defterim</t>
+          <t>Aşk-ı Muhabbet</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>98</v>
+        <v>83</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786257950183</t>
+          <t>9786257950367</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>İslam İktisadı Öğrencilerine Notlar</t>
+          <t>Tılsım-ı Berzah</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>169</v>
+        <v>144</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786257950169</t>
+          <t>9786257950350</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Senin Yolun Yormaz Beni</t>
+          <t>Helen'in Mektupları</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>94</v>
+        <v>199</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786257950152</t>
+          <t>9786257950374</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Gaz Kesmez</t>
+          <t>Kimsesiz Şiirler</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>94</v>
+        <v>83</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786257950176</t>
+          <t>9786257950329</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>O Güneş Bir Daha Doğsun</t>
+          <t>Üç Kadın: Zeliha</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>94</v>
+        <v>199</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786257950145</t>
+          <t>9786257950336</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Labirentten Çıkış</t>
+          <t>Hayatımın Kelimeleri</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>169</v>
+        <v>134</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786257950138</t>
+          <t>9786257950312</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yangın</t>
+          <t>Geçmeyen Ne Var Hayatta</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>131</v>
+        <v>134</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786257950084</t>
+          <t>9786257950275</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Hayata Bir Mola</t>
+          <t>Yüreğimdeki Şair</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>134</v>
+        <v>94</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786257950091</t>
+          <t>9786257950268</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Entropi</t>
+          <t>Mavi Mühür</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>134</v>
+        <v>94</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786257950060</t>
+          <t>9786257950244</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Bahreyn</t>
+          <t>Haçın Gölgesinde</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>94</v>
+        <v>228</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786257950077</t>
+          <t>9786257950299</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Psikozun Huzursuz Oğlu</t>
+          <t>Apaçi</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>134</v>
+        <v>94</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786257950053</t>
+          <t>9786257950237</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Jezebel Melek-i Tavus</t>
+          <t>Öğret Bana!</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>134</v>
+        <v>248</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786257950046</t>
+          <t>9786257950190</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Mavi Küf</t>
+          <t>Hayal Defterim</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>134</v>
+        <v>98</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786257950039</t>
+          <t>9786257950183</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Anima</t>
+          <t>İslam İktisadı Öğrencilerine Notlar</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>94</v>
+        <v>220</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786257950022</t>
+          <t>9786257950169</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Salıncak</t>
+          <t>Senin Yolun Yormaz Beni</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>85</v>
+        <v>94</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786257950008</t>
+          <t>9786257950152</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Suhulet</t>
+          <t>Gaz Kesmez</t>
         </is>
       </c>
       <c r="C684" s="1">
         <v>94</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786257950015</t>
+          <t>9786257950176</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Dört</t>
+          <t>O Güneş Bir Daha Doğsun</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>98</v>
+        <v>94</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786058047693</t>
+          <t>9786257950145</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Mersedes Gülleri</t>
+          <t>Labirentten Çıkış</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>64</v>
+        <v>169</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786056983375</t>
+          <t>9786257950138</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğu Ara</t>
+          <t>Büyük Yangın</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>83</v>
+        <v>131</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786257700863</t>
+          <t>9786257950084</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Ardımda Bıraktığım Yıllarım 5</t>
+          <t>Hayata Bir Mola</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>71</v>
+        <v>134</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786056983351</t>
+          <t>9786257950091</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Eddie'nin Güneşi</t>
+          <t>Entropi</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>98</v>
+        <v>134</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786056983337</t>
+          <t>9786257950060</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyden Biraz Aşktan Azıcık</t>
+          <t>Bahreyn</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>88</v>
+        <v>94</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786056983313</t>
+          <t>9786257950077</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Hamil-i Aşk Yakınımdır</t>
+          <t>Psikozun Huzursuz Oğlu</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>98</v>
+        <v>134</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786056983320</t>
+          <t>9786257950053</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Sensizlik Günlüğüm (Ciltli)</t>
+          <t>Jezebel Melek-i Tavus</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>83</v>
+        <v>134</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786058047679</t>
+          <t>9786257950046</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Ve O Dedi Ki</t>
+          <t>Mavi Küf</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>170</v>
+        <v>134</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786056983306</t>
+          <t>9786257950039</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Bir Neşet Türküsü</t>
+          <t>Anima</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>83</v>
+        <v>94</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786058032231</t>
+          <t>9786257950022</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Siyah Etekli Manolya</t>
+          <t>Salıncak</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>83</v>
+        <v>85</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786058032255</t>
+          <t>9786257950008</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Aşka Meftun</t>
+          <t>Suhulet</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>88</v>
+        <v>94</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786257700856</t>
+          <t>9786257950015</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Ardımda Bıraktığım Yıllarım 4</t>
+          <t>Dört</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>232</v>
+        <v>98</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786257700849</t>
+          <t>9786058047693</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Ardımda Bıraktığım Yıllarım 3</t>
+          <t>Mersedes Gülleri</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>289</v>
+        <v>64</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786058047662</t>
+          <t>9786056983375</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Tonu</t>
+          <t>Mutluluğu Ara</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>77</v>
+        <v>83</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786058032217</t>
+          <t>9786257700863</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yarım Kalmış Masallara</t>
+          <t>Ardımda Bıraktığım Yıllarım 5</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>98</v>
+        <v>71</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786058047648</t>
+          <t>9786056983351</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Derdim</t>
+          <t>Eddie'nin Güneşi</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>94</v>
+        <v>98</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786058047631</t>
+          <t>9786056983337</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Gerçekleştir Hayalini</t>
+          <t>Her Şeyden Biraz Aşktan Azıcık</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>111</v>
+        <v>88</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786257700832</t>
+          <t>9786056983313</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Ardımda Bıraktığım Yıllarım 2</t>
+          <t>Hamil-i Aşk Yakınımdır</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>442</v>
+        <v>98</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786257700825</t>
+          <t>9786056983320</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Ardımda Bıraktığım Yıllarım 1</t>
+          <t>Sensizlik Günlüğüm (Ciltli)</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>72</v>
+        <v>83</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786058047617</t>
+          <t>9786058047679</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Mevsimi</t>
+          <t>Ve O Dedi Ki</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>75</v>
+        <v>170</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786058047600</t>
+          <t>9786056983306</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Nazra</t>
+          <t>Bir Neşet Türküsü</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>94</v>
+        <v>83</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786056943591</t>
+          <t>9786058032231</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Cennetten mi Düştün?</t>
+          <t>Siyah Etekli Manolya</t>
         </is>
       </c>
       <c r="C707" s="1">
         <v>83</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786056943522</t>
+          <t>9786058032255</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Hamiyeli Yıllar</t>
+          <t>Aşka Meftun</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>120</v>
+        <v>88</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786056943553</t>
+          <t>9786257700856</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Gamzeli Ada</t>
+          <t>Ardımda Bıraktığım Yıllarım 4</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>88</v>
+        <v>232</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786056943539</t>
+          <t>9786257700849</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Gülseven Halıcılık</t>
+          <t>Ardımda Bıraktığım Yıllarım 3</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>88</v>
+        <v>376</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786056943546</t>
+          <t>9786058047662</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Para Kavga Pranga</t>
+          <t>Hayatın Tonu</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>184</v>
+        <v>77</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786056943515</t>
+          <t>9786058032217</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Zaman Küresi</t>
+          <t>Tüm Yarım Kalmış Masallara</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>159</v>
+        <v>98</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786056943508</t>
+          <t>9786058047648</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Şeffaf Tuval</t>
+          <t>En Güzel Derdim</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>127</v>
+        <v>94</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786058063464</t>
+          <t>9786058047631</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Anadolum Türkiyem</t>
+          <t>Gerçekleştir Hayalini</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>88</v>
+        <v>111</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786058063433</t>
+          <t>9786257700832</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Eyvallah</t>
+          <t>Ardımda Bıraktığım Yıllarım 2</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>68</v>
+        <v>575</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786058063440</t>
+          <t>9786257700825</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Aynı Sahnenin Başka İnsanları</t>
+          <t>Ardımda Bıraktığım Yıllarım 1</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>88</v>
+        <v>72</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786058063426</t>
+          <t>9786058047617</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Manifesto</t>
+          <t>Sürgün Mevsimi</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>88</v>
+        <v>75</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786056924989</t>
+          <t>9786058047600</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Yoluma Çık Kaderimden Geç</t>
+          <t>Nazra</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>88</v>
+        <v>94</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786056924958</t>
+          <t>9786056943591</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Gecedeki</t>
+          <t>Cennetten mi Düştün?</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>88</v>
+        <v>83</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786056924965</t>
+          <t>9786056943522</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Ağlayan Kelebekler</t>
+          <t>Hamiyeli Yıllar</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>43</v>
+        <v>120</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786056924941</t>
+          <t>9786056943553</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Doğuş</t>
+          <t>Gamzeli Ada</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>72</v>
+        <v>88</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786058089280</t>
+          <t>9786056943539</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Harflerin Gölgesinde</t>
+          <t>Gülseven Halıcılık</t>
         </is>
       </c>
       <c r="C722" s="1">
         <v>88</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786056924927</t>
+          <t>9786056943546</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Rü'yeti</t>
+          <t>Para Kavga Pranga</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>142</v>
+        <v>240</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786058089242</t>
+          <t>9786056943515</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Hiçbir Şeyden</t>
+          <t>Zaman Küresi</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>88</v>
+        <v>159</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786058089273</t>
+          <t>9786056943508</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Biraz Düşününce</t>
+          <t>Şeffaf Tuval</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>38</v>
+        <v>127</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786058089235</t>
+          <t>9786058063464</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Söyle Ne Taraf?</t>
+          <t>Anadolum Türkiyem</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>94</v>
+        <v>88</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786058089211</t>
+          <t>9786058063433</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Gözlerin Hidayeti</t>
+          <t>Eyvallah</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>148</v>
+        <v>68</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786056892394</t>
+          <t>9786058063440</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Odamın Hüzünlü Duvarları</t>
+          <t>Aynı Sahnenin Başka İnsanları</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>134</v>
+        <v>88</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786056892332</t>
+          <t>9786058063426</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Ben Eylül</t>
+          <t>Manifesto</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>60</v>
+        <v>88</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786056892325</t>
+          <t>9786056924989</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Sevmek Zamanı - Muazzez</t>
+          <t>Yoluma Çık Kaderimden Geç</t>
         </is>
       </c>
       <c r="C730" s="1">
         <v>88</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786056852961</t>
+          <t>9786056924958</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Terlikler</t>
+          <t>Gecedeki</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>94</v>
+        <v>88</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786056852954</t>
+          <t>9786056924965</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Marduk: Bir Tanrı Kaşifi</t>
+          <t>Ağlayan Kelebekler</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>144</v>
+        <v>43</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786056852930</t>
+          <t>9786056924941</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>İllet-i Aşk</t>
+          <t>Yeniden Doğuş</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>83</v>
+        <v>72</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786056852923</t>
+          <t>9786058089280</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Sömürge</t>
+          <t>Harflerin Gölgesinde</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>142</v>
+        <v>88</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786056852909</t>
+          <t>9786056924927</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Oysa Susmak En Çok Bana Yakışmıyordu</t>
+          <t>Aşkın Rü'yeti</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>105</v>
+        <v>142</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
+          <t>9786058089242</t>
+        </is>
+      </c>
+      <c r="B736" s="1" t="inlineStr">
+        <is>
+          <t>Her Şey Hiçbir Şeyden</t>
+        </is>
+      </c>
+      <c r="C736" s="1">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="737" spans="1:3">
+      <c r="A737" s="1" t="inlineStr">
+        <is>
+          <t>9786058089273</t>
+        </is>
+      </c>
+      <c r="B737" s="1" t="inlineStr">
+        <is>
+          <t>Biraz Düşününce</t>
+        </is>
+      </c>
+      <c r="C737" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="738" spans="1:3">
+      <c r="A738" s="1" t="inlineStr">
+        <is>
+          <t>9786058089235</t>
+        </is>
+      </c>
+      <c r="B738" s="1" t="inlineStr">
+        <is>
+          <t>Söyle Ne Taraf?</t>
+        </is>
+      </c>
+      <c r="C738" s="1">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="739" spans="1:3">
+      <c r="A739" s="1" t="inlineStr">
+        <is>
+          <t>9786058089211</t>
+        </is>
+      </c>
+      <c r="B739" s="1" t="inlineStr">
+        <is>
+          <t>Gözlerin Hidayeti</t>
+        </is>
+      </c>
+      <c r="C739" s="1">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="740" spans="1:3">
+      <c r="A740" s="1" t="inlineStr">
+        <is>
+          <t>9786056892394</t>
+        </is>
+      </c>
+      <c r="B740" s="1" t="inlineStr">
+        <is>
+          <t>Odamın Hüzünlü Duvarları</t>
+        </is>
+      </c>
+      <c r="C740" s="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="741" spans="1:3">
+      <c r="A741" s="1" t="inlineStr">
+        <is>
+          <t>9786056892332</t>
+        </is>
+      </c>
+      <c r="B741" s="1" t="inlineStr">
+        <is>
+          <t>Ben Eylül</t>
+        </is>
+      </c>
+      <c r="C741" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="742" spans="1:3">
+      <c r="A742" s="1" t="inlineStr">
+        <is>
+          <t>9786056892325</t>
+        </is>
+      </c>
+      <c r="B742" s="1" t="inlineStr">
+        <is>
+          <t>Sevmek Zamanı - Muazzez</t>
+        </is>
+      </c>
+      <c r="C742" s="1">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="743" spans="1:3">
+      <c r="A743" s="1" t="inlineStr">
+        <is>
+          <t>9786056852961</t>
+        </is>
+      </c>
+      <c r="B743" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Terlikler</t>
+        </is>
+      </c>
+      <c r="C743" s="1">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="744" spans="1:3">
+      <c r="A744" s="1" t="inlineStr">
+        <is>
+          <t>9786056852954</t>
+        </is>
+      </c>
+      <c r="B744" s="1" t="inlineStr">
+        <is>
+          <t>Marduk: Bir Tanrı Kaşifi</t>
+        </is>
+      </c>
+      <c r="C744" s="1">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="745" spans="1:3">
+      <c r="A745" s="1" t="inlineStr">
+        <is>
+          <t>9786056852930</t>
+        </is>
+      </c>
+      <c r="B745" s="1" t="inlineStr">
+        <is>
+          <t>İllet-i Aşk</t>
+        </is>
+      </c>
+      <c r="C745" s="1">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="746" spans="1:3">
+      <c r="A746" s="1" t="inlineStr">
+        <is>
+          <t>9786056852923</t>
+        </is>
+      </c>
+      <c r="B746" s="1" t="inlineStr">
+        <is>
+          <t>Sömürge</t>
+        </is>
+      </c>
+      <c r="C746" s="1">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="747" spans="1:3">
+      <c r="A747" s="1" t="inlineStr">
+        <is>
+          <t>9786056852909</t>
+        </is>
+      </c>
+      <c r="B747" s="1" t="inlineStr">
+        <is>
+          <t>Oysa Susmak En Çok Bana Yakışmıyordu</t>
+        </is>
+      </c>
+      <c r="C747" s="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="748" spans="1:3">
+      <c r="A748" s="1" t="inlineStr">
+        <is>
           <t>9786058173903</t>
         </is>
       </c>
-      <c r="B736" s="1" t="inlineStr">
+      <c r="B748" s="1" t="inlineStr">
         <is>
           <t>Derin Nefes Sayıklamalar</t>
         </is>
       </c>
-      <c r="C736" s="1">
+      <c r="C748" s="1">
         <v>72</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>