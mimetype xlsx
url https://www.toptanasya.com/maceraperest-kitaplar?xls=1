--- v0 (2025-10-24)
+++ v1 (2025-12-21)
@@ -85,1570 +85,1600 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259643618</t>
+          <t>9786259643663</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk Kapanı</t>
+          <t>Derin Sırlar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>380</v>
+        <v>420</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259643625</t>
+          <t>9786259643656</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ayselleri Kim Öldürdü?</t>
+          <t>Burası Güvenli</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>420</v>
+        <v>560</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259643601</t>
+          <t>9786259643618</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Tılsımlı Tebessüm</t>
+          <t>Sonsuzluk Kapanı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259849294</t>
+          <t>9786259643625</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Fırsat Kollar</t>
+          <t>Ayselleri Kim Öldürdü?</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9799753293531</t>
+          <t>9786259643601</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Bıçak Atmada Üstüme Yoktur</t>
+          <t>Tılsımlı Tebessüm</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>44</v>
+        <v>340</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789753299527</t>
+          <t>9786259849294</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Farahnaz'ın Çiçeği</t>
+          <t>Ölüm Fırsat Kollar</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>126</v>
+        <v>320</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789753299466</t>
+          <t>9799753293531</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Moda Cinayetleri</t>
+          <t>Bıçak Atmada Üstüme Yoktur</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>84</v>
+        <v>44</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9799753293401</t>
+          <t>9789753299527</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ölüm İlacı</t>
+          <t>Farahnaz'ın Çiçeği</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>70</v>
+        <v>126</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789753295338</t>
+          <t>9789753299466</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Öldüren Kumpas</t>
+          <t>Moda Cinayetleri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>240</v>
+        <v>84</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259849263</t>
+          <t>9799753293401</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Deli Derviş Aybaba ve Dipsiz Kuyu</t>
+          <t>Ölüm İlacı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>350</v>
+        <v>70</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259849287</t>
+          <t>9789753295338</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Tanrıça Cinayetleri</t>
+          <t>Öldüren Kumpas</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259849270</t>
+          <t>9786259849263</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Sırrı</t>
+          <t>Deli Derviş Aybaba ve Dipsiz Kuyu</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259849256</t>
+          <t>9786259849287</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Bir Hadise</t>
+          <t>Tanrıça Cinayetleri</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259849249</t>
+          <t>9786259849270</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Siyahlı Sarışın</t>
+          <t>Gecenin Sırrı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057390684</t>
+          <t>9786259849256</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Şarkılar Susunca</t>
+          <t>Talihsiz Bir Hadise</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259849225</t>
+          <t>9786259849249</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Thule Büyücüsü</t>
+          <t>Siyahlı Sarışın</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>380</v>
+        <v>340</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057212290</t>
+          <t>9786057390684</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Buğu</t>
+          <t>Şarkılar Susunca</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057212283</t>
+          <t>9786259849225</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Gölgedekiler</t>
+          <t>Thule Büyücüsü</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057212276</t>
+          <t>9786057212290</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Efsunlu Cazibe</t>
+          <t>Buğu</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057212214</t>
+          <t>9786057212283</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Farahnaz'ın Çiçeği</t>
+          <t>Gölgedekiler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057212238</t>
+          <t>9786057212276</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Çocuk</t>
+          <t>Efsunlu Cazibe</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057212207</t>
+          <t>9786057212214</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bir Polis Hafiyesinin Harikulade Maceraları</t>
+          <t>Farahnaz'ın Çiçeği</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057390691</t>
+          <t>9786057212238</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bayan Begonvil</t>
+          <t>Çocuk</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057390677</t>
+          <t>9786057212207</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Upirlerin Fısıltısı</t>
+          <t>Bir Polis Hafiyesinin Harikulade Maceraları</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057390660</t>
+          <t>9786057390691</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sokratis ve Kilise Sokağı'nın Sırları</t>
+          <t>Bayan Begonvil</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057390653</t>
+          <t>9786057390677</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Son İntikam</t>
+          <t>Upirlerin Fısıltısı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057390622</t>
+          <t>9786057390660</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Eski Şehrin Gölgesinde</t>
+          <t>Sokratis ve Kilise Sokağı'nın Sırları</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057390608</t>
+          <t>9786057390653</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Moda Cinayetleri</t>
+          <t>Son İntikam</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789753297844</t>
+          <t>9786057390622</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Dehşet Gecesi</t>
+          <t>Eski Şehrin Gölgesinde</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057447654</t>
+          <t>9786057390608</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Perisiz Köşk</t>
+          <t>Moda Cinayetleri</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057390646</t>
+          <t>9789753297844</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Polisiye Yazarının Ölümü</t>
+          <t>Dehşet Gecesi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057447692</t>
+          <t>9786057447654</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bir Başkomiser Galip Polisiyesi: Felsefe Cinayetleri</t>
+          <t>Perisiz Köşk</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057447685</t>
+          <t>9786057390646</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Konakta Ne Var?</t>
+          <t>Polisiye Yazarının Ölümü</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057447678</t>
+          <t>9786057447692</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Canvermezler Tekkesi</t>
+          <t>Bir Başkomiser Galip Polisiyesi: Felsefe Cinayetleri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057447647</t>
+          <t>9786057447685</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Çıkmaz Sokak Çocukları</t>
+          <t>Karanlık Konakta Ne Var?</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057447623</t>
+          <t>9786057447678</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Efsuncu Baba</t>
+          <t>Canvermezler Tekkesi</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057447630</t>
+          <t>9786057447647</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Sokratis ve Sisteki Gölgeler</t>
+          <t>Çıkmaz Sokak Çocukları</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057447616</t>
+          <t>9786057447623</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Define - Kan Damlası</t>
+          <t>Efsuncu Baba</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789753298513</t>
+          <t>9786057447630</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Cadı</t>
+          <t>Sokratis ve Sisteki Gölgeler</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789753299961</t>
+          <t>9786057447616</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Cinai Tuhaflıklar</t>
+          <t>Define - Kan Damlası</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789753299916</t>
+          <t>9789753298513</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Esrar-ı Cinayat</t>
+          <t>Cadı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789753299930</t>
+          <t>9789753299961</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Gulyabani</t>
+          <t>Cinai Tuhaflıklar</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789753299923</t>
+          <t>9789753299916</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Sokratis ve Yatır</t>
+          <t>Esrar-ı Cinayat</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789753299817</t>
+          <t>9789753299930</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Ayaz</t>
+          <t>Gulyabani</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789753299695</t>
+          <t>9789753299923</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İkinci İntikam</t>
+          <t>Sokratis ve Yatır</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789753299879</t>
+          <t>9789753299817</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Disko</t>
+          <t>Ayaz</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>340</v>
+        <v>500</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789753299886</t>
+          <t>9789753299695</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Tilki Baykuş Bakire</t>
+          <t>İkinci İntikam</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789753299848</t>
+          <t>9789753299879</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ölümlüler Deliler Yalnızlar</t>
+          <t>Şeytan Disko</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789753299862</t>
+          <t>9789753299886</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Sokratis ve Kılıç Ustası</t>
+          <t>Tilki Baykuş Bakire</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057447661</t>
+          <t>9789753299848</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Villa Şakayık</t>
+          <t>Ölümlüler Deliler Yalnızlar</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789753299831</t>
+          <t>9789753299862</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Zehr-i Katil</t>
+          <t>Sokratis ve Kılıç Ustası</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789753299824</t>
+          <t>9786057447661</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Sobe Siyah Orkide</t>
+          <t>Villa Şakayık</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>340</v>
+        <v>420</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789753298131</t>
+          <t>9789753299831</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Benim Canım Ailem - Baş Komiser Galip Hikayeleri</t>
+          <t>Zehr-i Katil</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789753299749</t>
+          <t>9789753299824</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kesik Baş</t>
+          <t>Sobe Siyah Orkide</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057447609</t>
+          <t>9789753298131</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Berlinli Apartmanı</t>
+          <t>Benim Canım Ailem - Baş Komiser Galip Hikayeleri</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789753299688</t>
+          <t>9789753299749</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Sokratis Ölüler Şehrinde</t>
+          <t>Kesik Baş</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789753299626</t>
+          <t>9786057447609</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Beria</t>
+          <t>Berlinli Apartmanı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789753299572</t>
+          <t>9789753299688</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Seni Kurtaracağım</t>
+          <t>Sokratis Ölüler Şehrinde</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789753299589</t>
+          <t>9789753299626</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yağmurdan Önce</t>
+          <t>Beria</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789753299596</t>
+          <t>9789753299572</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Park Cinayetleri</t>
+          <t>Seni Kurtaracağım</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789753299565</t>
+          <t>9789753299589</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Sokratis ve Siyahlı Kadın</t>
+          <t>Yağmurdan Önce</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789753299503</t>
+          <t>9789753299596</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Bukalemun</t>
+          <t>Park Cinayetleri</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789753298759</t>
+          <t>9789753299565</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Krem Bahane Cinayet Şahane</t>
+          <t>Sokratis ve Siyahlı Kadın</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789753299459</t>
+          <t>9789753299503</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Sokratis ve Cinler</t>
+          <t>Bukalemun</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789753299398</t>
+          <t>9789753298759</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Konuşulmayan</t>
+          <t>Krem Bahane Cinayet Şahane</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789753299404</t>
+          <t>9789753299459</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Sokratis Ölülerin Peşinde</t>
+          <t>Sokratis ve Cinler</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789753299268</t>
+          <t>9789753299398</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sokratis’in Oyunları</t>
+          <t>Konuşulmayan</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789753299275</t>
+          <t>9789753299404</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Başkomiser Galip Hikayeleri - Doktor Ceyda’yı Kim Öldürdü?</t>
+          <t>Sokratis Ölülerin Peşinde</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789753299329</t>
+          <t>9789753299268</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bütün Kuralları Yık!</t>
+          <t>Sokratis’in Oyunları</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789753299206</t>
+          <t>9789753299275</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Fener Balığı</t>
+          <t>Başkomiser Galip Hikayeleri - Doktor Ceyda’yı Kim Öldürdü?</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>460</v>
+        <v>360</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789753299138</t>
+          <t>9789753299329</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Akılçelen</t>
+          <t>Bütün Kuralları Yık!</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789753299022</t>
+          <t>9789753299206</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Konsey Cinayetleri</t>
+          <t>Fener Balığı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>360</v>
+        <v>460</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789753299015</t>
+          <t>9789753299138</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Karakol Cinayetleri</t>
+          <t>Akılçelen</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789753299114</t>
+          <t>9789753299022</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İlk İntikam</t>
+          <t>Konsey Cinayetleri</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789753299039</t>
+          <t>9789753299015</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Resim Cinayetleri</t>
+          <t>Karakol Cinayetleri</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>360</v>
+        <v>340</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789753298933</t>
+          <t>9789753299114</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafçılar Kulübü</t>
+          <t>İlk İntikam</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789753298841</t>
+          <t>9789753299039</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Sırdeniz</t>
+          <t>Resim Cinayetleri</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789753295710</t>
+          <t>9789753298933</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Mumya Sandukası</t>
+          <t>Fotoğrafçılar Kulübü</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789753296885</t>
+          <t>9789753298841</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Gizli Gösteri</t>
+          <t>Sırdeniz</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>500</v>
+        <v>360</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789753299046</t>
+          <t>9789753295710</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Cinayetleri</t>
+          <t>Mumya Sandukası</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789753295833</t>
+          <t>9789753296885</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Aslan</t>
+          <t>Muhteşem Gizli Gösteri</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789753295239</t>
+          <t>9789753299046</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Tıpkı Uyku Gibi</t>
+          <t>Yıldız Cinayetleri</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789753295079</t>
+          <t>9789753295833</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kurbanlık Koyun</t>
+          <t>Vadideki Aslan</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789753295390</t>
+          <t>9789753295239</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kumsaldaki Timsah</t>
+          <t>Tıpkı Uyku Gibi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>450</v>
+        <v>360</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789753295550</t>
+          <t>9789753295079</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kuğu Dalışı</t>
+          <t>Kurbanlık Koyun</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789753295208</t>
+          <t>9789753295390</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kör Fahişe Bıçağı</t>
+          <t>Kumsaldaki Timsah</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>340</v>
+        <v>450</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789753292900</t>
+          <t>9789753295550</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kör Atış</t>
+          <t>Kuğu Dalışı</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789753292856</t>
+          <t>9789753295208</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Gören Kedi Bir Jim Qwilleran Macerası</t>
+          <t>Kör Fahişe Bıçağı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>360</v>
+        <v>340</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789753295246</t>
+          <t>9789753292900</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kan Kitapları 3</t>
+          <t>Kör Atış</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786259849218</t>
+          <t>9789753292856</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kadıköy Cinayetleri</t>
+          <t>Kırmızı Gören Kedi Bir Jim Qwilleran Macerası</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789753296380</t>
+          <t>9789753295246</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kabal</t>
+          <t>Kan Kitapları 3</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789753296175</t>
+          <t>9786259849218</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>İsis Rahibesinin Esrarı</t>
+          <t>Kadıköy Cinayetleri</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789753295505</t>
+          <t>9789753296380</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Firavunların Laneti</t>
+          <t>Kabal</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789753297196</t>
+          <t>9789753296175</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Ezelistan</t>
+          <t>İsis Rahibesinin Esrarı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789753295680</t>
+          <t>9789753295505</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Düşman</t>
+          <t>Firavunların Laneti</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>460</v>
+        <v>450</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789753295796</t>
+          <t>9789753297196</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Çiçekler Ölürken - Bir Matthew Scudder Polisiyesi</t>
+          <t>Ezelistan</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>440</v>
+        <v>500</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9799753294781</t>
+          <t>9789753295680</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kasaba</t>
+          <t>Düşman</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>500</v>
+        <v>460</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789753292863</t>
+          <t>9789753295796</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Brahms Dinleyen Kedi</t>
+          <t>Çiçekler Ölürken - Bir Matthew Scudder Polisiyesi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>360</v>
+        <v>440</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789753292887</t>
+          <t>9799753294781</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kötü Muamele</t>
+          <t>Büyük Kasaba</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>360</v>
+        <v>500</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789753295994</t>
+          <t>9789753292863</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Beyoğlu Çıkmazı</t>
+          <t>Brahms Dinleyen Kedi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789753297097</t>
+          <t>9789753292887</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Beni Yavaş Öldür</t>
+          <t>Kötü Muamele</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
+          <t>9789753295994</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Beyoğlu Çıkmazı</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9789753297097</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Beni Yavaş Öldür</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
           <t>9789753295826</t>
         </is>
       </c>
-      <c r="B103" s="1" t="inlineStr">
+      <c r="B105" s="1" t="inlineStr">
         <is>
           <t>Muhbir</t>
         </is>
       </c>
-      <c r="C103" s="1">
+      <c r="C105" s="1">
         <v>360</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>