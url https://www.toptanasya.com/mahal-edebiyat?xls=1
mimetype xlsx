--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -529,51 +529,51 @@
         <is>
           <t>9786259525662</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Kafdağı’nı Bastılar</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786259830971</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Evlilik Fotoğrafını Kim Aldı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9786259830957</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Gizli Akıntılar ve Düzen Ordusu</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9786259830964</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>