--- v0 (2025-10-14)
+++ v1 (2025-12-21)
@@ -85,70 +85,160 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259710389</t>
+          <t>9786259698243</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ilık Süt</t>
+          <t>Bunca Şiirden Sonra Sana Artık Veda Edemem</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>182</v>
+        <v>172</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
+          <t>9786259698250</t>
+        </is>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Kent ve Çöl</t>
+        </is>
+      </c>
+      <c r="C3" s="1">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3">
+      <c r="A4" s="1" t="inlineStr">
+        <is>
+          <t>9786259698212</t>
+        </is>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Türk Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C4" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3">
+      <c r="A5" s="1" t="inlineStr">
+        <is>
+          <t>9786259698229</t>
+        </is>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Modern Farsça Dersleri 1</t>
+        </is>
+      </c>
+      <c r="C5" s="1">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3">
+      <c r="A6" s="1" t="inlineStr">
+        <is>
+          <t>9786259710327</t>
+        </is>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Güzellik ve Cinsiyet</t>
+        </is>
+      </c>
+      <c r="C6" s="1">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3">
+      <c r="A7" s="1" t="inlineStr">
+        <is>
+          <t>9786259710310</t>
+        </is>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Estetik</t>
+        </is>
+      </c>
+      <c r="C7" s="1">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3">
+      <c r="A8" s="1" t="inlineStr">
+        <is>
+          <t>9786259710389</t>
+        </is>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Ilık Süt</t>
+        </is>
+      </c>
+      <c r="C8" s="1">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3">
+      <c r="A9" s="1" t="inlineStr">
+        <is>
           <t>9786259710372</t>
         </is>
       </c>
-      <c r="B3" s="1" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Antik Yunan ile Roma’nın Mit ve Efsaneleri</t>
         </is>
       </c>
-      <c r="C3" s="1">
+      <c r="C9" s="1">
         <v>276</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>