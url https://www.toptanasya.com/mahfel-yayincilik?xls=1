--- v1 (2025-12-21)
+++ v2 (2026-02-14)
@@ -85,160 +85,1060 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259698243</t>
+          <t>9786259300573</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bunca Şiirden Sonra Sana Artık Veda Edemem</t>
+          <t>Asosa</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>172</v>
+        <v>320</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259698250</t>
+          <t>9786259300566</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kent ve Çöl</t>
+          <t>Nokta Koyamadık</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>148</v>
+        <v>204</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259698212</t>
+          <t>9786259300528</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı</t>
+          <t>İlim ve Felsefe</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>520</v>
+        <v>156</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259698229</t>
+          <t>9786259300542</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Modern Farsça Dersleri 1</t>
+          <t>Ayasluklu Heraklit</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>254</v>
+        <v>144</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259710327</t>
+          <t>9786259710303</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Güzellik ve Cinsiyet</t>
+          <t>Transatlantik Kundakçısı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>168</v>
+        <v>272</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259710310</t>
+          <t>4444444444501</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Estetik</t>
+          <t>Mat Dergisi Sayı: 1 Ocak - Şubat 2026</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>188</v>
+        <v>400</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259710389</t>
+          <t>9786259698205</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Ilık Süt</t>
+          <t>İsa, Pavlus, Arius ve Muhammed Ekseninde Hristiyanlığın Hanif Müslümanlığa Dönüşümü</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>182</v>
+        <v>356</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
+          <t>9786259698236</t>
+        </is>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Ömrüm</t>
+        </is>
+      </c>
+      <c r="C9" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3">
+      <c r="A10" s="1" t="inlineStr">
+        <is>
+          <t>9786259698281</t>
+        </is>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Düşünceler ve Sohbetler</t>
+        </is>
+      </c>
+      <c r="C10" s="1">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
+      <c r="A11" s="1" t="inlineStr">
+        <is>
+          <t>9786259698274</t>
+        </is>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Muallakat-ı Seb’a – Yedi Askı</t>
+        </is>
+      </c>
+      <c r="C11" s="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" s="1" t="inlineStr">
+        <is>
+          <t>9786259698298</t>
+        </is>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>William James'in Felsefesi</t>
+        </is>
+      </c>
+      <c r="C12" s="1">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" s="1" t="inlineStr">
+        <is>
+          <t>9786259698243</t>
+        </is>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Bunca Şiirden Sonra Sana Artık Veda Edemem</t>
+        </is>
+      </c>
+      <c r="C13" s="1">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>9786259698250</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Kent ve Çöl</t>
+        </is>
+      </c>
+      <c r="C14" s="1">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>9786259698212</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Türk Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C15" s="1">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>9786259698229</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Modern Farsça Dersleri 1</t>
+        </is>
+      </c>
+      <c r="C16" s="1">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>9786259710327</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Güzellik ve Cinsiyet</t>
+        </is>
+      </c>
+      <c r="C17" s="1">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>9786259710310</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Estetik</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>9786259710389</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Ilık Süt</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
           <t>9786259710372</t>
         </is>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Antik Yunan ile Roma’nın Mit ve Efsaneleri</t>
         </is>
       </c>
-      <c r="C9" s="1">
-        <v>276</v>
+      <c r="C20" s="1">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9786259710341</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Millî Mücadele Sırasında Türk Milliyetçiliği</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9786259710334</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Felsefesinin İlmi Esasları</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786259710358</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Adak</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786259761770</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Karıncaların Yaşamı</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786259710396</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Şivesi</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786259761763</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>İnsanlar Uyanın</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786259710365</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Asiye "Geç Gelen Bahar"</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786259761718</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Gaziantep Müdafaası</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786259761756</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Yazarın Aynası: Edebiyat Söyleşileri</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786259761794</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Gelecek Sayfadaki Umut</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786259761787</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Felsefe ile Komşu Edebiyatçılar</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786259761749</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Türk Dili ve Edebiyatı Bölümü Öğrencileri İçin Gencine Sözlüklü Farsça Grameri</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786259761732</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Türk Dili ve Edebiyatı Bölümü Öğrencileri İçin Farsça Grameri Dersleri</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786259761725</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Yorgun Atların Sağrısı</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786259761701</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Köksüz</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786057199232</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Bunlar</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786057199225</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Reverans</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786259409597</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Beni Şehrin Kalabalığında Yalnız Bıraktı</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786259409504</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Han Günlükleri</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786259902647</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Günümüz Şiirinde Sekmeler</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786259409580</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Muhyiddin-i Arabi İbn-i Sirin ve İbrahim-i Kirmani'ye Göre Rüya Tabirleri</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786259409566</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Mültehip Bir Aşkın Tarihi</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786259409573</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Adak Şiirler</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786259409559</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Boyunca Ahlak</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786259409535</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Derimin Gerginliğinden Aldığım Cesaret</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786259409542</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Galebe Çalgısı</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9786259409511</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Devler Ülkesinde Vampir Olmak</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786259902692</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Soğuktur Suları Bir Tas İçilir</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786259409528</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Uykuyla Uyanıklık Arası</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786259902685</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Daha Da Olgunlaştı Yıllar Önce Isırdığın Şu İlk Göz</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786259902678</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Türk Edebiyatında Adam Öyküleri Öykü Adamları</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786259902661</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Sevda Yolu</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786259902654</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Koşturan Çalar Saatler Aşkına</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786259902630</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Hiphopizm Safsatası</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9786259902623</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Kadını</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9786057199294</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Kemal Ümmi Kırk Armağan</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9786259902616</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Hayal Apt</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9786057199201</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Adı Geçmeyen Yokluğun Kanaması</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786057199287</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Şair Bipolar</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786057199249</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Yeryüzünden Geçerken</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9786057199263</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Şehre Bodoslama</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9786057199256</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Savaşı Kaybettiğimiz Yer</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9786057199270</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Güz Kırgını</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786258347135</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Muhyiddin-i Arabi, İbn-i Sirin ve İbrahim-i Kirmani'ye Göre Rüya Tabirleri</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786258347258</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Savaşı Kaybettiğimiz Yer</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9786258347142</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Hiçliğin Kararsızlığı</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9786258347210</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Hayal Apt.</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786258347227</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Güz Kırgını</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9786057199218</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>İşgalcine Benzemek</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>156</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>