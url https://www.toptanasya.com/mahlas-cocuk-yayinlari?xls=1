--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -82,43 +82,3088 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
+    <row r="2" spans="1:3">
+      <c r="A2" s="1" t="inlineStr">
+        <is>
+          <t>9786255846877</t>
+        </is>
+      </c>
+      <c r="B2" s="1" t="inlineStr">
+        <is>
+          <t>Kahraman Domates</t>
+        </is>
+      </c>
+      <c r="C2" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3">
+      <c r="A3" s="1" t="inlineStr">
+        <is>
+          <t>9786255846662</t>
+        </is>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Renklerin Okuldaki İlk Günü</t>
+        </is>
+      </c>
+      <c r="C3" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3">
+      <c r="A4" s="1" t="inlineStr">
+        <is>
+          <t>9786258522143</t>
+        </is>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Sevgi İz Bırakır</t>
+        </is>
+      </c>
+      <c r="C4" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3">
+      <c r="A5" s="1" t="inlineStr">
+        <is>
+          <t>9786255846952</t>
+        </is>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Pamuk ve Tarçın - Yeni Dostlar</t>
+        </is>
+      </c>
+      <c r="C5" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3">
+      <c r="A6" s="1" t="inlineStr">
+        <is>
+          <t>9786259702506</t>
+        </is>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Mavi Hayallerim Bavulda</t>
+        </is>
+      </c>
+      <c r="C6" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3">
+      <c r="A7" s="1" t="inlineStr">
+        <is>
+          <t>9786255846792</t>
+        </is>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Sebze Takımı İş Başında</t>
+        </is>
+      </c>
+      <c r="C7" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3">
+      <c r="A8" s="1" t="inlineStr">
+        <is>
+          <t>9786255916747</t>
+        </is>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Zıp Zıp Zorbalık: Tombiloki’nin Dersi</t>
+        </is>
+      </c>
+      <c r="C8" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3">
+      <c r="A9" s="1" t="inlineStr">
+        <is>
+          <t>9786255846648</t>
+        </is>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Minik Kaşif ve Sebze Krallığı</t>
+        </is>
+      </c>
+      <c r="C9" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3">
+      <c r="A10" s="1" t="inlineStr">
+        <is>
+          <t>9786255846969</t>
+        </is>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Kızlar da Manas söyler mi?</t>
+        </is>
+      </c>
+      <c r="C10" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
+      <c r="A11" s="1" t="inlineStr">
+        <is>
+          <t>9786255846501</t>
+        </is>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Çarliston</t>
+        </is>
+      </c>
+      <c r="C11" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" s="1" t="inlineStr">
+        <is>
+          <t>9786255916914</t>
+        </is>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Sütlü Ekmek</t>
+        </is>
+      </c>
+      <c r="C12" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" s="1" t="inlineStr">
+        <is>
+          <t>9786255846884</t>
+        </is>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Saffet İle Rafet Köybot1</t>
+        </is>
+      </c>
+      <c r="C13" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>9786255846846</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Minik Büro – Telefonun İçindeki</t>
+        </is>
+      </c>
+      <c r="C14" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>9786255846587</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Kodla Boya Keşfet</t>
+        </is>
+      </c>
+      <c r="C15" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>9786255916617</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Yıldız Çocuk</t>
+        </is>
+      </c>
+      <c r="C16" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>9786255916429</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Mırcırın Macerası ve Sakinler Mahallesi 2’li Hikaye Seti</t>
+        </is>
+      </c>
+      <c r="C17" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>9786255846600</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Alp and His Friends</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>9786255916587</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Bir Pencere Önü Lazım Tüm Annelere</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9786255846709</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Minik Böcek ve Kocaman Sihir</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9786255846044</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Gölge Kulübü</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9786255846983</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Küçülüp Büyüyen Kedi Moki</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786255846082</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Yunus Emre Erden - Noktalama Krallığı</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786255846303</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Katlanan Hayaller Serisi</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786255846730</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Ceren ve Balıkları</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786255916884</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Maviya (Hisler Gezegeni)</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786255846099</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Tavşanı Takip Et</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786255846778</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Lila and the Fast-Food Fairy</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786255916716</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>The Kite</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786255846211</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Ebru Öztürk'ten 2'li Hikaye Seti</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786255846105</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Ben Kutup Ayısı Değilim</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786255846785</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Kabalık Fırtınası</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786255846228</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Kirke'nin Çantası</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786255846686</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Barbo</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786255846976</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Yerdeki Bulut</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786255846891</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Rubi ve Pembezor - Işıklı Ağaç</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786255846327</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Zaman İçinde Zaman</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786255846556</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Bulut ve Nar’ın Kitaplık Serüveni</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786255856236</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>2’li Hikaye Seti</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786255916594</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Beceri Temelli Fizik ve Kimya Etkinlik Kitabı</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786255846495</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Zorbix ve Parıltı Uzay Okulunda</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786255846655</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Masal Kuşunu Ararken</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786255846068</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Kikiki Huna: Dünyanın En Küçük Uçan Böceği</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786255916754</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Gökteki Arkadaşlarım: Loriyus’tan Gelen Tohumlar</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786255846761</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Parlayan Orman Okulu</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786255846624</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Düzensiz Anne ve Çocuğun Maceraları</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9786255846280</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>İçimde Minik Bir Fil Var!</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786255846259</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Lila'nın Gök Öpücüğü</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786255916815</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Kalbimde Güm Güm</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786255846464</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Işıltı Loşko'nun Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786255846525</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Aslında Yalnız Değilim</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786255846617</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Minik Yengeç Kabuğunu Arıyor</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786255846204</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Aybi Kalpleri Birleştiriyor</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786255846549</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Tık Tık Tık, Kim O?</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9786255846518</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Çalışkan Rita</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9786255846297</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Sevgi İçten Gelir</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9786256846968</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Mavi ve Müthiş Kuşu</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9786255916648</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Bir Hediye Bir Hatıra</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786255916631</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Meraklı Köfte</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786255916693</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Farkındalık Diyarı: Anda Kalma Sanatı</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9786255846167</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Uğurböceği Momo</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9786255916822</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Üç Oğul ve Kara Prens</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9786255916570</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Asaf Adaletin Peşinde Zamanda Yolculuk - Ertuğrul Gazi</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786259679624</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Her Şeyi Bilen Teyzeler, Alakasız Enişteler</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786255916792</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Duygu Kavanozcusu</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9786255846174</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Luna ve Venüs</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9786255916983</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Minik Kalbin Maceraları - Limon İle Duygular</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786255916945</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Pulpa'nın Engelsiz Mutfağı</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9786255916969</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Hayal Gücünün Peşinde</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9786259702520</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Boncuk</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9786255916266</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Dalaten Kasabasının Renkli Duvarları</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9786256190481</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Sorularla Doğanın Keşfi</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9786255236488</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Kanatlı Koyun Lolly</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9786255916976</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Anne Öpüşkoşu</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9786255846006</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Renkler Nereye Gitti?</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9786255916938</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Dev ile Alp</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9786255916846</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Orla: Bir Tohum Hikayesi</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9786255916877</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Kaf Dağındaki Ejderha ve Köylüler</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9786255916990</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Labirent Ülkesi</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9786255846051</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Ağlak Kurbağa Moni Yemek Peşinde</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9786255846310</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Umut Bittiğinde</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9786255916037</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Minik Bebek</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>77.5</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9786259702544</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Afacan Tırtıl Kayboluyor</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>77.5</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9786255846143</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Gizemli Fısıltılar Kitabı</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9786255916907</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Avucumdaki Tırtıl</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9786259576176</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Yıldızlara Dönüşen Dişler</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786255846150</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Zuzi ve Beyaz Mutluluk</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9786255916921</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Olmak</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786255916532</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Azra Memleket Turunda</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786255846112</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Nar Taneleri Meşhur Oluyor</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9786255916341</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Yavru Leylek</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9786255846013</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Pofuduk ve Sihirli Dünyası</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786256190887</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Sincap Fıkfık ve Arkadaşları</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786255916785</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Minik Aslan ve Ailesi</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786255916952</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Herşey Susi İçin</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9786255916174</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Huysuz Çınar</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786255916334</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Mavi</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786256846906</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Futbol Futbol Olmaktan Çıktı – 5 Serilik Çocuk Kitabı</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786255916396</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Okyanusta Bir Diş</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9786255916006</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Minik Yaprak’ın Büyük Macerası</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9786255916358</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Koyu Kırmızı</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786256190658</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Yaşam Doğar Sevgiyle</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786255916235</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Züfa</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786255916280</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Mustafa ve Guguk Kuşu</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786255846037</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Denemekten Vazgeçme</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786255916860</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Poyraz'ın Kayıp Tavşanı</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786255916853</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Zıpır Tohumlar Köyde</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786255916105</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Yolda Sıkılırsan</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786256190719</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Gudukdera İle Risu</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786255916051</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Aliş ve Roboş ile Sınırlarını Keşfet</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786255916556</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Akvaryumdaki Boşluk</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786259702537</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Esra'nın Okula Olan Sevgisi</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786255916440</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Minik Kuşlar Serisi 5’li Set</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786259702575</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Denek</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786255916488</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Gökyüzüne Uzanan İp</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786255916419</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Notasını Arayan Hana</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786256190924</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Sosfabe Sosyal Becerinin Alfabesi</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786259702551</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Neşeli Orman Masalları Yeni Bir Arkadaş</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786255916518</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Neşeyle Uyanan Sabah</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786256190191</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Sihirli Köpük Baloncukları</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786256190672</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>İyilik Köyü</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786259576138</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Dodo'nun Büyülü Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786259691657</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Çılgın İnek Sam</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786256190214</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Bal Arısı Jezi</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786256191367</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Akıncı Çocuk 2’li Hikaye Seti</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786256190962</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Dostluğun Dili</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786256190634</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Sosi ve Kuruyan Toprak</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>139.99</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9786255916020</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Tablet Kerem'i yuttu mu?</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786259576169</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Lüküs'ün Öyküsü</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9786256190955</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Kartal Kargo İle Margo'nun Evi</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9786255916068</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Hayallerimin Öyküsü</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9786256159356</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Tavşan ve Tırtılın Geleceğe Işık Tutan 2’li Hikaye Seti</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786259576152</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Yenilenme Zamanı</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9786256190948</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Ormanın Uyanışı - Bir Farkındalık Masalı</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786256190764</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Stem İle Toprak Hava ve Suyu</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786255916150</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Hey! Canavarlar Uykuya</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786256190979</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Dostluğun İzleri Ekip Calışması</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9786255916181</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Bal Ormanı</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786255916259</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Beni Dikenlerimle Sevin</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9786256190603</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Nikola ve Duka Teyzenin Işıklı Yolu</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9786256190511</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Yuvadan Çıkış Vakti</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9786256190994</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Renkli Masallar Ülkesi</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9786256190825</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Renkli Duygular Diyarı</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9786256190641</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Eller Havaya, Gidiyoruz Banyoya</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9786256190665</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Şapkalı Sol Anahtarlı Kuğu</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9786255916013</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Manolya Babasını Bekliyor</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9786256190870</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Yağmurda Bir Damla</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9786256190597</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Şakacı Gedito</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786256190849</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Kıpır’ın Maceraları - Kıpır Okula Başlıyor</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786256190696</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Farklılıklarını Sev</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786256190863</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Elif ile Ömer'in Maceraları</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786256190757</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Mutluluğun Tadı Anneme Benzer Çünkü…</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786259572192</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Arkadaşım Gölge</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786259515335</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Tarihin ve Kültürün İzinde Samsun Mutfağı</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786255916099</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Erçeko</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786256190351</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Kendimi Seviyorum Etkinlikli Okuma Seti</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786256190931</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Sıla ve Patili Dostları</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786256190733</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Annem Bir Çocuk</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786259572123</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Günebakan Çiçekleri ve Unutulan Fidan</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786255916297</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Parla</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786255916389</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Duygular Diyarı</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786255916471</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Sakar Bahçıvan</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786256190528</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Portiler Nerede</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786256846357</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Bilge ve Cesur Galata Kulesi’nde Hazine Avında</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786057213709</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Zeynep’in İlk Yardımı</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786057213723</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Alp ve Robot Şerif</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9786057213730</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Ahtapot Oyi’nin Uykusu</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786256190078</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Oyuncaklarımı Çok Seviyorum</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>199.99</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786256846739</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Satranç Ülkesine Yolculuk</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>199.99</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786255916082</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Yufi ve Gufi Dinozorlar Adasında</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786057326591</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Yaşasın Yaşamak</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786256846364</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Patilerin Masalı</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786256846418</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Pijamamı Kim Aldı?</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9786256846500</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Altın Kuğu</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786256846609</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>İyilik Elçisi Meyzi</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9786256846333</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Hayallerim Nerede?</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9786256846272</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Gülen Teyze ve Mutfak Orkestrası</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9786256846104</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Kestane Ormanında İki Sevimli Keçi: Şaşkın ve Tarçın</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9786256846241</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Rozi – Korkularına Şans Ver</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786256846265</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Mavi Kayanın Altında</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9786259914282</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Kari Kedi İsterse</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786256846159</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Alıç</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9786256846135</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Ceylanın Yolu Nasıl Aslana Çıktı</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9786256846074</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Bony ile Zamanda Yolculuk</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9786256846067</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Kapıların Ardındaki Hikayeler</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>129.9</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9786259914268</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Tarçın</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9786256846050</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Meraklı Kertenkele</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9786256846081</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Biri Bizi Sınav Yapıyor</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9786057101426</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Solucan Bizi Nereye Götürür?</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9786057101471</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>İğneyle Resim Yapılır Mı?</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9786057101488</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Safulle</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9786057347428</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Her Çocuk Sahnede Parlar</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9786057347404</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Tavşan Barni’nin Ağlama Serüveni</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9786057101440</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Sihirli Çiçek Hartamtaze</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9786057002679</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Süslü</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9786050695649</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Üç Süper Güç - Zamansız Ülke Gecenin Ülkesi</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9786057101419</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Karahindiba</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9786057101433</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Bir Hekaya Yaza</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9786057101464</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Baba Bana Bir Masal Anlat</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9786057101457</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Minik Yıldız Pırıl'ın Hayali</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9786057002617</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Macera Peşinde - Pelin'in Hatıra Defterinden</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9786050695663</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>En Güzel Zürafa</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9786050695656</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Güfteci Lori ve Besteci Bibi</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9786057002624</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Zararsız Sakarlık Okulu - Pelin'in Hatıra Defterinden</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>70</v>
+      </c>
+    </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>