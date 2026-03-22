--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -85,1810 +85,2185 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057220608</t>
+          <t>9786259355436</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Akılsız Ve Düşüncesiz Umutlar</t>
+          <t>Popüler Kültürde Önyargı (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>400</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259704432</t>
+          <t>9786259704470</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Biruni - Bir Medeniyet Bilgini</t>
+          <t>Bütün Yönleriyle Hz. Ömer ve Devlet İdaresi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>360</v>
+        <v>560</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259704418</t>
+          <t>9786259704463</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ebu Zeyd el-Belhi’nin Ruh Sağlığının Korunması Risalesi</t>
+          <t>Sınırları Yoklamak</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259526089</t>
+          <t>9786259704456</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Psikologların Çıkmazı</t>
+          <t>Dünya Dinleri</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>320</v>
+        <v>980</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259526096</t>
+          <t>9786259526072</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yersiz Yurtsuz</t>
+          <t>Kamusal Maneviyat</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259526065</t>
+          <t>9786055222147</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Hiçliğin Kıyısında</t>
+          <t>Malik Bin Nebi'de Medeniyet</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>400</v>
+        <v>75</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259704401</t>
+          <t>9786057405128</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Yol Azığı</t>
+          <t>Türkiye Okumaları - Gündelik Hayatın Yapıları</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259526058</t>
+          <t>9786055222031</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Postnormal Zamanlar Seçkisi</t>
+          <t>Kutsal Kitabın Yorumu</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>600</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259526010</t>
+          <t>3990000078606</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Tevhid (Ciltli)</t>
+          <t>Evliya Çelebi Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>500</v>
+        <v>185.19</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259869490</t>
+          <t>9786056289422</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kur’an Meali Bez Ciltli</t>
+          <t>Doğu ile Batı’nın Buluştuğu Yer</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>1400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259869476</t>
+          <t>3990000034658</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Aliya ve Arkadaşları Örnekliğinde Gelecek Tasavvurumuz ve Yol Haritamız</t>
+          <t>Kur'an Meali (Kuşe-Yaldızlı) (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>850</v>
+        <v>140</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259869469</t>
+          <t>9786055222598</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Doğu ile Batı'nın Buluştuğu Yer</t>
+          <t>Seküler Aklın Haritası</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259869452</t>
+          <t>9786055222581</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yaz Dediler Anı</t>
+          <t>Müslüman Psikologların Çıkmazı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259869445</t>
+          <t>9786055222383</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Varoluşsal Hesaplaşmalar</t>
+          <t>Osmanlı Üzerı̇ne Konuşmalar</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>400</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259869407</t>
+          <t>9786055222666</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinin Batı Düşüncesine Etkileri (2 Cilt Takım) (Ciltli)</t>
+          <t>Kamusal Maneviyat</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>1960</v>
+        <v>320</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259869438</t>
+          <t>9786055222604</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İslam İnancının Tezahürleri</t>
+          <t>Yahudilik</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>600</v>
+        <v>190</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057220691</t>
+          <t>9786259704487</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Tek Parti Döneminde Sosyal Darwinizm</t>
+          <t>Bütün Yönleriyle Hz. Ömer ve Devlet İdaresi (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>500</v>
+        <v>700</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057220684</t>
+          <t>9786055222222</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Türk Aydınının Din Anlayışı</t>
+          <t>Etrafındakiler 1</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>480</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057220677</t>
+          <t>9786055222451</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Söz Uçar Sızı Kalır</t>
+          <t>Osmanlı’da Fıkıh ve Hukuk</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>360</v>
+        <v>30.56</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057220660</t>
+          <t>9786055222284</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yahudilik</t>
+          <t>Asrın İdraki ve İslam Sempozyumu 1</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>400</v>
+        <v>365</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057220639</t>
+          <t>9786055222062</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Firak</t>
+          <t>Cihannüma (2 Cilt Takım Kutulu)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>320</v>
+        <v>162.04</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057220646</t>
+          <t>9786055222109</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Seküler Aklın Haritası</t>
+          <t>Evliya Çelebi’nin İzinde</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>480</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057220622</t>
+          <t>9786055222635</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bias in Popular Culture</t>
+          <t>Sosyoloji Günlükleri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>1900</v>
+        <v>65</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057133793</t>
+          <t>9786259355443</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bilginin İslamileştirilmesi Genel İlkeler Ve Çalışma Planı</t>
+          <t>Hamaset Söyleminin Sefaleti</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057133717</t>
+          <t>9786259355412</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yaklaşınca Haber Ver!</t>
+          <t>Mekke'den Las Vegas'a</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057133700</t>
+          <t>9786057220608</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Günlükleri</t>
+          <t>Akılsız Ve Düşüncesiz Umutlar</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057405197</t>
+          <t>9786259704432</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hilalin Aydınlığında</t>
+          <t>Biruni - Bir Medeniyet Bilgini</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057405142</t>
+          <t>9786259704418</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kutup Ümmet</t>
+          <t>Ebu Zeyd el-Belhi’nin Ruh Sağlığının Korunması Risalesi</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055222833</t>
+          <t>9786259526089</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Psikososyal Çözümlemeler</t>
+          <t>Müslüman Psikologların Çıkmazı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055222857</t>
+          <t>9786259526096</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kohlberg ve Ahlaki Gelişim Teorisi</t>
+          <t>Yersiz Yurtsuz</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055222901</t>
+          <t>9786259526065</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kalemin Dansı, Göstergenin Oyunu - Seküler Emperyalist Epistemoloji</t>
+          <t>Hiçliğin Kıyısında</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055222840</t>
+          <t>9786259704401</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Evrensel Yalanlarla Yüzleşmek</t>
+          <t>Yol Azığı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055222864</t>
+          <t>9786259526058</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Din ve Kadastro</t>
+          <t>Postnormal Zamanlar Seçkisi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>480</v>
+        <v>600</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057133786</t>
+          <t>9786259526010</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Bir Güzel Yorulduk</t>
+          <t>Tevhid (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057405159</t>
+          <t>9786259869490</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Ümmet Bilinci</t>
+          <t>Yeni Kur’an Meali Bez Ciltli</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>320</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057405166</t>
+          <t>9786259869476</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Son Müfessir Elmalılı’nın Mektuplaşmaları</t>
+          <t>Aliya ve Arkadaşları Örnekliğinde Gelecek Tasavvurumuz ve Yol Haritamız</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>500</v>
+        <v>850</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055222659</t>
+          <t>9786259869469</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerle Çağı Yorumlamak - Fikirler ve Düşünceler 1</t>
+          <t>Doğu ile Batı'nın Buluştuğu Yer</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>600</v>
+        <v>320</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057220615</t>
+          <t>9786259869452</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Cenneti Arayan Adam</t>
+          <t>Yaz Dediler Anı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>660</v>
+        <v>320</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055222741</t>
+          <t>9786259869445</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Farkındalığın Dili</t>
+          <t>Varoluşsal Hesaplaşmalar</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055222734</t>
+          <t>9786259869407</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Alevi Modernleşmesi</t>
+          <t>İslam Düşüncesinin Batı Düşüncesine Etkileri (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>480</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055222185</t>
+          <t>9786259869438</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sorusunu Bulan Cevaplar</t>
+          <t>İslam İnancının Tezahürleri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055222499</t>
+          <t>9786057220691</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Din ve Medeniyet Üzerine</t>
+          <t>Tek Parti Döneminde Sosyal Darwinizm</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259526027</t>
+          <t>9786057220684</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Önyargı</t>
+          <t>Türk Aydınının Din Anlayışı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>500</v>
+        <v>480</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055222154</t>
+          <t>9786057220677</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Niçin İslam?</t>
+          <t>Söz Uçar Sızı Kalır</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057133762</t>
+          <t>9786057220660</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Rönesansa Katkısı</t>
+          <t>Yahudilik</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055222000</t>
+          <t>9786057220639</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Aklın Krizi</t>
+          <t>Firak</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786056289453</t>
+          <t>9786057220646</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kur’ani Dünya Görüşü</t>
+          <t>Seküler Aklın Haritası</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>400</v>
+        <v>480</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786055222055</t>
+          <t>9786057220622</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İhtilaf</t>
+          <t>Bias in Popular Culture</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>360</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055222079</t>
+          <t>9786057133793</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Islahatçı Bir İslam Düşünürü: Tunuslu Hayreddin Paşa ve Tanzimat</t>
+          <t>Bilginin İslamileştirilmesi Genel İlkeler Ve Çalışma Planı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>480</v>
+        <v>320</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055222093</t>
+          <t>9786057133717</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi’nin Şehirleri</t>
+          <t>Yaklaşınca Haber Ver!</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786056289439</t>
+          <t>9786057133700</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İslam Bilimi ve Avrupa Rönesansının Oluşumu</t>
+          <t>Sosyoloji Günlükleri</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786056289484</t>
+          <t>9786057405197</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Meali (Ciltli)</t>
+          <t>Hilalin Aydınlığında</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>980</v>
+        <v>320</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055222550</t>
+          <t>9786057405142</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Mimari, Sanat ve Yemek Kültürü</t>
+          <t>Kutup Ümmet</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>600</v>
+        <v>320</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786055222192</t>
+          <t>9786055222833</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Rahman'ın Ayetleri Karşısında</t>
+          <t>Psikososyal Çözümlemeler</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055222543</t>
+          <t>9786055222857</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Şehir, Vakıf ve Sosyal Hayat</t>
+          <t>Kohlberg ve Ahlaki Gelişim Teorisi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>760</v>
+        <v>480</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055222420</t>
+          <t>9786055222901</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İnsansız Dünyalar İnsansız Hayatlar</t>
+          <t>Kalemin Dansı, Göstergenin Oyunu - Seküler Emperyalist Epistemoloji</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055222390</t>
+          <t>9786055222840</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Taşrasında Yaşamak</t>
+          <t>Evrensel Yalanlarla Yüzleşmek</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055222437</t>
+          <t>9786055222864</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Siyaset ve Diplomasi</t>
+          <t>Din ve Kadastro</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>600</v>
+        <v>480</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055222529</t>
+          <t>9786057133786</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Tevhidi Gerçekliğin Işığında</t>
+          <t>Bir Güzel Yorulduk</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>320</v>
+        <v>550</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055222536</t>
+          <t>9786057405159</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Furkan Günleri</t>
+          <t>Ümmet Bilinci</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055222512</t>
+          <t>9786057405166</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Düşsel Ufuklardan Gerçek Ufuklara</t>
+          <t>Son Müfessir Elmalılı’nın Mektuplaşmaları</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055222376</t>
+          <t>9786055222659</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Vahyi ve Kainatı Birlikte Okumak</t>
+          <t>Sosyal Bilimlerle Çağı Yorumlamak - Fikirler ve Düşünceler 1</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>320</v>
+        <v>600</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055222611</t>
+          <t>9786057220615</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Contemplation - An İslamic Psychospiritual Study</t>
+          <t>Cenneti Arayan Adam</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>360</v>
+        <v>660</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786056289491</t>
+          <t>9786055222741</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Meali (Ciltli)</t>
+          <t>Farkındalığın Dili</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>1760</v>
+        <v>400</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055222406</t>
+          <t>9786055222734</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Batı’nın Doğu’su</t>
+          <t>Alevi Modernleşmesi</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055222413</t>
+          <t>9786055222185</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Felsefe, Tasavvuf ve Bilim</t>
+          <t>Sorusunu Bulan Cevaplar</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055222574</t>
+          <t>9786055222499</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sahte Mutlakların Hükümranlığı</t>
+          <t>Din ve Medeniyet Üzerine</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055222314</t>
+          <t>9786259526027</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Hıristiyan  Ahlakı</t>
+          <t>Önyargı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055222260</t>
+          <t>9786055222154</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Şura</t>
+          <t>Niçin İslam?</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055222345</t>
+          <t>9786057133762</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Felsefesi</t>
+          <t>Müslümanların Rönesansa Katkısı</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055222369</t>
+          <t>9786055222000</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Direnen Meal Akif Meali</t>
+          <t>Müslüman Aklın Krizi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>500</v>
+        <v>360</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055222352</t>
+          <t>9786056289453</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Putlarını Kıramayan Kabileler</t>
+          <t>Kur’ani Dünya Görüşü</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055222505</t>
+          <t>9786055222055</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Yönetim ve Savaş</t>
+          <t>İhtilaf</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>500</v>
+        <v>360</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055222468</t>
+          <t>9786055222079</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Aklın İnşası</t>
+          <t>Islahatçı Bir İslam Düşünürü: Tunuslu Hayreddin Paşa ve Tanzimat</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>320</v>
+        <v>480</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055222475</t>
+          <t>9786055222093</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Bilincinin Kaybı</t>
+          <t>Evliya Çelebi’nin Şehirleri</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055222161</t>
+          <t>9786056289439</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Hadis Kriterlerin Yeniden Tanımlanması</t>
+          <t>İslam Bilimi ve Avrupa Rönesansının Oluşumu</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055222215</t>
+          <t>9786056289484</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Çıra İslam?</t>
+          <t>Kur’an Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>320</v>
+        <v>980</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786055222208</t>
+          <t>9786055222550</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetlerin Yükseliş ve Çöküşünde Kur'an Yasaları</t>
+          <t>Osmanlı'da Mimari, Sanat ve Yemek Kültürü</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786259526041</t>
+          <t>9786055222192</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Batı'yı Aydınlatan İslam Düşünürü İbn Rüşd</t>
+          <t>Rahman'ın Ayetleri Karşısında</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>580</v>
+        <v>320</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055222680</t>
+          <t>9786055222543</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Malik Bin Nebi’de Medeniyet</t>
+          <t>Osmanlı’da Şehir, Vakıf ve Sosyal Hayat</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>500</v>
+        <v>760</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786055222024</t>
+          <t>9786055222420</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Düşünme</t>
+          <t>İnsansız Dünyalar İnsansız Hayatlar</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055222307</t>
+          <t>9786055222390</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İsa Kimdi?</t>
+          <t>Tarihin Taşrasında Yaşamak</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055222482</t>
+          <t>9786055222437</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Abbasi Devrimi, Bağdat ve Beytü'l Hikme</t>
+          <t>Osmanlı’da Siyaset ve Diplomasi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>320</v>
+        <v>600</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055222338</t>
+          <t>9786055222529</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Tarihinde Tanrı Sorunu</t>
+          <t>Tevhidi Gerçekliğin Işığında</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>480</v>
+        <v>320</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786259526003</t>
+          <t>9786055222536</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Tevhid</t>
+          <t>Furkan Günleri</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>480</v>
+        <v>320</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055222291</t>
+          <t>9786055222512</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Dünya Kültür ve Medeniyetine İslam'ın Etkileri</t>
+          <t>Düşsel Ufuklardan Gerçek Ufuklara</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786055222239</t>
+          <t>9786055222376</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Hint Hilafet Hareketi (Ciltli)</t>
+          <t>Vahyi ve Kainatı Birlikte Okumak</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>760</v>
+        <v>320</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786055222246</t>
+          <t>9786055222611</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Son Dönem Osmanlı Suriyesi’nde Islahat Hareketleri</t>
+          <t>Contemplation - An İslamic Psychospiritual Study</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>500</v>
+        <v>360</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786055222253</t>
+          <t>9786056289491</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>İrtidat</t>
+          <t>Kur'an Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>360</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786055222321</t>
+          <t>9786055222406</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yenilenme</t>
+          <t>Batı’nın Doğu’su</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>400</v>
+        <v>480</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786055222994</t>
+          <t>9786055222413</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Epı̇stemolojı̇k Bütünlük</t>
+          <t>Osmanlı’da Felsefe, Tasavvuf ve Bilim</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055222949</t>
+          <t>9786055222574</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Post-Truth Durum</t>
+          <t>Sahte Mutlakların Hükümranlığı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786055222970</t>
+          <t>9786055222314</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Popülist Zamanlar Ölümcül İyimserlikler</t>
+          <t>Hıristiyan  Ahlakı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786055222987</t>
+          <t>9786055222260</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Mucizevi Dili</t>
+          <t>Şura</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057133755</t>
+          <t>9786055222345</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Vakti Kuşanmak</t>
+          <t>İslam Hukuk Felsefesi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055222871</t>
+          <t>9786055222369</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Derdimiz Hayat</t>
+          <t>Direnen Meal Akif Meali</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057405104</t>
+          <t>9786055222352</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma ve Kutsal Kitap</t>
+          <t>Putlarını Kıramayan Kabileler</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057405111</t>
+          <t>9786055222505</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Karantina Sohbetleri</t>
+          <t>Osmanlı'da Yönetim ve Savaş</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>640</v>
+        <v>500</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786259526034</t>
+          <t>9786055222468</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Din ve Medeniyet</t>
+          <t>Müslüman Aklın İnşası</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>480</v>
+        <v>320</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786056289477</t>
+          <t>9786055222475</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Din ve Düşünce</t>
+          <t>Hakikat Bilincinin Kaybı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786055222086</t>
+          <t>9786055222161</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi’nin Dünyası</t>
+          <t>Hadis Kriterlerin Yeniden Tanımlanması</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786055222918</t>
+          <t>9786055222215</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Tevrat'ın Gizemleri</t>
+          <t>Çıra İslam?</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>500</v>
+        <v>320</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055222956</t>
+          <t>9786055222208</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Hüsrev Hatemi</t>
+          <t>Medeniyetlerin Yükseliş ve Çöküşünde Kur'an Yasaları</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>760</v>
+        <v>600</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057133779</t>
+          <t>9786259526041</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Evrengiz</t>
+          <t>Batı'yı Aydınlatan İslam Düşünürü İbn Rüşd</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>400</v>
+        <v>580</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786055222765</t>
+          <t>9786055222680</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İçin Sırada Ne Var?</t>
+          <t>Malik Bin Nebi’de Medeniyet</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>360</v>
+        <v>500</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055222772</t>
+          <t>9786055222024</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Maneviyat</t>
+          <t>Düşünme</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786055222802</t>
+          <t>9786055222307</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Özgürleştirmek</t>
+          <t>İsa Kimdi?</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786055222796</t>
+          <t>9786055222482</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>İktidar ve Adalet</t>
+          <t>Abbasi Devrimi, Bağdat ve Beytü'l Hikme</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>880</v>
+        <v>320</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786055222710</t>
+          <t>9786055222338</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Medreseleri</t>
+          <t>Düşünce Tarihinde Tanrı Sorunu</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>880</v>
+        <v>480</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786055222789</t>
+          <t>9786259526003</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Düşüncesi</t>
+          <t>Tevhid</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>880</v>
+        <v>480</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055222703</t>
+          <t>9786055222291</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Gelecek</t>
+          <t>Dünya Kültür ve Medeniyetine İslam'ın Etkileri</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055222758</t>
+          <t>9786055222239</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Tedavüldeki Kitaplar</t>
+          <t>Hint Hilafet Hareketi (Ciltli)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>360</v>
+        <v>760</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786055222673</t>
+          <t>9786055222246</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerle Çağı Yorumlamak - Fikirler ve Düşünceler 2</t>
+          <t>Son Dönem Osmanlı Suriyesi’nde Islahat Hareketleri</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057133748</t>
+          <t>9786055222253</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Mahir Zaman’la Yakaza Halleri</t>
+          <t>İrtidat</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786055222697</t>
+          <t>9786055222321</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Çağı Yorumlamak - Fikirler, Düşünceler 3</t>
+          <t>Yenilenme</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055222727</t>
+          <t>9786055222994</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Dil ve Edebiyat</t>
+          <t>Epı̇stemolojı̇k Bütünlük</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786055222567</t>
+          <t>9786055222949</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'de İktisadi İlkeler</t>
+          <t>Post-Truth Durum</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>660</v>
+        <v>360</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
+          <t>9786055222970</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Popülist Zamanlar Ölümcül İyimserlikler</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786055222987</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an'ın Mucizevi Dili</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786057133755</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Vakti Kuşanmak</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786055222871</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Derdimiz Hayat</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786057405104</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Aydınlanma ve Kutsal Kitap</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786057405111</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Karantina Sohbetleri</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786259526034</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Din ve Medeniyet</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786056289477</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Din ve Düşünce</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786055222086</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Evliya Çelebi’nin Dünyası</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9786055222918</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Tevrat'ın Gizemleri</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786055222956</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Hüsrev Hatemi</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9786057133779</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Evrengiz</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9786055222765</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye İçin Sırada Ne Var?</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9786055222772</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim ve Maneviyat</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786055222802</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Geleceği Özgürleştirmek</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9786055222796</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>İktidar ve Adalet</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786055222710</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Medreseleri</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786055222789</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Düşüncesi</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786055222703</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Gelecek</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9786055222758</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Tedavüldeki Kitaplar</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786055222673</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimlerle Çağı Yorumlamak - Fikirler ve Düşünceler 2</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9786057133748</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Mahir Zaman’la Yakaza Halleri</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9786055222697</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimlerde Çağı Yorumlamak - Fikirler, Düşünceler 3</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9786055222727</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı'da Dil ve Edebiyat</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9786055222567</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim'de İktisadi İlkeler</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
           <t>9786259355405</t>
         </is>
       </c>
-      <c r="B119" s="1" t="inlineStr">
+      <c r="B144" s="1" t="inlineStr">
         <is>
           <t>Türk Düşüncesinde İstikamet Arayışı</t>
         </is>
       </c>
-      <c r="C119" s="1">
+      <c r="C144" s="1">
         <v>400</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>