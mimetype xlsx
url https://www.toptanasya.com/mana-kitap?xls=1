--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -85,55 +85,925 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
+          <t>9786258354768</t>
+        </is>
+      </c>
+      <c r="B2" s="1" t="inlineStr">
+        <is>
+          <t>Hamas</t>
+        </is>
+      </c>
+      <c r="C2" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3">
+      <c r="A3" s="1" t="inlineStr">
+        <is>
+          <t>9786057349804</t>
+        </is>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Delilleriyle Hanefi İlmihali Namaz ve Oruç Kitabı</t>
+        </is>
+      </c>
+      <c r="C3" s="1">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3">
+      <c r="A4" s="1" t="inlineStr">
+        <is>
+          <t>9786057349859</t>
+        </is>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Mukayeseli (Delilleriyle Karşılaştırmalı) Namaz ve Oruç Kitabı</t>
+        </is>
+      </c>
+      <c r="C4" s="1">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3">
+      <c r="A5" s="1" t="inlineStr">
+        <is>
+          <t>9786057349835</t>
+        </is>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Yahudi ve Hıristiyanlar Cennete Girer Diyenler Cennete Giremez</t>
+        </is>
+      </c>
+      <c r="C5" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3">
+      <c r="A6" s="1" t="inlineStr">
+        <is>
+          <t>9786057349842</t>
+        </is>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Sen (Ben) Hakikaten Müslüman Mısın (Mıyım)?</t>
+        </is>
+      </c>
+      <c r="C6" s="1">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3">
+      <c r="A7" s="1" t="inlineStr">
+        <is>
+          <t>9786057349828</t>
+        </is>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>İçimizdeki Misyonerler</t>
+        </is>
+      </c>
+      <c r="C7" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3">
+      <c r="A8" s="1" t="inlineStr">
+        <is>
+          <t>9786057349811</t>
+        </is>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Bir Müslümanın Günlük Düa Hayatı</t>
+        </is>
+      </c>
+      <c r="C8" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3">
+      <c r="A9" s="1" t="inlineStr">
+        <is>
+          <t>9786056906008</t>
+        </is>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>5. Sınıf Matematik 15 Deneme Sınavı - Renkli Sayılar</t>
+        </is>
+      </c>
+      <c r="C9" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3">
+      <c r="A10" s="1" t="inlineStr">
+        <is>
+          <t>9786056876745</t>
+        </is>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Tasavvuf Eğitimi Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C10" s="1">
+        <v>37.5</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
+      <c r="A11" s="1" t="inlineStr">
+        <is>
+          <t>9786058122765</t>
+        </is>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Doğa Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C11" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" s="1" t="inlineStr">
+        <is>
+          <t>9786058177581</t>
+        </is>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Beni Anılarla Yaşat Öğretmenim</t>
+        </is>
+      </c>
+      <c r="C12" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" s="1" t="inlineStr">
+        <is>
+          <t>9786058050518</t>
+        </is>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Erdem Kuşağı</t>
+        </is>
+      </c>
+      <c r="C13" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>9786058050501</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Hesaplanmış Sessiz Manipülasyon Yoluyla İşlenen Suçlar ve Yasal Boyut</t>
+        </is>
+      </c>
+      <c r="C14" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>9786056906015</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>ÖSYM Tarzı Sorularla TYT- AYT Kimya Denemeleri</t>
+        </is>
+      </c>
+      <c r="C15" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>9786056889776</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Bir Şiirbaz'ın Günlüğü</t>
+        </is>
+      </c>
+      <c r="C16" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>9786058122741</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Matematik Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C17" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>9786056889738</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Fatih'in Çocukları</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>9786056889714</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Benim Rehberim</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9786056788222</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>2. Kılıçarslan - Yakaza-n</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9786056788208</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Tarihin Şiir Dili - Yahya Kemal</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9786058177543</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmen Hakları ve Hukuku - 1</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786056788239</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Renkler Tuvalde Kaldı</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786058177529</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Sol Yanımda Sen Varsın</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786058177598</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Deli, Divane, Meczup - Hemdem</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786056876608</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Sultan Alaaddin - Mahruyan</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786058177574</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Yaralı Cümleler - Üzgünüm Leyla</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786058177567</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Delikli İki Buçuk Kuruş</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786058122710</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Fabllarla Atasözlerimizi Öğreniyorum</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786058122703</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Ayvaz'ın Maceraları - Gizemli Dere</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786056876707</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Niyet Hadisi: Tahric ve Tahlil</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786057032805</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Toprak Kana Doyunca</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786058050556</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Video Destekli Akıl ve Zeka Oyunları</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786058122796</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Pembe Örümcek (3 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786058050594</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz Şiddet</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786058050570</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Nerden</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786056889752</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Zamanımızın Gençlerine Nasihatlar</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786056876721</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Hadiste Sağlam Nüsha Oluşturma Çalışmaları</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786056889783</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Dal Kırıldı Şiir Çiçek Açtı</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786056876738</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Tasavvuf Eğitimi Teorisi</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786058122758</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Bana Değer Ver</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786056889790</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Veda Etmek Yok</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786058122772</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Yazarlardan Büyük Masallar</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786058050563</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Çocuğumun Manevi Rehberi</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786056876714</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Tasavvufta Ahlak Örgüsü</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786056889745</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Çin'de Felsefe Matematik Astronomi Tıp ve Bitkisel ve Hayvansal İlaçlar</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9786056889707</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimcinin Farkındalığı</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786058122734</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Fufuk ile Okuduğumu Anlıyorum</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786058050587</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Şiirler</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786056889769</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Şehidimin Sesi</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786056889721</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Kişisel Gelişimin Kur'an'daki Yeri</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786056788215</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Alimi Biruni</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786058177505</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Ey Sevgili</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786058177512</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Gençlik Geleceğimizdir</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9786058177536</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Çoban Çeşmesi</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9786058177550</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Gülden mi Sevgili</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9786058050525</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Rüzgar'ın Öfkesi</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9786058050532</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Islak Işıklar</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786058122789</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Masalımtırak Hikayeler</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
           <t>9786056788246</t>
         </is>
       </c>
-      <c r="B2" s="1" t="inlineStr">
+      <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Ders Böyle Dinlenir</t>
         </is>
       </c>
-      <c r="C2" s="1">
+      <c r="C60" s="1">
         <v>180</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>