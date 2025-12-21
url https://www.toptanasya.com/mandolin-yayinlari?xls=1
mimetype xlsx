--- v0 (2025-10-24)
+++ v1 (2025-12-21)
@@ -85,4060 +85,4255 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259598604</t>
+          <t>9786259755373</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Hiç Düşündün Mü? Sevgi Nedir?</t>
+          <t>Bir Fil Gibi Sessiz</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>245</v>
+        <v>280</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259598611</t>
+          <t>9786259598642</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hiç Düşündün Mü? Korku Nedir?</t>
+          <t>Miyav Ben Geldim!</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>245</v>
+        <v>240</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259725086</t>
+          <t>9786259646220</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Nedir Bu Sürdürülebilirlik Hikayesi?</t>
+          <t>Haydi! Hemen! Şimdi!</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789751028761</t>
+          <t>9786259755397</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Prenses 3 - Temiz Zeynep (Ciltli)</t>
+          <t>Mindfulness ile Öğreniyorum Mükemmelliyetçilik</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>180</v>
+        <v>385</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789751030030</t>
+          <t>9786259646282</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İcatlar Atlası</t>
+          <t>Satranç ve Hayatı Değiştiren Sihri</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>625</v>
+        <v>280</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786058037564</t>
+          <t>9786259646299</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Sahanın Özgür Kızı</t>
+          <t>Gökyüzüne Kadar</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>360</v>
+        <v>270</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789751039781</t>
+          <t>9786259598666</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Yavru Ayı Fanfan</t>
+          <t>Lorenzo’nun Aynası</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>285</v>
+        <v>240</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259725000</t>
+          <t>9786259725024</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Hiç Düşündün Mü? Üzüntü ve Yas Nedir?</t>
+          <t>Arkadaşlığımızın Son Günü</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259755380</t>
+          <t>9786259755335</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Hiç Düşündün Mü? Atılganlık Nedir?</t>
+          <t>İnsanlar Diyarı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259725017</t>
+          <t>9786259646237</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Mindfulness ile Öğreniyorum - Zorbalık</t>
+          <t>Ben Bir Dahi Değilim - Leonardo Da Vincinin Gizemli Tablosu</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259755366</t>
+          <t>9786259725093</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Mindfulness ile Öğreniyorum - Sabırsızlık</t>
+          <t>Her Şeye Evet Diyen Tavşan</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789751025401</t>
+          <t>9786259725031</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Turnesol Olayı Tenten’in Maceraları</t>
+          <t>Hayaletler Kapıyı Çalmaz</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>40</v>
+        <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789751027887</t>
+          <t>9789751048769</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Tenten ve Alf-Art</t>
+          <t>Kızaran Elmalar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>125</v>
+        <v>330</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789751026217</t>
+          <t>9786259598604</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Şekilleri Seviyorum</t>
+          <t>Hiç Düşündün Mü? Sevgi Nedir?</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>135</v>
+        <v>245</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789751027399</t>
+          <t>9786259598611</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Dostlar - Sevgililer Ayrılıyor</t>
+          <t>Hiç Düşündün Mü? Korku Nedir?</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>15</v>
+        <v>245</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789751029478</t>
+          <t>9786259725086</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Everglades’te Kaybolan Kız - Dedektif Nancy Drew’ın Maceraları</t>
+          <t>Nedir Bu Sürdürülebilirlik Hikayesi?</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>55</v>
+        <v>220</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789751030429</t>
+          <t>9789751028761</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ejder Gözü - 3 / Uzun Diş</t>
+          <t>Mükemmel Prenses 3 - Temiz Zeynep (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789751029041</t>
+          <t>9789751030030</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ejder Gözü - 1 / Ateş Fırtınası</t>
+          <t>İcatlar Atlası</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>110</v>
+        <v>625</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789751032249</t>
+          <t>9786058037564</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Dedektifler Dosyası</t>
+          <t>Yeşil Sahanın Özgür Kızı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789751033772</t>
+          <t>9789751039781</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Uçan Şiirler</t>
+          <t>Yavru Ayı Fanfan</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>70</v>
+        <v>285</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789751033659</t>
+          <t>9786259725000</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Balığım Şiir Yazdı (Ciltli)</t>
+          <t>Hiç Düşündün Mü? Üzüntü ve Yas Nedir?</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>25</v>
+        <v>220</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789751034755</t>
+          <t>9786259755380</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>3D Uçsuz Uzay</t>
+          <t>Hiç Düşündün Mü? Atılganlık Nedir?</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>70</v>
+        <v>220</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789751034748</t>
+          <t>9786259725017</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>3D Kayıp Dinozorlar</t>
+          <t>Mindfulness ile Öğreniyorum - Zorbalık</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>70</v>
+        <v>350</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789751034731</t>
+          <t>9786259755366</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>3D Derin Denizler</t>
+          <t>Mindfulness ile Öğreniyorum - Sabırsızlık</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>70</v>
+        <v>350</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789751033475</t>
+          <t>9789751025401</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Violet Mackerel'in - Küçük Süprizler Teorisi</t>
+          <t>Turnesol Olayı Tenten’in Maceraları</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789751033482</t>
+          <t>9789751027887</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Violet Mackerel'in - Küçük Mucizeler Teorisi</t>
+          <t>Tenten ve Alf-Art</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>50</v>
+        <v>125</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259755359</t>
+          <t>9789751026217</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kusur-suz</t>
+          <t>Şekilleri Seviyorum</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>265</v>
+        <v>135</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259755342</t>
+          <t>9789751027399</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sıkıntıdan Patlayan Balon</t>
+          <t>Ormandaki Dostlar - Sevgililer Ayrılıyor</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>330</v>
+        <v>15</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259755328</t>
+          <t>9789751029478</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Görev Beni Çağırıyor O İş Bende !</t>
+          <t>Everglades’te Kaybolan Kız - Dedektif Nancy Drew’ın Maceraları</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>265</v>
+        <v>55</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259755304</t>
+          <t>9789751030429</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Masal Denizi Balıkçısı</t>
+          <t>Ejder Gözü - 3 / Uzun Diş</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259463070</t>
+          <t>9789751029041</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Masal Denizinde Bir Şişe</t>
+          <t>Ejder Gözü - 1 / Ateş Fırtınası</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259463094</t>
+          <t>9789751032249</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Masal Denizindeki Kayıp Balık</t>
+          <t>Dedektifler Dosyası</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259755311</t>
+          <t>9789751033772</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Masaldaki Karga</t>
+          <t>Uçan Şiirler</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259463087</t>
+          <t>9789751033659</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Masaldaki Çocuk</t>
+          <t>Balığım Şiir Yazdı (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>200</v>
+        <v>25</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786053820062</t>
+          <t>9789751034755</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Vücudum - Muhteşem 3 Boyutlu ve Hareketli İnsan Vücudu Kitabı (Ciltli)</t>
+          <t>3D Uçsuz Uzay</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>170</v>
+        <v>70</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789751039378</t>
+          <t>9789751034748</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Koca Ayaklı Sindirella</t>
+          <t>3D Kayıp Dinozorlar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>330</v>
+        <v>70</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789751031532</t>
+          <t>9789751034731</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Satranç</t>
+          <t>3D Derin Denizler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>125</v>
+        <v>70</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789751029379</t>
+          <t>9789751033475</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Telefonda Nasıl Davranmalıyız - 5</t>
+          <t>Violet Mackerel'in - Küçük Süprizler Teorisi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>265</v>
+        <v>50</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789751031129</t>
+          <t>9789751033482</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Resimli İlk Hayvan Atlasım (Ciltli)</t>
+          <t>Violet Mackerel'in - Küçük Mucizeler Teorisi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>170</v>
+        <v>50</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789751028754</t>
+          <t>9786259755359</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Prenses 4 - Cömert Zeynep (Ciltli)</t>
+          <t>Kusur-suz</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>85</v>
+        <v>265</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789751028723</t>
+          <t>9786259755342</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Prenses 1 - Cesur Zeynep (Ciltli)</t>
+          <t>Sıkıntıdan Patlayan Balon</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>95</v>
+        <v>330</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789751027443</t>
+          <t>9786259755328</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Mıknatıslı Garajım (Ciltli)</t>
+          <t>Görev Beni Çağırıyor O İş Bende !</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786053820109</t>
+          <t>9786259755304</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Melis’in Kardeşi Oluyor</t>
+          <t>Masal Denizi Balıkçısı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786053820123</t>
+          <t>9786259463070</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Melis Okul Öğretmeni</t>
+          <t>Masal Denizinde Bir Şişe</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789751026866</t>
+          <t>9786259463094</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Larousse İnsan Vücudu Atlası (Ciltli)</t>
+          <t>Masal Denizindeki Kayıp Balık</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786053820048</t>
+          <t>9786259755311</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Koyun Russell</t>
+          <t>Masaldaki Karga</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789751030115</t>
+          <t>9786259463087</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Klasik Mitoloji</t>
+          <t>Masaldaki Çocuk</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>310</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789751029539</t>
+          <t>9786053820062</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kıvırcık Kiraz 1. Kitap: Anne Çişim Geldi</t>
+          <t>Vücudum - Muhteşem 3 Boyutlu ve Hareketli İnsan Vücudu Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789751030481</t>
+          <t>9789751039378</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kaşifler ve Keşifleri</t>
+          <t>Koca Ayaklı Sindirella</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>400</v>
+        <v>330</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786053820178</t>
+          <t>9789751031532</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İnsan Vücudu (Ciltli)</t>
+          <t>Yeni Başlayanlar İçin Satranç</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>170</v>
+        <v>125</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789751032294</t>
+          <t>9789751029379</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İlyada (Gençler İçin)</t>
+          <t>Telefonda Nasıl Davranmalıyız - 5</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>110</v>
+        <v>265</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789751027023</t>
+          <t>9789751031129</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İlk Ansiklopedim Larousse Nasıl? (Ciltli)</t>
+          <t>Resimli İlk Hayvan Atlasım (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>340</v>
+        <v>170</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789751026712</t>
+          <t>9789751028754</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İlk Ansiklopedim Larousse Nasıl Yapılır? (Ciltli)</t>
+          <t>Mükemmel Prenses 4 - Cömert Zeynep (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>230</v>
+        <v>85</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789751027047</t>
+          <t>9789751028723</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İlk Ansiklopedim Larousse Gezegenimiz</t>
+          <t>Mükemmel Prenses 1 - Cesur Zeynep (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>310</v>
+        <v>95</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789751027252</t>
+          <t>9789751027443</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Herkes Özgür Doğar (Ciltli)</t>
+          <t>Mıknatıslı Garajım (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>145</v>
+        <v>230</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789751030948</t>
+          <t>9786053820109</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlarla Saklambaç 2</t>
+          <t>Melis’in Kardeşi Oluyor</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789751030931</t>
+          <t>9786053820123</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlarla Saklambaç</t>
+          <t>Melis Okul Öğretmeni</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789751027368</t>
+          <t>9789751026866</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Dünya Çocukları Tanışıyor</t>
+          <t>Larousse İnsan Vücudu Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>375</v>
+        <v>170</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789751033307</t>
+          <t>9786053820048</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 17 - Çok Sinirliyim!</t>
+          <t>Koyun Russell</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789751032065</t>
+          <t>9789751030115</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Klasik Mitoloji</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>160</v>
+        <v>310</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789751032898</t>
+          <t>9789751029539</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimin İlk Kelimeleri</t>
+          <t>Kıvırcık Kiraz 1. Kitap: Anne Çişim Geldi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789751032775</t>
+          <t>9789751030481</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimin Günlüğü (Ciltli)</t>
+          <t>Kaşifler ve Keşifleri</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>310</v>
+        <v>400</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789751032799</t>
+          <t>9786053820178</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimin Günlüğü (Ciltli)</t>
+          <t>İnsan Vücudu (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789751030290</t>
+          <t>9789751032294</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Atherton 2 - Ateşten Nehirler</t>
+          <t>İlyada (Gençler İçin)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789751029195</t>
+          <t>9789751027023</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Atherton 1- Kudret Evi</t>
+          <t>İlk Ansiklopedim Larousse Nasıl? (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>100</v>
+        <v>340</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789751031426</t>
+          <t>9789751026712</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan Tapınakları</t>
+          <t>İlk Ansiklopedim Larousse Nasıl Yapılır? (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789751029324</t>
+          <t>9789751027047</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>English Short Story Series 4</t>
+          <t>İlk Ansiklopedim Larousse Gezegenimiz</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>560</v>
+        <v>310</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789751029294</t>
+          <t>9789751027252</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>English Short Story Series  1</t>
+          <t>Herkes Özgür Doğar (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>560</v>
+        <v>145</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789751033178</t>
+          <t>9789751030948</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Dıştan İçe İnsan Vücudu (Ciltli)</t>
+          <t>Hayvanlarla Saklambaç 2</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>310</v>
+        <v>140</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789751035417</t>
+          <t>9789751030931</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İzini Arayan Salyangoz</t>
+          <t>Hayvanlarla Saklambaç</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>245</v>
+        <v>140</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789751034366</t>
+          <t>9789751027368</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Let's Play and Learn</t>
+          <t>Dünya Çocukları Tanışıyor</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>95</v>
+        <v>375</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789751034571</t>
+          <t>9789751033307</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Denizler Pop - Up</t>
+          <t>Pedagojik Öyküler Dizisi 17 - Çok Sinirliyim!</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>385</v>
+        <v>330</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789751034373</t>
+          <t>9789751032065</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Balerin Olacağım (Ciltli)</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>145</v>
+        <v>160</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789751034618</t>
+          <t>9789751032898</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Safari</t>
+          <t>Bebeğimin İlk Kelimeleri</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>285</v>
+        <v>350</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789751034595</t>
+          <t>9789751032775</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar</t>
+          <t>Bebeğimin Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>230</v>
+        <v>310</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789751034601</t>
+          <t>9789751032799</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Okyanus</t>
+          <t>Bebeğimin Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>285</v>
+        <v>180</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789751033819</t>
+          <t>9789751030290</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>My First Words 2</t>
+          <t>Atherton 2 - Ateşten Nehirler</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789751026682</t>
+          <t>9789751029195</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Böcekler (Ciltli)</t>
+          <t>Atherton 1- Kudret Evi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>255</v>
+        <v>100</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789751029331</t>
+          <t>9789751031426</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Okulda Nasıl Davranmalıyız?</t>
+          <t>Antik Yunan Tapınakları</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>265</v>
+        <v>170</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789751029348</t>
+          <t>9789751029324</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Oyun Bahçesinde Nasıl Davranmalıyız - 2</t>
+          <t>English Short Story Series 4</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>240</v>
+        <v>560</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786259463056</t>
+          <t>9789751029294</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Fil Fikri, Nereden Buldun Bu Fikri?</t>
+          <t>English Short Story Series  1</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>400</v>
+        <v>560</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786259463049</t>
+          <t>9789751033178</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Çevre ve Ekoloji Serisi 6 - Biyolojik Çeşitlilik</t>
+          <t>Dıştan İçe İnsan Vücudu (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786259463032</t>
+          <t>9789751035417</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Çevre ve Ekoloji Serisi 5 - Bilinçli Tüketim ve Enerji Tasarrufu</t>
+          <t>İzini Arayan Salyangoz</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>320</v>
+        <v>245</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786259463025</t>
+          <t>9789751034366</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Çevre ve Ekoloji Serisi 4 - Çevre kirliliği</t>
+          <t>Let's Play and Learn</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>320</v>
+        <v>95</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786259463018</t>
+          <t>9789751034571</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Çevre ve Ekoloji Serisi 3 - Habitat</t>
+          <t>Denizler Pop - Up</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>320</v>
+        <v>385</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786259463001</t>
+          <t>9789751034373</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Çevre ve Ekoloji Serisi 2 - Geri Dönüşüm</t>
+          <t>Büyüyünce Balerin Olacağım (Ciltli)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>320</v>
+        <v>145</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786050620795</t>
+          <t>9789751034618</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Çevre ve Ekoloji Serisi 1 - Çöp Değil Kompost</t>
+          <t>Safari</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>320</v>
+        <v>285</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789751039361</t>
+          <t>9789751034595</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İstilacı Hansel ve Gretel</t>
+          <t>Dinozorlar</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>330</v>
+        <v>230</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789751038180</t>
+          <t>9789751034601</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 30 - Söz Dinlemekten Sıkıldım!</t>
+          <t>Okyanus</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>330</v>
+        <v>285</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789751030184</t>
+          <t>9789751033819</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 7 - Okula Gitmek İstemiyorum!</t>
+          <t>My First Words 2</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786050620788</t>
+          <t>9789751026682</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Benim Saçlarım Neden Turuncu? (Ciltli)</t>
+          <t>Böcekler (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>320</v>
+        <v>255</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789751029072</t>
+          <t>9789751029331</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Müze Köşk, Evim</t>
+          <t>Okulda Nasıl Davranmalıyız?</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>265</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789751045928</t>
+          <t>9789751029348</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Hayvanlar</t>
+          <t>Oyun Bahçesinde Nasıl Davranmalıyız - 2</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>375</v>
+        <v>240</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789751045911</t>
+          <t>9786259463056</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Eşyalar</t>
+          <t>Fil Fikri, Nereden Buldun Bu Fikri?</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789751045904</t>
+          <t>9786259463049</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Bitkiler</t>
+          <t>Çevre ve Ekoloji Serisi 6 - Biyolojik Çeşitlilik</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>375</v>
+        <v>320</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789751044716</t>
+          <t>9786259463032</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Minik Gözyaşı Damlası</t>
+          <t>Çevre ve Ekoloji Serisi 5 - Bilinçli Tüketim ve Enerji Tasarrufu</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>295</v>
+        <v>320</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789751043337</t>
+          <t>9786259463025</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Dünya Harikaları</t>
+          <t>Çevre ve Ekoloji Serisi 4 - Çevre kirliliği</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>730</v>
+        <v>320</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786050620764</t>
+          <t>9786259463018</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Aslan ve Genç Aslan</t>
+          <t>Çevre ve Ekoloji Serisi 3 - Habitat</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>265</v>
+        <v>320</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789751043306</t>
+          <t>9786259463001</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İnsan Vücudu</t>
+          <t>Çevre ve Ekoloji Serisi 2 - Geri Dönüşüm</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>615</v>
+        <v>320</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786050620726</t>
+          <t>9786050620795</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Çilek Yiyen Salyangoz</t>
+          <t>Çevre ve Ekoloji Serisi 1 - Çöp Değil Kompost</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786050620740</t>
+          <t>9789751039361</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Levha</t>
+          <t>İstilacı Hansel ve Gretel</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>400</v>
+        <v>330</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786050620757</t>
+          <t>9789751038180</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Sınıfta Temizlik Zamanı</t>
+          <t>Pedagojik Öyküler Dizisi 30 - Söz Dinlemekten Sıkıldım!</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>400</v>
+        <v>330</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786050620733</t>
+          <t>9789751030184</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Gürültü Yapmadan Eğlenebilmek</t>
+          <t>Pedagojik Öyküler Dizisi 7 - Okula Gitmek İstemiyorum!</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>400</v>
+        <v>330</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786050620719</t>
+          <t>9786050620788</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Bozuk Tablet</t>
+          <t>Benim Saçlarım Neden Turuncu? (Ciltli)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789751043108</t>
+          <t>9789751029072</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kuş</t>
+          <t>Müze Köşk, Evim</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>265</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789751043122</t>
+          <t>9789751045928</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Yapabilirsin Dostum</t>
+          <t>Muhteşem Hayvanlar</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>265</v>
+        <v>375</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789751043115</t>
+          <t>9789751045911</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kurabiye Ormanı</t>
+          <t>Muhteşem Eşyalar</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>265</v>
+        <v>375</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789751041715</t>
+          <t>9789751045904</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Robot Edi</t>
+          <t>Muhteşem Bitkiler</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>255</v>
+        <v>375</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789751041692</t>
+          <t>9789751044716</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Kızı</t>
+          <t>Minik Gözyaşı Damlası</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786058037557</t>
+          <t>9789751043337</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Uçan Tekerlekli Sandalye</t>
+          <t>Dünya Harikaları</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>360</v>
+        <v>730</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786058037588</t>
+          <t>9786050620764</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Renkli Yumurtalar</t>
+          <t>Yaşlı Aslan ve Genç Aslan</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>360</v>
+        <v>265</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786058037571</t>
+          <t>9789751043306</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Yaşlılar Haftası</t>
+          <t>İnsan Vücudu</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>360</v>
+        <v>615</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786058037595</t>
+          <t>9786050620726</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Herkese Eşit Kurabiye</t>
+          <t>Çilek Yiyen Salyangoz</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786050620702</t>
+          <t>9786050620740</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Hastalık</t>
+          <t>Kayıp Levha</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789751040763</t>
+          <t>9786050620757</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Ayrı Topraklarda Aynı Gökyüzü Altında - Sıra Dışı Durumlar Serisi 4</t>
+          <t>Sınıfta Temizlik Zamanı</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786058037526</t>
+          <t>9786050620733</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Depremde Kendimizi Nasıl Koruruz? - Sıra Dışı Durumlar Serisi 2</t>
+          <t>Gürültü Yapmadan Eğlenebilmek</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786058037540</t>
+          <t>9786050620719</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Elektrik Var! - Sıra Dışı Durumlar Serisi 3</t>
+          <t>Bozuk Tablet</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786058037533</t>
+          <t>9789751043108</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Ateşin Yaramaz Akrabası Yangın - Sıra Dışı Durumlar Serisi 1</t>
+          <t>Mavi Kuş</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>330</v>
+        <v>265</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789751040176</t>
+          <t>9789751043122</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Emoji Güncesi</t>
+          <t>Yapabilirsin Dostum</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>215</v>
+        <v>265</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786058037519</t>
+          <t>9789751043115</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Duygu Navigasyonu</t>
+          <t>Kurabiye Ormanı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>215</v>
+        <v>265</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786058037502</t>
+          <t>9789751041715</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Sıkılma Listele</t>
+          <t>Akıllı Robot Edi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>160</v>
+        <v>255</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789751039545</t>
+          <t>9789751041692</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Denizkızı Derina</t>
+          <t>Gökyüzü Kızı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>285</v>
+        <v>245</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789751039217</t>
+          <t>9786058037557</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bulut Pofini</t>
+          <t>Uçan Tekerlekli Sandalye</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>295</v>
+        <v>360</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789751039354</t>
+          <t>9786058037588</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Bitli Rapunzel</t>
+          <t>Renkli Yumurtalar</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>330</v>
+        <v>360</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789751038852</t>
+          <t>9786058037571</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Renkler - Kedi Ponçik'in Sevdikleri</t>
+          <t>Mutlu Yaşlılar Haftası</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>215</v>
+        <v>360</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789751038845</t>
+          <t>9786058037595</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Şekiller - Kedi Ponçik'in Bir Günü</t>
+          <t>Herkese Eşit Kurabiye</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>215</v>
+        <v>360</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789751038876</t>
+          <t>9786050620702</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Davetsiz Misafir Rehberi</t>
+          <t>Hastalık</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>245</v>
+        <v>330</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789751038838</t>
+          <t>9789751040763</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Sayılar - Kedi Ponçik'in 10 Hali</t>
+          <t>Ayrı Topraklarda Aynı Gökyüzü Altında - Sıra Dışı Durumlar Serisi 4</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>215</v>
+        <v>330</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789751038869</t>
+          <t>9786058037526</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Zıtlıklar - Kedi Ponçik'le Kedi Olma Kuralları</t>
+          <t>Depremde Kendimizi Nasıl Koruruz? - Sıra Dışı Durumlar Serisi 2</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>180</v>
+        <v>330</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789751038562</t>
+          <t>9786058037540</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İlk Takvimim</t>
+          <t>Dikkat Elektrik Var! - Sıra Dışı Durumlar Serisi 3</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>295</v>
+        <v>330</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789751038555</t>
+          <t>9786058037533</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Hayatımda Böyle Bir Şey Görmedim! - Teo’nun Hayatı 2</t>
+          <t>Ateşin Yaramaz Akrabası Yangın - Sıra Dışı Durumlar Serisi 1</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>245</v>
+        <v>330</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789751038548</t>
+          <t>9789751040176</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Ben Neyi Unutmayacaktım - Teo’nun Hayatı 1</t>
+          <t>Emoji Güncesi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>245</v>
+        <v>215</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789751038579</t>
+          <t>9786058037519</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Biri Korkunç Mu Dedi? - Teo’nun Hayatı 3</t>
+          <t>Duygu Navigasyonu</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>245</v>
+        <v>215</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789751038135</t>
+          <t>9786058037502</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Topluca Gidiyoruz</t>
+          <t>Sıkılma Listele</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>255</v>
+        <v>160</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789751038128</t>
+          <t>9789751039545</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Maç Kaç Kaç?</t>
+          <t>Denizkızı Derina</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>255</v>
+        <v>285</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789751038104</t>
+          <t>9789751039217</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Çözüm Bende!</t>
+          <t>Küçük Bulut Pofini</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>255</v>
+        <v>295</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789751038098</t>
+          <t>9789751039354</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Canım Arkadaşım</t>
+          <t>Bitli Rapunzel</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>255</v>
+        <v>330</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789751038111</t>
+          <t>9789751038852</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Bendeki Şans!</t>
+          <t>Renkler - Kedi Ponçik'in Sevdikleri</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>255</v>
+        <v>215</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789751038081</t>
+          <t>9789751038845</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Aloo!</t>
+          <t>Şekiller - Kedi Ponçik'in Bir Günü</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>255</v>
+        <v>215</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789751038142</t>
+          <t>9789751038876</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 26 - Kitap Okumayı Sevmeyen Çocuk</t>
+          <t>Davetsiz Misafir Rehberi</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>330</v>
+        <v>245</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789751038197</t>
+          <t>9789751038838</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 31 - İzinsiz Alma!</t>
+          <t>Sayılar - Kedi Ponçik'in 10 Hali</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>330</v>
+        <v>215</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789751038166</t>
+          <t>9789751038869</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 29 - Lütfen Dalga Geçme!</t>
+          <t>Zıtlıklar - Kedi Ponçik'le Kedi Olma Kuralları</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>330</v>
+        <v>180</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789751038173</t>
+          <t>9789751038562</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 28 - Pasaklı Pembe'nin Muhteşem Dönüşü</t>
+          <t>İlk Takvimim</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>330</v>
+        <v>295</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789751037954</t>
+          <t>9789751038555</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Eyvah, Hırsız!</t>
+          <t>Hayatımda Böyle Bir Şey Görmedim! - Teo’nun Hayatı 2</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>255</v>
+        <v>245</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789751037961</t>
+          <t>9789751038548</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kaç Kaç Trafik!</t>
+          <t>Ben Neyi Unutmayacaktım - Teo’nun Hayatı 1</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>255</v>
+        <v>245</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789751037947</t>
+          <t>9789751038579</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Ne Olmuş Ne Olmuş!</t>
+          <t>Biri Korkunç Mu Dedi? - Teo’nun Hayatı 3</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>255</v>
+        <v>245</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789751037930</t>
+          <t>9789751038135</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Huu, Komşu Komşu!</t>
+          <t>Topluca Gidiyoruz</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789751037923</t>
+          <t>9789751038128</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Tüketmem Kendimi</t>
+          <t>Maç Kaç Kaç?</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789751037916</t>
+          <t>9789751038104</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İki Gözüm Ali</t>
+          <t>Çözüm Bende!</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789751038159</t>
+          <t>9789751038098</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 32 - Kendimi Korurum!</t>
+          <t>Canım Arkadaşım</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>330</v>
+        <v>255</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789751038203</t>
+          <t>9789751038111</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 27 - Telefon İstiyorum!</t>
+          <t>Bendeki Şans!</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>330</v>
+        <v>255</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789751037626</t>
+          <t>9789751038081</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kırkayak</t>
+          <t>Aloo!</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789751037305</t>
+          <t>9789751038142</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kurdele Mavi Papyon 1 - Kırmızı Kurdele'nin Yeşil Ayağı</t>
+          <t>Pedagojik Öyküler Dizisi 26 - Kitap Okumayı Sevmeyen Çocuk</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>135</v>
+        <v>330</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789751037312</t>
+          <t>9789751038197</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kurdele Mavi Papyon 2 - Pijama Partisi</t>
+          <t>Pedagojik Öyküler Dizisi 31 - İzinsiz Alma!</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>135</v>
+        <v>330</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789751037329</t>
+          <t>9789751038166</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kurdele Mavi Papyon 3 - Küstüm</t>
+          <t>Pedagojik Öyküler Dizisi 29 - Lütfen Dalga Geçme!</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>135</v>
+        <v>330</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789751037336</t>
+          <t>9789751038173</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kurdele Mavi Papyon 4 - Hayaletler Nelerden Korkar?</t>
+          <t>Pedagojik Öyküler Dizisi 28 - Pasaklı Pembe'nin Muhteşem Dönüşü</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>135</v>
+        <v>330</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789751037039</t>
+          <t>9789751037954</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Uykusu Kaçan Minik Fare Milo</t>
+          <t>Eyvah, Hırsız!</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789751037053</t>
+          <t>9789751037961</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Milo'nun Yıldıztozu Kumbarası</t>
+          <t>Kaç Kaç Trafik!</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789751037046</t>
+          <t>9789751037947</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Milo'nun Fotoğraf Makinesi</t>
+          <t>Ne Olmuş Ne Olmuş!</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789751037015</t>
+          <t>9789751037930</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Doğum Günü</t>
+          <t>Huu, Komşu Komşu!</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789751037022</t>
+          <t>9789751037923</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Milo'nun Kahvaltısı</t>
+          <t>Tüketmem Kendimi</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789751035851</t>
+          <t>9789751037916</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Prenses 4 - Cömert Zeynep (Ciltsiz)</t>
+          <t>İki Gözüm Ali</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>95</v>
+        <v>255</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789751036940</t>
+          <t>9789751038159</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Uzay Atlası</t>
+          <t>Pedagojik Öyküler Dizisi 32 - Kendimi Korurum!</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>625</v>
+        <v>330</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789751036971</t>
+          <t>9789751038203</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Jane’in Battaniyesi</t>
+          <t>Pedagojik Öyküler Dizisi 27 - Telefon İstiyorum!</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>455</v>
+        <v>330</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789751036919</t>
+          <t>9789751037626</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Dünya Atlası</t>
+          <t>Kırkayak</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>625</v>
+        <v>255</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789751036926</t>
+          <t>9789751037305</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Meslekler Atlası</t>
+          <t>Kırmızı Kurdele Mavi Papyon 1 - Kırmızı Kurdele'nin Yeşil Ayağı</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>625</v>
+        <v>135</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789751036933</t>
+          <t>9789751037312</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Tarih Atlası</t>
+          <t>Kırmızı Kurdele Mavi Papyon 2 - Pijama Partisi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>625</v>
+        <v>135</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789751036759</t>
+          <t>9789751037329</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Kırmızı Kurdele Mavi Papyon 3 - Küstüm</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>245</v>
+        <v>135</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789751036728</t>
+          <t>9789751037336</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Bebek Koala Bahçede</t>
+          <t>Kırmızı Kurdele Mavi Papyon 4 - Hayaletler Nelerden Korkar?</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>215</v>
+        <v>135</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789751033802</t>
+          <t>9789751037039</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>My First Words 1</t>
+          <t>Uykusu Kaçan Minik Fare Milo</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>265</v>
+        <v>255</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789751035752</t>
+          <t>9789751037053</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Prenses 1 - Cesur Zeynep (Ciltsiz)</t>
+          <t>Milo'nun Yıldıztozu Kumbarası</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>95</v>
+        <v>255</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789751034649</t>
+          <t>9789751037046</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 23 - Annem ile Babamın Yatağı En Rahatı!</t>
+          <t>Milo'nun Fotoğraf Makinesi</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>330</v>
+        <v>255</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789751034496</t>
+          <t>9789751037015</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 20 - Çok Utanıyorum!</t>
+          <t>Mutlu Doğum Günü</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>330</v>
+        <v>255</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789751035875</t>
+          <t>9789751037022</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Bebek Koala - Banyoda</t>
+          <t>Milo'nun Kahvaltısı</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>215</v>
+        <v>255</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789751036407</t>
+          <t>9789751035851</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 25 - Bu Beden Benim!</t>
+          <t>Mükemmel Prenses 4 - Cömert Zeynep (Ciltsiz)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>330</v>
+        <v>95</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789751036391</t>
+          <t>9789751036940</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 24 - Fena Dağıttım!</t>
+          <t>Uzay Atlası</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>330</v>
+        <v>625</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789751035394</t>
+          <t>9789751036971</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Siyah Beyaz Hikaye</t>
+          <t>Jane’in Battaniyesi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>320</v>
+        <v>455</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789751035400</t>
+          <t>9789751036919</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Gıdıklanan Elma</t>
+          <t>Dünya Atlası</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>245</v>
+        <v>625</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789751035578</t>
+          <t>9789751036926</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Minikler İçin Kısaltılmış Küçük Prens</t>
+          <t>Meslekler Atlası</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>285</v>
+        <v>625</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789751033826</t>
+          <t>9789751036933</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>My First Words 3</t>
+          <t>Tarih Atlası</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>265</v>
+        <v>625</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789751030283</t>
+          <t>9789751036759</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Çivi Çorbası</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>330</v>
+        <v>245</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789751031402</t>
+          <t>9789751036728</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Camiler</t>
+          <t>Bebek Koala Bahçede</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>330</v>
+        <v>215</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789751034212</t>
+          <t>9789751033802</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Benim Güzel Ailem</t>
+          <t>My First Words 1</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>255</v>
+        <v>265</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789751034489</t>
+          <t>9789751035752</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 19 - Ekrana Yapışan Çocuk</t>
+          <t>Mükemmel Prenses 1 - Cesur Zeynep (Ciltsiz)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>330</v>
+        <v>95</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789751034632</t>
+          <t>9789751034649</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 22 - Uyumak İstemiyorum!</t>
+          <t>Pedagojik Öyküler Dizisi 23 - Annem ile Babamın Yatağı En Rahatı!</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789751034502</t>
+          <t>9789751034496</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 21 - Farklılıkların Farkındayım!</t>
+          <t>Pedagojik Öyküler Dizisi 20 - Çok Utanıyorum!</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789751033284</t>
+          <t>9789751035875</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 15 - İçimde Zıplayan Biri Var!</t>
+          <t>Bebek Koala - Banyoda</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>330</v>
+        <v>215</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789751030849</t>
+          <t>9789751036407</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Bir Aktivite</t>
+          <t>Pedagojik Öyküler Dizisi 25 - Bu Beden Benim!</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>125</v>
+        <v>330</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789751029362</t>
+          <t>9789751036391</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Sofrada Nasıl Davranmalıyız - 4</t>
+          <t>Pedagojik Öyküler Dizisi 24 - Fena Dağıttım!</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>265</v>
+        <v>330</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789751033277</t>
+          <t>9789751035394</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 14 - Sihirli Bir Kelime: Lütfen!</t>
+          <t>Siyah Beyaz Hikaye</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789751029386</t>
+          <t>9789751035400</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Servis Aracında Nasıl Davranmalıyız - 6</t>
+          <t>Gıdıklanan Elma</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>265</v>
+        <v>245</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789751027351</t>
+          <t>9789751035578</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Semih ve Balat’ın Bulutu</t>
+          <t>Minikler İçin Kısaltılmış Küçük Prens</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>245</v>
+        <v>285</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789751030054</t>
+          <t>9789751033826</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Sanat Atlası</t>
+          <t>My First Words 3</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>625</v>
+        <v>265</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789751029515</t>
+          <t>9789751030283</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kıvırcık Kiraz 4. Kitap: Lütfen Dersen</t>
+          <t>Çivi Çorbası</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>265</v>
+        <v>330</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789751029508</t>
+          <t>9789751031402</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kıvırcık Kiraz 3. Kitap: Küçük Bir Özür</t>
+          <t>Camiler</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>265</v>
+        <v>330</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789751029522</t>
+          <t>9789751034212</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Kıvırcık Kiraz 2. Kitap: Kocaman Bir Teşekkür</t>
+          <t>Benim Güzel Ailem</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>265</v>
+        <v>255</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789751028433</t>
+          <t>9789751034489</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Ay’a Yolculuk</t>
+          <t>Pedagojik Öyküler Dizisi 19 - Ekrana Yapışan Çocuk</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>295</v>
+        <v>330</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789751033130</t>
+          <t>9789751034632</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>En Sevdiğim Oyun</t>
+          <t>Pedagojik Öyküler Dizisi 22 - Uyumak İstemiyorum!</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789751033123</t>
+          <t>9789751034502</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>En Sevdiğim Arkadaşım</t>
+          <t>Pedagojik Öyküler Dizisi 21 - Farklılıkların Farkındayım!</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789751029751</t>
+          <t>9789751033284</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Ekosistem 5. Kitap: Ormanlar</t>
+          <t>Pedagojik Öyküler Dizisi 15 - İçimde Zıplayan Biri Var!</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>265</v>
+        <v>330</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789751029737</t>
+          <t>9789751030849</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Ekosistem 4. Kitap: Okyanuslar</t>
+          <t>Her Güne Bir Aktivite</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>265</v>
+        <v>125</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789751029744</t>
+          <t>9789751029362</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Ekosistem 3. Kitap: Bataklıklar</t>
+          <t>Sofrada Nasıl Davranmalıyız - 4</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>265</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789751029713</t>
+          <t>9789751033277</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Ekosistem 2. Kitap: Çayırlar</t>
+          <t>Pedagojik Öyküler Dizisi 14 - Sihirli Bir Kelime: Lütfen!</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>265</v>
+        <v>330</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789751029720</t>
+          <t>9789751029386</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Ekosistem 1. Kitap: Çöller</t>
+          <t>Servis Aracında Nasıl Davranmalıyız - 6</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>265</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789751030023</t>
+          <t>9789751027351</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Müzik Atlası</t>
+          <t>Semih ve Balat’ın Bulutu</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>530</v>
+        <v>245</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789751028730</t>
+          <t>9789751030054</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Prenses 6 - Kibar Zeynep (Ciltli)</t>
+          <t>Sanat Atlası</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>180</v>
+        <v>625</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789751028716</t>
+          <t>9789751029515</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Prenses 5 - Dürüst Zeynep (Ciltli)</t>
+          <t>Kıvırcık Kiraz 4. Kitap: Lütfen Dersen</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>180</v>
+        <v>265</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789751028747</t>
+          <t>9789751029508</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Prenses 2 - Uslu Zeynep (Ciltli)</t>
+          <t>Kıvırcık Kiraz 3. Kitap: Küçük Bir Özür</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>180</v>
+        <v>265</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789751033734</t>
+          <t>9789751029522</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Nedir? - Felsefe Dedektifi Serisi 3</t>
+          <t>Kıvırcık Kiraz 2. Kitap: Kocaman Bir Teşekkür</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>190</v>
+        <v>265</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789751033741</t>
+          <t>9789751028433</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Nedir? - Felsefe Dedektifi Serisi 4</t>
+          <t>Ay’a Yolculuk</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>190</v>
+        <v>295</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789751033758</t>
+          <t>9789751033130</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Nedir? - Felsefe Dedektifi Serisi 5</t>
+          <t>En Sevdiğim Oyun</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789751033710</t>
+          <t>9789751033123</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim? - Felsefe Dedektifi Serisi 1</t>
+          <t>En Sevdiğim Arkadaşım</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789751033727</t>
+          <t>9789751029751</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Doğru ve Yanlış Nedir? - Felsefe Dedektifi Serisi 2</t>
+          <t>Ekosistem 5. Kitap: Ormanlar</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>190</v>
+        <v>265</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789751033291</t>
+          <t>9789751029737</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 16 - Ye Ye Bitmiyor!</t>
+          <t>Ekosistem 4. Kitap: Okyanuslar</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>330</v>
+        <v>265</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789751028440</t>
+          <t>9789751029744</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Uykusuz Bir Gece</t>
+          <t>Ekosistem 3. Kitap: Bataklıklar</t>
         </is>
       </c>
       <c r="C216" s="1">
         <v>265</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789751031501</t>
+          <t>9789751029713</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Kuşları</t>
+          <t>Ekosistem 2. Kitap: Çayırlar</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>585</v>
+        <v>265</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789751029355</t>
+          <t>9789751029720</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Toplum İçinde Nasıl Davranmalıyız - 3</t>
+          <t>Ekosistem 1. Kitap: Çöller</t>
         </is>
       </c>
       <c r="C218" s="1">
         <v>265</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789751030276</t>
+          <t>9789751030023</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Persephone</t>
+          <t>Müzik Atlası</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>285</v>
+        <v>530</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789751031785</t>
+          <t>9789751028730</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 9 - Bamyadan Nefret Ediyorum</t>
+          <t>Mükemmel Prenses 6 - Kibar Zeynep (Ciltli)</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>330</v>
+        <v>180</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789751030191</t>
+          <t>9789751028716</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 8 - Temizlik Sağlıktır</t>
+          <t>Mükemmel Prenses 5 - Dürüst Zeynep (Ciltli)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>330</v>
+        <v>180</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789751030177</t>
+          <t>9789751028747</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 6 - Vitaminlerin Ziyareti</t>
+          <t>Mükemmel Prenses 2 - Uslu Zeynep (Ciltli)</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>330</v>
+        <v>180</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789751030160</t>
+          <t>9789751033734</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 5 - Annem ve Babamla Aramıza Girme!</t>
+          <t>Sevgi Nedir? - Felsefe Dedektifi Serisi 3</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>330</v>
+        <v>190</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789751030153</t>
+          <t>9789751033741</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 4 - Bebekler, Kahramanlar ve Bezden Toplar</t>
+          <t>Mutluluk Nedir? - Felsefe Dedektifi Serisi 4</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>330</v>
+        <v>190</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789751030146</t>
+          <t>9789751033758</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 3 - Zeynep'in Düş Sandığı</t>
+          <t>Özgürlük Nedir? - Felsefe Dedektifi Serisi 5</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>330</v>
+        <v>190</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789751030139</t>
+          <t>9789751033710</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 2 - Yatağıma Yağmur Yağdı</t>
+          <t>Ben Kimim? - Felsefe Dedektifi Serisi 1</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>330</v>
+        <v>190</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789751031822</t>
+          <t>9789751033727</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 13 - Matematikten Nefret Ediyorum!</t>
+          <t>Doğru ve Yanlış Nedir? - Felsefe Dedektifi Serisi 2</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>330</v>
+        <v>190</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789751031815</t>
+          <t>9789751033291</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 12 - Aşığım!</t>
+          <t>Pedagojik Öyküler Dizisi 16 - Ye Ye Bitmiyor!</t>
         </is>
       </c>
       <c r="C228" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789751031808</t>
+          <t>9789751028440</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 11 - Hain Bitler!</t>
+          <t>Uykusuz Bir Gece</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>330</v>
+        <v>265</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789751031792</t>
+          <t>9789751031501</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 10 - Babam Taşınıyor</t>
+          <t>Türkiye’nin Kuşları</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>330</v>
+        <v>585</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789751030122</t>
+          <t>9789751029355</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 1 - Ayaklı Şeker Kavanozu</t>
+          <t>Toplum İçinde Nasıl Davranmalıyız - 3</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>330</v>
+        <v>265</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789751032300</t>
+          <t>9789751030276</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Odysseia   (Gençler İçin)</t>
+          <t>Persephone</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>110</v>
+        <v>285</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789751032928</t>
+          <t>9789751031785</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Çocuklara Mutlu Masallar (Ciltli)</t>
+          <t>Pedagojik Öyküler Dizisi 9 - Bamyadan Nefret Ediyorum</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>520</v>
+        <v>330</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789751032461</t>
+          <t>9789751030191</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Mutfak Cini</t>
+          <t>Pedagojik Öyküler Dizisi 8 - Temizlik Sağlıktır</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>255</v>
+        <v>330</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786053820147</t>
+          <t>9789751030177</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Melis’in Doğum Günü</t>
+          <t>Pedagojik Öyküler Dizisi 6 - Vitaminlerin Ziyareti</t>
         </is>
       </c>
       <c r="C235" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786053820130</t>
+          <t>9789751030160</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Melis’in Çılgın Gecesi</t>
+          <t>Pedagojik Öyküler Dizisi 5 - Annem ve Babamla Aramıza Girme!</t>
         </is>
       </c>
       <c r="C236" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786053820116</t>
+          <t>9789751030153</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Melis ve Saçmalıklar</t>
+          <t>Pedagojik Öyküler Dizisi 4 - Bebekler, Kahramanlar ve Bezden Toplar</t>
         </is>
       </c>
       <c r="C237" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789751032492</t>
+          <t>9789751030146</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Küçük P’ink ve Büyük Dünyası</t>
+          <t>Pedagojik Öyküler Dizisi 3 - Zeynep'in Düş Sandığı</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>285</v>
+        <v>330</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789751031587</t>
+          <t>9789751030139</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Kral ve Tohum</t>
+          <t>Pedagojik Öyküler Dizisi 2 - Yatağıma Yağmur Yağdı</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>255</v>
+        <v>330</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786053820055</t>
+          <t>9789751031822</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Koyun Russell ve Kayıp Hazine</t>
+          <t>Pedagojik Öyküler Dizisi 13 - Matematikten Nefret Ediyorum!</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>255</v>
+        <v>330</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786053820161</t>
+          <t>9789751031815</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Korsanlar (Ciltli)</t>
+          <t>Pedagojik Öyküler Dizisi 12 - Aşığım!</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>265</v>
+        <v>330</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786053820192</t>
+          <t>9789751031808</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Koca Ayak</t>
+          <t>Pedagojik Öyküler Dizisi 11 - Hain Bitler!</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>245</v>
+        <v>330</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789751031945</t>
+          <t>9789751031792</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Kaptan ile Miço’nun Mutfak Maceraları</t>
+          <t>Pedagojik Öyküler Dizisi 10 - Babam Taşınıyor</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>680</v>
+        <v>330</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789751032515</t>
+          <t>9789751030122</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Kırmızıya Boyayan Çocuk</t>
+          <t>Pedagojik Öyküler Dizisi 1 - Ayaklı Şeker Kavanozu</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>265</v>
+        <v>330</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789751029874</t>
+          <t>9789751032300</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Ağaçları</t>
+          <t>Odysseia   (Gençler İçin)</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>510</v>
+        <v>110</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789751029317</t>
+          <t>9789751032928</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>English Short Story Series 3</t>
+          <t>Mutlu Çocuklara Mutlu Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>360</v>
+        <v>520</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789751029300</t>
+          <t>9789751032461</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>English Short Story Series</t>
+          <t>Mutfak Cini</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>360</v>
+        <v>255</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789751033147</t>
+          <t>9786053820147</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>En Sevdiğim Oyuncağım</t>
+          <t>Melis’in Doğum Günü</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786053820185</t>
+          <t>9786053820130</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Dünyamız (Ciltli)</t>
+          <t>Melis’in Çılgın Gecesi</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789751030047</t>
+          <t>9786053820116</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Dünya Çocukları Atlası</t>
+          <t>Melis ve Saçmalıklar</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>625</v>
+        <v>330</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789751029683</t>
+          <t>9789751032492</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Darwin ile Yolculuk (Ciltli)</t>
+          <t>Küçük P’ink ve Büyük Dünyası</t>
         </is>
       </c>
       <c r="C251" s="1">
         <v>285</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789751031570</t>
+          <t>9789751031587</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Damdaki İnek</t>
+          <t>Kral ve Tohum</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>310</v>
+        <v>255</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789751031495</t>
+          <t>9786053820055</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin İngilizce Kelime Bankası (Resimli)</t>
+          <t>Koyun Russell ve Kayıp Hazine</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>215</v>
+        <v>255</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789751033314</t>
+          <t>9786053820161</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 18 - Bütün Oyuncaklar Benim</t>
+          <t>Korsanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>330</v>
+        <v>265</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789751036834</t>
+          <t>9786053820192</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Bebek Koala Kayıp Oyuncak</t>
+          <t>Koca Ayak</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>215</v>
+        <v>245</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789751036858</t>
+          <t>9789751031945</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Bebek Koala Doğum Günü</t>
+          <t>Kaptan ile Miço’nun Mutfak Maceraları</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>215</v>
+        <v>680</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789751036513</t>
+          <t>9789751032515</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Bebek Koala Çiftlikte</t>
+          <t>Güneşi Kırmızıya Boyayan Çocuk</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>215</v>
+        <v>265</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789751036841</t>
+          <t>9789751029874</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Bebek Koala Anaokulunda</t>
+          <t>Türkiye’nin Ağaçları</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>215</v>
+        <v>510</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789751036865</t>
+          <t>9789751029317</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Bebek Koala Akşam Yemeği</t>
+          <t>English Short Story Series 3</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>215</v>
+        <v>360</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789751031297</t>
+          <t>9789751029300</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Ülkede Yaşasaydın</t>
+          <t>English Short Story Series</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>375</v>
+        <v>360</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789751031921</t>
+          <t>9789751033147</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Aşk Böceği</t>
+          <t>En Sevdiğim Oyuncağım</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>295</v>
+        <v>200</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789751029621</t>
+          <t>9786053820185</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Arda ile Paytak Uçakta 5. Kitap</t>
+          <t>Dünyamız (Ciltli)</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>245</v>
+        <v>320</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789751029652</t>
+          <t>9789751030047</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Arda ile Paytak Okulda 6. Kitap</t>
+          <t>Dünya Çocukları Atlası</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>245</v>
+        <v>625</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789751029645</t>
+          <t>9789751029683</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Arda ile Paytak Kek Yapıyor 4. Kitap</t>
+          <t>Darwin ile Yolculuk (Ciltli)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>245</v>
+        <v>285</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789751029676</t>
+          <t>9789751031570</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Arda ile Paytak Gezmeye Gidiyor 3. Kitap</t>
+          <t>Damdaki İnek</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>245</v>
+        <v>310</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789751029638</t>
+          <t>9789751031495</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Arda ile Paytak Banyoda 2. Kitap</t>
+          <t>Çocuklar İçin İngilizce Kelime Bankası (Resimli)</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>245</v>
+        <v>215</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789751029669</t>
+          <t>9789751033314</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Arda ile Paytak Arkadaş Arıyor 1. Kitap</t>
+          <t>Pedagojik Öyküler Dizisi 18 - Bütün Oyuncaklar Benim</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>245</v>
+        <v>330</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789751030498</t>
+          <t>9789751036834</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Amansız Korsanlar - Dünyadaki En Ünlü 10 Korsan</t>
+          <t>Bebek Koala Kayıp Oyuncak</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>400</v>
+        <v>215</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
+          <t>9789751036858</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>Bebek Koala Doğum Günü</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9789751036513</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Bebek Koala Çiftlikte</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9789751036841</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Bebek Koala Anaokulunda</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9789751036865</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>Bebek Koala Akşam Yemeği</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9789751031297</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>Başka Bir Ülkede Yaşasaydın</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9789751031921</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Böceği</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>9789751029621</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Arda ile Paytak Uçakta 5. Kitap</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>9789751029652</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>Arda ile Paytak Okulda 6. Kitap</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>9789751029645</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>Arda ile Paytak Kek Yapıyor 4. Kitap</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>9789751029676</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>Arda ile Paytak Gezmeye Gidiyor 3. Kitap</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>9789751029638</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>Arda ile Paytak Banyoda 2. Kitap</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>9789751029669</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>Arda ile Paytak Arkadaş Arıyor 1. Kitap</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>9789751030498</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>Amansız Korsanlar - Dünyadaki En Ünlü 10 Korsan</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
           <t>9789751030795</t>
         </is>
       </c>
-      <c r="B269" s="1" t="inlineStr">
+      <c r="B282" s="1" t="inlineStr">
         <is>
           <t>1 Kelime 3 Dil</t>
         </is>
       </c>
-      <c r="C269" s="1">
+      <c r="C282" s="1">
         <v>330</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>