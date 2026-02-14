--- v1 (2025-12-21)
+++ v2 (2026-02-14)
@@ -85,4255 +85,5800 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259755373</t>
+          <t>9789751029461</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bir Fil Gibi Sessiz</t>
+          <t>Zümrüt Leydi Efsanesi - Dedektif Nancy Drew’ın Maceraları</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>280</v>
+        <v>26</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259598642</t>
+          <t>9789751028921</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Miyav Ben Geldim!</t>
+          <t>Yeşil Baron (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>240</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259646220</t>
+          <t>9789751028969</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Haydi! Hemen! Şimdi!</t>
+          <t>Vahşi Yatak (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>350</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259755397</t>
+          <t>9789751027344</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Mindfulness ile Öğreniyorum Mükemmelliyetçilik</t>
+          <t>Uzaylı Köpek Baaşa’nın Hikayeleri</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>385</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259646282</t>
+          <t>9789751029454</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Satranç ve Hayatı Değiştiren Sihri</t>
+          <t>Tutsak Vezir Olayı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>280</v>
+        <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259646299</t>
+          <t>9789751027337</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzüne Kadar</t>
+          <t>Tenten ve Pikarolar</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>270</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259598666</t>
+          <t>9789751025913</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Lorenzo’nun Aynası</t>
+          <t>Tenten’in Maceraları Tenten Tibet’te</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>240</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259725024</t>
+          <t>9789751031983</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlığımızın Son Günü</t>
+          <t>Tenten’in Maceraları (İlk 12 Macera)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>240</v>
+        <v>138.89</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259755335</t>
+          <t>9789751031990</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar Diyarı</t>
+          <t>Tenten’in Maceraları (İkinci 12 Macera)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>270</v>
+        <v>138.89</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259646237</t>
+          <t>9789751026538</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Dahi Değilim - Leonardo Da Vincinin Gizemli Tablosu</t>
+          <t>Tenten’in Maceraları Sidney’e 714 Sefer Sayılı Uçuş</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259725093</t>
+          <t>9789751020802</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Her Şeye Evet Diyen Tavşan</t>
+          <t>Tenten Kongo’da Tenten’in Maceraları 1</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>400</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259725031</t>
+          <t>9789751024343</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hayaletler Kapıyı Çalmaz</t>
+          <t>Tenten Kara Altın Diyarında</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>350</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789751048769</t>
+          <t>9789751020819</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kızaran Elmalar</t>
+          <t>TenTen Amerika’da Tenten’in Maceraları 2</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>330</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259598604</t>
+          <t>9789751022660</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hiç Düşündün Mü? Sevgi Nedir?</t>
+          <t>Tekboynuz’un Esrarı Tenten’in Maceraları 10</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>245</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259598611</t>
+          <t>9789751028952</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hiç Düşündün Mü? Korku Nedir?</t>
+          <t>Sirk (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>245</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259725086</t>
+          <t>9789751026651</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Nedir Bu Sürdürülebilirlik Hikayesi?</t>
+          <t>Safari (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>220</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789751028761</t>
+          <t>9789751029980</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Prenses 3 - Temiz Zeynep (Ciltli)</t>
+          <t>Saat Kitabı - Itır’la Kıtır</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>180</v>
+        <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789751030030</t>
+          <t>9789751027382</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İcatlar Atlası</t>
+          <t>Yelkunkulak’ın Gizli Sevgilisi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>625</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786058037564</t>
+          <t>9789751027429</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Sahanın Özgür Kızı</t>
+          <t>Sihirli Yıldız</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>360</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789751039781</t>
+          <t>9789751027375</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yavru Ayı Fanfan</t>
+          <t>Piknik</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>285</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259725000</t>
+          <t>9789751027412</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hiç Düşündün Mü? Üzüntü ve Yas Nedir?</t>
+          <t>Ömür Boyu Kardeşlik</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>220</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259755380</t>
+          <t>9789751027405</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hiç Düşündün Mü? Atılganlık Nedir?</t>
+          <t>Göl Canavarı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>220</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259725017</t>
+          <t>9786053820031</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Mindfulness ile Öğreniyorum - Zorbalık</t>
+          <t>Ormandaki Dostlar - Yelkenkulak İle Boyama Yapalım</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>350</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259755366</t>
+          <t>9789751028532</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Mindfulness ile Öğreniyorum - Sabırsızlık</t>
+          <t>My Little Pony (Yeşil) Boyama Kitabı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>350</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789751025401</t>
+          <t>9789751028426</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Turnesol Olayı Tenten’in Maceraları</t>
+          <t>My Little Pony - 4 - Güzel Bir Arkadaşlık Öyküsü</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>40</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789751027887</t>
+          <t>9789751028327</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Tenten ve Alf-Art</t>
+          <t>My Little Pony - 3 - Prenseslerin Partisi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>125</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789751026217</t>
+          <t>9789751026194</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Şekilleri Seviyorum</t>
+          <t>Mutlu Bebek</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>135</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789751027399</t>
+          <t>9789751029546</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Dostlar - Sevgililer Ayrılıyor</t>
+          <t>Muhteşem Dinozorlar (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789751029478</t>
+          <t>9789751029096</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Everglades’te Kaybolan Kız - Dedektif Nancy Drew’ın Maceraları</t>
+          <t>Motorlu Taşıtlar Aktivite Kitabı - Çıkartma Hediyeli</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>55</v>
+        <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789751030429</t>
+          <t>9789751027436</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ejder Gözü - 3 / Uzun Diş</t>
+          <t>Mıknatıslı Sarayım (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>110</v>
+        <v>39</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789751029041</t>
+          <t>9789751021847</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ejder Gözü - 1 / Ateş Fırtınası</t>
+          <t>Mavi Lotus Tenten’in Maceraları 4</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>110</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789751032249</t>
+          <t>9789751028211</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Dedektifler Dosyası</t>
+          <t>Küçük Beyaz Tavşan Yatağını Islatıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>160</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789751033772</t>
+          <t>9789751028228</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Uçan Şiirler</t>
+          <t>Küçük Beyaz Tavşan Trene Biniyor (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>70</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789751033659</t>
+          <t>9789751028235</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Balığım Şiir Yazdı (Ciltli)</t>
+          <t>Küçük Beyaz Tavşan Öfkeli!</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>25</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789751034755</t>
+          <t>9789751028198</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>3D Uçsuz Uzay</t>
+          <t>Küçük Beyaz Tavşan Havuzda</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>70</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789751034748</t>
+          <t>9789751028204</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>3D Kayıp Dinozorlar</t>
+          <t>Küçük Beyaz Tavşan Dedesiyle Ninesini Ziyaret Ediyor</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>70</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789751034731</t>
+          <t>9789751028181</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>3D Derin Denizler</t>
+          <t>Küçük Beyaz Tavşan Dağda (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>70</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789751033475</t>
+          <t>9789751026675</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Violet Mackerel'in - Küçük Süprizler Teorisi</t>
+          <t>Kutuplar (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>50</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789751033482</t>
+          <t>9789751028990</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Violet Mackerel'in - Küçük Mucizeler Teorisi</t>
+          <t>Korku Mağarası (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>50</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259755359</t>
+          <t>9789751027085</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kusur-suz</t>
+          <t>Komutan Nova’nın Uzay Üssü</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>265</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259755342</t>
+          <t>9789751022677</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sıkıntıdan Patlayan Balon</t>
+          <t>Kızıl Korsan’ın Hazinesi Tenten’in Maceraları 11</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>330</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259755328</t>
+          <t>9789751021670</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Görev Beni Çağırıyor O İş Bende !</t>
+          <t>Kırık Kulak Tenten’in Maceraları 5</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>265</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259755304</t>
+          <t>9789751027108</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Masal Denizi Balıkçısı</t>
+          <t>Kaptan Sivrisakal’ın Korkusuz Korsan Gemisi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259463070</t>
+          <t>9789751028945</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Masal Denizinde Bir Şişe</t>
+          <t>Kabak Perisi (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259463094</t>
+          <t>9789751026040</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Masal Denizindeki Kayıp Balık</t>
+          <t>Kastafiore’nin Mücevherleri  Tenten’in Maceraları</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259755311</t>
+          <t>9789751024756</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Masaldaki Karga</t>
+          <t>Tenten'in Maceraları Hedef Ay</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259463087</t>
+          <t>9789751027092</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Masaldaki Çocuk</t>
+          <t>Hayaletli Şato</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786053820062</t>
+          <t>9789751026224</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Vücudum - Muhteşem 3 Boyutlu ve Hareketli İnsan Vücudu Kitabı (Ciltli)</t>
+          <t>Hareketler</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>170</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789751039378</t>
+          <t>9789751029171</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Koca Ayaklı Sindirella</t>
+          <t>Taşlı Yol</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>330</v>
+        <v>20</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789751031532</t>
+          <t>9789751029164</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Satranç</t>
+          <t>Deri ve Kemik</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>125</v>
+        <v>20</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789751029379</t>
+          <t>9789751029157</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Telefonda Nasıl Davranmalıyız - 5</t>
+          <t>Hardy Kardeşler - 3</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>265</v>
+        <v>20</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789751031129</t>
+          <t>9789751029140</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Resimli İlk Hayvan Atlasım (Ciltli)</t>
+          <t>Hardy Kardeşler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>170</v>
+        <v>20</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789751028754</t>
+          <t>9789751029133</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Prenses 4 - Cömert Zeynep (Ciltli)</t>
+          <t>Potadaki Sabotaj</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>85</v>
+        <v>20</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789751028723</t>
+          <t>9789751023438</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Prenses 1 - Cesur Zeynep (Ciltli)</t>
+          <t>Güneş Mabedi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>95</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789751027443</t>
+          <t>9789751029492</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Mıknatıslı Garajım (Ciltli)</t>
+          <t>Gönül Bağı Olmadan - Dedektif Nancy Drew’un Maceraları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>230</v>
+        <v>26</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786053820109</t>
+          <t>9789751020826</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Melis’in Kardeşi Oluyor</t>
+          <t>Firavun’un Puroları</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>300</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786053820123</t>
+          <t>9789751029089</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Melis Okul Öğretmeni</t>
+          <t>Ejder Gözü - 2 / Gölge</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>300</v>
+        <v>74</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789751026866</t>
+          <t>9789751026644</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Larousse İnsan Vücudu Atlası (Ciltli)</t>
+          <t>Dinozorlar (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>170</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786053820048</t>
+          <t>9789751026668</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Koyun Russell</t>
+          <t>Denizler (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>320</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789751030115</t>
+          <t>9789751029898</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Klasik Mitoloji</t>
+          <t>Çocuk</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>310</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789751029539</t>
+          <t>9789751028976</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kıvırcık Kiraz 1. Kitap: Anne Çişim Geldi</t>
+          <t>Çayır Korsanları (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>240</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789751030481</t>
+          <t>9789751028983</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kaşifler ve Keşifleri</t>
+          <t>Büyülü Etek (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>400</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786053820178</t>
+          <t>9789751028938</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İnsan Vücudu (Ciltli)</t>
+          <t>Büyücü (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>170</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789751032294</t>
+          <t>9789751026170</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İlyada (Gençler İçin)</t>
+          <t>Bebek Oyunları</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>110</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789751027023</t>
+          <t>9789751026774</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İlk Ansiklopedim Larousse Nasıl? (Ciltli)</t>
+          <t>Bebek Koala Küçük Orkestra (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>340</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789751026712</t>
+          <t>9789751026880</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İlk Ansiklopedim Larousse Nasıl Yapılır? (Ciltli)</t>
+          <t>Bebek Koala Banyoda (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>230</v>
+        <v>18</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789751027047</t>
+          <t>9789751026187</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İlk Ansiklopedim Larousse Gezegenimiz</t>
+          <t>Bebek Duyuları</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>310</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789751027252</t>
+          <t>9789751024954</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Herkes Özgür Doğar (Ciltli)</t>
+          <t>Ay’a Ayak Basıldı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>145</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789751030948</t>
+          <t>9789751025791</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlarla Saklambaç 2</t>
+          <t>Ambardaki Kömür Tenten’in Maceraları</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>140</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789751030931</t>
+          <t>9789751028587</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlarla Saklambaç</t>
+          <t>Action Man (Mavi) Boyama Kitabı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>140</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789751027368</t>
+          <t>9789751028594</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Dünya Çocukları Tanışıyor</t>
+          <t>Action Man (Kahverengi) Boyama Kitabı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>375</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789751033307</t>
+          <t>9789751022684</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 17 - Çok Sinirliyim!</t>
+          <t>7 Kristal Küre Tenten’in Maceraları 12</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>330</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789751032065</t>
+          <t>9789751022097</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Tenten’in Maceraları Kara Ada</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>160</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789751032898</t>
+          <t>9789751022653</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimin İlk Kelimeleri</t>
+          <t>Esrarengiz Yıldız Tenten’in Maceraları 9</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>350</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789751032775</t>
+          <t>9789751033765</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimin Günlüğü (Ciltli)</t>
+          <t>Biri Uzaylımı Dedi ? - Fantastik Galaksiler Serisi - 1</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>310</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789751032799</t>
+          <t>9789751029058</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimin Günlüğü (Ciltli)</t>
+          <t>Tenten'in Maceraları Tenten Rusya'da</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>180</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789751030290</t>
+          <t>9789751032850</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Atherton 2 - Ateşten Nehirler</t>
+          <t>Tenten'in Maceraları (İkinci 6 Macera)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>120</v>
+        <v>69.44</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789751029195</t>
+          <t>9789751032881</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Atherton 1- Kudret Evi</t>
+          <t>TenTen'in Maceraları Dördüncü 6 Macera (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>100</v>
+        <v>69.44</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789751031426</t>
+          <t>9789751032874</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan Tapınakları</t>
+          <t>TenTen'in Maceraları Üçüncü 6 Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>170</v>
+        <v>69.44</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789751029324</t>
+          <t>9789751033499</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>English Short Story Series 4</t>
+          <t>Violet Mackerel'in - Küçük Hazineler Teorisi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>560</v>
+        <v>31</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789751029294</t>
+          <t>9789751034830</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>English Short Story Series  1</t>
+          <t>Esrarengiz Duman</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>560</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789751033178</t>
+          <t>9789751035905</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Dıştan İçe İnsan Vücudu (Ciltli)</t>
+          <t>Çılgın Uzay Planı Fantastik Galaksi Serisi - 3</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>310</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789751035417</t>
+          <t>9789751034076</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>İzini Arayan Salyangoz</t>
+          <t>Yine Mi Uzaylı Fantastik Galaksi Serisi 2</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>245</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789751034366</t>
+          <t>9789751032867</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Let's Play and Learn</t>
+          <t>Tentenin Maceraları İlk 6 Macera (Kutulu)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>95</v>
+        <v>69.44</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789751034571</t>
+          <t>9789751022646</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Denizler Pop - Up</t>
+          <t>Altın Kıskaçlı Yengeç Tenten’in Maceraları 8</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>385</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789751034373</t>
+          <t>9789751028600</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Balerin Olacağım (Ciltli)</t>
+          <t>Action Man Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>145</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789751034618</t>
+          <t>9789751028617</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Safari</t>
+          <t>Action Man Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>285</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789751034595</t>
+          <t>9789751028570</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar</t>
+          <t>Action Man (Yeşil) Boyama Kitabı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>230</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789751034601</t>
+          <t>9789751028563</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Okyanus</t>
+          <t>Action Man (Sarı) Boyama Kitabı</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>285</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789751033819</t>
+          <t>9789751029485</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>My First Words 2</t>
+          <t>Binicilik Kulübünde Olay - Dedektif Nancy Drew’ın Maceraları</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>200</v>
+        <v>26</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789751026682</t>
+          <t>9789751028303</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Böcekler (Ciltli)</t>
+          <t>My Little Pony - 2 - Gökkuşağı Prensesi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>255</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789751029331</t>
+          <t>9789751028297</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Okulda Nasıl Davranmalıyız?</t>
+          <t>My Little Pony - 1 - Muhteşem Bir Doğum Günü</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>265</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789751029348</t>
+          <t>9789751028310</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Oyun Bahçesinde Nasıl Davranmalıyız - 2</t>
+          <t>My Little Ponny Boyama Kitabı - Pembe</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>240</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786259463056</t>
+          <t>9789751028549</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Fil Fikri, Nereden Buldun Bu Fikri?</t>
+          <t>My Little Ponny Boyama Kitabı - Mavi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>400</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786259463049</t>
+          <t>9789751028556</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Çevre ve Ekoloji Serisi 6 - Biyolojik Çeşitlilik</t>
+          <t>My Little Ponny Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>320</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786259463032</t>
+          <t>9786053820024</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Çevre ve Ekoloji Serisi 5 - Bilinçli Tüketim ve Enerji Tasarrufu</t>
+          <t>Ormandaki Dostlar - Topkuyruk ile Boyama Yapalım</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>320</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786259463025</t>
+          <t>9786053820154</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Çevre ve Ekoloji Serisi 4 - Çevre kirliliği</t>
+          <t>Ormandaki Dostlar Oyun ve Boyama (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>320</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786259463018</t>
+          <t>9786053820017</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Çevre ve Ekoloji Serisi 3 - Habitat</t>
+          <t>Ormandaki Dostlar Oyun Kitabı</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>320</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786259463001</t>
+          <t>9786053820000</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Çevre ve Ekoloji Serisi 2 - Geri Dönüşüm</t>
+          <t>Ormandaki Dostlar Boyama Kitabı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>320</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786050620795</t>
+          <t>9789751022639</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Çevre ve Ekoloji Serisi 1 - Çöp Değil Kompost</t>
+          <t>Tenten'in Maceraları Ottokarın Asası</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>320</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789751039361</t>
+          <t>9789751026699</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İstilacı Hansel ve Gretel</t>
+          <t>Ormanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>330</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789751038180</t>
+          <t>9789751028242</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 30 - Söz Dinlemekten Sıkıldım!</t>
+          <t>My Little Ponny Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>330</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789751030184</t>
+          <t>9789751028525</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 7 - Okula Gitmek İstemiyorum!</t>
+          <t>My Little Ponny Boyama Kitabı - Turuncu</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>330</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786050620788</t>
+          <t>9786259755373</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Benim Saçlarım Neden Turuncu? (Ciltli)</t>
+          <t>Bir Fil Gibi Sessiz</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789751029072</t>
+          <t>9786259598642</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Müze Köşk, Evim</t>
+          <t>Miyav Ben Geldim!</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>265</v>
+        <v>240</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789751045928</t>
+          <t>9786259646220</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Hayvanlar</t>
+          <t>Haydi! Hemen! Şimdi!</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789751045911</t>
+          <t>9786259755397</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Eşyalar</t>
+          <t>Mindfulness ile Öğreniyorum Mükemmelliyetçilik</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>375</v>
+        <v>385</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789751045904</t>
+          <t>9786259646282</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Bitkiler</t>
+          <t>Satranç ve Hayatı Değiştiren Sihri</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>375</v>
+        <v>280</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789751044716</t>
+          <t>9786259646299</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Minik Gözyaşı Damlası</t>
+          <t>Gökyüzüne Kadar</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>295</v>
+        <v>270</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789751043337</t>
+          <t>9786259598666</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Dünya Harikaları</t>
+          <t>Lorenzo’nun Aynası</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>730</v>
+        <v>240</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786050620764</t>
+          <t>9786259725024</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Aslan ve Genç Aslan</t>
+          <t>Arkadaşlığımızın Son Günü</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>265</v>
+        <v>240</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789751043306</t>
+          <t>9786259755335</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>İnsan Vücudu</t>
+          <t>İnsanlar Diyarı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>615</v>
+        <v>270</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786050620726</t>
+          <t>9786259646237</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Çilek Yiyen Salyangoz</t>
+          <t>Ben Bir Dahi Değilim - Leonardo Da Vincinin Gizemli Tablosu</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786050620740</t>
+          <t>9786259725093</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Levha</t>
+          <t>Her Şeye Evet Diyen Tavşan</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786050620757</t>
+          <t>9786259725031</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Sınıfta Temizlik Zamanı</t>
+          <t>Hayaletler Kapıyı Çalmaz</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786050620733</t>
+          <t>9789751048769</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Gürültü Yapmadan Eğlenebilmek</t>
+          <t>Kızaran Elmalar</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>400</v>
+        <v>330</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786050620719</t>
+          <t>9786259598604</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Bozuk Tablet</t>
+          <t>Hiç Düşündün Mü? Sevgi Nedir?</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>400</v>
+        <v>245</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789751043108</t>
+          <t>9786259598611</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kuş</t>
+          <t>Hiç Düşündün Mü? Korku Nedir?</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>265</v>
+        <v>245</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789751043122</t>
+          <t>9786259725086</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Yapabilirsin Dostum</t>
+          <t>Nedir Bu Sürdürülebilirlik Hikayesi?</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>265</v>
+        <v>220</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789751043115</t>
+          <t>9789751028761</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kurabiye Ormanı</t>
+          <t>Mükemmel Prenses 3 - Temiz Zeynep (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>265</v>
+        <v>180</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789751041715</t>
+          <t>9789751030030</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Robot Edi</t>
+          <t>İcatlar Atlası</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>255</v>
+        <v>625</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789751041692</t>
+          <t>9786058037564</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Kızı</t>
+          <t>Yeşil Sahanın Özgür Kızı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>245</v>
+        <v>360</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786058037557</t>
+          <t>9789751039781</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Uçan Tekerlekli Sandalye</t>
+          <t>Yavru Ayı Fanfan</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>360</v>
+        <v>285</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786058037588</t>
+          <t>9786259725000</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Renkli Yumurtalar</t>
+          <t>Hiç Düşündün Mü? Üzüntü ve Yas Nedir?</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>360</v>
+        <v>245</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786058037571</t>
+          <t>9786259755380</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Yaşlılar Haftası</t>
+          <t>Hiç Düşündün Mü? Atılganlık Nedir?</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>360</v>
+        <v>245</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786058037595</t>
+          <t>9786259725017</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Herkese Eşit Kurabiye</t>
+          <t>Mindfulness ile Öğreniyorum - Zorbalık</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>360</v>
+        <v>385</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786050620702</t>
+          <t>9786259755366</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Hastalık</t>
+          <t>Mindfulness ile Öğreniyorum - Sabırsızlık</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>330</v>
+        <v>385</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789751040763</t>
+          <t>9789751025401</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Ayrı Topraklarda Aynı Gökyüzü Altında - Sıra Dışı Durumlar Serisi 4</t>
+          <t>Turnesol Olayı Tenten’in Maceraları</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>330</v>
+        <v>40</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786058037526</t>
+          <t>9789751027887</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Depremde Kendimizi Nasıl Koruruz? - Sıra Dışı Durumlar Serisi 2</t>
+          <t>Tenten ve Alf-Art</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>330</v>
+        <v>125</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786058037540</t>
+          <t>9789751026217</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Elektrik Var! - Sıra Dışı Durumlar Serisi 3</t>
+          <t>Şekilleri Seviyorum</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>330</v>
+        <v>135</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786058037533</t>
+          <t>9789751027399</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Ateşin Yaramaz Akrabası Yangın - Sıra Dışı Durumlar Serisi 1</t>
+          <t>Ormandaki Dostlar - Sevgililer Ayrılıyor</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>330</v>
+        <v>15</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789751040176</t>
+          <t>9789751029478</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Emoji Güncesi</t>
+          <t>Everglades’te Kaybolan Kız - Dedektif Nancy Drew’ın Maceraları</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>215</v>
+        <v>55</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786058037519</t>
+          <t>9789751030429</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Duygu Navigasyonu</t>
+          <t>Ejder Gözü - 3 / Uzun Diş</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>215</v>
+        <v>110</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786058037502</t>
+          <t>9789751029041</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Sıkılma Listele</t>
+          <t>Ejder Gözü - 1 / Ateş Fırtınası</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789751039545</t>
+          <t>9789751032249</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Denizkızı Derina</t>
+          <t>Dedektifler Dosyası</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>285</v>
+        <v>160</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789751039217</t>
+          <t>9789751033772</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bulut Pofini</t>
+          <t>Uçan Şiirler</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>295</v>
+        <v>70</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789751039354</t>
+          <t>9789751033659</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Bitli Rapunzel</t>
+          <t>Balığım Şiir Yazdı (Ciltli)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>330</v>
+        <v>25</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789751038852</t>
+          <t>9789751034755</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Renkler - Kedi Ponçik'in Sevdikleri</t>
+          <t>3D Uçsuz Uzay</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>215</v>
+        <v>70</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789751038845</t>
+          <t>9789751034748</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Şekiller - Kedi Ponçik'in Bir Günü</t>
+          <t>3D Kayıp Dinozorlar</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>215</v>
+        <v>70</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789751038876</t>
+          <t>9789751034731</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Davetsiz Misafir Rehberi</t>
+          <t>3D Derin Denizler</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>245</v>
+        <v>70</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789751038838</t>
+          <t>9789751033475</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Sayılar - Kedi Ponçik'in 10 Hali</t>
+          <t>Violet Mackerel'in - Küçük Süprizler Teorisi</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>215</v>
+        <v>50</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789751038869</t>
+          <t>9789751033482</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Zıtlıklar - Kedi Ponçik'le Kedi Olma Kuralları</t>
+          <t>Violet Mackerel'in - Küçük Mucizeler Teorisi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>180</v>
+        <v>50</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789751038562</t>
+          <t>9786259755359</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>İlk Takvimim</t>
+          <t>Kusur-suz</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>295</v>
+        <v>265</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789751038555</t>
+          <t>9786259755342</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Hayatımda Böyle Bir Şey Görmedim! - Teo’nun Hayatı 2</t>
+          <t>Sıkıntıdan Patlayan Balon</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>245</v>
+        <v>330</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789751038548</t>
+          <t>9786259755328</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Ben Neyi Unutmayacaktım - Teo’nun Hayatı 1</t>
+          <t>Görev Beni Çağırıyor O İş Bende !</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>245</v>
+        <v>265</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789751038579</t>
+          <t>9786259755304</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Biri Korkunç Mu Dedi? - Teo’nun Hayatı 3</t>
+          <t>Masal Denizi Balıkçısı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>245</v>
+        <v>200</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789751038135</t>
+          <t>9786259463070</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Topluca Gidiyoruz</t>
+          <t>Masal Denizinde Bir Şişe</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>255</v>
+        <v>200</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789751038128</t>
+          <t>9786259463094</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Maç Kaç Kaç?</t>
+          <t>Masal Denizindeki Kayıp Balık</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>255</v>
+        <v>200</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789751038104</t>
+          <t>9786259755311</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Çözüm Bende!</t>
+          <t>Masaldaki Karga</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>255</v>
+        <v>200</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789751038098</t>
+          <t>9786259463087</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Canım Arkadaşım</t>
+          <t>Masaldaki Çocuk</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>255</v>
+        <v>200</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789751038111</t>
+          <t>9786053820062</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Bendeki Şans!</t>
+          <t>Vücudum - Muhteşem 3 Boyutlu ve Hareketli İnsan Vücudu Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>255</v>
+        <v>170</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789751038081</t>
+          <t>9789751039378</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Aloo!</t>
+          <t>Koca Ayaklı Sindirella</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>255</v>
+        <v>330</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789751038142</t>
+          <t>9789751031532</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 26 - Kitap Okumayı Sevmeyen Çocuk</t>
+          <t>Yeni Başlayanlar İçin Satranç</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>330</v>
+        <v>125</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789751038197</t>
+          <t>9789751029379</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 31 - İzinsiz Alma!</t>
+          <t>Telefonda Nasıl Davranmalıyız - 5</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>330</v>
+        <v>265</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789751038166</t>
+          <t>9789751031129</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 29 - Lütfen Dalga Geçme!</t>
+          <t>Resimli İlk Hayvan Atlasım (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>330</v>
+        <v>170</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789751038173</t>
+          <t>9789751028754</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 28 - Pasaklı Pembe'nin Muhteşem Dönüşü</t>
+          <t>Mükemmel Prenses 4 - Cömert Zeynep (Ciltli)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>330</v>
+        <v>85</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789751037954</t>
+          <t>9789751028723</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Eyvah, Hırsız!</t>
+          <t>Mükemmel Prenses 1 - Cesur Zeynep (Ciltli)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>255</v>
+        <v>95</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789751037961</t>
+          <t>9789751027443</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Kaç Kaç Trafik!</t>
+          <t>Mıknatıslı Garajım (Ciltli)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>255</v>
+        <v>230</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789751037947</t>
+          <t>9786053820109</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Ne Olmuş Ne Olmuş!</t>
+          <t>Melis’in Kardeşi Oluyor</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>255</v>
+        <v>300</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789751037930</t>
+          <t>9786053820123</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Huu, Komşu Komşu!</t>
+          <t>Melis Okul Öğretmeni</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>255</v>
+        <v>300</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789751037923</t>
+          <t>9789751026866</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Tüketmem Kendimi</t>
+          <t>Larousse İnsan Vücudu Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>255</v>
+        <v>170</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789751037916</t>
+          <t>9786053820048</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>İki Gözüm Ali</t>
+          <t>Koyun Russell</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>255</v>
+        <v>320</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789751038159</t>
+          <t>9789751030115</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 32 - Kendimi Korurum!</t>
+          <t>Klasik Mitoloji</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>330</v>
+        <v>310</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789751038203</t>
+          <t>9789751029539</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 27 - Telefon İstiyorum!</t>
+          <t>Kıvırcık Kiraz 1. Kitap: Anne Çişim Geldi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>330</v>
+        <v>240</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789751037626</t>
+          <t>9789751030481</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kırkayak</t>
+          <t>Kaşifler ve Keşifleri</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>255</v>
+        <v>400</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789751037305</t>
+          <t>9786053820178</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kurdele Mavi Papyon 1 - Kırmızı Kurdele'nin Yeşil Ayağı</t>
+          <t>İnsan Vücudu (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>135</v>
+        <v>170</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789751037312</t>
+          <t>9789751032294</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kurdele Mavi Papyon 2 - Pijama Partisi</t>
+          <t>İlyada (Gençler İçin)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>135</v>
+        <v>110</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789751037329</t>
+          <t>9789751027023</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kurdele Mavi Papyon 3 - Küstüm</t>
+          <t>İlk Ansiklopedim Larousse Nasıl? (Ciltli)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>135</v>
+        <v>340</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789751037336</t>
+          <t>9789751026712</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kurdele Mavi Papyon 4 - Hayaletler Nelerden Korkar?</t>
+          <t>İlk Ansiklopedim Larousse Nasıl Yapılır? (Ciltli)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>135</v>
+        <v>230</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789751037039</t>
+          <t>9789751027047</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Uykusu Kaçan Minik Fare Milo</t>
+          <t>İlk Ansiklopedim Larousse Gezegenimiz</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>255</v>
+        <v>310</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789751037053</t>
+          <t>9789751027252</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Milo'nun Yıldıztozu Kumbarası</t>
+          <t>Herkes Özgür Doğar (Ciltli)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>255</v>
+        <v>145</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789751037046</t>
+          <t>9789751030948</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Milo'nun Fotoğraf Makinesi</t>
+          <t>Hayvanlarla Saklambaç 2</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>255</v>
+        <v>140</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789751037015</t>
+          <t>9789751030931</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Doğum Günü</t>
+          <t>Hayvanlarla Saklambaç</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>255</v>
+        <v>140</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789751037022</t>
+          <t>9789751027368</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Milo'nun Kahvaltısı</t>
+          <t>Dünya Çocukları Tanışıyor</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>255</v>
+        <v>375</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789751035851</t>
+          <t>9789751033307</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Prenses 4 - Cömert Zeynep (Ciltsiz)</t>
+          <t>Pedagojik Öyküler Dizisi 17 - Çok Sinirliyim!</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>95</v>
+        <v>330</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789751036940</t>
+          <t>9789751032065</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Uzay Atlası</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>625</v>
+        <v>160</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789751036971</t>
+          <t>9789751032898</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Jane’in Battaniyesi</t>
+          <t>Bebeğimin İlk Kelimeleri</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>455</v>
+        <v>350</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789751036919</t>
+          <t>9789751032775</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Dünya Atlası</t>
+          <t>Bebeğimin Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>625</v>
+        <v>310</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789751036926</t>
+          <t>9789751032799</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Meslekler Atlası</t>
+          <t>Bebeğimin Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>625</v>
+        <v>180</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789751036933</t>
+          <t>9789751030290</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Tarih Atlası</t>
+          <t>Atherton 2 - Ateşten Nehirler</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>625</v>
+        <v>120</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789751036759</t>
+          <t>9789751029195</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Atherton 1- Kudret Evi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>245</v>
+        <v>100</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789751036728</t>
+          <t>9789751031426</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Bebek Koala Bahçede</t>
+          <t>Antik Yunan Tapınakları</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>215</v>
+        <v>170</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789751033802</t>
+          <t>9789751029324</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>My First Words 1</t>
+          <t>English Short Story Series 4</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>265</v>
+        <v>560</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789751035752</t>
+          <t>9789751029294</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Prenses 1 - Cesur Zeynep (Ciltsiz)</t>
+          <t>English Short Story Series  1</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>95</v>
+        <v>560</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789751034649</t>
+          <t>9789751033178</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 23 - Annem ile Babamın Yatağı En Rahatı!</t>
+          <t>Dıştan İçe İnsan Vücudu (Ciltli)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>330</v>
+        <v>375</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789751034496</t>
+          <t>9789751035417</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 20 - Çok Utanıyorum!</t>
+          <t>İzini Arayan Salyangoz</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>330</v>
+        <v>245</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789751035875</t>
+          <t>9789751034366</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Bebek Koala - Banyoda</t>
+          <t>Let's Play and Learn</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>215</v>
+        <v>95</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789751036407</t>
+          <t>9789751034571</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 25 - Bu Beden Benim!</t>
+          <t>Denizler Pop - Up</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>330</v>
+        <v>385</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789751036391</t>
+          <t>9789751034373</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 24 - Fena Dağıttım!</t>
+          <t>Büyüyünce Balerin Olacağım (Ciltli)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>330</v>
+        <v>145</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789751035394</t>
+          <t>9789751034618</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Siyah Beyaz Hikaye</t>
+          <t>Safari</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>320</v>
+        <v>285</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789751035400</t>
+          <t>9789751034595</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Gıdıklanan Elma</t>
+          <t>Dinozorlar</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>245</v>
+        <v>230</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789751035578</t>
+          <t>9789751034601</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Minikler İçin Kısaltılmış Küçük Prens</t>
+          <t>Okyanus</t>
         </is>
       </c>
       <c r="C193" s="1">
         <v>285</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789751033826</t>
+          <t>9789751033819</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>My First Words 3</t>
+          <t>My First Words 2</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>265</v>
+        <v>200</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789751030283</t>
+          <t>9789751026682</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Çivi Çorbası</t>
+          <t>Böcekler (Ciltli)</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>330</v>
+        <v>255</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789751031402</t>
+          <t>9789751029331</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Camiler</t>
+          <t>Okulda Nasıl Davranmalıyız?</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>330</v>
+        <v>265</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789751034212</t>
+          <t>9789751029348</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Benim Güzel Ailem</t>
+          <t>Oyun Bahçesinde Nasıl Davranmalıyız - 2</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>255</v>
+        <v>240</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789751034489</t>
+          <t>9786259463056</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 19 - Ekrana Yapışan Çocuk</t>
+          <t>Fil Fikri, Nereden Buldun Bu Fikri?</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789751034632</t>
+          <t>9786259463049</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 22 - Uyumak İstemiyorum!</t>
+          <t>Çevre ve Ekoloji Serisi 6 - Biyolojik Çeşitlilik</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789751034502</t>
+          <t>9786259463032</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 21 - Farklılıkların Farkındayım!</t>
+          <t>Çevre ve Ekoloji Serisi 5 - Bilinçli Tüketim ve Enerji Tasarrufu</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789751033284</t>
+          <t>9786259463025</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 15 - İçimde Zıplayan Biri Var!</t>
+          <t>Çevre ve Ekoloji Serisi 4 - Çevre kirliliği</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789751030849</t>
+          <t>9786259463018</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Bir Aktivite</t>
+          <t>Çevre ve Ekoloji Serisi 3 - Habitat</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>125</v>
+        <v>320</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789751029362</t>
+          <t>9786259463001</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Sofrada Nasıl Davranmalıyız - 4</t>
+          <t>Çevre ve Ekoloji Serisi 2 - Geri Dönüşüm</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>265</v>
+        <v>320</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789751033277</t>
+          <t>9786050620795</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 14 - Sihirli Bir Kelime: Lütfen!</t>
+          <t>Çevre ve Ekoloji Serisi 1 - Çöp Değil Kompost</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789751029386</t>
+          <t>9789751039361</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Servis Aracında Nasıl Davranmalıyız - 6</t>
+          <t>İstilacı Hansel ve Gretel</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>265</v>
+        <v>330</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789751027351</t>
+          <t>9789751038180</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Semih ve Balat’ın Bulutu</t>
+          <t>Pedagojik Öyküler Dizisi 30 - Söz Dinlemekten Sıkıldım!</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>245</v>
+        <v>330</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789751030054</t>
+          <t>9789751030184</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Sanat Atlası</t>
+          <t>Pedagojik Öyküler Dizisi 7 - Okula Gitmek İstemiyorum!</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>625</v>
+        <v>330</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789751029515</t>
+          <t>9786050620788</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kıvırcık Kiraz 4. Kitap: Lütfen Dersen</t>
+          <t>Benim Saçlarım Neden Turuncu? (Ciltli)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>265</v>
+        <v>320</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789751029508</t>
+          <t>9789751029072</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Kıvırcık Kiraz 3. Kitap: Küçük Bir Özür</t>
+          <t>Müze Köşk, Evim</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>265</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789751029522</t>
+          <t>9789751045928</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Kıvırcık Kiraz 2. Kitap: Kocaman Bir Teşekkür</t>
+          <t>Muhteşem Hayvanlar</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>265</v>
+        <v>375</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789751028433</t>
+          <t>9789751045911</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Ay’a Yolculuk</t>
+          <t>Muhteşem Eşyalar</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>295</v>
+        <v>375</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789751033130</t>
+          <t>9789751045904</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>En Sevdiğim Oyun</t>
+          <t>Muhteşem Bitkiler</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789751033123</t>
+          <t>9789751044716</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>En Sevdiğim Arkadaşım</t>
+          <t>Minik Gözyaşı Damlası</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>200</v>
+        <v>295</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789751029751</t>
+          <t>9789751043337</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Ekosistem 5. Kitap: Ormanlar</t>
+          <t>Dünya Harikaları</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>265</v>
+        <v>730</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789751029737</t>
+          <t>9786050620764</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Ekosistem 4. Kitap: Okyanuslar</t>
+          <t>Yaşlı Aslan ve Genç Aslan</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>265</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789751029744</t>
+          <t>9789751043306</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Ekosistem 3. Kitap: Bataklıklar</t>
+          <t>İnsan Vücudu</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>265</v>
+        <v>615</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789751029713</t>
+          <t>9786050620726</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Ekosistem 2. Kitap: Çayırlar</t>
+          <t>Çilek Yiyen Salyangoz</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>265</v>
+        <v>400</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789751029720</t>
+          <t>9786050620740</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Ekosistem 1. Kitap: Çöller</t>
+          <t>Kayıp Levha</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>265</v>
+        <v>400</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789751030023</t>
+          <t>9786050620757</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Müzik Atlası</t>
+          <t>Sınıfta Temizlik Zamanı</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>530</v>
+        <v>400</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789751028730</t>
+          <t>9786050620733</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Prenses 6 - Kibar Zeynep (Ciltli)</t>
+          <t>Gürültü Yapmadan Eğlenebilmek</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789751028716</t>
+          <t>9786050620719</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Prenses 5 - Dürüst Zeynep (Ciltli)</t>
+          <t>Bozuk Tablet</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789751028747</t>
+          <t>9789751043108</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Prenses 2 - Uslu Zeynep (Ciltli)</t>
+          <t>Mavi Kuş</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>180</v>
+        <v>265</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789751033734</t>
+          <t>9789751043122</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Nedir? - Felsefe Dedektifi Serisi 3</t>
+          <t>Yapabilirsin Dostum</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>190</v>
+        <v>265</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789751033741</t>
+          <t>9789751043115</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Nedir? - Felsefe Dedektifi Serisi 4</t>
+          <t>Kurabiye Ormanı</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>190</v>
+        <v>265</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789751033758</t>
+          <t>9789751041715</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Nedir? - Felsefe Dedektifi Serisi 5</t>
+          <t>Akıllı Robot Edi</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>190</v>
+        <v>255</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789751033710</t>
+          <t>9789751041692</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim? - Felsefe Dedektifi Serisi 1</t>
+          <t>Gökyüzü Kızı</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>190</v>
+        <v>245</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789751033727</t>
+          <t>9786058037557</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Doğru ve Yanlış Nedir? - Felsefe Dedektifi Serisi 2</t>
+          <t>Uçan Tekerlekli Sandalye</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>190</v>
+        <v>360</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789751033291</t>
+          <t>9786058037588</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 16 - Ye Ye Bitmiyor!</t>
+          <t>Renkli Yumurtalar</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>330</v>
+        <v>360</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789751028440</t>
+          <t>9786058037571</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Uykusuz Bir Gece</t>
+          <t>Mutlu Yaşlılar Haftası</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>265</v>
+        <v>360</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789751031501</t>
+          <t>9786058037595</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Kuşları</t>
+          <t>Herkese Eşit Kurabiye</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>585</v>
+        <v>360</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789751029355</t>
+          <t>9786050620702</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Toplum İçinde Nasıl Davranmalıyız - 3</t>
+          <t>Hastalık</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>265</v>
+        <v>330</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789751030276</t>
+          <t>9789751040763</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Persephone</t>
+          <t>Ayrı Topraklarda Aynı Gökyüzü Altında - Sıra Dışı Durumlar Serisi 4</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>285</v>
+        <v>330</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789751031785</t>
+          <t>9786058037526</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 9 - Bamyadan Nefret Ediyorum</t>
+          <t>Depremde Kendimizi Nasıl Koruruz? - Sıra Dışı Durumlar Serisi 2</t>
         </is>
       </c>
       <c r="C233" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789751030191</t>
+          <t>9786058037540</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 8 - Temizlik Sağlıktır</t>
+          <t>Dikkat Elektrik Var! - Sıra Dışı Durumlar Serisi 3</t>
         </is>
       </c>
       <c r="C234" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789751030177</t>
+          <t>9786058037533</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 6 - Vitaminlerin Ziyareti</t>
+          <t>Ateşin Yaramaz Akrabası Yangın - Sıra Dışı Durumlar Serisi 1</t>
         </is>
       </c>
       <c r="C235" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789751030160</t>
+          <t>9789751040176</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 5 - Annem ve Babamla Aramıza Girme!</t>
+          <t>Emoji Güncesi</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>330</v>
+        <v>215</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789751030153</t>
+          <t>9786058037519</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 4 - Bebekler, Kahramanlar ve Bezden Toplar</t>
+          <t>Duygu Navigasyonu</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>330</v>
+        <v>215</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789751030146</t>
+          <t>9786058037502</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 3 - Zeynep'in Düş Sandığı</t>
+          <t>Sıkılma Listele</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>330</v>
+        <v>160</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789751030139</t>
+          <t>9789751039545</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 2 - Yatağıma Yağmur Yağdı</t>
+          <t>Denizkızı Derina</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>330</v>
+        <v>285</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789751031822</t>
+          <t>9789751039217</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 13 - Matematikten Nefret Ediyorum!</t>
+          <t>Küçük Bulut Pofini</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>330</v>
+        <v>295</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789751031815</t>
+          <t>9789751039354</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 12 - Aşığım!</t>
+          <t>Bitli Rapunzel</t>
         </is>
       </c>
       <c r="C241" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789751031808</t>
+          <t>9789751038852</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 11 - Hain Bitler!</t>
+          <t>Renkler - Kedi Ponçik'in Sevdikleri</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>330</v>
+        <v>215</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789751031792</t>
+          <t>9789751038845</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 10 - Babam Taşınıyor</t>
+          <t>Şekiller - Kedi Ponçik'in Bir Günü</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>330</v>
+        <v>215</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789751030122</t>
+          <t>9789751038876</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 1 - Ayaklı Şeker Kavanozu</t>
+          <t>Davetsiz Misafir Rehberi</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>330</v>
+        <v>245</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789751032300</t>
+          <t>9789751038838</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Odysseia   (Gençler İçin)</t>
+          <t>Sayılar - Kedi Ponçik'in 10 Hali</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>110</v>
+        <v>215</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789751032928</t>
+          <t>9789751038869</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Çocuklara Mutlu Masallar (Ciltli)</t>
+          <t>Zıtlıklar - Kedi Ponçik'le Kedi Olma Kuralları</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>520</v>
+        <v>180</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789751032461</t>
+          <t>9789751038562</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Mutfak Cini</t>
+          <t>İlk Takvimim</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>255</v>
+        <v>295</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786053820147</t>
+          <t>9789751038555</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Melis’in Doğum Günü</t>
+          <t>Hayatımda Böyle Bir Şey Görmedim! - Teo’nun Hayatı 2</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>330</v>
+        <v>245</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786053820130</t>
+          <t>9789751038548</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Melis’in Çılgın Gecesi</t>
+          <t>Ben Neyi Unutmayacaktım - Teo’nun Hayatı 1</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>330</v>
+        <v>245</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786053820116</t>
+          <t>9789751038579</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Melis ve Saçmalıklar</t>
+          <t>Biri Korkunç Mu Dedi? - Teo’nun Hayatı 3</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>330</v>
+        <v>245</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789751032492</t>
+          <t>9789751038135</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Küçük P’ink ve Büyük Dünyası</t>
+          <t>Topluca Gidiyoruz</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>285</v>
+        <v>255</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789751031587</t>
+          <t>9789751038128</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Kral ve Tohum</t>
+          <t>Maç Kaç Kaç?</t>
         </is>
       </c>
       <c r="C252" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786053820055</t>
+          <t>9789751038104</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Koyun Russell ve Kayıp Hazine</t>
+          <t>Çözüm Bende!</t>
         </is>
       </c>
       <c r="C253" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786053820161</t>
+          <t>9789751038098</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Korsanlar (Ciltli)</t>
+          <t>Canım Arkadaşım</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>265</v>
+        <v>255</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786053820192</t>
+          <t>9789751038111</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Koca Ayak</t>
+          <t>Bendeki Şans!</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>245</v>
+        <v>255</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789751031945</t>
+          <t>9789751038081</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Kaptan ile Miço’nun Mutfak Maceraları</t>
+          <t>Aloo!</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>680</v>
+        <v>255</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789751032515</t>
+          <t>9789751038142</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Kırmızıya Boyayan Çocuk</t>
+          <t>Pedagojik Öyküler Dizisi 26 - Kitap Okumayı Sevmeyen Çocuk</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>265</v>
+        <v>330</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789751029874</t>
+          <t>9789751038197</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Ağaçları</t>
+          <t>Pedagojik Öyküler Dizisi 31 - İzinsiz Alma!</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>510</v>
+        <v>330</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789751029317</t>
+          <t>9789751038166</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>English Short Story Series 3</t>
+          <t>Pedagojik Öyküler Dizisi 29 - Lütfen Dalga Geçme!</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>360</v>
+        <v>330</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789751029300</t>
+          <t>9789751038173</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>English Short Story Series</t>
+          <t>Pedagojik Öyküler Dizisi 28 - Pasaklı Pembe'nin Muhteşem Dönüşü</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>360</v>
+        <v>330</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789751033147</t>
+          <t>9789751037954</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>En Sevdiğim Oyuncağım</t>
+          <t>Eyvah, Hırsız!</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>200</v>
+        <v>255</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786053820185</t>
+          <t>9789751037961</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Dünyamız (Ciltli)</t>
+          <t>Kaç Kaç Trafik!</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>320</v>
+        <v>255</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789751030047</t>
+          <t>9789751037947</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Dünya Çocukları Atlası</t>
+          <t>Ne Olmuş Ne Olmuş!</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>625</v>
+        <v>255</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789751029683</t>
+          <t>9789751037930</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Darwin ile Yolculuk (Ciltli)</t>
+          <t>Huu, Komşu Komşu!</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>285</v>
+        <v>255</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789751031570</t>
+          <t>9789751037923</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Damdaki İnek</t>
+          <t>Tüketmem Kendimi</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>310</v>
+        <v>255</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789751031495</t>
+          <t>9789751037916</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin İngilizce Kelime Bankası (Resimli)</t>
+          <t>İki Gözüm Ali</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>215</v>
+        <v>255</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789751033314</t>
+          <t>9789751038159</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öyküler Dizisi 18 - Bütün Oyuncaklar Benim</t>
+          <t>Pedagojik Öyküler Dizisi 32 - Kendimi Korurum!</t>
         </is>
       </c>
       <c r="C267" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789751036834</t>
+          <t>9789751038203</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Bebek Koala Kayıp Oyuncak</t>
+          <t>Pedagojik Öyküler Dizisi 27 - Telefon İstiyorum!</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>215</v>
+        <v>330</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789751036858</t>
+          <t>9789751037626</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Bebek Koala Doğum Günü</t>
+          <t>Kırkayak</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>215</v>
+        <v>255</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789751036513</t>
+          <t>9789751037305</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Bebek Koala Çiftlikte</t>
+          <t>Kırmızı Kurdele Mavi Papyon 1 - Kırmızı Kurdele'nin Yeşil Ayağı</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>215</v>
+        <v>135</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789751036841</t>
+          <t>9789751037312</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Bebek Koala Anaokulunda</t>
+          <t>Kırmızı Kurdele Mavi Papyon 2 - Pijama Partisi</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>215</v>
+        <v>135</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789751036865</t>
+          <t>9789751037329</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Bebek Koala Akşam Yemeği</t>
+          <t>Kırmızı Kurdele Mavi Papyon 3 - Küstüm</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>215</v>
+        <v>135</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789751031297</t>
+          <t>9789751037336</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Ülkede Yaşasaydın</t>
+          <t>Kırmızı Kurdele Mavi Papyon 4 - Hayaletler Nelerden Korkar?</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>375</v>
+        <v>135</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789751031921</t>
+          <t>9789751037039</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Aşk Böceği</t>
+          <t>Uykusu Kaçan Minik Fare Milo</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>295</v>
+        <v>255</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789751029621</t>
+          <t>9789751037053</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Arda ile Paytak Uçakta 5. Kitap</t>
+          <t>Milo'nun Yıldıztozu Kumbarası</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>245</v>
+        <v>255</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789751029652</t>
+          <t>9789751037046</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Arda ile Paytak Okulda 6. Kitap</t>
+          <t>Milo'nun Fotoğraf Makinesi</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>245</v>
+        <v>255</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789751029645</t>
+          <t>9789751037015</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Arda ile Paytak Kek Yapıyor 4. Kitap</t>
+          <t>Mutlu Doğum Günü</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>245</v>
+        <v>255</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789751029676</t>
+          <t>9789751037022</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Arda ile Paytak Gezmeye Gidiyor 3. Kitap</t>
+          <t>Milo'nun Kahvaltısı</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>245</v>
+        <v>255</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789751029638</t>
+          <t>9789751035851</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Arda ile Paytak Banyoda 2. Kitap</t>
+          <t>Mükemmel Prenses 4 - Cömert Zeynep (Ciltsiz)</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>245</v>
+        <v>95</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789751029669</t>
+          <t>9789751036940</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Arda ile Paytak Arkadaş Arıyor 1. Kitap</t>
+          <t>Uzay Atlası</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>245</v>
+        <v>625</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789751030498</t>
+          <t>9789751036971</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Amansız Korsanlar - Dünyadaki En Ünlü 10 Korsan</t>
+          <t>Jane’in Battaniyesi</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>400</v>
+        <v>455</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
+          <t>9789751036919</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Atlası</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9789751036926</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>Meslekler Atlası</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9789751036933</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Atlası</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>9789751036759</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Kara Balık</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>9789751036728</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Bebek Koala Bahçede</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9789751033802</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>My First Words 1</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>9789751035752</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>Mükemmel Prenses 1 - Cesur Zeynep (Ciltsiz)</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>9789751034649</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>Pedagojik Öyküler Dizisi 23 - Annem ile Babamın Yatağı En Rahatı!</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>9789751034496</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>Pedagojik Öyküler Dizisi 20 - Çok Utanıyorum!</t>
+        </is>
+      </c>
+      <c r="C290" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>9789751035875</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>Bebek Koala - Banyoda</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9789751036407</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Pedagojik Öyküler Dizisi 25 - Bu Beden Benim!</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9789751036391</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Pedagojik Öyküler Dizisi 24 - Fena Dağıttım!</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9789751035394</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Siyah Beyaz Hikaye</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9789751035400</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>Gıdıklanan Elma</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9789751035578</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Minikler İçin Kısaltılmış Küçük Prens</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9789751033826</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>My First Words 3</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9789751030283</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Çivi Çorbası</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9789751031402</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Camiler</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9789751034212</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Benim Güzel Ailem</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9789751034489</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Pedagojik Öyküler Dizisi 19 - Ekrana Yapışan Çocuk</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9789751034632</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Pedagojik Öyküler Dizisi 22 - Uyumak İstemiyorum!</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9789751034502</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>Pedagojik Öyküler Dizisi 21 - Farklılıkların Farkındayım!</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9789751033284</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Pedagojik Öyküler Dizisi 15 - İçimde Zıplayan Biri Var!</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9789751030849</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Her Güne Bir Aktivite</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9789751029362</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Sofrada Nasıl Davranmalıyız - 4</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9789751033277</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Pedagojik Öyküler Dizisi 14 - Sihirli Bir Kelime: Lütfen!</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9789751029386</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Servis Aracında Nasıl Davranmalıyız - 6</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9789751027351</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Semih ve Balat’ın Bulutu</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9789751030054</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Sanat Atlası</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9789751029515</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Kıvırcık Kiraz 4. Kitap: Lütfen Dersen</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9789751029508</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Kıvırcık Kiraz 3. Kitap: Küçük Bir Özür</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9789751029522</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Kıvırcık Kiraz 2. Kitap: Kocaman Bir Teşekkür</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9789751028433</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>Ay’a Yolculuk</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9789751033130</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>En Sevdiğim Oyun</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9789751033123</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>En Sevdiğim Arkadaşım</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9789751029751</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>Ekosistem 5. Kitap: Ormanlar</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9789751029737</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>Ekosistem 4. Kitap: Okyanuslar</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9789751029744</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>Ekosistem 3. Kitap: Bataklıklar</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9789751029713</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Ekosistem 2. Kitap: Çayırlar</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>9789751029720</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>Ekosistem 1. Kitap: Çöller</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>9789751030023</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>Müzik Atlası</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9789751028730</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>Mükemmel Prenses 6 - Kibar Zeynep (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>9789751028716</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>Mükemmel Prenses 5 - Dürüst Zeynep (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>9789751028747</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>Mükemmel Prenses 2 - Uslu Zeynep (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9789751033734</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>Sevgi Nedir? - Felsefe Dedektifi Serisi 3</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>9789751033741</t>
+        </is>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>Mutluluk Nedir? - Felsefe Dedektifi Serisi 4</t>
+        </is>
+      </c>
+      <c r="C327" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>9789751033758</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>Özgürlük Nedir? - Felsefe Dedektifi Serisi 5</t>
+        </is>
+      </c>
+      <c r="C328" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>9789751033710</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>Ben Kimim? - Felsefe Dedektifi Serisi 1</t>
+        </is>
+      </c>
+      <c r="C329" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>9789751033727</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>Doğru ve Yanlış Nedir? - Felsefe Dedektifi Serisi 2</t>
+        </is>
+      </c>
+      <c r="C330" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>9789751033291</t>
+        </is>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t>Pedagojik Öyküler Dizisi 16 - Ye Ye Bitmiyor!</t>
+        </is>
+      </c>
+      <c r="C331" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>9789751028440</t>
+        </is>
+      </c>
+      <c r="B332" s="1" t="inlineStr">
+        <is>
+          <t>Uykusuz Bir Gece</t>
+        </is>
+      </c>
+      <c r="C332" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>9789751031501</t>
+        </is>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’nin Kuşları</t>
+        </is>
+      </c>
+      <c r="C333" s="1">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>9789751029355</t>
+        </is>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>Toplum İçinde Nasıl Davranmalıyız - 3</t>
+        </is>
+      </c>
+      <c r="C334" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>9789751030276</t>
+        </is>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>Persephone</t>
+        </is>
+      </c>
+      <c r="C335" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>9789751031785</t>
+        </is>
+      </c>
+      <c r="B336" s="1" t="inlineStr">
+        <is>
+          <t>Pedagojik Öyküler Dizisi 9 - Bamyadan Nefret Ediyorum</t>
+        </is>
+      </c>
+      <c r="C336" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>9789751030191</t>
+        </is>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t>Pedagojik Öyküler Dizisi 8 - Temizlik Sağlıktır</t>
+        </is>
+      </c>
+      <c r="C337" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>9789751030177</t>
+        </is>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>Pedagojik Öyküler Dizisi 6 - Vitaminlerin Ziyareti</t>
+        </is>
+      </c>
+      <c r="C338" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>9789751030160</t>
+        </is>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>Pedagojik Öyküler Dizisi 5 - Annem ve Babamla Aramıza Girme!</t>
+        </is>
+      </c>
+      <c r="C339" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>9789751030153</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>Pedagojik Öyküler Dizisi 4 - Bebekler, Kahramanlar ve Bezden Toplar</t>
+        </is>
+      </c>
+      <c r="C340" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>9789751030146</t>
+        </is>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>Pedagojik Öyküler Dizisi 3 - Zeynep'in Düş Sandığı</t>
+        </is>
+      </c>
+      <c r="C341" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>9789751030139</t>
+        </is>
+      </c>
+      <c r="B342" s="1" t="inlineStr">
+        <is>
+          <t>Pedagojik Öyküler Dizisi 2 - Yatağıma Yağmur Yağdı</t>
+        </is>
+      </c>
+      <c r="C342" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>9789751031822</t>
+        </is>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t>Pedagojik Öyküler Dizisi 13 - Matematikten Nefret Ediyorum!</t>
+        </is>
+      </c>
+      <c r="C343" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
+          <t>9789751031815</t>
+        </is>
+      </c>
+      <c r="B344" s="1" t="inlineStr">
+        <is>
+          <t>Pedagojik Öyküler Dizisi 12 - Aşığım!</t>
+        </is>
+      </c>
+      <c r="C344" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>9789751031808</t>
+        </is>
+      </c>
+      <c r="B345" s="1" t="inlineStr">
+        <is>
+          <t>Pedagojik Öyküler Dizisi 11 - Hain Bitler!</t>
+        </is>
+      </c>
+      <c r="C345" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>9789751031792</t>
+        </is>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t>Pedagojik Öyküler Dizisi 10 - Babam Taşınıyor</t>
+        </is>
+      </c>
+      <c r="C346" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
+          <t>9789751030122</t>
+        </is>
+      </c>
+      <c r="B347" s="1" t="inlineStr">
+        <is>
+          <t>Pedagojik Öyküler Dizisi 1 - Ayaklı Şeker Kavanozu</t>
+        </is>
+      </c>
+      <c r="C347" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>9789751032300</t>
+        </is>
+      </c>
+      <c r="B348" s="1" t="inlineStr">
+        <is>
+          <t>Odysseia   (Gençler İçin)</t>
+        </is>
+      </c>
+      <c r="C348" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>9789751032928</t>
+        </is>
+      </c>
+      <c r="B349" s="1" t="inlineStr">
+        <is>
+          <t>Mutlu Çocuklara Mutlu Masallar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C349" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>9789751032461</t>
+        </is>
+      </c>
+      <c r="B350" s="1" t="inlineStr">
+        <is>
+          <t>Mutfak Cini</t>
+        </is>
+      </c>
+      <c r="C350" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>9786053820147</t>
+        </is>
+      </c>
+      <c r="B351" s="1" t="inlineStr">
+        <is>
+          <t>Melis’in Doğum Günü</t>
+        </is>
+      </c>
+      <c r="C351" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>9786053820130</t>
+        </is>
+      </c>
+      <c r="B352" s="1" t="inlineStr">
+        <is>
+          <t>Melis’in Çılgın Gecesi</t>
+        </is>
+      </c>
+      <c r="C352" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
+          <t>9786053820116</t>
+        </is>
+      </c>
+      <c r="B353" s="1" t="inlineStr">
+        <is>
+          <t>Melis ve Saçmalıklar</t>
+        </is>
+      </c>
+      <c r="C353" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="354" spans="1:3">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
+          <t>9789751032492</t>
+        </is>
+      </c>
+      <c r="B354" s="1" t="inlineStr">
+        <is>
+          <t>Küçük P’ink ve Büyük Dünyası</t>
+        </is>
+      </c>
+      <c r="C354" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="355" spans="1:3">
+      <c r="A355" s="1" t="inlineStr">
+        <is>
+          <t>9789751031587</t>
+        </is>
+      </c>
+      <c r="B355" s="1" t="inlineStr">
+        <is>
+          <t>Kral ve Tohum</t>
+        </is>
+      </c>
+      <c r="C355" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="356" spans="1:3">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>9786053820055</t>
+        </is>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t>Koyun Russell ve Kayıp Hazine</t>
+        </is>
+      </c>
+      <c r="C356" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>9786053820161</t>
+        </is>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>Korsanlar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C357" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>9786053820192</t>
+        </is>
+      </c>
+      <c r="B358" s="1" t="inlineStr">
+        <is>
+          <t>Koca Ayak</t>
+        </is>
+      </c>
+      <c r="C358" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="359" spans="1:3">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>9789751031945</t>
+        </is>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t>Kaptan ile Miço’nun Mutfak Maceraları</t>
+        </is>
+      </c>
+      <c r="C359" s="1">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="360" spans="1:3">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
+          <t>9789751032515</t>
+        </is>
+      </c>
+      <c r="B360" s="1" t="inlineStr">
+        <is>
+          <t>Güneşi Kırmızıya Boyayan Çocuk</t>
+        </is>
+      </c>
+      <c r="C360" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="361" spans="1:3">
+      <c r="A361" s="1" t="inlineStr">
+        <is>
+          <t>9789751029874</t>
+        </is>
+      </c>
+      <c r="B361" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’nin Ağaçları</t>
+        </is>
+      </c>
+      <c r="C361" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="362" spans="1:3">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
+          <t>9789751029317</t>
+        </is>
+      </c>
+      <c r="B362" s="1" t="inlineStr">
+        <is>
+          <t>English Short Story Series 3</t>
+        </is>
+      </c>
+      <c r="C362" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="363" spans="1:3">
+      <c r="A363" s="1" t="inlineStr">
+        <is>
+          <t>9789751029300</t>
+        </is>
+      </c>
+      <c r="B363" s="1" t="inlineStr">
+        <is>
+          <t>English Short Story Series</t>
+        </is>
+      </c>
+      <c r="C363" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="364" spans="1:3">
+      <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t>9789751033147</t>
+        </is>
+      </c>
+      <c r="B364" s="1" t="inlineStr">
+        <is>
+          <t>En Sevdiğim Oyuncağım</t>
+        </is>
+      </c>
+      <c r="C364" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="365" spans="1:3">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t>9786053820185</t>
+        </is>
+      </c>
+      <c r="B365" s="1" t="inlineStr">
+        <is>
+          <t>Dünyamız (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C365" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="366" spans="1:3">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t>9789751030047</t>
+        </is>
+      </c>
+      <c r="B366" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Çocukları Atlası</t>
+        </is>
+      </c>
+      <c r="C366" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="367" spans="1:3">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t>9789751029683</t>
+        </is>
+      </c>
+      <c r="B367" s="1" t="inlineStr">
+        <is>
+          <t>Darwin ile Yolculuk (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C367" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="368" spans="1:3">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t>9789751031570</t>
+        </is>
+      </c>
+      <c r="B368" s="1" t="inlineStr">
+        <is>
+          <t>Damdaki İnek</t>
+        </is>
+      </c>
+      <c r="C368" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="369" spans="1:3">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t>9789751031495</t>
+        </is>
+      </c>
+      <c r="B369" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin İngilizce Kelime Bankası (Resimli)</t>
+        </is>
+      </c>
+      <c r="C369" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="370" spans="1:3">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t>9789751033314</t>
+        </is>
+      </c>
+      <c r="B370" s="1" t="inlineStr">
+        <is>
+          <t>Pedagojik Öyküler Dizisi 18 - Bütün Oyuncaklar Benim</t>
+        </is>
+      </c>
+      <c r="C370" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="371" spans="1:3">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t>9789751036834</t>
+        </is>
+      </c>
+      <c r="B371" s="1" t="inlineStr">
+        <is>
+          <t>Bebek Koala Kayıp Oyuncak</t>
+        </is>
+      </c>
+      <c r="C371" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="372" spans="1:3">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t>9789751036858</t>
+        </is>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t>Bebek Koala Doğum Günü</t>
+        </is>
+      </c>
+      <c r="C372" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="373" spans="1:3">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t>9789751036513</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t>Bebek Koala Çiftlikte</t>
+        </is>
+      </c>
+      <c r="C373" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>9789751036841</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t>Bebek Koala Anaokulunda</t>
+        </is>
+      </c>
+      <c r="C374" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>9789751036865</t>
+        </is>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t>Bebek Koala Akşam Yemeği</t>
+        </is>
+      </c>
+      <c r="C375" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="376" spans="1:3">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>9789751031297</t>
+        </is>
+      </c>
+      <c r="B376" s="1" t="inlineStr">
+        <is>
+          <t>Başka Bir Ülkede Yaşasaydın</t>
+        </is>
+      </c>
+      <c r="C376" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="377" spans="1:3">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t>9789751031921</t>
+        </is>
+      </c>
+      <c r="B377" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Böceği</t>
+        </is>
+      </c>
+      <c r="C377" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="378" spans="1:3">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t>9789751029621</t>
+        </is>
+      </c>
+      <c r="B378" s="1" t="inlineStr">
+        <is>
+          <t>Arda ile Paytak Uçakta 5. Kitap</t>
+        </is>
+      </c>
+      <c r="C378" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="379" spans="1:3">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t>9789751029652</t>
+        </is>
+      </c>
+      <c r="B379" s="1" t="inlineStr">
+        <is>
+          <t>Arda ile Paytak Okulda 6. Kitap</t>
+        </is>
+      </c>
+      <c r="C379" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="380" spans="1:3">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t>9789751029645</t>
+        </is>
+      </c>
+      <c r="B380" s="1" t="inlineStr">
+        <is>
+          <t>Arda ile Paytak Kek Yapıyor 4. Kitap</t>
+        </is>
+      </c>
+      <c r="C380" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="381" spans="1:3">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t>9789751029676</t>
+        </is>
+      </c>
+      <c r="B381" s="1" t="inlineStr">
+        <is>
+          <t>Arda ile Paytak Gezmeye Gidiyor 3. Kitap</t>
+        </is>
+      </c>
+      <c r="C381" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="382" spans="1:3">
+      <c r="A382" s="1" t="inlineStr">
+        <is>
+          <t>9789751029638</t>
+        </is>
+      </c>
+      <c r="B382" s="1" t="inlineStr">
+        <is>
+          <t>Arda ile Paytak Banyoda 2. Kitap</t>
+        </is>
+      </c>
+      <c r="C382" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="383" spans="1:3">
+      <c r="A383" s="1" t="inlineStr">
+        <is>
+          <t>9789751029669</t>
+        </is>
+      </c>
+      <c r="B383" s="1" t="inlineStr">
+        <is>
+          <t>Arda ile Paytak Arkadaş Arıyor 1. Kitap</t>
+        </is>
+      </c>
+      <c r="C383" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="384" spans="1:3">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t>9789751030498</t>
+        </is>
+      </c>
+      <c r="B384" s="1" t="inlineStr">
+        <is>
+          <t>Amansız Korsanlar - Dünyadaki En Ünlü 10 Korsan</t>
+        </is>
+      </c>
+      <c r="C384" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="385" spans="1:3">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
           <t>9789751030795</t>
         </is>
       </c>
-      <c r="B282" s="1" t="inlineStr">
+      <c r="B385" s="1" t="inlineStr">
         <is>
           <t>1 Kelime 3 Dil</t>
         </is>
       </c>
-      <c r="C282" s="1">
+      <c r="C385" s="1">
         <v>330</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>