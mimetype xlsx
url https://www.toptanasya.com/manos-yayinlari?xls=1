--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -85,220 +85,865 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259500003</t>
+          <t>9786259500041</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Çıkar Aradan</t>
+          <t>Gaia'nın İşçileri</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057415899</t>
+          <t>9786259500034</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Biz Varmış İz Yokmuş</t>
+          <t>Çiçeksiz Denizler İçin Alınlık</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057415882</t>
+          <t>9786259500027</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Haritadan Taşan - Seçme Şiirler</t>
+          <t>Zürafa Sesi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057415851</t>
+          <t>9786259500010</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Limburg Hikayeleri</t>
+          <t>Santrale Bağlanmak İçin Gökyüzünü Kuşlayın</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057415813</t>
+          <t>9786057415868</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hayattayız Nihayet</t>
+          <t>Dilini Yitirmiş Yabancı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786058166677</t>
+          <t>9786057415875</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Tanzimat</t>
+          <t>Ben Robot Değilim</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786058166639</t>
+          <t>9786057415844</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bilebilmenin Mutluluğu</t>
+          <t>Bir Dağ Ki Hiç Olmadı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786056769856</t>
+          <t>9786057415820</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Biri Yitik İki Ülke (Ciltli)</t>
+          <t>Patron</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786058034891</t>
+          <t>9786057415837</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Panzerler Üstümüze Kalkar - Bütün Şiirleri</t>
+          <t>Geçmişi Beklemek</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786058034808</t>
+          <t>9786056769801</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kenar Mahalleden</t>
+          <t>Ezmira</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786058166660</t>
+          <t>9786056769818</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Direnç</t>
+          <t>Torik Akını</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
+          <t>9786058166615</t>
+        </is>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Kaybolanın Hikayesi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C13" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>9786056769894</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Kısa Avlusu</t>
+        </is>
+      </c>
+      <c r="C14" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>9786056769832</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Kamçılanma Mesafesi</t>
+        </is>
+      </c>
+      <c r="C15" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>9786056769825</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Zona (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C16" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>9786058166653</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Hep Seninle (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C17" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>9786058034884</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Hayatlarınızdan Alacaklıyım</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>9786058034877</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Miskin Peri</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9786056769887</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Eskatologya</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9786056769870</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Kalabalıktan Birileri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9786056769863</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Bir Amelenin Manifestosu (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786056769849</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Direnç (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>44.44</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786057415806</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Su ve Parya</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786058034839</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Kışla Köpekleri</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786058034815</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Abşuran</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786058034822</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>İhtar</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786058035591</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Alandaki Park</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786058035560</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Ayak İzleri</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786058035577</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Aradakiler</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786058035584</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Alaycı Öyküler</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786058166622</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Güle Batır Öfkeni</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786058035508</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Yağma - Bir Şehrin Öyküsü</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786058035539</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Panayır</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786058035515</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Sur</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786058034860</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Suya Bırak Sızını</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786058034846</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Lillipütyen</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786058034853</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Biraz Ormanda Saklanacağım</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786058166646</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Pazartesi Sendromu (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786058166608</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyatta Eleştirinin Özeleştirisi</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786058035522</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Sağanak</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786058035546</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Gözleri Bağlı Adam</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786058035553</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Cambazlar Savaşı Yitirdi</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786058166691</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Hasır Lokantası</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786259500003</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>İnsanı Çıkar Aradan</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786057415899</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Biz Varmış İz Yokmuş</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9786057415882</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Haritadan Taşan - Seçme Şiirler</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786057415851</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Limburg Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786057415813</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Hayattayız Nihayet</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786058166677</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Bitmeyen Tanzimat</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786058166639</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Bilebilmenin Mutluluğu</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786056769856</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Biri Yitik İki Ülke (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786058034891</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Panzerler Üstümüze Kalkar - Bütün Şiirleri</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786058034808</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Kenar Mahalleden</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9786058166660</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Direnç</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
           <t>9786058166684</t>
         </is>
       </c>
-      <c r="B13" s="1" t="inlineStr">
+      <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Geldim Sana</t>
         </is>
       </c>
-      <c r="C13" s="1">
+      <c r="C56" s="1">
         <v>175</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>