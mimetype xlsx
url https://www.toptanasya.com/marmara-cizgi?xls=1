--- v0 (2025-10-24)
+++ v1 (2025-12-15)
@@ -85,10420 +85,10570 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256327559</t>
+          <t>9786259662077</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Nana Cilt 4</t>
+          <t>Amazing Spider-Man Epik Koleksiyon - Yepyeni Bir Gün</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>170</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256327573</t>
+          <t>9786259662008</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Frieren Cilt 5</t>
+          <t>Marvel Yaz Özel Sayısı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>170</v>
+        <v>145</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259662022</t>
+          <t>9786259717593</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Venom (2018) Cilt 6 - Venom Alternatif Dünyada</t>
+          <t>Marvel Rivals</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>325</v>
+        <v>145</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259662015</t>
+          <t>9786256378575</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Vol.5 Cilt: 9 - Günahlar Yükseliyor</t>
+          <t>Nyx #3</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>80</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256327542</t>
+          <t>9789756129913</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Pesimistik Hikayeler 3</t>
+          <t>Saga Cilt: 1</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256327535</t>
+          <t>9789756129777</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kötü Kedi Şerafettin Cilt 6</t>
+          <t>The Amazing Spider-Man Kraven'in Son Avı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>310</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256327481</t>
+          <t>9786059469333</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kral Conan 2</t>
+          <t>Gazap Fırtınası Üçlemesi Cilt: 3 - Havanın Rengi</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256327528</t>
+          <t>9786259717548</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>King Conan 6</t>
+          <t>Spider-Man - Kuantum Macerası</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256327511</t>
+          <t>9786256327566</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>King Conan 5</t>
+          <t>Cadılar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256327504</t>
+          <t>9789756129159</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>King Conan 4</t>
+          <t>Yürüyen Ölüler 2 - Miller Sonra</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256327498</t>
+          <t>9786256327559</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>King Conan 3</t>
+          <t>Nana Cilt 4</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256327474</t>
+          <t>9786256327573</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>King Conan 1</t>
+          <t>Frieren Cilt 5</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789756129654</t>
+          <t>9786259662022</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 2 - Geçit Vermeyen Engel</t>
+          <t>Venom (2018) Cilt 6 - Venom Alternatif Dünyada</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259717586</t>
+          <t>9786259662015</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spiderman - Almanak 1965</t>
+          <t>Amazing Spider-Man Vol.5 Cilt: 9 - Günahlar Yükseliyor</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256327467</t>
+          <t>9786256327542</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Wonderland Cilt 4</t>
+          <t>Pesimistik Hikayeler 3</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256327450</t>
+          <t>9786256327535</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Wonderland Cilt 3</t>
+          <t>Kötü Kedi Şerafettin Cilt 6</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256327443</t>
+          <t>9786256327481</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Frieren Cilt 4</t>
+          <t>Kral Conan 2</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259717579</t>
+          <t>9786256327528</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>New Avengers Cilt 3 - Sırlar &amp; Yalanlar</t>
+          <t>King Conan 6</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259717562</t>
+          <t>9786256327511</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ultimate Spider-Man Cilt 1 - Evli ve Çocuklu</t>
+          <t>King Conan 5</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>375</v>
+        <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256327283</t>
+          <t>9786256327504</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Vol. 5 Cilt 8 - Tehditler ve Belalar</t>
+          <t>King Conan 4</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>360</v>
+        <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256327290</t>
+          <t>9786256327498</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spiderman - Almanak 1964</t>
+          <t>King Conan 3</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>490</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256327368</t>
+          <t>9786256327474</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Nana Cilt 2</t>
+          <t>King Conan 1</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256327276</t>
+          <t>9789756129654</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Monster Cilt 9</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 2 - Geçit Vermeyen Engel</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786056939822</t>
+          <t>9786259717586</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Metin Annesini Arıyor HC</t>
+          <t>Amazing Spiderman - Almanak 1965</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257646581</t>
+          <t>9786256327467</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Mis Dergi Sayı: 1 Mayıs 2022</t>
+          <t>Wonderland Cilt 4</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789756129026</t>
+          <t>9786256327450</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Nikopol Üçlemesi Cilt 2 - Tehlikeli Kadın</t>
+          <t>Wonderland Cilt 3</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789756129005</t>
+          <t>9786256327443</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Nikopol Üçlemesi Cilt 01 - Ölümsüzler Panayırı</t>
+          <t>Frieren Cilt 4</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789756129018</t>
+          <t>9786259717579</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Nikopol Üçlemesi Cilt 03 - Soğuk Ekvator</t>
+          <t>New Avengers Cilt 3 - Sırlar &amp; Yalanlar</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059469258</t>
+          <t>9786259717562</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Hilal - 2. Kitap</t>
+          <t>Ultimate Spider-Man Cilt 1 - Evli ve Çocuklu</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>29</v>
+        <v>375</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059469968</t>
+          <t>9786256327283</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Hilal 3. Kitap</t>
+          <t>Amazing Spider-Man Vol. 5 Cilt 8 - Tehditler ve Belalar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>38</v>
+        <v>360</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059985765</t>
+          <t>9786256327290</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Essex County Cilt 01 - Çiftlikten Öyküler</t>
+          <t>Amazing Spiderman - Almanak 1964</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>100</v>
+        <v>490</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789756129034</t>
+          <t>9786256327368</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Canavar Dörtlemesi Cilt 01 - Canavarın Uykusu</t>
+          <t>Nana Cilt 2</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789756129050</t>
+          <t>9786256327276</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Canavar Dörtlemesi Cilt 02 - 32 Aralık</t>
+          <t>Monster Cilt 9</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789756129098</t>
+          <t>9786056939822</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Canavar Dörtlemesi Cilt 03 - Pariste Randevu</t>
+          <t>Metin Annesini Arıyor HC</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789756129302</t>
+          <t>9786257646581</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Thor - Asgard İçin</t>
+          <t>Mis Dergi Sayı: 1 Mayıs 2022</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789756129265</t>
+          <t>9789756129026</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Gazap Fırtınası Üçlemesi Cilt:1 - Mahlukk</t>
+          <t>Nikopol Üçlemesi Cilt 2 - Tehlikeli Kadın</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059469340</t>
+          <t>9789756129005</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Gazap Fırtınası Üçlemesi Cilt: 2 - Julia &amp; Roem</t>
+          <t>Nikopol Üçlemesi Cilt 01 - Ölümsüzler Panayırı</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059469067</t>
+          <t>9789756129018</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kara Tarikat Tugayları</t>
+          <t>Nikopol Üçlemesi Cilt 03 - Soğuk Ekvator</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789756129180</t>
+          <t>9786059469258</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Canavar Dörtlemesi Cilt: 4 Dört? Son Perde</t>
+          <t>Hilal - 2. Kitap</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>100</v>
+        <v>29</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059985727</t>
+          <t>9786059469968</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Hilal - 1. Kitap</t>
+          <t>Hilal 3. Kitap</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>24</v>
+        <v>38</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789756129883</t>
+          <t>9786059985765</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Thor ve Loki - Kan Kardeşler</t>
+          <t>Essex County Cilt 01 - Çiftlikten Öyküler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>155</v>
+        <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789756129937</t>
+          <t>9789756129034</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>X-Men: Mesih KompleXi Cilt 01</t>
+          <t>Canavar Dörtlemesi Cilt 01 - Canavarın Uykusu</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>235</v>
+        <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789756129944</t>
+          <t>9789756129050</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>X-Men: Mesih KompleXi Cilt 02</t>
+          <t>Canavar Dörtlemesi Cilt 02 - 32 Aralık</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>215</v>
+        <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059985994</t>
+          <t>9789756129098</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bugünün Efsaneleri Cilt 1: Unutulmuşların Gezisi</t>
+          <t>Canavar Dörtlemesi Cilt 03 - Pariste Randevu</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059985987</t>
+          <t>9789756129302</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bugünün Efsaneleri Cilt: 2 Taş Gemi</t>
+          <t>Thor - Asgard İçin</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>100</v>
+        <v>195</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059469005</t>
+          <t>9789756129265</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bugünün Efsaneleri Cilt: 3 Var Olmayan Kent</t>
+          <t>Gazap Fırtınası Üçlemesi Cilt:1 - Mahlukk</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059985352</t>
+          <t>9786059469340</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Günaha Son Çağrı</t>
+          <t>Gazap Fırtınası Üçlemesi Cilt: 2 - Julia &amp; Roem</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059469173</t>
+          <t>9786059469067</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Hikayeleri</t>
+          <t>Kara Tarikat Tugayları</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059469265</t>
+          <t>9789756129180</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kasaba Hemşiresi</t>
+          <t>Canavar Dörtlemesi Cilt: 4 Dört? Son Perde</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057784025</t>
+          <t>9786059985727</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Psikoz Hikayeleri</t>
+          <t>Hilal - 1. Kitap</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>32</v>
+        <v>24</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256378025</t>
+          <t>9789756129883</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Periler Ülkesi'nden Nefret Ediyorum Özel Edisyon (Ciltli)</t>
+          <t>Thor ve Loki - Kan Kardeşler</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>1950</v>
+        <v>155</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256378018</t>
+          <t>9789756129937</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Fantastic Four - Sil Baştan Özel Edisyon (Ciltli)</t>
+          <t>X-Men: Mesih KompleXi Cilt 01</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>650</v>
+        <v>235</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057784414</t>
+          <t>9789756129944</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Saga Özel Edisyon Cilt 2 (Ciltli)</t>
+          <t>X-Men: Mesih KompleXi Cilt 02</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>1750</v>
+        <v>215</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057784407</t>
+          <t>9786059985994</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Saga Özel Edisyon Cilt 1 (Ciltli)</t>
+          <t>Bugünün Efsaneleri Cilt 1: Unutulmuşların Gezisi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>1750</v>
+        <v>100</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259475776</t>
+          <t>9786059985987</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 100</t>
+          <t>Bugünün Efsaneleri Cilt: 2 Taş Gemi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259475752</t>
+          <t>9786059469005</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 60</t>
+          <t>Bugünün Efsaneleri Cilt: 3 Var Olmayan Kent</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259475745</t>
+          <t>9786059985352</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 59</t>
+          <t>Günaha Son Çağrı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259475738</t>
+          <t>9786059469173</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 58</t>
+          <t>Hayalet Hikayeleri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259475721</t>
+          <t>9786059469265</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 57</t>
+          <t>Kasaba Hemşiresi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259717531</t>
+          <t>9786057784025</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider-Man #32</t>
+          <t>Psikoz Hikayeleri</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>100</v>
+        <v>32</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259717524</t>
+          <t>9786256378025</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man 607</t>
+          <t>Periler Ülkesi'nden Nefret Ediyorum Özel Edisyon (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>80</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259503554</t>
+          <t>9786256378018</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man #9</t>
+          <t>Fantastic Four - Sil Baştan Özel Edisyon (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>100</v>
+        <v>650</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256327405</t>
+          <t>9786057784414</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Nana Cilt 3</t>
+          <t>Saga Özel Edisyon Cilt 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>150</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256327412</t>
+          <t>9786057784407</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Komi Konuşmaktan Korkuyor Cilt 6</t>
+          <t>Saga Özel Edisyon Cilt 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>170</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256327436</t>
+          <t>9786259475776</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Arkana'nın Şafağı Cilt 3</t>
+          <t>Rick and Morty 100</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>170</v>
+        <v>115</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786259503585</t>
+          <t>9786259475752</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Spider-Man Sayı 12</t>
+          <t>Rick and Morty 60</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786259503578</t>
+          <t>9786259475745</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Spider-Man Sayı 11</t>
+          <t>Rick and Morty 59</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786259503561</t>
+          <t>9786259475738</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Spider-Man Sayı 10</t>
+          <t>Rick and Morty 58</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786259717517</t>
+          <t>9786259475721</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Avengers Sayı 12</t>
+          <t>Rick and Morty 57</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786259717500</t>
+          <t>9786259717531</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Avengers Sayı 11</t>
+          <t>Superior Spider-Man #32</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786259503592</t>
+          <t>9786259717524</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Avengers Sayı 10</t>
+          <t>Amazing Spider-Man 607</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256327382</t>
+          <t>9786259503554</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Spider-Man Hayat Hikâyesi</t>
+          <t>Amazing Spider-Man #9</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>510</v>
+        <v>100</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256327399</t>
+          <t>9786256327405</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Küçük Canavarlar Cilt İki</t>
+          <t>Nana Cilt 3</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>395</v>
+        <v>150</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256327153</t>
+          <t>9786256327412</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Frieren Cilt 2</t>
+          <t>Komi Konuşmaktan Korkuyor Cilt 6</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256327139</t>
+          <t>9786256327436</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man #606</t>
+          <t>Arkana'nın Şafağı Cilt 3</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>80</v>
+        <v>170</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256327122</t>
+          <t>9786259503585</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man #601</t>
+          <t>Marvel Action Spider-Man Sayı 12</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256327030</t>
+          <t>9786259503578</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Frieren Cilt 1</t>
+          <t>Marvel Action Spider-Man Sayı 11</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256378902</t>
+          <t>9786259503561</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ninja Kaplumbağalar - Son Ronin Sayı 5</t>
+          <t>Marvel Action Spider-Man Sayı 10</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256378896</t>
+          <t>9786259717517</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Ninja Kaplumbağalar - Son Ronin Sayı 4</t>
+          <t>Marvel Action Avengers Sayı 12</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256378889</t>
+          <t>9786259717500</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Ninja Kaplumbağalar - Son Ronin Sayı 3</t>
+          <t>Marvel Action Avengers Sayı 11</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256378872</t>
+          <t>9786259503592</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ninja Kaplumbağalar - Son Ronin Sayı 2</t>
+          <t>Marvel Action Avengers Sayı 10</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256378933</t>
+          <t>9786256327382</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Avengers Dağıldı</t>
+          <t>Spider-Man Hayat Hikâyesi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>375</v>
+        <v>510</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256378438</t>
+          <t>9786256327399</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Moon Knight Cilt 01 - Ölümden Geriye</t>
+          <t>Küçük Canavarlar Cilt İki</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>300</v>
+        <v>395</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256378476</t>
+          <t>9786256327153</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Spider-Man Sayı 6</t>
+          <t>Frieren Cilt 2</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>80</v>
+        <v>170</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256378582</t>
+          <t>9786256327139</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Hulk #1</t>
+          <t>Amazing Spider-Man #606</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256378766</t>
+          <t>9786256327122</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Nemrut Güneşi</t>
+          <t>Amazing Spider-Man #601</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256378629</t>
+          <t>9786256327030</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Elfen Lied Cilt 11</t>
+          <t>Frieren Cilt 1</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256378742</t>
+          <t>9786256378902</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Monster Cilt 5</t>
+          <t>Ninja Kaplumbağalar - Son Ronin Sayı 5</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256378704</t>
+          <t>9786256378896</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler Cilt 32 - Son Yolculuk</t>
+          <t>Ninja Kaplumbağalar - Son Ronin Sayı 4</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256378322</t>
+          <t>9786256378889</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Komi Konuşmaktan Korkuyor Cilt 4</t>
+          <t>Ninja Kaplumbağalar - Son Ronin Sayı 3</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256378469</t>
+          <t>9786256378872</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Paranoya - Cilt 1</t>
+          <t>Ninja Kaplumbağalar - Son Ronin Sayı 2</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256378414</t>
+          <t>9786256378933</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Venom Cilt 2 - Cehennem</t>
+          <t>Avengers Dağıldı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256378551</t>
+          <t>9786256378438</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Venom Cilt 4 - Absolute Carnage Cilt 2</t>
+          <t>Moon Knight Cilt 01 - Ölümden Geriye</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256378315</t>
+          <t>9786256378476</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Wonderland Cilt 1</t>
+          <t>Marvel Action Spider-Man Sayı 6</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257646475</t>
+          <t>9786256378582</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Lady Killer (Ciltli)</t>
+          <t>Hulk #1</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>850</v>
+        <v>75</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257646109</t>
+          <t>9786256378766</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Dev Avcısı (Ciltli)</t>
+          <t>Nemrut Güneşi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>900</v>
+        <v>180</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256378131</t>
+          <t>9786256378629</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Eşyalar Hanı Cilt 3</t>
+          <t>Elfen Lied Cilt 11</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256378063</t>
+          <t>9786256378742</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Zom 100 Cilt 4</t>
+          <t>Monster Cilt 5</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256378193</t>
+          <t>9786256378704</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Monster Cilt 4</t>
+          <t>Yürüyen Ölüler 32 - Son Yolculuk</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256378001</t>
+          <t>9786256378322</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man #55</t>
+          <t>Komi Konuşmaktan Korkuyor Cilt 4</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257646802</t>
+          <t>9786256378469</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Periler Ülkesi’nden Nefret Ediyorum Cilt 3</t>
+          <t>Paranoya - Cilt 1</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>315</v>
+        <v>150</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257646871</t>
+          <t>9786256378414</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Monster Cilt 3</t>
+          <t>Venom Cilt 2 - Cehennem</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257646826</t>
+          <t>9786256378551</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Periler Ülkesi’nden Nefret Ediyorum Cilt 4</t>
+          <t>Venom Cilt 4 - Absolute Carnage Cilt 2</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>285</v>
+        <v>360</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257646833</t>
+          <t>9786256378315</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Zom 100 Cilt 3</t>
+          <t>Wonderland Cilt 1</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257646888</t>
+          <t>9786257646475</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kötü Kedi Şerafettin 3. Kitap</t>
+          <t>Lady Killer (Ciltli)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>220</v>
+        <v>850</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257646932</t>
+          <t>9786257646109</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Çarpışma Cilt 1</t>
+          <t>Dev Avcısı (Ciltli)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>180</v>
+        <v>900</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257646703</t>
+          <t>9786256378131</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Edge of Spider-Verse 2 - Gwen Stacy Spider Woman</t>
+          <t>Kayıp Eşyalar Hanı Cilt 3</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257646659</t>
+          <t>9786256378063</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man - 300</t>
+          <t>Zom 100 Cilt 4</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257646505</t>
+          <t>9786256378193</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt: 31 - Tehlike Bölgesi</t>
+          <t>Monster Cilt 4</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>315</v>
+        <v>450</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257646468</t>
+          <t>9786256378001</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Loki - Dünyaya Düşen Tanrı</t>
+          <t>The Amazing Spider-Man #55</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>285</v>
+        <v>90</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257646567</t>
+          <t>9786257646802</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler Cilt 29: Aştığımız Sınırlar</t>
+          <t>Periler Ülkesi’nden Nefret Ediyorum Cilt 3</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>250</v>
+        <v>315</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059469487</t>
+          <t>9786257646871</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Spider-Gwen - En Çok Aranan?</t>
+          <t>Monster Cilt 3</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>315</v>
+        <v>450</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059469586</t>
+          <t>9786257646826</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Sualtı Kaynakçısı</t>
+          <t>Periler Ülkesi’nden Nefret Ediyorum Cilt 4</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>350</v>
+        <v>285</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786059469470</t>
+          <t>9786257646833</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Inhumans</t>
+          <t>Zom 100 Cilt 3</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059469388</t>
+          <t>9786257646888</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Captain America - Kış Askeri</t>
+          <t>Kötü Kedi Şerafettin 3. Kitap</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>630</v>
+        <v>220</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789756129623</t>
+          <t>9786257646932</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Astonishing X-Men Cilt: 5 - Hayalet Kutusu</t>
+          <t>Çarpışma Cilt 1</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>405</v>
+        <v>180</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059469371</t>
+          <t>9786257646703</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Spider-Men</t>
+          <t>Edge of Spider-Verse 2 - Gwen Stacy Spider Woman</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>285</v>
+        <v>80</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059469524</t>
+          <t>9786257646659</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Periler Ülkesi'nden Nefret Ediyorum Cilt 01 - Sonsuza Dek Deli</t>
+          <t>The Amazing Spider-Man - 300</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>315</v>
+        <v>100</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257646086</t>
+          <t>9786257646505</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Sen De Marvel Tarzında Çiz</t>
+          <t>Amazing Spider-Man Cilt: 31 - Tehlike Bölgesi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>300</v>
+        <v>315</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059469364</t>
+          <t>9786257646468</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Yeni Amazing Spider Man Cilt 1 - Parker Şansı</t>
+          <t>Loki - Dünyaya Düşen Tanrı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>330</v>
+        <v>285</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059469531</t>
+          <t>9786257646567</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Yeni Amazing Spider Man Cilt 2 - Örümcek Evreni 1</t>
+          <t>Yürüyen Ölüler 29 - Aştığımız Sınırlar</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>540</v>
+        <v>250</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059469289</t>
+          <t>9786059469487</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Captain America Cilt 2 - Rüyaların Yükü</t>
+          <t>Spider-Gwen - En Çok Aranan?</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>330</v>
+        <v>315</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059469715</t>
+          <t>9786059469586</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider-Man Team-Up Sayı 05 - Scarlet Spider</t>
+          <t>Sualtı Kaynakçısı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059469135</t>
+          <t>9786059469470</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider-Man Cilt 5 - Üstün Venom</t>
+          <t>Inhumans</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>345</v>
+        <v>600</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059469852</t>
+          <t>9786059469388</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Thor: God of Thunder Cilt 02 - Tanrı Bombası</t>
+          <t>Captain America - Kış Askeri</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>315</v>
+        <v>630</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059469708</t>
+          <t>9789756129623</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>İç Savaş II: Amazing Spider-Man X-Men</t>
+          <t>Astonishing X-Men Cilt: 5 - Hayalet Kutusu</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>390</v>
+        <v>405</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059469104</t>
+          <t>9786059469371</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider-Man Cilt 4 - Zoraki Kötülük</t>
+          <t>Spider-Men</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>270</v>
+        <v>285</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059469081</t>
+          <t>9786059469524</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Captain America Cilt 1 - Captain America'nın Ölümü</t>
+          <t>Periler Ülkesi'nden Nefret Ediyorum Cilt 01 - Sonsuza Dek Deli</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>345</v>
+        <v>315</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059985000</t>
+          <t>9786257646086</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 10</t>
+          <t>Sen De Marvel Tarzında Çiz</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059985055</t>
+          <t>9786059469364</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 13 - Black Cat'in Dönüşü</t>
+          <t>Yeni Amazing Spider Man Cilt 1 - Parker Şansı</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>375</v>
+        <v>330</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786056939846</t>
+          <t>9786059469531</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>X-Men: Dark Phoenix Saga</t>
+          <t>Yeni Amazing Spider Man Cilt 2 - Örümcek Evreni 1</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>350</v>
+        <v>540</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059985147</t>
+          <t>9786059469289</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Spider-Man ve Black Cat - İnsanların Yaptıkları Fenalıklar</t>
+          <t>Captain America Cilt 2 - Rüyaların Yükü</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>360</v>
+        <v>330</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059985161</t>
+          <t>9786059469715</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>All New X-Men Cilt 02 - Geri Dönmek Yok</t>
+          <t>Superior Spider-Man Team-Up Sayı 05 - Scarlet Spider</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>315</v>
+        <v>140</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789756129609</t>
+          <t>9786059469135</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Red Sonja Kılıçlı Dişi Şeytan Cilt: 3 - Kulan Gath'ın Yükselişi</t>
+          <t>Superior Spider-Man Cilt 5 - Üstün Venom</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>360</v>
+        <v>345</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789756129524</t>
+          <t>9786059469852</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Conan Cilt: 2 - Siyah Dev</t>
+          <t>Thor: God of Thunder Cilt 02 - Tanrı Bombası</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>375</v>
+        <v>315</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786059985178</t>
+          <t>9786059469708</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 14 - Meydan Okuma 1: Electro ve Sandman</t>
+          <t>İç Savaş II: Amazing Spider-Man X-Men</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059985895</t>
+          <t>9786059469104</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Spider-Man Venom'un Doğuşu Cilt: 2</t>
+          <t>Superior Spider-Man Cilt 4 - Zoraki Kötülük</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>340</v>
+        <v>270</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057784346</t>
+          <t>9786059469081</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Venom Inc.</t>
+          <t>Captain America Cilt 1 - Captain America'nın Ölümü</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>360</v>
+        <v>345</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059985642</t>
+          <t>9786059985000</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Gizli Savaşlar Cilt: 2</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 10</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>340</v>
+        <v>360</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059985253</t>
+          <t>9786059985055</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 15 - Meydan Okuma 2: Rhino ve Mysterio</t>
+          <t>Amazing Spider-Man Cilt 13 - Black Cat'in Dönüşü</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>360</v>
+        <v>375</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059985345</t>
+          <t>9786056939846</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Punisher Max Cilt 04 - Düzler Ters, Siyahlar Beyaz</t>
+          <t>X-Men: Dark Phoenix Saga</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059985635</t>
+          <t>9786059985147</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Gizli Savaşlar Cilt: 1</t>
+          <t>Spider-Man ve Black Cat - İnsanların Yaptıkları Fenalıklar</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>340</v>
+        <v>360</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057784100</t>
+          <t>9786059985161</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>İkigami 1 - İntikamın Sonu</t>
+          <t>All New X-Men Cilt 02 - Geri Dönmek Yok</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>170</v>
+        <v>315</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059985369</t>
+          <t>9789756129609</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>X-Men: Phoenix - Ağıt</t>
+          <t>Red Sonja Kılıçlı Dişi Şeytan Cilt: 3 - Kulan Gath'ın Yükselişi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059469807</t>
+          <t>9789756129524</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man Cilt: 24 - Fantastik Örümcek Adam</t>
+          <t>Conan Cilt: 2 - Siyah Dev</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>360</v>
+        <v>375</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059985390</t>
+          <t>9786059985178</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>All New X-Men Cilt 03 - Boyu Aşan İşler</t>
+          <t>Amazing Spider-Man Cilt 14 - Meydan Okuma 1: Electro ve Sandman</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>315</v>
+        <v>390</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059985499</t>
+          <t>9786059985895</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Punisher Max Cilt 05 - Köle Tacirleri</t>
+          <t>Spider-Man Venom'un Doğuşu Cilt: 2</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>330</v>
+        <v>340</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059469425</t>
+          <t>9786057784346</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Hawkeye Cilt: 4 - Rio Bravo</t>
+          <t>Venom Inc.</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059469241</t>
+          <t>9786059985642</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>The Superior Spider-Man Cilt: 6 - Goblin Ülkesi</t>
+          <t>Gizli Savaşlar Cilt: 2</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>375</v>
+        <v>340</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059985598</t>
+          <t>9786059985253</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Chew Cilt 03 - Tatlı Niyetine</t>
+          <t>Amazing Spider-Man Cilt 15 - Meydan Okuma 2: Rhino ve Mysterio</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786056889868</t>
+          <t>9786059985345</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Venom 2 - Suçtan Önce</t>
+          <t>Punisher Max Cilt 04 - Düzler Ters, Siyahlar Beyaz</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>285</v>
+        <v>330</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059469616</t>
+          <t>9786059985635</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Yeni Amazing Spider-Man Cilt 3 - Örümcek Evreni 2</t>
+          <t>Gizli Savaşlar Cilt: 1</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>555</v>
+        <v>340</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059985673</t>
+          <t>9786057784100</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Captain America - İç Savaş</t>
+          <t>İkigami 1 - İntikamın Sonu</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059469494</t>
+          <t>9786059985369</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İç Savaş 2</t>
+          <t>X-Men: Phoenix - Ağıt</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>570</v>
+        <v>300</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059985789</t>
+          <t>9786059469807</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>X-Men Atom Savaşı</t>
+          <t>The Amazing Spider-Man Cilt: 24 - Fantastik Örümcek Adam</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>525</v>
+        <v>360</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789756129982</t>
+          <t>9786059985390</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Punisher Max Cilt: 2 - İrlanda Mutfağı</t>
+          <t>All New X-Men Cilt 03 - Boyu Aşan İşler</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>330</v>
+        <v>315</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059985420</t>
+          <t>9786059985499</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Korkunun Kendisi</t>
+          <t>Punisher Max Cilt 05 - Köle Tacirleri</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>525</v>
+        <v>330</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059985680</t>
+          <t>9786059469425</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Captain America - Kızıl Tehdit</t>
+          <t>Hawkeye Cilt: 4 - Rio Bravo</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>375</v>
+        <v>360</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059469654</t>
+          <t>9786059469241</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 23: Ölüm Kalım Meseleleri</t>
+          <t>The Superior Spider-Man Cilt: 6 - Goblin Ülkesi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>480</v>
+        <v>375</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059985710</t>
+          <t>9786059985598</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Punisher Max Cilt 06 - Barracuda</t>
+          <t>Chew Cilt 03 - Tatlı Niyetine</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059985734</t>
+          <t>9786056889868</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Venom vs Carnage</t>
+          <t>Venom 2 - Suçtan Önce</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>170</v>
+        <v>285</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059985758</t>
+          <t>9786059469616</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Avenging Spider-Man Cilt 07 - The Thing</t>
+          <t>Yeni Amazing Spider-Man Cilt 3 - Örümcek Evreni 2</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>130</v>
+        <v>555</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059985802</t>
+          <t>9786059985673</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider-Man Cilt 02 - Kafası Karışık</t>
+          <t>Captain America - İç Savaş</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059985840</t>
+          <t>9786059469494</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Punisher Max Cilt 07 - Taş Adam</t>
+          <t>İç Savaş 2</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>330</v>
+        <v>570</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059985628</t>
+          <t>9786059985789</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Uncanny X-Men Cilt: 02 - Bozuk</t>
+          <t>X-Men Atom Savaşı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>330</v>
+        <v>525</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789756129371</t>
+          <t>9789756129982</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler Cilt 7 - Fırtına Öncesi Sessizlik</t>
+          <t>Punisher Max Cilt: 2 - İrlanda Mutfağı</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059985604</t>
+          <t>9786059985420</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Saga Cilt: 3</t>
+          <t>Korkunun Kendisi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>345</v>
+        <v>525</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789756129135</t>
+          <t>9786059985680</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler Cilt 1 - Günler Sonra</t>
+          <t>Captain America - Kızıl Tehdit</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789756129173</t>
+          <t>9786059469654</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Red Sonja - Kılıçlı Dişi Şeytan Cilt 01</t>
+          <t>Amazing Spider-Man Cilt 23: Ölüm Kalım Meseleleri</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>420</v>
+        <v>480</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059985901</t>
+          <t>9786059985710</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler Cilt 25 - Dönüşü Olmayan Yol</t>
+          <t>Punisher Max Cilt 06 - Barracuda</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789756129272</t>
+          <t>9786059985734</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Conan Cilt 01 - Kimmerya</t>
+          <t>Venom vs Carnage</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>465</v>
+        <v>170</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789756129319</t>
+          <t>9786059985758</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Astonishing X-Men Cilt 01 - Yetenekli</t>
+          <t>Avenging Spider-Man Cilt 07 - The Thing</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>345</v>
+        <v>130</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059469326</t>
+          <t>9786059985802</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>All New X-Men Guardians Of The Galaxy - Jean Grey'in Mahkemesi</t>
+          <t>Superior Spider-Man Cilt 02 - Kafası Karışık</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>330</v>
+        <v>270</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789756129326</t>
+          <t>9786059985840</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Astonishing X-Men Cilt 02 - Tehlikeli</t>
+          <t>Punisher Max Cilt 07 - Taş Adam</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>345</v>
+        <v>330</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789756129333</t>
+          <t>9786059985628</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 01 - Yepyeni Bir Gün</t>
+          <t>Uncanny X-Men Cilt: 02 - Bozuk</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>390</v>
+        <v>330</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786059469029</t>
+          <t>9789756129371</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>All New X-Men Cilt: 04 - Bambaşka</t>
+          <t>Yürüyen Ölüler 7 - Fırtına Öncesi Sessizlik</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786059985086</t>
+          <t>9786059985604</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler Cilt 18 - Sırada Ne Var</t>
+          <t>Saga Cilt: 3</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>250</v>
+        <v>345</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789756129357</t>
+          <t>9789756129135</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Astonishing X-Men Cilt 03 - Parçalanmış</t>
+          <t>Yürüyen Ölüler 1 - Günler Sonra</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>330</v>
+        <v>325</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786059985048</t>
+          <t>9789756129173</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man George ve Gwen Stacy'nin Ölümü</t>
+          <t>Red Sonja - Kılıçlı Dişi Şeytan Cilt 01</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>290</v>
+        <v>420</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789756129388</t>
+          <t>9786059985901</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Astonishing X-Men Cilt 04 - Durdurulamaz</t>
+          <t>Yürüyen Ölüler 25 - Dönüşü Olmayan Yol</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789756129395</t>
+          <t>9789756129272</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 03 - Yepyeni Bir Gün</t>
+          <t>Conan Cilt 01 - Kimmerya</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>285</v>
+        <v>465</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786056939853</t>
+          <t>9789756129319</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 27 - Fısıldayan Savaşı</t>
+          <t>Astonishing X-Men Cilt 01 - Yetenekli</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>250</v>
+        <v>345</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789756129418</t>
+          <t>9786059469326</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Renkler Serisi: Spider-Man - Mavi</t>
+          <t>All New X-Men Guardians Of The Galaxy - Jean Grey'in Mahkemesi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>360</v>
+        <v>330</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057784797</t>
+          <t>9789756129326</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty Sunar: Turşu Rick ve Diğer Hikayeler</t>
+          <t>Astonishing X-Men Cilt 02 - Tehlikeli</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>315</v>
+        <v>345</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789756129487</t>
+          <t>9789756129333</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Bone 3: Vadi - Fırtınanın Gözleri</t>
+          <t>Amazing Spider-Man Cilt 01 - Yepyeni Bir Gün</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>180</v>
+        <v>390</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789756129296</t>
+          <t>9786059469029</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Bone 2: Vadi - Büyük İnek Yarışı</t>
+          <t>All New X-Men Cilt: 04 - Bambaşka</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>180</v>
+        <v>330</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786057784773</t>
+          <t>9786059985086</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Immortal Hulk 1 - Yoksa İkisi Birden Mi?</t>
+          <t>Yürüyen Ölüler 18 - Sırada Ne Var</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>315</v>
+        <v>250</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786059985574</t>
+          <t>9789756129357</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Bone 9: Dostlar ve Düşmanlar ya da Hasat - Boynuzlar Tacı</t>
+          <t>Astonishing X-Men Cilt 03 - Parçalanmış</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>180</v>
+        <v>330</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789756129470</t>
+          <t>9786059985048</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 04 - Kraven'ın İlk Avı</t>
+          <t>The Amazing Spider-Man George ve Gwen Stacy'nin Ölümü</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786059985543</t>
+          <t>9789756129388</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Bone 8: Dostlar ve Düşmanlar ya da Hasat - Hazine Avcıları</t>
+          <t>Astonishing X-Men Cilt 04 - Durdurulamaz</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786059985413</t>
+          <t>9789756129395</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Bone 7: Dostlar ve Düşmanlar ya da Hasat - Hayalet Çemberleri</t>
+          <t>Amazing Spider-Man Cilt 03 - Yepyeni Bir Gün</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>180</v>
+        <v>285</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789756129722</t>
+          <t>9786056939853</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Astonishing X-Men Cilt: 06 - Exogenetik</t>
+          <t>Yürüyen Ölüler 27 - Fısıldayan Savaşı</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>285</v>
+        <v>250</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786059985383</t>
+          <t>9789756129418</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Bone 6: Phoney'nin Geri Dönüşü - Yaşlı Adam'ın Mağarası</t>
+          <t>Renkler Serisi: Spider-Man - Mavi</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786059985185</t>
+          <t>9786057784797</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Bone 5: Phoney'nin Geri Dönüşü - Taş Çene - Doğu Sınırının Efendisi</t>
+          <t>Rick and Morty Sunar: Turşu Rick ve Diğer Hikayeler</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>180</v>
+        <v>315</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789756129548</t>
+          <t>9789756129487</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 06 - Suç ve Cezalandırıcı</t>
+          <t>Bone 3: Vadi - Fırtınanın Gözleri</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>315</v>
+        <v>180</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786059985079</t>
+          <t>9789756129296</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Bone Cilt 4 - Phoney'nin Geri Dönüşü - Ejderha Katili</t>
+          <t>Bone 2: Vadi - Büyük İnek Yarışı</t>
         </is>
       </c>
       <c r="C197" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789756129562</t>
+          <t>9786057784773</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler Cilt 10 - Neye Dönüştük</t>
+          <t>Immortal Hulk 1 - Yoksa İkisi Birden Mi?</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>250</v>
+        <v>315</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789756129586</t>
+          <t>9786059985574</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Gizli İstila</t>
+          <t>Bone 9: Dostlar ve Düşmanlar ya da Hasat - Boynuzlar Tacı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>495</v>
+        <v>180</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789756129593</t>
+          <t>9789756129470</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler Cilt 11 - Avcılardan Kork</t>
+          <t>Amazing Spider-Man Cilt 04 - Kraven'ın İlk Avı</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789756129852</t>
+          <t>9786059985543</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Lejyon</t>
+          <t>Bone 8: Dostlar ve Düşmanlar ya da Hasat - Hazine Avcıları</t>
         </is>
       </c>
       <c r="C201" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789756129630</t>
+          <t>9786059985413</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 07 - Ölüm ve Randevu</t>
+          <t>Bone 7: Dostlar ve Düşmanlar ya da Hasat - Hayalet Çemberleri</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>405</v>
+        <v>180</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789756129647</t>
+          <t>9789756129722</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler Cilt 12 - Aralarında Yaşamak</t>
+          <t>Astonishing X-Men Cilt: 06 - Exogenetik</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>250</v>
+        <v>285</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789756129661</t>
+          <t>9786059985383</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Tapınak</t>
+          <t>Bone 6: Phoney'nin Geri Dönüşü - Yaşlı Adam'ın Mağarası</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789756129678</t>
+          <t>9786059985185</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler Cilt 13 - Dönüş Yok</t>
+          <t>Bone 5: Phoney'nin Geri Dönüşü - Taş Çene - Doğu Sınırının Efendisi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789756129685</t>
+          <t>9789756129548</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 07</t>
+          <t>Amazing Spider-Man Cilt 06 - Suç ve Cezalandırıcı</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>360</v>
+        <v>315</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786057784520</t>
+          <t>9786059985079</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider-Man Team-Up 7</t>
+          <t>Bone Cilt 4 - Phoney'nin Geri Dönüşü - Ejderha Katili</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789756129784</t>
+          <t>9789756129562</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>XIII Cilt 1 - Kara Güneşin Yolu</t>
+          <t>Yürüyen Ölüler 10 - Neye Dönüştük</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786059985307</t>
+          <t>9789756129586</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Avenging Spider-Man Cilt 1 - Red Hulk</t>
+          <t>Gizli İstila</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>130</v>
+        <v>495</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789756129708</t>
+          <t>9789756129593</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 08 - Seçim Günü</t>
+          <t>Yürüyen Ölüler 11 - Avcılardan Kork</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>405</v>
+        <v>250</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789756129715</t>
+          <t>9789756129852</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 09 - 7/24</t>
+          <t>Lejyon</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>390</v>
+        <v>180</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786059469784</t>
+          <t>9789756129630</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Moon Knight Cilt: 02 Reenkarnasyonlar</t>
+          <t>Amazing Spider-Man Cilt 07 - Ölüm ve Randevu</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>270</v>
+        <v>405</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786059985659</t>
+          <t>9789756129647</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Punisher Marvel Evreni'ni Öldürüyor</t>
+          <t>Yürüyen Ölüler 12 - Aralarında Yaşamak</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786059469678</t>
+          <t>9789756129661</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>X'in Ölümü</t>
+          <t>Tapınak</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789756129746</t>
+          <t>9789756129678</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler Cilt 14 - Çıkış Yok</t>
+          <t>Yürüyen Ölüler 13 - Dönüş Yok</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786059985475</t>
+          <t>9789756129685</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Avenging Spider - Man 4</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 07</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>110</v>
+        <v>360</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789756129753</t>
+          <t>9786057784520</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler Cilt 15 - Kendimizi Bulduk</t>
+          <t>Superior Spider-Man Team-Up 7</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789756129814</t>
+          <t>9789756129784</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 08</t>
+          <t>XIII Cilt 1 - Kara Güneşin Yolu</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789756129845</t>
+          <t>9786059985307</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 10 - American Son</t>
+          <t>Avenging Spider-Man Cilt 1 - Red Hulk</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786059469357</t>
+          <t>9789756129708</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Moon Knight Cilt: 01 - Zırdeli</t>
+          <t>Amazing Spider-Man Cilt 08 - Seçim Günü</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>285</v>
+        <v>405</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789756129876</t>
+          <t>9789756129715</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Punisher Max Cilt 01 - Başlangıç</t>
+          <t>Amazing Spider-Man Cilt 09 - 7/24</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786059469227</t>
+          <t>9786059469784</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Marvel Zombileri</t>
+          <t>Moon Knight Cilt: 02 Reenkarnasyonlar</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>285</v>
+        <v>270</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257646048</t>
+          <t>9786059985659</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 37</t>
+          <t>Punisher Marvel Evreni'ni Öldürüyor</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789756129890</t>
+          <t>9786059469678</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 11 - Bu Gece Kollarında Öldüm</t>
+          <t>X'in Ölümü</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>435</v>
+        <v>270</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786059469999</t>
+          <t>9789756129746</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 3</t>
+          <t>Yürüyen Ölüler 14 - Çıkış Yok</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789756129906</t>
+          <t>9786059985475</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 12 - Kızıl Saçlı Yabancı</t>
+          <t>Avenging Spider - Man 4</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786057784728</t>
+          <t>9789756129753</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 27</t>
+          <t>Yürüyen Ölüler 15 - Kendimizi Bulduk</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786057784575</t>
+          <t>9789756129814</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Spiderman 3</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 08</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>80</v>
+        <v>360</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789756129951</t>
+          <t>9789756129845</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 09</t>
+          <t>Amazing Spider-Man Cilt 10 - American Son</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786057784513</t>
+          <t>9786059469357</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Avengers 2</t>
+          <t>Moon Knight Cilt: 01 - Zırdeli</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>80</v>
+        <v>285</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786057784490</t>
+          <t>9789756129876</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Dev Hulk 181 - Karşınızda Wolverine!</t>
+          <t>Punisher Max Cilt 01 - Başlangıç</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>75</v>
+        <v>330</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786056924316</t>
+          <t>9786059469227</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Yeni Amazing Spider-Man Cilt: 5 Spiral</t>
+          <t>Marvel Zombileri</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>270</v>
+        <v>285</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789756129968</t>
+          <t>9786257646048</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Kuşatma</t>
+          <t>Rick and Morty 37</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>435</v>
+        <v>80</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257646512</t>
+          <t>9789756129890</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider - Man #101</t>
+          <t>Amazing Spider-Man Cilt 11 - Bu Gece Kollarında Öldüm</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>75</v>
+        <v>435</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786057784964</t>
+          <t>9786059469999</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Monster Cilt 1</t>
+          <t>Rick and Morty 3</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>450</v>
+        <v>80</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257646185</t>
+          <t>9789756129906</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Monster Cilt 2</t>
+          <t>Amazing Spider-Man Cilt 12 - Kızıl Saçlı Yabancı</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789756129807</t>
+          <t>9786057784728</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler Cilt 16 - Daha Geniş Bir Dünya</t>
+          <t>Rick and Morty 27</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257646390</t>
+          <t>9786057784575</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Spider-Man 5</t>
+          <t>Marvel Action Spiderman 3</t>
         </is>
       </c>
       <c r="C238" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257646383</t>
+          <t>9789756129951</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Avengers 5</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 09</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>80</v>
+        <v>360</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257646376</t>
+          <t>9786057784513</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Avengers 4</t>
+          <t>Marvel Action Avengers 2</t>
         </is>
       </c>
       <c r="C240" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257646369</t>
+          <t>9786057784490</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Spider-Man 4</t>
+          <t>Yeşil Dev Hulk 181 - Karşınızda Wolverine!</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>80</v>
+        <v>75</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257646291</t>
+          <t>9786056924316</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Breaker Cilt 05</t>
+          <t>Yeni Amazing Spider-Man Cilt: 5 Spiral</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257646260</t>
+          <t>9789756129968</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 30 - Lizard Geri Dönmek Yok</t>
+          <t>Kuşatma</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>270</v>
+        <v>435</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786259662039</t>
+          <t>9786257646512</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Vol. 5 Cilt 2 - Dostlar ve Düşmanlar</t>
+          <t>Amazing Spider - Man #101</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>300</v>
+        <v>75</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257646222</t>
+          <t>9786057784964</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man 129</t>
+          <t>Monster Cilt 1</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>75</v>
+        <v>450</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257646161</t>
+          <t>9786257646185</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>İkigami 6</t>
+          <t>Monster Cilt 2</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257646123</t>
+          <t>9789756129807</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Spider - Man 1 McFarlane</t>
+          <t>Yürüyen Ölüler 16 - Daha Geniş Bir Dünya</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786059985925</t>
+          <t>9786257646390</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider-Man Cilt 3: Kaçış Yok</t>
+          <t>Marvel Action Spider-Man 5</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>315</v>
+        <v>80</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786059985024</t>
+          <t>9786257646383</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>All New X-Men 1 - Geçmişteki X-Men</t>
+          <t>Marvel Action Avengers 5</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>315</v>
+        <v>80</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057784254</t>
+          <t>9786257646376</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>İkigami Cilt 2</t>
+          <t>Marvel Action Avengers 4</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>170</v>
+        <v>80</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786059985505</t>
+          <t>9786257646369</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Uncanny X-Men Cilt 1 Devrim</t>
+          <t>Marvel Action Spider-Man 4</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>315</v>
+        <v>80</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786059469418</t>
+          <t>9786257646291</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Guardians Of The Galaxy Cilt 3 -Guardians Dağıldı (Ciltli)</t>
+          <t>Breaker Cilt 05</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789756129289</t>
+          <t>9786257646260</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler Bölüm 6 : Acı Hayat</t>
+          <t>Amazing Spider-Man Cilt 30 - Lizard Geri Dönmek Yok</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789756129449</t>
+          <t>9786259662039</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler Bölüm 8 : Acı İçinde Doğanlar</t>
+          <t>Amazing Spider-Man Vol. 5 Cilt 2 - Dostlar ve Düşmanlar</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786057784568</t>
+          <t>9786257646222</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man Cilt 27 - Kör Uçuş</t>
+          <t>Amazing Spider-Man 129</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>270</v>
+        <v>75</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786059985338</t>
+          <t>9786257646161</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Avenging Spiderman 02 - Hawkeye ve Captain America</t>
+          <t>İkigami 6</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786059985826</t>
+          <t>9786257646123</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Anti-Yenom: Yeni Yaşama Yolları</t>
+          <t>Spider - Man 1 McFarlane</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>140</v>
+        <v>75</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786059469951</t>
+          <t>9786059985925</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man Cilt 25 - Anti-Venom’un Dönüşü</t>
+          <t>Superior Spider-Man Cilt 3: Kaçış Yok</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>285</v>
+        <v>315</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786059469036</t>
+          <t>9786059985024</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider-Man Team-Up 1</t>
+          <t>All New X-Men 1 - Geçmişteki X-Men</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>110</v>
+        <v>315</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786059469074</t>
+          <t>9786057784254</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man Cilt 21 Türlerin Kökeni</t>
+          <t>İkigami Cilt 2</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>420</v>
+        <v>170</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786059469159</t>
+          <t>9786059985505</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider-Man Team-UP 3</t>
+          <t>Uncanny X-Men Cilt 1 Devrim</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>110</v>
+        <v>315</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786059469432</t>
+          <t>9786059469418</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Düğün Özel Sayısı</t>
+          <t>Guardians Of The Galaxy Cilt 3 -Guardians Dağıldı (Ciltli)</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>110</v>
+        <v>360</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786059469685</t>
+          <t>9789756129289</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Taksi Hikayeleri - Mis Kokulu Kadın</t>
+          <t>Yürüyen Ölüler 6 - Acı Hayat</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786059469821</t>
+          <t>9789756129449</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Daredevil - The Punisher</t>
+          <t>Yürüyen Ölüler 8 - Acı İçinde Doğanlar</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786056889837</t>
+          <t>9786057784568</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider-Man - Team-Up 6</t>
+          <t>The Amazing Spider-Man Cilt 27 - Kör Uçuş</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786059985437</t>
+          <t>9786059985338</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man Sayı: 16 - Meydan Okuma</t>
+          <t>Avenging Spiderman 02 - Hawkeye ve Captain America</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>315</v>
+        <v>110</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786059985444</t>
+          <t>9786059985826</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man Cilt 17 - Meydan Okuma 4: Juggernaut</t>
+          <t>Anti-Yenom: Yeni Yaşama Yolları</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>255</v>
+        <v>140</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786059985666</t>
+          <t>9786059469951</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man Cilt 18 - Meydan Okuma 5: Lizard</t>
+          <t>The Amazing Spider-Man Cilt 25 - Anti-Venom’un Dönüşü</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>300</v>
+        <v>285</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786059985741</t>
+          <t>9786059469036</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Avenging Spider-Man 6</t>
+          <t>Superior Spider-Man Team-Up 1</t>
         </is>
       </c>
       <c r="C269" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786059985864</t>
+          <t>9786059469074</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 19 Amansız Av</t>
+          <t>The Amazing Spider-Man Cilt 21 Türlerin Kökeni</t>
         </is>
       </c>
       <c r="C270" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786059985918</t>
+          <t>9786059469159</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man Cilt 20 - Geçmiş Zaman Olur ki</t>
+          <t>Superior Spider-Man Team-UP 3</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>360</v>
+        <v>110</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789756129258</t>
+          <t>9786059469432</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler Bölüm 5 : En İyi Savunma</t>
+          <t>Amazing Spider-Man Düğün Özel Sayısı</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789756129531</t>
+          <t>9786059469685</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spiderman: Yeni Ölme Yolları Cilt: 5</t>
+          <t>Taksi Hikayeleri - Mis Kokulu Kadın</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789756129616</t>
+          <t>9786059469821</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Bouncer Cilt 1</t>
+          <t>Daredevil - The Punisher</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786056889844</t>
+          <t>9786056889837</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Vision</t>
+          <t>Superior Spider-Man - Team-Up 6</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>570</v>
+        <v>140</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786056924385</t>
+          <t>9786059985437</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Cadı Avcısı - Witch Hunter Cilt 3</t>
+          <t>The Amazing Spider-Man Sayı: 16 - Meydan Okuma</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>150</v>
+        <v>315</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786059469128</t>
+          <t>9786059985444</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Küçük Marvel - Dev Boy</t>
+          <t>The Amazing Spider-Man Cilt 17 - Meydan Okuma 4: Juggernaut</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>170</v>
+        <v>255</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786059469319</t>
+          <t>9786059985666</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man Cilt 22: Muazzam</t>
+          <t>The Amazing Spider-Man Cilt 18 - Meydan Okuma 5: Lizard</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786059469791</t>
+          <t>9786059985741</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 4: Gece Vardiyası</t>
+          <t>Avenging Spider-Man 6</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>255</v>
+        <v>110</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789756129975</t>
+          <t>9786059985864</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Nuh</t>
+          <t>Amazing Spider-Man Cilt 19 Amansız Av</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786059985017</t>
+          <t>9786059985918</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 17: Korkulası Şeyler</t>
+          <t>The Amazing Spider-Man Cilt 20 - Geçmiş Zaman Olur ki</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786059985468</t>
+          <t>9789756129258</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Avenging Spiderman 3 - She Hulk</t>
+          <t>Yürüyen Ölüler 5 - En İyi Savunma</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>110</v>
+        <v>325</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786059985093</t>
+          <t>9789756129531</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Astonishing Spider-Man ve Wolverine</t>
+          <t>The Amazing Spiderman: Yeni Ölme Yolları Cilt: 5</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>360</v>
+        <v>390</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786059985314</t>
+          <t>9789756129616</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Hawkeye 1 - Bir Silah Olarak Yaşamım</t>
+          <t>Bouncer Cilt 1</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>315</v>
+        <v>180</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786059985154</t>
+          <t>9786056889844</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler Cilt: 19 Savaşa Doğru</t>
+          <t>Vision</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>250</v>
+        <v>570</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786057784049</t>
+          <t>9786056924385</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Avengers 1</t>
+          <t>Cadı Avcısı - Witch Hunter Cilt 3</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786057784063</t>
+          <t>9786059469128</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Amazing Fantasy 15 - Karşınızda Örümcek Adam</t>
+          <t>Küçük Marvel - Dev Boy</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786057784230</t>
+          <t>9786059469319</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spiderman - Örümcek Adası</t>
+          <t>The Amazing Spider-Man Cilt 22: Muazzam</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>510</v>
+        <v>330</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786059469593</t>
+          <t>9786059469791</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Omega Efekti</t>
+          <t>Amazing Spider-Man Cilt 4: Gece Vardiyası</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>130</v>
+        <v>255</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786057784551</t>
+          <t>9789756129975</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Spiderman - 2</t>
+          <t>Nuh</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786057784155</t>
+          <t>9786059985017</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Kötü Kedi Şerafettin - 1. Kitap</t>
+          <t>Yürüyen Ölüler 17 - Korkulası Şeyler</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786057784308</t>
+          <t>9786059985468</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Punisher Doğuyor</t>
+          <t>Avenging Spiderman 3 - She Hulk</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>270</v>
+        <v>110</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786056939839</t>
+          <t>9786059985093</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>X-Men Mutant Genesis</t>
+          <t>Astonishing Spider-Man ve Wolverine</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786057784544</t>
+          <t>9786059985314</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider- Man Team-Up 8</t>
+          <t>Hawkeye 1 - Bir Silah Olarak Yaşamım</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>160</v>
+        <v>315</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786057784582</t>
+          <t>9786059985154</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Örümcek Adam ve Venom: Çifte Bela - 1</t>
+          <t>Yürüyen Ölüler 19 - Savaşa Doğru</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789756129364</t>
+          <t>9786057784049</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man Cilt 2: Yepyeni Bir Gün</t>
+          <t>Marvel Action Avengers 1</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>375</v>
+        <v>80</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786056889806</t>
+          <t>9786057784063</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 4</t>
+          <t>Amazing Fantasy 15 - Karşınızda Örümcek Adam</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786056939860</t>
+          <t>9786057784230</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Silver Surfer - Alegori</t>
+          <t>Amazing Spiderman - Örümcek Adası</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>160</v>
+        <v>510</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786056889875</t>
+          <t>9786059469593</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Spider-Gwen Cilt 1: Daha Büyük Güç</t>
+          <t>Omega Efekti</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>315</v>
+        <v>130</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786059985932</t>
+          <t>9786057784551</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Saga Cilt: 4</t>
+          <t>Marvel Action Spiderman - 2</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>345</v>
+        <v>80</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786059469838</t>
+          <t>9786057784155</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 1</t>
+          <t>Kötü Kedi Şerafettin - 1. Kitap</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786057784636</t>
+          <t>9786057784308</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 23</t>
+          <t>Punisher Doğuyor</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>80</v>
+        <v>270</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786057784599</t>
+          <t>9786056939839</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Örümcek Adam &amp; Venom - Çifte Bela Sayı: 3</t>
+          <t>X-Men Mutant Genesis</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786057784612</t>
+          <t>9786057784544</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Örümcek Adam &amp; Venom - Çifte Bela Sayı: 2</t>
+          <t>Superior Spider- Man Team-Up 8</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786057784032</t>
+          <t>9786057784582</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Spider-Man Sayı: 1</t>
+          <t>Örümcek Adam ve Venom: Çifte Bela - 1</t>
         </is>
       </c>
       <c r="C305" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786057784537</t>
+          <t>9789756129364</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Avengers 3</t>
+          <t>The Amazing Spider-Man Cilt 2: Yepyeni Bir Gün</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>80</v>
+        <v>375</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789756129821</t>
+          <t>9786056889806</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>İç Savaş</t>
+          <t>Rick and Morty 4</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>450</v>
+        <v>80</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786059469913</t>
+          <t>9786056939860</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Eve Dönüş - Venom Cilt 1</t>
+          <t>Silver Surfer - Alegori</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>315</v>
+        <v>160</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786059985956</t>
+          <t>9786056889875</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Chew Cilt 4: Flambe</t>
+          <t>Spider-Gwen Cilt 1: Daha Büyük Güç</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>285</v>
+        <v>315</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786059985031</t>
+          <t>9786059985932</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Chew Bölüm 1: Lezzetçilerin Tercihi</t>
+          <t>Saga Cilt: 4</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>300</v>
+        <v>345</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786056924392</t>
+          <t>9786059469838</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Cadı Avcısı - Witch Hunter Cilt 4</t>
+          <t>Rick and Morty 1</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789756129241</t>
+          <t>9786057784636</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Bone 1</t>
+          <t>Rick and Morty 23</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786057784315</t>
+          <t>9786057784599</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man Vol 5 Cilt 1: Öze Dönüş</t>
+          <t>Örümcek Adam &amp; Venom - Çifte Bela Sayı: 3</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>330</v>
+        <v>80</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786059469814</t>
+          <t>9786057784612</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Ahtapotun Kolları</t>
+          <t>Örümcek Adam &amp; Venom - Çifte Bela Sayı: 2</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>170</v>
+        <v>80</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786059985833</t>
+          <t>9786057784032</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>A-Bebekleri ve X-Bebekleri</t>
+          <t>Marvel Action Spider-Man Sayı: 1</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>90</v>
+        <v>80</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789756129760</t>
+          <t>9786057784537</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt: 5 - Kara Yel</t>
+          <t>Marvel Action Avengers 3</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789756129692</t>
+          <t>9789756129821</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 3 - Düşen Kaplanın Islığı</t>
+          <t>İç Savaş</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786259475714</t>
+          <t>9786059469913</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 56</t>
+          <t>Eve Dönüş - Venom Cilt 1</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>80</v>
+        <v>315</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786259475707</t>
+          <t>9786059985956</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 55</t>
+          <t>Chew Cilt 4: Flambe</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>80</v>
+        <v>285</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786259860190</t>
+          <t>9786059985031</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 54</t>
+          <t>Chew Bölüm 1: Lezzetçilerin Tercihi</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786259860183</t>
+          <t>9786056924392</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 53</t>
+          <t>Cadı Avcısı - Witch Hunter Cilt 4</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786256327375</t>
+          <t>9789756129241</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Liar Game Cilt 2</t>
+          <t>Bone 1</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786256327320</t>
+          <t>9786057784315</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Breaker Cilt 10</t>
+          <t>The Amazing Spider-Man Vol 5 Cilt 1: Öze Dönüş</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>170</v>
+        <v>330</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786256327313</t>
+          <t>9786059469814</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Breaker Cilt 9</t>
+          <t>Ahtapotun Kolları</t>
         </is>
       </c>
       <c r="C324" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786256327238</t>
+          <t>9786059985833</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Breaker Cilt 8</t>
+          <t>A-Bebekleri ve X-Bebekleri</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>170</v>
+        <v>90</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786256327351</t>
+          <t>9789756129760</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Zom 100 Cilt 08</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt: 5 - Kara Yel</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786256327344</t>
+          <t>9789756129692</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Zom 100 Cilt 07</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 3 - Düşen Kaplanın Islığı</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786256327337</t>
+          <t>9786259475714</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Paranoya Cilt 4</t>
+          <t>Rick and Morty 56</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>170</v>
+        <v>80</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786256327306</t>
+          <t>9786259475707</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Frieren</t>
+          <t>Rick and Morty 55</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>170</v>
+        <v>80</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786256327269</t>
+          <t>9786259860190</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Monster Cilt 8</t>
+          <t>Rick and Morty 54</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>450</v>
+        <v>80</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786256327252</t>
+          <t>9786259860183</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Venom Cilt 5 Venom Adası</t>
+          <t>Rick and Morty 53</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>315</v>
+        <v>80</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786256327245</t>
+          <t>9786256327375</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Conan the Barbarian 25</t>
+          <t>Liar Game Cilt 2</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>90</v>
+        <v>170</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786256378995</t>
+          <t>9786256327320</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Conan the Barbarian 24</t>
+          <t>Breaker Cilt 10</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>80</v>
+        <v>170</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786259503516</t>
+          <t>9786256327313</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Kötü Kedi Şerafettin</t>
+          <t>Breaker Cilt 9</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786259503509</t>
+          <t>9786256327238</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Spider-Man - Hayvanlar Toplanın</t>
+          <t>Breaker Cilt 8</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>225</v>
+        <v>170</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786256327207</t>
+          <t>9786256327351</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Ninja Kaplumbağalar 1</t>
+          <t>Zom 100 Cilt 08</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786256327221</t>
+          <t>9786256327344</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Liar Game Cilt 1</t>
+          <t>Zom 100 Cilt 07</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786256327214</t>
+          <t>9786256327337</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Nana Cilt 1</t>
+          <t>Paranoya Cilt 4</t>
         </is>
       </c>
       <c r="C338" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786256327146</t>
+          <t>9786256327306</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Monster Cilt 7</t>
+          <t>Frieren</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>450</v>
+        <v>170</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786259475769</t>
+          <t>9786256327269</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty Sunar: Turşu Rick</t>
+          <t>Monster Cilt 8</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>90</v>
+        <v>450</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786256327191</t>
+          <t>9786256327252</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Peter Parker ve Miles Morales Spider-Men: Çifte Bela #4</t>
+          <t>Venom Cilt 5 Venom Adası</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>80</v>
+        <v>315</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786256327184</t>
+          <t>9786256327245</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Peter Parker ve Miles Morales Spider-Men: Çifte Bela #3</t>
+          <t>Conan the Barbarian 25</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786256327177</t>
+          <t>9786256378995</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Peter Parker ve Miles Morales Spider-Men: Çifte Bela #2</t>
+          <t>Conan the Barbarian 24</t>
         </is>
       </c>
       <c r="C343" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786256327160</t>
+          <t>9786259503516</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Peter Parker ve Miles Morales Spider-Men: Çifte Bela #1</t>
+          <t>Kötü Kedi Şerafettin</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786256327085</t>
+          <t>9786259503509</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Immortal Hulk Cilt 3 - Hulk Cehennemde</t>
+          <t>Spider-Man - Hayvanlar Toplanın</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>270</v>
+        <v>225</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786256327115</t>
+          <t>9786256327207</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Vol. 5 Cilt 7 - 2099</t>
+          <t>Ninja Kaplumbağalar 1</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786256327061</t>
+          <t>9786256327221</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Spider-Man 9</t>
+          <t>Liar Game Cilt 1</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>80</v>
+        <v>170</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786256327092</t>
+          <t>9786256327214</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Vol. 5 Cilt 6 - Absolute Carnage</t>
+          <t>Nana Cilt 1</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>255</v>
+        <v>170</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786256327047</t>
+          <t>9786256327146</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Spider-Man 8</t>
+          <t>Monster Cilt 7</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>80</v>
+        <v>450</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786256327108</t>
+          <t>9786259475769</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Spider-Man Almanak 1963</t>
+          <t>Rick and Morty Sunar: Turşu Rick</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>325</v>
+        <v>90</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786256327078</t>
+          <t>9786256327191</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Avengers 9</t>
+          <t>Peter Parker ve Miles Morales Spider-Men: Çifte Bela #4</t>
         </is>
       </c>
       <c r="C351" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786256327054</t>
+          <t>9786256327184</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Avengers 8</t>
+          <t>Peter Parker ve Miles Morales Spider-Men: Çifte Bela #3</t>
         </is>
       </c>
       <c r="C352" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786259860176</t>
+          <t>9786256327177</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 52</t>
+          <t>Peter Parker ve Miles Morales Spider-Men: Çifte Bela #2</t>
         </is>
       </c>
       <c r="C353" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786259860169</t>
+          <t>9786256327160</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 51</t>
+          <t>Peter Parker ve Miles Morales Spider-Men: Çifte Bela #1</t>
         </is>
       </c>
       <c r="C354" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786259860152</t>
+          <t>9786256327085</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 50</t>
+          <t>Immortal Hulk Cilt 3 - Hulk Cehennemde</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>110</v>
+        <v>270</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786259860145</t>
+          <t>9786256327115</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 49</t>
+          <t>Amazing Spider-Man Vol. 5 Cilt 7 - 2099</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>80</v>
+        <v>270</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786256327009</t>
+          <t>9786256327061</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Paranoya Cilt 3</t>
+          <t>Marvel Action Spider-Man 9</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786256378858</t>
+          <t>9786256327092</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Paranoya Cilt 2</t>
+          <t>Amazing Spider-Man Vol. 5 Cilt 6 - Absolute Carnage</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>150</v>
+        <v>255</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786059469517</t>
+          <t>9786256327047</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Breaker Cilt 1</t>
+          <t>Marvel Action Spider-Man 8</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786059469661</t>
+          <t>9786256327108</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>The Breaker Cilt 2</t>
+          <t>Spider-Man Almanak 1963</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>170</v>
+        <v>325</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786256327023</t>
+          <t>9786256327078</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Arkana'nın Şafağı Cilt 2</t>
+          <t>Marvel Action Avengers 9</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786256378506</t>
+          <t>9786256327054</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Komi Konuşmaktan Korkuyor Cilt 5</t>
+          <t>Marvel Action Avengers 8</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786256378865</t>
+          <t>9786259860176</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Ninja Kaplumbağalar - Son Ronin Sayı 1</t>
+          <t>Rick and Morty 52</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786256378186</t>
+          <t>9786259860169</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Batman Minik Gotham Cilt 2</t>
+          <t>Rick and Morty 51</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>315</v>
+        <v>80</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786256378162</t>
+          <t>9786259860152</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Batman Minik Gotham Cilt 1</t>
+          <t>Rick and Morty 50</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>315</v>
+        <v>110</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786256378841</t>
+          <t>9786259860145</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Monster Cilt 6</t>
+          <t>Rick and Morty 49</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>450</v>
+        <v>80</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786256378957</t>
+          <t>9786256327009</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>New Avengers Cilt 2 - Sentry</t>
+          <t>Paranoya Cilt 3</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>255</v>
+        <v>150</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786256378940</t>
+          <t>9786256378858</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>New Avengers Cilt 1 - Firar</t>
+          <t>Paranoya Cilt 2</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>345</v>
+        <v>150</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786256378926</t>
+          <t>9786059469517</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Gizli Savaş</t>
+          <t>Breaker Cilt 1</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>345</v>
+        <v>150</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786259860138</t>
+          <t>9786059469661</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 48</t>
+          <t>The Breaker Cilt 2</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>80</v>
+        <v>170</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786259860121</t>
+          <t>9786256327023</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 47</t>
+          <t>Arkana'nın Şafağı Cilt 2</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786259860114</t>
+          <t>9786256378506</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 46</t>
+          <t>Komi Konuşmaktan Korkuyor Cilt 5</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786259860107</t>
+          <t>9786256378865</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 45</t>
+          <t>Ninja Kaplumbağalar - Son Ronin Sayı 1</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786256378988</t>
+          <t>9786256378186</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 23</t>
+          <t>Batman Minik Gotham Cilt 2</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>80</v>
+        <v>315</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786256378971</t>
+          <t>9786256378162</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 22</t>
+          <t>Batman Minik Gotham Cilt 1</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>80</v>
+        <v>315</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786256378964</t>
+          <t>9786256378841</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 21</t>
+          <t>Monster Cilt 6</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>80</v>
+        <v>450</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786256378810</t>
+          <t>9786256378957</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Zom 100 Cilt 6</t>
+          <t>New Avengers Cilt 2 - Sentry</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>150</v>
+        <v>255</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786256378803</t>
+          <t>9786256378940</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Aşk Hikayesi Cilt 2</t>
+          <t>New Avengers Cilt 1 - Firar</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>150</v>
+        <v>345</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786256378797</t>
+          <t>9786256378926</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Aşk Hikayesi Cilt 1</t>
+          <t>Gizli Savaş</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>150</v>
+        <v>345</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786256378827</t>
+          <t>9786259860138</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Sınıfı 3 Cilt 2</t>
+          <t>Rick and Morty 48</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>170</v>
+        <v>80</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786256378834</t>
+          <t>9786259860121</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Denizin Çocukları Cilt 2</t>
+          <t>Rick and Morty 47</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786256378599</t>
+          <t>9786259860114</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>She-Hulk #1</t>
+          <t>Rick and Morty 46</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786256378537</t>
+          <t>9786259860107</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Spider-Man Sayı 7</t>
+          <t>Rick and Morty 45</t>
         </is>
       </c>
       <c r="C383" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786256378544</t>
+          <t>9786256378988</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Avengers 7</t>
+          <t>Conan The Barbarian 23</t>
         </is>
       </c>
       <c r="C384" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786256378483</t>
+          <t>9786256378971</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Avengers 6</t>
+          <t>Conan The Barbarian 22</t>
         </is>
       </c>
       <c r="C385" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786256378179</t>
+          <t>9786256378964</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Küçük Canavarlar Cilt 1</t>
+          <t>Conan The Barbarian 21</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>345</v>
+        <v>80</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786256378346</t>
+          <t>9786256378810</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Kahramanın Trajedisi Cilt 1</t>
+          <t>Zom 100 Cilt 6</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786256378292</t>
+          <t>9786256378803</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 28</t>
+          <t>Küçük Bir Aşk Hikayesi Cilt 2</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786256378285</t>
+          <t>9786256378797</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 27</t>
+          <t>Küçük Bir Aşk Hikayesi Cilt 1</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786256378780</t>
+          <t>9786256378827</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 30</t>
+          <t>Dövüş Sınıfı 3 Cilt 2</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>360</v>
+        <v>170</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786256378773</t>
+          <t>9786256378834</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 29</t>
+          <t>Denizin Çocukları Cilt 2</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786259882697</t>
+          <t>9786256378599</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 44</t>
+          <t>She-Hulk #1</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>80</v>
+        <v>75</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786259882680</t>
+          <t>9786256378537</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 43</t>
+          <t>Marvel Action Spider-Man Sayı 7</t>
         </is>
       </c>
       <c r="C393" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786259882673</t>
+          <t>9786256378544</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 42</t>
+          <t>Marvel Action Avengers 7</t>
         </is>
       </c>
       <c r="C394" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786259882666</t>
+          <t>9786256378483</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 41</t>
+          <t>Marvel Action Avengers 6</t>
         </is>
       </c>
       <c r="C395" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786256378643</t>
+          <t>9786256378179</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Wonderlan Cilt 2</t>
+          <t>Küçük Canavarlar Cilt 1</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>150</v>
+        <v>345</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786256378735</t>
+          <t>9786256378346</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 20</t>
+          <t>Kahramanın Trajedisi Cilt 1</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786256378728</t>
+          <t>9786256378292</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 19</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 28</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>80</v>
+        <v>360</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786256378711</t>
+          <t>9786256378285</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 18</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 27</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>80</v>
+        <v>360</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786256378681</t>
+          <t>9786256378780</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 17</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 30</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>80</v>
+        <v>360</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786256378759</t>
+          <t>9786256378773</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Pesimistik Hikayeler 2</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 29</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>125</v>
+        <v>360</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786256378650</t>
+          <t>9786259882697</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Zom 100 Cilt 5</t>
+          <t>Rick and Morty 44</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786256378636</t>
+          <t>9786259882680</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Elfen Lied Cilt 12</t>
+          <t>Rick and Morty 43</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>170</v>
+        <v>80</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786256378667</t>
+          <t>9786259882673</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Arkana'nın Şafağı Cilt 1</t>
+          <t>Rick and Morty 42</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786256378698</t>
+          <t>9786259882666</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler Cilt 31 - Köküne Kadar Çürümüş</t>
+          <t>Rick and Morty 41</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786256378674</t>
+          <t>9786256378643</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler Cilt 30 - Yeni Dünya Düzeni</t>
+          <t>Wonderlan Cilt 2</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786256378612</t>
+          <t>9786256378735</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Kunteper Canavarı 3. Kitap - Zın Zın Zın</t>
+          <t>Conan The Barbarian 20</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786256378605</t>
+          <t>9786256378728</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Kötü Kedi Şerafettin 4. Kitap</t>
+          <t>Conan The Barbarian 19</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>220</v>
+        <v>80</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786256378452</t>
+          <t>9786256378711</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Vol.5 Cilt 5 - Perde Arkası</t>
+          <t>Conan The Barbarian 18</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>345</v>
+        <v>80</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786256378445</t>
+          <t>9786256378681</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Spider-Man Vol 5 Cilt 4 - Av Oyunu</t>
+          <t>Conan The Barbarian 17</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>615</v>
+        <v>80</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786256378513</t>
+          <t>9786256378759</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Sınıfı 3 - Cilt 1</t>
+          <t>Pesimistik Hikayeler 2</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>170</v>
+        <v>125</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786256378490</t>
+          <t>9786256378650</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Elfen Lied Cilt 9</t>
+          <t>Zom 100 Cilt 5</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786256378520</t>
+          <t>9786256378636</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Elfen Lied Cilt 10</t>
+          <t>Elfen Lied Cilt 12</t>
         </is>
       </c>
       <c r="C413" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786256378421</t>
+          <t>9786256378667</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Venom Cilt 3 - Absolute Carnage Cilt 1</t>
+          <t>Arkana'nın Şafağı Cilt 1</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786256378360</t>
+          <t>9786256378698</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Ruhsuz Sayı 1</t>
+          <t>Yürüyen Ölüler 31 - Köküne Kadar Çürümüş</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786256378377</t>
+          <t>9786256378674</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Gerçeklik Düğümü</t>
+          <t>Yürüyen Ölüler 30 - Yeni Dünya Düzeni</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786256378384</t>
+          <t>9786256378612</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Mis Dergi Cilt 2</t>
+          <t>Kunteper Canavarı 3. Kitap - Zın Zın Zın</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786256378353</t>
+          <t>9786256378605</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Kahramanım Cilt 4</t>
+          <t>Kötü Kedi Şerafettin 4. Kitap</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786256378339</t>
+          <t>9786256378452</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Kahramanım 3</t>
+          <t>Amazing Spider-Man Vol.5 Cilt 5 - Perde Arkası</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>170</v>
+        <v>345</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786257646758</t>
+          <t>9786256378445</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Paper Girls Cilt 1</t>
+          <t>Spider-Man Vol 5 Cilt 4 - Av Oyunu</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>330</v>
+        <v>615</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786257646789</t>
+          <t>9786256378513</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Black Hammer Cilt 2 - Hadise</t>
+          <t>Dövüş Sınıfı 3 - Cilt 1</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786256378278</t>
+          <t>9786256378490</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Elfen Lied Cilt 8</t>
+          <t>Elfen Lied Cilt 9</t>
         </is>
       </c>
       <c r="C422" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786256378261</t>
+          <t>9786256378520</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Essex County Koleksiyon Sayısı</t>
+          <t>Elfen Lied Cilt 10</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>525</v>
+        <v>170</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786257646666</t>
+          <t>9786256378421</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man</t>
+          <t>Venom Cilt 3 - Absolute Carnage Cilt 1</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>75</v>
+        <v>300</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786256378148</t>
+          <t>9786256378360</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Southern Bastards Cilt 4 - Gaza Getirmek</t>
+          <t>Ruhsuz Sayı 1</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786256378087</t>
+          <t>9786256378377</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Southern Bastards Cilt 3 - Eve Dönüş</t>
+          <t>Gerçeklik Düğümü</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786256378216</t>
+          <t>9786256378384</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Silver Surfer 4</t>
+          <t>Mis Dergi Cilt 2</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786256378223</t>
+          <t>9786256378353</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Silver Surfer 1</t>
+          <t>Ben Bir Kahramanım Cilt 4</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786256378254</t>
+          <t>9786256378339</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 16</t>
+          <t>Ben Bir Kahramanım 3</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>80</v>
+        <v>170</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786256378247</t>
+          <t>9786257646758</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 15</t>
+          <t>Paper Girls Cilt 1</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>80</v>
+        <v>330</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786256378230</t>
+          <t>9786257646789</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 14</t>
+          <t>Black Hammer Cilt 2 - Hadise</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786256378209</t>
+          <t>9786256378278</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 13</t>
+          <t>Elfen Lied Cilt 8</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>80</v>
+        <v>170</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786256378100</t>
+          <t>9786256378261</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Crossover Cilt 2 - 10 Sent Salgını</t>
+          <t>Essex County Koleksiyon Sayısı</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>310</v>
+        <v>525</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786256378117</t>
+          <t>9786257646666</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Archie Cilt 1</t>
+          <t>Amazing Spider-Man</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>290</v>
+        <v>75</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786256378124</t>
+          <t>9786256378148</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Eşyalar Hanı Cilt 2</t>
+          <t>Southern Bastards Cilt 4 - Gaza Getirmek</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786256378094</t>
+          <t>9786256378087</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Eşyalar Hanı Cilt 1</t>
+          <t>Southern Bastards Cilt 3 - Eve Dönüş</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786256378070</t>
+          <t>9786256378216</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Komi Konuşmaktan Korkuyor Cilt 3</t>
+          <t>Silver Surfer 4</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786256378155</t>
+          <t>9786256378223</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Sevdiğin Ben</t>
+          <t>Silver Surfer 1</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786257646772</t>
+          <t>9786256378254</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Pesimistik Hikayeler</t>
+          <t>Conan The Barbarian 16</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>125</v>
+        <v>80</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786257646994</t>
+          <t>9786256378247</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Fantastic Four - Sil Baştan</t>
+          <t>Conan The Barbarian 15</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786257646987</t>
+          <t>9786256378230</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Venom Cilt 1 - Rex</t>
+          <t>Conan The Barbarian 14</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>330</v>
+        <v>80</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786256378056</t>
+          <t>9786256378209</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Elfen Lied Cilt 7</t>
+          <t>Conan The Barbarian 13</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>170</v>
+        <v>80</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786256378049</t>
+          <t>9786256378100</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Elfen Lied Cilt 6</t>
+          <t>Crossover Cilt 2 - 10 Sent Salgını</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>170</v>
+        <v>310</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786256378032</t>
+          <t>9786256378117</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Elfen Lied Cilt 5</t>
+          <t>Archie Cilt 1</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>170</v>
+        <v>290</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786257646765</t>
+          <t>9786256378124</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Paper Girls Cilt 2</t>
+          <t>Kayıp Eşyalar Hanı Cilt 2</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786257646956</t>
+          <t>9786256378094</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>En Kahraman Rıdvan Cilt 14 - Bay Karanlık / Entegra</t>
+          <t>Kayıp Eşyalar Hanı Cilt 1</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786257646970</t>
+          <t>9786256378070</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Aynalı Teke - Sonsuz Av</t>
+          <t>Komi Konuşmaktan Korkuyor Cilt 3</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786257646963</t>
+          <t>9786256378155</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Ultimate Fallout #4</t>
+          <t>Karanlıkta Sevdiğin Ben</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786257646819</t>
+          <t>9786257646772</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Gizli İmparatorluk Cilt 2</t>
+          <t>Pesimistik Hikayeler</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>570</v>
+        <v>125</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786257646796</t>
+          <t>9786257646994</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Spider-Geddon</t>
+          <t>Fantastic Four - Sil Baştan</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786257646895</t>
+          <t>9786257646987</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Komi Konuşmaktan Korkuyor Cilt 2</t>
+          <t>Venom Cilt 1 - Rex</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786257646949</t>
+          <t>9786256378056</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Elfen Lied Cilt 4</t>
+          <t>Elfen Lied Cilt 7</t>
         </is>
       </c>
       <c r="C452" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786257646925</t>
+          <t>9786256378049</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Breaker Cilt 7</t>
+          <t>Elfen Lied Cilt 6</t>
         </is>
       </c>
       <c r="C453" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786257646857</t>
+          <t>9786256378032</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Kahramanım Cilt 2</t>
+          <t>Elfen Lied Cilt 5</t>
         </is>
       </c>
       <c r="C454" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786257646840</t>
+          <t>9786257646765</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>İkigami Cilt 10</t>
+          <t>Paper Girls Cilt 2</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786257646864</t>
+          <t>9786257646956</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Bitikler İçin Olumlamalar</t>
+          <t>En Kahraman Rıdvan Cilt 14 - Bay Karanlık / Entegra</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786257646901</t>
+          <t>9786257646970</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Roman Çetesi 3 - Her Sırta Ayrı Hançer</t>
+          <t>Aynalı Teke - Sonsuz Av</t>
         </is>
       </c>
       <c r="C457" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786257646918</t>
+          <t>9786257646963</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Çarpışma Cilt 2</t>
+          <t>Ultimate Fallout #4</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786257646741</t>
+          <t>9786257646819</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Thor ve Loki: Çifte Bela 4</t>
+          <t>Gizli İmparatorluk Cilt 2</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>80</v>
+        <v>570</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786257646734</t>
+          <t>9786257646796</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Thor ve Loki: Çifte Bela 3</t>
+          <t>Spider-Geddon</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>80</v>
+        <v>330</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786257646727</t>
+          <t>9786257646895</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Thor ve Loki: Çifte Bela 2</t>
+          <t>Komi Konuşmaktan Korkuyor Cilt 2</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786257646710</t>
+          <t>9786257646949</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Thor ve Loki: Çifte Bela 1</t>
+          <t>Elfen Lied Cilt 4</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>80</v>
+        <v>170</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786257646697</t>
+          <t>9786257646925</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Thor: Şimşek Tanrıçası</t>
+          <t>Breaker Cilt 7</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>450</v>
+        <v>170</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786257646680</t>
+          <t>9786257646857</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Thor - God of Thunder Cilt 4</t>
+          <t>Ben Bir Kahramanım Cilt 2</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>375</v>
+        <v>170</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786257646673</t>
+          <t>9786257646840</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Thor - God of Thunder Cilt 3</t>
+          <t>İkigami Cilt 10</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>360</v>
+        <v>170</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786259503530</t>
+          <t>9786257646864</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Kunteper Canavarı 2. Kitap - Zın Zın</t>
+          <t>Bitikler İçin Olumlamalar</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786257646543</t>
+          <t>9786257646901</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Immortal Hulk Cilt 2 - Yeşil Kapı</t>
+          <t>Çizgi Roman Çetesi 3 - Her Sırta Ayrı Hançer</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786257646574</t>
+          <t>9786257646918</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 12</t>
+          <t>Çarpışma Cilt 2</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786257646529</t>
+          <t>9786257646741</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Vol.5 Cilt: 3 - Ömür Boyu Başarı</t>
+          <t>Thor ve Loki: Çifte Bela 4</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>270</v>
+        <v>80</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786257646536</t>
+          <t>9786257646734</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt: 32 - Son Arzu</t>
+          <t>Thor ve Loki: Çifte Bela 3</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786257646499</t>
+          <t>9786257646727</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Crossover Cilt 1</t>
+          <t>Thor ve Loki: Çifte Bela 2</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>310</v>
+        <v>80</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786257646482</t>
+          <t>9786257646710</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Komi Konuşmaktan Korkuyor Cilt 1</t>
+          <t>Thor ve Loki: Çifte Bela 1</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786257646178</t>
+          <t>9786257646697</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Taksi Hikayeleri 2</t>
+          <t>Thor: Şimşek Tanrıçası</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786057784261</t>
+          <t>9786257646680</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Beş Yaprak 2</t>
+          <t>Thor - God of Thunder Cilt 4</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>170</v>
+        <v>375</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786257646451</t>
+          <t>9786257646673</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Kahramanım 1</t>
+          <t>Thor - God of Thunder Cilt 3</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>170</v>
+        <v>360</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786257646345</t>
+          <t>9786259503530</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Sabrina ve Tüyler Ürpertici Maceraları</t>
+          <t>Kunteper Canavarı 2. Kitap - Zın Zın</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786257646338</t>
+          <t>9786257646543</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Şeker Canavarı 2</t>
+          <t>Immortal Hulk Cilt 2 - Yeşil Kapı</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>275</v>
+        <v>270</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786257646314</t>
+          <t>9786257646574</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Beş Yaprak 7</t>
+          <t>Conan The Barbarian 12</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>170</v>
+        <v>80</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786257646307</t>
+          <t>9786257646529</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>İkigami 7</t>
+          <t>Amazing Spider-Man Vol.5 Cilt: 3 - Ömür Boyu Başarı</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786257646284</t>
+          <t>9786257646536</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Witch Hunter - Cadı Avcısı Cilt 05</t>
+          <t>Amazing Spider-Man Cilt: 32 - Son Arzu</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786257646277</t>
+          <t>9786257646499</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>En Kahraman Rıdvan 13 - Zaman Tüneli</t>
+          <t>Crossover Cilt 1</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>180</v>
+        <v>310</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786257646246</t>
+          <t>9786257646482</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 29 - Dünyanın Her Yeri</t>
+          <t>Komi Konuşmaktan Korkuyor Cilt 1</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>405</v>
+        <v>150</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786257646239</t>
+          <t>9786257646178</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler Cilt 28 - Kıyamet</t>
+          <t>Taksi Hikayeleri 2</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786257646215</t>
+          <t>9786057784261</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Black Hammer 1</t>
+          <t>Beş Yaprak 2</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>340</v>
+        <v>170</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786257646208</t>
+          <t>9786257646451</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Conan 11</t>
+          <t>Ben Bir Kahramanım 1</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>80</v>
+        <v>170</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786257646192</t>
+          <t>9786257646345</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>God Country</t>
+          <t>Sabrina ve Tüyler Ürpertici Maceraları</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786257646154</t>
+          <t>9786257646338</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Beş Yaprak Cilt 6</t>
+          <t>Şeker Canavarı 2</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>170</v>
+        <v>275</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786257646147</t>
+          <t>9786257646314</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Conan 10</t>
+          <t>Beş Yaprak 7</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>80</v>
+        <v>170</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786257646130</t>
+          <t>9786257646307</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Conan 9</t>
+          <t>İkigami 7</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>80</v>
+        <v>170</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786257646093</t>
+          <t>9786257646284</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Dev Avcısı</t>
+          <t>Witch Hunter - Cadı Avcısı Cilt 05</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786257646031</t>
+          <t>9786257646277</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Roman Çetesi 2 -Birbirine Mezar Kazan Can Dostlar</t>
+          <t>En Kahraman Rıdvan 13 - Zaman Tüneli</t>
         </is>
       </c>
       <c r="C491" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786259503523</t>
+          <t>9786257646246</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Kötü Kedi Şerafettin 2</t>
+          <t>Amazing Spider-Man Cilt 29 - Dünyanın Her Yeri</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>220</v>
+        <v>405</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786257646635</t>
+          <t>9786257646239</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Elfen Lied Cilt 3</t>
+          <t>Yürüyen Ölüler 28 - Kıyamet</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786257646642</t>
+          <t>9786257646215</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Zom 100 Cilt 2</t>
+          <t>Black Hammer 1</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786257646611</t>
+          <t>9786257646208</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>İkigami Cilt 9</t>
+          <t>Conan 11</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>170</v>
+        <v>80</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786257646604</t>
+          <t>9786257646192</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Elfen Lied Cilt 2</t>
+          <t>God Country</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>170</v>
+        <v>325</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786257646598</t>
+          <t>9786257646154</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Breaker Cilt 6</t>
+          <t>Beş Yaprak Cilt 6</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786257646628</t>
+          <t>9786257646147</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Zom 100 Cilt 1</t>
+          <t>Conan 10</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786257646406</t>
+          <t>9786257646130</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Lady Killer Cilt 1 - Seattle 1962</t>
+          <t>Conan 9</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>260</v>
+        <v>80</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786257646413</t>
+          <t>9786257646093</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Lady Killer Cilt 2 - Cocoa Beach 1963</t>
+          <t>Dev Avcısı</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786257646437</t>
+          <t>9786257646031</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>İkigami 8</t>
+          <t>Çizgi Roman Çetesi 2 -Birbirine Mezar Kazan Can Dostlar</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786257646420</t>
+          <t>9786259503523</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Beş Yaprak 8</t>
+          <t>Kötü Kedi Şerafettin 2</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786257646444</t>
+          <t>9786257646635</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Elfen Lied Cilt 1</t>
+          <t>Elfen Lied Cilt 3</t>
         </is>
       </c>
       <c r="C503" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786257646116</t>
+          <t>9786257646642</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Şeker Canavarı 1: Ormanın Derinliklerinden Çıkış</t>
+          <t>Zom 100 Cilt 2</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786257646079</t>
+          <t>9786257646611</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 40</t>
+          <t>İkigami Cilt 9</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>80</v>
+        <v>170</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786257646062</t>
+          <t>9786257646604</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 39</t>
+          <t>Elfen Lied Cilt 2</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>80</v>
+        <v>170</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786257646055</t>
+          <t>9786257646598</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 38</t>
+          <t>Breaker Cilt 6</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786257646017</t>
+          <t>9786257646628</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 28 - Lotus Tahtı</t>
+          <t>Zom 100 Cilt 1</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786057784766</t>
+          <t>9786257646406</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Berlin - Işık Şehir Üçüncü Kitap</t>
+          <t>Lady Killer Cilt 1 - Seattle 1962</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786057784995</t>
+          <t>9786257646413</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 8</t>
+          <t>Lady Killer Cilt 2 - Cocoa Beach 1963</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>80</v>
+        <v>260</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786057784988</t>
+          <t>9786257646437</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 7</t>
+          <t>İkigami 8</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>80</v>
+        <v>170</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786057784940</t>
+          <t>9786257646420</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Beş Yaprak 5</t>
+          <t>Beş Yaprak 8</t>
         </is>
       </c>
       <c r="C512" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786057784933</t>
+          <t>9786257646444</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>İkigami 5 - Boyanmış Ruh</t>
+          <t>Elfen Lied Cilt 1</t>
         </is>
       </c>
       <c r="C513" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786057784971</t>
+          <t>9786257646116</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Kunteper Canavarı 1 - Zın</t>
+          <t>Şeker Canavarı 1: Ormanın Derinliklerinden Çıkış</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786057784926</t>
+          <t>9786257646079</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 26 - Karanlıkta Mücadele</t>
+          <t>Rick and Morty 40</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786057784957</t>
+          <t>9786257646062</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 27 - Savaş Arifesi</t>
+          <t>Rick and Morty 39</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786057784902</t>
+          <t>9786257646055</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Rick And Morty 35</t>
+          <t>Rick and Morty 38</t>
         </is>
       </c>
       <c r="C517" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786057784896</t>
+          <t>9786257646017</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 34</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 28 - Lotus Tahtı</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786057784889</t>
+          <t>9786057784766</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 33</t>
+          <t>Berlin - Işık Şehir Üçüncü Kitap</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>80</v>
+        <v>225</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786057784919</t>
+          <t>9786057784995</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 36</t>
+          <t>Conan The Barbarian 8</t>
         </is>
       </c>
       <c r="C520" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786057784858</t>
+          <t>9786057784988</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 30</t>
+          <t>Conan The Barbarian 7</t>
         </is>
       </c>
       <c r="C521" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786057784872</t>
+          <t>9786057784940</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 32</t>
+          <t>Beş Yaprak 5</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>80</v>
+        <v>170</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786057784865</t>
+          <t>9786057784933</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 31</t>
+          <t>İkigami 5 - Boyanmış Ruh</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>80</v>
+        <v>170</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786057784841</t>
+          <t>9786057784971</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 29</t>
+          <t>Kunteper Canavarı 1 - Zın</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786057784827</t>
+          <t>9786057784926</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>İkigami Cilt 4 - Son Ders</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 26 - Karanlıkta Mücadele</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786057784810</t>
+          <t>9786057784957</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>İkigami 3 - Kontrolden Çıkan Hayat</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 27 - Savaş Arifesi</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786057784735</t>
+          <t>9786057784902</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 28</t>
+          <t>Rick And Morty 35</t>
         </is>
       </c>
       <c r="C527" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786057784834</t>
+          <t>9786057784896</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Beş Yaprak 4</t>
+          <t>Rick and Morty 34</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>170</v>
+        <v>80</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786057784803</t>
+          <t>9786057784889</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Beş Yaprak 3</t>
+          <t>Rick and Morty 33</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>170</v>
+        <v>80</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786057784711</t>
+          <t>9786057784919</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 26</t>
+          <t>Rick and Morty 36</t>
         </is>
       </c>
       <c r="C530" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786057784742</t>
+          <t>9786057784858</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 24 - Küçücük Ellerde</t>
+          <t>Rick and Morty 30</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786057784759</t>
+          <t>9786057784872</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 25 - Belki Ölümde</t>
+          <t>Rick and Morty 32</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786057784704</t>
+          <t>9786057784865</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 25</t>
+          <t>Rick and Morty 31</t>
         </is>
       </c>
       <c r="C533" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786057784667</t>
+          <t>9786057784841</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Gece Acıkması ve Diğer Hikayeler - Solo</t>
+          <t>Rick and Morty 29</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786057784674</t>
+          <t>9786057784827</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt: 28 - Ufuktaki Tehlike</t>
+          <t>İkigami Cilt 4 - Son Ders</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786057784698</t>
+          <t>9786057784810</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 26</t>
+          <t>İkigami 3 - Kontrolden Çıkan Hayat</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>360</v>
+        <v>170</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786057784643</t>
+          <t>9786057784735</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 25</t>
+          <t>Rick and Morty 28</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>360</v>
+        <v>80</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786057784629</t>
+          <t>9786057784834</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 24</t>
+          <t>Beş Yaprak 4</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>80</v>
+        <v>170</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786057784681</t>
+          <t>9786057784803</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 6</t>
+          <t>Beş Yaprak 3</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>80</v>
+        <v>170</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786057784650</t>
+          <t>9786057784711</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 5</t>
+          <t>Rick and Morty 26</t>
         </is>
       </c>
       <c r="C540" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786057784605</t>
+          <t>9786057784742</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Örümcek Adam ve Venom: Çifte Bela Sayı 4</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 24 - Küçücük Ellerde</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786057784506</t>
+          <t>9786057784759</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 22</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 25 - Belki Ölümde</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786057784483</t>
+          <t>9786057784704</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 21</t>
+          <t>Rick and Morty 25</t>
         </is>
       </c>
       <c r="C543" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786057784469</t>
+          <t>9786057784667</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 4</t>
+          <t>Gece Acıkması ve Diğer Hikayeler - Solo</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786057784476</t>
+          <t>9786057784674</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 20</t>
+          <t>Amazing Spider-Man Cilt: 28 - Ufuktaki Tehlike</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>80</v>
+        <v>270</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786057784445</t>
+          <t>9786057784698</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 19</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 26</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>80</v>
+        <v>360</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786057784452</t>
+          <t>9786057784643</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 3</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 25</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>80</v>
+        <v>360</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786057784421</t>
+          <t>9786057784629</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Chew Cilt 6 - Kafa Yapan Kekler</t>
+          <t>Rick and Morty 24</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>345</v>
+        <v>80</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786057784391</t>
+          <t>9786057784681</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Southern Bastards 2 - Arena</t>
+          <t>Conan The Barbarian 6</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>210</v>
+        <v>80</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786057784353</t>
+          <t>9786057784650</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Periler Ülkesi'nden Nefret Ediyorum Cilt 2</t>
+          <t>Conan The Barbarian 5</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>315</v>
+        <v>80</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786057784360</t>
+          <t>9786057784605</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Saga Cilt 6</t>
+          <t>Örümcek Adam ve Venom: Çifte Bela Sayı 4</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>345</v>
+        <v>80</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786057784384</t>
+          <t>9786057784506</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Southern Bastards 1 - Adam Gibi Adamdı</t>
+          <t>Rick and Morty 22</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>225</v>
+        <v>80</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786057784339</t>
+          <t>9786057784483</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Gizli İmparatorluk Cilt: 1</t>
+          <t>Rick and Morty 21</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>570</v>
+        <v>80</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786057784377</t>
+          <t>9786057784469</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>The Breaker Cilt 4</t>
+          <t>Conan The Barbarian 4</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786057784322</t>
+          <t>9786057784476</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 2</t>
+          <t>Rick and Morty 20</t>
         </is>
       </c>
       <c r="C555" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786057784278</t>
+          <t>9786057784445</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Sudaki Kan - Doğum - Venom Cilt 3</t>
+          <t>Rick and Morty 19</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>390</v>
+        <v>80</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786057784292</t>
+          <t>9786057784452</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 18</t>
+          <t>Conan The Barbarian 3</t>
         </is>
       </c>
       <c r="C557" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786057784285</t>
+          <t>9786057784421</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 17</t>
+          <t>Chew Cilt 6 - Kafa Yapan Kekler</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>80</v>
+        <v>345</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786057784247</t>
+          <t>9786057784391</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Captain America Cilt 3: İmparatorluk Gelişiyor</t>
+          <t>Southern Bastards 2 - Arena</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>360</v>
+        <v>210</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786057784216</t>
+          <t>9786057784353</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 22 - Cennet ve Yeryüzü</t>
+          <t>Periler Ülkesi'nden Nefret Ediyorum Cilt 2</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>250</v>
+        <v>315</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786057784223</t>
+          <t>9786057784360</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 23 - Buzdan Gözyaşları</t>
+          <t>Saga Cilt 6</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>250</v>
+        <v>345</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786057784179</t>
+          <t>9786057784384</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>En Kahraman Rıdvan 12 - Afrodistan</t>
+          <t>Southern Bastards 1 - Adam Gibi Adamdı</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786057784162</t>
+          <t>9786057784339</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Çarpışma 4</t>
+          <t>Gizli İmparatorluk Cilt: 1</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>180</v>
+        <v>570</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786057784209</t>
+          <t>9786057784377</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 16</t>
+          <t>The Breaker Cilt 4</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786057784193</t>
+          <t>9786057784322</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 15</t>
+          <t>Conan The Barbarian 2</t>
         </is>
       </c>
       <c r="C565" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786057784186</t>
+          <t>9786057784278</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 14</t>
+          <t>Sudaki Kan - Doğum - Venom Cilt 3</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>80</v>
+        <v>390</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786057784070</t>
+          <t>9786057784292</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 24</t>
+          <t>Rick and Morty 18</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>360</v>
+        <v>80</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786057784087</t>
+          <t>9786057784285</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 23</t>
+          <t>Rick and Morty 17</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>360</v>
+        <v>80</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786057784124</t>
+          <t>9786057784247</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Captain America Cilt 2 - Maria Hill’in Mahkemesi</t>
+          <t>Captain America Cilt 3: İmparatorluk Gelişiyor</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>285</v>
+        <v>360</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786057784131</t>
+          <t>9786057784216</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Moon Knight Cilt 3 - Doğum ve Ölüm</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 22 - Cennet ve Yeryüzü</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786057784148</t>
+          <t>9786057784223</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Mister Miracle Cilt: 2</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 23 - Buzdan Gözyaşları</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786057784117</t>
+          <t>9786057784179</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Mister Miracle Cilt: 1</t>
+          <t>En Kahraman Rıdvan 12 - Afrodistan</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786057784056</t>
+          <t>9786057784162</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 1</t>
+          <t>Çarpışma 4</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786057784094</t>
+          <t>9786057784209</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Beş Yaprak 1</t>
+          <t>Rick and Morty 16</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>170</v>
+        <v>80</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786057784001</t>
+          <t>9786057784193</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>En Kahraman Rıdvan 1 - Pislik</t>
+          <t>Rick and Morty 15</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786057784018</t>
+          <t>9786057784186</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Roman Çetesi 1 - Eşşek Cennetine Yolculuk</t>
+          <t>Rick and Morty 14</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786056939884</t>
+          <t>9786057784070</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 12</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 24</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>80</v>
+        <v>360</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786056939891</t>
+          <t>9786057784087</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 13</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 23</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>80</v>
+        <v>360</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786056939877</t>
+          <t>9786057784124</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 11</t>
+          <t>Captain America Cilt 2 - Maria Hill’in Mahkemesi</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>80</v>
+        <v>285</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786056939815</t>
+          <t>9786057784131</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Bu Bi' Kuş</t>
+          <t>Moon Knight Cilt 3 - Doğum ve Ölüm</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>275</v>
+        <v>270</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786056939808</t>
+          <t>9786057784148</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Uyanış - Monstress Cilt 1</t>
+          <t>Mister Miracle Cilt: 2</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786056924354</t>
+          <t>9786057784117</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 10</t>
+          <t>Mister Miracle Cilt: 1</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786056924347</t>
+          <t>9786057784056</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 9</t>
+          <t>Conan The Barbarian 1</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786056924361</t>
+          <t>9786057784094</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Guardians Team-Up</t>
+          <t>Beş Yaprak 1</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786056924378</t>
+          <t>9786057784001</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>All New X-Men Cilt 6: Büyük Macera ve Ütopialılar</t>
+          <t>En Kahraman Rıdvan 1 - Pislik</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>435</v>
+        <v>180</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786056924309</t>
+          <t>9786057784018</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Captain America Steve Rogers Cilt: 1 - Çok Yaşa Hydra</t>
+          <t>Çizgi Roman Çetesi 1 - Eşşek Cennetine Yolculuk</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>375</v>
+        <v>180</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786056889899</t>
+          <t>9786056939884</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Kara Girdap</t>
+          <t>Rick and Morty 12</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>645</v>
+        <v>80</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786059469890</t>
+          <t>9786056939891</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 21 - Ölümün Tatlı Kokusu</t>
+          <t>Rick and Morty 13</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786056924330</t>
+          <t>9786056939877</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 8</t>
+          <t>Rick and Morty 11</t>
         </is>
       </c>
       <c r="C589" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786056924323</t>
+          <t>9786056939815</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 7</t>
+          <t>Bu Bi' Kuş</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>80</v>
+        <v>275</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786059469883</t>
+          <t>9786056939808</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 20 - Zehir Tadı</t>
+          <t>Uyanış - Monstress Cilt 1</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786059469920</t>
+          <t>9786056924354</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Babil Şerifi Cilt 2: Pat Pat Pat</t>
+          <t>Rick and Morty 10</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>275</v>
+        <v>80</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786056889882</t>
+          <t>9786056924347</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Diktatör: En Kahraman Rıdvan Cilt 11</t>
+          <t>Rick and Morty 9</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786056889820</t>
+          <t>9786056924361</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 6</t>
+          <t>Guardians Team-Up</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786056889813</t>
+          <t>9786056924378</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 5</t>
+          <t>All New X-Men Cilt 6: Büyük Macera ve Ütopialılar</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>80</v>
+        <v>435</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786059469944</t>
+          <t>9786056924309</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Metin Annesini Arıyor</t>
+          <t>Captain America Steve Rogers Cilt: 1 - Çok Yaşa Hydra</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786059469982</t>
+          <t>9786056889899</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Çarpışma 3</t>
+          <t>Kara Girdap</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>180</v>
+        <v>645</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786059469937</t>
+          <t>9786059469890</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Macerayı Seven Adam</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 21 - Ölümün Tatlı Kokusu</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786059469876</t>
+          <t>9786056924330</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Cadı Avcısı - Witch Hunter Cilt 2</t>
+          <t>Rick and Morty 8</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786059469906</t>
+          <t>9786056924323</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Babil Şerifi 1</t>
+          <t>Rick and Morty 7</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786059469869</t>
+          <t>9786059469883</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>The Breaker Cilt 3</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 20 - Zehir Tadı</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786059469845</t>
+          <t>9786059469920</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 2</t>
+          <t>Babil Şerifi Cilt 2: Pat Pat Pat</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>80</v>
+        <v>275</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786059469753</t>
+          <t>9786056889882</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt Ve Yavrusu Cilt 19 - Kalbimizdeki Ay</t>
+          <t>Diktatör: En Kahraman Rıdvan Cilt 11</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786059469760</t>
+          <t>9786056889820</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Chew Cilt 5 Chew Süper Ligi</t>
+          <t>Rick and Morty 6</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>285</v>
+        <v>80</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786059469777</t>
+          <t>9786056889813</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Saga Cilt: 5</t>
+          <t>Rick and Morty 5</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>345</v>
+        <v>80</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786059469722</t>
+          <t>9786059469944</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Cadı Avcısı - Witch Hunter Cilt 1</t>
+          <t>Metin Annesini Arıyor</t>
         </is>
       </c>
       <c r="C606" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786059469739</t>
+          <t>9786059469982</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Danger Girl Özel Koleksiyon</t>
+          <t>Çarpışma 3</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>510</v>
+        <v>180</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786059469692</t>
+          <t>9786059469937</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Guardians Of The Galaxy</t>
+          <t>Macerayı Seven Adam</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>405</v>
+        <v>180</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786059469623</t>
+          <t>9786059469876</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Perihan</t>
+          <t>Cadı Avcısı - Witch Hunter Cilt 2</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786059469647</t>
+          <t>9786059469906</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Uncanny X-Men Cilt 6: Hikayeler Kuşağı</t>
+          <t>Babil Şerifi 1</t>
         </is>
       </c>
       <c r="C610" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786059469630</t>
+          <t>9786059469869</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Uncanny X-Men Cilt 5: Omega Mutant</t>
+          <t>The Breaker Cilt 3</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>315</v>
+        <v>150</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786059469579</t>
+          <t>9786059469845</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 22</t>
+          <t>Rick and Morty 2</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>360</v>
+        <v>80</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786059469562</t>
+          <t>9786059469753</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 21</t>
+          <t>Yalnız Kurt Ve Yavrusu Cilt 19 - Kalbimizdeki Ay</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786059469609</t>
+          <t>9786059469760</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Thor: God of Thunder Cilt 01 - Tanrı Kasabı</t>
+          <t>Chew Cilt 5 Chew Süper Ligi</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>270</v>
+        <v>285</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786059469555</t>
+          <t>9786059469777</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Şeytani İlahi Cilt 2</t>
+          <t>Saga Cilt: 5</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>435</v>
+        <v>345</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786059469456</t>
+          <t>9786059469722</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>All-New X-Men Cilt: 5 - Eksi Bir</t>
+          <t>Cadı Avcısı - Witch Hunter Cilt 1</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>345</v>
+        <v>150</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786059469500</t>
+          <t>9786059469739</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Punisher Max Cilt: 10 - Valley Forge, Valley Forge</t>
+          <t>Danger Girl Özel Koleksiyon</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>330</v>
+        <v>510</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786059469449</t>
+          <t>9786059469692</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Uncanny X-Men Cilt: 4 - S.H.I.E.L.D.'a Karşı</t>
+          <t>Guardians Of The Galaxy</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>375</v>
+        <v>405</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786059469463</t>
+          <t>9786059469623</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Zavallı Polat - İmkansız Yolculuk</t>
+          <t>Perihan</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786059985949</t>
+          <t>9786059469647</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler Cilt 26 - Silah Başına</t>
+          <t>Uncanny X-Men Cilt 6: Hikayeler Kuşağı</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786059469401</t>
+          <t>9786059469630</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Captain America'nın Ölümü Cilt 3 -Amerika'yı Satan Adam</t>
+          <t>Uncanny X-Men Cilt 5: Omega Mutant</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>330</v>
+        <v>315</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786059469296</t>
+          <t>9786059469579</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>NYX - Özenti</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 22</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>450</v>
+        <v>360</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786059469302</t>
+          <t>9786059469562</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Onedin</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 21</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786059469180</t>
+          <t>9786059469609</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 20</t>
+          <t>Thor: God of Thunder Cilt 01 - Tanrı Kasabı</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>360</v>
+        <v>270</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786059469272</t>
+          <t>9786059469555</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Şeytani - İlahi</t>
+          <t>Şeytani İlahi Cilt 2</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>390</v>
+        <v>435</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786059469197</t>
+          <t>9786059469456</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider-Man Team-UP 4</t>
+          <t>All-New X-Men Cilt: 5 - Eksi Bir</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>110</v>
+        <v>345</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786059469234</t>
+          <t>9786059469500</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Punisher Max Cilt: 09 - Uzun Soğuk Karanlık</t>
+          <t>Punisher Max Cilt: 10 - Valley Forge, Valley Forge</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786059469203</t>
+          <t>9786059469449</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>XIII Cilt 03 - Jason Fly Dosyası</t>
+          <t>Uncanny X-Men Cilt: 4 - S.H.I.E.L.D.'a Karşı</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>180</v>
+        <v>375</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786059469210</t>
+          <t>9786059469463</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Guardians of the Galaxy Cilt: 2 - Angela</t>
+          <t>Zavallı Polat - İmkansız Yolculuk</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>360</v>
+        <v>125</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786059469166</t>
+          <t>9786059985949</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt: 18 - Kurokuwa'nın Alacakaranlığı</t>
+          <t>Yürüyen Ölüler 26 - Silah Başına</t>
         </is>
       </c>
       <c r="C630" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786059469142</t>
+          <t>9786059469401</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 19</t>
+          <t>Captain America'nın Ölümü Cilt 3 -Amerika'yı Satan Adam</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>360</v>
+        <v>330</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786059469111</t>
+          <t>9786059469296</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Punisher Max Cilt: 8 - Dulbırakan</t>
+          <t>NYX - Özenti</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>375</v>
+        <v>450</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786059985963</t>
+          <t>9786059469302</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Hawkeye Cilt: 3 - L.A. Kadını</t>
+          <t>Kaptan Onedin</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>285</v>
+        <v>180</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786059469098</t>
+          <t>9786059469180</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Guardians of the Galaxy Cilt: 01 - Kozmik Avengers</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 20</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>330</v>
+        <v>360</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786059985970</t>
+          <t>9786059469272</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Conan Cilt: 03 - Özgür Yoldaşlar</t>
+          <t>Şeytani - İlahi</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>405</v>
+        <v>390</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786059469050</t>
+          <t>9786059469197</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Uncanny X-Men Cilt: 03 - İyi, Kötü, Inhuman</t>
+          <t>Superior Spider-Man Team-UP 4</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>285</v>
+        <v>110</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786059469043</t>
+          <t>9786059469234</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider-Man / Team-Up 2</t>
+          <t>Punisher Max Cilt: 09 - Uzun Soğuk Karanlık</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786059985871</t>
+          <t>9786059469203</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Sayı: 18</t>
+          <t>XIII Cilt 03 - Jason Fly Dosyası</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786059985888</t>
+          <t>9786059469210</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Spider-Man Venom'un Doğuşu Cilt: 1</t>
+          <t>Guardians of the Galaxy Cilt: 2 - Angela</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>325</v>
+        <v>360</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786059985819</t>
+          <t>9786059469166</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 17 - Dişlerin İradesi</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt: 18 - Kurokuwa'nın Alacakaranlığı</t>
         </is>
       </c>
       <c r="C640" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786059985772</t>
+          <t>9786059469142</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Bouncer Cilt 2 Yılanların Adaleti - Çolak'ın İntikamı - Dişi Kurtların Kurbanları</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 19</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786059985857</t>
+          <t>9786059469111</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Sayı: 17</t>
+          <t>Punisher Max Cilt: 8 - Dulbırakan</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>360</v>
+        <v>375</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786059985796</t>
+          <t>9786059985963</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 16 - Kışa Açılan Kapı</t>
+          <t>Hawkeye Cilt: 3 - L.A. Kadını</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>250</v>
+        <v>285</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786059985703</t>
+          <t>9786059469098</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>X-Men: Mesih'in Dönüşü Cilt: 2</t>
+          <t>Guardians of the Galaxy Cilt: 01 - Kozmik Avengers</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>420</v>
+        <v>330</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786059985697</t>
+          <t>9786059985970</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>X-Men Mesih'in Dönüşü Cilt 1</t>
+          <t>Conan Cilt: 03 - Özgür Yoldaşlar</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>420</v>
+        <v>405</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786059985611</t>
+          <t>9786059469050</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider-Man Cilt 01 - İçimdeki Düşman</t>
+          <t>Uncanny X-Men Cilt: 03 - İyi, Kötü, Inhuman</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>270</v>
+        <v>285</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786059985512</t>
+          <t>9786059469043</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 15 - Otların Kardeşliği</t>
+          <t>Superior Spider-Man / Team-Up 2</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786059985451</t>
+          <t>9786059985871</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Zalim Altılı</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Sayı: 18</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786059985482</t>
+          <t>9786059985888</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 15</t>
+          <t>Spider-Man Venom'un Doğuşu Cilt: 1</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>360</v>
+        <v>325</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786059985406</t>
+          <t>9786059985819</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt Ve Yavrusu Cilt 14 - İblislerin Günü</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 17 - Dişlerin İradesi</t>
         </is>
       </c>
       <c r="C650" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786059985376</t>
+          <t>9786059985772</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 13 - Doğudaki Ay, Batıdaki Güneş</t>
+          <t>Bouncer Cilt 2 Yılanların Adaleti - Çolak'ın İntikamı - Dişi Kurtların Kurbanları</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786059985321</t>
+          <t>9786059985857</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Saga Cilt: 2</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Sayı: 17</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>345</v>
+        <v>360</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786059985277</t>
+          <t>9786059985796</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler Cilt 21 - Büyük Savaş 2</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 16 - Kışa Açılan Kapı</t>
         </is>
       </c>
       <c r="C653" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786059985260</t>
+          <t>9786059985703</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Chew 2 - Yaygın Aroma</t>
+          <t>X-Men: Mesih'in Dönüşü Cilt: 2</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786059985284</t>
+          <t>9786059985697</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 14</t>
+          <t>X-Men Mesih'in Dönüşü Cilt 1</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>360</v>
+        <v>420</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786059985291</t>
+          <t>9786059985611</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler Cilt 22 - Yeni Bir Başlangıç</t>
+          <t>Superior Spider-Man Cilt 01 - İçimdeki Düşman</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786059985192</t>
+          <t>9786059985512</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler Cilt 20 - Büyük Savaş 1</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 15 - Otların Kardeşliği</t>
         </is>
       </c>
       <c r="C657" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786059985215</t>
+          <t>9786059985451</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 11 - Cehennem Muskası</t>
+          <t>Amazing Spider-Man Zalim Altılı</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786059985246</t>
+          <t>9786059985482</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 12 - Kırık Taşlar</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 15</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786059985222</t>
+          <t>9786059985406</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 13</t>
+          <t>Yalnız Kurt Ve Yavrusu Cilt 14 - İblislerin Günü</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786059985239</t>
+          <t>9786059985376</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 13 - Doğudaki Ay, Batıdaki Güneş</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786059985208</t>
+          <t>9786059985321</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 12</t>
+          <t>Saga Cilt: 2</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>360</v>
+        <v>345</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786059985109</t>
+          <t>9786059985277</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Nuh - 2</t>
+          <t>Yürüyen Ölüler 21 - Büyük Savaş 2</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786059985116</t>
+          <t>9786059985260</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Punisher Max Cilt: 3 - Rusya Ana</t>
+          <t>Chew 2 - Yaygın Aroma</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786059985130</t>
+          <t>9786059985284</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 10 - Rehine Çocuk</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 14</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9789756129791</t>
+          <t>9786059985291</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>XIII Cilt 2 - Cehennemin Tüm Gözyaşları</t>
+          <t>Yürüyen Ölüler 22 - Yeni Bir Başlangıç</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9789756129838</t>
+          <t>9786059985192</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 6 - Ölüler İçin Fenerler</t>
+          <t>Yürüyen Ölüler 20 - Büyük Savaş 1</t>
         </is>
       </c>
       <c r="C667" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786059985062</t>
+          <t>9786059985215</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 9 - Suikastçinin Yansıması</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 11 - Cehennem Muskası</t>
         </is>
       </c>
       <c r="C668" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9789756129999</t>
+          <t>9786059985246</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 8 - Ölümün Zincirleri</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 12 - Kırık Taşlar</t>
         </is>
       </c>
       <c r="C669" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786059985123</t>
+          <t>9786059985222</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Sayı: 11</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 13</t>
         </is>
       </c>
       <c r="C670" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786059985550</t>
+          <t>9786059985239</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler Cilt 23 - Fısıltıdan Çığlığa</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786059985536</t>
+          <t>9786059985208</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 16</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 12</t>
         </is>
       </c>
       <c r="C672" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9789756129210</t>
+          <t>9786059985109</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler Cilt 04 - Yaşama Arzusu</t>
+          <t>Nuh - 2</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9789756129197</t>
+          <t>9786059985116</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler Bölüm 3 - Demir Parmaklıklar Ardında</t>
+          <t>Punisher Max Cilt: 3 - Rusya Ana</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9789756129920</t>
+          <t>9786059985130</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 7 - Buluttan Ejderha, Rüzgardan Kaplan</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 10 - Rehine Çocuk</t>
         </is>
       </c>
       <c r="C675" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786059985567</t>
+          <t>9789756129791</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler Bölüm 24 - Yaşam ve Ölüm</t>
+          <t>XIII Cilt 2 - Cehennemin Tüm Gözyaşları</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786059985529</t>
+          <t>9789756129838</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Avenging Spiderman 5 - Captain Marvel</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 6 - Ölüler İçin Fenerler</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786059985581</t>
+          <t>9786059985062</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Hawkeye Cilt: 02 - Küçük İsabetler</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 9 - Suikastçinin Yansıması</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>315</v>
+        <v>250</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9789756129500</t>
+          <t>9789756129999</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler Cilt 9 - Geriye Kalanlar</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 8 - Ölümün Zincirleri</t>
         </is>
       </c>
       <c r="C679" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9789756129739</t>
+          <t>9786059985123</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 4 - Çan Bekçisi</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Sayı: 11</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9789756129579</t>
+          <t>9786059985550</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 1 - Suikastiçinin Yolu</t>
+          <t>Yürüyen Ölüler 23 - Fısıltıdan Çığlığa</t>
         </is>
       </c>
       <c r="C681" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9789756129227</t>
+          <t>9786059985536</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Red Sonja Kılıçlı Dişi Şeytan Cilt: 2 - Ok Ustası</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 16</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>330</v>
+        <v>360</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9789756129425</t>
+          <t>9789756129210</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Renkler Serisi: Hulk - Gri</t>
+          <t>Yürüyen Ölüler 4 - Yaşama Arzusu</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9789756129517</t>
+          <t>9789756129197</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>House of M</t>
+          <t>Yürüyen Ölüler 3 - Demir Parmaklıklar Ardında</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9789756129432</t>
+          <t>9789756129920</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Renkler Serisi: Daredevil - Sarı</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 7 - Buluttan Ejderha, Rüzgardan Kaplan</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9789756129494</t>
+          <t>9786059985567</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Berlin Cilt 2 - Duman Şehir</t>
+          <t>Yürüyen Ölüler 24 - Yaşam ve Ölüm</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9789756129234</t>
+          <t>9786059985529</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Berlin Cilt 1 - Taş Şehir</t>
+          <t>Avenging Spiderman 5 - Captain Marvel</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>225</v>
+        <v>110</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9789756129203</t>
+          <t>9786059985581</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 03</t>
+          <t>Hawkeye Cilt: 02 - Küçük İsabetler</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>360</v>
+        <v>315</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9789756129142</t>
+          <t>9789756129500</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan’ın Vahşi Kılıcı Sayı: 2</t>
+          <t>Yürüyen Ölüler 9 - Geriye Kalanlar</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9789756129463</t>
+          <t>9789756129739</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 06</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 4 - Çan Bekçisi</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9789756129456</t>
+          <t>9789756129579</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 05</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 1 - Suikastiçinin Yolu</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9789756129340</t>
+          <t>9789756129227</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 04</t>
+          <t>Red Sonja Kılıçlı Dişi Şeytan Cilt: 2 - Ok Ustası</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>360</v>
+        <v>330</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
+          <t>9789756129425</t>
+        </is>
+      </c>
+      <c r="B693" s="1" t="inlineStr">
+        <is>
+          <t>Renkler Serisi: Hulk - Gri</t>
+        </is>
+      </c>
+      <c r="C693" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="694" spans="1:3">
+      <c r="A694" s="1" t="inlineStr">
+        <is>
+          <t>9789756129517</t>
+        </is>
+      </c>
+      <c r="B694" s="1" t="inlineStr">
+        <is>
+          <t>House of M</t>
+        </is>
+      </c>
+      <c r="C694" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="695" spans="1:3">
+      <c r="A695" s="1" t="inlineStr">
+        <is>
+          <t>9789756129432</t>
+        </is>
+      </c>
+      <c r="B695" s="1" t="inlineStr">
+        <is>
+          <t>Renkler Serisi: Daredevil - Sarı</t>
+        </is>
+      </c>
+      <c r="C695" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="696" spans="1:3">
+      <c r="A696" s="1" t="inlineStr">
+        <is>
+          <t>9789756129494</t>
+        </is>
+      </c>
+      <c r="B696" s="1" t="inlineStr">
+        <is>
+          <t>Berlin Cilt 2 - Duman Şehir</t>
+        </is>
+      </c>
+      <c r="C696" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="697" spans="1:3">
+      <c r="A697" s="1" t="inlineStr">
+        <is>
+          <t>9789756129234</t>
+        </is>
+      </c>
+      <c r="B697" s="1" t="inlineStr">
+        <is>
+          <t>Berlin Cilt 1 - Taş Şehir</t>
+        </is>
+      </c>
+      <c r="C697" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="698" spans="1:3">
+      <c r="A698" s="1" t="inlineStr">
+        <is>
+          <t>9789756129203</t>
+        </is>
+      </c>
+      <c r="B698" s="1" t="inlineStr">
+        <is>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 03</t>
+        </is>
+      </c>
+      <c r="C698" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="699" spans="1:3">
+      <c r="A699" s="1" t="inlineStr">
+        <is>
+          <t>9789756129142</t>
+        </is>
+      </c>
+      <c r="B699" s="1" t="inlineStr">
+        <is>
+          <t>Barbar Conan’ın Vahşi Kılıcı Sayı: 2</t>
+        </is>
+      </c>
+      <c r="C699" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="700" spans="1:3">
+      <c r="A700" s="1" t="inlineStr">
+        <is>
+          <t>9789756129463</t>
+        </is>
+      </c>
+      <c r="B700" s="1" t="inlineStr">
+        <is>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 06</t>
+        </is>
+      </c>
+      <c r="C700" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="701" spans="1:3">
+      <c r="A701" s="1" t="inlineStr">
+        <is>
+          <t>9789756129456</t>
+        </is>
+      </c>
+      <c r="B701" s="1" t="inlineStr">
+        <is>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 05</t>
+        </is>
+      </c>
+      <c r="C701" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="702" spans="1:3">
+      <c r="A702" s="1" t="inlineStr">
+        <is>
+          <t>9789756129340</t>
+        </is>
+      </c>
+      <c r="B702" s="1" t="inlineStr">
+        <is>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 04</t>
+        </is>
+      </c>
+      <c r="C702" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="703" spans="1:3">
+      <c r="A703" s="1" t="inlineStr">
+        <is>
           <t>9789756129128</t>
         </is>
       </c>
-      <c r="B693" s="1" t="inlineStr">
+      <c r="B703" s="1" t="inlineStr">
         <is>
           <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 01</t>
         </is>
       </c>
-      <c r="C693" s="1">
+      <c r="C703" s="1">
         <v>360</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>