--- v1 (2025-12-15)
+++ v2 (2026-02-04)
@@ -85,10570 +85,10780 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259662077</t>
+          <t>9786256378308</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Epik Koleksiyon - Yepyeni Bir Gün</t>
+          <t>Denizin Çocukları Cilt 1</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>1250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259662008</t>
+          <t>9786259299716</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Marvel Yaz Özel Sayısı</t>
+          <t>Amazing Spider-Man - Almanak 1966</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>145</v>
+        <v>560</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259717593</t>
+          <t>9786259299723</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Marvel Rivals</t>
+          <t>Ruhsuz Sayı 2</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>145</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256378575</t>
+          <t>9786256327627</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Nyx #3</t>
+          <t>Denizin Çocukları Cilt 3</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>80</v>
+        <v>320</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789756129913</t>
+          <t>9786256327610</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Saga Cilt: 1</t>
+          <t>Ben Bir Kahramanım Cilt 5</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>375</v>
+        <v>220</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789756129777</t>
+          <t>9786259882626</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man Kraven'in Son Avı</t>
+          <t>Rick and Morty vs. Cthulhu Sayı 2</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>310</v>
+        <v>160</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059469333</t>
+          <t>9786057083173</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Gazap Fırtınası Üçlemesi Cilt: 3 - Havanın Rengi</t>
+          <t>Rick and Morty vs. Cthulhu Sayı 1</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259717548</t>
+          <t>9786057083197</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Spider-Man - Kuantum Macerası</t>
+          <t>Rick and Morty Sonsuza Dek Sayı 2</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256327566</t>
+          <t>9786057083166</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Cadılar</t>
+          <t>Rick and Morty Sonsuza Dek Sayı 1</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789756129159</t>
+          <t>9786259475790</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 2 - Miller Sonra</t>
+          <t>Rick and Morty Rickliğin Yüreği Sayı 2</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256327559</t>
+          <t>9786259475783</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Nana Cilt 4</t>
+          <t>Rick and Morty Rickliğin Yüreği Sayı 1</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256327573</t>
+          <t>9786256327603</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Frieren Cilt 5</t>
+          <t>Komi Konuşmaktan Korkuyor Cilt 7</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259662022</t>
+          <t>9786256327597</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Venom (2018) Cilt 6 - Venom Alternatif Dünyada</t>
+          <t>Wonderland Cilt 6</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>325</v>
+        <v>220</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259662015</t>
+          <t>9786256327580</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Vol.5 Cilt: 9 - Günahlar Yükseliyor</t>
+          <t>Wonderland Cilt 5</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256327542</t>
+          <t>9786259662077</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Pesimistik Hikayeler 3</t>
+          <t>Amazing Spider-Man Epik Koleksiyon - Yepyeni Bir Gün</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256327535</t>
+          <t>9786259662008</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kötü Kedi Şerafettin Cilt 6</t>
+          <t>Marvel Yaz Özel Sayısı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256327481</t>
+          <t>9786259717593</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kral Conan 2</t>
+          <t>Marvel Rivals</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256327528</t>
+          <t>9786256378575</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>King Conan 6</t>
+          <t>Nyx #3</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256327511</t>
+          <t>9789756129913</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>King Conan 5</t>
+          <t>Saga Cilt: 1</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256327504</t>
+          <t>9789756129777</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>King Conan 4</t>
+          <t>The Amazing Spider-Man Kraven'in Son Avı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>100</v>
+        <v>405</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256327498</t>
+          <t>9786059469333</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>King Conan 3</t>
+          <t>Gazap Fırtınası Üçlemesi Cilt: 3 - Havanın Rengi</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256327474</t>
+          <t>9786259717548</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>King Conan 1</t>
+          <t>Spider-Man - Kuantum Macerası</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789756129654</t>
+          <t>9786256327566</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 2 - Geçit Vermeyen Engel</t>
+          <t>Cadılar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259717586</t>
+          <t>9789756129159</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spiderman - Almanak 1965</t>
+          <t>Yürüyen Ölüler 2 - Miller Sonra</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256327467</t>
+          <t>9786256327559</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Wonderland Cilt 4</t>
+          <t>Nana Cilt 4</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256327450</t>
+          <t>9786256327573</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Wonderland Cilt 3</t>
+          <t>Frieren Cilt 5</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256327443</t>
+          <t>9786259662022</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Frieren Cilt 4</t>
+          <t>Venom (2018) Cilt 6 - Venom Alternatif Dünyada</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259717579</t>
+          <t>9786259662015</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>New Avengers Cilt 3 - Sırlar &amp; Yalanlar</t>
+          <t>Amazing Spider-Man Vol.5 Cilt: 9 - Günahlar Yükseliyor</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259717562</t>
+          <t>9786256327542</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Ultimate Spider-Man Cilt 1 - Evli ve Çocuklu</t>
+          <t>Pesimistik Hikayeler 3</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256327283</t>
+          <t>9786256327535</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Vol. 5 Cilt 8 - Tehditler ve Belalar</t>
+          <t>Kötü Kedi Şerafettin Cilt 6</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256327290</t>
+          <t>9786256327481</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spiderman - Almanak 1964</t>
+          <t>Kral Conan 2</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>490</v>
+        <v>120</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256327368</t>
+          <t>9786256327528</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Nana Cilt 2</t>
+          <t>King Conan 6</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256327276</t>
+          <t>9786256327511</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Monster Cilt 9</t>
+          <t>King Conan 5</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786056939822</t>
+          <t>9786256327504</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Metin Annesini Arıyor HC</t>
+          <t>King Conan 4</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257646581</t>
+          <t>9786256327498</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Mis Dergi Sayı: 1 Mayıs 2022</t>
+          <t>King Conan 3</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789756129026</t>
+          <t>9786256327474</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Nikopol Üçlemesi Cilt 2 - Tehlikeli Kadın</t>
+          <t>King Conan 1</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789756129005</t>
+          <t>9789756129654</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Nikopol Üçlemesi Cilt 01 - Ölümsüzler Panayırı</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 2 - Geçit Vermeyen Engel</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789756129018</t>
+          <t>9786259717586</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Nikopol Üçlemesi Cilt 03 - Soğuk Ekvator</t>
+          <t>Amazing Spiderman - Almanak 1965</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>100</v>
+        <v>560</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059469258</t>
+          <t>9786256327467</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Hilal - 2. Kitap</t>
+          <t>Wonderland Cilt 4</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>29</v>
+        <v>220</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059469968</t>
+          <t>9786256327450</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Hilal 3. Kitap</t>
+          <t>Wonderland Cilt 3</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>38</v>
+        <v>220</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059985765</t>
+          <t>9786256327443</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Essex County Cilt 01 - Çiftlikten Öyküler</t>
+          <t>Frieren Cilt 4</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789756129034</t>
+          <t>9786259717579</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Canavar Dörtlemesi Cilt 01 - Canavarın Uykusu</t>
+          <t>New Avengers Cilt 3 - Sırlar &amp; Yalanlar</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789756129050</t>
+          <t>9786259717562</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Canavar Dörtlemesi Cilt 02 - 32 Aralık</t>
+          <t>Ultimate Spider-Man Cilt 1 - Evli ve Çocuklu</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789756129098</t>
+          <t>9786256327283</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Canavar Dörtlemesi Cilt 03 - Pariste Randevu</t>
+          <t>Amazing Spider-Man Vol. 5 Cilt 8 - Tehditler ve Belalar</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>100</v>
+        <v>480</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789756129302</t>
+          <t>9786256327290</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Thor - Asgard İçin</t>
+          <t>Amazing Spiderman - Almanak 1964</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>195</v>
+        <v>650</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789756129265</t>
+          <t>9786256327368</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Gazap Fırtınası Üçlemesi Cilt:1 - Mahlukk</t>
+          <t>Nana Cilt 2</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059469340</t>
+          <t>9786256327276</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Gazap Fırtınası Üçlemesi Cilt: 2 - Julia &amp; Roem</t>
+          <t>Monster Cilt 9</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>100</v>
+        <v>550</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059469067</t>
+          <t>9786056939822</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kara Tarikat Tugayları</t>
+          <t>Metin Annesini Arıyor HC</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789756129180</t>
+          <t>9786257646581</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Canavar Dörtlemesi Cilt: 4 Dört? Son Perde</t>
+          <t>Mis Dergi Sayı: 1 Mayıs 2022</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059985727</t>
+          <t>9789756129026</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Hilal - 1. Kitap</t>
+          <t>Nikopol Üçlemesi Cilt 2 - Tehlikeli Kadın</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>24</v>
+        <v>100</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789756129883</t>
+          <t>9789756129005</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Thor ve Loki - Kan Kardeşler</t>
+          <t>Nikopol Üçlemesi Cilt 01 - Ölümsüzler Panayırı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>155</v>
+        <v>100</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789756129937</t>
+          <t>9789756129018</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>X-Men: Mesih KompleXi Cilt 01</t>
+          <t>Nikopol Üçlemesi Cilt 03 - Soğuk Ekvator</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>235</v>
+        <v>100</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789756129944</t>
+          <t>9786059469258</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>X-Men: Mesih KompleXi Cilt 02</t>
+          <t>Hilal - 2. Kitap</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>215</v>
+        <v>29</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059985994</t>
+          <t>9786059469968</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bugünün Efsaneleri Cilt 1: Unutulmuşların Gezisi</t>
+          <t>Hilal 3. Kitap</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>100</v>
+        <v>38</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059985987</t>
+          <t>9786059985765</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bugünün Efsaneleri Cilt: 2 Taş Gemi</t>
+          <t>Essex County Cilt 01 - Çiftlikten Öyküler</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059469005</t>
+          <t>9789756129034</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Bugünün Efsaneleri Cilt: 3 Var Olmayan Kent</t>
+          <t>Canavar Dörtlemesi Cilt 01 - Canavarın Uykusu</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059985352</t>
+          <t>9789756129050</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Günaha Son Çağrı</t>
+          <t>Canavar Dörtlemesi Cilt 02 - 32 Aralık</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059469173</t>
+          <t>9789756129098</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Hikayeleri</t>
+          <t>Canavar Dörtlemesi Cilt 03 - Pariste Randevu</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059469265</t>
+          <t>9789756129302</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kasaba Hemşiresi</t>
+          <t>Thor - Asgard İçin</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>100</v>
+        <v>195</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057784025</t>
+          <t>9789756129265</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Psikoz Hikayeleri</t>
+          <t>Gazap Fırtınası Üçlemesi Cilt:1 - Mahlukk</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>32</v>
+        <v>100</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256378025</t>
+          <t>9786059469340</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Periler Ülkesi'nden Nefret Ediyorum Özel Edisyon (Ciltli)</t>
+          <t>Gazap Fırtınası Üçlemesi Cilt: 2 - Julia &amp; Roem</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>1950</v>
+        <v>100</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256378018</t>
+          <t>9786059469067</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Fantastic Four - Sil Baştan Özel Edisyon (Ciltli)</t>
+          <t>Kara Tarikat Tugayları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>650</v>
+        <v>100</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057784414</t>
+          <t>9789756129180</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Saga Özel Edisyon Cilt 2 (Ciltli)</t>
+          <t>Canavar Dörtlemesi Cilt: 4 Dört? Son Perde</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>1750</v>
+        <v>100</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057784407</t>
+          <t>9786059985727</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Saga Özel Edisyon Cilt 1 (Ciltli)</t>
+          <t>Hilal - 1. Kitap</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>1750</v>
+        <v>24</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786259475776</t>
+          <t>9789756129883</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 100</t>
+          <t>Thor ve Loki - Kan Kardeşler</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>115</v>
+        <v>155</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786259475752</t>
+          <t>9789756129937</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 60</t>
+          <t>X-Men: Mesih KompleXi Cilt 01</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>80</v>
+        <v>235</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786259475745</t>
+          <t>9789756129944</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 59</t>
+          <t>X-Men: Mesih KompleXi Cilt 02</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>80</v>
+        <v>215</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786259475738</t>
+          <t>9786059985994</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 58</t>
+          <t>Bugünün Efsaneleri Cilt 1: Unutulmuşların Gezisi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786259475721</t>
+          <t>9786059985987</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 57</t>
+          <t>Bugünün Efsaneleri Cilt: 2 Taş Gemi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786259717531</t>
+          <t>9786059469005</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider-Man #32</t>
+          <t>Bugünün Efsaneleri Cilt: 3 Var Olmayan Kent</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786259717524</t>
+          <t>9786059985352</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man 607</t>
+          <t>Günaha Son Çağrı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786259503554</t>
+          <t>9786059469173</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man #9</t>
+          <t>Hayalet Hikayeleri</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256327405</t>
+          <t>9786059469265</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Nana Cilt 3</t>
+          <t>Kasaba Hemşiresi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256327412</t>
+          <t>9786057784025</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Komi Konuşmaktan Korkuyor Cilt 6</t>
+          <t>Psikoz Hikayeleri</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>170</v>
+        <v>32</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256327436</t>
+          <t>9786256378025</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Arkana'nın Şafağı Cilt 3</t>
+          <t>Periler Ülkesi'nden Nefret Ediyorum Özel Edisyon (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>170</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786259503585</t>
+          <t>9786256378018</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Spider-Man Sayı 12</t>
+          <t>Fantastic Four - Sil Baştan Özel Edisyon (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>80</v>
+        <v>800</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786259503578</t>
+          <t>9786057784414</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Spider-Man Sayı 11</t>
+          <t>Saga Özel Edisyon Cilt 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>80</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786259503561</t>
+          <t>9786057784407</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Spider-Man Sayı 10</t>
+          <t>Saga Özel Edisyon Cilt 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>80</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786259717517</t>
+          <t>9786259475776</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Avengers Sayı 12</t>
+          <t>Rick and Morty 100</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>80</v>
+        <v>175</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786259717500</t>
+          <t>9786259475752</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Avengers Sayı 11</t>
+          <t>Rick and Morty 60</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786259503592</t>
+          <t>9786259475745</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Avengers Sayı 10</t>
+          <t>Rick and Morty 59</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256327382</t>
+          <t>9786259475738</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Spider-Man Hayat Hikâyesi</t>
+          <t>Rick and Morty 58</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>510</v>
+        <v>120</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256327399</t>
+          <t>9786259475721</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Küçük Canavarlar Cilt İki</t>
+          <t>Rick and Morty 57</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>395</v>
+        <v>120</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256327153</t>
+          <t>9786259717531</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Frieren Cilt 2</t>
+          <t>Superior Spider-Man #32</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256327139</t>
+          <t>9786259717524</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man #606</t>
+          <t>Amazing Spider-Man 607</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256327122</t>
+          <t>9786259503554</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man #601</t>
+          <t>Amazing Spider-Man #9</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256327030</t>
+          <t>9786256327405</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Frieren Cilt 1</t>
+          <t>Nana Cilt 3</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256378902</t>
+          <t>9786256327412</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Ninja Kaplumbağalar - Son Ronin Sayı 5</t>
+          <t>Komi Konuşmaktan Korkuyor Cilt 6</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256378896</t>
+          <t>9786256327436</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Ninja Kaplumbağalar - Son Ronin Sayı 4</t>
+          <t>Arkana'nın Şafağı Cilt 3</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256378889</t>
+          <t>9786259503585</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Ninja Kaplumbağalar - Son Ronin Sayı 3</t>
+          <t>Marvel Action Spider-Man Sayı 12</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256378872</t>
+          <t>9786259503578</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Ninja Kaplumbağalar - Son Ronin Sayı 2</t>
+          <t>Marvel Action Spider-Man Sayı 11</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256378933</t>
+          <t>9786259503561</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Avengers Dağıldı</t>
+          <t>Marvel Action Spider-Man Sayı 10</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>375</v>
+        <v>120</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256378438</t>
+          <t>9786259717517</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Moon Knight Cilt 01 - Ölümden Geriye</t>
+          <t>Marvel Action Avengers Sayı 12</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256378476</t>
+          <t>9786259717500</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Spider-Man Sayı 6</t>
+          <t>Marvel Action Avengers Sayı 11</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256378582</t>
+          <t>9786259503592</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Hulk #1</t>
+          <t>Marvel Action Avengers Sayı 10</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256378766</t>
+          <t>9786256327382</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Nemrut Güneşi</t>
+          <t>Spider-Man Hayat Hikâyesi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>180</v>
+        <v>680</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256378629</t>
+          <t>9786256327399</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Elfen Lied Cilt 11</t>
+          <t>Küçük Canavarlar Cilt İki</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>170</v>
+        <v>540</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256378742</t>
+          <t>9786256327153</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Monster Cilt 5</t>
+          <t>Frieren Cilt 2</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256378704</t>
+          <t>9786256327139</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 32 - Son Yolculuk</t>
+          <t>Amazing Spider-Man #606</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256378322</t>
+          <t>9786256327122</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Komi Konuşmaktan Korkuyor Cilt 4</t>
+          <t>Amazing Spider-Man #601</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256378469</t>
+          <t>9786256327030</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Paranoya - Cilt 1</t>
+          <t>Frieren Cilt 1</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256378414</t>
+          <t>9786256378902</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Venom Cilt 2 - Cehennem</t>
+          <t>Ninja Kaplumbağalar - Son Ronin Sayı 5</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256378551</t>
+          <t>9786256378896</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Venom Cilt 4 - Absolute Carnage Cilt 2</t>
+          <t>Ninja Kaplumbağalar - Son Ronin Sayı 4</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256378315</t>
+          <t>9786256378889</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Wonderland Cilt 1</t>
+          <t>Ninja Kaplumbağalar - Son Ronin Sayı 3</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257646475</t>
+          <t>9786256378872</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Lady Killer (Ciltli)</t>
+          <t>Ninja Kaplumbağalar - Son Ronin Sayı 2</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>850</v>
+        <v>250</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257646109</t>
+          <t>9786256378933</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Dev Avcısı (Ciltli)</t>
+          <t>Avengers Dağıldı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>900</v>
+        <v>500</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256378131</t>
+          <t>9786256378438</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Eşyalar Hanı Cilt 3</t>
+          <t>Moon Knight Cilt 01 - Ölümden Geriye</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256378063</t>
+          <t>9786256378476</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Zom 100 Cilt 4</t>
+          <t>Marvel Action Spider-Man Sayı 6</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256378193</t>
+          <t>9786256378582</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Monster Cilt 4</t>
+          <t>Hulk #1</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256378001</t>
+          <t>9786256378766</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man #55</t>
+          <t>Nemrut Güneşi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257646802</t>
+          <t>9786256378629</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Periler Ülkesi’nden Nefret Ediyorum Cilt 3</t>
+          <t>Elfen Lied Cilt 11</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>315</v>
+        <v>220</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257646871</t>
+          <t>9786256378742</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Monster Cilt 3</t>
+          <t>Monster Cilt 5</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257646826</t>
+          <t>9786256378704</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Periler Ülkesi’nden Nefret Ediyorum Cilt 4</t>
+          <t>Yürüyen Ölüler 32 - Son Yolculuk</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>285</v>
+        <v>350</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257646833</t>
+          <t>9786256378322</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Zom 100 Cilt 3</t>
+          <t>Komi Konuşmaktan Korkuyor Cilt 4</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257646888</t>
+          <t>9786256378469</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kötü Kedi Şerafettin 3. Kitap</t>
+          <t>Paranoya - Cilt 1</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257646932</t>
+          <t>9786256378414</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Çarpışma Cilt 1</t>
+          <t>Venom Cilt 2 - Cehennem</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257646703</t>
+          <t>9786256378551</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Edge of Spider-Verse 2 - Gwen Stacy Spider Woman</t>
+          <t>Venom Cilt 4 - Absolute Carnage Cilt 2</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>80</v>
+        <v>480</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257646659</t>
+          <t>9786256378315</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man - 300</t>
+          <t>Wonderland Cilt 1</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257646505</t>
+          <t>9786257646475</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt: 31 - Tehlike Bölgesi</t>
+          <t>Lady Killer (Ciltli)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>315</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257646468</t>
+          <t>9786257646109</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Loki - Dünyaya Düşen Tanrı</t>
+          <t>Dev Avcısı (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>285</v>
+        <v>900</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257646567</t>
+          <t>9786256378131</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 29 - Aştığımız Sınırlar</t>
+          <t>Kayıp Eşyalar Hanı Cilt 3</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059469487</t>
+          <t>9786256378063</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Spider-Gwen - En Çok Aranan?</t>
+          <t>Zom 100 Cilt 4</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>315</v>
+        <v>220</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059469586</t>
+          <t>9786256378193</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Sualtı Kaynakçısı</t>
+          <t>Monster Cilt 4</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059469470</t>
+          <t>9786256378001</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Inhumans</t>
+          <t>The Amazing Spider-Man #55</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>600</v>
+        <v>140</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059469388</t>
+          <t>9786257646802</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Captain America - Kış Askeri</t>
+          <t>Periler Ülkesi’nden Nefret Ediyorum Cilt 3</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>630</v>
+        <v>420</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789756129623</t>
+          <t>9786257646871</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Astonishing X-Men Cilt: 5 - Hayalet Kutusu</t>
+          <t>Monster Cilt 3</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>405</v>
+        <v>550</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059469371</t>
+          <t>9786257646826</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Spider-Men</t>
+          <t>Periler Ülkesi’nden Nefret Ediyorum Cilt 4</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>285</v>
+        <v>380</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059469524</t>
+          <t>9786257646833</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Periler Ülkesi'nden Nefret Ediyorum Cilt 01 - Sonsuza Dek Deli</t>
+          <t>Zom 100 Cilt 3</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>315</v>
+        <v>220</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257646086</t>
+          <t>9786257646888</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Sen De Marvel Tarzında Çiz</t>
+          <t>Kötü Kedi Şerafettin 3. Kitap</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059469364</t>
+          <t>9786257646932</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Yeni Amazing Spider Man Cilt 1 - Parker Şansı</t>
+          <t>Çarpışma Cilt 1</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059469531</t>
+          <t>9786257646703</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Yeni Amazing Spider Man Cilt 2 - Örümcek Evreni 1</t>
+          <t>Edge of Spider-Verse 2 - Gwen Stacy Spider Woman</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>540</v>
+        <v>120</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059469289</t>
+          <t>9786257646659</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Captain America Cilt 2 - Rüyaların Yükü</t>
+          <t>The Amazing Spider-Man - 300</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>330</v>
+        <v>160</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059469715</t>
+          <t>9786257646505</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider-Man Team-Up Sayı 05 - Scarlet Spider</t>
+          <t>Amazing Spider-Man Cilt: 31 - Tehlike Bölgesi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>140</v>
+        <v>420</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059469135</t>
+          <t>9786257646468</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider-Man Cilt 5 - Üstün Venom</t>
+          <t>Loki - Dünyaya Düşen Tanrı</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>345</v>
+        <v>285</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059469852</t>
+          <t>9786257646567</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Thor: God of Thunder Cilt 02 - Tanrı Bombası</t>
+          <t>Yürüyen Ölüler 29 - Aştığımız Sınırlar</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>315</v>
+        <v>350</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786059469708</t>
+          <t>9786059469487</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>İç Savaş II: Amazing Spider-Man X-Men</t>
+          <t>Spider-Gwen - En Çok Aranan?</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>390</v>
+        <v>315</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059469104</t>
+          <t>9786059469586</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider-Man Cilt 4 - Zoraki Kötülük</t>
+          <t>Sualtı Kaynakçısı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059469081</t>
+          <t>9786059469470</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Captain America Cilt 1 - Captain America'nın Ölümü</t>
+          <t>Inhumans</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>345</v>
+        <v>600</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059985000</t>
+          <t>9786059469388</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 10</t>
+          <t>Captain America - Kış Askeri</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>360</v>
+        <v>630</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059985055</t>
+          <t>9789756129623</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 13 - Black Cat'in Dönüşü</t>
+          <t>Astonishing X-Men Cilt: 5 - Hayalet Kutusu</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>375</v>
+        <v>405</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786056939846</t>
+          <t>9786059469371</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>X-Men: Dark Phoenix Saga</t>
+          <t>Spider-Men</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>350</v>
+        <v>285</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059985147</t>
+          <t>9786059469524</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Spider-Man ve Black Cat - İnsanların Yaptıkları Fenalıklar</t>
+          <t>Periler Ülkesi'nden Nefret Ediyorum Cilt 01 - Sonsuza Dek Deli</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>360</v>
+        <v>420</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059985161</t>
+          <t>9786257646086</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>All New X-Men Cilt 02 - Geri Dönmek Yok</t>
+          <t>Sen De Marvel Tarzında Çiz</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>315</v>
+        <v>400</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789756129609</t>
+          <t>9786059469364</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Red Sonja Kılıçlı Dişi Şeytan Cilt: 3 - Kulan Gath'ın Yükselişi</t>
+          <t>Yeni Amazing Spider Man Cilt 1 - Parker Şansı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>360</v>
+        <v>440</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789756129524</t>
+          <t>9786059469531</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Conan Cilt: 2 - Siyah Dev</t>
+          <t>Yeni Amazing Spider Man Cilt 2 - Örümcek Evreni 1</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>375</v>
+        <v>720</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059985178</t>
+          <t>9786059469289</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 14 - Meydan Okuma 1: Electro ve Sandman</t>
+          <t>Captain America Cilt 2 - Rüyaların Yükü</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>390</v>
+        <v>330</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059985895</t>
+          <t>9786059469715</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Spider-Man Venom'un Doğuşu Cilt: 2</t>
+          <t>Superior Spider-Man Team-Up Sayı 05 - Scarlet Spider</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>340</v>
+        <v>140</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057784346</t>
+          <t>9786059469135</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Venom Inc.</t>
+          <t>Superior Spider-Man Cilt 5 - Üstün Venom</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>360</v>
+        <v>345</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059985642</t>
+          <t>9786059469852</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Gizli Savaşlar Cilt: 2</t>
+          <t>Thor: God of Thunder Cilt 02 - Tanrı Bombası</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>340</v>
+        <v>420</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059985253</t>
+          <t>9786059469708</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 15 - Meydan Okuma 2: Rhino ve Mysterio</t>
+          <t>İç Savaş II: Amazing Spider-Man X-Men</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>360</v>
+        <v>390</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059985345</t>
+          <t>9786059469104</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Punisher Max Cilt 04 - Düzler Ters, Siyahlar Beyaz</t>
+          <t>Superior Spider-Man Cilt 4 - Zoraki Kötülük</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>330</v>
+        <v>270</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059985635</t>
+          <t>9786059469081</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Gizli Savaşlar Cilt: 1</t>
+          <t>Captain America Cilt 1 - Captain America'nın Ölümü</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>340</v>
+        <v>345</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057784100</t>
+          <t>9786059985000</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>İkigami 1 - İntikamın Sonu</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 10</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>170</v>
+        <v>480</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059985369</t>
+          <t>9786059985055</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>X-Men: Phoenix - Ağıt</t>
+          <t>Amazing Spider-Man Cilt 13 - Black Cat'in Dönüşü</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059469807</t>
+          <t>9786056939846</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man Cilt: 24 - Fantastik Örümcek Adam</t>
+          <t>X-Men: Dark Phoenix Saga</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059985390</t>
+          <t>9786059985147</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>All New X-Men Cilt 03 - Boyu Aşan İşler</t>
+          <t>Spider-Man ve Black Cat - İnsanların Yaptıkları Fenalıklar</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>315</v>
+        <v>360</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059985499</t>
+          <t>9786059985161</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Punisher Max Cilt 05 - Köle Tacirleri</t>
+          <t>All New X-Men Cilt 02 - Geri Dönmek Yok</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>330</v>
+        <v>315</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059469425</t>
+          <t>9789756129609</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Hawkeye Cilt: 4 - Rio Bravo</t>
+          <t>Red Sonja Kılıçlı Dişi Şeytan Cilt: 3 - Kulan Gath'ın Yükselişi</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059469241</t>
+          <t>9789756129524</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>The Superior Spider-Man Cilt: 6 - Goblin Ülkesi</t>
+          <t>Conan Cilt: 2 - Siyah Dev</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059985598</t>
+          <t>9786059985178</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Chew Cilt 03 - Tatlı Niyetine</t>
+          <t>Amazing Spider-Man Cilt 14 - Meydan Okuma 1: Electro ve Sandman</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786056889868</t>
+          <t>9786059985895</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Venom 2 - Suçtan Önce</t>
+          <t>Spider-Man Venom'un Doğuşu Cilt: 2</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>285</v>
+        <v>435</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059469616</t>
+          <t>9786057784346</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Yeni Amazing Spider-Man Cilt 3 - Örümcek Evreni 2</t>
+          <t>Venom Inc.</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>555</v>
+        <v>360</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059985673</t>
+          <t>9786059985642</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Captain America - İç Savaş</t>
+          <t>Gizli Savaşlar Cilt: 2</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>270</v>
+        <v>435</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059469494</t>
+          <t>9786059985253</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>İç Savaş 2</t>
+          <t>Amazing Spider-Man Cilt 15 - Meydan Okuma 2: Rhino ve Mysterio</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>570</v>
+        <v>360</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059985789</t>
+          <t>9786059985345</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>X-Men Atom Savaşı</t>
+          <t>Punisher Max Cilt 04 - Düzler Ters, Siyahlar Beyaz</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>525</v>
+        <v>330</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789756129982</t>
+          <t>9786059985635</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Punisher Max Cilt: 2 - İrlanda Mutfağı</t>
+          <t>Gizli Savaşlar Cilt: 1</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>330</v>
+        <v>435</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059985420</t>
+          <t>9786057784100</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Korkunun Kendisi</t>
+          <t>İkigami 1 - İntikamın Sonu</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>525</v>
+        <v>220</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059985680</t>
+          <t>9786059985369</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Captain America - Kızıl Tehdit</t>
+          <t>X-Men: Phoenix - Ağıt</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059469654</t>
+          <t>9786059469807</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 23: Ölüm Kalım Meseleleri</t>
+          <t>The Amazing Spider-Man Cilt: 24 - Fantastik Örümcek Adam</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>480</v>
+        <v>360</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059985710</t>
+          <t>9786059985390</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Punisher Max Cilt 06 - Barracuda</t>
+          <t>All New X-Men Cilt 03 - Boyu Aşan İşler</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>330</v>
+        <v>315</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059985734</t>
+          <t>9786059985499</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Venom vs Carnage</t>
+          <t>Punisher Max Cilt 05 - Köle Tacirleri</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>170</v>
+        <v>330</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059985758</t>
+          <t>9786059469425</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Avenging Spider-Man Cilt 07 - The Thing</t>
+          <t>Hawkeye Cilt: 4 - Rio Bravo</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>130</v>
+        <v>360</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059985802</t>
+          <t>9786059469241</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider-Man Cilt 02 - Kafası Karışık</t>
+          <t>The Superior Spider-Man Cilt: 6 - Goblin Ülkesi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>270</v>
+        <v>375</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059985840</t>
+          <t>9786059985598</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Punisher Max Cilt 07 - Taş Adam</t>
+          <t>Chew Cilt 03 - Tatlı Niyetine</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059985628</t>
+          <t>9786056889868</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Uncanny X-Men Cilt: 02 - Bozuk</t>
+          <t>Venom 2 - Suçtan Önce</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>330</v>
+        <v>285</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789756129371</t>
+          <t>9786059469616</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 7 - Fırtına Öncesi Sessizlik</t>
+          <t>Yeni Amazing Spider-Man Cilt 3 - Örümcek Evreni 2</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>250</v>
+        <v>740</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786059985604</t>
+          <t>9786059985673</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Saga Cilt: 3</t>
+          <t>Captain America - İç Savaş</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>345</v>
+        <v>270</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789756129135</t>
+          <t>9786059469494</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 1 - Günler Sonra</t>
+          <t>İç Savaş 2</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>325</v>
+        <v>570</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789756129173</t>
+          <t>9786059985789</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Red Sonja - Kılıçlı Dişi Şeytan Cilt 01</t>
+          <t>X-Men Atom Savaşı</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>420</v>
+        <v>700</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059985901</t>
+          <t>9789756129982</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 25 - Dönüşü Olmayan Yol</t>
+          <t>Punisher Max Cilt: 2 - İrlanda Mutfağı</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789756129272</t>
+          <t>9786059985420</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Conan Cilt 01 - Kimmerya</t>
+          <t>Korkunun Kendisi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>465</v>
+        <v>700</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789756129319</t>
+          <t>9786059985680</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Astonishing X-Men Cilt 01 - Yetenekli</t>
+          <t>Captain America - Kızıl Tehdit</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>345</v>
+        <v>375</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786059469326</t>
+          <t>9786059469654</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>All New X-Men Guardians Of The Galaxy - Jean Grey'in Mahkemesi</t>
+          <t>Amazing Spider-Man Cilt 23: Ölüm Kalım Meseleleri</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>330</v>
+        <v>480</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789756129326</t>
+          <t>9786059985710</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Astonishing X-Men Cilt 02 - Tehlikeli</t>
+          <t>Punisher Max Cilt 06 - Barracuda</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>345</v>
+        <v>330</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789756129333</t>
+          <t>9786059985734</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 01 - Yepyeni Bir Gün</t>
+          <t>Venom vs Carnage</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>390</v>
+        <v>170</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786059469029</t>
+          <t>9786059985758</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>All New X-Men Cilt: 04 - Bambaşka</t>
+          <t>Avenging Spider-Man Cilt 07 - The Thing</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>330</v>
+        <v>130</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786059985086</t>
+          <t>9786059985802</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 18 - Sırada Ne Var</t>
+          <t>Superior Spider-Man Cilt 02 - Kafası Karışık</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789756129357</t>
+          <t>9786059985840</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Astonishing X-Men Cilt 03 - Parçalanmış</t>
+          <t>Punisher Max Cilt 07 - Taş Adam</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786059985048</t>
+          <t>9786059985628</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man George ve Gwen Stacy'nin Ölümü</t>
+          <t>Uncanny X-Men Cilt: 02 - Bozuk</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>290</v>
+        <v>440</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789756129388</t>
+          <t>9789756129371</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Astonishing X-Men Cilt 04 - Durdurulamaz</t>
+          <t>Yürüyen Ölüler 7 - Fırtına Öncesi Sessizlik</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789756129395</t>
+          <t>9786059985604</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 03 - Yepyeni Bir Gün</t>
+          <t>Saga Cilt: 3</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>285</v>
+        <v>460</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786056939853</t>
+          <t>9789756129135</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 27 - Fısıldayan Savaşı</t>
+          <t>Yürüyen Ölüler 1 - Günler Sonra</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789756129418</t>
+          <t>9789756129173</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Renkler Serisi: Spider-Man - Mavi</t>
+          <t>Red Sonja - Kılıçlı Dişi Şeytan Cilt 01</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>360</v>
+        <v>420</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786057784797</t>
+          <t>9786059985901</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty Sunar: Turşu Rick ve Diğer Hikayeler</t>
+          <t>Yürüyen Ölüler 25 - Dönüşü Olmayan Yol</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>315</v>
+        <v>350</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789756129487</t>
+          <t>9789756129272</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Bone 3: Vadi - Fırtınanın Gözleri</t>
+          <t>Conan Cilt 01 - Kimmerya</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>180</v>
+        <v>465</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789756129296</t>
+          <t>9789756129319</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Bone 2: Vadi - Büyük İnek Yarışı</t>
+          <t>Astonishing X-Men Cilt 01 - Yetenekli</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>180</v>
+        <v>345</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786057784773</t>
+          <t>9786059469326</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Immortal Hulk 1 - Yoksa İkisi Birden Mi?</t>
+          <t>All New X-Men Guardians Of The Galaxy - Jean Grey'in Mahkemesi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>315</v>
+        <v>440</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786059985574</t>
+          <t>9789756129326</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Bone 9: Dostlar ve Düşmanlar ya da Hasat - Boynuzlar Tacı</t>
+          <t>Astonishing X-Men Cilt 02 - Tehlikeli</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>180</v>
+        <v>345</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789756129470</t>
+          <t>9789756129333</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 04 - Kraven'ın İlk Avı</t>
+          <t>Amazing Spider-Man Cilt 01 - Yepyeni Bir Gün</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>270</v>
+        <v>390</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786059985543</t>
+          <t>9786059469029</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Bone 8: Dostlar ve Düşmanlar ya da Hasat - Hazine Avcıları</t>
+          <t>All New X-Men Cilt: 04 - Bambaşka</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>180</v>
+        <v>440</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786059985413</t>
+          <t>9786059985086</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Bone 7: Dostlar ve Düşmanlar ya da Hasat - Hayalet Çemberleri</t>
+          <t>Yürüyen Ölüler 18 - Sırada Ne Var</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789756129722</t>
+          <t>9789756129357</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Astonishing X-Men Cilt: 06 - Exogenetik</t>
+          <t>Astonishing X-Men Cilt 03 - Parçalanmış</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>285</v>
+        <v>330</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786059985383</t>
+          <t>9786059985048</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Bone 6: Phoney'nin Geri Dönüşü - Yaşlı Adam'ın Mağarası</t>
+          <t>The Amazing Spider-Man George ve Gwen Stacy'nin Ölümü</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>180</v>
+        <v>375</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786059985185</t>
+          <t>9789756129388</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Bone 5: Phoney'nin Geri Dönüşü - Taş Çene - Doğu Sınırının Efendisi</t>
+          <t>Astonishing X-Men Cilt 04 - Durdurulamaz</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789756129548</t>
+          <t>9789756129395</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 06 - Suç ve Cezalandırıcı</t>
+          <t>Amazing Spider-Man Cilt 03 - Yepyeni Bir Gün</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>315</v>
+        <v>285</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786059985079</t>
+          <t>9786056939853</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Bone Cilt 4 - Phoney'nin Geri Dönüşü - Ejderha Katili</t>
+          <t>Yürüyen Ölüler 27 - Fısıldayan Savaşı</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789756129562</t>
+          <t>9789756129418</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 10 - Neye Dönüştük</t>
+          <t>Renkler Serisi: Spider-Man - Mavi</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789756129586</t>
+          <t>9786057784797</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Gizli İstila</t>
+          <t>Rick and Morty Sunar: Turşu Rick ve Diğer Hikayeler</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>495</v>
+        <v>315</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789756129593</t>
+          <t>9789756129487</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 11 - Avcılardan Kork</t>
+          <t>Bone 3: Vadi - Fırtınanın Gözleri</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789756129852</t>
+          <t>9789756129296</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Lejyon</t>
+          <t>Bone 2: Vadi - Büyük İnek Yarışı</t>
         </is>
       </c>
       <c r="C211" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789756129630</t>
+          <t>9786057784773</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 07 - Ölüm ve Randevu</t>
+          <t>Immortal Hulk 1 - Yoksa İkisi Birden Mi?</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>405</v>
+        <v>420</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789756129647</t>
+          <t>9786059985574</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 12 - Aralarında Yaşamak</t>
+          <t>Bone 9: Dostlar ve Düşmanlar ya da Hasat - Boynuzlar Tacı</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789756129661</t>
+          <t>9789756129470</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Tapınak</t>
+          <t>Amazing Spider-Man Cilt 04 - Kraven'ın İlk Avı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789756129678</t>
+          <t>9786059985543</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 13 - Dönüş Yok</t>
+          <t>Bone 8: Dostlar ve Düşmanlar ya da Hasat - Hazine Avcıları</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789756129685</t>
+          <t>9786059985413</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 07</t>
+          <t>Bone 7: Dostlar ve Düşmanlar ya da Hasat - Hayalet Çemberleri</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786057784520</t>
+          <t>9789756129722</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider-Man Team-Up 7</t>
+          <t>Astonishing X-Men Cilt: 06 - Exogenetik</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>140</v>
+        <v>285</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789756129784</t>
+          <t>9786059985383</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>XIII Cilt 1 - Kara Güneşin Yolu</t>
+          <t>Bone 6: Phoney'nin Geri Dönüşü - Yaşlı Adam'ın Mağarası</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786059985307</t>
+          <t>9786059985185</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Avenging Spider-Man Cilt 1 - Red Hulk</t>
+          <t>Bone 5: Phoney'nin Geri Dönüşü - Taş Çene - Doğu Sınırının Efendisi</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789756129708</t>
+          <t>9789756129548</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 08 - Seçim Günü</t>
+          <t>Amazing Spider-Man Cilt 06 - Suç ve Cezalandırıcı</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>405</v>
+        <v>315</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789756129715</t>
+          <t>9786059985079</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 09 - 7/24</t>
+          <t>Bone Cilt 4 - Phoney'nin Geri Dönüşü - Ejderha Katili</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>390</v>
+        <v>180</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786059469784</t>
+          <t>9789756129562</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Moon Knight Cilt: 02 Reenkarnasyonlar</t>
+          <t>Yürüyen Ölüler 10 - Neye Dönüştük</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786059985659</t>
+          <t>9789756129586</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Punisher Marvel Evreni'ni Öldürüyor</t>
+          <t>Gizli İstila</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>100</v>
+        <v>660</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786059469678</t>
+          <t>9789756129593</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>X'in Ölümü</t>
+          <t>Yürüyen Ölüler 11 - Avcılardan Kork</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789756129746</t>
+          <t>9789756129852</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 14 - Çıkış Yok</t>
+          <t>Lejyon</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786059985475</t>
+          <t>9789756129630</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Avenging Spider - Man 4</t>
+          <t>Amazing Spider-Man Cilt 07 - Ölüm ve Randevu</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>110</v>
+        <v>405</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789756129753</t>
+          <t>9789756129647</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 15 - Kendimizi Bulduk</t>
+          <t>Yürüyen Ölüler 12 - Aralarında Yaşamak</t>
         </is>
       </c>
       <c r="C227" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789756129814</t>
+          <t>9789756129661</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 08</t>
+          <t>Tapınak</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789756129845</t>
+          <t>9789756129678</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 10 - American Son</t>
+          <t>Yürüyen Ölüler 13 - Dönüş Yok</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786059469357</t>
+          <t>9789756129685</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Moon Knight Cilt: 01 - Zırdeli</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 07</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>285</v>
+        <v>480</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789756129876</t>
+          <t>9786057784520</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Punisher Max Cilt 01 - Başlangıç</t>
+          <t>Superior Spider-Man Team-Up 7</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786059469227</t>
+          <t>9789756129784</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Marvel Zombileri</t>
+          <t>XIII Cilt 1 - Kara Güneşin Yolu</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>285</v>
+        <v>250</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257646048</t>
+          <t>9786059985307</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 37</t>
+          <t>Avenging Spider-Man Cilt 1 - Red Hulk</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>80</v>
+        <v>130</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789756129890</t>
+          <t>9789756129708</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 11 - Bu Gece Kollarında Öldüm</t>
+          <t>Amazing Spider-Man Cilt 08 - Seçim Günü</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>435</v>
+        <v>405</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786059469999</t>
+          <t>9789756129715</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 3</t>
+          <t>Amazing Spider-Man Cilt 09 - 7/24</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>80</v>
+        <v>390</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789756129906</t>
+          <t>9786059469784</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 12 - Kızıl Saçlı Yabancı</t>
+          <t>Moon Knight Cilt: 02 Reenkarnasyonlar</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786057784728</t>
+          <t>9786059985659</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 27</t>
+          <t>Punisher Marvel Evreni'ni Öldürüyor</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>80</v>
+        <v>175</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786057784575</t>
+          <t>9786059469678</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Spiderman 3</t>
+          <t>X'in Ölümü</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>80</v>
+        <v>360</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789756129951</t>
+          <t>9789756129746</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 09</t>
+          <t>Yürüyen Ölüler 14 - Çıkış Yok</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786057784513</t>
+          <t>9786059985475</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Avengers 2</t>
+          <t>Avenging Spider - Man 4</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786057784490</t>
+          <t>9789756129753</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Dev Hulk 181 - Karşınızda Wolverine!</t>
+          <t>Yürüyen Ölüler 15 - Kendimizi Bulduk</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786056924316</t>
+          <t>9789756129814</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Yeni Amazing Spider-Man Cilt: 5 Spiral</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 08</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>270</v>
+        <v>480</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789756129968</t>
+          <t>9789756129845</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Kuşatma</t>
+          <t>Amazing Spider-Man Cilt 10 - American Son</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>435</v>
+        <v>300</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257646512</t>
+          <t>9786059469357</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider - Man #101</t>
+          <t>Moon Knight Cilt: 01 - Zırdeli</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>75</v>
+        <v>285</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786057784964</t>
+          <t>9789756129876</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Monster Cilt 1</t>
+          <t>Punisher Max Cilt 01 - Başlangıç</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>450</v>
+        <v>330</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257646185</t>
+          <t>9786059469227</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Monster Cilt 2</t>
+          <t>Marvel Zombileri</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>450</v>
+        <v>285</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789756129807</t>
+          <t>9786257646048</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 16 - Daha Geniş Bir Dünya</t>
+          <t>Rick and Morty 37</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257646390</t>
+          <t>9789756129890</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Spider-Man 5</t>
+          <t>Amazing Spider-Man Cilt 11 - Bu Gece Kollarında Öldüm</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>80</v>
+        <v>435</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257646383</t>
+          <t>9786059469999</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Avengers 5</t>
+          <t>Rick and Morty 3</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257646376</t>
+          <t>9789756129906</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Avengers 4</t>
+          <t>Amazing Spider-Man Cilt 12 - Kızıl Saçlı Yabancı</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257646369</t>
+          <t>9786057784728</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Spider-Man 4</t>
+          <t>Rick and Morty 27</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257646291</t>
+          <t>9786057784575</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Breaker Cilt 05</t>
+          <t>Marvel Action Spiderman 3</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257646260</t>
+          <t>9789756129951</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 30 - Lizard Geri Dönmek Yok</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 09</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>270</v>
+        <v>480</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786259662039</t>
+          <t>9786057784513</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Vol. 5 Cilt 2 - Dostlar ve Düşmanlar</t>
+          <t>Marvel Action Avengers 2</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257646222</t>
+          <t>9786057784490</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man 129</t>
+          <t>Yeşil Dev Hulk 181 - Karşınızda Wolverine!</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786257646161</t>
+          <t>9786056924316</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>İkigami 6</t>
+          <t>Yeni Amazing Spider-Man Cilt: 5 Spiral</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>170</v>
+        <v>360</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786257646123</t>
+          <t>9789756129968</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Spider - Man 1 McFarlane</t>
+          <t>Kuşatma</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>75</v>
+        <v>580</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786059985925</t>
+          <t>9786257646512</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider-Man Cilt 3: Kaçış Yok</t>
+          <t>Amazing Spider - Man #101</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>315</v>
+        <v>120</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786059985024</t>
+          <t>9786057784964</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>All New X-Men 1 - Geçmişteki X-Men</t>
+          <t>Monster Cilt 1</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>315</v>
+        <v>550</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786057784254</t>
+          <t>9786257646185</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>İkigami Cilt 2</t>
+          <t>Monster Cilt 2</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>170</v>
+        <v>550</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786059985505</t>
+          <t>9789756129807</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Uncanny X-Men Cilt 1 Devrim</t>
+          <t>Yürüyen Ölüler 16 - Daha Geniş Bir Dünya</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>315</v>
+        <v>250</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786059469418</t>
+          <t>9786257646390</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Guardians Of The Galaxy Cilt 3 -Guardians Dağıldı (Ciltli)</t>
+          <t>Marvel Action Spider-Man 5</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789756129289</t>
+          <t>9786257646383</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 6 - Acı Hayat</t>
+          <t>Marvel Action Avengers 5</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789756129449</t>
+          <t>9786257646376</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 8 - Acı İçinde Doğanlar</t>
+          <t>Marvel Action Avengers 4</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786057784568</t>
+          <t>9786257646369</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man Cilt 27 - Kör Uçuş</t>
+          <t>Marvel Action Spider-Man 4</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786059985338</t>
+          <t>9786257646291</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Avenging Spiderman 02 - Hawkeye ve Captain America</t>
+          <t>Breaker Cilt 05</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786059985826</t>
+          <t>9786257646260</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Anti-Yenom: Yeni Yaşama Yolları</t>
+          <t>Amazing Spider-Man Cilt 30 - Lizard Geri Dönmek Yok</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>140</v>
+        <v>360</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786059469951</t>
+          <t>9786259662039</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man Cilt 25 - Anti-Venom’un Dönüşü</t>
+          <t>Amazing Spider-Man Vol. 5 Cilt 2 - Dostlar ve Düşmanlar</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>285</v>
+        <v>360</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786059469036</t>
+          <t>9786257646222</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider-Man Team-Up 1</t>
+          <t>Amazing Spider-Man 129</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786059469074</t>
+          <t>9786257646161</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man Cilt 21 Türlerin Kökeni</t>
+          <t>İkigami 6</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786059469159</t>
+          <t>9786257646123</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider-Man Team-UP 3</t>
+          <t>Spider - Man 1 McFarlane</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>110</v>
+        <v>75</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786059469432</t>
+          <t>9786059985925</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Düğün Özel Sayısı</t>
+          <t>Superior Spider-Man Cilt 3: Kaçış Yok</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>110</v>
+        <v>315</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786059469685</t>
+          <t>9786059985024</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Taksi Hikayeleri - Mis Kokulu Kadın</t>
+          <t>All New X-Men 1 - Geçmişteki X-Men</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786059469821</t>
+          <t>9786057784254</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Daredevil - The Punisher</t>
+          <t>İkigami Cilt 2</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786056889837</t>
+          <t>9786059985505</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider-Man - Team-Up 6</t>
+          <t>Uncanny X-Men Cilt 1 Devrim</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>140</v>
+        <v>315</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786059985437</t>
+          <t>9786059469418</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man Sayı: 16 - Meydan Okuma</t>
+          <t>Guardians Of The Galaxy Cilt 3 -Guardians Dağıldı (Ciltli)</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>315</v>
+        <v>360</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786059985444</t>
+          <t>9789756129289</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man Cilt 17 - Meydan Okuma 4: Juggernaut</t>
+          <t>Yürüyen Ölüler 6 - Acı Hayat</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>255</v>
+        <v>250</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786059985666</t>
+          <t>9789756129449</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man Cilt 18 - Meydan Okuma 5: Lizard</t>
+          <t>Yürüyen Ölüler 8 - Acı İçinde Doğanlar</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786059985741</t>
+          <t>9786057784568</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Avenging Spider-Man 6</t>
+          <t>The Amazing Spider-Man Cilt 27 - Kör Uçuş</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>110</v>
+        <v>270</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786059985864</t>
+          <t>9786059985338</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 19 Amansız Av</t>
+          <t>Avenging Spiderman 02 - Hawkeye ve Captain America</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>420</v>
+        <v>110</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786059985918</t>
+          <t>9786059985826</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man Cilt 20 - Geçmiş Zaman Olur ki</t>
+          <t>Anti-Yenom: Yeni Yaşama Yolları</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>360</v>
+        <v>140</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789756129258</t>
+          <t>9786059469951</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 5 - En İyi Savunma</t>
+          <t>The Amazing Spider-Man Cilt 25 - Anti-Venom’un Dönüşü</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>325</v>
+        <v>285</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789756129531</t>
+          <t>9786059469036</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spiderman: Yeni Ölme Yolları Cilt: 5</t>
+          <t>Superior Spider-Man Team-Up 1</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789756129616</t>
+          <t>9786059469074</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Bouncer Cilt 1</t>
+          <t>The Amazing Spider-Man Cilt 21 Türlerin Kökeni</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786056889844</t>
+          <t>9786059469159</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Vision</t>
+          <t>Superior Spider-Man Team-UP 3</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>570</v>
+        <v>200</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786056924385</t>
+          <t>9786059469432</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Cadı Avcısı - Witch Hunter Cilt 3</t>
+          <t>Amazing Spider-Man Düğün Özel Sayısı</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786059469128</t>
+          <t>9786059469685</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Küçük Marvel - Dev Boy</t>
+          <t>Taksi Hikayeleri - Mis Kokulu Kadın</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786059469319</t>
+          <t>9786059469821</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man Cilt 22: Muazzam</t>
+          <t>Daredevil - The Punisher</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786059469791</t>
+          <t>9786056889837</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 4: Gece Vardiyası</t>
+          <t>Superior Spider-Man - Team-Up 6</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>255</v>
+        <v>140</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789756129975</t>
+          <t>9786059985437</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Nuh</t>
+          <t>The Amazing Spider-Man Sayı: 16 - Meydan Okuma</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>180</v>
+        <v>315</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786059985017</t>
+          <t>9786059985444</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 17 - Korkulası Şeyler</t>
+          <t>The Amazing Spider-Man Cilt 17 - Meydan Okuma 4: Juggernaut</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>250</v>
+        <v>255</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786059985468</t>
+          <t>9786059985666</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Avenging Spiderman 3 - She Hulk</t>
+          <t>The Amazing Spider-Man Cilt 18 - Meydan Okuma 5: Lizard</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786059985093</t>
+          <t>9786059985741</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Astonishing Spider-Man ve Wolverine</t>
+          <t>Avenging Spider-Man 6</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>360</v>
+        <v>110</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786059985314</t>
+          <t>9786059985864</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Hawkeye 1 - Bir Silah Olarak Yaşamım</t>
+          <t>Amazing Spider-Man Cilt 19 Amansız Av</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>315</v>
+        <v>420</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786059985154</t>
+          <t>9786059985918</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 19 - Savaşa Doğru</t>
+          <t>The Amazing Spider-Man Cilt 20 - Geçmiş Zaman Olur ki</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786057784049</t>
+          <t>9789756129258</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Avengers 1</t>
+          <t>Yürüyen Ölüler 5 - En İyi Savunma</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786057784063</t>
+          <t>9789756129531</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Amazing Fantasy 15 - Karşınızda Örümcek Adam</t>
+          <t>The Amazing Spiderman: Yeni Ölme Yolları Cilt: 5</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>100</v>
+        <v>390</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786057784230</t>
+          <t>9789756129616</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spiderman - Örümcek Adası</t>
+          <t>Bouncer Cilt 1</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>510</v>
+        <v>250</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786059469593</t>
+          <t>9786056889844</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Omega Efekti</t>
+          <t>Vision</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>130</v>
+        <v>570</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786057784551</t>
+          <t>9786056924385</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Spiderman - 2</t>
+          <t>Cadı Avcısı - Witch Hunter Cilt 3</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786057784155</t>
+          <t>9786059469128</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Kötü Kedi Şerafettin - 1. Kitap</t>
+          <t>Küçük Marvel - Dev Boy</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786057784308</t>
+          <t>9786059469319</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Punisher Doğuyor</t>
+          <t>The Amazing Spider-Man Cilt 22: Muazzam</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>270</v>
+        <v>330</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786056939839</t>
+          <t>9786059469791</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>X-Men Mutant Genesis</t>
+          <t>Amazing Spider-Man Cilt 4: Gece Vardiyası</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786057784544</t>
+          <t>9789756129975</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider- Man Team-Up 8</t>
+          <t>Nuh</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786057784582</t>
+          <t>9786059985017</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Örümcek Adam ve Venom: Çifte Bela - 1</t>
+          <t>Yürüyen Ölüler 17 - Korkulası Şeyler</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789756129364</t>
+          <t>9786059985468</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man Cilt 2: Yepyeni Bir Gün</t>
+          <t>Avenging Spiderman 3 - She Hulk</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>375</v>
+        <v>110</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786056889806</t>
+          <t>9786059985093</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 4</t>
+          <t>Astonishing Spider-Man ve Wolverine</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>80</v>
+        <v>360</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786056939860</t>
+          <t>9786059985314</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Silver Surfer - Alegori</t>
+          <t>Hawkeye 1 - Bir Silah Olarak Yaşamım</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>160</v>
+        <v>315</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786056889875</t>
+          <t>9786059985154</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Spider-Gwen Cilt 1: Daha Büyük Güç</t>
+          <t>Yürüyen Ölüler 19 - Savaşa Doğru</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>315</v>
+        <v>250</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786059985932</t>
+          <t>9786057784049</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Saga Cilt: 4</t>
+          <t>Marvel Action Avengers 1</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>345</v>
+        <v>120</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786059469838</t>
+          <t>9786057784063</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 1</t>
+          <t>Amazing Fantasy 15 - Karşınızda Örümcek Adam</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786057784636</t>
+          <t>9786057784230</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 23</t>
+          <t>Amazing Spiderman - Örümcek Adası</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>80</v>
+        <v>680</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786057784599</t>
+          <t>9786059469593</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Örümcek Adam &amp; Venom - Çifte Bela Sayı: 3</t>
+          <t>Omega Efekti</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786057784612</t>
+          <t>9786057784551</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Örümcek Adam &amp; Venom - Çifte Bela Sayı: 2</t>
+          <t>Marvel Action Spiderman - 2</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786057784032</t>
+          <t>9786057784155</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Spider-Man Sayı: 1</t>
+          <t>Kötü Kedi Şerafettin - 1. Kitap</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786057784537</t>
+          <t>9786057784308</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Avengers 3</t>
+          <t>Punisher Doğuyor</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>80</v>
+        <v>270</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789756129821</t>
+          <t>9786056939839</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>İç Savaş</t>
+          <t>X-Men Mutant Genesis</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786059469913</t>
+          <t>9786057784544</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Eve Dönüş - Venom Cilt 1</t>
+          <t>Superior Spider- Man Team-Up 8</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>315</v>
+        <v>250</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786059985956</t>
+          <t>9786057784582</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Chew Cilt 4: Flambe</t>
+          <t>Örümcek Adam ve Venom: Çifte Bela - 1</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>285</v>
+        <v>120</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786059985031</t>
+          <t>9789756129364</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Chew Bölüm 1: Lezzetçilerin Tercihi</t>
+          <t>The Amazing Spider-Man Cilt 2: Yepyeni Bir Gün</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786056924392</t>
+          <t>9786056889806</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Cadı Avcısı - Witch Hunter Cilt 4</t>
+          <t>Rick and Morty 4</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789756129241</t>
+          <t>9786056939860</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Bone 1</t>
+          <t>Silver Surfer - Alegori</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786057784315</t>
+          <t>9786056889875</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man Vol 5 Cilt 1: Öze Dönüş</t>
+          <t>Spider-Gwen Cilt 1: Daha Büyük Güç</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>330</v>
+        <v>315</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786059469814</t>
+          <t>9786059985932</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Ahtapotun Kolları</t>
+          <t>Saga Cilt: 4</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>170</v>
+        <v>460</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786059985833</t>
+          <t>9786059469838</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>A-Bebekleri ve X-Bebekleri</t>
+          <t>Rick and Morty 1</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789756129760</t>
+          <t>9786057784636</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt: 5 - Kara Yel</t>
+          <t>Rick and Morty 23</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789756129692</t>
+          <t>9786057784599</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 3 - Düşen Kaplanın Islığı</t>
+          <t>Örümcek Adam &amp; Venom - Çifte Bela Sayı: 3</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786259475714</t>
+          <t>9786057784612</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 56</t>
+          <t>Örümcek Adam &amp; Venom - Çifte Bela Sayı: 2</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786259475707</t>
+          <t>9786057784032</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 55</t>
+          <t>Marvel Action Spider-Man Sayı: 1</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786259860190</t>
+          <t>9786057784537</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 54</t>
+          <t>Marvel Action Avengers 3</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786259860183</t>
+          <t>9789756129821</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 53</t>
+          <t>İç Savaş</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>80</v>
+        <v>450</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786256327375</t>
+          <t>9786059469913</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Liar Game Cilt 2</t>
+          <t>Eve Dönüş - Venom Cilt 1</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>170</v>
+        <v>315</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786256327320</t>
+          <t>9786059985956</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Breaker Cilt 10</t>
+          <t>Chew Cilt 4: Flambe</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>170</v>
+        <v>285</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786256327313</t>
+          <t>9786059985031</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Breaker Cilt 9</t>
+          <t>Chew Bölüm 1: Lezzetçilerin Tercihi</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786256327238</t>
+          <t>9786056924392</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Breaker Cilt 8</t>
+          <t>Cadı Avcısı - Witch Hunter Cilt 4</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786256327351</t>
+          <t>9789756129241</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Zom 100 Cilt 08</t>
+          <t>Bone 1</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786256327344</t>
+          <t>9786057784315</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Zom 100 Cilt 07</t>
+          <t>The Amazing Spider-Man Vol 5 Cilt 1: Öze Dönüş</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>150</v>
+        <v>440</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786256327337</t>
+          <t>9786059469814</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Paranoya Cilt 4</t>
+          <t>Ahtapotun Kolları</t>
         </is>
       </c>
       <c r="C338" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786256327306</t>
+          <t>9786059985833</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Frieren</t>
+          <t>A-Bebekleri ve X-Bebekleri</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786256327269</t>
+          <t>9789756129760</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Monster Cilt 8</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt: 5 - Kara Yel</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786256327252</t>
+          <t>9789756129692</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Venom Cilt 5 Venom Adası</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 3 - Düşen Kaplanın Islığı</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>315</v>
+        <v>320</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786256327245</t>
+          <t>9786259475714</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Conan the Barbarian 25</t>
+          <t>Rick and Morty 56</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786256378995</t>
+          <t>9786259475707</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Conan the Barbarian 24</t>
+          <t>Rick and Morty 55</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786259503516</t>
+          <t>9786259860190</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Kötü Kedi Şerafettin</t>
+          <t>Rick and Morty 54</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786259503509</t>
+          <t>9786259860183</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Spider-Man - Hayvanlar Toplanın</t>
+          <t>Rick and Morty 53</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>225</v>
+        <v>120</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786256327207</t>
+          <t>9786256327375</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Ninja Kaplumbağalar 1</t>
+          <t>Liar Game Cilt 2</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786256327221</t>
+          <t>9786256327320</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Liar Game Cilt 1</t>
+          <t>Breaker Cilt 10</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786256327214</t>
+          <t>9786256327313</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Nana Cilt 1</t>
+          <t>Breaker Cilt 9</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786256327146</t>
+          <t>9786256327238</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Monster Cilt 7</t>
+          <t>Breaker Cilt 8</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786259475769</t>
+          <t>9786256327351</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty Sunar: Turşu Rick</t>
+          <t>Zom 100 Cilt 08</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>90</v>
+        <v>220</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786256327191</t>
+          <t>9786256327344</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Peter Parker ve Miles Morales Spider-Men: Çifte Bela #4</t>
+          <t>Zom 100 Cilt 07</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786256327184</t>
+          <t>9786256327337</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Peter Parker ve Miles Morales Spider-Men: Çifte Bela #3</t>
+          <t>Paranoya Cilt 4</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786256327177</t>
+          <t>9786256327306</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Peter Parker ve Miles Morales Spider-Men: Çifte Bela #2</t>
+          <t>Frieren</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786256327160</t>
+          <t>9786256327269</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Peter Parker ve Miles Morales Spider-Men: Çifte Bela #1</t>
+          <t>Monster Cilt 8</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>80</v>
+        <v>550</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786256327085</t>
+          <t>9786256327252</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Immortal Hulk Cilt 3 - Hulk Cehennemde</t>
+          <t>Venom Cilt 5 Venom Adası</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>270</v>
+        <v>420</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786256327115</t>
+          <t>9786256327245</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Vol. 5 Cilt 7 - 2099</t>
+          <t>Conan the Barbarian 25</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>270</v>
+        <v>140</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786256327061</t>
+          <t>9786256378995</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Spider-Man 9</t>
+          <t>Conan the Barbarian 24</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786256327092</t>
+          <t>9786259503516</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Vol. 5 Cilt 6 - Absolute Carnage</t>
+          <t>Kötü Kedi Şerafettin</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>255</v>
+        <v>350</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786256327047</t>
+          <t>9786259503509</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Spider-Man 8</t>
+          <t>Spider-Man - Hayvanlar Toplanın</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786256327108</t>
+          <t>9786256327207</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Spider-Man Almanak 1963</t>
+          <t>Ninja Kaplumbağalar 1</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>325</v>
+        <v>175</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786256327078</t>
+          <t>9786256327221</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Avengers 9</t>
+          <t>Liar Game Cilt 1</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786256327054</t>
+          <t>9786256327214</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Avengers 8</t>
+          <t>Nana Cilt 1</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786259860176</t>
+          <t>9786256327146</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 52</t>
+          <t>Monster Cilt 7</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>80</v>
+        <v>550</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786259860169</t>
+          <t>9786259475769</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 51</t>
+          <t>Rick and Morty Sunar: Turşu Rick</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786259860152</t>
+          <t>9786256327191</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 50</t>
+          <t>Peter Parker ve Miles Morales Spider-Men: Çifte Bela #4</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786259860145</t>
+          <t>9786256327184</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 49</t>
+          <t>Peter Parker ve Miles Morales Spider-Men: Çifte Bela #3</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786256327009</t>
+          <t>9786256327177</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Paranoya Cilt 3</t>
+          <t>Peter Parker ve Miles Morales Spider-Men: Çifte Bela #2</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786256378858</t>
+          <t>9786256327160</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Paranoya Cilt 2</t>
+          <t>Peter Parker ve Miles Morales Spider-Men: Çifte Bela #1</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786059469517</t>
+          <t>9786256327085</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Breaker Cilt 1</t>
+          <t>Immortal Hulk Cilt 3 - Hulk Cehennemde</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786059469661</t>
+          <t>9786256327115</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>The Breaker Cilt 2</t>
+          <t>Amazing Spider-Man Vol. 5 Cilt 7 - 2099</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>170</v>
+        <v>360</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786256327023</t>
+          <t>9786256327061</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Arkana'nın Şafağı Cilt 2</t>
+          <t>Marvel Action Spider-Man 9</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786256378506</t>
+          <t>9786256327092</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Komi Konuşmaktan Korkuyor Cilt 5</t>
+          <t>Amazing Spider-Man Vol. 5 Cilt 6 - Absolute Carnage</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786256378865</t>
+          <t>9786256327047</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Ninja Kaplumbağalar - Son Ronin Sayı 1</t>
+          <t>Marvel Action Spider-Man 8</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786256378186</t>
+          <t>9786256327108</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Batman Minik Gotham Cilt 2</t>
+          <t>Spider-Man Almanak 1963</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>315</v>
+        <v>420</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786256378162</t>
+          <t>9786256327078</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Batman Minik Gotham Cilt 1</t>
+          <t>Marvel Action Avengers 9</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>315</v>
+        <v>120</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786256378841</t>
+          <t>9786256327054</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Monster Cilt 6</t>
+          <t>Marvel Action Avengers 8</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786256378957</t>
+          <t>9786259860176</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>New Avengers Cilt 2 - Sentry</t>
+          <t>Rick and Morty 52</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>255</v>
+        <v>120</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786256378940</t>
+          <t>9786259860169</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>New Avengers Cilt 1 - Firar</t>
+          <t>Rick and Morty 51</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>345</v>
+        <v>120</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786256378926</t>
+          <t>9786259860152</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Gizli Savaş</t>
+          <t>Rick and Morty 50</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>345</v>
+        <v>200</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786259860138</t>
+          <t>9786259860145</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 48</t>
+          <t>Rick and Morty 49</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786259860121</t>
+          <t>9786256327009</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 47</t>
+          <t>Paranoya Cilt 3</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786259860114</t>
+          <t>9786256378858</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 46</t>
+          <t>Paranoya Cilt 2</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786259860107</t>
+          <t>9786059469517</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 45</t>
+          <t>Breaker Cilt 1</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786256378988</t>
+          <t>9786059469661</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 23</t>
+          <t>The Breaker Cilt 2</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786256378971</t>
+          <t>9786256327023</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 22</t>
+          <t>Arkana'nın Şafağı Cilt 2</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786256378964</t>
+          <t>9786256378506</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 21</t>
+          <t>Komi Konuşmaktan Korkuyor Cilt 5</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786256378810</t>
+          <t>9786256378865</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Zom 100 Cilt 6</t>
+          <t>Ninja Kaplumbağalar - Son Ronin Sayı 1</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786256378803</t>
+          <t>9786256378186</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Aşk Hikayesi Cilt 2</t>
+          <t>Batman Minik Gotham Cilt 2</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786256378797</t>
+          <t>9786256378162</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Aşk Hikayesi Cilt 1</t>
+          <t>Batman Minik Gotham Cilt 1</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786256378827</t>
+          <t>9786256378841</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Sınıfı 3 Cilt 2</t>
+          <t>Monster Cilt 6</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>170</v>
+        <v>550</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786256378834</t>
+          <t>9786256378957</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Denizin Çocukları Cilt 2</t>
+          <t>New Avengers Cilt 2 - Sentry</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786256378599</t>
+          <t>9786256378940</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>She-Hulk #1</t>
+          <t>New Avengers Cilt 1 - Firar</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>75</v>
+        <v>460</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786256378537</t>
+          <t>9786256378926</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Spider-Man Sayı 7</t>
+          <t>Gizli Savaş</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>80</v>
+        <v>460</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786256378544</t>
+          <t>9786259860138</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Avengers 7</t>
+          <t>Rick and Morty 48</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786256378483</t>
+          <t>9786259860121</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Avengers 6</t>
+          <t>Rick and Morty 47</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786256378179</t>
+          <t>9786259860114</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Küçük Canavarlar Cilt 1</t>
+          <t>Rick and Morty 46</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>345</v>
+        <v>120</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786256378346</t>
+          <t>9786259860107</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Kahramanın Trajedisi Cilt 1</t>
+          <t>Rick and Morty 45</t>
         </is>
       </c>
       <c r="C397" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786256378292</t>
+          <t>9786256378988</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 28</t>
+          <t>Conan The Barbarian 23</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786256378285</t>
+          <t>9786256378971</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 27</t>
+          <t>Conan The Barbarian 22</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786256378780</t>
+          <t>9786256378964</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 30</t>
+          <t>Conan The Barbarian 21</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786256378773</t>
+          <t>9786256378810</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 29</t>
+          <t>Zom 100 Cilt 6</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786259882697</t>
+          <t>9786256378803</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 44</t>
+          <t>Küçük Bir Aşk Hikayesi Cilt 2</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786259882680</t>
+          <t>9786256378797</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 43</t>
+          <t>Küçük Bir Aşk Hikayesi Cilt 1</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786259882673</t>
+          <t>9786256378827</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 42</t>
+          <t>Dövüş Sınıfı 3 Cilt 2</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786259882666</t>
+          <t>9786256378834</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 41</t>
+          <t>Denizin Çocukları Cilt 2</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>80</v>
+        <v>320</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786256378643</t>
+          <t>9786256378599</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Wonderlan Cilt 2</t>
+          <t>She-Hulk #1</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786256378735</t>
+          <t>9786256378537</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 20</t>
+          <t>Marvel Action Spider-Man Sayı 7</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786256378728</t>
+          <t>9786256378544</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 19</t>
+          <t>Marvel Action Avengers 7</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786256378711</t>
+          <t>9786256378483</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 18</t>
+          <t>Marvel Action Avengers 6</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786256378681</t>
+          <t>9786256378179</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 17</t>
+          <t>Küçük Canavarlar Cilt 1</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>80</v>
+        <v>460</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786256378759</t>
+          <t>9786256378346</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Pesimistik Hikayeler 2</t>
+          <t>Kahramanın Trajedisi Cilt 1</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786256378650</t>
+          <t>9786256378292</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Zom 100 Cilt 5</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 28</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>150</v>
+        <v>480</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786256378636</t>
+          <t>9786256378285</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Elfen Lied Cilt 12</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 27</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>170</v>
+        <v>480</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786256378667</t>
+          <t>9786256378780</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Arkana'nın Şafağı Cilt 1</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 30</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>150</v>
+        <v>480</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786256378698</t>
+          <t>9786256378773</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 31 - Köküne Kadar Çürümüş</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 29</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786256378674</t>
+          <t>9786259882697</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 30 - Yeni Dünya Düzeni</t>
+          <t>Rick and Morty 44</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786256378612</t>
+          <t>9786259882680</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Kunteper Canavarı 3. Kitap - Zın Zın Zın</t>
+          <t>Rick and Morty 43</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786256378605</t>
+          <t>9786259882673</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Kötü Kedi Şerafettin 4. Kitap</t>
+          <t>Rick and Morty 42</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786256378452</t>
+          <t>9786259882666</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Vol.5 Cilt 5 - Perde Arkası</t>
+          <t>Rick and Morty 41</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>345</v>
+        <v>120</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786256378445</t>
+          <t>9786256378643</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Spider-Man Vol 5 Cilt 4 - Av Oyunu</t>
+          <t>Wonderlan Cilt 2</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>615</v>
+        <v>220</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786256378513</t>
+          <t>9786256378735</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Sınıfı 3 - Cilt 1</t>
+          <t>Conan The Barbarian 20</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786256378490</t>
+          <t>9786256378728</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Elfen Lied Cilt 9</t>
+          <t>Conan The Barbarian 19</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786256378520</t>
+          <t>9786256378711</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Elfen Lied Cilt 10</t>
+          <t>Conan The Barbarian 18</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786256378421</t>
+          <t>9786256378681</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Venom Cilt 3 - Absolute Carnage Cilt 1</t>
+          <t>Conan The Barbarian 17</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786256378360</t>
+          <t>9786256378759</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Ruhsuz Sayı 1</t>
+          <t>Pesimistik Hikayeler 2</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786256378377</t>
+          <t>9786256378650</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Gerçeklik Düğümü</t>
+          <t>Zom 100 Cilt 5</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786256378384</t>
+          <t>9786256378636</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Mis Dergi Cilt 2</t>
+          <t>Elfen Lied Cilt 12</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786256378353</t>
+          <t>9786256378667</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Kahramanım Cilt 4</t>
+          <t>Arkana'nın Şafağı Cilt 1</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786256378339</t>
+          <t>9786256378698</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Kahramanım 3</t>
+          <t>Yürüyen Ölüler 31 - Köküne Kadar Çürümüş</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786257646758</t>
+          <t>9786256378674</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Paper Girls Cilt 1</t>
+          <t>Yürüyen Ölüler 30 - Yeni Dünya Düzeni</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786257646789</t>
+          <t>9786256378612</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Black Hammer Cilt 2 - Hadise</t>
+          <t>Kunteper Canavarı 3. Kitap - Zın Zın Zın</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786256378278</t>
+          <t>9786256378605</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Elfen Lied Cilt 8</t>
+          <t>Kötü Kedi Şerafettin 4. Kitap</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786256378261</t>
+          <t>9786256378452</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Essex County Koleksiyon Sayısı</t>
+          <t>Amazing Spider-Man Vol.5 Cilt 5 - Perde Arkası</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>525</v>
+        <v>460</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786257646666</t>
+          <t>9786256378445</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man</t>
+          <t>Spider-Man Vol 5 Cilt 4 - Av Oyunu</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>75</v>
+        <v>820</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786256378148</t>
+          <t>9786256378513</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Southern Bastards Cilt 4 - Gaza Getirmek</t>
+          <t>Dövüş Sınıfı 3 - Cilt 1</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786256378087</t>
+          <t>9786256378490</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Southern Bastards Cilt 3 - Eve Dönüş</t>
+          <t>Elfen Lied Cilt 9</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786256378216</t>
+          <t>9786256378520</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Silver Surfer 4</t>
+          <t>Elfen Lied Cilt 10</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786256378223</t>
+          <t>9786256378421</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Silver Surfer 1</t>
+          <t>Venom Cilt 3 - Absolute Carnage Cilt 1</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786256378254</t>
+          <t>9786256378360</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 16</t>
+          <t>Ruhsuz Sayı 1</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786256378247</t>
+          <t>9786256378377</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 15</t>
+          <t>Gerçeklik Düğümü</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786256378230</t>
+          <t>9786256378384</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 14</t>
+          <t>Mis Dergi Cilt 2</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786256378209</t>
+          <t>9786256378353</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 13</t>
+          <t>Ben Bir Kahramanım Cilt 4</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786256378100</t>
+          <t>9786256378339</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Crossover Cilt 2 - 10 Sent Salgını</t>
+          <t>Ben Bir Kahramanım 3</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>310</v>
+        <v>220</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786256378117</t>
+          <t>9786257646758</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Archie Cilt 1</t>
+          <t>Paper Girls Cilt 1</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>290</v>
+        <v>440</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786256378124</t>
+          <t>9786257646789</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Eşyalar Hanı Cilt 2</t>
+          <t>Black Hammer Cilt 2 - Hadise</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786256378094</t>
+          <t>9786256378278</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Eşyalar Hanı Cilt 1</t>
+          <t>Elfen Lied Cilt 8</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786256378070</t>
+          <t>9786256378261</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Komi Konuşmaktan Korkuyor Cilt 3</t>
+          <t>Essex County Koleksiyon Sayısı</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>150</v>
+        <v>700</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786256378155</t>
+          <t>9786257646666</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Sevdiğin Ben</t>
+          <t>Amazing Spider-Man</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786257646772</t>
+          <t>9786256378148</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Pesimistik Hikayeler</t>
+          <t>Southern Bastards Cilt 4 - Gaza Getirmek</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>125</v>
+        <v>375</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786257646994</t>
+          <t>9786256378087</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Fantastic Four - Sil Baştan</t>
+          <t>Southern Bastards Cilt 3 - Eve Dönüş</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786257646987</t>
+          <t>9786256378216</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Venom Cilt 1 - Rex</t>
+          <t>Silver Surfer 4</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>330</v>
+        <v>160</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786256378056</t>
+          <t>9786256378223</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Elfen Lied Cilt 7</t>
+          <t>Silver Surfer 1</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786256378049</t>
+          <t>9786256378254</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Elfen Lied Cilt 6</t>
+          <t>Conan The Barbarian 16</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786256378032</t>
+          <t>9786256378247</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Elfen Lied Cilt 5</t>
+          <t>Conan The Barbarian 15</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786257646765</t>
+          <t>9786256378230</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Paper Girls Cilt 2</t>
+          <t>Conan The Barbarian 14</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786257646956</t>
+          <t>9786256378209</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>En Kahraman Rıdvan Cilt 14 - Bay Karanlık / Entegra</t>
+          <t>Conan The Barbarian 13</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786257646970</t>
+          <t>9786256378100</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Aynalı Teke - Sonsuz Av</t>
+          <t>Crossover Cilt 2 - 10 Sent Salgını</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>180</v>
+        <v>405</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786257646963</t>
+          <t>9786256378117</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Ultimate Fallout #4</t>
+          <t>Archie Cilt 1</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>80</v>
+        <v>375</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786257646819</t>
+          <t>9786256378124</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Gizli İmparatorluk Cilt 2</t>
+          <t>Kayıp Eşyalar Hanı Cilt 2</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>570</v>
+        <v>220</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786257646796</t>
+          <t>9786256378094</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Spider-Geddon</t>
+          <t>Kayıp Eşyalar Hanı Cilt 1</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786257646895</t>
+          <t>9786256378070</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Komi Konuşmaktan Korkuyor Cilt 2</t>
+          <t>Komi Konuşmaktan Korkuyor Cilt 3</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786257646949</t>
+          <t>9786256378155</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Elfen Lied Cilt 4</t>
+          <t>Karanlıkta Sevdiğin Ben</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>170</v>
+        <v>330</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786257646925</t>
+          <t>9786257646772</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Breaker Cilt 7</t>
+          <t>Pesimistik Hikayeler</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786257646857</t>
+          <t>9786257646994</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Kahramanım Cilt 2</t>
+          <t>Fantastic Four - Sil Baştan</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786257646840</t>
+          <t>9786257646987</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>İkigami Cilt 10</t>
+          <t>Venom Cilt 1 - Rex</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>170</v>
+        <v>440</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786257646864</t>
+          <t>9786256378056</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Bitikler İçin Olumlamalar</t>
+          <t>Elfen Lied Cilt 7</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786257646901</t>
+          <t>9786256378049</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Roman Çetesi 3 - Her Sırta Ayrı Hançer</t>
+          <t>Elfen Lied Cilt 6</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786257646918</t>
+          <t>9786256378032</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Çarpışma Cilt 2</t>
+          <t>Elfen Lied Cilt 5</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786257646741</t>
+          <t>9786257646765</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Thor ve Loki: Çifte Bela 4</t>
+          <t>Paper Girls Cilt 2</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786257646734</t>
+          <t>9786257646956</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Thor ve Loki: Çifte Bela 3</t>
+          <t>En Kahraman Rıdvan Cilt 14 - Bay Karanlık / Entegra</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786257646727</t>
+          <t>9786257646970</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Thor ve Loki: Çifte Bela 2</t>
+          <t>Aynalı Teke - Sonsuz Av</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786257646710</t>
+          <t>9786257646963</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Thor ve Loki: Çifte Bela 1</t>
+          <t>Ultimate Fallout #4</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786257646697</t>
+          <t>9786257646819</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Thor: Şimşek Tanrıçası</t>
+          <t>Gizli İmparatorluk Cilt 2</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>450</v>
+        <v>760</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786257646680</t>
+          <t>9786257646796</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Thor - God of Thunder Cilt 4</t>
+          <t>Spider-Geddon</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>375</v>
+        <v>440</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786257646673</t>
+          <t>9786257646895</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Thor - God of Thunder Cilt 3</t>
+          <t>Komi Konuşmaktan Korkuyor Cilt 2</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786259503530</t>
+          <t>9786257646949</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Kunteper Canavarı 2. Kitap - Zın Zın</t>
+          <t>Elfen Lied Cilt 4</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786257646543</t>
+          <t>9786257646925</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Immortal Hulk Cilt 2 - Yeşil Kapı</t>
+          <t>Breaker Cilt 7</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786257646574</t>
+          <t>9786257646857</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 12</t>
+          <t>Ben Bir Kahramanım Cilt 2</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786257646529</t>
+          <t>9786257646840</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Vol.5 Cilt: 3 - Ömür Boyu Başarı</t>
+          <t>İkigami Cilt 10</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786257646536</t>
+          <t>9786257646864</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt: 32 - Son Arzu</t>
+          <t>Bitikler İçin Olumlamalar</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786257646499</t>
+          <t>9786257646901</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Crossover Cilt 1</t>
+          <t>Çizgi Roman Çetesi 3 - Her Sırta Ayrı Hançer</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786257646482</t>
+          <t>9786257646918</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Komi Konuşmaktan Korkuyor Cilt 1</t>
+          <t>Çarpışma Cilt 2</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786257646178</t>
+          <t>9786257646741</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Taksi Hikayeleri 2</t>
+          <t>Thor ve Loki: Çifte Bela 4</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786057784261</t>
+          <t>9786257646734</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Beş Yaprak 2</t>
+          <t>Thor ve Loki: Çifte Bela 3</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786257646451</t>
+          <t>9786257646727</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Kahramanım 1</t>
+          <t>Thor ve Loki: Çifte Bela 2</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786257646345</t>
+          <t>9786257646710</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Sabrina ve Tüyler Ürpertici Maceraları</t>
+          <t>Thor ve Loki: Çifte Bela 1</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786257646338</t>
+          <t>9786257646697</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Şeker Canavarı 2</t>
+          <t>Thor: Şimşek Tanrıçası</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>275</v>
+        <v>600</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786257646314</t>
+          <t>9786257646680</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Beş Yaprak 7</t>
+          <t>Thor - God of Thunder Cilt 4</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>170</v>
+        <v>500</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786257646307</t>
+          <t>9786257646673</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>İkigami 7</t>
+          <t>Thor - God of Thunder Cilt 3</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>170</v>
+        <v>480</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786257646284</t>
+          <t>9786259503530</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Witch Hunter - Cadı Avcısı Cilt 05</t>
+          <t>Kunteper Canavarı 2. Kitap - Zın Zın</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786257646277</t>
+          <t>9786257646543</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>En Kahraman Rıdvan 13 - Zaman Tüneli</t>
+          <t>Immortal Hulk Cilt 2 - Yeşil Kapı</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786257646246</t>
+          <t>9786257646574</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 29 - Dünyanın Her Yeri</t>
+          <t>Conan The Barbarian 12</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>405</v>
+        <v>120</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786257646239</t>
+          <t>9786257646529</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 28 - Kıyamet</t>
+          <t>Amazing Spider-Man Vol.5 Cilt: 3 - Ömür Boyu Başarı</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786257646215</t>
+          <t>9786257646536</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Black Hammer 1</t>
+          <t>Amazing Spider-Man Cilt: 32 - Son Arzu</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786257646208</t>
+          <t>9786257646499</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Conan 11</t>
+          <t>Crossover Cilt 1</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>80</v>
+        <v>405</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786257646192</t>
+          <t>9786257646482</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>God Country</t>
+          <t>Komi Konuşmaktan Korkuyor Cilt 1</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>325</v>
+        <v>220</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786257646154</t>
+          <t>9786257646178</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Beş Yaprak Cilt 6</t>
+          <t>Taksi Hikayeleri 2</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786257646147</t>
+          <t>9786057784261</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Conan 10</t>
+          <t>Beş Yaprak 2</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786257646130</t>
+          <t>9786257646451</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Conan 9</t>
+          <t>Ben Bir Kahramanım 1</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786257646093</t>
+          <t>9786257646345</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Dev Avcısı</t>
+          <t>Sabrina ve Tüyler Ürpertici Maceraları</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786257646031</t>
+          <t>9786257646338</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Roman Çetesi 2 -Birbirine Mezar Kazan Can Dostlar</t>
+          <t>Şeker Canavarı 2</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786259503523</t>
+          <t>9786257646314</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Kötü Kedi Şerafettin 2</t>
+          <t>Beş Yaprak 7</t>
         </is>
       </c>
       <c r="C502" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786257646635</t>
+          <t>9786257646307</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Elfen Lied Cilt 3</t>
+          <t>İkigami 7</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786257646642</t>
+          <t>9786257646284</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Zom 100 Cilt 2</t>
+          <t>Witch Hunter - Cadı Avcısı Cilt 05</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786257646611</t>
+          <t>9786257646277</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>İkigami Cilt 9</t>
+          <t>En Kahraman Rıdvan 13 - Zaman Tüneli</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786257646604</t>
+          <t>9786257646246</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Elfen Lied Cilt 2</t>
+          <t>Amazing Spider-Man Cilt 29 - Dünyanın Her Yeri</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>170</v>
+        <v>540</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786257646598</t>
+          <t>9786257646239</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Breaker Cilt 6</t>
+          <t>Yürüyen Ölüler 28 - Kıyamet</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786257646628</t>
+          <t>9786257646215</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Zom 100 Cilt 1</t>
+          <t>Black Hammer 1</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>150</v>
+        <v>435</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786257646406</t>
+          <t>9786257646208</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Lady Killer Cilt 1 - Seattle 1962</t>
+          <t>Conan 11</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786257646413</t>
+          <t>9786257646192</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Lady Killer Cilt 2 - Cocoa Beach 1963</t>
+          <t>God Country</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>260</v>
+        <v>420</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786257646437</t>
+          <t>9786257646154</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>İkigami 8</t>
+          <t>Beş Yaprak Cilt 6</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786257646420</t>
+          <t>9786257646147</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Beş Yaprak 8</t>
+          <t>Conan 10</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786257646444</t>
+          <t>9786257646130</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Elfen Lied Cilt 1</t>
+          <t>Conan 9</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786257646116</t>
+          <t>9786257646093</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Şeker Canavarı 1: Ormanın Derinliklerinden Çıkış</t>
+          <t>Dev Avcısı</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786257646079</t>
+          <t>9786257646031</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 40</t>
+          <t>Çizgi Roman Çetesi 2 -Birbirine Mezar Kazan Can Dostlar</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786257646062</t>
+          <t>9786259503523</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 39</t>
+          <t>Kötü Kedi Şerafettin 2</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786257646055</t>
+          <t>9786257646635</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 38</t>
+          <t>Elfen Lied Cilt 3</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786257646017</t>
+          <t>9786257646642</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 28 - Lotus Tahtı</t>
+          <t>Zom 100 Cilt 2</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786057784766</t>
+          <t>9786257646611</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Berlin - Işık Şehir Üçüncü Kitap</t>
+          <t>İkigami Cilt 9</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786057784995</t>
+          <t>9786257646604</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 8</t>
+          <t>Elfen Lied Cilt 2</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786057784988</t>
+          <t>9786257646598</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 7</t>
+          <t>Breaker Cilt 6</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786057784940</t>
+          <t>9786257646628</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Beş Yaprak 5</t>
+          <t>Zom 100 Cilt 1</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786057784933</t>
+          <t>9786257646406</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>İkigami 5 - Boyanmış Ruh</t>
+          <t>Lady Killer Cilt 1 - Seattle 1962</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>170</v>
+        <v>345</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786057784971</t>
+          <t>9786257646413</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Kunteper Canavarı 1 - Zın</t>
+          <t>Lady Killer Cilt 2 - Cocoa Beach 1963</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>180</v>
+        <v>345</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786057784926</t>
+          <t>9786257646437</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 26 - Karanlıkta Mücadele</t>
+          <t>İkigami 8</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786057784957</t>
+          <t>9786257646420</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 27 - Savaş Arifesi</t>
+          <t>Beş Yaprak 8</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786057784902</t>
+          <t>9786257646444</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Rick And Morty 35</t>
+          <t>Elfen Lied Cilt 1</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786057784896</t>
+          <t>9786257646116</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 34</t>
+          <t>Şeker Canavarı 1: Ormanın Derinliklerinden Çıkış</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>80</v>
+        <v>315</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786057784889</t>
+          <t>9786257646079</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 33</t>
+          <t>Rick and Morty 40</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786057784919</t>
+          <t>9786257646062</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 36</t>
+          <t>Rick and Morty 39</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786057784858</t>
+          <t>9786257646055</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 30</t>
+          <t>Rick and Morty 38</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786057784872</t>
+          <t>9786257646017</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 32</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 28 - Lotus Tahtı</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>80</v>
+        <v>320</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786057784865</t>
+          <t>9786057784766</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 31</t>
+          <t>Berlin - Işık Şehir Üçüncü Kitap</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786057784841</t>
+          <t>9786057784995</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 29</t>
+          <t>Conan The Barbarian 8</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786057784827</t>
+          <t>9786057784988</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>İkigami Cilt 4 - Son Ders</t>
+          <t>Conan The Barbarian 7</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786057784810</t>
+          <t>9786057784940</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>İkigami 3 - Kontrolden Çıkan Hayat</t>
+          <t>Beş Yaprak 5</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786057784735</t>
+          <t>9786057784933</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 28</t>
+          <t>İkigami 5 - Boyanmış Ruh</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786057784834</t>
+          <t>9786057784971</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Beş Yaprak 4</t>
+          <t>Kunteper Canavarı 1 - Zın</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786057784803</t>
+          <t>9786057784926</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Beş Yaprak 3</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 26 - Karanlıkta Mücadele</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786057784711</t>
+          <t>9786057784957</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 26</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 27 - Savaş Arifesi</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>80</v>
+        <v>320</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786057784742</t>
+          <t>9786057784902</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 24 - Küçücük Ellerde</t>
+          <t>Rick And Morty 35</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786057784759</t>
+          <t>9786057784896</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 25 - Belki Ölümde</t>
+          <t>Rick and Morty 34</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786057784704</t>
+          <t>9786057784889</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 25</t>
+          <t>Rick and Morty 33</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786057784667</t>
+          <t>9786057784919</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Gece Acıkması ve Diğer Hikayeler - Solo</t>
+          <t>Rick and Morty 36</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786057784674</t>
+          <t>9786057784858</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt: 28 - Ufuktaki Tehlike</t>
+          <t>Rick and Morty 30</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786057784698</t>
+          <t>9786057784872</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 26</t>
+          <t>Rick and Morty 32</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786057784643</t>
+          <t>9786057784865</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 25</t>
+          <t>Rick and Morty 31</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786057784629</t>
+          <t>9786057784841</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 24</t>
+          <t>Rick and Morty 29</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786057784681</t>
+          <t>9786057784827</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 6</t>
+          <t>İkigami Cilt 4 - Son Ders</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786057784650</t>
+          <t>9786057784810</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 5</t>
+          <t>İkigami 3 - Kontrolden Çıkan Hayat</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786057784605</t>
+          <t>9786057784735</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Örümcek Adam ve Venom: Çifte Bela Sayı 4</t>
+          <t>Rick and Morty 28</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786057784506</t>
+          <t>9786057784834</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 22</t>
+          <t>Beş Yaprak 4</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786057784483</t>
+          <t>9786057784803</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 21</t>
+          <t>Beş Yaprak 3</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786057784469</t>
+          <t>9786057784711</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 4</t>
+          <t>Rick and Morty 26</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786057784476</t>
+          <t>9786057784742</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 20</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 24 - Küçücük Ellerde</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>80</v>
+        <v>320</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786057784445</t>
+          <t>9786057784759</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 19</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 25 - Belki Ölümde</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>80</v>
+        <v>320</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786057784452</t>
+          <t>9786057784704</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 3</t>
+          <t>Rick and Morty 25</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786057784421</t>
+          <t>9786057784667</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Chew Cilt 6 - Kafa Yapan Kekler</t>
+          <t>Gece Acıkması ve Diğer Hikayeler - Solo</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>345</v>
+        <v>180</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786057784391</t>
+          <t>9786057784674</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Southern Bastards 2 - Arena</t>
+          <t>Amazing Spider-Man Cilt: 28 - Ufuktaki Tehlike</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786057784353</t>
+          <t>9786057784698</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Periler Ülkesi'nden Nefret Ediyorum Cilt 2</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 26</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>315</v>
+        <v>480</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786057784360</t>
+          <t>9786057784643</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Saga Cilt 6</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 25</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>345</v>
+        <v>480</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786057784384</t>
+          <t>9786057784629</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Southern Bastards 1 - Adam Gibi Adamdı</t>
+          <t>Rick and Morty 24</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>225</v>
+        <v>120</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786057784339</t>
+          <t>9786057784681</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Gizli İmparatorluk Cilt: 1</t>
+          <t>Conan The Barbarian 6</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>570</v>
+        <v>120</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786057784377</t>
+          <t>9786057784650</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>The Breaker Cilt 4</t>
+          <t>Conan The Barbarian 5</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786057784322</t>
+          <t>9786057784605</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 2</t>
+          <t>Örümcek Adam ve Venom: Çifte Bela Sayı 4</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786057784278</t>
+          <t>9786057784506</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Sudaki Kan - Doğum - Venom Cilt 3</t>
+          <t>Rick and Morty 22</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>390</v>
+        <v>120</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786057784292</t>
+          <t>9786057784483</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 18</t>
+          <t>Rick and Morty 21</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786057784285</t>
+          <t>9786057784469</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 17</t>
+          <t>Conan The Barbarian 4</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786057784247</t>
+          <t>9786057784476</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Captain America Cilt 3: İmparatorluk Gelişiyor</t>
+          <t>Rick and Morty 20</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786057784216</t>
+          <t>9786057784445</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 22 - Cennet ve Yeryüzü</t>
+          <t>Rick and Morty 19</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786057784223</t>
+          <t>9786057784452</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 23 - Buzdan Gözyaşları</t>
+          <t>Conan The Barbarian 3</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786057784179</t>
+          <t>9786057784421</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>En Kahraman Rıdvan 12 - Afrodistan</t>
+          <t>Chew Cilt 6 - Kafa Yapan Kekler</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>180</v>
+        <v>460</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786057784162</t>
+          <t>9786057784391</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Çarpışma 4</t>
+          <t>Southern Bastards 2 - Arena</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>180</v>
+        <v>285</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786057784209</t>
+          <t>9786057784353</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 16</t>
+          <t>Periler Ülkesi'nden Nefret Ediyorum Cilt 2</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>80</v>
+        <v>420</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786057784193</t>
+          <t>9786057784360</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 15</t>
+          <t>Saga Cilt 6</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>80</v>
+        <v>460</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786057784186</t>
+          <t>9786057784384</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 14</t>
+          <t>Southern Bastards 1 - Adam Gibi Adamdı</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786057784070</t>
+          <t>9786057784339</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 24</t>
+          <t>Gizli İmparatorluk Cilt: 1</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>360</v>
+        <v>760</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786057784087</t>
+          <t>9786057784377</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 23</t>
+          <t>The Breaker Cilt 4</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786057784124</t>
+          <t>9786057784322</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Captain America Cilt 2 - Maria Hill’in Mahkemesi</t>
+          <t>Conan The Barbarian 2</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>285</v>
+        <v>120</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786057784131</t>
+          <t>9786057784278</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Moon Knight Cilt 3 - Doğum ve Ölüm</t>
+          <t>Sudaki Kan - Doğum - Venom Cilt 3</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>270</v>
+        <v>390</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786057784148</t>
+          <t>9786057784292</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Mister Miracle Cilt: 2</t>
+          <t>Rick and Morty 18</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786057784117</t>
+          <t>9786057784285</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Mister Miracle Cilt: 1</t>
+          <t>Rick and Morty 17</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786057784056</t>
+          <t>9786057784247</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 1</t>
+          <t>Captain America Cilt 3: İmparatorluk Gelişiyor</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>100</v>
+        <v>480</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786057784094</t>
+          <t>9786057784216</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Beş Yaprak 1</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 22 - Cennet ve Yeryüzü</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786057784001</t>
+          <t>9786057784223</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>En Kahraman Rıdvan 1 - Pislik</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 23 - Buzdan Gözyaşları</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786057784018</t>
+          <t>9786057784179</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Roman Çetesi 1 - Eşşek Cennetine Yolculuk</t>
+          <t>En Kahraman Rıdvan 12 - Afrodistan</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786056939884</t>
+          <t>9786057784162</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 12</t>
+          <t>Çarpışma 4</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786056939891</t>
+          <t>9786057784209</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 13</t>
+          <t>Rick and Morty 16</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786056939877</t>
+          <t>9786057784193</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 11</t>
+          <t>Rick and Morty 15</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786056939815</t>
+          <t>9786057784186</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Bu Bi' Kuş</t>
+          <t>Rick and Morty 14</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>275</v>
+        <v>120</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786056939808</t>
+          <t>9786057784070</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Uyanış - Monstress Cilt 1</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 24</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>450</v>
+        <v>480</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786056924354</t>
+          <t>9786057784087</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 10</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 23</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>80</v>
+        <v>480</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786056924347</t>
+          <t>9786057784124</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 9</t>
+          <t>Captain America Cilt 2 - Maria Hill’in Mahkemesi</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>80</v>
+        <v>380</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786056924361</t>
+          <t>9786057784131</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Guardians Team-Up</t>
+          <t>Moon Knight Cilt 3 - Doğum ve Ölüm</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>110</v>
+        <v>360</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786056924378</t>
+          <t>9786057784148</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>All New X-Men Cilt 6: Büyük Macera ve Ütopialılar</t>
+          <t>Mister Miracle Cilt: 2</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>435</v>
+        <v>390</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786056924309</t>
+          <t>9786057784117</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Captain America Steve Rogers Cilt: 1 - Çok Yaşa Hydra</t>
+          <t>Mister Miracle Cilt: 1</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>375</v>
+        <v>390</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786056889899</t>
+          <t>9786057784056</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Kara Girdap</t>
+          <t>Conan The Barbarian 1</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>645</v>
+        <v>175</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786059469890</t>
+          <t>9786057784094</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 21 - Ölümün Tatlı Kokusu</t>
+          <t>Beş Yaprak 1</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786056924330</t>
+          <t>9786057784001</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 8</t>
+          <t>En Kahraman Rıdvan 1 - Pislik</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786056924323</t>
+          <t>9786057784018</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 7</t>
+          <t>Çizgi Roman Çetesi 1 - Eşşek Cennetine Yolculuk</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786059469883</t>
+          <t>9786056939884</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 20 - Zehir Tadı</t>
+          <t>Rick and Morty 12</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786059469920</t>
+          <t>9786056939891</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Babil Şerifi Cilt 2: Pat Pat Pat</t>
+          <t>Rick and Morty 13</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>275</v>
+        <v>120</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786056889882</t>
+          <t>9786056939877</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Diktatör: En Kahraman Rıdvan Cilt 11</t>
+          <t>Rick and Morty 11</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786056889820</t>
+          <t>9786056939815</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 6</t>
+          <t>Bu Bi' Kuş</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>80</v>
+        <v>360</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786056889813</t>
+          <t>9786056939808</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 5</t>
+          <t>Uyanış - Monstress Cilt 1</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>80</v>
+        <v>600</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786059469944</t>
+          <t>9786056924354</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Metin Annesini Arıyor</t>
+          <t>Rick and Morty 10</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786059469982</t>
+          <t>9786056924347</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Çarpışma 3</t>
+          <t>Rick and Morty 9</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786059469937</t>
+          <t>9786056924361</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Macerayı Seven Adam</t>
+          <t>Guardians Team-Up</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786059469876</t>
+          <t>9786056924378</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Cadı Avcısı - Witch Hunter Cilt 2</t>
+          <t>All New X-Men Cilt 6: Büyük Macera ve Ütopialılar</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>150</v>
+        <v>580</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786059469906</t>
+          <t>9786056924309</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Babil Şerifi 1</t>
+          <t>Captain America Steve Rogers Cilt: 1 - Çok Yaşa Hydra</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786059469869</t>
+          <t>9786056889899</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>The Breaker Cilt 3</t>
+          <t>Kara Girdap</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>150</v>
+        <v>860</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786059469845</t>
+          <t>9786059469890</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 2</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 21 - Ölümün Tatlı Kokusu</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>80</v>
+        <v>320</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786059469753</t>
+          <t>9786056924330</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt Ve Yavrusu Cilt 19 - Kalbimizdeki Ay</t>
+          <t>Rick and Morty 8</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786059469760</t>
+          <t>9786056924323</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Chew Cilt 5 Chew Süper Ligi</t>
+          <t>Rick and Morty 7</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>285</v>
+        <v>120</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786059469777</t>
+          <t>9786059469883</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Saga Cilt: 5</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 20 - Zehir Tadı</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>345</v>
+        <v>320</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786059469722</t>
+          <t>9786059469920</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Cadı Avcısı - Witch Hunter Cilt 1</t>
+          <t>Babil Şerifi Cilt 2: Pat Pat Pat</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786059469739</t>
+          <t>9786056889882</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Danger Girl Özel Koleksiyon</t>
+          <t>Diktatör: En Kahraman Rıdvan Cilt 11</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>510</v>
+        <v>250</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786059469692</t>
+          <t>9786056889820</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Guardians Of The Galaxy</t>
+          <t>Rick and Morty 6</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>405</v>
+        <v>120</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786059469623</t>
+          <t>9786056889813</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Perihan</t>
+          <t>Rick and Morty 5</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786059469647</t>
+          <t>9786059469944</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Uncanny X-Men Cilt 6: Hikayeler Kuşağı</t>
+          <t>Metin Annesini Arıyor</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786059469630</t>
+          <t>9786059469982</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Uncanny X-Men Cilt 5: Omega Mutant</t>
+          <t>Çarpışma 3</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>315</v>
+        <v>250</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786059469579</t>
+          <t>9786059469937</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 22</t>
+          <t>Macerayı Seven Adam</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786059469562</t>
+          <t>9786059469876</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 21</t>
+          <t>Cadı Avcısı - Witch Hunter Cilt 2</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786059469609</t>
+          <t>9786059469906</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Thor: God of Thunder Cilt 01 - Tanrı Kasabı</t>
+          <t>Babil Şerifi 1</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>270</v>
+        <v>390</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786059469555</t>
+          <t>9786059469869</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Şeytani İlahi Cilt 2</t>
+          <t>The Breaker Cilt 3</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>435</v>
+        <v>220</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786059469456</t>
+          <t>9786059469845</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>All-New X-Men Cilt: 5 - Eksi Bir</t>
+          <t>Rick and Morty 2</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>345</v>
+        <v>120</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786059469500</t>
+          <t>9786059469753</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Punisher Max Cilt: 10 - Valley Forge, Valley Forge</t>
+          <t>Yalnız Kurt Ve Yavrusu Cilt 19 - Kalbimizdeki Ay</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786059469449</t>
+          <t>9786059469760</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Uncanny X-Men Cilt: 4 - S.H.I.E.L.D.'a Karşı</t>
+          <t>Chew Cilt 5 Chew Süper Ligi</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>375</v>
+        <v>285</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786059469463</t>
+          <t>9786059469777</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Zavallı Polat - İmkansız Yolculuk</t>
+          <t>Saga Cilt: 5</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>125</v>
+        <v>460</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786059985949</t>
+          <t>9786059469722</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 26 - Silah Başına</t>
+          <t>Cadı Avcısı - Witch Hunter Cilt 1</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786059469401</t>
+          <t>9786059469739</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Captain America'nın Ölümü Cilt 3 -Amerika'yı Satan Adam</t>
+          <t>Danger Girl Özel Koleksiyon</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>330</v>
+        <v>680</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786059469296</t>
+          <t>9786059469692</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>NYX - Özenti</t>
+          <t>Guardians Of The Galaxy</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>450</v>
+        <v>540</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786059469302</t>
+          <t>9786059469623</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Onedin</t>
+          <t>Perihan</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786059469180</t>
+          <t>9786059469647</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 20</t>
+          <t>Uncanny X-Men Cilt 6: Hikayeler Kuşağı</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786059469272</t>
+          <t>9786059469630</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Şeytani - İlahi</t>
+          <t>Uncanny X-Men Cilt 5: Omega Mutant</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>390</v>
+        <v>420</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786059469197</t>
+          <t>9786059469579</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider-Man Team-UP 4</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 22</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>110</v>
+        <v>480</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786059469234</t>
+          <t>9786059469562</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Punisher Max Cilt: 09 - Uzun Soğuk Karanlık</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 21</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786059469203</t>
+          <t>9786059469609</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>XIII Cilt 03 - Jason Fly Dosyası</t>
+          <t>Thor: God of Thunder Cilt 01 - Tanrı Kasabı</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786059469210</t>
+          <t>9786059469555</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Guardians of the Galaxy Cilt: 2 - Angela</t>
+          <t>Şeytani İlahi Cilt 2</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>360</v>
+        <v>580</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786059469166</t>
+          <t>9786059469456</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt: 18 - Kurokuwa'nın Alacakaranlığı</t>
+          <t>All-New X-Men Cilt: 5 - Eksi Bir</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>250</v>
+        <v>460</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786059469142</t>
+          <t>9786059469500</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 19</t>
+          <t>Punisher Max Cilt: 10 - Valley Forge, Valley Forge</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>360</v>
+        <v>440</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786059469111</t>
+          <t>9786059469449</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Punisher Max Cilt: 8 - Dulbırakan</t>
+          <t>Uncanny X-Men Cilt: 4 - S.H.I.E.L.D.'a Karşı</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>375</v>
+        <v>500</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786059985963</t>
+          <t>9786059469463</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Hawkeye Cilt: 3 - L.A. Kadını</t>
+          <t>Zavallı Polat - İmkansız Yolculuk</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>285</v>
+        <v>180</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786059469098</t>
+          <t>9786059985949</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Guardians of the Galaxy Cilt: 01 - Kozmik Avengers</t>
+          <t>Yürüyen Ölüler 26 - Silah Başına</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786059985970</t>
+          <t>9786059469401</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Conan Cilt: 03 - Özgür Yoldaşlar</t>
+          <t>Captain America'nın Ölümü Cilt 3 -Amerika'yı Satan Adam</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>405</v>
+        <v>440</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786059469050</t>
+          <t>9786059469296</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Uncanny X-Men Cilt: 03 - İyi, Kötü, Inhuman</t>
+          <t>NYX - Özenti</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>285</v>
+        <v>600</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786059469043</t>
+          <t>9786059469302</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider-Man / Team-Up 2</t>
+          <t>Kaptan Onedin</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786059985871</t>
+          <t>9786059469180</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Sayı: 18</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 20</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>360</v>
+        <v>480</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786059985888</t>
+          <t>9786059469272</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Spider-Man Venom'un Doğuşu Cilt: 1</t>
+          <t>Şeytani - İlahi</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>325</v>
+        <v>520</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786059985819</t>
+          <t>9786059469197</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 17 - Dişlerin İradesi</t>
+          <t>Superior Spider-Man Team-UP 4</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786059985772</t>
+          <t>9786059469234</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Bouncer Cilt 2 Yılanların Adaleti - Çolak'ın İntikamı - Dişi Kurtların Kurbanları</t>
+          <t>Punisher Max Cilt: 09 - Uzun Soğuk Karanlık</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786059985857</t>
+          <t>9786059469203</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Sayı: 17</t>
+          <t>XIII Cilt 03 - Jason Fly Dosyası</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786059985796</t>
+          <t>9786059469210</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 16 - Kışa Açılan Kapı</t>
+          <t>Guardians of the Galaxy Cilt: 2 - Angela</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786059985703</t>
+          <t>9786059469166</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>X-Men: Mesih'in Dönüşü Cilt: 2</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt: 18 - Kurokuwa'nın Alacakaranlığı</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786059985697</t>
+          <t>9786059469142</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>X-Men Mesih'in Dönüşü Cilt 1</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 19</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>420</v>
+        <v>480</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786059985611</t>
+          <t>9786059469111</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider-Man Cilt 01 - İçimdeki Düşman</t>
+          <t>Punisher Max Cilt: 8 - Dulbırakan</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>270</v>
+        <v>375</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786059985512</t>
+          <t>9786059985963</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 15 - Otların Kardeşliği</t>
+          <t>Hawkeye Cilt: 3 - L.A. Kadını</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786059985451</t>
+          <t>9786059469098</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Zalim Altılı</t>
+          <t>Guardians of the Galaxy Cilt: 01 - Kozmik Avengers</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>350</v>
+        <v>440</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786059985482</t>
+          <t>9786059985970</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 15</t>
+          <t>Conan Cilt: 03 - Özgür Yoldaşlar</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>360</v>
+        <v>540</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786059985406</t>
+          <t>9786059469050</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt Ve Yavrusu Cilt 14 - İblislerin Günü</t>
+          <t>Uncanny X-Men Cilt: 03 - İyi, Kötü, Inhuman</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786059985376</t>
+          <t>9786059469043</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 13 - Doğudaki Ay, Batıdaki Güneş</t>
+          <t>Superior Spider-Man / Team-Up 2</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786059985321</t>
+          <t>9786059985871</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Saga Cilt: 2</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Sayı: 18</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>345</v>
+        <v>480</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786059985277</t>
+          <t>9786059985888</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 21 - Büyük Savaş 2</t>
+          <t>Spider-Man Venom'un Doğuşu Cilt: 1</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786059985260</t>
+          <t>9786059985819</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Chew 2 - Yaygın Aroma</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 17 - Dişlerin İradesi</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786059985284</t>
+          <t>9786059985772</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 14</t>
+          <t>Bouncer Cilt 2 Yılanların Adaleti - Çolak'ın İntikamı - Dişi Kurtların Kurbanları</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786059985291</t>
+          <t>9786059985857</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 22 - Yeni Bir Başlangıç</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Sayı: 17</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786059985192</t>
+          <t>9786059985796</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 20 - Büyük Savaş 1</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 16 - Kışa Açılan Kapı</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786059985215</t>
+          <t>9786059985703</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 11 - Cehennem Muskası</t>
+          <t>X-Men: Mesih'in Dönüşü Cilt: 2</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>250</v>
+        <v>560</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786059985246</t>
+          <t>9786059985697</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 12 - Kırık Taşlar</t>
+          <t>X-Men Mesih'in Dönüşü Cilt 1</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>250</v>
+        <v>560</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786059985222</t>
+          <t>9786059985611</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 13</t>
+          <t>Superior Spider-Man Cilt 01 - İçimdeki Düşman</t>
         </is>
       </c>
       <c r="C670" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786059985239</t>
+          <t>9786059985512</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 15 - Otların Kardeşliği</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786059985208</t>
+          <t>9786059985451</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 12</t>
+          <t>Amazing Spider-Man Zalim Altılı</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786059985109</t>
+          <t>9786059985482</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Nuh - 2</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 15</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>180</v>
+        <v>480</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786059985116</t>
+          <t>9786059985406</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Punisher Max Cilt: 3 - Rusya Ana</t>
+          <t>Yalnız Kurt Ve Yavrusu Cilt 14 - İblislerin Günü</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786059985130</t>
+          <t>9786059985376</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 10 - Rehine Çocuk</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 13 - Doğudaki Ay, Batıdaki Güneş</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9789756129791</t>
+          <t>9786059985321</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>XIII Cilt 2 - Cehennemin Tüm Gözyaşları</t>
+          <t>Saga Cilt: 2</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>180</v>
+        <v>460</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9789756129838</t>
+          <t>9786059985277</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 6 - Ölüler İçin Fenerler</t>
+          <t>Yürüyen Ölüler 21 - Büyük Savaş 2</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786059985062</t>
+          <t>9786059985260</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 9 - Suikastçinin Yansıması</t>
+          <t>Chew 2 - Yaygın Aroma</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9789756129999</t>
+          <t>9786059985284</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 8 - Ölümün Zincirleri</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 14</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786059985123</t>
+          <t>9786059985291</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Sayı: 11</t>
+          <t>Yürüyen Ölüler 22 - Yeni Bir Başlangıç</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786059985550</t>
+          <t>9786059985192</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 23 - Fısıltıdan Çığlığa</t>
+          <t>Yürüyen Ölüler 20 - Büyük Savaş 1</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786059985536</t>
+          <t>9786059985215</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 16</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 11 - Cehennem Muskası</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9789756129210</t>
+          <t>9786059985246</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 4 - Yaşama Arzusu</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 12 - Kırık Taşlar</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9789756129197</t>
+          <t>9786059985222</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 3 - Demir Parmaklıklar Ardında</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 13</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9789756129920</t>
+          <t>9786059985239</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 7 - Buluttan Ejderha, Rüzgardan Kaplan</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C685" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786059985567</t>
+          <t>9786059985208</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 24 - Yaşam ve Ölüm</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 12</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786059985529</t>
+          <t>9786059985109</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Avenging Spiderman 5 - Captain Marvel</t>
+          <t>Nuh - 2</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786059985581</t>
+          <t>9786059985116</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Hawkeye Cilt: 02 - Küçük İsabetler</t>
+          <t>Punisher Max Cilt: 3 - Rusya Ana</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>315</v>
+        <v>330</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9789756129500</t>
+          <t>9786059985130</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 9 - Geriye Kalanlar</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 10 - Rehine Çocuk</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9789756129739</t>
+          <t>9789756129791</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 4 - Çan Bekçisi</t>
+          <t>XIII Cilt 2 - Cehennemin Tüm Gözyaşları</t>
         </is>
       </c>
       <c r="C690" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9789756129579</t>
+          <t>9789756129838</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 1 - Suikastiçinin Yolu</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 6 - Ölüler İçin Fenerler</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9789756129227</t>
+          <t>9786059985062</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Red Sonja Kılıçlı Dişi Şeytan Cilt: 2 - Ok Ustası</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 9 - Suikastçinin Yansıması</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9789756129425</t>
+          <t>9789756129999</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Renkler Serisi: Hulk - Gri</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 8 - Ölümün Zincirleri</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9789756129517</t>
+          <t>9786059985123</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>House of M</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Sayı: 11</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>450</v>
+        <v>480</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9789756129432</t>
+          <t>9786059985550</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Renkler Serisi: Daredevil - Sarı</t>
+          <t>Yürüyen Ölüler 23 - Fısıltıdan Çığlığa</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9789756129494</t>
+          <t>9786059985536</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Berlin Cilt 2 - Duman Şehir</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 16</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>225</v>
+        <v>480</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9789756129234</t>
+          <t>9789756129210</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Berlin Cilt 1 - Taş Şehir</t>
+          <t>Yürüyen Ölüler 4 - Yaşama Arzusu</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9789756129203</t>
+          <t>9789756129197</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 03</t>
+          <t>Yürüyen Ölüler 3 - Demir Parmaklıklar Ardında</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9789756129142</t>
+          <t>9789756129920</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan’ın Vahşi Kılıcı Sayı: 2</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 7 - Buluttan Ejderha, Rüzgardan Kaplan</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9789756129463</t>
+          <t>9786059985567</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 06</t>
+          <t>Yürüyen Ölüler 24 - Yaşam ve Ölüm</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9789756129456</t>
+          <t>9786059985529</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 05</t>
+          <t>Avenging Spiderman 5 - Captain Marvel</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9789756129340</t>
+          <t>9786059985581</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 04</t>
+          <t>Hawkeye Cilt: 02 - Küçük İsabetler</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>360</v>
+        <v>420</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
+          <t>9789756129500</t>
+        </is>
+      </c>
+      <c r="B703" s="1" t="inlineStr">
+        <is>
+          <t>Yürüyen Ölüler 9 - Geriye Kalanlar</t>
+        </is>
+      </c>
+      <c r="C703" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="704" spans="1:3">
+      <c r="A704" s="1" t="inlineStr">
+        <is>
+          <t>9789756129739</t>
+        </is>
+      </c>
+      <c r="B704" s="1" t="inlineStr">
+        <is>
+          <t>Yalnız Kurt ve Yavrusu Cilt 4 - Çan Bekçisi</t>
+        </is>
+      </c>
+      <c r="C704" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="705" spans="1:3">
+      <c r="A705" s="1" t="inlineStr">
+        <is>
+          <t>9789756129579</t>
+        </is>
+      </c>
+      <c r="B705" s="1" t="inlineStr">
+        <is>
+          <t>Yalnız Kurt ve Yavrusu Cilt 1 - Suikastiçinin Yolu</t>
+        </is>
+      </c>
+      <c r="C705" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="706" spans="1:3">
+      <c r="A706" s="1" t="inlineStr">
+        <is>
+          <t>9789756129227</t>
+        </is>
+      </c>
+      <c r="B706" s="1" t="inlineStr">
+        <is>
+          <t>Red Sonja Kılıçlı Dişi Şeytan Cilt: 2 - Ok Ustası</t>
+        </is>
+      </c>
+      <c r="C706" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="707" spans="1:3">
+      <c r="A707" s="1" t="inlineStr">
+        <is>
+          <t>9789756129425</t>
+        </is>
+      </c>
+      <c r="B707" s="1" t="inlineStr">
+        <is>
+          <t>Renkler Serisi: Hulk - Gri</t>
+        </is>
+      </c>
+      <c r="C707" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="708" spans="1:3">
+      <c r="A708" s="1" t="inlineStr">
+        <is>
+          <t>9789756129517</t>
+        </is>
+      </c>
+      <c r="B708" s="1" t="inlineStr">
+        <is>
+          <t>House of M</t>
+        </is>
+      </c>
+      <c r="C708" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="709" spans="1:3">
+      <c r="A709" s="1" t="inlineStr">
+        <is>
+          <t>9789756129432</t>
+        </is>
+      </c>
+      <c r="B709" s="1" t="inlineStr">
+        <is>
+          <t>Renkler Serisi: Daredevil - Sarı</t>
+        </is>
+      </c>
+      <c r="C709" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="710" spans="1:3">
+      <c r="A710" s="1" t="inlineStr">
+        <is>
+          <t>9789756129494</t>
+        </is>
+      </c>
+      <c r="B710" s="1" t="inlineStr">
+        <is>
+          <t>Berlin Cilt 2 - Duman Şehir</t>
+        </is>
+      </c>
+      <c r="C710" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="711" spans="1:3">
+      <c r="A711" s="1" t="inlineStr">
+        <is>
+          <t>9789756129234</t>
+        </is>
+      </c>
+      <c r="B711" s="1" t="inlineStr">
+        <is>
+          <t>Berlin Cilt 1 - Taş Şehir</t>
+        </is>
+      </c>
+      <c r="C711" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="712" spans="1:3">
+      <c r="A712" s="1" t="inlineStr">
+        <is>
+          <t>9789756129203</t>
+        </is>
+      </c>
+      <c r="B712" s="1" t="inlineStr">
+        <is>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 03</t>
+        </is>
+      </c>
+      <c r="C712" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="713" spans="1:3">
+      <c r="A713" s="1" t="inlineStr">
+        <is>
+          <t>9789756129142</t>
+        </is>
+      </c>
+      <c r="B713" s="1" t="inlineStr">
+        <is>
+          <t>Barbar Conan’ın Vahşi Kılıcı Sayı: 2</t>
+        </is>
+      </c>
+      <c r="C713" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="714" spans="1:3">
+      <c r="A714" s="1" t="inlineStr">
+        <is>
+          <t>9789756129463</t>
+        </is>
+      </c>
+      <c r="B714" s="1" t="inlineStr">
+        <is>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 06</t>
+        </is>
+      </c>
+      <c r="C714" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="715" spans="1:3">
+      <c r="A715" s="1" t="inlineStr">
+        <is>
+          <t>9789756129456</t>
+        </is>
+      </c>
+      <c r="B715" s="1" t="inlineStr">
+        <is>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 05</t>
+        </is>
+      </c>
+      <c r="C715" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="716" spans="1:3">
+      <c r="A716" s="1" t="inlineStr">
+        <is>
+          <t>9789756129340</t>
+        </is>
+      </c>
+      <c r="B716" s="1" t="inlineStr">
+        <is>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 04</t>
+        </is>
+      </c>
+      <c r="C716" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="717" spans="1:3">
+      <c r="A717" s="1" t="inlineStr">
+        <is>
           <t>9789756129128</t>
         </is>
       </c>
-      <c r="B703" s="1" t="inlineStr">
+      <c r="B717" s="1" t="inlineStr">
         <is>
           <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 01</t>
         </is>
       </c>
-      <c r="C703" s="1">
-        <v>360</v>
+      <c r="C717" s="1">
+        <v>480</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>