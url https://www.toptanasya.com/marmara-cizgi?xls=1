--- v2 (2026-02-04)
+++ v3 (2026-03-22)
@@ -85,10780 +85,10885 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256378308</t>
+          <t>9786259299792</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Denizin Çocukları Cilt 1</t>
+          <t>Ultimate Spider-Man Cilt 2 - Gazete</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259299716</t>
+          <t>9786259299785</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man - Almanak 1966</t>
+          <t>Moon Knight Cilt 3 – Gecenin İçinde</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>560</v>
+        <v>400</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259299723</t>
+          <t>9786259299778</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ruhsuz Sayı 2</t>
+          <t>Moon Knight Cilt 2 – Ölüler Dirilir</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256327627</t>
+          <t>9786256327429</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Denizin Çocukları Cilt 3</t>
+          <t>Marvel Süper Kahraman Maceraları: Spider-Man</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256327610</t>
+          <t>9786256327634</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Kahramanım Cilt 5</t>
+          <t>Zom 100 Cilt 9</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259882626</t>
+          <t>9786256327641</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty vs. Cthulhu Sayı 2</t>
+          <t>Liar Game Cilt 3</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057083173</t>
+          <t>9786259299730</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty vs. Cthulhu Sayı 1</t>
+          <t>Ultimate Spider-Man (2000) Cilt 1: Zor Yoldan Öğrenmek</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>950</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057083197</t>
+          <t>9786256378308</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty Sonsuza Dek Sayı 2</t>
+          <t>Denizin Çocukları Cilt 1</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057083166</t>
+          <t>9786259299716</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty Sonsuza Dek Sayı 1</t>
+          <t>Amazing Spider-Man - Almanak 1966</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>560</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259475790</t>
+          <t>9786259299723</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty Rickliğin Yüreği Sayı 2</t>
+          <t>Ruhsuz Sayı 2</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259475783</t>
+          <t>9786256327627</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty Rickliğin Yüreği Sayı 1</t>
+          <t>Denizin Çocukları Cilt 3</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256327603</t>
+          <t>9786256327610</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Komi Konuşmaktan Korkuyor Cilt 7</t>
+          <t>Ben Bir Kahramanım Cilt 5</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256327597</t>
+          <t>9786259882626</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Wonderland Cilt 6</t>
+          <t>Rick and Morty vs. Cthulhu Sayı 2</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256327580</t>
+          <t>9786057083173</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Wonderland Cilt 5</t>
+          <t>Rick and Morty vs. Cthulhu Sayı 1</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259662077</t>
+          <t>9786057083197</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Epik Koleksiyon - Yepyeni Bir Gün</t>
+          <t>Rick and Morty Sonsuza Dek Sayı 2</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>1250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259662008</t>
+          <t>9786057083166</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Marvel Yaz Özel Sayısı</t>
+          <t>Rick and Morty Sonsuza Dek Sayı 1</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259717593</t>
+          <t>9786259475790</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Marvel Rivals</t>
+          <t>Rick and Morty Rickliğin Yüreği Sayı 2</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256378575</t>
+          <t>9786259475783</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Nyx #3</t>
+          <t>Rick and Morty Rickliğin Yüreği Sayı 1</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789756129913</t>
+          <t>9786256327603</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Saga Cilt: 1</t>
+          <t>Komi Konuşmaktan Korkuyor Cilt 7</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789756129777</t>
+          <t>9786256327597</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man Kraven'in Son Avı</t>
+          <t>Wonderland Cilt 6</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>405</v>
+        <v>220</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059469333</t>
+          <t>9786256327580</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Gazap Fırtınası Üçlemesi Cilt: 3 - Havanın Rengi</t>
+          <t>Wonderland Cilt 5</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259717548</t>
+          <t>9786259662077</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Spider-Man - Kuantum Macerası</t>
+          <t>Amazing Spider-Man Epik Koleksiyon - Yepyeni Bir Gün</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256327566</t>
+          <t>9786259662008</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Cadılar</t>
+          <t>Marvel Yaz Özel Sayısı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>550</v>
+        <v>175</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789756129159</t>
+          <t>9786259717593</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 2 - Miller Sonra</t>
+          <t>Marvel Rivals</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256327559</t>
+          <t>9786256378575</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Nana Cilt 4</t>
+          <t>Nyx #3</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>220</v>
+        <v>80</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256327573</t>
+          <t>9789756129913</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Frieren Cilt 5</t>
+          <t>Saga Cilt: 1</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259662022</t>
+          <t>9789756129777</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Venom (2018) Cilt 6 - Venom Alternatif Dünyada</t>
+          <t>The Amazing Spider-Man Kraven'in Son Avı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>400</v>
+        <v>405</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259662015</t>
+          <t>9786059469333</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Vol.5 Cilt: 9 - Günahlar Yükseliyor</t>
+          <t>Gazap Fırtınası Üçlemesi Cilt: 3 - Havanın Rengi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>420</v>
+        <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256327542</t>
+          <t>9786259717548</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Pesimistik Hikayeler 3</t>
+          <t>Spider-Man - Kuantum Macerası</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256327535</t>
+          <t>9786256327566</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kötü Kedi Şerafettin Cilt 6</t>
+          <t>Cadılar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256327481</t>
+          <t>9789756129159</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kral Conan 2</t>
+          <t>Yürüyen Ölüler 2 - Miller Sonra</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256327528</t>
+          <t>9786256327559</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>King Conan 6</t>
+          <t>Nana Cilt 4</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256327511</t>
+          <t>9786256327573</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>King Conan 5</t>
+          <t>Frieren Cilt 5</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256327504</t>
+          <t>9786259662022</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>King Conan 4</t>
+          <t>Venom (2018) Cilt 6 - Venom Alternatif Dünyada</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256327498</t>
+          <t>9786259662015</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>King Conan 3</t>
+          <t>Amazing Spider-Man Vol.5 Cilt: 9 - Günahlar Yükseliyor</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>120</v>
+        <v>420</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256327474</t>
+          <t>9786256327542</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>King Conan 1</t>
+          <t>Pesimistik Hikayeler 3</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789756129654</t>
+          <t>9786256327535</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 2 - Geçit Vermeyen Engel</t>
+          <t>Kötü Kedi Şerafettin Cilt 6</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259717586</t>
+          <t>9786256327481</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spiderman - Almanak 1965</t>
+          <t>Kral Conan 2</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>560</v>
+        <v>120</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256327467</t>
+          <t>9786256327528</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Wonderland Cilt 4</t>
+          <t>King Conan 6</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256327450</t>
+          <t>9786256327511</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Wonderland Cilt 3</t>
+          <t>King Conan 5</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256327443</t>
+          <t>9786256327504</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Frieren Cilt 4</t>
+          <t>King Conan 4</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259717579</t>
+          <t>9786256327498</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>New Avengers Cilt 3 - Sırlar &amp; Yalanlar</t>
+          <t>King Conan 3</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259717562</t>
+          <t>9786256327474</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ultimate Spider-Man Cilt 1 - Evli ve Çocuklu</t>
+          <t>King Conan 1</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>500</v>
+        <v>140</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256327283</t>
+          <t>9789756129654</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Vol. 5 Cilt 8 - Tehditler ve Belalar</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 2 - Geçit Vermeyen Engel</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>480</v>
+        <v>320</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256327290</t>
+          <t>9786259717586</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spiderman - Almanak 1964</t>
+          <t>Amazing Spiderman - Almanak 1965</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>650</v>
+        <v>560</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256327368</t>
+          <t>9786256327467</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Nana Cilt 2</t>
+          <t>Wonderland Cilt 4</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256327276</t>
+          <t>9786256327450</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Monster Cilt 9</t>
+          <t>Wonderland Cilt 3</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>550</v>
+        <v>220</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786056939822</t>
+          <t>9786256327443</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Metin Annesini Arıyor HC</t>
+          <t>Frieren Cilt 4</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257646581</t>
+          <t>9786259717579</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Mis Dergi Sayı: 1 Mayıs 2022</t>
+          <t>New Avengers Cilt 3 - Sırlar &amp; Yalanlar</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789756129026</t>
+          <t>9786259717562</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Nikopol Üçlemesi Cilt 2 - Tehlikeli Kadın</t>
+          <t>Ultimate Spider-Man Cilt 1 - Evli ve Çocuklu</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789756129005</t>
+          <t>9786256327283</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Nikopol Üçlemesi Cilt 01 - Ölümsüzler Panayırı</t>
+          <t>Amazing Spider-Man Vol. 5 Cilt 8 - Tehditler ve Belalar</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>100</v>
+        <v>480</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789756129018</t>
+          <t>9786256327290</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Nikopol Üçlemesi Cilt 03 - Soğuk Ekvator</t>
+          <t>Amazing Spiderman - Almanak 1964</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>100</v>
+        <v>650</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059469258</t>
+          <t>9786256327368</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Hilal - 2. Kitap</t>
+          <t>Nana Cilt 2</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>29</v>
+        <v>220</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059469968</t>
+          <t>9786256327276</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hilal 3. Kitap</t>
+          <t>Monster Cilt 9</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>38</v>
+        <v>550</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059985765</t>
+          <t>9786056939822</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Essex County Cilt 01 - Çiftlikten Öyküler</t>
+          <t>Metin Annesini Arıyor HC</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789756129034</t>
+          <t>9786257646581</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Canavar Dörtlemesi Cilt 01 - Canavarın Uykusu</t>
+          <t>Mis Dergi Sayı: 1 Mayıs 2022</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789756129050</t>
+          <t>9789756129026</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Canavar Dörtlemesi Cilt 02 - 32 Aralık</t>
+          <t>Nikopol Üçlemesi Cilt 2 - Tehlikeli Kadın</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789756129098</t>
+          <t>9789756129005</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Canavar Dörtlemesi Cilt 03 - Pariste Randevu</t>
+          <t>Nikopol Üçlemesi Cilt 01 - Ölümsüzler Panayırı</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789756129302</t>
+          <t>9789756129018</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Thor - Asgard İçin</t>
+          <t>Nikopol Üçlemesi Cilt 03 - Soğuk Ekvator</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>195</v>
+        <v>100</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789756129265</t>
+          <t>9786059469258</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Gazap Fırtınası Üçlemesi Cilt:1 - Mahlukk</t>
+          <t>Hilal - 2. Kitap</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>100</v>
+        <v>29</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059469340</t>
+          <t>9786059469968</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Gazap Fırtınası Üçlemesi Cilt: 2 - Julia &amp; Roem</t>
+          <t>Hilal 3. Kitap</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>100</v>
+        <v>38</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059469067</t>
+          <t>9786059985765</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kara Tarikat Tugayları</t>
+          <t>Essex County Cilt 01 - Çiftlikten Öyküler</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789756129180</t>
+          <t>9789756129034</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Canavar Dörtlemesi Cilt: 4 Dört? Son Perde</t>
+          <t>Canavar Dörtlemesi Cilt 01 - Canavarın Uykusu</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059985727</t>
+          <t>9789756129050</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Hilal - 1. Kitap</t>
+          <t>Canavar Dörtlemesi Cilt 02 - 32 Aralık</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>24</v>
+        <v>100</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789756129883</t>
+          <t>9789756129098</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Thor ve Loki - Kan Kardeşler</t>
+          <t>Canavar Dörtlemesi Cilt 03 - Pariste Randevu</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>155</v>
+        <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789756129937</t>
+          <t>9789756129302</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>X-Men: Mesih KompleXi Cilt 01</t>
+          <t>Thor - Asgard İçin</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>235</v>
+        <v>195</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789756129944</t>
+          <t>9789756129265</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>X-Men: Mesih KompleXi Cilt 02</t>
+          <t>Gazap Fırtınası Üçlemesi Cilt:1 - Mahlukk</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>215</v>
+        <v>100</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059985994</t>
+          <t>9786059469340</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Bugünün Efsaneleri Cilt 1: Unutulmuşların Gezisi</t>
+          <t>Gazap Fırtınası Üçlemesi Cilt: 2 - Julia &amp; Roem</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059985987</t>
+          <t>9786059469067</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bugünün Efsaneleri Cilt: 2 Taş Gemi</t>
+          <t>Kara Tarikat Tugayları</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059469005</t>
+          <t>9789756129180</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Bugünün Efsaneleri Cilt: 3 Var Olmayan Kent</t>
+          <t>Canavar Dörtlemesi Cilt: 4 Dört? Son Perde</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059985352</t>
+          <t>9786059985727</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Günaha Son Çağrı</t>
+          <t>Hilal - 1. Kitap</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>180</v>
+        <v>24</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059469173</t>
+          <t>9789756129883</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Hikayeleri</t>
+          <t>Thor ve Loki - Kan Kardeşler</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>120</v>
+        <v>155</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059469265</t>
+          <t>9789756129937</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kasaba Hemşiresi</t>
+          <t>X-Men: Mesih KompleXi Cilt 01</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>100</v>
+        <v>235</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057784025</t>
+          <t>9789756129944</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Psikoz Hikayeleri</t>
+          <t>X-Men: Mesih KompleXi Cilt 02</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>32</v>
+        <v>215</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256378025</t>
+          <t>9786059985994</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Periler Ülkesi'nden Nefret Ediyorum Özel Edisyon (Ciltli)</t>
+          <t>Bugünün Efsaneleri Cilt 1: Unutulmuşların Gezisi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>2500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256378018</t>
+          <t>9786059985987</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Fantastic Four - Sil Baştan Özel Edisyon (Ciltli)</t>
+          <t>Bugünün Efsaneleri Cilt: 2 Taş Gemi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>800</v>
+        <v>100</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057784414</t>
+          <t>9786059469005</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Saga Özel Edisyon Cilt 2 (Ciltli)</t>
+          <t>Bugünün Efsaneleri Cilt: 3 Var Olmayan Kent</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>2250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057784407</t>
+          <t>9786059985352</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Saga Özel Edisyon Cilt 1 (Ciltli)</t>
+          <t>Günaha Son Çağrı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>2250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786259475776</t>
+          <t>9786059469173</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 100</t>
+          <t>Hayalet Hikayeleri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786259475752</t>
+          <t>9786059469265</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 60</t>
+          <t>Kasaba Hemşiresi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786259475745</t>
+          <t>9786057784025</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 59</t>
+          <t>Psikoz Hikayeleri</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>120</v>
+        <v>32</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786259475738</t>
+          <t>9786256378025</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 58</t>
+          <t>Periler Ülkesi'nden Nefret Ediyorum Özel Edisyon (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>120</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786259475721</t>
+          <t>9786256378018</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 57</t>
+          <t>Fantastic Four - Sil Baştan Özel Edisyon (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>120</v>
+        <v>800</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786259717531</t>
+          <t>9786057784414</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider-Man #32</t>
+          <t>Saga Özel Edisyon Cilt 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>140</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786259717524</t>
+          <t>9786057784407</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man 607</t>
+          <t>Saga Özel Edisyon Cilt 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>120</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786259503554</t>
+          <t>9786259475776</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man #9</t>
+          <t>Rick and Morty 100</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>140</v>
+        <v>175</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256327405</t>
+          <t>9786259475752</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Nana Cilt 3</t>
+          <t>Rick and Morty 60</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256327412</t>
+          <t>9786259475745</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Komi Konuşmaktan Korkuyor Cilt 6</t>
+          <t>Rick and Morty 59</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256327436</t>
+          <t>9786259475738</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Arkana'nın Şafağı Cilt 3</t>
+          <t>Rick and Morty 58</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786259503585</t>
+          <t>9786259475721</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Spider-Man Sayı 12</t>
+          <t>Rick and Morty 57</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786259503578</t>
+          <t>9786259717531</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Spider-Man Sayı 11</t>
+          <t>Superior Spider-Man #32</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786259503561</t>
+          <t>9786259717524</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Spider-Man Sayı 10</t>
+          <t>Amazing Spider-Man 607</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786259717517</t>
+          <t>9786259503554</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Avengers Sayı 12</t>
+          <t>Amazing Spider-Man #9</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786259717500</t>
+          <t>9786256327405</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Avengers Sayı 11</t>
+          <t>Nana Cilt 3</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786259503592</t>
+          <t>9786256327412</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Avengers Sayı 10</t>
+          <t>Komi Konuşmaktan Korkuyor Cilt 6</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256327382</t>
+          <t>9786256327436</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Spider-Man Hayat Hikâyesi</t>
+          <t>Arkana'nın Şafağı Cilt 3</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>680</v>
+        <v>220</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256327399</t>
+          <t>9786259503585</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Küçük Canavarlar Cilt İki</t>
+          <t>Marvel Action Spider-Man Sayı 12</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>540</v>
+        <v>120</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256327153</t>
+          <t>9786259503578</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Frieren Cilt 2</t>
+          <t>Marvel Action Spider-Man Sayı 11</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256327139</t>
+          <t>9786259503561</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man #606</t>
+          <t>Marvel Action Spider-Man Sayı 10</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256327122</t>
+          <t>9786259717517</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man #601</t>
+          <t>Marvel Action Avengers Sayı 12</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256327030</t>
+          <t>9786259717500</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Frieren Cilt 1</t>
+          <t>Marvel Action Avengers Sayı 11</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256378902</t>
+          <t>9786259503592</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Ninja Kaplumbağalar - Son Ronin Sayı 5</t>
+          <t>Marvel Action Avengers Sayı 10</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256378896</t>
+          <t>9786256327382</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Ninja Kaplumbağalar - Son Ronin Sayı 4</t>
+          <t>Spider-Man Hayat Hikâyesi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>250</v>
+        <v>680</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256378889</t>
+          <t>9786256327399</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Ninja Kaplumbağalar - Son Ronin Sayı 3</t>
+          <t>Küçük Canavarlar Cilt İki</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>250</v>
+        <v>540</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256378872</t>
+          <t>9786256327153</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Ninja Kaplumbağalar - Son Ronin Sayı 2</t>
+          <t>Frieren Cilt 2</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256378933</t>
+          <t>9786256327139</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Avengers Dağıldı</t>
+          <t>Amazing Spider-Man #606</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256378438</t>
+          <t>9786256327122</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Moon Knight Cilt 01 - Ölümden Geriye</t>
+          <t>Amazing Spider-Man #601</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256378476</t>
+          <t>9786256327030</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Spider-Man Sayı 6</t>
+          <t>Frieren Cilt 1</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256378582</t>
+          <t>9786256378902</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Hulk #1</t>
+          <t>Ninja Kaplumbağalar - Son Ronin Sayı 5</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256378766</t>
+          <t>9786256378896</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Nemrut Güneşi</t>
+          <t>Ninja Kaplumbağalar - Son Ronin Sayı 4</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256378629</t>
+          <t>9786256378889</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Elfen Lied Cilt 11</t>
+          <t>Ninja Kaplumbağalar - Son Ronin Sayı 3</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256378742</t>
+          <t>9786256378872</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Monster Cilt 5</t>
+          <t>Ninja Kaplumbağalar - Son Ronin Sayı 2</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256378704</t>
+          <t>9786256378933</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 32 - Son Yolculuk</t>
+          <t>Avengers Dağıldı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256378322</t>
+          <t>9786256378438</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Komi Konuşmaktan Korkuyor Cilt 4</t>
+          <t>Moon Knight Cilt 01 - Ölümden Geriye</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256378469</t>
+          <t>9786256378476</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Paranoya - Cilt 1</t>
+          <t>Marvel Action Spider-Man Sayı 6</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256378414</t>
+          <t>9786256378582</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Venom Cilt 2 - Cehennem</t>
+          <t>Hulk #1</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256378551</t>
+          <t>9786256378766</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Venom Cilt 4 - Absolute Carnage Cilt 2</t>
+          <t>Nemrut Güneşi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256378315</t>
+          <t>9786256378629</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Wonderland Cilt 1</t>
+          <t>Elfen Lied Cilt 11</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257646475</t>
+          <t>9786256378742</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Lady Killer (Ciltli)</t>
+          <t>Monster Cilt 5</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>1000</v>
+        <v>550</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257646109</t>
+          <t>9786256378704</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Dev Avcısı (Ciltli)</t>
+          <t>Yürüyen Ölüler 32 - Son Yolculuk</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>900</v>
+        <v>350</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256378131</t>
+          <t>9786256378322</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Eşyalar Hanı Cilt 3</t>
+          <t>Komi Konuşmaktan Korkuyor Cilt 4</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256378063</t>
+          <t>9786256378469</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Zom 100 Cilt 4</t>
+          <t>Paranoya - Cilt 1</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256378193</t>
+          <t>9786256378414</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Monster Cilt 4</t>
+          <t>Venom Cilt 2 - Cehennem</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256378001</t>
+          <t>9786256378551</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man #55</t>
+          <t>Venom Cilt 4 - Absolute Carnage Cilt 2</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>140</v>
+        <v>480</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257646802</t>
+          <t>9786256378315</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Periler Ülkesi’nden Nefret Ediyorum Cilt 3</t>
+          <t>Wonderland Cilt 1</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257646871</t>
+          <t>9786257646475</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Monster Cilt 3</t>
+          <t>Lady Killer (Ciltli)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>550</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257646826</t>
+          <t>9786257646109</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Periler Ülkesi’nden Nefret Ediyorum Cilt 4</t>
+          <t>Dev Avcısı (Ciltli)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>380</v>
+        <v>900</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257646833</t>
+          <t>9786256378131</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Zom 100 Cilt 3</t>
+          <t>Kayıp Eşyalar Hanı Cilt 3</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257646888</t>
+          <t>9786256378063</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Kötü Kedi Şerafettin 3. Kitap</t>
+          <t>Zom 100 Cilt 4</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257646932</t>
+          <t>9786256378193</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Çarpışma Cilt 1</t>
+          <t>Monster Cilt 4</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257646703</t>
+          <t>9786256378001</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Edge of Spider-Verse 2 - Gwen Stacy Spider Woman</t>
+          <t>The Amazing Spider-Man #55</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257646659</t>
+          <t>9786257646802</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man - 300</t>
+          <t>Periler Ülkesi’nden Nefret Ediyorum Cilt 3</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>160</v>
+        <v>420</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257646505</t>
+          <t>9786257646871</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt: 31 - Tehlike Bölgesi</t>
+          <t>Monster Cilt 3</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>420</v>
+        <v>550</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257646468</t>
+          <t>9786257646826</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Loki - Dünyaya Düşen Tanrı</t>
+          <t>Periler Ülkesi’nden Nefret Ediyorum Cilt 4</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>285</v>
+        <v>380</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257646567</t>
+          <t>9786257646833</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 29 - Aştığımız Sınırlar</t>
+          <t>Zom 100 Cilt 3</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786059469487</t>
+          <t>9786257646888</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Spider-Gwen - En Çok Aranan?</t>
+          <t>Kötü Kedi Şerafettin 3. Kitap</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>315</v>
+        <v>350</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059469586</t>
+          <t>9786257646932</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Sualtı Kaynakçısı</t>
+          <t>Çarpışma Cilt 1</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059469470</t>
+          <t>9786257646703</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Inhumans</t>
+          <t>Edge of Spider-Verse 2 - Gwen Stacy Spider Woman</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>600</v>
+        <v>120</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059469388</t>
+          <t>9786257646659</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Captain America - Kış Askeri</t>
+          <t>The Amazing Spider-Man - 300</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>630</v>
+        <v>160</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789756129623</t>
+          <t>9786257646505</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Astonishing X-Men Cilt: 5 - Hayalet Kutusu</t>
+          <t>Amazing Spider-Man Cilt: 31 - Tehlike Bölgesi</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>405</v>
+        <v>420</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059469371</t>
+          <t>9786257646468</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Spider-Men</t>
+          <t>Loki - Dünyaya Düşen Tanrı</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>285</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059469524</t>
+          <t>9786257646567</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Periler Ülkesi'nden Nefret Ediyorum Cilt 01 - Sonsuza Dek Deli</t>
+          <t>Yürüyen Ölüler 29 - Aştığımız Sınırlar</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257646086</t>
+          <t>9786059469487</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Sen De Marvel Tarzında Çiz</t>
+          <t>Spider-Gwen - En Çok Aranan?</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>400</v>
+        <v>315</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059469364</t>
+          <t>9786059469586</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Yeni Amazing Spider Man Cilt 1 - Parker Şansı</t>
+          <t>Sualtı Kaynakçısı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>440</v>
+        <v>450</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059469531</t>
+          <t>9786059469470</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Yeni Amazing Spider Man Cilt 2 - Örümcek Evreni 1</t>
+          <t>Inhumans</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>720</v>
+        <v>600</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059469289</t>
+          <t>9786059469388</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Captain America Cilt 2 - Rüyaların Yükü</t>
+          <t>Captain America - Kış Askeri</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>330</v>
+        <v>630</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059469715</t>
+          <t>9789756129623</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider-Man Team-Up Sayı 05 - Scarlet Spider</t>
+          <t>Astonishing X-Men Cilt: 5 - Hayalet Kutusu</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>140</v>
+        <v>405</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059469135</t>
+          <t>9786059469371</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider-Man Cilt 5 - Üstün Venom</t>
+          <t>Spider-Men</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>345</v>
+        <v>285</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059469852</t>
+          <t>9786059469524</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Thor: God of Thunder Cilt 02 - Tanrı Bombası</t>
+          <t>Periler Ülkesi'nden Nefret Ediyorum Cilt 01 - Sonsuza Dek Deli</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059469708</t>
+          <t>9786257646086</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>İç Savaş II: Amazing Spider-Man X-Men</t>
+          <t>Sen De Marvel Tarzında Çiz</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059469104</t>
+          <t>9786059469364</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider-Man Cilt 4 - Zoraki Kötülük</t>
+          <t>Yeni Amazing Spider Man Cilt 1 - Parker Şansı</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>270</v>
+        <v>440</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059469081</t>
+          <t>9786059469531</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Captain America Cilt 1 - Captain America'nın Ölümü</t>
+          <t>Yeni Amazing Spider Man Cilt 2 - Örümcek Evreni 1</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>345</v>
+        <v>720</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059985000</t>
+          <t>9786059469289</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 10</t>
+          <t>Captain America Cilt 2 - Rüyaların Yükü</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>480</v>
+        <v>330</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059985055</t>
+          <t>9786059469715</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 13 - Black Cat'in Dönüşü</t>
+          <t>Superior Spider-Man Team-Up Sayı 05 - Scarlet Spider</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>375</v>
+        <v>140</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786056939846</t>
+          <t>9786059469135</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>X-Men: Dark Phoenix Saga</t>
+          <t>Superior Spider-Man Cilt 5 - Üstün Venom</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>350</v>
+        <v>345</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059985147</t>
+          <t>9786059469852</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Spider-Man ve Black Cat - İnsanların Yaptıkları Fenalıklar</t>
+          <t>Thor: God of Thunder Cilt 02 - Tanrı Bombası</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>360</v>
+        <v>420</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059985161</t>
+          <t>9786059469708</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>All New X-Men Cilt 02 - Geri Dönmek Yok</t>
+          <t>İç Savaş II: Amazing Spider-Man X-Men</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>315</v>
+        <v>390</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789756129609</t>
+          <t>9786059469104</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Red Sonja Kılıçlı Dişi Şeytan Cilt: 3 - Kulan Gath'ın Yükselişi</t>
+          <t>Superior Spider-Man Cilt 4 - Zoraki Kötülük</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>360</v>
+        <v>270</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789756129524</t>
+          <t>9786059469081</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Conan Cilt: 2 - Siyah Dev</t>
+          <t>Captain America Cilt 1 - Captain America'nın Ölümü</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>375</v>
+        <v>345</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059985178</t>
+          <t>9786059985000</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 14 - Meydan Okuma 1: Electro ve Sandman</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 10</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>390</v>
+        <v>480</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059985895</t>
+          <t>9786059985055</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Spider-Man Venom'un Doğuşu Cilt: 2</t>
+          <t>Amazing Spider-Man Cilt 13 - Black Cat'in Dönüşü</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>435</v>
+        <v>375</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057784346</t>
+          <t>9786056939846</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Venom Inc.</t>
+          <t>X-Men: Dark Phoenix Saga</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059985642</t>
+          <t>9786059985147</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Gizli Savaşlar Cilt: 2</t>
+          <t>Spider-Man ve Black Cat - İnsanların Yaptıkları Fenalıklar</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>435</v>
+        <v>360</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059985253</t>
+          <t>9786059985161</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 15 - Meydan Okuma 2: Rhino ve Mysterio</t>
+          <t>All New X-Men Cilt 02 - Geri Dönmek Yok</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>360</v>
+        <v>315</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059985345</t>
+          <t>9789756129609</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Punisher Max Cilt 04 - Düzler Ters, Siyahlar Beyaz</t>
+          <t>Red Sonja Kılıçlı Dişi Şeytan Cilt: 3 - Kulan Gath'ın Yükselişi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>330</v>
+        <v>360</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059985635</t>
+          <t>9789756129524</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Gizli Savaşlar Cilt: 1</t>
+          <t>Conan Cilt: 2 - Siyah Dev</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>435</v>
+        <v>375</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057784100</t>
+          <t>9786059985178</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>İkigami 1 - İntikamın Sonu</t>
+          <t>Amazing Spider-Man Cilt 14 - Meydan Okuma 1: Electro ve Sandman</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>220</v>
+        <v>390</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059985369</t>
+          <t>9786059985895</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>X-Men: Phoenix - Ağıt</t>
+          <t>Spider-Man Venom'un Doğuşu Cilt: 2</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>300</v>
+        <v>435</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059469807</t>
+          <t>9786057784346</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man Cilt: 24 - Fantastik Örümcek Adam</t>
+          <t>Venom Inc.</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059985390</t>
+          <t>9786059985642</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>All New X-Men Cilt 03 - Boyu Aşan İşler</t>
+          <t>Gizli Savaşlar Cilt: 2</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>315</v>
+        <v>435</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059985499</t>
+          <t>9786059985253</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Punisher Max Cilt 05 - Köle Tacirleri</t>
+          <t>Amazing Spider-Man Cilt 15 - Meydan Okuma 2: Rhino ve Mysterio</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>330</v>
+        <v>360</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059469425</t>
+          <t>9786059985345</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Hawkeye Cilt: 4 - Rio Bravo</t>
+          <t>Punisher Max Cilt 04 - Düzler Ters, Siyahlar Beyaz</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>360</v>
+        <v>330</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059469241</t>
+          <t>9786059985635</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>The Superior Spider-Man Cilt: 6 - Goblin Ülkesi</t>
+          <t>Gizli Savaşlar Cilt: 1</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>375</v>
+        <v>435</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059985598</t>
+          <t>9786057784100</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Chew Cilt 03 - Tatlı Niyetine</t>
+          <t>İkigami 1 - İntikamın Sonu</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786056889868</t>
+          <t>9786059985369</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Venom 2 - Suçtan Önce</t>
+          <t>X-Men: Phoenix - Ağıt</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>285</v>
+        <v>300</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786059469616</t>
+          <t>9786059469807</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Yeni Amazing Spider-Man Cilt 3 - Örümcek Evreni 2</t>
+          <t>The Amazing Spider-Man Cilt: 24 - Fantastik Örümcek Adam</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>740</v>
+        <v>360</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786059985673</t>
+          <t>9786059985390</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Captain America - İç Savaş</t>
+          <t>All New X-Men Cilt 03 - Boyu Aşan İşler</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>270</v>
+        <v>315</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786059469494</t>
+          <t>9786059985499</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>İç Savaş 2</t>
+          <t>Punisher Max Cilt 05 - Köle Tacirleri</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>570</v>
+        <v>330</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786059985789</t>
+          <t>9786059469425</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>X-Men Atom Savaşı</t>
+          <t>Hawkeye Cilt: 4 - Rio Bravo</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>700</v>
+        <v>360</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789756129982</t>
+          <t>9786059469241</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Punisher Max Cilt: 2 - İrlanda Mutfağı</t>
+          <t>The Superior Spider-Man Cilt: 6 - Goblin Ülkesi</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>330</v>
+        <v>375</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059985420</t>
+          <t>9786059985598</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Korkunun Kendisi</t>
+          <t>Chew Cilt 03 - Tatlı Niyetine</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786059985680</t>
+          <t>9786056889868</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Captain America - Kızıl Tehdit</t>
+          <t>Venom 2 - Suçtan Önce</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>375</v>
+        <v>285</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786059469654</t>
+          <t>9786059469616</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 23: Ölüm Kalım Meseleleri</t>
+          <t>Yeni Amazing Spider-Man Cilt 3 - Örümcek Evreni 2</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>480</v>
+        <v>740</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786059985710</t>
+          <t>9786059985673</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Punisher Max Cilt 06 - Barracuda</t>
+          <t>Captain America - İç Savaş</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>330</v>
+        <v>270</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786059985734</t>
+          <t>9786059469494</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Venom vs Carnage</t>
+          <t>İç Savaş 2</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>170</v>
+        <v>570</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786059985758</t>
+          <t>9786059985789</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Avenging Spider-Man Cilt 07 - The Thing</t>
+          <t>X-Men Atom Savaşı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>130</v>
+        <v>700</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786059985802</t>
+          <t>9789756129982</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider-Man Cilt 02 - Kafası Karışık</t>
+          <t>Punisher Max Cilt: 2 - İrlanda Mutfağı</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>360</v>
+        <v>330</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786059985840</t>
+          <t>9786059985420</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Punisher Max Cilt 07 - Taş Adam</t>
+          <t>Korkunun Kendisi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>330</v>
+        <v>700</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786059985628</t>
+          <t>9786059985680</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Uncanny X-Men Cilt: 02 - Bozuk</t>
+          <t>Captain America - Kızıl Tehdit</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>440</v>
+        <v>375</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789756129371</t>
+          <t>9786059469654</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 7 - Fırtına Öncesi Sessizlik</t>
+          <t>Amazing Spider-Man Cilt 23: Ölüm Kalım Meseleleri</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>350</v>
+        <v>480</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786059985604</t>
+          <t>9786059985710</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Saga Cilt: 3</t>
+          <t>Punisher Max Cilt 06 - Barracuda</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>460</v>
+        <v>330</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789756129135</t>
+          <t>9786059985734</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 1 - Günler Sonra</t>
+          <t>Venom vs Carnage</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789756129173</t>
+          <t>9786059985758</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Red Sonja - Kılıçlı Dişi Şeytan Cilt 01</t>
+          <t>Avenging Spider-Man Cilt 07 - The Thing</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>420</v>
+        <v>130</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786059985901</t>
+          <t>9786059985802</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 25 - Dönüşü Olmayan Yol</t>
+          <t>Superior Spider-Man Cilt 02 - Kafası Karışık</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789756129272</t>
+          <t>9786059985840</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Conan Cilt 01 - Kimmerya</t>
+          <t>Punisher Max Cilt 07 - Taş Adam</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>465</v>
+        <v>330</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789756129319</t>
+          <t>9786059985628</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Astonishing X-Men Cilt 01 - Yetenekli</t>
+          <t>Uncanny X-Men Cilt: 02 - Bozuk</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>345</v>
+        <v>440</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786059469326</t>
+          <t>9789756129371</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>All New X-Men Guardians Of The Galaxy - Jean Grey'in Mahkemesi</t>
+          <t>Yürüyen Ölüler 7 - Fırtına Öncesi Sessizlik</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>440</v>
+        <v>350</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789756129326</t>
+          <t>9786059985604</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Astonishing X-Men Cilt 02 - Tehlikeli</t>
+          <t>Saga Cilt: 3</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>345</v>
+        <v>460</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789756129333</t>
+          <t>9789756129135</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 01 - Yepyeni Bir Gün</t>
+          <t>Yürüyen Ölüler 1 - Günler Sonra</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786059469029</t>
+          <t>9789756129173</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>All New X-Men Cilt: 04 - Bambaşka</t>
+          <t>Red Sonja - Kılıçlı Dişi Şeytan Cilt 01</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>440</v>
+        <v>420</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786059985086</t>
+          <t>9786059985901</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 18 - Sırada Ne Var</t>
+          <t>Yürüyen Ölüler 25 - Dönüşü Olmayan Yol</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789756129357</t>
+          <t>9789756129272</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Astonishing X-Men Cilt 03 - Parçalanmış</t>
+          <t>Conan Cilt 01 - Kimmerya</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>330</v>
+        <v>465</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786059985048</t>
+          <t>9789756129319</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man George ve Gwen Stacy'nin Ölümü</t>
+          <t>Astonishing X-Men Cilt 01 - Yetenekli</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>375</v>
+        <v>345</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789756129388</t>
+          <t>9786059469326</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Astonishing X-Men Cilt 04 - Durdurulamaz</t>
+          <t>All New X-Men Guardians Of The Galaxy - Jean Grey'in Mahkemesi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>420</v>
+        <v>440</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789756129395</t>
+          <t>9789756129326</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 03 - Yepyeni Bir Gün</t>
+          <t>Astonishing X-Men Cilt 02 - Tehlikeli</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>285</v>
+        <v>345</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786056939853</t>
+          <t>9789756129333</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 27 - Fısıldayan Savaşı</t>
+          <t>Amazing Spider-Man Cilt 01 - Yepyeni Bir Gün</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789756129418</t>
+          <t>9786059469029</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Renkler Serisi: Spider-Man - Mavi</t>
+          <t>All New X-Men Cilt: 04 - Bambaşka</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>360</v>
+        <v>440</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786057784797</t>
+          <t>9786059985086</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty Sunar: Turşu Rick ve Diğer Hikayeler</t>
+          <t>Yürüyen Ölüler 18 - Sırada Ne Var</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>315</v>
+        <v>250</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789756129487</t>
+          <t>9789756129357</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Bone 3: Vadi - Fırtınanın Gözleri</t>
+          <t>Astonishing X-Men Cilt 03 - Parçalanmış</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>180</v>
+        <v>330</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789756129296</t>
+          <t>9786059985048</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Bone 2: Vadi - Büyük İnek Yarışı</t>
+          <t>The Amazing Spider-Man George ve Gwen Stacy'nin Ölümü</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>180</v>
+        <v>375</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786057784773</t>
+          <t>9789756129388</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Immortal Hulk 1 - Yoksa İkisi Birden Mi?</t>
+          <t>Astonishing X-Men Cilt 04 - Durdurulamaz</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786059985574</t>
+          <t>9789756129395</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Bone 9: Dostlar ve Düşmanlar ya da Hasat - Boynuzlar Tacı</t>
+          <t>Amazing Spider-Man Cilt 03 - Yepyeni Bir Gün</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>180</v>
+        <v>285</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789756129470</t>
+          <t>9786056939853</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 04 - Kraven'ın İlk Avı</t>
+          <t>Yürüyen Ölüler 27 - Fısıldayan Savaşı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786059985543</t>
+          <t>9789756129418</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Bone 8: Dostlar ve Düşmanlar ya da Hasat - Hazine Avcıları</t>
+          <t>Renkler Serisi: Spider-Man - Mavi</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786059985413</t>
+          <t>9786057784797</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Bone 7: Dostlar ve Düşmanlar ya da Hasat - Hayalet Çemberleri</t>
+          <t>Rick and Morty Sunar: Turşu Rick ve Diğer Hikayeler</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>180</v>
+        <v>315</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789756129722</t>
+          <t>9789756129487</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Astonishing X-Men Cilt: 06 - Exogenetik</t>
+          <t>Bone 3: Vadi - Fırtınanın Gözleri</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>285</v>
+        <v>180</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786059985383</t>
+          <t>9789756129296</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Bone 6: Phoney'nin Geri Dönüşü - Yaşlı Adam'ın Mağarası</t>
+          <t>Bone 2: Vadi - Büyük İnek Yarışı</t>
         </is>
       </c>
       <c r="C218" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786059985185</t>
+          <t>9786057784773</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Bone 5: Phoney'nin Geri Dönüşü - Taş Çene - Doğu Sınırının Efendisi</t>
+          <t>Immortal Hulk 1 - Yoksa İkisi Birden Mi?</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789756129548</t>
+          <t>9786059985574</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 06 - Suç ve Cezalandırıcı</t>
+          <t>Bone 9: Dostlar ve Düşmanlar ya da Hasat - Boynuzlar Tacı</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>315</v>
+        <v>180</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786059985079</t>
+          <t>9789756129470</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Bone Cilt 4 - Phoney'nin Geri Dönüşü - Ejderha Katili</t>
+          <t>Amazing Spider-Man Cilt 04 - Kraven'ın İlk Avı</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789756129562</t>
+          <t>9786059985543</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 10 - Neye Dönüştük</t>
+          <t>Bone 8: Dostlar ve Düşmanlar ya da Hasat - Hazine Avcıları</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789756129586</t>
+          <t>9786059985413</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Gizli İstila</t>
+          <t>Bone 7: Dostlar ve Düşmanlar ya da Hasat - Hayalet Çemberleri</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>660</v>
+        <v>180</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789756129593</t>
+          <t>9789756129722</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 11 - Avcılardan Kork</t>
+          <t>Astonishing X-Men Cilt: 06 - Exogenetik</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>250</v>
+        <v>285</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789756129852</t>
+          <t>9786059985383</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Lejyon</t>
+          <t>Bone 6: Phoney'nin Geri Dönüşü - Yaşlı Adam'ın Mağarası</t>
         </is>
       </c>
       <c r="C225" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789756129630</t>
+          <t>9786059985185</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 07 - Ölüm ve Randevu</t>
+          <t>Bone 5: Phoney'nin Geri Dönüşü - Taş Çene - Doğu Sınırının Efendisi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>405</v>
+        <v>180</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789756129647</t>
+          <t>9789756129548</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 12 - Aralarında Yaşamak</t>
+          <t>Amazing Spider-Man Cilt 06 - Suç ve Cezalandırıcı</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>250</v>
+        <v>315</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789756129661</t>
+          <t>9786059985079</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Tapınak</t>
+          <t>Bone Cilt 4 - Phoney'nin Geri Dönüşü - Ejderha Katili</t>
         </is>
       </c>
       <c r="C228" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789756129678</t>
+          <t>9789756129562</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 13 - Dönüş Yok</t>
+          <t>Yürüyen Ölüler 10 - Neye Dönüştük</t>
         </is>
       </c>
       <c r="C229" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789756129685</t>
+          <t>9789756129586</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 07</t>
+          <t>Gizli İstila</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>480</v>
+        <v>660</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786057784520</t>
+          <t>9789756129593</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider-Man Team-Up 7</t>
+          <t>Yürüyen Ölüler 11 - Avcılardan Kork</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789756129784</t>
+          <t>9789756129852</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>XIII Cilt 1 - Kara Güneşin Yolu</t>
+          <t>Lejyon</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786059985307</t>
+          <t>9789756129630</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Avenging Spider-Man Cilt 1 - Red Hulk</t>
+          <t>Amazing Spider-Man Cilt 07 - Ölüm ve Randevu</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>130</v>
+        <v>405</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789756129708</t>
+          <t>9789756129647</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 08 - Seçim Günü</t>
+          <t>Yürüyen Ölüler 12 - Aralarında Yaşamak</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>405</v>
+        <v>250</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789756129715</t>
+          <t>9789756129661</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 09 - 7/24</t>
+          <t>Tapınak</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>390</v>
+        <v>180</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786059469784</t>
+          <t>9789756129678</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Moon Knight Cilt: 02 Reenkarnasyonlar</t>
+          <t>Yürüyen Ölüler 13 - Dönüş Yok</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786059985659</t>
+          <t>9789756129685</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Punisher Marvel Evreni'ni Öldürüyor</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 07</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>175</v>
+        <v>480</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786059469678</t>
+          <t>9786057784520</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>X'in Ölümü</t>
+          <t>Superior Spider-Man Team-Up 7</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789756129746</t>
+          <t>9789756129784</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 14 - Çıkış Yok</t>
+          <t>XIII Cilt 1 - Kara Güneşin Yolu</t>
         </is>
       </c>
       <c r="C239" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786059985475</t>
+          <t>9786059985307</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Avenging Spider - Man 4</t>
+          <t>Avenging Spider-Man Cilt 1 - Red Hulk</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789756129753</t>
+          <t>9789756129708</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 15 - Kendimizi Bulduk</t>
+          <t>Amazing Spider-Man Cilt 08 - Seçim Günü</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>250</v>
+        <v>405</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789756129814</t>
+          <t>9789756129715</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 08</t>
+          <t>Amazing Spider-Man Cilt 09 - 7/24</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>480</v>
+        <v>390</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789756129845</t>
+          <t>9786059469784</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 10 - American Son</t>
+          <t>Moon Knight Cilt: 02 Reenkarnasyonlar</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786059469357</t>
+          <t>9786059985659</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Moon Knight Cilt: 01 - Zırdeli</t>
+          <t>Punisher Marvel Evreni'ni Öldürüyor</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>285</v>
+        <v>175</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789756129876</t>
+          <t>9786059469678</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Punisher Max Cilt 01 - Başlangıç</t>
+          <t>X'in Ölümü</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>330</v>
+        <v>360</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786059469227</t>
+          <t>9789756129746</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Marvel Zombileri</t>
+          <t>Yürüyen Ölüler 14 - Çıkış Yok</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>285</v>
+        <v>250</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257646048</t>
+          <t>9786059985475</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 37</t>
+          <t>Avenging Spider - Man 4</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789756129890</t>
+          <t>9789756129753</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 11 - Bu Gece Kollarında Öldüm</t>
+          <t>Yürüyen Ölüler 15 - Kendimizi Bulduk</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>435</v>
+        <v>250</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786059469999</t>
+          <t>9789756129814</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 3</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 08</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>120</v>
+        <v>480</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789756129906</t>
+          <t>9789756129845</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 12 - Kızıl Saçlı Yabancı</t>
+          <t>Amazing Spider-Man Cilt 10 - American Son</t>
         </is>
       </c>
       <c r="C250" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786057784728</t>
+          <t>9786059469357</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 27</t>
+          <t>Moon Knight Cilt: 01 - Zırdeli</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>120</v>
+        <v>285</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786057784575</t>
+          <t>9789756129876</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Spiderman 3</t>
+          <t>Punisher Max Cilt 01 - Başlangıç</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>120</v>
+        <v>330</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789756129951</t>
+          <t>9786059469227</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 09</t>
+          <t>Marvel Zombileri</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>480</v>
+        <v>285</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057784513</t>
+          <t>9786257646048</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Avengers 2</t>
+          <t>Rick and Morty 37</t>
         </is>
       </c>
       <c r="C254" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786057784490</t>
+          <t>9789756129890</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Dev Hulk 181 - Karşınızda Wolverine!</t>
+          <t>Amazing Spider-Man Cilt 11 - Bu Gece Kollarında Öldüm</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>120</v>
+        <v>435</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786056924316</t>
+          <t>9786059469999</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Yeni Amazing Spider-Man Cilt: 5 Spiral</t>
+          <t>Rick and Morty 3</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789756129968</t>
+          <t>9789756129906</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Kuşatma</t>
+          <t>Amazing Spider-Man Cilt 12 - Kızıl Saçlı Yabancı</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>580</v>
+        <v>300</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786257646512</t>
+          <t>9786057784728</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider - Man #101</t>
+          <t>Rick and Morty 27</t>
         </is>
       </c>
       <c r="C258" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786057784964</t>
+          <t>9786057784575</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Monster Cilt 1</t>
+          <t>Marvel Action Spiderman 3</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>550</v>
+        <v>120</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786257646185</t>
+          <t>9789756129951</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Monster Cilt 2</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 09</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>550</v>
+        <v>480</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789756129807</t>
+          <t>9786057784513</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 16 - Daha Geniş Bir Dünya</t>
+          <t>Marvel Action Avengers 2</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257646390</t>
+          <t>9786057784490</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Spider-Man 5</t>
+          <t>Yeşil Dev Hulk 181 - Karşınızda Wolverine!</t>
         </is>
       </c>
       <c r="C262" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786257646383</t>
+          <t>9786056924316</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Avengers 5</t>
+          <t>Yeni Amazing Spider-Man Cilt: 5 Spiral</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786257646376</t>
+          <t>9789756129968</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Avengers 4</t>
+          <t>Kuşatma</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>120</v>
+        <v>580</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257646369</t>
+          <t>9786257646512</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Spider-Man 4</t>
+          <t>Amazing Spider - Man #101</t>
         </is>
       </c>
       <c r="C265" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786257646291</t>
+          <t>9786057784964</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Breaker Cilt 05</t>
+          <t>Monster Cilt 1</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786257646260</t>
+          <t>9786257646185</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 30 - Lizard Geri Dönmek Yok</t>
+          <t>Monster Cilt 2</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>360</v>
+        <v>550</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786259662039</t>
+          <t>9789756129807</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Vol. 5 Cilt 2 - Dostlar ve Düşmanlar</t>
+          <t>Yürüyen Ölüler 16 - Daha Geniş Bir Dünya</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786257646222</t>
+          <t>9786257646390</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man 129</t>
+          <t>Marvel Action Spider-Man 5</t>
         </is>
       </c>
       <c r="C269" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786257646161</t>
+          <t>9786257646383</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>İkigami 6</t>
+          <t>Marvel Action Avengers 5</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786257646123</t>
+          <t>9786257646376</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Spider - Man 1 McFarlane</t>
+          <t>Marvel Action Avengers 4</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786059985925</t>
+          <t>9786257646369</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider-Man Cilt 3: Kaçış Yok</t>
+          <t>Marvel Action Spider-Man 4</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>315</v>
+        <v>120</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786059985024</t>
+          <t>9786257646291</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>All New X-Men 1 - Geçmişteki X-Men</t>
+          <t>Breaker Cilt 05</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057784254</t>
+          <t>9786257646260</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>İkigami Cilt 2</t>
+          <t>Amazing Spider-Man Cilt 30 - Lizard Geri Dönmek Yok</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786059985505</t>
+          <t>9786259662039</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Uncanny X-Men Cilt 1 Devrim</t>
+          <t>Amazing Spider-Man Vol. 5 Cilt 2 - Dostlar ve Düşmanlar</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>315</v>
+        <v>360</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786059469418</t>
+          <t>9786257646222</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Guardians Of The Galaxy Cilt 3 -Guardians Dağıldı (Ciltli)</t>
+          <t>Amazing Spider-Man 129</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789756129289</t>
+          <t>9786257646161</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 6 - Acı Hayat</t>
+          <t>İkigami 6</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789756129449</t>
+          <t>9786257646123</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 8 - Acı İçinde Doğanlar</t>
+          <t>Spider - Man 1 McFarlane</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>350</v>
+        <v>75</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786057784568</t>
+          <t>9786059985925</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man Cilt 27 - Kör Uçuş</t>
+          <t>Superior Spider-Man Cilt 3: Kaçış Yok</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>270</v>
+        <v>315</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786059985338</t>
+          <t>9786059985024</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Avenging Spiderman 02 - Hawkeye ve Captain America</t>
+          <t>All New X-Men 1 - Geçmişteki X-Men</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>110</v>
+        <v>420</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786059985826</t>
+          <t>9786057784254</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Anti-Yenom: Yeni Yaşama Yolları</t>
+          <t>İkigami Cilt 2</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786059469951</t>
+          <t>9786059985505</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man Cilt 25 - Anti-Venom’un Dönüşü</t>
+          <t>Uncanny X-Men Cilt 1 Devrim</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>285</v>
+        <v>315</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786059469036</t>
+          <t>9786059469418</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider-Man Team-Up 1</t>
+          <t>Guardians Of The Galaxy Cilt 3 -Guardians Dağıldı (Ciltli)</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786059469074</t>
+          <t>9789756129289</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man Cilt 21 Türlerin Kökeni</t>
+          <t>Yürüyen Ölüler 6 - Acı Hayat</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786059469159</t>
+          <t>9789756129449</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider-Man Team-UP 3</t>
+          <t>Yürüyen Ölüler 8 - Acı İçinde Doğanlar</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786059469432</t>
+          <t>9786057784568</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Düğün Özel Sayısı</t>
+          <t>The Amazing Spider-Man Cilt 27 - Kör Uçuş</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>110</v>
+        <v>270</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786059469685</t>
+          <t>9786059985338</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Taksi Hikayeleri - Mis Kokulu Kadın</t>
+          <t>Avenging Spiderman 02 - Hawkeye ve Captain America</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786059469821</t>
+          <t>9786059985826</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Daredevil - The Punisher</t>
+          <t>Anti-Yenom: Yeni Yaşama Yolları</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786056889837</t>
+          <t>9786059469951</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider-Man - Team-Up 6</t>
+          <t>The Amazing Spider-Man Cilt 25 - Anti-Venom’un Dönüşü</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>140</v>
+        <v>285</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786059985437</t>
+          <t>9786059469036</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man Sayı: 16 - Meydan Okuma</t>
+          <t>Superior Spider-Man Team-Up 1</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>315</v>
+        <v>200</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786059985444</t>
+          <t>9786059469074</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man Cilt 17 - Meydan Okuma 4: Juggernaut</t>
+          <t>The Amazing Spider-Man Cilt 21 Türlerin Kökeni</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>255</v>
+        <v>420</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786059985666</t>
+          <t>9786059469159</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man Cilt 18 - Meydan Okuma 5: Lizard</t>
+          <t>Superior Spider-Man Team-UP 3</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786059985741</t>
+          <t>9786059469432</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Avenging Spider-Man 6</t>
+          <t>Amazing Spider-Man Düğün Özel Sayısı</t>
         </is>
       </c>
       <c r="C293" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786059985864</t>
+          <t>9786059469685</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 19 Amansız Av</t>
+          <t>Taksi Hikayeleri - Mis Kokulu Kadın</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786059985918</t>
+          <t>9786059469821</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man Cilt 20 - Geçmiş Zaman Olur ki</t>
+          <t>Daredevil - The Punisher</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789756129258</t>
+          <t>9786056889837</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 5 - En İyi Savunma</t>
+          <t>Superior Spider-Man - Team-Up 6</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789756129531</t>
+          <t>9786059985437</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spiderman: Yeni Ölme Yolları Cilt: 5</t>
+          <t>The Amazing Spider-Man Sayı: 16 - Meydan Okuma</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>390</v>
+        <v>315</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789756129616</t>
+          <t>9786059985444</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Bouncer Cilt 1</t>
+          <t>The Amazing Spider-Man Cilt 17 - Meydan Okuma 4: Juggernaut</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>250</v>
+        <v>255</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786056889844</t>
+          <t>9786059985666</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Vision</t>
+          <t>The Amazing Spider-Man Cilt 18 - Meydan Okuma 5: Lizard</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>570</v>
+        <v>300</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786056924385</t>
+          <t>9786059985741</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Cadı Avcısı - Witch Hunter Cilt 3</t>
+          <t>Avenging Spider-Man 6</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786059469128</t>
+          <t>9786059985864</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Küçük Marvel - Dev Boy</t>
+          <t>Amazing Spider-Man Cilt 19 Amansız Av</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>170</v>
+        <v>420</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786059469319</t>
+          <t>9786059985918</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man Cilt 22: Muazzam</t>
+          <t>The Amazing Spider-Man Cilt 20 - Geçmiş Zaman Olur ki</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>330</v>
+        <v>360</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786059469791</t>
+          <t>9789756129258</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 4: Gece Vardiyası</t>
+          <t>Yürüyen Ölüler 5 - En İyi Savunma</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789756129975</t>
+          <t>9789756129531</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Nuh</t>
+          <t>The Amazing Spiderman: Yeni Ölme Yolları Cilt: 5</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>180</v>
+        <v>390</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786059985017</t>
+          <t>9789756129616</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 17 - Korkulası Şeyler</t>
+          <t>Bouncer Cilt 1</t>
         </is>
       </c>
       <c r="C305" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786059985468</t>
+          <t>9786056889844</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Avenging Spiderman 3 - She Hulk</t>
+          <t>Vision</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>110</v>
+        <v>570</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786059985093</t>
+          <t>9786056924385</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Astonishing Spider-Man ve Wolverine</t>
+          <t>Cadı Avcısı - Witch Hunter Cilt 3</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786059985314</t>
+          <t>9786059469128</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Hawkeye 1 - Bir Silah Olarak Yaşamım</t>
+          <t>Küçük Marvel - Dev Boy</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>315</v>
+        <v>170</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786059985154</t>
+          <t>9786059469319</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 19 - Savaşa Doğru</t>
+          <t>The Amazing Spider-Man Cilt 22: Muazzam</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786057784049</t>
+          <t>9786059469791</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Avengers 1</t>
+          <t>Amazing Spider-Man Cilt 4: Gece Vardiyası</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>120</v>
+        <v>340</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786057784063</t>
+          <t>9789756129975</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Amazing Fantasy 15 - Karşınızda Örümcek Adam</t>
+          <t>Nuh</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786057784230</t>
+          <t>9786059985017</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spiderman - Örümcek Adası</t>
+          <t>Yürüyen Ölüler 17 - Korkulası Şeyler</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>680</v>
+        <v>250</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786059469593</t>
+          <t>9786059985468</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Omega Efekti</t>
+          <t>Avenging Spiderman 3 - She Hulk</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786057784551</t>
+          <t>9786059985093</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Spiderman - 2</t>
+          <t>Astonishing Spider-Man ve Wolverine</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786057784155</t>
+          <t>9786059985314</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Kötü Kedi Şerafettin - 1. Kitap</t>
+          <t>Hawkeye 1 - Bir Silah Olarak Yaşamım</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>350</v>
+        <v>315</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786057784308</t>
+          <t>9786059985154</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Punisher Doğuyor</t>
+          <t>Yürüyen Ölüler 19 - Savaşa Doğru</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786056939839</t>
+          <t>9786057784049</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>X-Men Mutant Genesis</t>
+          <t>Marvel Action Avengers 1</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786057784544</t>
+          <t>9786057784063</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider- Man Team-Up 8</t>
+          <t>Amazing Fantasy 15 - Karşınızda Örümcek Adam</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786057784582</t>
+          <t>9786057784230</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Örümcek Adam ve Venom: Çifte Bela - 1</t>
+          <t>Amazing Spiderman - Örümcek Adası</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>120</v>
+        <v>680</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789756129364</t>
+          <t>9786059469593</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man Cilt 2: Yepyeni Bir Gün</t>
+          <t>Omega Efekti</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786056889806</t>
+          <t>9786057784551</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 4</t>
+          <t>Marvel Action Spiderman - 2</t>
         </is>
       </c>
       <c r="C321" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786056939860</t>
+          <t>9786057784155</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Silver Surfer - Alegori</t>
+          <t>Kötü Kedi Şerafettin - 1. Kitap</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786056889875</t>
+          <t>9786057784308</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Spider-Gwen Cilt 1: Daha Büyük Güç</t>
+          <t>Punisher Doğuyor</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>315</v>
+        <v>270</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786059985932</t>
+          <t>9786056939839</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Saga Cilt: 4</t>
+          <t>X-Men Mutant Genesis</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>460</v>
+        <v>350</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786059469838</t>
+          <t>9786057784544</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 1</t>
+          <t>Superior Spider- Man Team-Up 8</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786057784636</t>
+          <t>9786057784582</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 23</t>
+          <t>Örümcek Adam ve Venom: Çifte Bela - 1</t>
         </is>
       </c>
       <c r="C326" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786057784599</t>
+          <t>9789756129364</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Örümcek Adam &amp; Venom - Çifte Bela Sayı: 3</t>
+          <t>The Amazing Spider-Man Cilt 2: Yepyeni Bir Gün</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>120</v>
+        <v>375</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786057784612</t>
+          <t>9786056889806</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Örümcek Adam &amp; Venom - Çifte Bela Sayı: 2</t>
+          <t>Rick and Morty 4</t>
         </is>
       </c>
       <c r="C328" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786057784032</t>
+          <t>9786056939860</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Spider-Man Sayı: 1</t>
+          <t>Silver Surfer - Alegori</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786057784537</t>
+          <t>9786056889875</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Avengers 3</t>
+          <t>Spider-Gwen Cilt 1: Daha Büyük Güç</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>120</v>
+        <v>315</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789756129821</t>
+          <t>9786059985932</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>İç Savaş</t>
+          <t>Saga Cilt: 4</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>450</v>
+        <v>460</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786059469913</t>
+          <t>9786059469838</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Eve Dönüş - Venom Cilt 1</t>
+          <t>Rick and Morty 1</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>315</v>
+        <v>120</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786059985956</t>
+          <t>9786057784636</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Chew Cilt 4: Flambe</t>
+          <t>Rick and Morty 23</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>285</v>
+        <v>120</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786059985031</t>
+          <t>9786057784599</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Chew Bölüm 1: Lezzetçilerin Tercihi</t>
+          <t>Örümcek Adam &amp; Venom - Çifte Bela Sayı: 3</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786056924392</t>
+          <t>9786057784612</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Cadı Avcısı - Witch Hunter Cilt 4</t>
+          <t>Örümcek Adam &amp; Venom - Çifte Bela Sayı: 2</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789756129241</t>
+          <t>9786057784032</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Bone 1</t>
+          <t>Marvel Action Spider-Man Sayı: 1</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786057784315</t>
+          <t>9786057784537</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>The Amazing Spider-Man Vol 5 Cilt 1: Öze Dönüş</t>
+          <t>Marvel Action Avengers 3</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>440</v>
+        <v>120</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786059469814</t>
+          <t>9789756129821</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Ahtapotun Kolları</t>
+          <t>İç Savaş</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786059985833</t>
+          <t>9786059469913</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>A-Bebekleri ve X-Bebekleri</t>
+          <t>Eve Dönüş - Venom Cilt 1</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>140</v>
+        <v>315</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789756129760</t>
+          <t>9786059985956</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt: 5 - Kara Yel</t>
+          <t>Chew Cilt 4: Flambe</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>320</v>
+        <v>285</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789756129692</t>
+          <t>9786059985031</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 3 - Düşen Kaplanın Islığı</t>
+          <t>Chew Bölüm 1: Lezzetçilerin Tercihi</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786259475714</t>
+          <t>9786056924392</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 56</t>
+          <t>Cadı Avcısı - Witch Hunter Cilt 4</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786259475707</t>
+          <t>9789756129241</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 55</t>
+          <t>Bone 1</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786259860190</t>
+          <t>9786057784315</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 54</t>
+          <t>The Amazing Spider-Man Vol 5 Cilt 1: Öze Dönüş</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>120</v>
+        <v>440</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786259860183</t>
+          <t>9786059469814</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 53</t>
+          <t>Ahtapotun Kolları</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786256327375</t>
+          <t>9786059985833</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Liar Game Cilt 2</t>
+          <t>A-Bebekleri ve X-Bebekleri</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786256327320</t>
+          <t>9789756129760</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Breaker Cilt 10</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt: 5 - Kara Yel</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786256327313</t>
+          <t>9789756129692</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Breaker Cilt 9</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 3 - Düşen Kaplanın Islığı</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786256327238</t>
+          <t>9786259475714</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Breaker Cilt 8</t>
+          <t>Rick and Morty 56</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786256327351</t>
+          <t>9786259475707</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Zom 100 Cilt 08</t>
+          <t>Rick and Morty 55</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786256327344</t>
+          <t>9786259860190</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Zom 100 Cilt 07</t>
+          <t>Rick and Morty 54</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786256327337</t>
+          <t>9786259860183</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Paranoya Cilt 4</t>
+          <t>Rick and Morty 53</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786256327306</t>
+          <t>9786256327375</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Frieren</t>
+          <t>Liar Game Cilt 2</t>
         </is>
       </c>
       <c r="C353" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786256327269</t>
+          <t>9786256327320</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Monster Cilt 8</t>
+          <t>Breaker Cilt 10</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>550</v>
+        <v>220</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786256327252</t>
+          <t>9786256327313</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Venom Cilt 5 Venom Adası</t>
+          <t>Breaker Cilt 9</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786256327245</t>
+          <t>9786256327238</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Conan the Barbarian 25</t>
+          <t>Breaker Cilt 8</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786256378995</t>
+          <t>9786256327351</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Conan the Barbarian 24</t>
+          <t>Zom 100 Cilt 08</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786259503516</t>
+          <t>9786256327344</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Kötü Kedi Şerafettin</t>
+          <t>Zom 100 Cilt 07</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786259503509</t>
+          <t>9786256327337</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Spider-Man - Hayvanlar Toplanın</t>
+          <t>Paranoya Cilt 4</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786256327207</t>
+          <t>9786256327306</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Ninja Kaplumbağalar 1</t>
+          <t>Frieren</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786256327221</t>
+          <t>9786256327269</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Liar Game Cilt 1</t>
+          <t>Monster Cilt 8</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786256327214</t>
+          <t>9786256327252</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Nana Cilt 1</t>
+          <t>Venom Cilt 5 Venom Adası</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786256327146</t>
+          <t>9786256327245</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Monster Cilt 7</t>
+          <t>Conan the Barbarian 25</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>550</v>
+        <v>140</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786259475769</t>
+          <t>9786256378995</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty Sunar: Turşu Rick</t>
+          <t>Conan the Barbarian 24</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786256327191</t>
+          <t>9786259503516</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Peter Parker ve Miles Morales Spider-Men: Çifte Bela #4</t>
+          <t>Kötü Kedi Şerafettin</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786256327184</t>
+          <t>9786259503509</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Peter Parker ve Miles Morales Spider-Men: Çifte Bela #3</t>
+          <t>Spider-Man - Hayvanlar Toplanın</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786256327177</t>
+          <t>9786256327207</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Peter Parker ve Miles Morales Spider-Men: Çifte Bela #2</t>
+          <t>Ninja Kaplumbağalar 1</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786256327160</t>
+          <t>9786256327221</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Peter Parker ve Miles Morales Spider-Men: Çifte Bela #1</t>
+          <t>Liar Game Cilt 1</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786256327085</t>
+          <t>9786256327214</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Immortal Hulk Cilt 3 - Hulk Cehennemde</t>
+          <t>Nana Cilt 1</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786256327115</t>
+          <t>9786256327146</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Vol. 5 Cilt 7 - 2099</t>
+          <t>Monster Cilt 7</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>360</v>
+        <v>550</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786256327061</t>
+          <t>9786259475769</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Spider-Man 9</t>
+          <t>Rick and Morty Sunar: Turşu Rick</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786256327092</t>
+          <t>9786256327191</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Vol. 5 Cilt 6 - Absolute Carnage</t>
+          <t>Peter Parker ve Miles Morales Spider-Men: Çifte Bela #4</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>340</v>
+        <v>120</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786256327047</t>
+          <t>9786256327184</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Spider-Man 8</t>
+          <t>Peter Parker ve Miles Morales Spider-Men: Çifte Bela #3</t>
         </is>
       </c>
       <c r="C373" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786256327108</t>
+          <t>9786256327177</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Spider-Man Almanak 1963</t>
+          <t>Peter Parker ve Miles Morales Spider-Men: Çifte Bela #2</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>420</v>
+        <v>120</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786256327078</t>
+          <t>9786256327160</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Avengers 9</t>
+          <t>Peter Parker ve Miles Morales Spider-Men: Çifte Bela #1</t>
         </is>
       </c>
       <c r="C375" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786256327054</t>
+          <t>9786256327085</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Avengers 8</t>
+          <t>Immortal Hulk Cilt 3 - Hulk Cehennemde</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786259860176</t>
+          <t>9786256327115</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 52</t>
+          <t>Amazing Spider-Man Vol. 5 Cilt 7 - 2099</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786259860169</t>
+          <t>9786256327061</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 51</t>
+          <t>Marvel Action Spider-Man 9</t>
         </is>
       </c>
       <c r="C378" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786259860152</t>
+          <t>9786256327092</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 50</t>
+          <t>Amazing Spider-Man Vol. 5 Cilt 6 - Absolute Carnage</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786259860145</t>
+          <t>9786256327047</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 49</t>
+          <t>Marvel Action Spider-Man 8</t>
         </is>
       </c>
       <c r="C380" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786256327009</t>
+          <t>9786256327108</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Paranoya Cilt 3</t>
+          <t>Spider-Man Almanak 1963</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786256378858</t>
+          <t>9786256327078</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Paranoya Cilt 2</t>
+          <t>Marvel Action Avengers 9</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786059469517</t>
+          <t>9786256327054</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Breaker Cilt 1</t>
+          <t>Marvel Action Avengers 8</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786059469661</t>
+          <t>9786259860176</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>The Breaker Cilt 2</t>
+          <t>Rick and Morty 52</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786256327023</t>
+          <t>9786259860169</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Arkana'nın Şafağı Cilt 2</t>
+          <t>Rick and Morty 51</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786256378506</t>
+          <t>9786259860152</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Komi Konuşmaktan Korkuyor Cilt 5</t>
+          <t>Rick and Morty 50</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786256378865</t>
+          <t>9786259860145</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Ninja Kaplumbağalar - Son Ronin Sayı 1</t>
+          <t>Rick and Morty 49</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786256378186</t>
+          <t>9786256327009</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Batman Minik Gotham Cilt 2</t>
+          <t>Paranoya Cilt 3</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786256378162</t>
+          <t>9786256378858</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Batman Minik Gotham Cilt 1</t>
+          <t>Paranoya Cilt 2</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786256378841</t>
+          <t>9786059469517</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Monster Cilt 6</t>
+          <t>Breaker Cilt 1</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>550</v>
+        <v>220</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786256378957</t>
+          <t>9786059469661</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>New Avengers Cilt 2 - Sentry</t>
+          <t>The Breaker Cilt 2</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786256378940</t>
+          <t>9786256327023</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>New Avengers Cilt 1 - Firar</t>
+          <t>Arkana'nın Şafağı Cilt 2</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>460</v>
+        <v>220</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786256378926</t>
+          <t>9786256378506</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Gizli Savaş</t>
+          <t>Komi Konuşmaktan Korkuyor Cilt 5</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>460</v>
+        <v>220</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786259860138</t>
+          <t>9786256378865</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 48</t>
+          <t>Ninja Kaplumbağalar - Son Ronin Sayı 1</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786259860121</t>
+          <t>9786256378186</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 47</t>
+          <t>Batman Minik Gotham Cilt 2</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>120</v>
+        <v>420</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786259860114</t>
+          <t>9786256378162</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 46</t>
+          <t>Batman Minik Gotham Cilt 1</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>120</v>
+        <v>420</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786259860107</t>
+          <t>9786256378841</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 45</t>
+          <t>Monster Cilt 6</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>120</v>
+        <v>550</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786256378988</t>
+          <t>9786256378957</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 23</t>
+          <t>New Avengers Cilt 2 - Sentry</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>120</v>
+        <v>340</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786256378971</t>
+          <t>9786256378940</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 22</t>
+          <t>New Avengers Cilt 1 - Firar</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>120</v>
+        <v>460</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786256378964</t>
+          <t>9786256378926</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 21</t>
+          <t>Gizli Savaş</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>120</v>
+        <v>460</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786256378810</t>
+          <t>9786259860138</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Zom 100 Cilt 6</t>
+          <t>Rick and Morty 48</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786256378803</t>
+          <t>9786259860121</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Aşk Hikayesi Cilt 2</t>
+          <t>Rick and Morty 47</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786256378797</t>
+          <t>9786259860114</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Aşk Hikayesi Cilt 1</t>
+          <t>Rick and Morty 46</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786256378827</t>
+          <t>9786259860107</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Sınıfı 3 Cilt 2</t>
+          <t>Rick and Morty 45</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786256378834</t>
+          <t>9786256378988</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Denizin Çocukları Cilt 2</t>
+          <t>Conan The Barbarian 23</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786256378599</t>
+          <t>9786256378971</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>She-Hulk #1</t>
+          <t>Conan The Barbarian 22</t>
         </is>
       </c>
       <c r="C406" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786256378537</t>
+          <t>9786256378964</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Spider-Man Sayı 7</t>
+          <t>Conan The Barbarian 21</t>
         </is>
       </c>
       <c r="C407" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786256378544</t>
+          <t>9786256378810</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Avengers 7</t>
+          <t>Zom 100 Cilt 6</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786256378483</t>
+          <t>9786256378803</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Marvel Action Avengers 6</t>
+          <t>Küçük Bir Aşk Hikayesi Cilt 2</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786256378179</t>
+          <t>9786256378797</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Küçük Canavarlar Cilt 1</t>
+          <t>Küçük Bir Aşk Hikayesi Cilt 1</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>460</v>
+        <v>220</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786256378346</t>
+          <t>9786256378827</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Kahramanın Trajedisi Cilt 1</t>
+          <t>Dövüş Sınıfı 3 Cilt 2</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786256378292</t>
+          <t>9786256378834</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 28</t>
+          <t>Denizin Çocukları Cilt 2</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>480</v>
+        <v>320</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786256378285</t>
+          <t>9786256378599</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 27</t>
+          <t>She-Hulk #1</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>480</v>
+        <v>120</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786256378780</t>
+          <t>9786256378537</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 30</t>
+          <t>Marvel Action Spider-Man Sayı 7</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>480</v>
+        <v>120</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786256378773</t>
+          <t>9786256378544</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 29</t>
+          <t>Marvel Action Avengers 7</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>480</v>
+        <v>120</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786259882697</t>
+          <t>9786256378483</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 44</t>
+          <t>Marvel Action Avengers 6</t>
         </is>
       </c>
       <c r="C416" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786259882680</t>
+          <t>9786256378179</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 43</t>
+          <t>Küçük Canavarlar Cilt 1</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>120</v>
+        <v>460</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786259882673</t>
+          <t>9786256378346</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 42</t>
+          <t>Kahramanın Trajedisi Cilt 1</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786259882666</t>
+          <t>9786256378292</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 41</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 28</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>120</v>
+        <v>480</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786256378643</t>
+          <t>9786256378285</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Wonderlan Cilt 2</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 27</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>220</v>
+        <v>480</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786256378735</t>
+          <t>9786256378780</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 20</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 30</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>120</v>
+        <v>480</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786256378728</t>
+          <t>9786256378773</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 19</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 29</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>120</v>
+        <v>480</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786256378711</t>
+          <t>9786259882697</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 18</t>
+          <t>Rick and Morty 44</t>
         </is>
       </c>
       <c r="C423" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786256378681</t>
+          <t>9786259882680</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 17</t>
+          <t>Rick and Morty 43</t>
         </is>
       </c>
       <c r="C424" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786256378759</t>
+          <t>9786259882673</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Pesimistik Hikayeler 2</t>
+          <t>Rick and Morty 42</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786256378650</t>
+          <t>9786259882666</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Zom 100 Cilt 5</t>
+          <t>Rick and Morty 41</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786256378636</t>
+          <t>9786256378643</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Elfen Lied Cilt 12</t>
+          <t>Wonderlan Cilt 2</t>
         </is>
       </c>
       <c r="C427" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786256378667</t>
+          <t>9786256378735</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Arkana'nın Şafağı Cilt 1</t>
+          <t>Conan The Barbarian 20</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786256378698</t>
+          <t>9786256378728</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 31 - Köküne Kadar Çürümüş</t>
+          <t>Conan The Barbarian 19</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786256378674</t>
+          <t>9786256378711</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 30 - Yeni Dünya Düzeni</t>
+          <t>Conan The Barbarian 18</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786256378612</t>
+          <t>9786256378681</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Kunteper Canavarı 3. Kitap - Zın Zın Zın</t>
+          <t>Conan The Barbarian 17</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786256378605</t>
+          <t>9786256378759</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Kötü Kedi Şerafettin 4. Kitap</t>
+          <t>Pesimistik Hikayeler 2</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786256378452</t>
+          <t>9786256378650</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Vol.5 Cilt 5 - Perde Arkası</t>
+          <t>Zom 100 Cilt 5</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>460</v>
+        <v>220</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786256378445</t>
+          <t>9786256378636</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Spider-Man Vol 5 Cilt 4 - Av Oyunu</t>
+          <t>Elfen Lied Cilt 12</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>820</v>
+        <v>220</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786256378513</t>
+          <t>9786256378667</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Sınıfı 3 - Cilt 1</t>
+          <t>Arkana'nın Şafağı Cilt 1</t>
         </is>
       </c>
       <c r="C435" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786256378490</t>
+          <t>9786256378698</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Elfen Lied Cilt 9</t>
+          <t>Yürüyen Ölüler 31 - Köküne Kadar Çürümüş</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786256378520</t>
+          <t>9786256378674</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Elfen Lied Cilt 10</t>
+          <t>Yürüyen Ölüler 30 - Yeni Dünya Düzeni</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786256378421</t>
+          <t>9786256378612</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Venom Cilt 3 - Absolute Carnage Cilt 1</t>
+          <t>Kunteper Canavarı 3. Kitap - Zın Zın Zın</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786256378360</t>
+          <t>9786256378605</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Ruhsuz Sayı 1</t>
+          <t>Kötü Kedi Şerafettin 4. Kitap</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786256378377</t>
+          <t>9786256378452</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Gerçeklik Düğümü</t>
+          <t>Amazing Spider-Man Vol.5 Cilt 5 - Perde Arkası</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>250</v>
+        <v>460</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786256378384</t>
+          <t>9786256378445</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Mis Dergi Cilt 2</t>
+          <t>Spider-Man Vol 5 Cilt 4 - Av Oyunu</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>160</v>
+        <v>820</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786256378353</t>
+          <t>9786256378513</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Kahramanım Cilt 4</t>
+          <t>Dövüş Sınıfı 3 - Cilt 1</t>
         </is>
       </c>
       <c r="C442" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786256378339</t>
+          <t>9786256378490</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Kahramanım 3</t>
+          <t>Elfen Lied Cilt 9</t>
         </is>
       </c>
       <c r="C443" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786257646758</t>
+          <t>9786256378520</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Paper Girls Cilt 1</t>
+          <t>Elfen Lied Cilt 10</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>440</v>
+        <v>220</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786257646789</t>
+          <t>9786256378421</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Black Hammer Cilt 2 - Hadise</t>
+          <t>Venom Cilt 3 - Absolute Carnage Cilt 1</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786256378278</t>
+          <t>9786256378360</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Elfen Lied Cilt 8</t>
+          <t>Ruhsuz Sayı 1</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786256378261</t>
+          <t>9786256378377</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Essex County Koleksiyon Sayısı</t>
+          <t>Gerçeklik Düğümü</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>700</v>
+        <v>250</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786257646666</t>
+          <t>9786256378384</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man</t>
+          <t>Mis Dergi Cilt 2</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786256378148</t>
+          <t>9786256378353</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Southern Bastards Cilt 4 - Gaza Getirmek</t>
+          <t>Ben Bir Kahramanım Cilt 4</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>375</v>
+        <v>220</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786256378087</t>
+          <t>9786256378339</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Southern Bastards Cilt 3 - Eve Dönüş</t>
+          <t>Ben Bir Kahramanım 3</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>375</v>
+        <v>220</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786256378216</t>
+          <t>9786257646758</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Silver Surfer 4</t>
+          <t>Paper Girls Cilt 1</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>160</v>
+        <v>440</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786256378223</t>
+          <t>9786257646789</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Silver Surfer 1</t>
+          <t>Black Hammer Cilt 2 - Hadise</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>160</v>
+        <v>390</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786256378254</t>
+          <t>9786256378278</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 16</t>
+          <t>Elfen Lied Cilt 8</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786256378247</t>
+          <t>9786256378261</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 15</t>
+          <t>Essex County Koleksiyon Sayısı</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>120</v>
+        <v>700</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786256378230</t>
+          <t>9786257646666</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 14</t>
+          <t>Amazing Spider-Man</t>
         </is>
       </c>
       <c r="C455" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786256378209</t>
+          <t>9786256378148</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 13</t>
+          <t>Southern Bastards Cilt 4 - Gaza Getirmek</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>120</v>
+        <v>375</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786256378100</t>
+          <t>9786256378087</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Crossover Cilt 2 - 10 Sent Salgını</t>
+          <t>Southern Bastards Cilt 3 - Eve Dönüş</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>405</v>
+        <v>375</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786256378117</t>
+          <t>9786256378216</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Archie Cilt 1</t>
+          <t>Silver Surfer 4</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>375</v>
+        <v>160</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786256378124</t>
+          <t>9786256378223</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Eşyalar Hanı Cilt 2</t>
+          <t>Silver Surfer 1</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786256378094</t>
+          <t>9786256378254</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Eşyalar Hanı Cilt 1</t>
+          <t>Conan The Barbarian 16</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786256378070</t>
+          <t>9786256378247</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Komi Konuşmaktan Korkuyor Cilt 3</t>
+          <t>Conan The Barbarian 15</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786256378155</t>
+          <t>9786256378230</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Sevdiğin Ben</t>
+          <t>Conan The Barbarian 14</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>330</v>
+        <v>120</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786257646772</t>
+          <t>9786256378209</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Pesimistik Hikayeler</t>
+          <t>Conan The Barbarian 13</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786257646994</t>
+          <t>9786256378100</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Fantastic Four - Sil Baştan</t>
+          <t>Crossover Cilt 2 - 10 Sent Salgını</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>350</v>
+        <v>405</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786257646987</t>
+          <t>9786256378117</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Venom Cilt 1 - Rex</t>
+          <t>Archie Cilt 1</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>440</v>
+        <v>375</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786256378056</t>
+          <t>9786256378124</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Elfen Lied Cilt 7</t>
+          <t>Kayıp Eşyalar Hanı Cilt 2</t>
         </is>
       </c>
       <c r="C466" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786256378049</t>
+          <t>9786256378094</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Elfen Lied Cilt 6</t>
+          <t>Kayıp Eşyalar Hanı Cilt 1</t>
         </is>
       </c>
       <c r="C467" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786256378032</t>
+          <t>9786256378070</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Elfen Lied Cilt 5</t>
+          <t>Komi Konuşmaktan Korkuyor Cilt 3</t>
         </is>
       </c>
       <c r="C468" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786257646765</t>
+          <t>9786256378155</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Paper Girls Cilt 2</t>
+          <t>Karanlıkta Sevdiğin Ben</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>400</v>
+        <v>330</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786257646956</t>
+          <t>9786257646772</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>En Kahraman Rıdvan Cilt 14 - Bay Karanlık / Entegra</t>
+          <t>Pesimistik Hikayeler</t>
         </is>
       </c>
       <c r="C470" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786257646970</t>
+          <t>9786257646994</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Aynalı Teke - Sonsuz Av</t>
+          <t>Fantastic Four - Sil Baştan</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786257646963</t>
+          <t>9786257646987</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Ultimate Fallout #4</t>
+          <t>Venom Cilt 1 - Rex</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>120</v>
+        <v>440</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786257646819</t>
+          <t>9786256378056</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Gizli İmparatorluk Cilt 2</t>
+          <t>Elfen Lied Cilt 7</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>760</v>
+        <v>220</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786257646796</t>
+          <t>9786256378049</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Spider-Geddon</t>
+          <t>Elfen Lied Cilt 6</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>440</v>
+        <v>220</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786257646895</t>
+          <t>9786256378032</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Komi Konuşmaktan Korkuyor Cilt 2</t>
+          <t>Elfen Lied Cilt 5</t>
         </is>
       </c>
       <c r="C475" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786257646949</t>
+          <t>9786257646765</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Elfen Lied Cilt 4</t>
+          <t>Paper Girls Cilt 2</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786257646925</t>
+          <t>9786257646956</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Breaker Cilt 7</t>
+          <t>En Kahraman Rıdvan Cilt 14 - Bay Karanlık / Entegra</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786257646857</t>
+          <t>9786257646970</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Kahramanım Cilt 2</t>
+          <t>Aynalı Teke - Sonsuz Av</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786257646840</t>
+          <t>9786257646963</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>İkigami Cilt 10</t>
+          <t>Ultimate Fallout #4</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786257646864</t>
+          <t>9786257646819</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Bitikler İçin Olumlamalar</t>
+          <t>Gizli İmparatorluk Cilt 2</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>150</v>
+        <v>760</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786257646901</t>
+          <t>9786257646796</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Roman Çetesi 3 - Her Sırta Ayrı Hançer</t>
+          <t>Spider-Geddon</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786257646918</t>
+          <t>9786257646895</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Çarpışma Cilt 2</t>
+          <t>Komi Konuşmaktan Korkuyor Cilt 2</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786257646741</t>
+          <t>9786257646949</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Thor ve Loki: Çifte Bela 4</t>
+          <t>Elfen Lied Cilt 4</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786257646734</t>
+          <t>9786257646925</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Thor ve Loki: Çifte Bela 3</t>
+          <t>Breaker Cilt 7</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786257646727</t>
+          <t>9786257646857</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Thor ve Loki: Çifte Bela 2</t>
+          <t>Ben Bir Kahramanım Cilt 2</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786257646710</t>
+          <t>9786257646840</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Thor ve Loki: Çifte Bela 1</t>
+          <t>İkigami Cilt 10</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786257646697</t>
+          <t>9786257646864</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Thor: Şimşek Tanrıçası</t>
+          <t>Bitikler İçin Olumlamalar</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786257646680</t>
+          <t>9786257646901</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Thor - God of Thunder Cilt 4</t>
+          <t>Çizgi Roman Çetesi 3 - Her Sırta Ayrı Hançer</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786257646673</t>
+          <t>9786257646918</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Thor - God of Thunder Cilt 3</t>
+          <t>Çarpışma Cilt 2</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786259503530</t>
+          <t>9786257646741</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Kunteper Canavarı 2. Kitap - Zın Zın</t>
+          <t>Thor ve Loki: Çifte Bela 4</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786257646543</t>
+          <t>9786257646734</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Immortal Hulk Cilt 2 - Yeşil Kapı</t>
+          <t>Thor ve Loki: Çifte Bela 3</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786257646574</t>
+          <t>9786257646727</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 12</t>
+          <t>Thor ve Loki: Çifte Bela 2</t>
         </is>
       </c>
       <c r="C492" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786257646529</t>
+          <t>9786257646710</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Vol.5 Cilt: 3 - Ömür Boyu Başarı</t>
+          <t>Thor ve Loki: Çifte Bela 1</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786257646536</t>
+          <t>9786257646697</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt: 32 - Son Arzu</t>
+          <t>Thor: Şimşek Tanrıçası</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786257646499</t>
+          <t>9786257646680</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Crossover Cilt 1</t>
+          <t>Thor - God of Thunder Cilt 4</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>405</v>
+        <v>500</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786257646482</t>
+          <t>9786257646673</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Komi Konuşmaktan Korkuyor Cilt 1</t>
+          <t>Thor - God of Thunder Cilt 3</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>220</v>
+        <v>480</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786257646178</t>
+          <t>9786259503530</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Taksi Hikayeleri 2</t>
+          <t>Kunteper Canavarı 2. Kitap - Zın Zın</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786057784261</t>
+          <t>9786257646543</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Beş Yaprak 2</t>
+          <t>Immortal Hulk Cilt 2 - Yeşil Kapı</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786257646451</t>
+          <t>9786257646574</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Kahramanım 1</t>
+          <t>Conan The Barbarian 12</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786257646345</t>
+          <t>9786257646529</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Sabrina ve Tüyler Ürpertici Maceraları</t>
+          <t>Amazing Spider-Man Vol.5 Cilt: 3 - Ömür Boyu Başarı</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>390</v>
+        <v>360</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786257646338</t>
+          <t>9786257646536</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Şeker Canavarı 2</t>
+          <t>Amazing Spider-Man Cilt: 32 - Son Arzu</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786257646314</t>
+          <t>9786257646499</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Beş Yaprak 7</t>
+          <t>Crossover Cilt 1</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>220</v>
+        <v>405</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786257646307</t>
+          <t>9786257646482</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>İkigami 7</t>
+          <t>Komi Konuşmaktan Korkuyor Cilt 1</t>
         </is>
       </c>
       <c r="C503" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786257646284</t>
+          <t>9786257646178</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Witch Hunter - Cadı Avcısı Cilt 05</t>
+          <t>Taksi Hikayeleri 2</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786257646277</t>
+          <t>9786057784261</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>En Kahraman Rıdvan 13 - Zaman Tüneli</t>
+          <t>Beş Yaprak 2</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786257646246</t>
+          <t>9786257646451</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt 29 - Dünyanın Her Yeri</t>
+          <t>Ben Bir Kahramanım 1</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>540</v>
+        <v>220</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786257646239</t>
+          <t>9786257646345</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 28 - Kıyamet</t>
+          <t>Sabrina ve Tüyler Ürpertici Maceraları</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786257646215</t>
+          <t>9786257646338</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Black Hammer 1</t>
+          <t>Şeker Canavarı 2</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>435</v>
+        <v>360</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786257646208</t>
+          <t>9786257646314</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Conan 11</t>
+          <t>Beş Yaprak 7</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786257646192</t>
+          <t>9786257646307</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>God Country</t>
+          <t>İkigami 7</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786257646154</t>
+          <t>9786257646284</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Beş Yaprak Cilt 6</t>
+          <t>Witch Hunter - Cadı Avcısı Cilt 05</t>
         </is>
       </c>
       <c r="C511" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786257646147</t>
+          <t>9786257646277</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Conan 10</t>
+          <t>En Kahraman Rıdvan 13 - Zaman Tüneli</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786257646130</t>
+          <t>9786257646246</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Conan 9</t>
+          <t>Amazing Spider-Man Cilt 29 - Dünyanın Her Yeri</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>120</v>
+        <v>540</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786257646093</t>
+          <t>9786257646239</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Dev Avcısı</t>
+          <t>Yürüyen Ölüler 28 - Kıyamet</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786257646031</t>
+          <t>9786257646215</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Roman Çetesi 2 -Birbirine Mezar Kazan Can Dostlar</t>
+          <t>Black Hammer 1</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>250</v>
+        <v>435</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786259503523</t>
+          <t>9786257646208</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Kötü Kedi Şerafettin 2</t>
+          <t>Conan 11</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786257646635</t>
+          <t>9786257646192</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Elfen Lied Cilt 3</t>
+          <t>God Country</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786257646642</t>
+          <t>9786257646154</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Zom 100 Cilt 2</t>
+          <t>Beş Yaprak Cilt 6</t>
         </is>
       </c>
       <c r="C518" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786257646611</t>
+          <t>9786257646147</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>İkigami Cilt 9</t>
+          <t>Conan 10</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786257646604</t>
+          <t>9786257646130</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Elfen Lied Cilt 2</t>
+          <t>Conan 9</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786257646598</t>
+          <t>9786257646093</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Breaker Cilt 6</t>
+          <t>Dev Avcısı</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786257646628</t>
+          <t>9786257646031</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Zom 100 Cilt 1</t>
+          <t>Çizgi Roman Çetesi 2 -Birbirine Mezar Kazan Can Dostlar</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786257646406</t>
+          <t>9786259503523</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Lady Killer Cilt 1 - Seattle 1962</t>
+          <t>Kötü Kedi Şerafettin 2</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>345</v>
+        <v>350</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786257646413</t>
+          <t>9786257646635</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Lady Killer Cilt 2 - Cocoa Beach 1963</t>
+          <t>Elfen Lied Cilt 3</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>345</v>
+        <v>220</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786257646437</t>
+          <t>9786257646642</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>İkigami 8</t>
+          <t>Zom 100 Cilt 2</t>
         </is>
       </c>
       <c r="C525" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786257646420</t>
+          <t>9786257646611</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Beş Yaprak 8</t>
+          <t>İkigami Cilt 9</t>
         </is>
       </c>
       <c r="C526" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786257646444</t>
+          <t>9786257646604</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Elfen Lied Cilt 1</t>
+          <t>Elfen Lied Cilt 2</t>
         </is>
       </c>
       <c r="C527" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786257646116</t>
+          <t>9786257646598</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Şeker Canavarı 1: Ormanın Derinliklerinden Çıkış</t>
+          <t>Breaker Cilt 6</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>315</v>
+        <v>220</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786257646079</t>
+          <t>9786257646628</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 40</t>
+          <t>Zom 100 Cilt 1</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786257646062</t>
+          <t>9786257646406</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 39</t>
+          <t>Lady Killer Cilt 1 - Seattle 1962</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>120</v>
+        <v>345</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786257646055</t>
+          <t>9786257646413</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 38</t>
+          <t>Lady Killer Cilt 2 - Cocoa Beach 1963</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>120</v>
+        <v>345</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786257646017</t>
+          <t>9786257646437</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 28 - Lotus Tahtı</t>
+          <t>İkigami 8</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786057784766</t>
+          <t>9786257646420</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Berlin - Işık Şehir Üçüncü Kitap</t>
+          <t>Beş Yaprak 8</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786057784995</t>
+          <t>9786257646444</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 8</t>
+          <t>Elfen Lied Cilt 1</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786057784988</t>
+          <t>9786257646116</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 7</t>
+          <t>Şeker Canavarı 1: Ormanın Derinliklerinden Çıkış</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>120</v>
+        <v>315</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786057784940</t>
+          <t>9786257646079</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Beş Yaprak 5</t>
+          <t>Rick and Morty 40</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786057784933</t>
+          <t>9786257646062</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>İkigami 5 - Boyanmış Ruh</t>
+          <t>Rick and Morty 39</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786057784971</t>
+          <t>9786257646055</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Kunteper Canavarı 1 - Zın</t>
+          <t>Rick and Morty 38</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786057784926</t>
+          <t>9786257646017</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 26 - Karanlıkta Mücadele</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 28 - Lotus Tahtı</t>
         </is>
       </c>
       <c r="C539" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786057784957</t>
+          <t>9786057784766</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 27 - Savaş Arifesi</t>
+          <t>Berlin - Işık Şehir Üçüncü Kitap</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786057784902</t>
+          <t>9786057784995</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Rick And Morty 35</t>
+          <t>Conan The Barbarian 8</t>
         </is>
       </c>
       <c r="C541" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786057784896</t>
+          <t>9786057784988</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 34</t>
+          <t>Conan The Barbarian 7</t>
         </is>
       </c>
       <c r="C542" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786057784889</t>
+          <t>9786057784940</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 33</t>
+          <t>Beş Yaprak 5</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786057784919</t>
+          <t>9786057784933</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 36</t>
+          <t>İkigami 5 - Boyanmış Ruh</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786057784858</t>
+          <t>9786057784971</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 30</t>
+          <t>Kunteper Canavarı 1 - Zın</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786057784872</t>
+          <t>9786057784926</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 32</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 26 - Karanlıkta Mücadele</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786057784865</t>
+          <t>9786057784957</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 31</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 27 - Savaş Arifesi</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786057784841</t>
+          <t>9786057784902</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 29</t>
+          <t>Rick And Morty 35</t>
         </is>
       </c>
       <c r="C548" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786057784827</t>
+          <t>9786057784896</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>İkigami Cilt 4 - Son Ders</t>
+          <t>Rick and Morty 34</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786057784810</t>
+          <t>9786057784889</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>İkigami 3 - Kontrolden Çıkan Hayat</t>
+          <t>Rick and Morty 33</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786057784735</t>
+          <t>9786057784919</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 28</t>
+          <t>Rick and Morty 36</t>
         </is>
       </c>
       <c r="C551" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786057784834</t>
+          <t>9786057784858</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Beş Yaprak 4</t>
+          <t>Rick and Morty 30</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786057784803</t>
+          <t>9786057784872</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Beş Yaprak 3</t>
+          <t>Rick and Morty 32</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786057784711</t>
+          <t>9786057784865</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 26</t>
+          <t>Rick and Morty 31</t>
         </is>
       </c>
       <c r="C554" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786057784742</t>
+          <t>9786057784841</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 24 - Küçücük Ellerde</t>
+          <t>Rick and Morty 29</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786057784759</t>
+          <t>9786057784827</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 25 - Belki Ölümde</t>
+          <t>İkigami Cilt 4 - Son Ders</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786057784704</t>
+          <t>9786057784810</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 25</t>
+          <t>İkigami 3 - Kontrolden Çıkan Hayat</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786057784667</t>
+          <t>9786057784735</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Gece Acıkması ve Diğer Hikayeler - Solo</t>
+          <t>Rick and Morty 28</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786057784674</t>
+          <t>9786057784834</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Cilt: 28 - Ufuktaki Tehlike</t>
+          <t>Beş Yaprak 4</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786057784698</t>
+          <t>9786057784803</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 26</t>
+          <t>Beş Yaprak 3</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>480</v>
+        <v>220</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786057784643</t>
+          <t>9786057784711</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 25</t>
+          <t>Rick and Morty 26</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>480</v>
+        <v>120</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786057784629</t>
+          <t>9786057784742</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 24</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 24 - Küçücük Ellerde</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786057784681</t>
+          <t>9786057784759</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 6</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 25 - Belki Ölümde</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786057784650</t>
+          <t>9786057784704</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 5</t>
+          <t>Rick and Morty 25</t>
         </is>
       </c>
       <c r="C564" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786057784605</t>
+          <t>9786057784667</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Örümcek Adam ve Venom: Çifte Bela Sayı 4</t>
+          <t>Gece Acıkması ve Diğer Hikayeler - Solo</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786057784506</t>
+          <t>9786057784674</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 22</t>
+          <t>Amazing Spider-Man Cilt: 28 - Ufuktaki Tehlike</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786057784483</t>
+          <t>9786057784698</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 21</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 26</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>120</v>
+        <v>480</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786057784469</t>
+          <t>9786057784643</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 4</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 25</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>120</v>
+        <v>480</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786057784476</t>
+          <t>9786057784629</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 20</t>
+          <t>Rick and Morty 24</t>
         </is>
       </c>
       <c r="C569" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786057784445</t>
+          <t>9786057784681</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 19</t>
+          <t>Conan The Barbarian 6</t>
         </is>
       </c>
       <c r="C570" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786057784452</t>
+          <t>9786057784650</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 3</t>
+          <t>Conan The Barbarian 5</t>
         </is>
       </c>
       <c r="C571" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786057784421</t>
+          <t>9786057784605</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Chew Cilt 6 - Kafa Yapan Kekler</t>
+          <t>Örümcek Adam ve Venom: Çifte Bela Sayı 4</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>460</v>
+        <v>120</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786057784391</t>
+          <t>9786057784506</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Southern Bastards 2 - Arena</t>
+          <t>Rick and Morty 22</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>285</v>
+        <v>120</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786057784353</t>
+          <t>9786057784483</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Periler Ülkesi'nden Nefret Ediyorum Cilt 2</t>
+          <t>Rick and Morty 21</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>420</v>
+        <v>120</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786057784360</t>
+          <t>9786057784469</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Saga Cilt 6</t>
+          <t>Conan The Barbarian 4</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>460</v>
+        <v>120</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786057784384</t>
+          <t>9786057784476</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Southern Bastards 1 - Adam Gibi Adamdı</t>
+          <t>Rick and Morty 20</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786057784339</t>
+          <t>9786057784445</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Gizli İmparatorluk Cilt: 1</t>
+          <t>Rick and Morty 19</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>760</v>
+        <v>120</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786057784377</t>
+          <t>9786057784452</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>The Breaker Cilt 4</t>
+          <t>Conan The Barbarian 3</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786057784322</t>
+          <t>9786057784421</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 2</t>
+          <t>Chew Cilt 6 - Kafa Yapan Kekler</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>120</v>
+        <v>460</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786057784278</t>
+          <t>9786057784391</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Sudaki Kan - Doğum - Venom Cilt 3</t>
+          <t>Southern Bastards 2 - Arena</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>390</v>
+        <v>285</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786057784292</t>
+          <t>9786057784353</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 18</t>
+          <t>Periler Ülkesi'nden Nefret Ediyorum Cilt 2</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>120</v>
+        <v>420</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786057784285</t>
+          <t>9786057784360</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 17</t>
+          <t>Saga Cilt 6</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>120</v>
+        <v>460</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786057784247</t>
+          <t>9786057784384</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Captain America Cilt 3: İmparatorluk Gelişiyor</t>
+          <t>Southern Bastards 1 - Adam Gibi Adamdı</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>480</v>
+        <v>300</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786057784216</t>
+          <t>9786057784339</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 22 - Cennet ve Yeryüzü</t>
+          <t>Gizli İmparatorluk Cilt: 1</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>320</v>
+        <v>760</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786057784223</t>
+          <t>9786057784377</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 23 - Buzdan Gözyaşları</t>
+          <t>The Breaker Cilt 4</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786057784179</t>
+          <t>9786057784322</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>En Kahraman Rıdvan 12 - Afrodistan</t>
+          <t>Conan The Barbarian 2</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786057784162</t>
+          <t>9786057784278</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Çarpışma 4</t>
+          <t>Sudaki Kan - Doğum - Venom Cilt 3</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786057784209</t>
+          <t>9786057784292</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 16</t>
+          <t>Rick and Morty 18</t>
         </is>
       </c>
       <c r="C588" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786057784193</t>
+          <t>9786057784285</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 15</t>
+          <t>Rick and Morty 17</t>
         </is>
       </c>
       <c r="C589" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786057784186</t>
+          <t>9786057784247</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 14</t>
+          <t>Captain America Cilt 3: İmparatorluk Gelişiyor</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>120</v>
+        <v>480</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786057784070</t>
+          <t>9786057784216</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 24</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 22 - Cennet ve Yeryüzü</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>480</v>
+        <v>320</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786057784087</t>
+          <t>9786057784223</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 23</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 23 - Buzdan Gözyaşları</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>480</v>
+        <v>320</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786057784124</t>
+          <t>9786057784179</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Captain America Cilt 2 - Maria Hill’in Mahkemesi</t>
+          <t>En Kahraman Rıdvan 12 - Afrodistan</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786057784131</t>
+          <t>9786057784162</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Moon Knight Cilt 3 - Doğum ve Ölüm</t>
+          <t>Çarpışma 4</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786057784148</t>
+          <t>9786057784209</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Mister Miracle Cilt: 2</t>
+          <t>Rick and Morty 16</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>390</v>
+        <v>120</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786057784117</t>
+          <t>9786057784193</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Mister Miracle Cilt: 1</t>
+          <t>Rick and Morty 15</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>390</v>
+        <v>120</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786057784056</t>
+          <t>9786057784186</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian 1</t>
+          <t>Rick and Morty 14</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786057784094</t>
+          <t>9786057784070</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Beş Yaprak 1</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 24</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>220</v>
+        <v>480</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786057784001</t>
+          <t>9786057784087</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>En Kahraman Rıdvan 1 - Pislik</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 23</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786057784018</t>
+          <t>9786057784124</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Roman Çetesi 1 - Eşşek Cennetine Yolculuk</t>
+          <t>Captain America Cilt 2 - Maria Hill’in Mahkemesi</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786056939884</t>
+          <t>9786057784131</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 12</t>
+          <t>Moon Knight Cilt 3 - Doğum ve Ölüm</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786056939891</t>
+          <t>9786057784148</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 13</t>
+          <t>Mister Miracle Cilt: 2</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>120</v>
+        <v>390</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786056939877</t>
+          <t>9786057784117</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 11</t>
+          <t>Mister Miracle Cilt: 1</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>120</v>
+        <v>390</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786056939815</t>
+          <t>9786057784056</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Bu Bi' Kuş</t>
+          <t>Conan The Barbarian 1</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>360</v>
+        <v>175</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786056939808</t>
+          <t>9786057784094</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Uyanış - Monstress Cilt 1</t>
+          <t>Beş Yaprak 1</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>600</v>
+        <v>220</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786056924354</t>
+          <t>9786057784001</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 10</t>
+          <t>En Kahraman Rıdvan 1 - Pislik</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786056924347</t>
+          <t>9786057784018</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 9</t>
+          <t>Çizgi Roman Çetesi 1 - Eşşek Cennetine Yolculuk</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786056924361</t>
+          <t>9786056939884</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Guardians Team-Up</t>
+          <t>Rick and Morty 12</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786056924378</t>
+          <t>9786056939891</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>All New X-Men Cilt 6: Büyük Macera ve Ütopialılar</t>
+          <t>Rick and Morty 13</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>580</v>
+        <v>120</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786056924309</t>
+          <t>9786056939877</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Captain America Steve Rogers Cilt: 1 - Çok Yaşa Hydra</t>
+          <t>Rick and Morty 11</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786056889899</t>
+          <t>9786056939815</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Kara Girdap</t>
+          <t>Bu Bi' Kuş</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>860</v>
+        <v>360</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786059469890</t>
+          <t>9786056939808</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 21 - Ölümün Tatlı Kokusu</t>
+          <t>Uyanış - Monstress Cilt 1</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>320</v>
+        <v>600</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786056924330</t>
+          <t>9786056924354</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 8</t>
+          <t>Rick and Morty 10</t>
         </is>
       </c>
       <c r="C613" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786056924323</t>
+          <t>9786056924347</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 7</t>
+          <t>Rick and Morty 9</t>
         </is>
       </c>
       <c r="C614" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786059469883</t>
+          <t>9786056924361</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 20 - Zehir Tadı</t>
+          <t>Guardians Team-Up</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786059469920</t>
+          <t>9786056924378</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Babil Şerifi Cilt 2: Pat Pat Pat</t>
+          <t>All New X-Men Cilt 6: Büyük Macera ve Ütopialılar</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>360</v>
+        <v>580</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786056889882</t>
+          <t>9786056924309</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Diktatör: En Kahraman Rıdvan Cilt 11</t>
+          <t>Captain America Steve Rogers Cilt: 1 - Çok Yaşa Hydra</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786056889820</t>
+          <t>9786056889899</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 6</t>
+          <t>Kara Girdap</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>120</v>
+        <v>860</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786056889813</t>
+          <t>9786059469890</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 5</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 21 - Ölümün Tatlı Kokusu</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786059469944</t>
+          <t>9786056924330</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Metin Annesini Arıyor</t>
+          <t>Rick and Morty 8</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786059469982</t>
+          <t>9786056924323</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Çarpışma 3</t>
+          <t>Rick and Morty 7</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786059469937</t>
+          <t>9786059469883</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Macerayı Seven Adam</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 20 - Zehir Tadı</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786059469876</t>
+          <t>9786059469920</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Cadı Avcısı - Witch Hunter Cilt 2</t>
+          <t>Babil Şerifi Cilt 2: Pat Pat Pat</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786059469906</t>
+          <t>9786056889882</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Babil Şerifi 1</t>
+          <t>Diktatör: En Kahraman Rıdvan Cilt 11</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786059469869</t>
+          <t>9786056889820</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>The Breaker Cilt 3</t>
+          <t>Rick and Morty 6</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786059469845</t>
+          <t>9786056889813</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Rick and Morty 2</t>
+          <t>Rick and Morty 5</t>
         </is>
       </c>
       <c r="C626" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786059469753</t>
+          <t>9786059469944</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt Ve Yavrusu Cilt 19 - Kalbimizdeki Ay</t>
+          <t>Metin Annesini Arıyor</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786059469760</t>
+          <t>9786059469982</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Chew Cilt 5 Chew Süper Ligi</t>
+          <t>Çarpışma 3</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>285</v>
+        <v>250</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786059469777</t>
+          <t>9786059469937</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Saga Cilt: 5</t>
+          <t>Macerayı Seven Adam</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>460</v>
+        <v>250</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786059469722</t>
+          <t>9786059469876</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Cadı Avcısı - Witch Hunter Cilt 1</t>
+          <t>Cadı Avcısı - Witch Hunter Cilt 2</t>
         </is>
       </c>
       <c r="C630" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786059469739</t>
+          <t>9786059469906</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Danger Girl Özel Koleksiyon</t>
+          <t>Babil Şerifi 1</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>680</v>
+        <v>390</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786059469692</t>
+          <t>9786059469869</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Guardians Of The Galaxy</t>
+          <t>The Breaker Cilt 3</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>540</v>
+        <v>220</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786059469623</t>
+          <t>9786059469845</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Perihan</t>
+          <t>Rick and Morty 2</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786059469647</t>
+          <t>9786059469753</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Uncanny X-Men Cilt 6: Hikayeler Kuşağı</t>
+          <t>Yalnız Kurt Ve Yavrusu Cilt 19 - Kalbimizdeki Ay</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786059469630</t>
+          <t>9786059469760</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Uncanny X-Men Cilt 5: Omega Mutant</t>
+          <t>Chew Cilt 5 Chew Süper Ligi</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>420</v>
+        <v>285</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786059469579</t>
+          <t>9786059469777</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 22</t>
+          <t>Saga Cilt: 5</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>480</v>
+        <v>460</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786059469562</t>
+          <t>9786059469722</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 21</t>
+          <t>Cadı Avcısı - Witch Hunter Cilt 1</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>480</v>
+        <v>220</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786059469609</t>
+          <t>9786059469739</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Thor: God of Thunder Cilt 01 - Tanrı Kasabı</t>
+          <t>Danger Girl Özel Koleksiyon</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>270</v>
+        <v>680</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786059469555</t>
+          <t>9786059469692</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Şeytani İlahi Cilt 2</t>
+          <t>Guardians Of The Galaxy</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>580</v>
+        <v>540</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786059469456</t>
+          <t>9786059469623</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>All-New X-Men Cilt: 5 - Eksi Bir</t>
+          <t>Perihan</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>460</v>
+        <v>150</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786059469500</t>
+          <t>9786059469647</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Punisher Max Cilt: 10 - Valley Forge, Valley Forge</t>
+          <t>Uncanny X-Men Cilt 6: Hikayeler Kuşağı</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>440</v>
+        <v>400</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786059469449</t>
+          <t>9786059469630</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Uncanny X-Men Cilt: 4 - S.H.I.E.L.D.'a Karşı</t>
+          <t>Uncanny X-Men Cilt 5: Omega Mutant</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>500</v>
+        <v>420</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786059469463</t>
+          <t>9786059469579</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Zavallı Polat - İmkansız Yolculuk</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 22</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>180</v>
+        <v>480</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786059985949</t>
+          <t>9786059469562</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 26 - Silah Başına</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 21</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>350</v>
+        <v>480</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786059469401</t>
+          <t>9786059469609</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Captain America'nın Ölümü Cilt 3 -Amerika'yı Satan Adam</t>
+          <t>Thor: God of Thunder Cilt 01 - Tanrı Kasabı</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>440</v>
+        <v>270</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786059469296</t>
+          <t>9786059469555</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>NYX - Özenti</t>
+          <t>Şeytani İlahi Cilt 2</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>600</v>
+        <v>580</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786059469302</t>
+          <t>9786059469456</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Onedin</t>
+          <t>All-New X-Men Cilt: 5 - Eksi Bir</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>250</v>
+        <v>460</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786059469180</t>
+          <t>9786059469500</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 20</t>
+          <t>Punisher Max Cilt: 10 - Valley Forge, Valley Forge</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>480</v>
+        <v>440</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786059469272</t>
+          <t>9786059469449</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Şeytani - İlahi</t>
+          <t>Uncanny X-Men Cilt: 4 - S.H.I.E.L.D.'a Karşı</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>520</v>
+        <v>500</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786059469197</t>
+          <t>9786059469463</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider-Man Team-UP 4</t>
+          <t>Zavallı Polat - İmkansız Yolculuk</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786059469234</t>
+          <t>9786059985949</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Punisher Max Cilt: 09 - Uzun Soğuk Karanlık</t>
+          <t>Yürüyen Ölüler 26 - Silah Başına</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786059469203</t>
+          <t>9786059469401</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>XIII Cilt 03 - Jason Fly Dosyası</t>
+          <t>Captain America'nın Ölümü Cilt 3 -Amerika'yı Satan Adam</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786059469210</t>
+          <t>9786059469296</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Guardians of the Galaxy Cilt: 2 - Angela</t>
+          <t>NYX - Özenti</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>480</v>
+        <v>600</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786059469166</t>
+          <t>9786059469302</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt: 18 - Kurokuwa'nın Alacakaranlığı</t>
+          <t>Kaptan Onedin</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786059469142</t>
+          <t>9786059469180</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 19</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 20</t>
         </is>
       </c>
       <c r="C655" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786059469111</t>
+          <t>9786059469272</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Punisher Max Cilt: 8 - Dulbırakan</t>
+          <t>Şeytani - İlahi</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>375</v>
+        <v>520</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786059985963</t>
+          <t>9786059469197</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Hawkeye Cilt: 3 - L.A. Kadını</t>
+          <t>Superior Spider-Man Team-UP 4</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786059469098</t>
+          <t>9786059469234</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Guardians of the Galaxy Cilt: 01 - Kozmik Avengers</t>
+          <t>Punisher Max Cilt: 09 - Uzun Soğuk Karanlık</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>440</v>
+        <v>400</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786059985970</t>
+          <t>9786059469203</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Conan Cilt: 03 - Özgür Yoldaşlar</t>
+          <t>XIII Cilt 03 - Jason Fly Dosyası</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>540</v>
+        <v>250</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786059469050</t>
+          <t>9786059469210</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Uncanny X-Men Cilt: 03 - İyi, Kötü, Inhuman</t>
+          <t>Guardians of the Galaxy Cilt: 2 - Angela</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>380</v>
+        <v>480</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786059469043</t>
+          <t>9786059469166</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider-Man / Team-Up 2</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt: 18 - Kurokuwa'nın Alacakaranlığı</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786059985871</t>
+          <t>9786059469142</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Sayı: 18</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 19</t>
         </is>
       </c>
       <c r="C662" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786059985888</t>
+          <t>9786059469111</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Spider-Man Venom'un Doğuşu Cilt: 1</t>
+          <t>Punisher Max Cilt: 8 - Dulbırakan</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>420</v>
+        <v>375</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786059985819</t>
+          <t>9786059985963</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 17 - Dişlerin İradesi</t>
+          <t>Hawkeye Cilt: 3 - L.A. Kadını</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786059985772</t>
+          <t>9786059469098</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Bouncer Cilt 2 Yılanların Adaleti - Çolak'ın İntikamı - Dişi Kurtların Kurbanları</t>
+          <t>Guardians of the Galaxy Cilt: 01 - Kozmik Avengers</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786059985857</t>
+          <t>9786059985970</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Sayı: 17</t>
+          <t>Conan Cilt: 03 - Özgür Yoldaşlar</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>480</v>
+        <v>540</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786059985796</t>
+          <t>9786059469050</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 16 - Kışa Açılan Kapı</t>
+          <t>Uncanny X-Men Cilt: 03 - İyi, Kötü, Inhuman</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786059985703</t>
+          <t>9786059469043</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>X-Men: Mesih'in Dönüşü Cilt: 2</t>
+          <t>Superior Spider-Man / Team-Up 2</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>560</v>
+        <v>200</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786059985697</t>
+          <t>9786059985871</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>X-Men Mesih'in Dönüşü Cilt 1</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Sayı: 18</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>560</v>
+        <v>480</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786059985611</t>
+          <t>9786059985888</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Superior Spider-Man Cilt 01 - İçimdeki Düşman</t>
+          <t>Spider-Man Venom'un Doğuşu Cilt: 1</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>360</v>
+        <v>420</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786059985512</t>
+          <t>9786059985819</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 15 - Otların Kardeşliği</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 17 - Dişlerin İradesi</t>
         </is>
       </c>
       <c r="C671" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786059985451</t>
+          <t>9786059985772</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Amazing Spider-Man Zalim Altılı</t>
+          <t>Bouncer Cilt 2 Yılanların Adaleti - Çolak'ın İntikamı - Dişi Kurtların Kurbanları</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786059985482</t>
+          <t>9786059985857</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 15</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Sayı: 17</t>
         </is>
       </c>
       <c r="C673" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786059985406</t>
+          <t>9786059985796</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt Ve Yavrusu Cilt 14 - İblislerin Günü</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 16 - Kışa Açılan Kapı</t>
         </is>
       </c>
       <c r="C674" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786059985376</t>
+          <t>9786059985703</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 13 - Doğudaki Ay, Batıdaki Güneş</t>
+          <t>X-Men: Mesih'in Dönüşü Cilt: 2</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>320</v>
+        <v>560</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786059985321</t>
+          <t>9786059985697</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Saga Cilt: 2</t>
+          <t>X-Men Mesih'in Dönüşü Cilt 1</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>460</v>
+        <v>560</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786059985277</t>
+          <t>9786059985611</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 21 - Büyük Savaş 2</t>
+          <t>Superior Spider-Man Cilt 01 - İçimdeki Düşman</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786059985260</t>
+          <t>9786059985512</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Chew 2 - Yaygın Aroma</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 15 - Otların Kardeşliği</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786059985284</t>
+          <t>9786059985451</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 14</t>
+          <t>Amazing Spider-Man Zalim Altılı</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>480</v>
+        <v>450</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786059985291</t>
+          <t>9786059985482</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 22 - Yeni Bir Başlangıç</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 15</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>350</v>
+        <v>480</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786059985192</t>
+          <t>9786059985406</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 20 - Büyük Savaş 1</t>
+          <t>Yalnız Kurt Ve Yavrusu Cilt 14 - İblislerin Günü</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786059985215</t>
+          <t>9786059985376</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 11 - Cehennem Muskası</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 13 - Doğudaki Ay, Batıdaki Güneş</t>
         </is>
       </c>
       <c r="C682" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786059985246</t>
+          <t>9786059985321</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 12 - Kırık Taşlar</t>
+          <t>Saga Cilt: 2</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>320</v>
+        <v>460</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786059985222</t>
+          <t>9786059985277</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 13</t>
+          <t>Yürüyen Ölüler 21 - Büyük Savaş 2</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>480</v>
+        <v>350</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786059985239</t>
+          <t>9786059985260</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Chew 2 - Yaygın Aroma</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786059985208</t>
+          <t>9786059985284</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 12</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 14</t>
         </is>
       </c>
       <c r="C686" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786059985109</t>
+          <t>9786059985291</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Nuh - 2</t>
+          <t>Yürüyen Ölüler 22 - Yeni Bir Başlangıç</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786059985116</t>
+          <t>9786059985192</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Punisher Max Cilt: 3 - Rusya Ana</t>
+          <t>Yürüyen Ölüler 20 - Büyük Savaş 1</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786059985130</t>
+          <t>9786059985215</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 10 - Rehine Çocuk</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 11 - Cehennem Muskası</t>
         </is>
       </c>
       <c r="C689" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9789756129791</t>
+          <t>9786059985246</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>XIII Cilt 2 - Cehennemin Tüm Gözyaşları</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 12 - Kırık Taşlar</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9789756129838</t>
+          <t>9786059985222</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 6 - Ölüler İçin Fenerler</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 13</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>320</v>
+        <v>480</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786059985062</t>
+          <t>9786059985239</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 9 - Suikastçinin Yansıması</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9789756129999</t>
+          <t>9786059985208</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 8 - Ölümün Zincirleri</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 12</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>320</v>
+        <v>480</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786059985123</t>
+          <t>9786059985109</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Sayı: 11</t>
+          <t>Nuh - 2</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>480</v>
+        <v>180</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786059985550</t>
+          <t>9786059985116</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 23 - Fısıltıdan Çığlığa</t>
+          <t>Punisher Max Cilt: 3 - Rusya Ana</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786059985536</t>
+          <t>9786059985130</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 16</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 10 - Rehine Çocuk</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>480</v>
+        <v>320</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9789756129210</t>
+          <t>9789756129791</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 4 - Yaşama Arzusu</t>
+          <t>XIII Cilt 2 - Cehennemin Tüm Gözyaşları</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9789756129197</t>
+          <t>9789756129838</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 3 - Demir Parmaklıklar Ardında</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 6 - Ölüler İçin Fenerler</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9789756129920</t>
+          <t>9786059985062</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 7 - Buluttan Ejderha, Rüzgardan Kaplan</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 9 - Suikastçinin Yansıması</t>
         </is>
       </c>
       <c r="C699" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786059985567</t>
+          <t>9789756129999</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 24 - Yaşam ve Ölüm</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 8 - Ölümün Zincirleri</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786059985529</t>
+          <t>9786059985123</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Avenging Spiderman 5 - Captain Marvel</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Sayı: 11</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786059985581</t>
+          <t>9786059985550</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Hawkeye Cilt: 02 - Küçük İsabetler</t>
+          <t>Yürüyen Ölüler 23 - Fısıltıdan Çığlığa</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9789756129500</t>
+          <t>9786059985536</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler 9 - Geriye Kalanlar</t>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 16</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>350</v>
+        <v>480</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9789756129739</t>
+          <t>9789756129210</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 4 - Çan Bekçisi</t>
+          <t>Yürüyen Ölüler 4 - Yaşama Arzusu</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9789756129579</t>
+          <t>9789756129197</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ve Yavrusu Cilt 1 - Suikastiçinin Yolu</t>
+          <t>Yürüyen Ölüler 3 - Demir Parmaklıklar Ardında</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9789756129227</t>
+          <t>9789756129920</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Red Sonja Kılıçlı Dişi Şeytan Cilt: 2 - Ok Ustası</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 7 - Buluttan Ejderha, Rüzgardan Kaplan</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9789756129425</t>
+          <t>9786059985567</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Renkler Serisi: Hulk - Gri</t>
+          <t>Yürüyen Ölüler 24 - Yaşam ve Ölüm</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>480</v>
+        <v>350</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9789756129517</t>
+          <t>9786059985529</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>House of M</t>
+          <t>Avenging Spiderman 5 - Captain Marvel</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9789756129432</t>
+          <t>9786059985581</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Renkler Serisi: Daredevil - Sarı</t>
+          <t>Hawkeye Cilt: 02 - Küçük İsabetler</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>480</v>
+        <v>420</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9789756129494</t>
+          <t>9789756129500</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Berlin Cilt 2 - Duman Şehir</t>
+          <t>Yürüyen Ölüler 9 - Geriye Kalanlar</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9789756129234</t>
+          <t>9789756129739</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Berlin Cilt 1 - Taş Şehir</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 4 - Çan Bekçisi</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9789756129203</t>
+          <t>9789756129579</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 03</t>
+          <t>Yalnız Kurt ve Yavrusu Cilt 1 - Suikastiçinin Yolu</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>480</v>
+        <v>320</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9789756129142</t>
+          <t>9789756129227</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan’ın Vahşi Kılıcı Sayı: 2</t>
+          <t>Red Sonja Kılıçlı Dişi Şeytan Cilt: 2 - Ok Ustası</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>480</v>
+        <v>330</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9789756129463</t>
+          <t>9789756129425</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 06</t>
+          <t>Renkler Serisi: Hulk - Gri</t>
         </is>
       </c>
       <c r="C714" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9789756129456</t>
+          <t>9789756129517</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 05</t>
+          <t>House of M</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>480</v>
+        <v>600</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9789756129340</t>
+          <t>9789756129432</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 04</t>
+          <t>Renkler Serisi: Daredevil - Sarı</t>
         </is>
       </c>
       <c r="C716" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
+          <t>9789756129494</t>
+        </is>
+      </c>
+      <c r="B717" s="1" t="inlineStr">
+        <is>
+          <t>Berlin Cilt 2 - Duman Şehir</t>
+        </is>
+      </c>
+      <c r="C717" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="718" spans="1:3">
+      <c r="A718" s="1" t="inlineStr">
+        <is>
+          <t>9789756129234</t>
+        </is>
+      </c>
+      <c r="B718" s="1" t="inlineStr">
+        <is>
+          <t>Berlin Cilt 1 - Taş Şehir</t>
+        </is>
+      </c>
+      <c r="C718" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="719" spans="1:3">
+      <c r="A719" s="1" t="inlineStr">
+        <is>
+          <t>9789756129203</t>
+        </is>
+      </c>
+      <c r="B719" s="1" t="inlineStr">
+        <is>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 03</t>
+        </is>
+      </c>
+      <c r="C719" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="720" spans="1:3">
+      <c r="A720" s="1" t="inlineStr">
+        <is>
+          <t>9789756129142</t>
+        </is>
+      </c>
+      <c r="B720" s="1" t="inlineStr">
+        <is>
+          <t>Barbar Conan’ın Vahşi Kılıcı Sayı: 2</t>
+        </is>
+      </c>
+      <c r="C720" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="721" spans="1:3">
+      <c r="A721" s="1" t="inlineStr">
+        <is>
+          <t>9789756129463</t>
+        </is>
+      </c>
+      <c r="B721" s="1" t="inlineStr">
+        <is>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 06</t>
+        </is>
+      </c>
+      <c r="C721" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="722" spans="1:3">
+      <c r="A722" s="1" t="inlineStr">
+        <is>
+          <t>9789756129456</t>
+        </is>
+      </c>
+      <c r="B722" s="1" t="inlineStr">
+        <is>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 05</t>
+        </is>
+      </c>
+      <c r="C722" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="723" spans="1:3">
+      <c r="A723" s="1" t="inlineStr">
+        <is>
+          <t>9789756129340</t>
+        </is>
+      </c>
+      <c r="B723" s="1" t="inlineStr">
+        <is>
+          <t>Barbar Conan'ın Vahşi Kılıcı Cilt 04</t>
+        </is>
+      </c>
+      <c r="C723" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="724" spans="1:3">
+      <c r="A724" s="1" t="inlineStr">
+        <is>
           <t>9789756129128</t>
         </is>
       </c>
-      <c r="B717" s="1" t="inlineStr">
+      <c r="B724" s="1" t="inlineStr">
         <is>
           <t>Barbar Conan'ın Vahşi Kılıcı Cilt: 01</t>
         </is>
       </c>
-      <c r="C717" s="1">
+      <c r="C724" s="1">
         <v>480</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>