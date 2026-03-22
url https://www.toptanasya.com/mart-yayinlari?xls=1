--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -259,51 +259,51 @@
         <is>
           <t>9789757976011</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Sizinkiler - Zeytin İşbaşında</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>46.99</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9789759009700</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Sizinkiler ve Hayvanlar - Bi' Zürafa Eksikti</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9789759009625</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Sizinkiler - Tatilde</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9789757976127</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
@@ -724,111 +724,111 @@
         <is>
           <t>9789757976950</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Sizinkiler - Sihirli Değnek</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>46.99</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9789759009861</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Sizinkiler - Okulumu Seviyorum</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9789759009854</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Sizinkiler - İşte Benim Ailem</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9789757976660</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Sizinkiler Love Is... A Doorknob!</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>8.06</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9789757976196</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Limon ile Zeytin - Oh No! It’s Him Again</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9789759009762</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Sizinkiler - Sürpriiiz!</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9789757976738</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Sizinkiler - Uzayın Esrarı</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>46.99</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9789757976356</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
@@ -949,51 +949,51 @@
         <is>
           <t>9786059987516</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Çıtçıt İle Babişko - Romantik Komedi</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>9786059987615</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Sizinkiler - Müzede Bir Soygun</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>240</v>
+        <v>399</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>9786059987608</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Limon ile Zeytin - Okul Yolları</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>9786059987592</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
@@ -1039,51 +1039,51 @@
         <is>
           <t>9786059987639</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Limon ile Zeytin - Kahkaha At! (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>24.99</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>9786059987530</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Limon ile Zeytin - Uzaktan Kumanda</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>9786059987523</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Limon ile Zeytin - Hayaletli Ev</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>24.99</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>9786059987158</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
@@ -1249,66 +1249,66 @@
         <is>
           <t>9786059987448</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Limon ile Zeytin - Hayat Bilgisi</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>19.99</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>9786059987578</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Limon ile Zeytin - Balon Hırsızları</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t>9786059987585</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Limon ile Zeytin - Kahraman Zeytin</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
           <t>9786059987264</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Limon ile Zeytin - Ay'a Yolculuk</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>19.99</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
           <t>9786059987288</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
@@ -1354,51 +1354,51 @@
         <is>
           <t>9786059987240</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Sizinkiler - Dinozorların Sonu</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
           <t>9789759009977</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Limon ile Zeytin - Aktivite Kitabı 1</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
           <t>9789759009922</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Sizinkiler - Küçük Korsanlar</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>9.99</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
           <t>9789759009939</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
@@ -1444,66 +1444,66 @@
         <is>
           <t>9786059987301</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
           <t>Limon ile Zeytin - Sihirli Annem</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>29.99</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
           <t>9786059987349</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
           <t>Limon ile Zeytin - Hayvan Arkadaşlar</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
           <t>9786059987363</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
           <t>Limon ile Zeytin - Sağlık Olsun</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
           <t>9786059987370</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
           <t>Limon ile Zeytin - Tablo Faciası (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>19.99</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
           <t>9786059987387</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
@@ -1519,51 +1519,51 @@
         <is>
           <t>9786059987356</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
           <t>Limon ile Zeytin - Köpek Bakıcıları</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
           <t>9786059987189</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
           <t>Limon ile Zeytin - İşte Benim Annem</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
           <t>9786059987011</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
           <t>Limon ile Zeytin - Bahçe Keyfi</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>14.99</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
           <t>9786059987400</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
@@ -1759,66 +1759,66 @@
         <is>
           <t>9786059987004</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
           <t>Sizinkiler - Limon ile Çıtçıt'ın Yemek Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
           <t>9786059987295</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
           <t>Çıtçıt ile Babişko - Aşkın Komik Hali</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
           <t>9786059987165</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
           <t>Limon ile Zeytin - Aktivite Kitabı 2</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
           <t>9789759009984</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
           <t>Sizinkiler - Muzip Şakacı</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>9.99</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
           <t>9786059987196</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
@@ -2239,96 +2239,96 @@
         <is>
           <t>9789759009267</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
           <t>Limon ile Zeytin Spor</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>2.78</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
           <t>9789759009694</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
           <t>Limon ile Zeytin - Mumya'nın Gizli Hazinesi Kleopatra'nın Sırrı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
           <t>9789759009649</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
           <t>Limon ile Zeytin - Lanetli Şato</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
           <t>9789759009618</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
           <t>Limon ile Zeytin - Kapsama Alanında Bir Soygun</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
           <t>9789759009670</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
           <t>Limon ile Zeytin - Efsaneler Denizi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
           <t>9789759009199</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
           <t>Limon ile Zeytin Alışveriş</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>2.78</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
           <t>9789757976578</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
@@ -2419,51 +2419,51 @@
         <is>
           <t>9789759009717</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
           <t>Çalış Çalış Nereye Kadar?</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
           <t>9789759009519</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
           <t>Sizinkiler - Bir Aşk Kitabı</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
           <t>9789759009540</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
           <t>Sizinkiler - Annelerin En Güzeli</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>24.99</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
           <t>9789759009816</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
@@ -2629,51 +2629,51 @@
         <is>
           <t>9789757976912</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
           <t>Limon ile Zeytin - Sayılar</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>9.99</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
           <t>9789759009502</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
           <t>Limon ile Zeytin - Satranç Öğretiyor</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
           <t>9789757976424</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
           <t>Limon ile Zeytin Dansa Var Mısın?</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
           <t>9789757976387</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>