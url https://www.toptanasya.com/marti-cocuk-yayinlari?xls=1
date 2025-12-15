--- v0 (2025-10-24)
+++ v1 (2025-12-15)
@@ -85,4705 +85,16000 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786254484353</t>
+          <t>9786053486084</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri 14</t>
+          <t>Sindirella (3 Boyutlu) (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>52</v>
+        <v>150</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786050320763</t>
+          <t>9786053486053</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bir Boyalı Kuş Turuncu</t>
+          <t>Kırmızı Başlıklı Kız (3 Boyutlu) (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786254482069</t>
+          <t>9786053486060</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kedicik - Sihirli Hayvanlar</t>
+          <t>Çizmeli Kedi (3 Boyutlu) (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786254481475</t>
+          <t>9786256934771</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Heceleme - Eğitici Yapboz</t>
+          <t>Paragraflıyorum 4. Sınıf</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786254481468</t>
+          <t>9786256934764</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kelimeleri Hecelerine Ayırıyorum (Ciltli)</t>
+          <t>Paragraflıyorum 3. Sınıf</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786050321616</t>
+          <t>9786254487385</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kolay Toplama - Eğitici Yapboz</t>
+          <t>3. Sınıf Hayat Bilgisi Ünite Hikayeleri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786050321609</t>
+          <t>9786254486739</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İlk Kelimelerim - Eğitici Yapboz</t>
+          <t>4. - 5. Sınıf Pembe Yeni Nesil Hikaye Seti</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786050321579</t>
+          <t>9786254480706</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Eş Anlamlı Sözcükler - Eğitici Yapboz</t>
+          <t>3. Sınıf Matematik Ünite Hikayeleri</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786050321562</t>
+          <t>9786254480775</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Desenimi Bul - Eğitici Yapboz</t>
+          <t>Gezmeyi Seven Bulut - Fen Bilimleri Ünite Hikayeleri 6</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>350</v>
+        <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786050321555</t>
+          <t>9786254480577</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Zıt Anlamlı Sözcükler - Eğitici Yapboz</t>
+          <t>Füyfüyler Sahada - Matematik Ünite Hikayeleri 4</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>350</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786050321531</t>
+          <t>9786254480614</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sayılar - Eğitici Yapboz</t>
+          <t>Pusula'nın Peşinde - Matematik Ünite Hikayeleri 1</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>350</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786050321630</t>
+          <t>9786254480799</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Kartları - Toplama</t>
+          <t>Yuvadaki Tehlike - Fen Bilimleri Ünite Hikayeleri 10</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>450</v>
+        <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786050321647</t>
+          <t>9786254480782</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Kartları - Çarpma</t>
+          <t>Ormandaki Işıkların Gizemi - Fen Bilimleri Ünite Hikayeleri 7</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>450</v>
+        <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786050321623</t>
+          <t>9786254480683</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Kartları - Saatler</t>
+          <t>Esrarengiz Bahçe - Matematik Ünite Hikayeleri 7</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>450</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786254487477</t>
+          <t>9786254480553</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Matematik Ünite Hikayeleri - Uzay Yolculuğu</t>
+          <t>Tuhaf Teleskop - Matematik Ünite Hikayeleri 5</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>170</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786254489426</t>
+          <t>9786254480515</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kutup Ayısı</t>
+          <t>Yel Değirmeni Tarlası - Matematik Ünite Hikayeleri 9</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>112</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786254481444</t>
+          <t>9786254480720</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sesleri Birleştiriyorum Eğitici Yapboz 40 Kelime</t>
+          <t>Mutlu Çınar Okulu - Fen Bilimleri Ünite Hikayeleri 1</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>350</v>
+        <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256312159</t>
+          <t>9786254480751</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sonsuzluk</t>
+          <t>Ormandaki Tehlike - Fen Bilimleri Ünite Hikayeleri 5</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>90</v>
+        <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256312326</t>
+          <t>9786254480805</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Babaannemin Bigudileri</t>
+          <t>Şakacı Papağan - Fen Bilimleri Ünite Hikayeleri 8</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>90</v>
+        <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786254487453</t>
+          <t>9786254480652</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Toti Çiftlikte</t>
+          <t>Işın Yolculuğu - Matematik Ünite Hikayeleri 6</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>85</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786254485220</t>
+          <t>9786254480584</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar - English Seviye 1</t>
+          <t>Taşların Gizemi - Matematik Ünite Hikayeleri 3</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>65</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786050321593</t>
+          <t>9786254480607</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Gölgemi Bul - Eğitici Yapboz</t>
+          <t>Kayıp Sandık - Matematik Ünite Hikayeleri 2</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>350</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786050321586</t>
+          <t>9786254480560</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Alfabe - Eğitici Yapboz</t>
+          <t>Satürn'de Tuhaf Bir Gün - Matematik Ünite Hikayeleri 5</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>350</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786050321548</t>
+          <t>9786254480621</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Renkler - Eğitici Yapboz</t>
+          <t>Oksijen Deposu - Matematik Ünite Hikayeleri 10</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>350</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786254487194</t>
+          <t>9786254480591</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Matilda Etkisi</t>
+          <t>Arıtma Çamuru Ölçümü - Matematik Ünite Hikayeleri 10</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>165</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786254481376</t>
+          <t>9786254480812</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Geliştirme Becerileri - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
+          <t>Ceviz Ağacı Kimin? - Fen Bilimleri Ünite Hikayeleri 9</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>40</v>
+        <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786254481369</t>
+          <t>9786254480737</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Çizgiler - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
+          <t>Akşam Okulu - Fen Bilimleri Ünite Hikayeleri 2</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>65</v>
+        <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786254486449</t>
+          <t>9786254480522</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Pireler Berber İken - Anadolu Masalları</t>
+          <t>Kayıp Paralar - Matematik Ünite Hikayeleri 9</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>120</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786254486029</t>
+          <t>9786254480539</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - Bebeğimin İlk Bilgileri</t>
+          <t>Uzay Mekiği Sınıfı - Matematik Ünite Hikayeleri 8</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>55</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786254484704</t>
+          <t>9786254480546</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Çiz Sil Yeniden Çiz (Mavi Kitap)</t>
+          <t>Uzay Durağı - Matematik Ünite Hikayeleri 6</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>65</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786254484698</t>
+          <t>9786254480713</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Çiz Sil Yeniden Çiz (Kırmızı Kitap)</t>
+          <t>Ay'ın Görünmeyen Yüzü - Matematik Ünite Hikayeleri 3</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>65</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786053488125</t>
+          <t>9786254480508</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Melleron'un Sihri</t>
+          <t>Yörüngeden Merhaba - Matematik Ünite Hikayeleri 2</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786051862408</t>
+          <t>9786254480638</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bir Kuş Olsaydım</t>
+          <t>Kuyruklu Yıldızda Hafta Sonu -Matematik Ünite Hikayeleri 4</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>60</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786053485087</t>
+          <t>9786254480676</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Dolaptaki Canavar</t>
+          <t>İlk Seyahat - Matematik Ünite Hikayeleri 1</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786254481659</t>
+          <t>9786254480690</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Çizgiler 5+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+          <t>2. Sınıf Matematik Ünite Hikayeleri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>65</v>
+        <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786254481536</t>
+          <t>9786254481130</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Farkı Bul 3+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+          <t>Bilimin Devleri - Charles Darwin-M+ (Kampanya)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>65</v>
+        <v>24</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786254483806</t>
+          <t>9786254488238</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Eşimi Bul - Eş anlamlı (Anlamdaş) Kelimeler</t>
+          <t>Süper Burun Serisi - Kutulu</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>49</v>
+        <v>89</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786254483882</t>
+          <t>9786254484766</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Dikkatli Eşle</t>
+          <t>Dinazorlar Dünyası</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>80</v>
+        <v>85</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786254484483</t>
+          <t>9786254487460</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Koparmalı Robotik Kodlama Etkinlikleri - 3</t>
+          <t>Denizde Doğum Günü</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>36</v>
+        <v>85</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786254487408</t>
+          <t>9786254484742</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Temel Eserlerden Seçmeler 1 Set</t>
+          <t>Küçük Astronotlar Uzayda</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>350</v>
+        <v>85</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786254483516</t>
+          <t>9785550341637</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Çocuk Masalları 2. ve 3. Sınıf</t>
+          <t>Orta Okul Karışık Okuma Seti</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>300</v>
+        <v>109</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256312029</t>
+          <t>9785550341643</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Renkli Keçeler ile Taşıtlar</t>
+          <t>Okunması Gereken Klasikler Serisi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>100</v>
+        <v>65</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256312036</t>
+          <t>9785550341669</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Renkli Keçeler ile Meslekler</t>
+          <t>Kodlayarak Boyama Mini Seri 2</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256312012</t>
+          <t>9785550341667</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Renkli Keçeler ile Giysiler</t>
+          <t>Kodlayarak Boyama Mega Seri</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256312005</t>
+          <t>9785550341605</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Gıdadan Yakıta</t>
+          <t>Ciltli Çocuk Kitapları Serisi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259455372</t>
+          <t>9785550341614</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Afi and Tomi - Transportation</t>
+          <t>Siri Okuma Seti - 4 Kitap</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>100</v>
+        <v>68</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259455365</t>
+          <t>9786054335404</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Afi and Tomi - Opposites</t>
+          <t>Uykudan Önce Ezop Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>100</v>
+        <v>7.95</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259455396</t>
+          <t>9785550341602</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Afi and Tomi - Numbers</t>
+          <t>Ece Büyüyor Seri̇si̇</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>100</v>
+        <v>30</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259455358</t>
+          <t>9786254485787</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Afi and Tomi - Colors</t>
+          <t>Portakal Ağacının Nesi Var? - Sebzoti Kasabası</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>100</v>
+        <v>55</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259455389</t>
+          <t>9786254485800</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Afi and Tomi - Animals</t>
+          <t>Aktivite Kitabı 1 - Sebzoti Kasabası</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786254483325</t>
+          <t>9786254486487</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İki Kafadar - Seyit ile Samet</t>
+          <t>Of-Pof Balık - Okula Başlıyor</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>100</v>
+        <v>65</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256934948</t>
+          <t>9786254486494</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Annemin İşyerinde İlk Günü</t>
+          <t>Of-Pof Balık - Okyanusu Temizliyor</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>125</v>
+        <v>65</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256934955</t>
+          <t>9786254483974</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Fuarın En Tuhaf Okuru</t>
+          <t>Boya Kes Yapıştır - Zihin Becerileri 6 Yaş</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>75</v>
+        <v>55</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256934924</t>
+          <t>9786254483943</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Burası Çok Sessiz</t>
+          <t>Boya Kes Yapıştır - Zihin Becerileri 3 Yaş</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>189</v>
+        <v>55</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256934931</t>
+          <t>9786254483967</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yalınayak Bernd</t>
+          <t>Boya Kes Yapıştır - Zihin Becerileri 4 Yaş</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>115</v>
+        <v>55</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256934900</t>
+          <t>9786254483950</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Ben ve Biz</t>
+          <t>Boya Kes Yapıştır - Zihin Becerileri 5 Yaş</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>99</v>
+        <v>55</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786254486777</t>
+          <t>4440000000338</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>3-4.Sınıf Yeni Nesil Hikaye Seti</t>
+          <t>Dik Temel Harfli İlk Okuma Kitabım Elakin 1</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>350</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786254487323</t>
+          <t>9786254485022</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>2.Sınıf Türkçe Kerem ile Zehra Tema Hikayeleri</t>
+          <t>Okul Öncesi Etkinlikli Tatil Kitabım</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>300</v>
+        <v>115</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786254481055</t>
+          <t>9786254485411</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Pembe İncili Kaftan</t>
+          <t>Yerin Kulaği Var - 3 Boyutlu Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256934894</t>
+          <t>9786254485398</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Zavallı Plüton</t>
+          <t>Uçan Balık - 3 Boyutlu Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>99</v>
+        <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256934917</t>
+          <t>9786254485381</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Hayvanlar Seti (4 Kitap)</t>
+          <t>Parayı Veren Düdüğü Çalar - 3 Boyutlu Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256934757</t>
+          <t>9786254485374</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kedi Ankira - Anadolu Şifreleri</t>
+          <t>Maymun ile Tilki - 3 Boyutlu Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>112</v>
+        <v>150</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256934788</t>
+          <t>9786254485343</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Arkadaşlarımızı Yemiyoruz</t>
+          <t>İki İnatçı Keçi - 3 Boyutlu Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>189</v>
+        <v>150</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256934115</t>
+          <t>9786254485350</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Leonardo da Vinci ile Tablonun İçinde</t>
+          <t>Fare ile Kurbağa - 3 Boyutlu Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>89</v>
+        <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256934108</t>
+          <t>9786254485404</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Nikola Tesla ile Macera Peşinde</t>
+          <t>Yarın Yeni Bir Gün - 3 Boyutlu Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>89</v>
+        <v>150</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786253660185</t>
+          <t>9786254485336</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Genç Bilimkurgu Serisi</t>
+          <t>Doğuran Kazan - 3 Boyutlu Kitap</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>880</v>
+        <v>150</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256934740</t>
+          <t>9786254485329</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bir Kız Her Şeyi İnşa Edebilir</t>
+          <t>Aslan ile Fare - 3 Boyutlu Kitap</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>128</v>
+        <v>150</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256934344</t>
+          <t>9786254485367</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Ses</t>
+          <t>Altın Yumurtlayan Kaz - 3 Boyutlu Kitap</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>128</v>
+        <v>150</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256934450</t>
+          <t>9786254486036</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Bilgiler Serisi - Evde Hayat Var</t>
+          <t>Meyveler - Bebeğimin İlk Bilgileri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>128</v>
+        <v>55</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256934429</t>
+          <t>9786254486050</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Bilgiler Serisi - Dişimi Yiyemezler</t>
+          <t>Sebzeler - Bebeğimin İlk Bilgileri</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>128</v>
+        <v>55</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256934436</t>
+          <t>9786254486043</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Bilgiler Serisi - Kaybedeni Olmayan Oyunlar</t>
+          <t>Taşıtlar - Bebeğimin İlk Bilgileri</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>128</v>
+        <v>55</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256934405</t>
+          <t>9786051868561</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Bilgiler Serisi - Aburcursuz Olur mu?</t>
+          <t>Küçük İnsanlar Büyük Hayaller 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>128</v>
+        <v>165</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256934412</t>
+          <t>9786254484711</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Bilgiler Serisi - Birbirini Kovalayan Taşıtlar</t>
+          <t>Çiz Sil Yeniden Çiz (Turuncu Kitap)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>128</v>
+        <v>65</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256934443</t>
+          <t>9786254484728</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Bilgiler Serisi - Hastalandığını Sanan Çilekler</t>
+          <t>Çiz Sil Yeniden Çiz (Yeşil Kitap)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>128</v>
+        <v>65</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256934252</t>
+          <t>9786254486265</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Mülteci Kimdir?</t>
+          <t>Hayalleri Kaçan Çocuk</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256934498</t>
+          <t>9786254485909</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Dünya Klasikleri – Siyah İnci</t>
+          <t>Orman Hayvanları ile Sayılar</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>128</v>
+        <v>100</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256934481</t>
+          <t>9786254485947</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Dünya Klasikleri – Satranç</t>
+          <t>Bir Sakız Dünya’yı Dolaşabilir mi?</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>128</v>
+        <v>75</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256934474</t>
+          <t>9786254485879</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Dünya Klasikleri – Don Kişot</t>
+          <t>Rakamlar ve Harfler Tanışıyor</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>128</v>
+        <v>55</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256934467</t>
+          <t>9786051866451</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Dünya Klasikleri – Beyaz Diş</t>
+          <t>Emoji Filmi Jumbo Boyama ve Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>128</v>
+        <v>30</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256934399</t>
+          <t>9786051869650</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Mitolojik Masallar Serisi – Hint Masalı Yakut Prens</t>
+          <t>Mustafa - Adım Adım Anadolu</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>128</v>
+        <v>18</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256934382</t>
+          <t>9786051868653</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Mitolojik Masallar Serisi – Japon Masalı Uraşima Taro</t>
+          <t>Seksen Günde Devrialem</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>128</v>
+        <v>10</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256934368</t>
+          <t>9786051868660</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Mitolojik Masallar Serisi – Avustralya Aborjin Masalı Mooral ve Marjali</t>
+          <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>128</v>
+        <v>10</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256934375</t>
+          <t>9786051868639</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Mitolojik Masallar Serisi – İsveç Masalı Knöss</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>128</v>
+        <v>10</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256934351</t>
+          <t>9786051868592</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Mitolojik Masallar Serisi – Türk Masalı Anka Kuşu</t>
+          <t>Ömer'in Çocukluğu</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>128</v>
+        <v>10</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786253660406</t>
+          <t>9786051868622</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Serisi 3 Kitap Kutulu Set</t>
+          <t>Bağrı Yanık Ömer</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>410</v>
+        <v>10</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786253660116</t>
+          <t>9786050322033</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Ejderhalarla Uçan Prenses</t>
+          <t>Alp Efe ile Hayatı Öğreniyorum - 1. Sınıf Okuma Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>128</v>
+        <v>99</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786254489501</t>
+          <t>9786050321388</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Küçük İnsanlar Büyük Hayaller - Steve Jobs</t>
+          <t>Ece Büyüyor - Odamı Çok Seviyorum</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>128</v>
+        <v>15</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786254489471</t>
+          <t>9786050321395</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Küçük İnsanlar Büyük Hayaller - Greta Thunberg</t>
+          <t>Ece Büyüyor - Oyuncaklarımı Paylaşıyorum</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>128</v>
+        <v>15</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786254489488</t>
+          <t>9786050320534</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Küçük İnsanlar Büyük Hayaller - Charles Darwin</t>
+          <t>Sevimli Boyama</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>128</v>
+        <v>55</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786254489495</t>
+          <t>9786050320527</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Küçük İnsanlar Büyük Hayaller - Bruce Lee</t>
+          <t>Süper Boyama</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>128</v>
+        <v>75</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786253660055</t>
+          <t>9786050320541</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Hawking'in Koridoru</t>
+          <t>Neşeli Boyama</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>295</v>
+        <v>55</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786254486708</t>
+          <t>9786050320558</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>İspanyolca Öğreniyorum - 1. Seviye</t>
+          <t>Eğlenceli Boyama</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>120</v>
+        <v>55</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256934146</t>
+          <t>9786051869384</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Coğrafya ve Ekonomi - Yazılmak İsteyen Oyuncu Kitap</t>
+          <t>Süper Burun ve Horultu Hırsızlarının İstilası</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>82</v>
+        <v>36</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256934214</t>
+          <t>9786051866901</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Teknoloji - Tabletler İsyanda</t>
+          <t>Farklılıklar Güzeldir - Pijama Kulübü Çocukları</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>82</v>
+        <v>14</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256934221</t>
+          <t>9786051866925</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Tiyatro - Sihirli Alkışlar</t>
+          <t>Kimse Beni Anlamıyor - Pijama Çocuk Kulübü</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>82</v>
+        <v>14</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256934184</t>
+          <t>9786051866895</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Psikoloji - Psikolog Arı Mili ile Çiçek Terapisi</t>
+          <t>Diş Mikropları - Pijama Çocuk Kulübü</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>82</v>
+        <v>14</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256934191</t>
+          <t>9786051866888</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Sanat - Mesaj Alındı</t>
+          <t>Brokoli Savaşları - Pijama Kulübü Çocukları</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>82</v>
+        <v>14</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256934122</t>
+          <t>9786051866918</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Bilgi-Belge Yönetimi ve Tarih - Minik Limon Çekirdeği ve Limon Çocuk</t>
+          <t>Trafik Lambaları - Pijama Kulübü Çocukları</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>82</v>
+        <v>14</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256934207</t>
+          <t>9786051867434</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Sinema - Küçük Senaristin Hayal Perdesi</t>
+          <t>Kapadokya'nın Sırları</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>82</v>
+        <v>55</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256934238</t>
+          <t>9786050320565</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Yaratıcı Okuma - Kediden Kaçan Top</t>
+          <t>Martı’nın Dedektifleri Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>82</v>
+        <v>75</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256934153</t>
+          <t>9786051868158</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Kimya Mühendisliği ve Felsefe - Geleceğin Mühendisi Parfüm Fabrikasında</t>
+          <t>Süper Burun ve Kokunun Kapıları</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>82</v>
+        <v>36</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256934177</t>
+          <t>9786051867427</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Pedagoji - Doğadan Gelen Tasarımlar</t>
+          <t>Ekocan Gezegeni</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>82</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256934139</t>
+          <t>9786051867403</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Biyoloji ve Felsefe - Bir DNA Hikayesi</t>
+          <t>Atatürk Pera Palas'ta</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>82</v>
+        <v>70</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256934269</t>
+          <t>9786051867465</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Vizyon - Girişimcilik ve İnovasyon - Ben de Başaracağım</t>
+          <t>Samanyolu'ndaki Karagöz ile Hacivat</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>82</v>
+        <v>17</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256934245</t>
+          <t>9786051867458</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Ziraat Mühendisliği - Ağaçlar Arasındaki Fısıltılar</t>
+          <t>Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>82</v>
+        <v>17</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256934160</t>
+          <t>9786051867441</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Deniz Bilimleri - Açıkgözler İstilacı Türlere Karşı</t>
+          <t>Lila ile Eren</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>82</v>
+        <v>17</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786254486616</t>
+          <t>9786051867373</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Şehri Merak Eden Domates - Ekolojik Kitaplar Serisi</t>
+          <t>Ulya Mardin'de</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>128</v>
+        <v>17</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786254486609</t>
+          <t>9786051867311</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Bir Kompost Hikayesi</t>
+          <t>Kar Tanelerinin Dansı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>128</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786254486913</t>
+          <t>9786050321081</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens’in Hayal Gezegeni</t>
+          <t>Muki ile Buki Masal Serisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>128</v>
+        <v>15</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786254486906</t>
+          <t>9786050321098</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens’in Sanat Gezegeni</t>
+          <t>Çiçi Masal Serisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>128</v>
+        <v>15</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786254488542</t>
+          <t>9786051869261</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Mia'nın Barınak Ziyareti</t>
+          <t>Gençler İçin Nutuk</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>112</v>
+        <v>55</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786254486845</t>
+          <t>9786051869056</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kediler Maniler</t>
+          <t>Hindistan’a Doğru - Filfantastik Maceralar</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>112</v>
+        <v>39</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786254488214</t>
+          <t>9786051869049</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Gezegeni Kurtaracak Kadar Büyüdüm</t>
+          <t>Afrika’da Hazine Arayışı - Filfantastik Maceralar</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>128</v>
+        <v>39</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786254487026</t>
+          <t>9786051869032</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Buzluktaki Penguen</t>
+          <t>Afrika Yolunda - Filfantastik Maceralar</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>128</v>
+        <v>39</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786254486852</t>
+          <t>9786051869445</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Hayaller Müzesi</t>
+          <t>Of-Pof Balık Her Yer Çok Karanlık</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>128</v>
+        <v>62</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786254486890</t>
+          <t>9786051869438</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Güvenli Yarınlar Serisi Yağmurun Sesi</t>
+          <t>Of-Pof Balık</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>128</v>
+        <v>62</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786254486876</t>
+          <t>9786051867380</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Güvenli Yarınlar Serisi Görünmez Kaza</t>
+          <t>Yavru Filin Battaniyesi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>128</v>
+        <v>7</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786254486883</t>
+          <t>9786051867397</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Güvenli Yarınlar Serisi Yılmaz’ın Üç Ağacı</t>
+          <t>Çocukça Bir Gazete</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>128</v>
+        <v>7</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786254486869</t>
+          <t>9786051867366</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Güvenli Yarınlar Serisi Doğa Dostları</t>
+          <t>Spor Her Yerde</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>128</v>
+        <v>7</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786254485152</t>
+          <t>9786051867342</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>İpucu Peşinde Göbeklitepe - İlkokul 1. Sınıf</t>
+          <t>Oyunlu Nineli Dedeli</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>120</v>
+        <v>7</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786254485176</t>
+          <t>9786051867304</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>İpucu Peşinde Uğurlu Kalem - İlkokul 3. Sınıf</t>
+          <t>Buluş Defteri</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>90</v>
+        <v>7</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786254485169</t>
+          <t>9786051867533</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>İpucu Peşinde Geri Dönüşüm - İlkokul 2. Sınıf</t>
+          <t>3. Sınıf Türkçe Tema Hikayeleri 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>90</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786254487538</t>
+          <t>9786051867526</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Düşünceler Gömüsü: Aynalı Geçit</t>
+          <t>3. Sınıf Can İle Rüya Hayat Ünite Hikayeleri 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>128</v>
+        <v>69</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786254488566</t>
+          <t>9786051867519</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Aşkar</t>
+          <t>2. Sınıf Kerem İle Zehra Türkçe Tema Hikayeleri 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>98</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786254488559</t>
+          <t>9786051867502</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Nandiya Ejderhası</t>
+          <t>2. Sınıf Hayat Ünite Hikayeleri 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>98</v>
+        <v>69</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786254487705</t>
+          <t>9786051868684</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Uçmak</t>
+          <t>4. Sınıf 100 Temel Eserden Seçmeler - Set 2</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>120</v>
+        <v>45</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786254487712</t>
+          <t>9786051868615</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Olmak</t>
+          <t>4. Sınıf 100 Temel Eserden Seçmeler Set 1</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>128</v>
+        <v>45</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786254488702</t>
+          <t>9786051866772</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Maymun Çoko'nun Serüvenleri</t>
+          <t>3. Sınıf 100 Temel Eserden Seçmeler Set 2 (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>98</v>
+        <v>69</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786254488719</t>
+          <t>9786051866765</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Üç Hali</t>
+          <t>3. Sınıf 100 Temel Eserden Seçmeler Set 1 (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>52</v>
+        <v>69</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786254488221</t>
+          <t>9786051869575</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Eva Serisi - Kutulu Set</t>
+          <t>Yaşar Kemal - Bir Devrin Çocukları</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>510</v>
+        <v>17</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786254487309</t>
+          <t>9786051869414</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Kuş</t>
+          <t>Mustafa Asker Oluyor</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>120</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786254484735</t>
+          <t>9786051868417</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Martı Yumurtası</t>
+          <t>Mustafa - Selanik'te Bir Çocuk</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>128</v>
+        <v>18</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786254484759</t>
+          <t>9786051868172</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Timo</t>
+          <t>Çılgın Deneyler Kulübü</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>128</v>
+        <v>14</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786254485633</t>
+          <t>9786051868394</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Kodlama Etkinlikleri - Pembe - 32 Etkinlik</t>
+          <t>Afife - Bir Devrin Çocukları</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>70</v>
+        <v>17</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786254485657</t>
+          <t>9786051868202</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Kodlama Etkinlikleri - Mavi - 64 Etkinlik</t>
+          <t>Hayalbaz'ın Maceraları - Mucitler</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>90</v>
+        <v>52</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786254485640</t>
+          <t>9786050321210</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Kodlama Etkinlikleri - Yeşil 2 - 32 Etkinlik</t>
+          <t>Dik Temel Harfli İlk Okuma Kitabım Elakin / 10 Kitap</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>68</v>
+        <v>99</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786254486258</t>
+          <t>9786051866628</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Anılarımız Rengarenk</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>100</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786254485619</t>
+          <t>9786051867175</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Kodlama Etkinlikleri - Yeşil - 32 Etkinlik</t>
+          <t>Can ile Rüya Brokoliyi Seviyorum - Hayat Ünite Hikayeleri</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>70</v>
+        <v>7</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786254485626</t>
+          <t>9786051867212</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Kodlama Etkinlikleri - Sarı - 32 Etkinlik</t>
+          <t>Can ile Rüya Ya Su Biterse - Hayat Ünite Hikayeleri</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>68</v>
+        <v>7</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786254486555</t>
+          <t>9786051867168</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Benim Deyim Kitabım 2 - Seviye 2</t>
+          <t>Can ile Rüya Benim Mesleğim - Hayat Ünite Hikayeleri</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>128</v>
+        <v>7</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786254486548</t>
+          <t>9786051867151</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Benim Deyim Kitabım - Seviye 1</t>
+          <t>Can ile Rüya Arkadaşlar Arasında - Hayat Ünite Hikayeleri</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>128</v>
+        <v>7</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786254486579</t>
+          <t>9786050320107</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Benim Atasözü Kitabım - Seviye 2</t>
+          <t>MEB Tavsiyeli 100 Temel Eserden Seçmeler Set 2</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>128</v>
+        <v>69</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786254486562</t>
+          <t>9786050320091</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Benim Atasözü Kitabım - Seviye 1</t>
+          <t>100 Temel Eserden Seçmeler Set 1</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>128</v>
+        <v>69</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786254485039</t>
+          <t>9786051867274</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Etkinlikli Tatil Kitabım</t>
+          <t>Çelik Çomak - Can ile Rüya</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>115</v>
+        <v>7</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786254485046</t>
+          <t>9786051867267</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Etkinlikli Tatil Kitabım</t>
+          <t>Patili Günler - Can ile Rüya</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>115</v>
+        <v>7</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786254485763</t>
+          <t>9786051867250</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Kirazlar Kiko ile Kiki - Sebzoti Kasabası</t>
+          <t>Dönüşüm Zamanı - Can ile Rüya</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>70</v>
+        <v>7</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786254485770</t>
+          <t>9786051867243</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Masalcı Mısır - Sebzoti Kasabası</t>
+          <t>Yürüyen Köşk - Can ile Rüya</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>45</v>
+        <v>7</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786254485794</t>
+          <t>9786051867236</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Sulugöz Bamya - Sebzoti Kasabası</t>
+          <t>İstanbul'da Bir Gün - Can ile Rüya</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>75</v>
+        <v>7</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786254485817</t>
+          <t>9786051867229</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Aktivite Kitabı 2 - Sebzoti Kasabası</t>
+          <t>Bisiklet Macerası - Can ile Rüya</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>60</v>
+        <v>18</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786254486067</t>
+          <t>9786051865973</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Eşyalar - Bebeğimin İlk Bilgileri</t>
+          <t>Işınlama Kazası - Çılgın Deneyler Kulübü</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>55</v>
+        <v>14</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786254486456</t>
+          <t>9786051865249</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Bakteri Şehrine Dönüş</t>
+          <t>Tırsak Sincap</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>165</v>
+        <v>19</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786254485237</t>
+          <t>9786051865263</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar - English Seviye 2</t>
+          <t>Tırsak Sincap - Doğum Gününü Kutluyor</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>65</v>
+        <v>19</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786254485244</t>
+          <t>9786051865256</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar Maths - Seviye 1</t>
+          <t>Tırsak Sincap - Arkadaş Ediniyor (Ciltli)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>75</v>
+        <v>19</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786254485251</t>
+          <t>9786051865270</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar Science - Seviye 1</t>
+          <t>Tırsak Sincap - Uyku Zamanı (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>65</v>
+        <v>19</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786254485275</t>
+          <t>9786050320589</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar Science - Seviye 2</t>
+          <t>Şşşiit - Şıpıdık Şelale Şehri Seti</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>75</v>
+        <v>29</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786254485268</t>
+          <t>9786050320909</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar Maths - Seviye 2</t>
+          <t>Mirket Köyü Seti</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>75</v>
+        <v>29</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786254485183</t>
+          <t>9786050320640</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İpucu Peşinde Kamp Ateşi - İlkokul 4. Sınıf</t>
+          <t>Ozan ve Ezgi’yle Dinle Seti</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>90</v>
+        <v>29</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786254485916</t>
+          <t>9786051866000</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik Hayvanları ile Renkler ve Şekiller</t>
+          <t>Atletik Prenses - Muhteşem Prensesler</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>100</v>
+        <v>45</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786254485923</t>
+          <t>9786051866031</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Evcil Hayvanlar ile Zıt Kavramlar</t>
+          <t>Çok Fazla Masal Okuyan Prenses - Muhteşem Prensesler</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>100</v>
+        <v>45</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786254485695</t>
+          <t>9786051866017</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Kodlama ve Algoritma Aktiviteleri - Yeşil</t>
+          <t>Dalgın Prenses - Muhteşem Prensesler</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>55</v>
+        <v>45</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786254485664</t>
+          <t>9786051865997</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Kodlama ve Algoritma Aktiviteleri - Sarı</t>
+          <t>İstemiyorum Diyen Prenses - Muhteşem Prensesler</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>55</v>
+        <v>45</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786254485688</t>
+          <t>9786051866024</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Kodlama ve Algoritma Aktiviteleri - Pembe</t>
+          <t>Korsan Prenses - Muhteşem Prensesler</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>68</v>
+        <v>45</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786254485671</t>
+          <t>9786051867540</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Kodlama ve Algoritma Aktiviteleri - Mavi</t>
+          <t>4. Sınıf Türkçe Tema Hikayeleri (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>55</v>
+        <v>70</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786254485824</t>
+          <t>9786050320381</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Elmas Koruyucuları</t>
+          <t>1. Sınıf Neşeli Yaz Okuma Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>68</v>
+        <v>99</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786254485480</t>
+          <t>9786050320299</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Dörtler Ankara’da</t>
+          <t>Yumurtalı Ekmek - Neşeli Yaz</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>80</v>
+        <v>4</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786254485497</t>
+          <t>9786050320282</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Dörtler İzmir’de</t>
+          <t>Vız Vız Arı - Neşeli Yaz</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>52</v>
+        <v>4</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786254485473</t>
+          <t>9786050320275</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Dörtler İstanbul’da</t>
+          <t>Su Fışkırtan Filler - Neşeli Yaz</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>80</v>
+        <v>4</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786254485503</t>
+          <t>9786050320268</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Dörtler Antalya’da</t>
+          <t>Kumdan Kale Arkadaşlığı - Neşeli Yaz</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>52</v>
+        <v>4</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786254485510</t>
+          <t>9786050320251</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Dörtler Şanlıurfa’da</t>
+          <t>Karga ve Ceviz - Neşeli Yaz</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>52</v>
+        <v>4</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786254481802</t>
+          <t>9786050320312</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Noktalama İmla Oyunu</t>
+          <t>Kaçın Köpek Balığı - Neşeli Yaz</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>468</v>
+        <v>4</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786254484551</t>
+          <t>9786050320244</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Karanlık</t>
+          <t>Kaçak Civcivler - Neşeli Yaz</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>100</v>
+        <v>4</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786254484377</t>
+          <t>9786050320237</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri 16</t>
+          <t>Boncuk ve Kaymak - Neşeli Yaz</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>52</v>
+        <v>4</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786254484346</t>
+          <t>9786050320220</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri 13</t>
+          <t>Birinci Sınıf Bitiyor - Neşeli Yaz</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>52</v>
+        <v>4</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786254484360</t>
+          <t>9786050320305</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri 18</t>
+          <t>Balık Olmak Gibisi Yok - Neşeli Yaz</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>35</v>
+        <v>4</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786254484278</t>
+          <t>9786051864167</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri - 8</t>
+          <t>Eğlenceli Okuma Serisi (3. ve 4. Sınıflar İçin)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>38</v>
+        <v>324.5</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786254484285</t>
+          <t>9786051864150</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri - 7</t>
+          <t>Eğlenceli Okuma Serisi (2. ve 3. Sınıflar İçin)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>25</v>
+        <v>80</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786254484292</t>
+          <t>9786051864242</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri - 6</t>
+          <t>Eğlenceli Okuma Serisi (1. ve 2. Sınıflar İçin)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>38</v>
+        <v>83.5</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786254484308</t>
+          <t>9786051864082</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri - 5</t>
+          <t>Eğlenceli Okuma Serisi (3. ve 4. Sınıflar İçin)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>38</v>
+        <v>89</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786254484339</t>
+          <t>9786051864105</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri - 12</t>
+          <t>Eğlenceli Okuma Serisi (2. ve 3. Sınıflar İçin)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>38</v>
+        <v>345</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786254484315</t>
+          <t>9786051864051</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri - 10</t>
+          <t>Eğlenceli Okuma Serisi Set 18</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>38</v>
+        <v>80</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786254484261</t>
+          <t>9786051863979</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri - 9</t>
+          <t>Eğlenceli Okuma Serisi Büyük Set 4</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>38</v>
+        <v>417</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786254483349</t>
+          <t>9786051864129</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Kodlayan Çocuk - Kodlama Etkinlikeri</t>
+          <t>Eğlenceli Okuma Serisi Set 7</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>249</v>
+        <v>93</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786254483332</t>
+          <t>9786051864068</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Kodlayan Çocuk - Kodlama Etkinlikeri</t>
+          <t>Eğlenceli Okuma Serisi Set 11</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>249</v>
+        <v>49</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786050320213</t>
+          <t>9786051864136</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Peri Kızı Lila - Kodlamayı Öğreniyorum</t>
+          <t>Eğlenceli Okuma Serisi Set 6</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>98</v>
+        <v>86</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786254483721</t>
+          <t>9786051864143</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Gelişim Etkinlikleri 1 - 40 Soru 40 Cevap</t>
+          <t>Eğlenceli Okuma Serisi Set 5</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>128</v>
+        <v>86</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786254483691</t>
+          <t>9786051864204</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Gelişim Etkinlikleri -Taşıtlar</t>
+          <t>Eğlenceli Okuma Serisi Set 3</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>128</v>
+        <v>83.5</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786254483684</t>
+          <t>9786051864020</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Gelişim Etkinlikleri -Türkçe</t>
+          <t>Eğlenceli Okuma Serisi Set 15</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>128</v>
+        <v>53</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786254483714</t>
+          <t>9786051864099</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Gelişim Etkinlikleri - Eşyalar</t>
+          <t>Eğlenceli Okuma Serisi Set 8</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>128</v>
+        <v>90.5</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786254483707</t>
+          <t>9786051864075</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Gelişim Etkinlikleri - Hayvanlar</t>
+          <t>Eğlenceli Okuma Serisi Set 10</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>128</v>
+        <v>43</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786254483660</t>
+          <t>9786051863993</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Gelişim Etkinlikleri - Kavramlar</t>
+          <t>Eğlenceli Okuma Serisi Set 12</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>128</v>
+        <v>46.5</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786254483677</t>
+          <t>9786051864013</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Gelişim Etkinlikleri - Matematik</t>
+          <t>Eğlenceli Okuma Serisi Set 14</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>128</v>
+        <v>72.22</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786254483738</t>
+          <t>9786051864037</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Gelişim Etkinlikleri 2 - 40 Soru, 40 Cevap</t>
+          <t>Eğlenceli Okuma Serisi Set 16</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>128</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786254483813</t>
+          <t>9786051864006</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>B ve D Harflerini Karıştırıyorum</t>
+          <t>Eğlenceli Okuma Serisi Set 13</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>150</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786254483837</t>
+          <t>9786051865317</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Sesleri Fark Ediyorum - İlk Ses Son Ses Farkındalığı</t>
+          <t>En Güzel Çocuk Masalları Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>120</v>
+        <v>45</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786254483875</t>
+          <t>9786050320015</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Sağım Solum Sobe</t>
+          <t>Resimli Atasözü Kartları</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786254483899</t>
+          <t>9786050320008</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Dikkatli Tamamla</t>
+          <t>Resimli Deyim Kartları</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>120</v>
+        <v>75</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786254483844</t>
+          <t>9786051869278</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Dikkatli Say</t>
+          <t>2. Sınıf Biraz Şiir Biraz Problem Kartları - Yaz Sil Kalemli</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>120</v>
+        <v>95</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786254483615</t>
+          <t>9786051866185</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kodlayarak Boyamayı Öğreniyorum 7</t>
+          <t>İpek - Doktor Oluyor</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>68</v>
+        <v>55</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786254483752</t>
+          <t>9786051866208</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Denizde Doğum Günü (Ciltli)</t>
+          <t>İpek - Plajda</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>135</v>
+        <v>55</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786254482991</t>
+          <t>9786051864112</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Maths - Learning Kids (Level 2)</t>
+          <t>Her Deney Bir Eğlence Serisi Kutu Set</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>55</v>
+        <v>150</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786254482700</t>
+          <t>9786051862866</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Afi and Tomi - Adventure Under the Sea</t>
+          <t>Harika Bilgiler Serisi Kutu Set</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>100</v>
+        <v>162.5</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786254482694</t>
+          <t>9786051863801</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Afi and Tomi - My Body</t>
+          <t>Şarkı Söyleyen Kurbağalar</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>100</v>
+        <v>68</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786254482670</t>
+          <t>9786053485445</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Afi and Tomi - What Color are My Emotions?</t>
+          <t>Kral Midas ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786254482717</t>
+          <t>9786053482352</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Afi and Tomi - A Friendship Story</t>
+          <t>Ponyfee ve Büyülü Lunapark</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786254481611</t>
+          <t>9786053482369</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar 5+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+          <t>Ponyfee ve Gökkuşağının Sonuna Yolculuk</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>68</v>
+        <v>10</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786254482663</t>
+          <t>9786053481713</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Fısıtlısı (5 Kitap Takım)</t>
+          <t>Kale Avcıları 1 - Takım Dediğin Birlik Olur</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>149</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786254482656</t>
+          <t>9786053481706</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Avcıları - 9+ Yaş ( 5 Kitap Takım )</t>
+          <t>En Büyük Kaptan Bizim Kaptan - Kale Avcıları 2</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>149</v>
+        <v>10</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786254482038</t>
+          <t>9786053481720</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Köpekçik - Sihirli Hayvanlar</t>
+          <t>Kale Avcıları 3 - Yeni Bir Golcü</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>100</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786254482052</t>
+          <t>9786053485438</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Tavşan - Sihirli Hayvanlar</t>
+          <t>Dünya'nın Başlangıcı</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786254482045</t>
+          <t>9786053485056</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Midilli - Sihirli Hayvanlar</t>
+          <t>Tamam, Biraz Zavallı Olabilirim! (Ciltli)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>100</v>
+        <v>38</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786050322439</t>
+          <t>9786254484544</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Sayılar - İlk Kartlarım</t>
+          <t>Bir Köpek İstiyorum</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>45</v>
+        <v>55</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786050322460</t>
+          <t>9786053484394</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Meyveler ve Sebzeler - İlk Kartlarım</t>
+          <t>Gök Gürültüsü Tanrıları</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>75</v>
+        <v>15</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786050322552</t>
+          <t>9786053484387</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Numbers - İlk Kartlarım</t>
+          <t>Düzenbaz Hayvanlar</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>75</v>
+        <v>8</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786050322576</t>
+          <t>9786053484356</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Colours and Shapes - İlk Kartlarım</t>
+          <t>Clive Havasını Koruyor</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>75</v>
+        <v>15</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786050322538</t>
+          <t>9786053484295</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>English Alphabeth - İlk Kartlarım</t>
+          <t>Babam Göbek Dansı Yapıyor</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>75</v>
+        <v>8</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786050322521</t>
+          <t>9786053484219</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Deyimler - İlk Kartlarım</t>
+          <t>Memnuniyetsiz</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>33</v>
+        <v>15</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786050322514</t>
+          <t>9786053483274</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri - İlk Kartlarım</t>
+          <t>Benim Adım Jack (Ciltli)</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>82.5</v>
+        <v>32</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786050322545</t>
+          <t>9786053484301</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>İlk Kartlarım Öğrenme Seti</t>
+          <t>Havalı Clive</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>459</v>
+        <v>15</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786050322484</t>
+          <t>9786053484363</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Renkler ve Şekiller - İlk Kartlarım</t>
+          <t>Hamper’in Büyük Kaçışı</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>75</v>
+        <v>8</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786050322569</t>
+          <t>9786053485049</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>First Words - İlk Kartlarım</t>
+          <t>Daima Jack (Ciltli)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>75</v>
+        <v>32</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786050322477</t>
+          <t>9786053483595</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Kelimeler - İlk Kartlarım</t>
+          <t>Her Deney Bir Eğlence - Hava</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786254481314</t>
+          <t>9786053482659</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Jane Austen - Küçük İnsanlar Büyük Hayaller</t>
+          <t>Maskeli Kahraman (Ciltli)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>128</v>
+        <v>24</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786254481321</t>
+          <t>9786053483823</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>David Bowie - Küçük İnsanlar Büyük Hayaller</t>
+          <t>Benim İlk 100 Kelimem : Yiyecek ve İçecekler (Ciltli)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>128</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786254481291</t>
+          <t>9786053483830</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Stephen Hawking - Küçük İnsanlar Büyük Hayaller</t>
+          <t>Benim İlk 100 Kelimem : Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>128</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786254481284</t>
+          <t>9786053483854</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Ali - Küçük İnsanlar Büyük Hayaller</t>
+          <t>Benim İlk 100 Kelimem : Eşyalar (Ciltli)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>128</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786254481277</t>
+          <t>9786053483847</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Maria Montessori - Küçük İnsanlar Büyük Hayaller</t>
+          <t>Benim İlk 100 Kelimem : Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>128</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786254481307</t>
+          <t>9786053483175</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Mahatma Gandhi - Küçük İnsanlar Büyük Hayaller</t>
+          <t>Kokulu Cadde</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>128</v>
+        <v>15</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786254480393</t>
+          <t>9786053482314</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Kedi Ankira</t>
+          <t>Ponyfee - Aykız'ın Gizemi</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>112</v>
+        <v>10</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786254480041</t>
+          <t>9786053482321</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Plastiksavar Laboratuvarı</t>
+          <t>Ponyfee - Gül Bahçesi Sarayı'ndaki Prens</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>98</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786050321814</t>
+          <t>9786053482338</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Süper Sekizler - Bilgisayarı Kapatıyoruz Sokakta Oynuyoruz</t>
+          <t>Ponyfee - İnci Gölü' nün Sırrı</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>112</v>
+        <v>10</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786050321807</t>
+          <t>9786053482345</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Süper Sekizler - Her Yerde Bir Kural Var</t>
+          <t>Ponyfee - Kaybolan Sihirli Değnek</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>112</v>
+        <v>10</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786254480386</t>
+          <t>9786053483045</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’dan Çocuklara - Alara</t>
+          <t>Denizanası Ayakkabıları</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>100</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786254481390</t>
+          <t>9786053483007</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
+          <t>Gürültücü Komşular</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>65</v>
+        <v>15</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786051868332</t>
+          <t>9786053483014</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Sır Muhafızları (5 Kitap Takım)</t>
+          <t>Hortlaklar</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>149</v>
+        <v>15</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786050321227</t>
+          <t>9786053482994</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Alfabe ve Tangram</t>
+          <t>Kaptan Kuyrukluyıldız ve Köpek Yıldızı</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>224</v>
+        <v>15</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786050321333</t>
+          <t>9786053483021</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Her Çocuk Biraz Atatürk’tür</t>
+          <t>Kirpi Kız Azra</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>110</v>
+        <v>15</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786050321340</t>
+          <t>9786053483052</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Her Çocuk Biraz Atatürk’tür</t>
+          <t>Maskeli Temizlikçiler Günü Kurtarıyor</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>150</v>
+        <v>15</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786051869315</t>
+          <t>9786053483069</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Genç Yazarın Düşünce Yazıları Not Defteri</t>
+          <t>Maskeli Temizlikçiler Korsanlara Karşı</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>299</v>
+        <v>15</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786051869322</t>
+          <t>9786053483076</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Genç Yazarın Hikaye Not Defteri</t>
+          <t>Mor Düğmeler</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>299</v>
+        <v>15</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786051869308</t>
+          <t>9786053483083</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Genç Editör ve Eleştirmenin Not Defteri</t>
+          <t>Muhteşem Spagetti Kostümü</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>172</v>
+        <v>15</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786050322149</t>
+          <t>9786053483120</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Cingöz - Mevlana’dan Çocuklara</t>
+          <t>Om’un Maskeli Temizlikçileri</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>100</v>
+        <v>15</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786050322163</t>
+          <t>9786053483137</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Dürüst Usta - Mevlana’dan Çocuklara</t>
+          <t>Orman Şortları</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>100</v>
+        <v>15</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786050322156</t>
+          <t>9786053482918</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Dost - Mevlana’dan Çocuklara</t>
+          <t>Ah, Ege!</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>100</v>
+        <v>15</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786050321845</t>
+          <t>9786053482925</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Canberk ve Dev Ahtapot</t>
+          <t>Bitişik Evdeki Kovboy</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>75</v>
+        <v>15</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786050321852</t>
+          <t>9786053482949</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Canberk ve Kokuşmuş Canavar</t>
+          <t>Deniz Aygırı Aramızda</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>75</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786050321838</t>
+          <t>9786053482864</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Canberk ve Benekli Uzaylılar</t>
+          <t>Bay Ivırzıvır ve Boyalı Kaplan</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>75</v>
+        <v>15</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786050321241</t>
+          <t>9786053482970</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Siri Gol Atıyor</t>
+          <t>Pasaklı Pelin</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>50</v>
+        <v>8</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786050321258</t>
+          <t>9786053482901</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Siri ve Haylaz Bebek</t>
+          <t>Robo-Süp</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786050321869</t>
+          <t>9786053482871</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Canberk ve Zorba Dinozor</t>
+          <t>Karpem</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>75</v>
+        <v>15</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786050321272</t>
+          <t>9786053480228</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Siri ve Koca Ayak</t>
+          <t>Kara Tepenin Laneti (Ciltli)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>50</v>
+        <v>19</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786051869544</t>
+          <t>9786053484318</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Hayalbaz’ın Maceraları 3 - Yazının Evrimi</t>
+          <t>Muhteşem Yemek Makinesi</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>52</v>
+        <v>15</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786050321654</t>
+          <t>9786053483144</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Kartları - Çıkarma</t>
+          <t>Metal Köpek Mikro</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>450</v>
+        <v>15</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786050321418</t>
+          <t>9786053483199</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Tesla’nın Tavan Arası</t>
+          <t>Prenses Hiçgülmez’in Tatili</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>295</v>
+        <v>15</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786051868745</t>
+          <t>9786053483038</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Çikolata Canavarı</t>
+          <t>Berk Kıpır’ın İnanılmaz Kulakları</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>82</v>
+        <v>15</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786051866437</t>
+          <t>9786053482956</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Emoji Filmi - Kaçak</t>
+          <t>Kaptan Kuyrukluyıldız ve Mor Gezegen</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>68</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786051866468</t>
+          <t>9786053483205</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Emoji Filmi Boyama ve Etkinlik Kitabı</t>
+          <t>Robin Hood Efsanesi</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>75</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786050321494</t>
+          <t>9786053483212</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Hayal Et</t>
+          <t>Tufanlar</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>90</v>
+        <v>15</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786050320176</t>
+          <t>9786051867281</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Su Damlası - Mevlana'dan Çocuklara</t>
+          <t>Kütüphane Gemisi</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>100</v>
+        <v>7</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786050320114</t>
+          <t>9786051867359</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Martı’nın Dedektifleri - Duvar Yazısı</t>
+          <t>Sorun Çözen Soytarı</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>60</v>
+        <v>7</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786051869636</t>
+          <t>9786051867335</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Bücür Elma - Mevlana'dan Çocuklara</t>
+          <t>O Gece</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>100</v>
+        <v>7</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786050320138</t>
+          <t>9786051867298</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Martı’nın Dedektifleri - Tanrı Misafiri</t>
+          <t>Anadolu Tenceresi</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>60</v>
+        <v>7</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786050320121</t>
+          <t>9786051867328</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Martı’nın Dedektifleri - Silecek Katili</t>
+          <t>Kış Pikniği</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>60</v>
+        <v>7</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786050320152</t>
+          <t>9786051863870</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Martı’nın Dedektifleri - Pasaklı’nın Pasaportu</t>
+          <t>Muki ile Buki Masal Serisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>40</v>
+        <v>49</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786050320169</t>
+          <t>9786051864785</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Martı’nın Dedektifleri - Kızıl Kurt</t>
+          <t>Ördek Yavrusu - Andersen Masalları 1. Sınıf</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>60</v>
+        <v>2.75</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786051869292</t>
+          <t>9786051864778</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Biraz Şiir Biraz Problem Kartları - Yaz Sil Kalemli</t>
+          <t>Karga ile Tavus Kuşları - Ezop Masalları 1. Sınıf</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>157</v>
+        <v>2.75</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786051869285</t>
+          <t>9786051864754</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Biraz Şiir Biraz Problem Kartları - Yaz Sil Kalemli</t>
+          <t>İki İnatçı Keçi - La Fontaine Masalları 1. Sınıf</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>157</v>
+        <v>2.75</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786051869919</t>
+          <t>9786051864730</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Matematik Ünite Bilgi Kartları - Yaz Sil Kalemli</t>
+          <t>Fare İle Kurbağa - 1. Sınıf Mesneviden Hikayeler</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>95</v>
+        <v>2.75</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786050320022</t>
+          <t>9786050320084</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Problem Kartları - Yaz Sil Kalemli</t>
+          <t>100 Temel Eserden Seçmeler 1. Sınıf</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>157</v>
+        <v>55</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786050320039</t>
+          <t>9786051866796</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Problem Kartları - Yaz Sil Kalemli</t>
+          <t>Martı Atasözü Kartları</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>157</v>
+        <v>25</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786051869940</t>
+          <t>9786051866802</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Matematik Ünite Bilgi Kartları - Yaz Sil Kalemli</t>
+          <t>Martı Deyim Kartları</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>157</v>
+        <v>25</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786051869933</t>
+          <t>9786051866864</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Matematik Ünite Bilgi Kartları - Yaz Sil Kalemli</t>
+          <t>Martı Problem Kartları 4. Sınıf</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>157</v>
+        <v>25</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786051869926</t>
+          <t>9786051866819</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Matematik Ünite Bilgi Kartları - Yaz Sil Kalemli</t>
+          <t>Martı Problem Kartları 3. Sınıf</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>120</v>
+        <v>25</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786050320046</t>
+          <t>9786051866789</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Problem Kartları - Yaz Sil Kalemli</t>
+          <t>Martı Problem Kartları 2. Sınıf</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>115</v>
+        <v>25</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786050320206</t>
+          <t>9786051867144</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Her Çocuk Biraz Atatürk'tür - Etkinliklerle Okuyorum Araştırıyorum Yazıyorum Öğreniyorum</t>
+          <t>İki Sevinç Bir Arada - Kerem ile Zehra</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>150</v>
+        <v>7</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786051869957</t>
+          <t>9786051867205</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Unutulmayan Sözleriyle Atatürk</t>
+          <t>Arka Bahçenin Konukları - Kerem ile Zehra</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>110</v>
+        <v>7</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786051869209</t>
+          <t>9786051867199</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Bu İşi Eva’ya Bırak</t>
+          <t>Sporcu Babaanne - Kerem ile Zehra</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>128</v>
+        <v>7</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786051867496</t>
+          <t>9786051867137</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Pijama Kulübü Çocukları (10 Kitap Takım)</t>
+          <t>Kuşlar Gibi Uçmak - Kerem ile Zehra</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>199</v>
+        <v>7</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786051868363</t>
+          <t>9786051867120</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde (Ortaokul ve Liseler İçin)</t>
+          <t>Uzay Korsanları - Kerem ile Zehra</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>98</v>
+        <v>7</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786051868233</t>
+          <t>9786051867113</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Kalpli Kız</t>
+          <t>Bu Resmi Kim Yaptı? - Kerem ile Zehra</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>158</v>
+        <v>7</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786051868400</t>
+          <t>9786051866970</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Lila ve Küçük Prens</t>
+          <t>Bu Çiçek Başka Çicek - Gülistan Sitesi Çocukları</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>98</v>
+        <v>7</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786051867410</t>
+          <t>9786051867038</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Bahtsız Şehzade</t>
+          <t>Bir Kalem Yeter Bana - Gülistan Sitesi Çocukları</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>17</v>
+        <v>7</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786051867472</t>
+          <t>9786254480157</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Gılgamış</t>
+          <t>Sevgi Masalı</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786051865928</t>
+          <t>9786051864235</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Doğa ile Doğada Gezinti</t>
+          <t>Eğlenceli Okuma Serisi Set 2</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>112</v>
+        <v>80</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786051865874</t>
+          <t>9786051864044</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Hayalet</t>
+          <t>Eğlenceli Okuma Serisi Set 17</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>112</v>
+        <v>67</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786051867991</t>
+          <t>9786051863504</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Tek Tek Tekerleme</t>
+          <t>Minik Panda - Benim Çıngıraklı Küçük Diş Kaşıyıcı Kitabım</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>28</v>
+        <v>17</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786051867588</t>
+          <t>9786051863498</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Amelia Earhart - Küçük İnsanlar ve Büyük Hayaller</t>
+          <t>Minik Koyun - Benim Çıngıraklı Küçük Diş Kaşıyıcı Kitabım</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>128</v>
+        <v>17</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786051867571</t>
+          <t>9786051863481</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Agatha Christie - Küçük İnsanlar ve Büyük Hayaller</t>
+          <t>Minik Kedi - Benim Çıngıraklı Küçük Diş Kaşıyıcı Kitabım</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>128</v>
+        <v>17</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786051867601</t>
+          <t>9786051863511</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Ada Lovelace - Küçük İnsanlar ve Büyük Hayaller</t>
+          <t>Minik Penguen - Benim Çıngıraklı Küçük Diş Kaşıyıcı Kitabım</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>128</v>
+        <v>17</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786051867649</t>
+          <t>9786051863436</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Rosa Parks - Küçük İnsanlar ve Büyük Hayaller</t>
+          <t>Tekerlekli Kitabım - Traktör</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>128</v>
+        <v>47</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786051867595</t>
+          <t>9786051863429</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Marie Curie - Küçük İnsanlar ve Büyük Hayaller</t>
+          <t>Tekerlekli Kitabım - Polis Arabası</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>128</v>
+        <v>47</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786051867564</t>
+          <t>9786051863412</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Frida Kahlo - Küçük İnsanlar ve Büyük Hayaller</t>
+          <t>Tekerlekli Kitabım - İtfaiye Aracı</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>128</v>
+        <v>47</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786051867632</t>
+          <t>9786051863405</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Emmeline Pankhurst - Küçük İnsanlar ve Büyük Hayaller</t>
+          <t>Tekerlekli Kitabım - Araba</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>128</v>
+        <v>47</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786051867656</t>
+          <t>9786051863580</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Ella Fitzgerald - Küçük İnsanlar ve Büyük Hayaller</t>
+          <t>Büyük Çiftlik Çıkartmalarım - İnek</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>128</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786051867625</t>
+          <t>9786051863566</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Coco Chanel - Küçük İnsanlar ve Büyük Hayaller</t>
+          <t>Büyük Çiftlik Çıkartmalarım - Koyun</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>128</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786051867618</t>
+          <t>9786051863597</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Audrey Hepburn - Küçük İnsanlar ve Büyük Hayaller</t>
+          <t>Büyük Çiftlik Çıkartmalarım - Tavuk</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>128</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786051866062</t>
+          <t>9786051863115</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Hayalbaz’ın Maceraları 1 - Uzaylılar</t>
+          <t>Bir Varmış Bir Yokmuş - Alice Harikalar Diyarında (Ciltli)</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>52</v>
+        <v>29</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786051865577</t>
+          <t>3990001863474</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Beni Bul - Düşünceler Gömüsü</t>
+          <t>Vivaldi - Dört Mevsim</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>128</v>
+        <v>75</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786051865560</t>
+          <t>9786051863467</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Çikolata Kalpli Ejderha</t>
+          <t>Mozart - Minik Müzikal Mucize</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>128</v>
+        <v>75</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786053489559</t>
+          <t>9786051863450</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Sinbad (3 Boyutlu) (Ciltli)</t>
+          <t>Beethoven - Benim Minik Senfonilerim</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>79</v>
+        <v>75</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786051864655</t>
+          <t>9786051863443</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Yönbulucu - Kral Kelebeklerinin İnanılmaz Yolculuğu</t>
+          <t>Bach - Benim İlk Orkestram</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>135</v>
+        <v>75</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786051862569</t>
+          <t>9786051863221</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Süper Sekizler Dostluk Engel Tanımaz</t>
+          <t>Minik Eller - Büyük Küçük</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>112</v>
+        <v>12</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786051862453</t>
+          <t>9786051864877</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Kurt Olmak İsteyen Kuzu</t>
+          <t>Hangi Resim Daha Güzel?</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>60</v>
+        <v>19</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786051861234</t>
+          <t>9786053489931</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Birimiz Hepimiz Hepimiz Birimiz İçin!</t>
+          <t>Sihirli Fasülye</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>112</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786051861241</t>
+          <t>9786053489894</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Düşünceler Gömüsü: Kayıp Halka (Ciltli)</t>
+          <t>Parmak Kız</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>128</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786053483601</t>
+          <t>9786053489863</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Her Deney Bir Eğlence - Kimyasallar ve Maddeler</t>
+          <t>Pamuk Prenses</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>75</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786053483557</t>
+          <t>9786053489832</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Her Deney Bir Eğlence - Işık</t>
+          <t>Külkedisi</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>50</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786053483540</t>
+          <t>9786051863740</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Her Deney Bir Eğlence - Isı</t>
+          <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>50</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786053483533</t>
+          <t>9786051863764</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Her Deney Bir Eğlence - Elektrik</t>
+          <t>Karlar Kraliçesi</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>50</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786053483618</t>
+          <t>9786051863726</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Her Deney Bir Eğlence - Yerçekimi ve Manyetizma</t>
+          <t>Deniz Kızı</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>50</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786053483526</t>
+          <t>9786051863757</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Her Deney Bir Eğlence - Duyular</t>
+          <t>Çizmeli Kedi</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>50</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
+          <t>9786051863719</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Bencil Dev</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9786051863191</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Bir Varmış Bir Yokmuş - Pamuk Prenses ve Yedi Cüceler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9786053488286</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>Minyonlar - Drakula'nın Son Doğum Günü</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9786053488316</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>Minyonlar - Çok Yaşa Kral Bob</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9786053488293</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>Minyonlar - Ara ve Bul</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9786053488309</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>Minyonlar - Filmin Hikayesi</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9786051863122</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>Bir Varmış Bir Yokmuş - Külkedisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9786051863139</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>Bir Varmış Bir Yokmuş - Kırmızı Başlıklı Kız (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9786051863160</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Bir Varmış Bir Yokmuş - Çizmeli Kedi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>9786051863733</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>Cesur Terzi</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>9786053488347</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>Minyonlar - Karlı Bir Gün</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9786053488262</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>Minyonlar - Kötüler Konferansına Giden Yolda Pek Çok Çıkartmanın Olduğu Kitap</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>16.5</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>9786053488279</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>Minyonlar - Patron Kim?</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>3990051863603</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Çiftlik Çıkartmalarım - Traktör</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>20.5</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9786051863573</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Vahşi Yaşam Çıkartmalarım - Gergedan</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>20.5</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>9786051863559</t>
+        </is>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Okyanus Çıkartmalarım - Balina</t>
+        </is>
+      </c>
+      <c r="C327" s="1">
+        <v>20.5</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>9786051863184</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>Bir Varmış Bir Yokmuş - Uyuyan Güzel (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C328" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>9786051863153</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>Bir Varmış Bir Yokmuş - Pinokyo (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C329" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>9786051863146</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>Bir Varmış Bir Yokmuş - Peter Pan (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C330" s="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>9786053489887</t>
+        </is>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t>Çirkin Ördek Yavrusu</t>
+        </is>
+      </c>
+      <c r="C331" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>9786051860015</t>
+        </is>
+      </c>
+      <c r="B332" s="1" t="inlineStr">
+        <is>
+          <t>Rapunzel</t>
+        </is>
+      </c>
+      <c r="C332" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>9786053489870</t>
+        </is>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>Bremen Mızıkacıları</t>
+        </is>
+      </c>
+      <c r="C333" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>9786053489948</t>
+        </is>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>Kibritçi Kız</t>
+        </is>
+      </c>
+      <c r="C334" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>9786053489900</t>
+        </is>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>Fareli Köyün Kavalcısı</t>
+        </is>
+      </c>
+      <c r="C335" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>9786053489856</t>
+        </is>
+      </c>
+      <c r="B336" s="1" t="inlineStr">
+        <is>
+          <t>Alice Harikalar Diyarında</t>
+        </is>
+      </c>
+      <c r="C336" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>9786051860008</t>
+        </is>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t>Pinokyo</t>
+        </is>
+      </c>
+      <c r="C337" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>9786053489849</t>
+        </is>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>Ali Baba ve Kırk Haramiler</t>
+        </is>
+      </c>
+      <c r="C338" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>9786053489924</t>
+        </is>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>Hansel ve Gretel</t>
+        </is>
+      </c>
+      <c r="C339" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>9786053489917</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>Güzel ve Çirkin</t>
+        </is>
+      </c>
+      <c r="C340" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>9786051866710</t>
+        </is>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>Adam Olmak</t>
+        </is>
+      </c>
+      <c r="C341" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>9786051866727</t>
+        </is>
+      </c>
+      <c r="B342" s="1" t="inlineStr">
+        <is>
+          <t>Aslan İle Eşek</t>
+        </is>
+      </c>
+      <c r="C342" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>9786051866659</t>
+        </is>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t>Köpek İle Kurt</t>
+        </is>
+      </c>
+      <c r="C343" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
+          <t>9786051866581</t>
+        </is>
+      </c>
+      <c r="B344" s="1" t="inlineStr">
+        <is>
+          <t>Acemi Çaylak</t>
+        </is>
+      </c>
+      <c r="C344" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>9786051866635</t>
+        </is>
+      </c>
+      <c r="B345" s="1" t="inlineStr">
+        <is>
+          <t>İki Hizmetçi</t>
+        </is>
+      </c>
+      <c r="C345" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>9786051866604</t>
+        </is>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t>Eşek ile Tilki</t>
+        </is>
+      </c>
+      <c r="C346" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
+          <t>9786051866680</t>
+        </is>
+      </c>
+      <c r="B347" s="1" t="inlineStr">
+        <is>
+          <t>Pekmezci Anne</t>
+        </is>
+      </c>
+      <c r="C347" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>9786051866642</t>
+        </is>
+      </c>
+      <c r="B348" s="1" t="inlineStr">
+        <is>
+          <t>Keloğlan</t>
+        </is>
+      </c>
+      <c r="C348" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>9786051866703</t>
+        </is>
+      </c>
+      <c r="B349" s="1" t="inlineStr">
+        <is>
+          <t>Yıldız Çocuk</t>
+        </is>
+      </c>
+      <c r="C349" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>9786051866673</t>
+        </is>
+      </c>
+      <c r="B350" s="1" t="inlineStr">
+        <is>
+          <t>Mutlu Prens</t>
+        </is>
+      </c>
+      <c r="C350" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>9786051866574</t>
+        </is>
+      </c>
+      <c r="B351" s="1" t="inlineStr">
+        <is>
+          <t>Yorgan Gitti Kavga Bitti - Nasrettin Hoca Fıkraları</t>
+        </is>
+      </c>
+      <c r="C351" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>9786051866567</t>
+        </is>
+      </c>
+      <c r="B352" s="1" t="inlineStr">
+        <is>
+          <t>Parayı Veren Düdüğü Çalar - Nasrettin Hoca Fıkraları</t>
+        </is>
+      </c>
+      <c r="C352" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
+          <t>9786051866963</t>
+        </is>
+      </c>
+      <c r="B353" s="1" t="inlineStr">
+        <is>
+          <t>Bu Hazırlık Kimin İçin? - Gülistan Sitesi Çocukları</t>
+        </is>
+      </c>
+      <c r="C353" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="354" spans="1:3">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
+          <t>9786051867021</t>
+        </is>
+      </c>
+      <c r="B354" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Arkadaş - Gülistan Sitesi Çocukları</t>
+        </is>
+      </c>
+      <c r="C354" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="355" spans="1:3">
+      <c r="A355" s="1" t="inlineStr">
+        <is>
+          <t>9786051867106</t>
+        </is>
+      </c>
+      <c r="B355" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Renkler Güzeldir - Kerem ile Zehra</t>
+        </is>
+      </c>
+      <c r="C355" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="356" spans="1:3">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>9786051867083</t>
+        </is>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t>Dilek Ağacı - Kerem ile Zehra</t>
+        </is>
+      </c>
+      <c r="C356" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>9786051867090</t>
+        </is>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>Bir Çocuğun Düşleri - Kerem ile Zehra</t>
+        </is>
+      </c>
+      <c r="C357" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>9786051867182</t>
+        </is>
+      </c>
+      <c r="B358" s="1" t="inlineStr">
+        <is>
+          <t>Sihirli Kitaplar Gezegeni - Kerem ile Zehra</t>
+        </is>
+      </c>
+      <c r="C358" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="359" spans="1:3">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>9786051865096</t>
+        </is>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t>Aslan ile Yunus - Ezop Masalları</t>
+        </is>
+      </c>
+      <c r="C359" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="360" spans="1:3">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
+          <t>9786051865188</t>
+        </is>
+      </c>
+      <c r="B360" s="1" t="inlineStr">
+        <is>
+          <t>Kibritçi Kız - Andersen Masalları</t>
+        </is>
+      </c>
+      <c r="C360" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="361" spans="1:3">
+      <c r="A361" s="1" t="inlineStr">
+        <is>
+          <t>9786051865232</t>
+        </is>
+      </c>
+      <c r="B361" s="1" t="inlineStr">
+        <is>
+          <t>Yaban Kuğuları - Andersen Masalları</t>
+        </is>
+      </c>
+      <c r="C361" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="362" spans="1:3">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
+          <t>9786051865058</t>
+        </is>
+      </c>
+      <c r="B362" s="1" t="inlineStr">
+        <is>
+          <t>Pişmiş Buğday - Nasrettin Hoca Fıkraları</t>
+        </is>
+      </c>
+      <c r="C362" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="363" spans="1:3">
+      <c r="A363" s="1" t="inlineStr">
+        <is>
+          <t>9786051865041</t>
+        </is>
+      </c>
+      <c r="B363" s="1" t="inlineStr">
+        <is>
+          <t>Bal Kabağı - Nasrettin Hoca Fıkraları</t>
+        </is>
+      </c>
+      <c r="C363" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="364" spans="1:3">
+      <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t>9786051865065</t>
+        </is>
+      </c>
+      <c r="B364" s="1" t="inlineStr">
+        <is>
+          <t>Ya Tutarsa - Nasrettin Hoca Fıkraları</t>
+        </is>
+      </c>
+      <c r="C364" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="365" spans="1:3">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t>9786051865034</t>
+        </is>
+      </c>
+      <c r="B365" s="1" t="inlineStr">
+        <is>
+          <t>Aslan, Yaban Eşeği ve Tilki - Ezop Masalları</t>
+        </is>
+      </c>
+      <c r="C365" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="366" spans="1:3">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t>9786051865027</t>
+        </is>
+      </c>
+      <c r="B366" s="1" t="inlineStr">
+        <is>
+          <t>Aslan ile Tavşan - Ezop Masalları</t>
+        </is>
+      </c>
+      <c r="C366" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="367" spans="1:3">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t>9786051865072</t>
+        </is>
+      </c>
+      <c r="B367" s="1" t="inlineStr">
+        <is>
+          <t>Zümrüdüanka - Billur Köşk Masalları</t>
+        </is>
+      </c>
+      <c r="C367" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="368" spans="1:3">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t>9786051865157</t>
+        </is>
+      </c>
+      <c r="B368" s="1" t="inlineStr">
+        <is>
+          <t>İki Tarla Faresi - Atasözü Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C368" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="369" spans="1:3">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t>9786051865126</t>
+        </is>
+      </c>
+      <c r="B369" s="1" t="inlineStr">
+        <is>
+          <t>Kedi ile Fare - Atasözü Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C369" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="370" spans="1:3">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t>9786051865201</t>
+        </is>
+      </c>
+      <c r="B370" s="1" t="inlineStr">
+        <is>
+          <t>Köylü ile Şehirli - Mesnevi'den Hikayeler</t>
+        </is>
+      </c>
+      <c r="C370" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="371" spans="1:3">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t>9786051865225</t>
+        </is>
+      </c>
+      <c r="B371" s="1" t="inlineStr">
+        <is>
+          <t>Tüccar ile Papağan - Mesnevi'den Hikayeler</t>
+        </is>
+      </c>
+      <c r="C371" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="372" spans="1:3">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t>9786051864860</t>
+        </is>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Prens</t>
+        </is>
+      </c>
+      <c r="C372" s="1">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="373" spans="1:3">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t>9786053485964</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t>Deniz Suyu Neden Tuzludur?</t>
+        </is>
+      </c>
+      <c r="C373" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>9786051866932</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t>Kurtuluş Savaşı - Pijama Kulübü Çocukları</t>
+        </is>
+      </c>
+      <c r="C374" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>9786051867045</t>
+        </is>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t>Dede Bizi Gezdir - Pijama Kulübü Çocukları</t>
+        </is>
+      </c>
+      <c r="C375" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="376" spans="1:3">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>9786051867069</t>
+        </is>
+      </c>
+      <c r="B376" s="1" t="inlineStr">
+        <is>
+          <t>İş Makineleri - Pijama Kulübü Çocukları</t>
+        </is>
+      </c>
+      <c r="C376" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="377" spans="1:3">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t>9786051867014</t>
+        </is>
+      </c>
+      <c r="B377" s="1" t="inlineStr">
+        <is>
+          <t>Saklambaç - Pijama Kulübü Çocukları</t>
+        </is>
+      </c>
+      <c r="C377" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="378" spans="1:3">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t>9786051866994</t>
+        </is>
+      </c>
+      <c r="B378" s="1" t="inlineStr">
+        <is>
+          <t>Mevsimler - Pijama Kulübü Çocukları</t>
+        </is>
+      </c>
+      <c r="C378" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="379" spans="1:3">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t>9786051867939</t>
+        </is>
+      </c>
+      <c r="B379" s="1" t="inlineStr">
+        <is>
+          <t>Bella Donna - Tatlı Cadıcık</t>
+        </is>
+      </c>
+      <c r="C379" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="380" spans="1:3">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t>9786051867946</t>
+        </is>
+      </c>
+      <c r="B380" s="1" t="inlineStr">
+        <is>
+          <t>Bella Donna - Patlayan Büyüler</t>
+        </is>
+      </c>
+      <c r="C380" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="381" spans="1:3">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t>9786051866253</t>
+        </is>
+      </c>
+      <c r="B381" s="1" t="inlineStr">
+        <is>
+          <t>Bella Donna - Büyülü Kedi</t>
+        </is>
+      </c>
+      <c r="C381" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="382" spans="1:3">
+      <c r="A382" s="1" t="inlineStr">
+        <is>
+          <t>9786051866246</t>
+        </is>
+      </c>
+      <c r="B382" s="1" t="inlineStr">
+        <is>
+          <t>Bella Donna - Büyücülük</t>
+        </is>
+      </c>
+      <c r="C382" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="383" spans="1:3">
+      <c r="A383" s="1" t="inlineStr">
+        <is>
+          <t>9786051865195</t>
+        </is>
+      </c>
+      <c r="B383" s="1" t="inlineStr">
+        <is>
+          <t>Kral ile Bülbül - Andersen Masalları</t>
+        </is>
+      </c>
+      <c r="C383" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="384" spans="1:3">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t>9786051865119</t>
+        </is>
+      </c>
+      <c r="B384" s="1" t="inlineStr">
+        <is>
+          <t>Kaplan ile Aslan - La Fontaine Masalları</t>
+        </is>
+      </c>
+      <c r="C384" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="385" spans="1:3">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
+          <t>9786051865164</t>
+        </is>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>Keloğlan - Keloğlan Masalları</t>
+        </is>
+      </c>
+      <c r="C385" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>9786051865133</t>
+        </is>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>Hacivat ile Karagöz</t>
+        </is>
+      </c>
+      <c r="C386" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>9786051865140</t>
+        </is>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>Her Güne Bir Altın - Keloğlan Masalları</t>
+        </is>
+      </c>
+      <c r="C387" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>9786051865089</t>
+        </is>
+      </c>
+      <c r="B388" s="1" t="inlineStr">
+        <is>
+          <t>Adam Olmak - Deyim Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C388" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="389" spans="1:3">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
+          <t>9786051865102</t>
+        </is>
+      </c>
+      <c r="B389" s="1" t="inlineStr">
+        <is>
+          <t>Bilmeceler</t>
+        </is>
+      </c>
+      <c r="C389" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="390" spans="1:3">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>9786051864686</t>
+        </is>
+      </c>
+      <c r="B390" s="1" t="inlineStr">
+        <is>
+          <t>Altın Dağı - 1. Sınıf Keloğlan Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C390" s="1">
+        <v>2.75</v>
+      </c>
+    </row>
+    <row r="391" spans="1:3">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>9786051864761</t>
+        </is>
+      </c>
+      <c r="B391" s="1" t="inlineStr">
+        <is>
+          <t>İki Kardeş - 1 Sınıf Deyim Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C391" s="1">
+        <v>2.75</v>
+      </c>
+    </row>
+    <row r="392" spans="1:3">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
+          <t>9786051864662</t>
+        </is>
+      </c>
+      <c r="B392" s="1" t="inlineStr">
+        <is>
+          <t>Aç Eşek - 1. Sınıf Mesneviden Hikayeler</t>
+        </is>
+      </c>
+      <c r="C392" s="1">
+        <v>2.75</v>
+      </c>
+    </row>
+    <row r="393" spans="1:3">
+      <c r="A393" s="1" t="inlineStr">
+        <is>
+          <t>9786051864709</t>
+        </is>
+      </c>
+      <c r="B393" s="1" t="inlineStr">
+        <is>
+          <t>Avcı Kral - 1. Sınıf Ezop Masalları</t>
+        </is>
+      </c>
+      <c r="C393" s="1">
+        <v>2.75</v>
+      </c>
+    </row>
+    <row r="394" spans="1:3">
+      <c r="A394" s="1" t="inlineStr">
+        <is>
+          <t>9786051864679</t>
+        </is>
+      </c>
+      <c r="B394" s="1" t="inlineStr">
+        <is>
+          <t>Altın Yumurtlayan Kaz - 1. Sınıf Ezop Masalları</t>
+        </is>
+      </c>
+      <c r="C394" s="1">
+        <v>2.75</v>
+      </c>
+    </row>
+    <row r="395" spans="1:3">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>9786051864716</t>
+        </is>
+      </c>
+      <c r="B395" s="1" t="inlineStr">
+        <is>
+          <t>Doğuran Kazan - 1. Sınıf Nasrettin Hoca Fıkraları</t>
+        </is>
+      </c>
+      <c r="C395" s="1">
+        <v>2.75</v>
+      </c>
+    </row>
+    <row r="396" spans="1:3">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>9786051864693</t>
+        </is>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t>Aslan İle Fare - 1. Sınıf Ezop Masalları</t>
+        </is>
+      </c>
+      <c r="C396" s="1">
+        <v>2.75</v>
+      </c>
+    </row>
+    <row r="397" spans="1:3">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>9786051864723</t>
+        </is>
+      </c>
+      <c r="B397" s="1" t="inlineStr">
+        <is>
+          <t>Elin Eşeği - 1. Sınıf Atasözü Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C397" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="398" spans="1:3">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>9786051864747</t>
+        </is>
+      </c>
+      <c r="B398" s="1" t="inlineStr">
+        <is>
+          <t>Filin Yeni Arkadaşı - 1. Sınıf Nasrettin Hoca Fıkraları</t>
+        </is>
+      </c>
+      <c r="C398" s="1">
+        <v>2.75</v>
+      </c>
+    </row>
+    <row r="399" spans="1:3">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>9786051862903</t>
+        </is>
+      </c>
+      <c r="B399" s="1" t="inlineStr">
+        <is>
+          <t>Fokur Fokur - Muhteşem Büyükanne Yemek Yarışması</t>
+        </is>
+      </c>
+      <c r="C399" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="400" spans="1:3">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
+          <t>9786053488613</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>Resimlerle Öğren: Araçlar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>9786053488644</t>
+        </is>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>Resimlerle Öğren: Yiyecekler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C401" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>9786053488637</t>
+        </is>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>Resimlerle Öğren: Meslekler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C402" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>9786053488620</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>Resimlerle Öğren: Hayvanlar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C403" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>9786053489177</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>Siri ve Pasaklı Misafir (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C404" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>9786053489191</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>Siri ve Üst Kattaki Komşu (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C405" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>9786053489184</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>Siri ve Yeni Arkadaşları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>9786051868141</t>
+        </is>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>Gizemli Uygarlık</t>
+        </is>
+      </c>
+      <c r="C407" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>9786051866130</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>Nilda ve Vız Vız Arılar</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>9786051868134</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>Eyvah Sayılar Kayboldu!</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>9786051868110</t>
+        </is>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>Anahtar</t>
+        </is>
+      </c>
+      <c r="C410" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>9786051868127</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>Babamın Hazine Haritası</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>9786051863092</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>Bak ve Öğren - Karşıtlıklar</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
+          <t>9786053489504</t>
+        </is>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>Bambi (3 Boyutlu) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C413" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="414" spans="1:3">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>9786053489436</t>
+        </is>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>Nono 4 - Yalan Söylemek Çok Kötü</t>
+        </is>
+      </c>
+      <c r="C414" s="1">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="415" spans="1:3">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
+          <t>9786053489405</t>
+        </is>
+      </c>
+      <c r="B415" s="1" t="inlineStr">
+        <is>
+          <t>Nono 3 - Yabancılarla Konuşma</t>
+        </is>
+      </c>
+      <c r="C415" s="1">
+        <v>45.5</v>
+      </c>
+    </row>
+    <row r="416" spans="1:3">
+      <c r="A416" s="1" t="inlineStr">
+        <is>
+          <t>9786053489429</t>
+        </is>
+      </c>
+      <c r="B416" s="1" t="inlineStr">
+        <is>
+          <t>Nono 2 - Bugün Okula Gitmek İstemiyorum</t>
+        </is>
+      </c>
+      <c r="C416" s="1">
+        <v>45.5</v>
+      </c>
+    </row>
+    <row r="417" spans="1:3">
+      <c r="A417" s="1" t="inlineStr">
+        <is>
+          <t>9786053489412</t>
+        </is>
+      </c>
+      <c r="B417" s="1" t="inlineStr">
+        <is>
+          <t>Nono 1 - Ben Bir Numarayım</t>
+        </is>
+      </c>
+      <c r="C417" s="1">
+        <v>45.5</v>
+      </c>
+    </row>
+    <row r="418" spans="1:3">
+      <c r="A418" s="1" t="inlineStr">
+        <is>
+          <t>9786051863214</t>
+        </is>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>Minik Eller - Bedenim</t>
+        </is>
+      </c>
+      <c r="C418" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
+          <t>9786053489542</t>
+        </is>
+      </c>
+      <c r="B419" s="1" t="inlineStr">
+        <is>
+          <t>Peter Pan (3 Boyutlu) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C419" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="420" spans="1:3">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
+          <t>9786051863283</t>
+        </is>
+      </c>
+      <c r="B420" s="1" t="inlineStr">
+        <is>
+          <t>Minik Eller - Taşıtlar</t>
+        </is>
+      </c>
+      <c r="C420" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="421" spans="1:3">
+      <c r="A421" s="1" t="inlineStr">
+        <is>
+          <t>9786051863313</t>
+        </is>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t>Minik Eller - Renkler Şekiller</t>
+        </is>
+      </c>
+      <c r="C421" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="422" spans="1:3">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
+          <t>9786051863252</t>
+        </is>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t>Minik Eller - Sayılar</t>
+        </is>
+      </c>
+      <c r="C422" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="423" spans="1:3">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
+          <t>9786053489535</t>
+        </is>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t>Pamuk Prenses (3 Boyutlu) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C423" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>9786053489030</t>
+        </is>
+      </c>
+      <c r="B424" s="1" t="inlineStr">
+        <is>
+          <t>Barry Loser ve Ezilmiş Kutu Davası (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C424" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
+          <t>9786051867052</t>
+        </is>
+      </c>
+      <c r="B425" s="1" t="inlineStr">
+        <is>
+          <t>Gökkuşağının Renkleri - Gülistan Sitesi Çocukları</t>
+        </is>
+      </c>
+      <c r="C425" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="426" spans="1:3">
+      <c r="A426" s="1" t="inlineStr">
+        <is>
+          <t>9786051866956</t>
+        </is>
+      </c>
+      <c r="B426" s="1" t="inlineStr">
+        <is>
+          <t>Bir Dönüşüm Masalı - Gülistan Sitesi Çocukları</t>
+        </is>
+      </c>
+      <c r="C426" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="427" spans="1:3">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
+          <t>9786051867007</t>
+        </is>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>Minik Kirpi Nerede Yaşar? - Gülistan Sitesi Çocukları</t>
+        </is>
+      </c>
+      <c r="C427" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>9786051866949</t>
+        </is>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>Altın Elli Kral - Gülistan Sitesi Çocukları</t>
+        </is>
+      </c>
+      <c r="C428" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
+          <t>9786051867076</t>
+        </is>
+      </c>
+      <c r="B429" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Bayram Olsa - Gülistan Sitesi Çocukları</t>
+        </is>
+      </c>
+      <c r="C429" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="430" spans="1:3">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>9786051866987</t>
+        </is>
+      </c>
+      <c r="B430" s="1" t="inlineStr">
+        <is>
+          <t>Karne Armağanı - Gülistan Sitesi Çocukları</t>
+        </is>
+      </c>
+      <c r="C430" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
+          <t>9786051863276</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>Minik Eller - Oyuncaklar</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>9786051863245</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>Minik Eller - Okul</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>9786051863238</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>Minik Eller - İlk Sözcükler</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>9786053489528</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>Karlar Kraliçesi (3 Boyutlu) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>9786051863269</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>Minik Eller - Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>9786051863290</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>Minik Eller - Çiftlik</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>9786053489511</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>Heidi (3 Boyutlu) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>9786053488194</t>
+        </is>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>Üvey Kız Kardeşim Ella</t>
+        </is>
+      </c>
+      <c r="C438" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>9786053488118</t>
+        </is>
+      </c>
+      <c r="B439" s="1" t="inlineStr">
+        <is>
+          <t>Melleron'un Canavarları</t>
+        </is>
+      </c>
+      <c r="C439" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="440" spans="1:3">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
+          <t>9786053488064</t>
+        </is>
+      </c>
+      <c r="B440" s="1" t="inlineStr">
+        <is>
+          <t>Gizemli Yel Değirmeni</t>
+        </is>
+      </c>
+      <c r="C440" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="441" spans="1:3">
+      <c r="A441" s="1" t="inlineStr">
+        <is>
+          <t>9786053488057</t>
+        </is>
+      </c>
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>Forvet Oyuncusunun Gölgesinde</t>
+        </is>
+      </c>
+      <c r="C441" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="442" spans="1:3">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
+          <t>9786053486688</t>
+        </is>
+      </c>
+      <c r="B442" s="1" t="inlineStr">
+        <is>
+          <t>Beowulf, Grendel ve Ejderha</t>
+        </is>
+      </c>
+      <c r="C442" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="443" spans="1:3">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>9786053484837</t>
+        </is>
+      </c>
+      <c r="B443" s="1" t="inlineStr">
+        <is>
+          <t>Havalı Clive ve Baloncuk Sorunu</t>
+        </is>
+      </c>
+      <c r="C443" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="444" spans="1:3">
+      <c r="A444" s="1" t="inlineStr">
+        <is>
+          <t>9786053484899</t>
+        </is>
+      </c>
+      <c r="B444" s="1" t="inlineStr">
+        <is>
+          <t>Çörek İkilemi</t>
+        </is>
+      </c>
+      <c r="C444" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="445" spans="1:3">
+      <c r="A445" s="1" t="inlineStr">
+        <is>
+          <t>9786053484820</t>
+        </is>
+      </c>
+      <c r="B445" s="1" t="inlineStr">
+        <is>
+          <t>Gülümseyen Köpekbalığı</t>
+        </is>
+      </c>
+      <c r="C445" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="446" spans="1:3">
+      <c r="A446" s="1" t="inlineStr">
+        <is>
+          <t>9786053484929</t>
+        </is>
+      </c>
+      <c r="B446" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kedi Dünyayı Yönetirse</t>
+        </is>
+      </c>
+      <c r="C446" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="447" spans="1:3">
+      <c r="A447" s="1" t="inlineStr">
+        <is>
+          <t>9786053484813</t>
+        </is>
+      </c>
+      <c r="B447" s="1" t="inlineStr">
+        <is>
+          <t>Dileğim Gerçek Olsun</t>
+        </is>
+      </c>
+      <c r="C447" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="448" spans="1:3">
+      <c r="A448" s="1" t="inlineStr">
+        <is>
+          <t>9786053484912</t>
+        </is>
+      </c>
+      <c r="B448" s="1" t="inlineStr">
+        <is>
+          <t>Afrika Fablları</t>
+        </is>
+      </c>
+      <c r="C448" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="449" spans="1:3">
+      <c r="A449" s="1" t="inlineStr">
+        <is>
+          <t>9786051864334</t>
+        </is>
+      </c>
+      <c r="B449" s="1" t="inlineStr">
+        <is>
+          <t>İyiliksever Çiçi</t>
+        </is>
+      </c>
+      <c r="C449" s="1">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="450" spans="1:3">
+      <c r="A450" s="1" t="inlineStr">
+        <is>
+          <t>9786051864419</t>
+        </is>
+      </c>
+      <c r="B450" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmen Çiçi</t>
+        </is>
+      </c>
+      <c r="C450" s="1">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="451" spans="1:3">
+      <c r="A451" s="1" t="inlineStr">
+        <is>
+          <t>9786051864396</t>
+        </is>
+      </c>
+      <c r="B451" s="1" t="inlineStr">
+        <is>
+          <t>Çiçi’nin Oyunu</t>
+        </is>
+      </c>
+      <c r="C451" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="452" spans="1:3">
+      <c r="A452" s="1" t="inlineStr">
+        <is>
+          <t>9786051864389</t>
+        </is>
+      </c>
+      <c r="B452" s="1" t="inlineStr">
+        <is>
+          <t>Çiçi’nin Oyuncakları</t>
+        </is>
+      </c>
+      <c r="C452" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="453" spans="1:3">
+      <c r="A453" s="1" t="inlineStr">
+        <is>
+          <t>9786051864402</t>
+        </is>
+      </c>
+      <c r="B453" s="1" t="inlineStr">
+        <is>
+          <t>Çiçi’nin Gemisi</t>
+        </is>
+      </c>
+      <c r="C453" s="1">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="454" spans="1:3">
+      <c r="A454" s="1" t="inlineStr">
+        <is>
+          <t>9786051864372</t>
+        </is>
+      </c>
+      <c r="B454" s="1" t="inlineStr">
+        <is>
+          <t>Çiçi Kitap Okuyor</t>
+        </is>
+      </c>
+      <c r="C454" s="1">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="455" spans="1:3">
+      <c r="A455" s="1" t="inlineStr">
+        <is>
+          <t>9786051864365</t>
+        </is>
+      </c>
+      <c r="B455" s="1" t="inlineStr">
+        <is>
+          <t>Ressam Çiçi</t>
+        </is>
+      </c>
+      <c r="C455" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="456" spans="1:3">
+      <c r="A456" s="1" t="inlineStr">
+        <is>
+          <t>9786051864358</t>
+        </is>
+      </c>
+      <c r="B456" s="1" t="inlineStr">
+        <is>
+          <t>Lunapark</t>
+        </is>
+      </c>
+      <c r="C456" s="1">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="457" spans="1:3">
+      <c r="A457" s="1" t="inlineStr">
+        <is>
+          <t>9786051864341</t>
+        </is>
+      </c>
+      <c r="B457" s="1" t="inlineStr">
+        <is>
+          <t>Kusursuz Dost</t>
+        </is>
+      </c>
+      <c r="C457" s="1">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="458" spans="1:3">
+      <c r="A458" s="1" t="inlineStr">
+        <is>
+          <t>9786051864327</t>
+        </is>
+      </c>
+      <c r="B458" s="1" t="inlineStr">
+        <is>
+          <t>Balonla Gezi</t>
+        </is>
+      </c>
+      <c r="C458" s="1">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="459" spans="1:3">
+      <c r="A459" s="1" t="inlineStr">
+        <is>
+          <t>9786051861357</t>
+        </is>
+      </c>
+      <c r="B459" s="1" t="inlineStr">
+        <is>
+          <t>Zoyi'nin Gezi Rehberi</t>
+        </is>
+      </c>
+      <c r="C459" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="460" spans="1:3">
+      <c r="A460" s="1" t="inlineStr">
+        <is>
+          <t>9786051862460</t>
+        </is>
+      </c>
+      <c r="B460" s="1" t="inlineStr">
+        <is>
+          <t>Uçmak İsteyen Devekuşu</t>
+        </is>
+      </c>
+      <c r="C460" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="461" spans="1:3">
+      <c r="A461" s="1" t="inlineStr">
+        <is>
+          <t>9786051862446</t>
+        </is>
+      </c>
+      <c r="B461" s="1" t="inlineStr">
+        <is>
+          <t>Timsah Olmak İsteyen Hipopotam</t>
+        </is>
+      </c>
+      <c r="C461" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="462" spans="1:3">
+      <c r="A462" s="1" t="inlineStr">
+        <is>
+          <t>9786051862422</t>
+        </is>
+      </c>
+      <c r="B462" s="1" t="inlineStr">
+        <is>
+          <t>Kutup Ayısı Olmak İsteyen Boz Ayı</t>
+        </is>
+      </c>
+      <c r="C462" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="463" spans="1:3">
+      <c r="A463" s="1" t="inlineStr">
+        <is>
+          <t>9786051862415</t>
+        </is>
+      </c>
+      <c r="B463" s="1" t="inlineStr">
+        <is>
+          <t>Kaplan Olmak İsteyen Kedi</t>
+        </is>
+      </c>
+      <c r="C463" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="464" spans="1:3">
+      <c r="A464" s="1" t="inlineStr">
+        <is>
+          <t>9786053484738</t>
+        </is>
+      </c>
+      <c r="B464" s="1" t="inlineStr">
+        <is>
+          <t>Kaza Geliyorum Demez</t>
+        </is>
+      </c>
+      <c r="C464" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="465" spans="1:3">
+      <c r="A465" s="1" t="inlineStr">
+        <is>
+          <t>9786053489023</t>
+        </is>
+      </c>
+      <c r="B465" s="1" t="inlineStr">
+        <is>
+          <t>Alice'in Renkli Harikalar Diyarı</t>
+        </is>
+      </c>
+      <c r="C465" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="466" spans="1:3">
+      <c r="A466" s="1" t="inlineStr">
+        <is>
+          <t>9786053484707</t>
+        </is>
+      </c>
+      <c r="B466" s="1" t="inlineStr">
+        <is>
+          <t>Kibirli Prune</t>
+        </is>
+      </c>
+      <c r="C466" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="467" spans="1:3">
+      <c r="A467" s="1" t="inlineStr">
+        <is>
+          <t>9786053485407</t>
+        </is>
+      </c>
+      <c r="B467" s="1" t="inlineStr">
+        <is>
+          <t>Karanlıkta Tırmanmak</t>
+        </is>
+      </c>
+      <c r="C467" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="468" spans="1:3">
+      <c r="A468" s="1" t="inlineStr">
+        <is>
+          <t>9786053485391</t>
+        </is>
+      </c>
+      <c r="B468" s="1" t="inlineStr">
+        <is>
+          <t>Gıdıklanma Gecesi</t>
+        </is>
+      </c>
+      <c r="C468" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="469" spans="1:3">
+      <c r="A469" s="1" t="inlineStr">
+        <is>
+          <t>9786053485377</t>
+        </is>
+      </c>
+      <c r="B469" s="1" t="inlineStr">
+        <is>
+          <t>Carly Ann Potter'ın Gerçek Günlüğü</t>
+        </is>
+      </c>
+      <c r="C469" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="470" spans="1:3">
+      <c r="A470" s="1" t="inlineStr">
+        <is>
+          <t>9786053485414</t>
+        </is>
+      </c>
+      <c r="B470" s="1" t="inlineStr">
+        <is>
+          <t>Sır Kedi</t>
+        </is>
+      </c>
+      <c r="C470" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="471" spans="1:3">
+      <c r="A471" s="1" t="inlineStr">
+        <is>
+          <t>9786053485384</t>
+        </is>
+      </c>
+      <c r="B471" s="1" t="inlineStr">
+        <is>
+          <t>Evcil Hayvan Ekibi</t>
+        </is>
+      </c>
+      <c r="C471" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="472" spans="1:3">
+      <c r="A472" s="1" t="inlineStr">
+        <is>
+          <t>9786053485360</t>
+        </is>
+      </c>
+      <c r="B472" s="1" t="inlineStr">
+        <is>
+          <t>Anti-Kabadayı Makinesi</t>
+        </is>
+      </c>
+      <c r="C472" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="473" spans="1:3">
+      <c r="A473" s="1" t="inlineStr">
+        <is>
+          <t>9786053485452</t>
+        </is>
+      </c>
+      <c r="B473" s="1" t="inlineStr">
+        <is>
+          <t>Rama'nın Seyahati</t>
+        </is>
+      </c>
+      <c r="C473" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="474" spans="1:3">
+      <c r="A474" s="1" t="inlineStr">
+        <is>
+          <t>9786053484196</t>
+        </is>
+      </c>
+      <c r="B474" s="1" t="inlineStr">
+        <is>
+          <t>Janey'nin Devleri</t>
+        </is>
+      </c>
+      <c r="C474" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="475" spans="1:3">
+      <c r="A475" s="1" t="inlineStr">
+        <is>
+          <t>9786053484332</t>
+        </is>
+      </c>
+      <c r="B475" s="1" t="inlineStr">
+        <is>
+          <t>Robot Bakıcı</t>
+        </is>
+      </c>
+      <c r="C475" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="476" spans="1:3">
+      <c r="A476" s="1" t="inlineStr">
+        <is>
+          <t>9786053484233</t>
+        </is>
+      </c>
+      <c r="B476" s="1" t="inlineStr">
+        <is>
+          <t>Çöp Kutusu</t>
+        </is>
+      </c>
+      <c r="C476" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="477" spans="1:3">
+      <c r="A477" s="1" t="inlineStr">
+        <is>
+          <t>9786053484172</t>
+        </is>
+      </c>
+      <c r="B477" s="1" t="inlineStr">
+        <is>
+          <t>Bertha'nın Gizli Savaşı</t>
+        </is>
+      </c>
+      <c r="C477" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="478" spans="1:3">
+      <c r="A478" s="1" t="inlineStr">
+        <is>
+          <t>9786053484240</t>
+        </is>
+      </c>
+      <c r="B478" s="1" t="inlineStr">
+        <is>
+          <t>Blackbones Okul Kurtarıyor</t>
+        </is>
+      </c>
+      <c r="C478" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="479" spans="1:3">
+      <c r="A479" s="1" t="inlineStr">
+        <is>
+          <t>9786053485421</t>
+        </is>
+      </c>
+      <c r="B479" s="1" t="inlineStr">
+        <is>
+          <t>Yıldız Hastası</t>
+        </is>
+      </c>
+      <c r="C479" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="480" spans="1:3">
+      <c r="A480" s="1" t="inlineStr">
+        <is>
+          <t>9786053484257</t>
+        </is>
+      </c>
+      <c r="B480" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Şans</t>
+        </is>
+      </c>
+      <c r="C480" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="481" spans="1:3">
+      <c r="A481" s="1" t="inlineStr">
+        <is>
+          <t>9786051861258</t>
+        </is>
+      </c>
+      <c r="B481" s="1" t="inlineStr">
+        <is>
+          <t>Müzisyenler Neden Matematik de Sever?</t>
+        </is>
+      </c>
+      <c r="C481" s="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="482" spans="1:3">
+      <c r="A482" s="1" t="inlineStr">
+        <is>
+          <t>9786051860381</t>
+        </is>
+      </c>
+      <c r="B482" s="1" t="inlineStr">
+        <is>
+          <t>Sevginin Gücü</t>
+        </is>
+      </c>
+      <c r="C482" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="483" spans="1:3">
+      <c r="A483" s="1" t="inlineStr">
+        <is>
+          <t>9786053484752</t>
+        </is>
+      </c>
+      <c r="B483" s="1" t="inlineStr">
+        <is>
+          <t>Muhteşem Kız ve Korkunç Gerçek</t>
+        </is>
+      </c>
+      <c r="C483" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="484" spans="1:3">
+      <c r="A484" s="1" t="inlineStr">
+        <is>
+          <t>9786053484776</t>
+        </is>
+      </c>
+      <c r="B484" s="1" t="inlineStr">
+        <is>
+          <t>Topu At!</t>
+        </is>
+      </c>
+      <c r="C484" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="485" spans="1:3">
+      <c r="A485" s="1" t="inlineStr">
+        <is>
+          <t>9786053484691</t>
+        </is>
+      </c>
+      <c r="B485" s="1" t="inlineStr">
+        <is>
+          <t>Billy’nin Şansı</t>
+        </is>
+      </c>
+      <c r="C485" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="486" spans="1:3">
+      <c r="A486" s="1" t="inlineStr">
+        <is>
+          <t>9786053484769</t>
+        </is>
+      </c>
+      <c r="B486" s="1" t="inlineStr">
+        <is>
+          <t>Ben ve Semenderim</t>
+        </is>
+      </c>
+      <c r="C486" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="487" spans="1:3">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
+          <t>9786051861302</t>
+        </is>
+      </c>
+      <c r="B487" s="1" t="inlineStr">
+        <is>
+          <t>Yıldızlar Okulu</t>
+        </is>
+      </c>
+      <c r="C487" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="488" spans="1:3">
+      <c r="A488" s="1" t="inlineStr">
+        <is>
+          <t>9786051860541</t>
+        </is>
+      </c>
+      <c r="B488" s="1" t="inlineStr">
+        <is>
+          <t>Mezar Soyguncusunun Çırağı</t>
+        </is>
+      </c>
+      <c r="C488" s="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="489" spans="1:3">
+      <c r="A489" s="1" t="inlineStr">
+        <is>
+          <t>9786051860251</t>
+        </is>
+      </c>
+      <c r="B489" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Kara Balık</t>
+        </is>
+      </c>
+      <c r="C489" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="490" spans="1:3">
+      <c r="A490" s="1" t="inlineStr">
+        <is>
+          <t>9786053484882</t>
+        </is>
+      </c>
+      <c r="B490" s="1" t="inlineStr">
+        <is>
+          <t>Muhteşem Kız ve Yarım Yürekli Kahraman</t>
+        </is>
+      </c>
+      <c r="C490" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="491" spans="1:3">
+      <c r="A491" s="1" t="inlineStr">
+        <is>
+          <t>9786053484875</t>
+        </is>
+      </c>
+      <c r="B491" s="1" t="inlineStr">
+        <is>
+          <t>Muhteşem Kız ve Yapışkan Gökdelen</t>
+        </is>
+      </c>
+      <c r="C491" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="492" spans="1:3">
+      <c r="A492" s="1" t="inlineStr">
+        <is>
+          <t>9786053484868</t>
+        </is>
+      </c>
+      <c r="B492" s="1" t="inlineStr">
+        <is>
+          <t>Kalecinin Sırrı</t>
+        </is>
+      </c>
+      <c r="C492" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="493" spans="1:3">
+      <c r="A493" s="1" t="inlineStr">
+        <is>
+          <t>9786053484905</t>
+        </is>
+      </c>
+      <c r="B493" s="1" t="inlineStr">
+        <is>
+          <t>Kahraman Herkül</t>
+        </is>
+      </c>
+      <c r="C493" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="494" spans="1:3">
+      <c r="A494" s="1" t="inlineStr">
+        <is>
+          <t>9786053484851</t>
+        </is>
+      </c>
+      <c r="B494" s="1" t="inlineStr">
+        <is>
+          <t>Hurda Adam ve Muhteşem Uçuş Makinesi</t>
+        </is>
+      </c>
+      <c r="C494" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="495" spans="1:3">
+      <c r="A495" s="1" t="inlineStr">
+        <is>
+          <t>9786053484844</t>
+        </is>
+      </c>
+      <c r="B495" s="1" t="inlineStr">
+        <is>
+          <t>Hayvan Terbiyecisi Shelley Holmes</t>
+        </is>
+      </c>
+      <c r="C495" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="496" spans="1:3">
+      <c r="A496" s="1" t="inlineStr">
+        <is>
+          <t>9786053487302</t>
+        </is>
+      </c>
+      <c r="B496" s="1" t="inlineStr">
+        <is>
+          <t>Kimim Ben? - Yavru Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C496" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="497" spans="1:3">
+      <c r="A497" s="1" t="inlineStr">
+        <is>
+          <t>9786053487319</t>
+        </is>
+      </c>
+      <c r="B497" s="1" t="inlineStr">
+        <is>
+          <t>Kimim Ben? - Vahşi Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C497" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="498" spans="1:3">
+      <c r="A498" s="1" t="inlineStr">
+        <is>
+          <t>9786053487333</t>
+        </is>
+      </c>
+      <c r="B498" s="1" t="inlineStr">
+        <is>
+          <t>Kimim Ben? - Çiftlik Hayvanları</t>
+        </is>
+      </c>
+      <c r="C498" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="499" spans="1:3">
+      <c r="A499" s="1" t="inlineStr">
+        <is>
+          <t>9786053487326</t>
+        </is>
+      </c>
+      <c r="B499" s="1" t="inlineStr">
+        <is>
+          <t>Kimim Ben? - Çevremdeki Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C499" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="500" spans="1:3">
+      <c r="A500" s="1" t="inlineStr">
+        <is>
+          <t>9786053486985</t>
+        </is>
+      </c>
+      <c r="B500" s="1" t="inlineStr">
+        <is>
+          <t>O Ses Nedir? - Taşıtlar (Sesli Kitap)</t>
+        </is>
+      </c>
+      <c r="C500" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="501" spans="1:3">
+      <c r="A501" s="1" t="inlineStr">
+        <is>
+          <t>9786053486978</t>
+        </is>
+      </c>
+      <c r="B501" s="1" t="inlineStr">
+        <is>
+          <t>O Ses Nedir? - Hayvanlar (Sesli Kitap)</t>
+        </is>
+      </c>
+      <c r="C501" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="502" spans="1:3">
+      <c r="A502" s="1" t="inlineStr">
+        <is>
+          <t>9786053486961</t>
+        </is>
+      </c>
+      <c r="B502" s="1" t="inlineStr">
+        <is>
+          <t>O Ses Nedir? - Enstrümanlar (Sesli Kitap)</t>
+        </is>
+      </c>
+      <c r="C502" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="503" spans="1:3">
+      <c r="A503" s="1" t="inlineStr">
+        <is>
+          <t>9786053486992</t>
+        </is>
+      </c>
+      <c r="B503" s="1" t="inlineStr">
+        <is>
+          <t>O Ses Nedir? - Çiftlik Hayvanları (Sesli Kitap)</t>
+        </is>
+      </c>
+      <c r="C503" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="504" spans="1:3">
+      <c r="A504" s="1" t="inlineStr">
+        <is>
+          <t>9786053483373</t>
+        </is>
+      </c>
+      <c r="B504" s="1" t="inlineStr">
+        <is>
+          <t>Oxford Kitaplığı Set 3 (12 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C504" s="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="505" spans="1:3">
+      <c r="A505" s="1" t="inlineStr">
+        <is>
+          <t>9786051861470</t>
+        </is>
+      </c>
+      <c r="B505" s="1" t="inlineStr">
+        <is>
+          <t>Papağan Polly'ye Yardım Eli!</t>
+        </is>
+      </c>
+      <c r="C505" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="506" spans="1:3">
+      <c r="A506" s="1" t="inlineStr">
+        <is>
+          <t>9786051861463</t>
+        </is>
+      </c>
+      <c r="B506" s="1" t="inlineStr">
+        <is>
+          <t>Oley Define Buldum!</t>
+        </is>
+      </c>
+      <c r="C506" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="507" spans="1:3">
+      <c r="A507" s="1" t="inlineStr">
+        <is>
+          <t>9786051861456</t>
+        </is>
+      </c>
+      <c r="B507" s="1" t="inlineStr">
+        <is>
+          <t>Hey, Hey Kaptan!</t>
+        </is>
+      </c>
+      <c r="C507" s="1">
+        <v>22.5</v>
+      </c>
+    </row>
+    <row r="508" spans="1:3">
+      <c r="A508" s="1" t="inlineStr">
+        <is>
+          <t>9786051861449</t>
+        </is>
+      </c>
+      <c r="B508" s="1" t="inlineStr">
+        <is>
+          <t>Ben Yaptım!</t>
+        </is>
+      </c>
+      <c r="C508" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="509" spans="1:3">
+      <c r="A509" s="1" t="inlineStr">
+        <is>
+          <t>9786051861265</t>
+        </is>
+      </c>
+      <c r="B509" s="1" t="inlineStr">
+        <is>
+          <t>Ulduz Kız'ın Kargaları</t>
+        </is>
+      </c>
+      <c r="C509" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="510" spans="1:3">
+      <c r="A510" s="1" t="inlineStr">
+        <is>
+          <t>9786051861609</t>
+        </is>
+      </c>
+      <c r="B510" s="1" t="inlineStr">
+        <is>
+          <t>Tik Tak</t>
+        </is>
+      </c>
+      <c r="C510" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="511" spans="1:3">
+      <c r="A511" s="1" t="inlineStr">
+        <is>
+          <t>9786051861593</t>
+        </is>
+      </c>
+      <c r="B511" s="1" t="inlineStr">
+        <is>
+          <t>Tekerlekler Durmadan Döner</t>
+        </is>
+      </c>
+      <c r="C511" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="512" spans="1:3">
+      <c r="A512" s="1" t="inlineStr">
+        <is>
+          <t>9786051861548</t>
+        </is>
+      </c>
+      <c r="B512" s="1" t="inlineStr">
+        <is>
+          <t>Süper Anne</t>
+        </is>
+      </c>
+      <c r="C512" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="513" spans="1:3">
+      <c r="A513" s="1" t="inlineStr">
+        <is>
+          <t>9786051861579</t>
+        </is>
+      </c>
+      <c r="B513" s="1" t="inlineStr">
+        <is>
+          <t>Mımm! Çok Lezzetli</t>
+        </is>
+      </c>
+      <c r="C513" s="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="514" spans="1:3">
+      <c r="A514" s="1" t="inlineStr">
+        <is>
+          <t>9786051861531</t>
+        </is>
+      </c>
+      <c r="B514" s="1" t="inlineStr">
+        <is>
+          <t>Haydi Bir Ev Yapalım</t>
+        </is>
+      </c>
+      <c r="C514" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="515" spans="1:3">
+      <c r="A515" s="1" t="inlineStr">
+        <is>
+          <t>9786051861524</t>
+        </is>
+      </c>
+      <c r="B515" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Bebeklerle Dolu!</t>
+        </is>
+      </c>
+      <c r="C515" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="516" spans="1:3">
+      <c r="A516" s="1" t="inlineStr">
+        <is>
+          <t>9786051861555</t>
+        </is>
+      </c>
+      <c r="B516" s="1" t="inlineStr">
+        <is>
+          <t>Vahşi ve Özgür</t>
+        </is>
+      </c>
+      <c r="C516" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="517" spans="1:3">
+      <c r="A517" s="1" t="inlineStr">
+        <is>
+          <t>9786051862125</t>
+        </is>
+      </c>
+      <c r="B517" s="1" t="inlineStr">
+        <is>
+          <t>Siri’nin Yavru Köpeği</t>
+        </is>
+      </c>
+      <c r="C517" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="518" spans="1:3">
+      <c r="A518" s="1" t="inlineStr">
+        <is>
+          <t>9786051862132</t>
+        </is>
+      </c>
+      <c r="B518" s="1" t="inlineStr">
+        <is>
+          <t>Siri ve Sahte Hayalet</t>
+        </is>
+      </c>
+      <c r="C518" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="519" spans="1:3">
+      <c r="A519" s="1" t="inlineStr">
+        <is>
+          <t>9786051862088</t>
+        </is>
+      </c>
+      <c r="B519" s="1" t="inlineStr">
+        <is>
+          <t>Siri ve Kayıp Pire</t>
+        </is>
+      </c>
+      <c r="C519" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="520" spans="1:3">
+      <c r="A520" s="1" t="inlineStr">
+        <is>
+          <t>9786053486565</t>
+        </is>
+      </c>
+      <c r="B520" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın En Kötü Takımı</t>
+        </is>
+      </c>
+      <c r="C520" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="521" spans="1:3">
+      <c r="A521" s="1" t="inlineStr">
+        <is>
+          <t>9786051860589</t>
+        </is>
+      </c>
+      <c r="B521" s="1" t="inlineStr">
+        <is>
+          <t>Bella Donna - Tatlı Cadıcık (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C521" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="522" spans="1:3">
+      <c r="A522" s="1" t="inlineStr">
+        <is>
+          <t>9786051860640</t>
+        </is>
+      </c>
+      <c r="B522" s="1" t="inlineStr">
+        <is>
+          <t>Bella Donna - Patlayan Büyüler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C522" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="523" spans="1:3">
+      <c r="A523" s="1" t="inlineStr">
+        <is>
+          <t>9786053484714</t>
+        </is>
+      </c>
+      <c r="B523" s="1" t="inlineStr">
+        <is>
+          <t>Havalı Clive ve Tatlı Bela</t>
+        </is>
+      </c>
+      <c r="C523" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="524" spans="1:3">
+      <c r="A524" s="1" t="inlineStr">
+        <is>
+          <t>9786053484790</t>
+        </is>
+      </c>
+      <c r="B524" s="1" t="inlineStr">
+        <is>
+          <t>Doohickey ve Robot</t>
+        </is>
+      </c>
+      <c r="C524" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="525" spans="1:3">
+      <c r="A525" s="1" t="inlineStr">
+        <is>
+          <t>9786053485889</t>
+        </is>
+      </c>
+      <c r="B525" s="1" t="inlineStr">
+        <is>
+          <t>Tuzak!</t>
+        </is>
+      </c>
+      <c r="C525" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="526" spans="1:3">
+      <c r="A526" s="1" t="inlineStr">
+        <is>
+          <t>9786053485896</t>
+        </is>
+      </c>
+      <c r="B526" s="1" t="inlineStr">
+        <is>
+          <t>Hava Saldırısı</t>
+        </is>
+      </c>
+      <c r="C526" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="527" spans="1:3">
+      <c r="A527" s="1" t="inlineStr">
+        <is>
+          <t>9786053484417</t>
+        </is>
+      </c>
+      <c r="B527" s="1" t="inlineStr">
+        <is>
+          <t>Robbie Woods ve Mutlu Adamları</t>
+        </is>
+      </c>
+      <c r="C527" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="528" spans="1:3">
+      <c r="A528" s="1" t="inlineStr">
+        <is>
+          <t>9786053484370</t>
+        </is>
+      </c>
+      <c r="B528" s="1" t="inlineStr">
+        <is>
+          <t>Hurda Adam</t>
+        </is>
+      </c>
+      <c r="C528" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="529" spans="1:3">
+      <c r="A529" s="1" t="inlineStr">
+        <is>
+          <t>9786051861562</t>
+        </is>
+      </c>
+      <c r="B529" s="1" t="inlineStr">
+        <is>
+          <t>Yatağın Altında Ne Var ?</t>
+        </is>
+      </c>
+      <c r="C529" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="530" spans="1:3">
+      <c r="A530" s="1" t="inlineStr">
+        <is>
+          <t>9786053485902</t>
+        </is>
+      </c>
+      <c r="B530" s="1" t="inlineStr">
+        <is>
+          <t>Akşam Yemeğin İçin Şarkı Söyle</t>
+        </is>
+      </c>
+      <c r="C530" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="531" spans="1:3">
+      <c r="A531" s="1" t="inlineStr">
+        <is>
+          <t>9786053484202</t>
+        </is>
+      </c>
+      <c r="B531" s="1" t="inlineStr">
+        <is>
+          <t>Nehrin Karşı Kıyısındaki Turtalar</t>
+        </is>
+      </c>
+      <c r="C531" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="532" spans="1:3">
+      <c r="A532" s="1" t="inlineStr">
+        <is>
+          <t>9786053484288</t>
+        </is>
+      </c>
+      <c r="B532" s="1" t="inlineStr">
+        <is>
+          <t>Peri Değerli Taş</t>
+        </is>
+      </c>
+      <c r="C532" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="533" spans="1:3">
+      <c r="A533" s="1" t="inlineStr">
+        <is>
+          <t>9786053484271</t>
+        </is>
+      </c>
+      <c r="B533" s="1" t="inlineStr">
+        <is>
+          <t>Şanssız Canavar</t>
+        </is>
+      </c>
+      <c r="C533" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="534" spans="1:3">
+      <c r="A534" s="1" t="inlineStr">
+        <is>
+          <t>9786053484264</t>
+        </is>
+      </c>
+      <c r="B534" s="1" t="inlineStr">
+        <is>
+          <t>Tehlikeli Spor Ayakkabılar</t>
+        </is>
+      </c>
+      <c r="C534" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="535" spans="1:3">
+      <c r="A535" s="1" t="inlineStr">
+        <is>
+          <t>9786053484226</t>
+        </is>
+      </c>
+      <c r="B535" s="1" t="inlineStr">
+        <is>
+          <t>Tertemiz</t>
+        </is>
+      </c>
+      <c r="C535" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="536" spans="1:3">
+      <c r="A536" s="1" t="inlineStr">
+        <is>
+          <t>9786053488187</t>
+        </is>
+      </c>
+      <c r="B536" s="1" t="inlineStr">
+        <is>
+          <t>Yer Altı Dünyasının Masalları</t>
+        </is>
+      </c>
+      <c r="C536" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="537" spans="1:3">
+      <c r="A537" s="1" t="inlineStr">
+        <is>
+          <t>9786053488200</t>
+        </is>
+      </c>
+      <c r="B537" s="1" t="inlineStr">
+        <is>
+          <t>Şekil Değiştiriciler</t>
+        </is>
+      </c>
+      <c r="C537" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="538" spans="1:3">
+      <c r="A538" s="1" t="inlineStr">
+        <is>
+          <t>9786053488156</t>
+        </is>
+      </c>
+      <c r="B538" s="1" t="inlineStr">
+        <is>
+          <t>Odysseus'un Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C538" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="539" spans="1:3">
+      <c r="A539" s="1" t="inlineStr">
+        <is>
+          <t>9786053488132</t>
+        </is>
+      </c>
+      <c r="B539" s="1" t="inlineStr">
+        <is>
+          <t>Mitolojik Yaratıklar ve Efsanevi Canavarlar</t>
+        </is>
+      </c>
+      <c r="C539" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="540" spans="1:3">
+      <c r="A540" s="1" t="inlineStr">
+        <is>
+          <t>9786053488101</t>
+        </is>
+      </c>
+      <c r="B540" s="1" t="inlineStr">
+        <is>
+          <t>Köpeklerin Burnu Neden Siyahtır?</t>
+        </is>
+      </c>
+      <c r="C540" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="541" spans="1:3">
+      <c r="A541" s="1" t="inlineStr">
+        <is>
+          <t>9786053488071</t>
+        </is>
+      </c>
+      <c r="B541" s="1" t="inlineStr">
+        <is>
+          <t>Gılgamış Destanı</t>
+        </is>
+      </c>
+      <c r="C541" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="542" spans="1:3">
+      <c r="A542" s="1" t="inlineStr">
+        <is>
+          <t>9786053488170</t>
+        </is>
+      </c>
+      <c r="B542" s="1" t="inlineStr">
+        <is>
+          <t>Tek Öğrencili Okul</t>
+        </is>
+      </c>
+      <c r="C542" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="543" spans="1:3">
+      <c r="A543" s="1" t="inlineStr">
+        <is>
+          <t>9786053488163</t>
+        </is>
+      </c>
+      <c r="B543" s="1" t="inlineStr">
+        <is>
+          <t>Savaş Maymunu</t>
+        </is>
+      </c>
+      <c r="C543" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="544" spans="1:3">
+      <c r="A544" s="1" t="inlineStr">
+        <is>
+          <t>9786053488149</t>
+        </is>
+      </c>
+      <c r="B544" s="1" t="inlineStr">
+        <is>
+          <t>Multi Milyonluk Maskot</t>
+        </is>
+      </c>
+      <c r="C544" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="545" spans="1:3">
+      <c r="A545" s="1" t="inlineStr">
+        <is>
+          <t>9786053488095</t>
+        </is>
+      </c>
+      <c r="B545" s="1" t="inlineStr">
+        <is>
+          <t>Karnaval</t>
+        </is>
+      </c>
+      <c r="C545" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="546" spans="1:3">
+      <c r="A546" s="1" t="inlineStr">
+        <is>
+          <t>9786053488088</t>
+        </is>
+      </c>
+      <c r="B546" s="1" t="inlineStr">
+        <is>
+          <t>Kar Körlüğü</t>
+        </is>
+      </c>
+      <c r="C546" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="547" spans="1:3">
+      <c r="A547" s="1" t="inlineStr">
+        <is>
+          <t>9786053483090</t>
+        </is>
+      </c>
+      <c r="B547" s="1" t="inlineStr">
+        <is>
+          <t>Hızlı Kurbağa</t>
+        </is>
+      </c>
+      <c r="C547" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="548" spans="1:3">
+      <c r="A548" s="1" t="inlineStr">
+        <is>
+          <t>9786053483182</t>
+        </is>
+      </c>
+      <c r="B548" s="1" t="inlineStr">
+        <is>
+          <t>Kurt Fablları</t>
+        </is>
+      </c>
+      <c r="C548" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="549" spans="1:3">
+      <c r="A549" s="1" t="inlineStr">
+        <is>
+          <t>9786053483106</t>
+        </is>
+      </c>
+      <c r="B549" s="1" t="inlineStr">
+        <is>
+          <t>Mısır Gevreği Parası</t>
+        </is>
+      </c>
+      <c r="C549" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="550" spans="1:3">
+      <c r="A550" s="1" t="inlineStr">
+        <is>
+          <t>9786053483151</t>
+        </is>
+      </c>
+      <c r="B550" s="1" t="inlineStr">
+        <is>
+          <t>Çirkin Pantolonlar</t>
+        </is>
+      </c>
+      <c r="C550" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="551" spans="1:3">
+      <c r="A551" s="1" t="inlineStr">
+        <is>
+          <t>9786053483168</t>
+        </is>
+      </c>
+      <c r="B551" s="1" t="inlineStr">
+        <is>
+          <t>Hayalet Gemi</t>
+        </is>
+      </c>
+      <c r="C551" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="552" spans="1:3">
+      <c r="A552" s="1" t="inlineStr">
+        <is>
+          <t>9786053483113</t>
+        </is>
+      </c>
+      <c r="B552" s="1" t="inlineStr">
+        <is>
+          <t>Kahraman - Yarı Fiyat</t>
+        </is>
+      </c>
+      <c r="C552" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="553" spans="1:3">
+      <c r="A553" s="1" t="inlineStr">
+        <is>
+          <t>9786053483229</t>
+        </is>
+      </c>
+      <c r="B553" s="1" t="inlineStr">
+        <is>
+          <t>Yanlış Mektup</t>
+        </is>
+      </c>
+      <c r="C553" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="554" spans="1:3">
+      <c r="A554" s="1" t="inlineStr">
+        <is>
+          <t>9786053483892</t>
+        </is>
+      </c>
+      <c r="B554" s="1" t="inlineStr">
+        <is>
+          <t>Jack Christie - Kurtuluş Günü</t>
+        </is>
+      </c>
+      <c r="C554" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="555" spans="1:3">
+      <c r="A555" s="1" t="inlineStr">
+        <is>
+          <t>9786053481294</t>
+        </is>
+      </c>
+      <c r="B555" s="1" t="inlineStr">
+        <is>
+          <t>Alphabet Song (Sesli Kitap)</t>
+        </is>
+      </c>
+      <c r="C555" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="556" spans="1:3">
+      <c r="A556" s="1" t="inlineStr">
+        <is>
+          <t>9786053481379</t>
+        </is>
+      </c>
+      <c r="B556" s="1" t="inlineStr">
+        <is>
+          <t>Numbers (Sesli Kitap)</t>
+        </is>
+      </c>
+      <c r="C556" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="557" spans="1:3">
+      <c r="A557" s="1" t="inlineStr">
+        <is>
+          <t>9786053481386</t>
+        </is>
+      </c>
+      <c r="B557" s="1" t="inlineStr">
+        <is>
+          <t>Objects and Toys (Sesli Kitap)</t>
+        </is>
+      </c>
+      <c r="C557" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="558" spans="1:3">
+      <c r="A558" s="1" t="inlineStr">
+        <is>
+          <t>9786053481331</t>
+        </is>
+      </c>
+      <c r="B558" s="1" t="inlineStr">
+        <is>
+          <t>Greetings (Sesli Kitap)</t>
+        </is>
+      </c>
+      <c r="C558" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="559" spans="1:3">
+      <c r="A559" s="1" t="inlineStr">
+        <is>
+          <t>9786053481355</t>
+        </is>
+      </c>
+      <c r="B559" s="1" t="inlineStr">
+        <is>
+          <t>Best Kid Songs (Sesli Kitap)</t>
+        </is>
+      </c>
+      <c r="C559" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="560" spans="1:3">
+      <c r="A560" s="1" t="inlineStr">
+        <is>
+          <t>9786053481409</t>
+        </is>
+      </c>
+      <c r="B560" s="1" t="inlineStr">
+        <is>
+          <t>Row Your Boat (Sesli Kitap)</t>
+        </is>
+      </c>
+      <c r="C560" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="561" spans="1:3">
+      <c r="A561" s="1" t="inlineStr">
+        <is>
+          <t>9786053481348</t>
+        </is>
+      </c>
+      <c r="B561" s="1" t="inlineStr">
+        <is>
+          <t>Are You Sleeping? (Sesli Kitap)</t>
+        </is>
+      </c>
+      <c r="C561" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="562" spans="1:3">
+      <c r="A562" s="1" t="inlineStr">
+        <is>
+          <t>9786053481324</t>
+        </is>
+      </c>
+      <c r="B562" s="1" t="inlineStr">
+        <is>
+          <t>Ali Baba's Farm (Sesli Kitap)</t>
+        </is>
+      </c>
+      <c r="C562" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="563" spans="1:3">
+      <c r="A563" s="1" t="inlineStr">
+        <is>
+          <t>9786053481362</t>
+        </is>
+      </c>
+      <c r="B563" s="1" t="inlineStr">
+        <is>
+          <t>Colors (Sesli Kitap)</t>
+        </is>
+      </c>
+      <c r="C563" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="564" spans="1:3">
+      <c r="A564" s="1" t="inlineStr">
+        <is>
+          <t>9786053481393</t>
+        </is>
+      </c>
+      <c r="B564" s="1" t="inlineStr">
+        <is>
+          <t>One Little Finger (Sesli Kitap)</t>
+        </is>
+      </c>
+      <c r="C564" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="565" spans="1:3">
+      <c r="A565" s="1" t="inlineStr">
+        <is>
+          <t>9786053485155</t>
+        </is>
+      </c>
+      <c r="B565" s="1" t="inlineStr">
+        <is>
+          <t>Memleketsiz Kaleci</t>
+        </is>
+      </c>
+      <c r="C565" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="566" spans="1:3">
+      <c r="A566" s="1" t="inlineStr">
+        <is>
+          <t>9786053485070</t>
+        </is>
+      </c>
+      <c r="B566" s="1" t="inlineStr">
+        <is>
+          <t>Kaptan Blood'ın İntikamı</t>
+        </is>
+      </c>
+      <c r="C566" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="567" spans="1:3">
+      <c r="A567" s="1" t="inlineStr">
+        <is>
+          <t>9786053485124</t>
+        </is>
+      </c>
+      <c r="B567" s="1" t="inlineStr">
+        <is>
+          <t>Süper Spor Ayakkabılar</t>
+        </is>
+      </c>
+      <c r="C567" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="568" spans="1:3">
+      <c r="A568" s="1" t="inlineStr">
+        <is>
+          <t>9786053485063</t>
+        </is>
+      </c>
+      <c r="B568" s="1" t="inlineStr">
+        <is>
+          <t>Goldieyi Beklerken</t>
+        </is>
+      </c>
+      <c r="C568" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="569" spans="1:3">
+      <c r="A569" s="1" t="inlineStr">
+        <is>
+          <t>9786053485100</t>
+        </is>
+      </c>
+      <c r="B569" s="1" t="inlineStr">
+        <is>
+          <t>Kişilik İksiri</t>
+        </is>
+      </c>
+      <c r="C569" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="570" spans="1:3">
+      <c r="A570" s="1" t="inlineStr">
+        <is>
+          <t>9786053485117</t>
+        </is>
+      </c>
+      <c r="B570" s="1" t="inlineStr">
+        <is>
+          <t>Perili Ev</t>
+        </is>
+      </c>
+      <c r="C570" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="571" spans="1:3">
+      <c r="A571" s="1" t="inlineStr">
+        <is>
+          <t>9786053485148</t>
+        </is>
+      </c>
+      <c r="B571" s="1" t="inlineStr">
+        <is>
+          <t>Kemikler</t>
+        </is>
+      </c>
+      <c r="C571" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="572" spans="1:3">
+      <c r="A572" s="1" t="inlineStr">
+        <is>
+          <t>9786053485094</t>
+        </is>
+      </c>
+      <c r="B572" s="1" t="inlineStr">
+        <is>
+          <t>Kara Dan</t>
+        </is>
+      </c>
+      <c r="C572" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="573" spans="1:3">
+      <c r="A573" s="1" t="inlineStr">
+        <is>
+          <t>9786053485131</t>
+        </is>
+      </c>
+      <c r="B573" s="1" t="inlineStr">
+        <is>
+          <t>Altın Tahterevallinin Peşinde</t>
+        </is>
+      </c>
+      <c r="C573" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="574" spans="1:3">
+      <c r="A574" s="1" t="inlineStr">
+        <is>
+          <t>9786053483809</t>
+        </is>
+      </c>
+      <c r="B574" s="1" t="inlineStr">
+        <is>
+          <t>Benim İlk Kelimelerim - Eşyalar</t>
+        </is>
+      </c>
+      <c r="C574" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="575" spans="1:3">
+      <c r="A575" s="1" t="inlineStr">
+        <is>
+          <t>9786053483816</t>
+        </is>
+      </c>
+      <c r="B575" s="1" t="inlineStr">
+        <is>
+          <t>Benim İlk Kelimelerim - Araçlar</t>
+        </is>
+      </c>
+      <c r="C575" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="576" spans="1:3">
+      <c r="A576" s="1" t="inlineStr">
+        <is>
+          <t>9786053484349</t>
+        </is>
+      </c>
+      <c r="B576" s="1" t="inlineStr">
+        <is>
+          <t>Yalan Makinesi</t>
+        </is>
+      </c>
+      <c r="C576" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="577" spans="1:3">
+      <c r="A577" s="1" t="inlineStr">
+        <is>
+          <t>9786053483762</t>
+        </is>
+      </c>
+      <c r="B577" s="1" t="inlineStr">
+        <is>
+          <t>Benim İlk Kelimelerim - Sebze ve Meyveler</t>
+        </is>
+      </c>
+      <c r="C577" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="578" spans="1:3">
+      <c r="A578" s="1" t="inlineStr">
+        <is>
+          <t>9786053483779</t>
+        </is>
+      </c>
+      <c r="B578" s="1" t="inlineStr">
+        <is>
+          <t>Benim İlk Kelimelerim - Sayılar ve Şekiller</t>
+        </is>
+      </c>
+      <c r="C578" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="579" spans="1:3">
+      <c r="A579" s="1" t="inlineStr">
+        <is>
+          <t>9786053483786</t>
+        </is>
+      </c>
+      <c r="B579" s="1" t="inlineStr">
+        <is>
+          <t>Benim İlk Kelimelerim - Renkler</t>
+        </is>
+      </c>
+      <c r="C579" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="580" spans="1:3">
+      <c r="A580" s="1" t="inlineStr">
+        <is>
+          <t>9786053483793</t>
+        </is>
+      </c>
+      <c r="B580" s="1" t="inlineStr">
+        <is>
+          <t>Benim İlk Kelimelerim - Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C580" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="581" spans="1:3">
+      <c r="A581" s="1" t="inlineStr">
+        <is>
+          <t>9786053485674</t>
+        </is>
+      </c>
+      <c r="B581" s="1" t="inlineStr">
+        <is>
+          <t>Tamam, Spanner, Sen Kazandın!</t>
+        </is>
+      </c>
+      <c r="C581" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="582" spans="1:3">
+      <c r="A582" s="1" t="inlineStr">
+        <is>
+          <t>9786053485667</t>
+        </is>
+      </c>
+      <c r="B582" s="1" t="inlineStr">
+        <is>
+          <t>Korsan Grace</t>
+        </is>
+      </c>
+      <c r="C582" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="583" spans="1:3">
+      <c r="A583" s="1" t="inlineStr">
+        <is>
+          <t>9786053485650</t>
+        </is>
+      </c>
+      <c r="B583" s="1" t="inlineStr">
+        <is>
+          <t>Ev Tavşanının Korkunç Gücü</t>
+        </is>
+      </c>
+      <c r="C583" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="584" spans="1:3">
+      <c r="A584" s="1" t="inlineStr">
+        <is>
+          <t>9786053485643</t>
+        </is>
+      </c>
+      <c r="B584" s="1" t="inlineStr">
+        <is>
+          <t>Duygusal Robot Petey</t>
+        </is>
+      </c>
+      <c r="C584" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="585" spans="1:3">
+      <c r="A585" s="1" t="inlineStr">
+        <is>
+          <t>9786053485636</t>
+        </is>
+      </c>
+      <c r="B585" s="1" t="inlineStr">
+        <is>
+          <t>Danny'nin Gizli Tilkisi</t>
+        </is>
+      </c>
+      <c r="C585" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="586" spans="1:3">
+      <c r="A586" s="1" t="inlineStr">
+        <is>
+          <t>9786053484400</t>
+        </is>
+      </c>
+      <c r="B586" s="1" t="inlineStr">
+        <is>
+          <t>Merlin ve Kayıp Kral</t>
+        </is>
+      </c>
+      <c r="C586" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="587" spans="1:3">
+      <c r="A587" s="1" t="inlineStr">
+        <is>
+          <t>9786053483564</t>
+        </is>
+      </c>
+      <c r="B587" s="1" t="inlineStr">
+        <is>
+          <t>Her Deney Bir Eğlence - Sesler</t>
+        </is>
+      </c>
+      <c r="C587" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="588" spans="1:3">
+      <c r="A588" s="1" t="inlineStr">
+        <is>
+          <t>9786053483571</t>
+        </is>
+      </c>
+      <c r="B588" s="1" t="inlineStr">
+        <is>
+          <t>Her Deney Bir Eğlence - Su</t>
+        </is>
+      </c>
+      <c r="C588" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="589" spans="1:3">
+      <c r="A589" s="1" t="inlineStr">
+        <is>
+          <t>9786254484049</t>
+        </is>
+      </c>
+      <c r="B589" s="1" t="inlineStr">
+        <is>
+          <t>Renklerle Kodlama Serüveni (Koparmalı) - 1</t>
+        </is>
+      </c>
+      <c r="C589" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="590" spans="1:3">
+      <c r="A590" s="1" t="inlineStr">
+        <is>
+          <t>9786254484056</t>
+        </is>
+      </c>
+      <c r="B590" s="1" t="inlineStr">
+        <is>
+          <t>Renklerle Kodlama Serüveni (Koparmalı) - 2</t>
+        </is>
+      </c>
+      <c r="C590" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="591" spans="1:3">
+      <c r="A591" s="1" t="inlineStr">
+        <is>
+          <t>9786254483981</t>
+        </is>
+      </c>
+      <c r="B591" s="1" t="inlineStr">
+        <is>
+          <t>Renklerle Kodlama Serüveni 1</t>
+        </is>
+      </c>
+      <c r="C591" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="592" spans="1:3">
+      <c r="A592" s="1" t="inlineStr">
+        <is>
+          <t>9786254483998</t>
+        </is>
+      </c>
+      <c r="B592" s="1" t="inlineStr">
+        <is>
+          <t>Renklerle Kodlama Serüveni 2</t>
+        </is>
+      </c>
+      <c r="C592" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="593" spans="1:3">
+      <c r="A593" s="1" t="inlineStr">
+        <is>
+          <t>9786254484032</t>
+        </is>
+      </c>
+      <c r="B593" s="1" t="inlineStr">
+        <is>
+          <t>Renklerle Kodlama Serüveni 6</t>
+        </is>
+      </c>
+      <c r="C593" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="594" spans="1:3">
+      <c r="A594" s="1" t="inlineStr">
+        <is>
+          <t>9786254484063</t>
+        </is>
+      </c>
+      <c r="B594" s="1" t="inlineStr">
+        <is>
+          <t>Renklerle Kodlama Serüveni 7</t>
+        </is>
+      </c>
+      <c r="C594" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="595" spans="1:3">
+      <c r="A595" s="1" t="inlineStr">
+        <is>
+          <t>9786254484001</t>
+        </is>
+      </c>
+      <c r="B595" s="1" t="inlineStr">
+        <is>
+          <t>Renklerle Kodlama Serüveni 3</t>
+        </is>
+      </c>
+      <c r="C595" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="596" spans="1:3">
+      <c r="A596" s="1" t="inlineStr">
+        <is>
+          <t>9786254484018</t>
+        </is>
+      </c>
+      <c r="B596" s="1" t="inlineStr">
+        <is>
+          <t>Renklerle Kodlama Serüveni 4</t>
+        </is>
+      </c>
+      <c r="C596" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="597" spans="1:3">
+      <c r="A597" s="1" t="inlineStr">
+        <is>
+          <t>9786254484025</t>
+        </is>
+      </c>
+      <c r="B597" s="1" t="inlineStr">
+        <is>
+          <t>Renklerle Kodlama Serüveni 5</t>
+        </is>
+      </c>
+      <c r="C597" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="598" spans="1:3">
+      <c r="A598" s="1" t="inlineStr">
+        <is>
+          <t>9786254482687</t>
+        </is>
+      </c>
+      <c r="B598" s="1" t="inlineStr">
+        <is>
+          <t>Afi and Tomi - A Day in the City</t>
+        </is>
+      </c>
+      <c r="C598" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="599" spans="1:3">
+      <c r="A599" s="1" t="inlineStr">
+        <is>
+          <t>9786254483226</t>
+        </is>
+      </c>
+      <c r="B599" s="1" t="inlineStr">
+        <is>
+          <t>Aktivite Kitaplarım Seti Okul Öncesi ve Erken Okul Dönemi</t>
+        </is>
+      </c>
+      <c r="C599" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="600" spans="1:3">
+      <c r="A600" s="1" t="inlineStr">
+        <is>
+          <t>9786254483202</t>
+        </is>
+      </c>
+      <c r="B600" s="1" t="inlineStr">
+        <is>
+          <t>Aktivite Kitaplarım Seti 4+ Yaş - Okul Öncesi ve Erken Okul Dönemi</t>
+        </is>
+      </c>
+      <c r="C600" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="601" spans="1:3">
+      <c r="A601" s="1" t="inlineStr">
+        <is>
+          <t>9786254483219</t>
+        </is>
+      </c>
+      <c r="B601" s="1" t="inlineStr">
+        <is>
+          <t>Aktivite Kitaplarım Seti 3+ Yaş - Okul Öncesi ve Erken Okul Dönemi</t>
+        </is>
+      </c>
+      <c r="C601" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="602" spans="1:3">
+      <c r="A602" s="1" t="inlineStr">
+        <is>
+          <t>9786254483042</t>
+        </is>
+      </c>
+      <c r="B602" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Klasikleri (24 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C602" s="1">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="603" spans="1:3">
+      <c r="A603" s="1" t="inlineStr">
+        <is>
+          <t>9786254481000</t>
+        </is>
+      </c>
+      <c r="B603" s="1" t="inlineStr">
+        <is>
+          <t>Oz Büyücüsü</t>
+        </is>
+      </c>
+      <c r="C603" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="604" spans="1:3">
+      <c r="A604" s="1" t="inlineStr">
+        <is>
+          <t>9786254480010</t>
+        </is>
+      </c>
+      <c r="B604" s="1" t="inlineStr">
+        <is>
+          <t>En Güzel Masallar Serisi 2 (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C604" s="1">
+        <v>19.5</v>
+      </c>
+    </row>
+    <row r="605" spans="1:3">
+      <c r="A605" s="1" t="inlineStr">
+        <is>
+          <t>9786254480850</t>
+        </is>
+      </c>
+      <c r="B605" s="1" t="inlineStr">
+        <is>
+          <t>Robinson Crusoe</t>
+        </is>
+      </c>
+      <c r="C605" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="606" spans="1:3">
+      <c r="A606" s="1" t="inlineStr">
+        <is>
+          <t>9786254480898</t>
+        </is>
+      </c>
+      <c r="B606" s="1" t="inlineStr">
+        <is>
+          <t>Peter Pan</t>
+        </is>
+      </c>
+      <c r="C606" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="607" spans="1:3">
+      <c r="A607" s="1" t="inlineStr">
+        <is>
+          <t>9786254481642</t>
+        </is>
+      </c>
+      <c r="B607" s="1" t="inlineStr">
+        <is>
+          <t>Farkı Bul 5+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+        </is>
+      </c>
+      <c r="C607" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="608" spans="1:3">
+      <c r="A608" s="1" t="inlineStr">
+        <is>
+          <t>9786254481512</t>
+        </is>
+      </c>
+      <c r="B608" s="1" t="inlineStr">
+        <is>
+          <t>Kavramlar 3+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+        </is>
+      </c>
+      <c r="C608" s="1">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="609" spans="1:3">
+      <c r="A609" s="1" t="inlineStr">
+        <is>
+          <t>9786254481567</t>
+        </is>
+      </c>
+      <c r="B609" s="1" t="inlineStr">
+        <is>
+          <t>Kavramlar 4+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+        </is>
+      </c>
+      <c r="C609" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="610" spans="1:3">
+      <c r="A610" s="1" t="inlineStr">
+        <is>
+          <t>9786254481505</t>
+        </is>
+      </c>
+      <c r="B610" s="1" t="inlineStr">
+        <is>
+          <t>Labirent 3+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+        </is>
+      </c>
+      <c r="C610" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="611" spans="1:3">
+      <c r="A611" s="1" t="inlineStr">
+        <is>
+          <t>9786254481574</t>
+        </is>
+      </c>
+      <c r="B611" s="1" t="inlineStr">
+        <is>
+          <t>Labirent 4+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+        </is>
+      </c>
+      <c r="C611" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="612" spans="1:3">
+      <c r="A612" s="1" t="inlineStr">
+        <is>
+          <t>9786254481666</t>
+        </is>
+      </c>
+      <c r="B612" s="1" t="inlineStr">
+        <is>
+          <t>Labirent 5+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+        </is>
+      </c>
+      <c r="C612" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="613" spans="1:3">
+      <c r="A613" s="1" t="inlineStr">
+        <is>
+          <t>9786254481499</t>
+        </is>
+      </c>
+      <c r="B613" s="1" t="inlineStr">
+        <is>
+          <t>Matematik 3+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+        </is>
+      </c>
+      <c r="C613" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="614" spans="1:3">
+      <c r="A614" s="1" t="inlineStr">
+        <is>
+          <t>9786254481550</t>
+        </is>
+      </c>
+      <c r="B614" s="1" t="inlineStr">
+        <is>
+          <t>Matematik 4+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+        </is>
+      </c>
+      <c r="C614" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="615" spans="1:3">
+      <c r="A615" s="1" t="inlineStr">
+        <is>
+          <t>9786254481581</t>
+        </is>
+      </c>
+      <c r="B615" s="1" t="inlineStr">
+        <is>
+          <t>Matematik 5+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+        </is>
+      </c>
+      <c r="C615" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="616" spans="1:3">
+      <c r="A616" s="1" t="inlineStr">
+        <is>
+          <t>9786254481529</t>
+        </is>
+      </c>
+      <c r="B616" s="1" t="inlineStr">
+        <is>
+          <t>Çizgiler 3+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+        </is>
+      </c>
+      <c r="C616" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="617" spans="1:3">
+      <c r="A617" s="1" t="inlineStr">
+        <is>
+          <t>9786254481628</t>
+        </is>
+      </c>
+      <c r="B617" s="1" t="inlineStr">
+        <is>
+          <t>Çizgiler 4+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+        </is>
+      </c>
+      <c r="C617" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="618" spans="1:3">
+      <c r="A618" s="1" t="inlineStr">
+        <is>
+          <t>9786254481543</t>
+        </is>
+      </c>
+      <c r="B618" s="1" t="inlineStr">
+        <is>
+          <t>Dikkat ve Görsel Algı 3+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+        </is>
+      </c>
+      <c r="C618" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="619" spans="1:3">
+      <c r="A619" s="1" t="inlineStr">
+        <is>
+          <t>9786254481604</t>
+        </is>
+      </c>
+      <c r="B619" s="1" t="inlineStr">
+        <is>
+          <t>Dikkat ve Görsel Algı 4+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+        </is>
+      </c>
+      <c r="C619" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="620" spans="1:3">
+      <c r="A620" s="1" t="inlineStr">
+        <is>
+          <t>9786254481673</t>
+        </is>
+      </c>
+      <c r="B620" s="1" t="inlineStr">
+        <is>
+          <t>Dikkat ve Görsel Algı 5+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+        </is>
+      </c>
+      <c r="C620" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="621" spans="1:3">
+      <c r="A621" s="1" t="inlineStr">
+        <is>
+          <t>9786254481598</t>
+        </is>
+      </c>
+      <c r="B621" s="1" t="inlineStr">
+        <is>
+          <t>Farkı Bul 4+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+        </is>
+      </c>
+      <c r="C621" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="622" spans="1:3">
+      <c r="A622" s="1" t="inlineStr">
+        <is>
+          <t>9786050321906</t>
+        </is>
+      </c>
+      <c r="B622" s="1" t="inlineStr">
+        <is>
+          <t>Sihirli Korsanlar - Fokur Fokur</t>
+        </is>
+      </c>
+      <c r="C622" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="623" spans="1:3">
+      <c r="A623" s="1" t="inlineStr">
+        <is>
+          <t>9786050321913</t>
+        </is>
+      </c>
+      <c r="B623" s="1" t="inlineStr">
+        <is>
+          <t>Acayip Korkunç Korku Gecesi - Fokur Fokur</t>
+        </is>
+      </c>
+      <c r="C623" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="624" spans="1:3">
+      <c r="A624" s="1" t="inlineStr">
+        <is>
+          <t>9786254481871</t>
+        </is>
+      </c>
+      <c r="B624" s="1" t="inlineStr">
+        <is>
+          <t>300 Aktivite Kitabım - Okul Öncesi Yardımcı (4-5-6 Yaş)</t>
+        </is>
+      </c>
+      <c r="C624" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="625" spans="1:3">
+      <c r="A625" s="1" t="inlineStr">
+        <is>
+          <t>9786254481864</t>
+        </is>
+      </c>
+      <c r="B625" s="1" t="inlineStr">
+        <is>
+          <t>300 Aktivite Kitabım - Okul Öncesi Yardımcı (3-4-5 Yaş)</t>
+        </is>
+      </c>
+      <c r="C625" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="626" spans="1:3">
+      <c r="A626" s="1" t="inlineStr">
+        <is>
+          <t>9786254481857</t>
+        </is>
+      </c>
+      <c r="B626" s="1" t="inlineStr">
+        <is>
+          <t>300 Aktivite Kitabım - Okul Öncesi Yardımcı (2-3-4 Yaş)</t>
+        </is>
+      </c>
+      <c r="C626" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="627" spans="1:3">
+      <c r="A627" s="1" t="inlineStr">
+        <is>
+          <t>9786050322583</t>
+        </is>
+      </c>
+      <c r="B627" s="1" t="inlineStr">
+        <is>
+          <t>Muhteşem Evrim (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C627" s="1">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="628" spans="1:3">
+      <c r="A628" s="1" t="inlineStr">
+        <is>
+          <t>9786254480003</t>
+        </is>
+      </c>
+      <c r="B628" s="1" t="inlineStr">
+        <is>
+          <t>En Güzel Masallar Serisi 1. Sınıf ( 10 Kitap Set )</t>
+        </is>
+      </c>
+      <c r="C628" s="1">
+        <v>19.5</v>
+      </c>
+    </row>
+    <row r="629" spans="1:3">
+      <c r="A629" s="1" t="inlineStr">
+        <is>
+          <t>9786050322422</t>
+        </is>
+      </c>
+      <c r="B629" s="1" t="inlineStr">
+        <is>
+          <t>Elif ile Hecele Okuma Seti (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C629" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="630" spans="1:3">
+      <c r="A630" s="1" t="inlineStr">
+        <is>
+          <t>9786050322507</t>
+        </is>
+      </c>
+      <c r="B630" s="1" t="inlineStr">
+        <is>
+          <t>Zıt Anlamlı Kelimeler - İlk Kartlarım</t>
+        </is>
+      </c>
+      <c r="C630" s="1">
+        <v>20.27</v>
+      </c>
+    </row>
+    <row r="631" spans="1:3">
+      <c r="A631" s="1" t="inlineStr">
+        <is>
+          <t>9786050322491</t>
+        </is>
+      </c>
+      <c r="B631" s="1" t="inlineStr">
+        <is>
+          <t>Eş Anlamlı Kelimeler - İlk Kartlarım</t>
+        </is>
+      </c>
+      <c r="C631" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="632" spans="1:3">
+      <c r="A632" s="1" t="inlineStr">
+        <is>
+          <t>9786051868325</t>
+        </is>
+      </c>
+      <c r="B632" s="1" t="inlineStr">
+        <is>
+          <t>Sır Muhafızları - Büyük Sır Hırsızları</t>
+        </is>
+      </c>
+      <c r="C632" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="633" spans="1:3">
+      <c r="A633" s="1" t="inlineStr">
+        <is>
+          <t>9786051868318</t>
+        </is>
+      </c>
+      <c r="B633" s="1" t="inlineStr">
+        <is>
+          <t>Sır Muhafızları - Büyük Sır</t>
+        </is>
+      </c>
+      <c r="C633" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="634" spans="1:3">
+      <c r="A634" s="1" t="inlineStr">
+        <is>
+          <t>9786051868301</t>
+        </is>
+      </c>
+      <c r="B634" s="1" t="inlineStr">
+        <is>
+          <t>Sır Muhafızları - Hazineye Giden Harita</t>
+        </is>
+      </c>
+      <c r="C634" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="635" spans="1:3">
+      <c r="A635" s="1" t="inlineStr">
+        <is>
+          <t>9786051868349</t>
+        </is>
+      </c>
+      <c r="B635" s="1" t="inlineStr">
+        <is>
+          <t>Sır Muhafızları - Profesörü Kimler Kaçırdı?</t>
+        </is>
+      </c>
+      <c r="C635" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="636" spans="1:3">
+      <c r="A636" s="1" t="inlineStr">
+        <is>
+          <t>9786051868295</t>
+        </is>
+      </c>
+      <c r="B636" s="1" t="inlineStr">
+        <is>
+          <t>Sır Muhafızları - Gizli Element</t>
+        </is>
+      </c>
+      <c r="C636" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="637" spans="1:3">
+      <c r="A637" s="1" t="inlineStr">
+        <is>
+          <t>9786254482977</t>
+        </is>
+      </c>
+      <c r="B637" s="1" t="inlineStr">
+        <is>
+          <t>English - Learning Kids (Level 2)</t>
+        </is>
+      </c>
+      <c r="C637" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="638" spans="1:3">
+      <c r="A638" s="1" t="inlineStr">
+        <is>
+          <t>9786254482960</t>
+        </is>
+      </c>
+      <c r="B638" s="1" t="inlineStr">
+        <is>
+          <t>English - Learning Kids (Level 1)</t>
+        </is>
+      </c>
+      <c r="C638" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="639" spans="1:3">
+      <c r="A639" s="1" t="inlineStr">
+        <is>
+          <t>9786254482984</t>
+        </is>
+      </c>
+      <c r="B639" s="1" t="inlineStr">
+        <is>
+          <t>Maths - Learning Kids (Level 1)</t>
+        </is>
+      </c>
+      <c r="C639" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="640" spans="1:3">
+      <c r="A640" s="1" t="inlineStr">
+        <is>
+          <t>9786254483004</t>
+        </is>
+      </c>
+      <c r="B640" s="1" t="inlineStr">
+        <is>
+          <t>Science - Learning Kids (Level 1)</t>
+        </is>
+      </c>
+      <c r="C640" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="641" spans="1:3">
+      <c r="A641" s="1" t="inlineStr">
+        <is>
+          <t>9786254481680</t>
+        </is>
+      </c>
+      <c r="B641" s="1" t="inlineStr">
+        <is>
+          <t>Etkinlikler Aktivite Kitabım 3-4-5 Yaş</t>
+        </is>
+      </c>
+      <c r="C641" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="642" spans="1:3">
+      <c r="A642" s="1" t="inlineStr">
+        <is>
+          <t>9786254481635</t>
+        </is>
+      </c>
+      <c r="B642" s="1" t="inlineStr">
+        <is>
+          <t>İngilizce Öğreniyorum Aktivite Kitabım 3-4-5 Yaş</t>
+        </is>
+      </c>
+      <c r="C642" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="643" spans="1:3">
+      <c r="A643" s="1" t="inlineStr">
+        <is>
+          <t>9786254483011</t>
+        </is>
+      </c>
+      <c r="B643" s="1" t="inlineStr">
+        <is>
+          <t>Science - Learning Kids (Level 2)</t>
+        </is>
+      </c>
+      <c r="C643" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="644" spans="1:3">
+      <c r="A644" s="1" t="inlineStr">
+        <is>
+          <t>9786254483820</t>
+        </is>
+      </c>
+      <c r="B644" s="1" t="inlineStr">
+        <is>
+          <t>Karşıt Anlamımı Bul - Zıt (Karşıt) Anlamlı Kelimeler</t>
+        </is>
+      </c>
+      <c r="C644" s="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="645" spans="1:3">
+      <c r="A645" s="1" t="inlineStr">
+        <is>
+          <t>9786254483868</t>
+        </is>
+      </c>
+      <c r="B645" s="1" t="inlineStr">
+        <is>
+          <t>Görsel Algı</t>
+        </is>
+      </c>
+      <c r="C645" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="646" spans="1:3">
+      <c r="A646" s="1" t="inlineStr">
+        <is>
+          <t>9786254483851</t>
+        </is>
+      </c>
+      <c r="B646" s="1" t="inlineStr">
+        <is>
+          <t>Dikkatli Bak Farklı Olanı Bul</t>
+        </is>
+      </c>
+      <c r="C646" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="647" spans="1:3">
+      <c r="A647" s="1" t="inlineStr">
+        <is>
+          <t>9786254483745</t>
+        </is>
+      </c>
+      <c r="B647" s="1" t="inlineStr">
+        <is>
+          <t>Toti Çiftlikte (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C647" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="648" spans="1:3">
+      <c r="A648" s="1" t="inlineStr">
+        <is>
+          <t>9786254485749</t>
+        </is>
+      </c>
+      <c r="B648" s="1" t="inlineStr">
+        <is>
+          <t>Afi and Tomi (5 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C648" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="649" spans="1:3">
+      <c r="A649" s="1" t="inlineStr">
+        <is>
+          <t>9786254483608</t>
+        </is>
+      </c>
+      <c r="B649" s="1" t="inlineStr">
+        <is>
+          <t>Kodlayarak Boyamayı Öğreniyorum 1</t>
+        </is>
+      </c>
+      <c r="C649" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="650" spans="1:3">
+      <c r="A650" s="1" t="inlineStr">
+        <is>
+          <t>9786254483592</t>
+        </is>
+      </c>
+      <c r="B650" s="1" t="inlineStr">
+        <is>
+          <t>Kodlayarak Boyamayı Öğreniyorum 2</t>
+        </is>
+      </c>
+      <c r="C650" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="651" spans="1:3">
+      <c r="A651" s="1" t="inlineStr">
+        <is>
+          <t>9786254483585</t>
+        </is>
+      </c>
+      <c r="B651" s="1" t="inlineStr">
+        <is>
+          <t>Kodlayarak Boyamayı Öğreniyorum 3</t>
+        </is>
+      </c>
+      <c r="C651" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="652" spans="1:3">
+      <c r="A652" s="1" t="inlineStr">
+        <is>
+          <t>9786254483554</t>
+        </is>
+      </c>
+      <c r="B652" s="1" t="inlineStr">
+        <is>
+          <t>Kodlayarak Boyamayı Öğreniyorum 4</t>
+        </is>
+      </c>
+      <c r="C652" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="653" spans="1:3">
+      <c r="A653" s="1" t="inlineStr">
+        <is>
+          <t>9786254483530</t>
+        </is>
+      </c>
+      <c r="B653" s="1" t="inlineStr">
+        <is>
+          <t>Kodlayarak Boyamayı Öğreniyorum 5</t>
+        </is>
+      </c>
+      <c r="C653" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="654" spans="1:3">
+      <c r="A654" s="1" t="inlineStr">
+        <is>
+          <t>9786254483547</t>
+        </is>
+      </c>
+      <c r="B654" s="1" t="inlineStr">
+        <is>
+          <t>Kodlayarak Boyamayı Öğreniyorum 6</t>
+        </is>
+      </c>
+      <c r="C654" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="655" spans="1:3">
+      <c r="A655" s="1" t="inlineStr">
+        <is>
+          <t>9786254483561</t>
+        </is>
+      </c>
+      <c r="B655" s="1" t="inlineStr">
+        <is>
+          <t>Kodlayarak Boyamayı Öğreniyorum (Koparmalı) - 1</t>
+        </is>
+      </c>
+      <c r="C655" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="656" spans="1:3">
+      <c r="A656" s="1" t="inlineStr">
+        <is>
+          <t>9786254483578</t>
+        </is>
+      </c>
+      <c r="B656" s="1" t="inlineStr">
+        <is>
+          <t>Kodlayarak Boyamayı Öğreniyorum (Koparmalı) - 2</t>
+        </is>
+      </c>
+      <c r="C656" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="657" spans="1:3">
+      <c r="A657" s="1" t="inlineStr">
+        <is>
+          <t>9786254480904</t>
+        </is>
+      </c>
+      <c r="B657" s="1" t="inlineStr">
+        <is>
+          <t>Oliver Twist</t>
+        </is>
+      </c>
+      <c r="C657" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="658" spans="1:3">
+      <c r="A658" s="1" t="inlineStr">
+        <is>
+          <t>9786254481048</t>
+        </is>
+      </c>
+      <c r="B658" s="1" t="inlineStr">
+        <is>
+          <t>Yalnız Efe</t>
+        </is>
+      </c>
+      <c r="C658" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="659" spans="1:3">
+      <c r="A659" s="1" t="inlineStr">
+        <is>
+          <t>9786254482175</t>
+        </is>
+      </c>
+      <c r="B659" s="1" t="inlineStr">
+        <is>
+          <t>Vahşetin Çağrısı</t>
+        </is>
+      </c>
+      <c r="C659" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="660" spans="1:3">
+      <c r="A660" s="1" t="inlineStr">
+        <is>
+          <t>9786254482182</t>
+        </is>
+      </c>
+      <c r="B660" s="1" t="inlineStr">
+        <is>
+          <t>Tom Sawyer'in Maceraları</t>
+        </is>
+      </c>
+      <c r="C660" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="661" spans="1:3">
+      <c r="A661" s="1" t="inlineStr">
+        <is>
+          <t>9786254480997</t>
+        </is>
+      </c>
+      <c r="B661" s="1" t="inlineStr">
+        <is>
+          <t>Siyah İnci</t>
+        </is>
+      </c>
+      <c r="C661" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="662" spans="1:3">
+      <c r="A662" s="1" t="inlineStr">
+        <is>
+          <t>9786254481024</t>
+        </is>
+      </c>
+      <c r="B662" s="1" t="inlineStr">
+        <is>
+          <t>Seksen Günde Devrialem</t>
+        </is>
+      </c>
+      <c r="C662" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="663" spans="1:3">
+      <c r="A663" s="1" t="inlineStr">
+        <is>
+          <t>9786254480881</t>
+        </is>
+      </c>
+      <c r="B663" s="1" t="inlineStr">
+        <is>
+          <t>Notre Dame'in Kamburu</t>
+        </is>
+      </c>
+      <c r="C663" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="664" spans="1:3">
+      <c r="A664" s="1" t="inlineStr">
+        <is>
+          <t>9786254480911</t>
+        </is>
+      </c>
+      <c r="B664" s="1" t="inlineStr">
+        <is>
+          <t>Mutlu Prens</t>
+        </is>
+      </c>
+      <c r="C664" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="665" spans="1:3">
+      <c r="A665" s="1" t="inlineStr">
+        <is>
+          <t>9786254481079</t>
+        </is>
+      </c>
+      <c r="B665" s="1" t="inlineStr">
+        <is>
+          <t>Moby Dick</t>
+        </is>
+      </c>
+      <c r="C665" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="666" spans="1:3">
+      <c r="A666" s="1" t="inlineStr">
+        <is>
+          <t>9786254482199</t>
+        </is>
+      </c>
+      <c r="B666" s="1" t="inlineStr">
+        <is>
+          <t>Monte Kristo Kontu</t>
+        </is>
+      </c>
+      <c r="C666" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="667" spans="1:3">
+      <c r="A667" s="1" t="inlineStr">
+        <is>
+          <t>9786254480843</t>
+        </is>
+      </c>
+      <c r="B667" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Kadınlar</t>
+        </is>
+      </c>
+      <c r="C667" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="668" spans="1:3">
+      <c r="A668" s="1" t="inlineStr">
+        <is>
+          <t>9786254481017</t>
+        </is>
+      </c>
+      <c r="B668" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Lord</t>
+        </is>
+      </c>
+      <c r="C668" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="669" spans="1:3">
+      <c r="A669" s="1" t="inlineStr">
+        <is>
+          <t>9786254480928</t>
+        </is>
+      </c>
+      <c r="B669" s="1" t="inlineStr">
+        <is>
+          <t>Kaçırılan Çocuk</t>
+        </is>
+      </c>
+      <c r="C669" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="670" spans="1:3">
+      <c r="A670" s="1" t="inlineStr">
+        <is>
+          <t>9786254481031</t>
+        </is>
+      </c>
+      <c r="B670" s="1" t="inlineStr">
+        <is>
+          <t>Fındıkkıran</t>
+        </is>
+      </c>
+      <c r="C670" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="671" spans="1:3">
+      <c r="A671" s="1" t="inlineStr">
+        <is>
+          <t>9786254481062</t>
+        </is>
+      </c>
+      <c r="B671" s="1" t="inlineStr">
+        <is>
+          <t>Efruz Bey</t>
+        </is>
+      </c>
+      <c r="C671" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="672" spans="1:3">
+      <c r="A672" s="1" t="inlineStr">
+        <is>
+          <t>9786254480935</t>
+        </is>
+      </c>
+      <c r="B672" s="1" t="inlineStr">
+        <is>
+          <t>Denizler Altında Yirmi Bin Fersah</t>
+        </is>
+      </c>
+      <c r="C672" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="673" spans="1:3">
+      <c r="A673" s="1" t="inlineStr">
+        <is>
+          <t>9786254480867</t>
+        </is>
+      </c>
+      <c r="B673" s="1" t="inlineStr">
+        <is>
+          <t>Define Adası</t>
+        </is>
+      </c>
+      <c r="C673" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="674" spans="1:3">
+      <c r="A674" s="1" t="inlineStr">
+        <is>
+          <t>9786254482205</t>
+        </is>
+      </c>
+      <c r="B674" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Umutlar</t>
+        </is>
+      </c>
+      <c r="C674" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="675" spans="1:3">
+      <c r="A675" s="1" t="inlineStr">
+        <is>
+          <t>9786254480980</t>
+        </is>
+      </c>
+      <c r="B675" s="1" t="inlineStr">
+        <is>
+          <t>Alaaddin'in Sihirli Lambası</t>
+        </is>
+      </c>
+      <c r="C675" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="676" spans="1:3">
+      <c r="A676" s="1" t="inlineStr">
+        <is>
+          <t>9786254480874</t>
+        </is>
+      </c>
+      <c r="B676" s="1" t="inlineStr">
+        <is>
+          <t>Gulliver'in Gezileri</t>
+        </is>
+      </c>
+      <c r="C676" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="677" spans="1:3">
+      <c r="A677" s="1" t="inlineStr">
+        <is>
+          <t>9786254482724</t>
+        </is>
+      </c>
+      <c r="B677" s="1" t="inlineStr">
+        <is>
+          <t>Cristiano Ronaldo’nun Hücumcu Gücü 7</t>
+        </is>
+      </c>
+      <c r="C677" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="678" spans="1:3">
+      <c r="A678" s="1" t="inlineStr">
+        <is>
+          <t>9786254483257</t>
+        </is>
+      </c>
+      <c r="B678" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Yardımcı 4-5-6 Yaş - 100 Aktivite Kitabım</t>
+        </is>
+      </c>
+      <c r="C678" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="679" spans="1:3">
+      <c r="A679" s="1" t="inlineStr">
+        <is>
+          <t>9786254483240</t>
+        </is>
+      </c>
+      <c r="B679" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Yardımcı 3-4-5 Yaş - 100 Aktivite Kitabım</t>
+        </is>
+      </c>
+      <c r="C679" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="680" spans="1:3">
+      <c r="A680" s="1" t="inlineStr">
+        <is>
+          <t>9786254483233</t>
+        </is>
+      </c>
+      <c r="B680" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Yardımcı 2-3-4 Yaş - 100 Aktivite Kitabım</t>
+        </is>
+      </c>
+      <c r="C680" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="681" spans="1:3">
+      <c r="A681" s="1" t="inlineStr">
+        <is>
+          <t>9786254481765</t>
+        </is>
+      </c>
+      <c r="B681" s="1" t="inlineStr">
+        <is>
+          <t>Çok Kabasın! (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C681" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="682" spans="1:3">
+      <c r="A682" s="1" t="inlineStr">
+        <is>
+          <t>9786254482731</t>
+        </is>
+      </c>
+      <c r="B682" s="1" t="inlineStr">
+        <is>
+          <t>Bilimin Devleri (7 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C682" s="1">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="683" spans="1:3">
+      <c r="A683" s="1" t="inlineStr">
+        <is>
+          <t>9786254482625</t>
+        </is>
+      </c>
+      <c r="B683" s="1" t="inlineStr">
+        <is>
+          <t>3.- 4. Sınıf Evvel Zaman Okuma Seti (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C683" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="684" spans="1:3">
+      <c r="A684" s="1" t="inlineStr">
+        <is>
+          <t>9786254481772</t>
+        </is>
+      </c>
+      <c r="B684" s="1" t="inlineStr">
+        <is>
+          <t>Çok Bencilsin! (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C684" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="685" spans="1:3">
+      <c r="A685" s="1" t="inlineStr">
+        <is>
+          <t>9786050322170</t>
+        </is>
+      </c>
+      <c r="B685" s="1" t="inlineStr">
+        <is>
+          <t>Beklemek</t>
+        </is>
+      </c>
+      <c r="C685" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="686" spans="1:3">
+      <c r="A686" s="1" t="inlineStr">
+        <is>
+          <t>9786254480195</t>
+        </is>
+      </c>
+      <c r="B686" s="1" t="inlineStr">
+        <is>
+          <t>Sihirli Makas</t>
+        </is>
+      </c>
+      <c r="C686" s="1">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="687" spans="1:3">
+      <c r="A687" s="1" t="inlineStr">
+        <is>
+          <t>9786254482267</t>
+        </is>
+      </c>
+      <c r="B687" s="1" t="inlineStr">
+        <is>
+          <t>Eş Anlamlı Kartlar - Eşimi Söyle</t>
+        </is>
+      </c>
+      <c r="C687" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="688" spans="1:3">
+      <c r="A688" s="1" t="inlineStr">
+        <is>
+          <t>9786254482250</t>
+        </is>
+      </c>
+      <c r="B688" s="1" t="inlineStr">
+        <is>
+          <t>Eş Sesli Kartlar - Sesteşimi Söyle</t>
+        </is>
+      </c>
+      <c r="C688" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="689" spans="1:3">
+      <c r="A689" s="1" t="inlineStr">
+        <is>
+          <t>9786254482243</t>
+        </is>
+      </c>
+      <c r="B689" s="1" t="inlineStr">
+        <is>
+          <t>Zıt Anlamlı Kartlar - Zıttımı Söyle</t>
+        </is>
+      </c>
+      <c r="C689" s="1">
+        <v>30.05</v>
+      </c>
+    </row>
+    <row r="690" spans="1:3">
+      <c r="A690" s="1" t="inlineStr">
+        <is>
+          <t>9786050321265</t>
+        </is>
+      </c>
+      <c r="B690" s="1" t="inlineStr">
+        <is>
+          <t>Siri ve Kayıp Yıldız</t>
+        </is>
+      </c>
+      <c r="C690" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="691" spans="1:3">
+      <c r="A691" s="1" t="inlineStr">
+        <is>
+          <t>9786254481826</t>
+        </is>
+      </c>
+      <c r="B691" s="1" t="inlineStr">
+        <is>
+          <t>Kulaklarıma İnanamıyorum</t>
+        </is>
+      </c>
+      <c r="C691" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="692" spans="1:3">
+      <c r="A692" s="1" t="inlineStr">
+        <is>
+          <t>9786254480409</t>
+        </is>
+      </c>
+      <c r="B692" s="1" t="inlineStr">
+        <is>
+          <t>Bir Sakız Dünya'yı Dolaşabilir mi?</t>
+        </is>
+      </c>
+      <c r="C692" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="693" spans="1:3">
+      <c r="A693" s="1" t="inlineStr">
+        <is>
+          <t>9786051866550</t>
+        </is>
+      </c>
+      <c r="B693" s="1" t="inlineStr">
+        <is>
+          <t>MEB Tavsiyeli 100 Eserden Seçmeler Set 2. Sınıf</t>
+        </is>
+      </c>
+      <c r="C693" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="694" spans="1:3">
+      <c r="A694" s="1" t="inlineStr">
+        <is>
+          <t>9786254480164</t>
+        </is>
+      </c>
+      <c r="B694" s="1" t="inlineStr">
+        <is>
+          <t>Kar Tanesinin Serüveni</t>
+        </is>
+      </c>
+      <c r="C694" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="695" spans="1:3">
+      <c r="A695" s="1" t="inlineStr">
+        <is>
+          <t>9786254480140</t>
+        </is>
+      </c>
+      <c r="B695" s="1" t="inlineStr">
+        <is>
+          <t>Deli Dumrul</t>
+        </is>
+      </c>
+      <c r="C695" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="696" spans="1:3">
+      <c r="A696" s="1" t="inlineStr">
+        <is>
+          <t>9786050321401</t>
+        </is>
+      </c>
+      <c r="B696" s="1" t="inlineStr">
+        <is>
+          <t>Çılgın Deneyler Kulübü - Drone Yarışı</t>
+        </is>
+      </c>
+      <c r="C696" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="697" spans="1:3">
+      <c r="A697" s="1" t="inlineStr">
+        <is>
+          <t>9786051869728</t>
+        </is>
+      </c>
+      <c r="B697" s="1" t="inlineStr">
+        <is>
+          <t>Yıldızlar Okulu - İkinci Dönem</t>
+        </is>
+      </c>
+      <c r="C697" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="698" spans="1:3">
+      <c r="A698" s="1" t="inlineStr">
+        <is>
+          <t>9786254484254</t>
+        </is>
+      </c>
+      <c r="B698" s="1" t="inlineStr">
+        <is>
+          <t>Robotik Kodlama Etkinlikleri - 4</t>
+        </is>
+      </c>
+      <c r="C698" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="699" spans="1:3">
+      <c r="A699" s="1" t="inlineStr">
+        <is>
+          <t>9786254484247</t>
+        </is>
+      </c>
+      <c r="B699" s="1" t="inlineStr">
+        <is>
+          <t>Robotik Kodlama Etkinlikleri - 3</t>
+        </is>
+      </c>
+      <c r="C699" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="700" spans="1:3">
+      <c r="A700" s="1" t="inlineStr">
+        <is>
+          <t>9786254484322</t>
+        </is>
+      </c>
+      <c r="B700" s="1" t="inlineStr">
+        <is>
+          <t>Robotik Kodlama Etkinlikleri - 11</t>
+        </is>
+      </c>
+      <c r="C700" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="701" spans="1:3">
+      <c r="A701" s="1" t="inlineStr">
+        <is>
+          <t>9786254484230</t>
+        </is>
+      </c>
+      <c r="B701" s="1" t="inlineStr">
+        <is>
+          <t>Robotik Kodlama Etkinlikleri - 2</t>
+        </is>
+      </c>
+      <c r="C701" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="702" spans="1:3">
+      <c r="A702" s="1" t="inlineStr">
+        <is>
+          <t>9786254484223</t>
+        </is>
+      </c>
+      <c r="B702" s="1" t="inlineStr">
+        <is>
+          <t>Robotik Kodlama Etkinlikleri - 1</t>
+        </is>
+      </c>
+      <c r="C702" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="703" spans="1:3">
+      <c r="A703" s="1" t="inlineStr">
+        <is>
+          <t>9786050321364</t>
+        </is>
+      </c>
+      <c r="B703" s="1" t="inlineStr">
+        <is>
+          <t>Mutluluğun Başladığı Yer (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C703" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="704" spans="1:3">
+      <c r="A704" s="1" t="inlineStr">
+        <is>
+          <t>9786254482847</t>
+        </is>
+      </c>
+      <c r="B704" s="1" t="inlineStr">
+        <is>
+          <t>Süper Burun ve Bozulan Burnu</t>
+        </is>
+      </c>
+      <c r="C704" s="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="705" spans="1:3">
+      <c r="A705" s="1" t="inlineStr">
+        <is>
+          <t>9786050320688</t>
+        </is>
+      </c>
+      <c r="B705" s="1" t="inlineStr">
+        <is>
+          <t>Şeker Nine</t>
+        </is>
+      </c>
+      <c r="C705" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="706" spans="1:3">
+      <c r="A706" s="1" t="inlineStr">
+        <is>
+          <t>9786051864853</t>
+        </is>
+      </c>
+      <c r="B706" s="1" t="inlineStr">
+        <is>
+          <t>Yerin Kulağı Var - Deyim Hikayeleri 1. Sınıf</t>
+        </is>
+      </c>
+      <c r="C706" s="1">
+        <v>2.75</v>
+      </c>
+    </row>
+    <row r="707" spans="1:3">
+      <c r="A707" s="1" t="inlineStr">
+        <is>
+          <t>9786051864846</t>
+        </is>
+      </c>
+      <c r="B707" s="1" t="inlineStr">
+        <is>
+          <t>Yarın Yeni Bir Gün - Atasözü Hikayeleri 1. Sınıf</t>
+        </is>
+      </c>
+      <c r="C707" s="1">
+        <v>2.75</v>
+      </c>
+    </row>
+    <row r="708" spans="1:3">
+      <c r="A708" s="1" t="inlineStr">
+        <is>
+          <t>9786051864839</t>
+        </is>
+      </c>
+      <c r="B708" s="1" t="inlineStr">
+        <is>
+          <t>Uçan Balık- Keloğlan Masalları 1. Sınıf</t>
+        </is>
+      </c>
+      <c r="C708" s="1">
+        <v>2.75</v>
+      </c>
+    </row>
+    <row r="709" spans="1:3">
+      <c r="A709" s="1" t="inlineStr">
+        <is>
+          <t>9786051864822</t>
+        </is>
+      </c>
+      <c r="B709" s="1" t="inlineStr">
+        <is>
+          <t>Tilki ile Maymun - La Fontaine Masalları 1. Sınıf</t>
+        </is>
+      </c>
+      <c r="C709" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="710" spans="1:3">
+      <c r="A710" s="1" t="inlineStr">
+        <is>
+          <t>9786051864808</t>
+        </is>
+      </c>
+      <c r="B710" s="1" t="inlineStr">
+        <is>
+          <t>Sülün Kız - Billur Köşk Masalları 1. Sınıf</t>
+        </is>
+      </c>
+      <c r="C710" s="1">
+        <v>2.75</v>
+      </c>
+    </row>
+    <row r="711" spans="1:3">
+      <c r="A711" s="1" t="inlineStr">
+        <is>
+          <t>9786051864792</t>
+        </is>
+      </c>
+      <c r="B711" s="1" t="inlineStr">
+        <is>
+          <t>Parayı Veren Düdüğü Çalar - Nasrettin Hoca Fıkraları 1. Sınıf</t>
+        </is>
+      </c>
+      <c r="C711" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="712" spans="1:3">
+      <c r="A712" s="1" t="inlineStr">
+        <is>
+          <t>9786051864815</t>
+        </is>
+      </c>
+      <c r="B712" s="1" t="inlineStr">
+        <is>
+          <t>Tavşan ile Kaplumbağa - Ezop Masalları 1. Sınıf</t>
+        </is>
+      </c>
+      <c r="C712" s="1">
+        <v>2.75</v>
+      </c>
+    </row>
+    <row r="713" spans="1:3">
+      <c r="A713" s="1" t="inlineStr">
+        <is>
+          <t>9786254484384</t>
+        </is>
+      </c>
+      <c r="B713" s="1" t="inlineStr">
+        <is>
+          <t>Robotik Kodlama Etkinlikleri 19</t>
+        </is>
+      </c>
+      <c r="C713" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="714" spans="1:3">
+      <c r="A714" s="1" t="inlineStr">
+        <is>
+          <t>9786254484421</t>
+        </is>
+      </c>
+      <c r="B714" s="1" t="inlineStr">
+        <is>
+          <t>Robotik Kodlama Etkinlikleri 21</t>
+        </is>
+      </c>
+      <c r="C714" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="715" spans="1:3">
+      <c r="A715" s="1" t="inlineStr">
+        <is>
+          <t>9786254484438</t>
+        </is>
+      </c>
+      <c r="B715" s="1" t="inlineStr">
+        <is>
+          <t>Robotik Kodlama Etkinlikleri 20</t>
+        </is>
+      </c>
+      <c r="C715" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="716" spans="1:3">
+      <c r="A716" s="1" t="inlineStr">
+        <is>
+          <t>9786254484407</t>
+        </is>
+      </c>
+      <c r="B716" s="1" t="inlineStr">
+        <is>
+          <t>Robotik Kodlama Etkinlikleri 15</t>
+        </is>
+      </c>
+      <c r="C716" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="717" spans="1:3">
+      <c r="A717" s="1" t="inlineStr">
+        <is>
+          <t>9786254484391</t>
+        </is>
+      </c>
+      <c r="B717" s="1" t="inlineStr">
+        <is>
+          <t>Robotik Kodlama Etkinlikleri 17</t>
+        </is>
+      </c>
+      <c r="C717" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="718" spans="1:3">
+      <c r="A718" s="1" t="inlineStr">
+        <is>
+          <t>9786254484414</t>
+        </is>
+      </c>
+      <c r="B718" s="1" t="inlineStr">
+        <is>
+          <t>Koparmalı Robotik Kodlama Etkinlikleri - 1</t>
+        </is>
+      </c>
+      <c r="C718" s="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="719" spans="1:3">
+      <c r="A719" s="1" t="inlineStr">
+        <is>
+          <t>9786254484476</t>
+        </is>
+      </c>
+      <c r="B719" s="1" t="inlineStr">
+        <is>
+          <t>Koparmalı Robotik Kodlama Etkinlikleri - 6</t>
+        </is>
+      </c>
+      <c r="C719" s="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="720" spans="1:3">
+      <c r="A720" s="1" t="inlineStr">
+        <is>
+          <t>9786254484445</t>
+        </is>
+      </c>
+      <c r="B720" s="1" t="inlineStr">
+        <is>
+          <t>Koparmalı Robotik Kodlama Etkinlikleri - 5</t>
+        </is>
+      </c>
+      <c r="C720" s="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="721" spans="1:3">
+      <c r="A721" s="1" t="inlineStr">
+        <is>
+          <t>9786254484452</t>
+        </is>
+      </c>
+      <c r="B721" s="1" t="inlineStr">
+        <is>
+          <t>Koparmalı Robotik Kodlama Etkinlikleri - 4</t>
+        </is>
+      </c>
+      <c r="C721" s="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="722" spans="1:3">
+      <c r="A722" s="1" t="inlineStr">
+        <is>
+          <t>9786254484469</t>
+        </is>
+      </c>
+      <c r="B722" s="1" t="inlineStr">
+        <is>
+          <t>Koparmalı Robotik Kodlama Etkinlikleri - 2</t>
+        </is>
+      </c>
+      <c r="C722" s="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="723" spans="1:3">
+      <c r="A723" s="1" t="inlineStr">
+        <is>
+          <t>9786254481406</t>
+        </is>
+      </c>
+      <c r="B723" s="1" t="inlineStr">
+        <is>
+          <t>Dikkat ve Görsel Algılama - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
+        </is>
+      </c>
+      <c r="C723" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="724" spans="1:3">
+      <c r="A724" s="1" t="inlineStr">
+        <is>
+          <t>9786254481437</t>
+        </is>
+      </c>
+      <c r="B724" s="1" t="inlineStr">
+        <is>
+          <t>Matematik - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
+        </is>
+      </c>
+      <c r="C724" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="725" spans="1:3">
+      <c r="A725" s="1" t="inlineStr">
+        <is>
+          <t>9786254481420</t>
+        </is>
+      </c>
+      <c r="B725" s="1" t="inlineStr">
+        <is>
+          <t>Labirent - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
+        </is>
+      </c>
+      <c r="C725" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="726" spans="1:3">
+      <c r="A726" s="1" t="inlineStr">
+        <is>
+          <t>9786254481413</t>
+        </is>
+      </c>
+      <c r="B726" s="1" t="inlineStr">
+        <is>
+          <t>İngilizce Öğreniyorum - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
+        </is>
+      </c>
+      <c r="C726" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="727" spans="1:3">
+      <c r="A727" s="1" t="inlineStr">
+        <is>
+          <t>9786254481383</t>
+        </is>
+      </c>
+      <c r="B727" s="1" t="inlineStr">
+        <is>
+          <t>Farkı Bul - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
+        </is>
+      </c>
+      <c r="C727" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="728" spans="1:3">
+      <c r="A728" s="1" t="inlineStr">
+        <is>
+          <t>9786050320886</t>
+        </is>
+      </c>
+      <c r="B728" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Dostlar - Piknikteki Misafir Kim?</t>
+        </is>
+      </c>
+      <c r="C728" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="729" spans="1:3">
+      <c r="A729" s="1" t="inlineStr">
+        <is>
+          <t>9786050320831</t>
+        </is>
+      </c>
+      <c r="B729" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Dostlar Boyama Kitabı - Rakamlar Sesli Harfler Şekiller</t>
+        </is>
+      </c>
+      <c r="C729" s="1">
+        <v>8.8</v>
+      </c>
+    </row>
+    <row r="730" spans="1:3">
+      <c r="A730" s="1" t="inlineStr">
+        <is>
+          <t>9786050320824</t>
+        </is>
+      </c>
+      <c r="B730" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Dostlar Boyama Kitabı - Sevimli Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C730" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="731" spans="1:3">
+      <c r="A731" s="1" t="inlineStr">
+        <is>
+          <t>9786050320848</t>
+        </is>
+      </c>
+      <c r="B731" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Dostlar Boyama Kitabı - Meyveler ve Sebzeler</t>
+        </is>
+      </c>
+      <c r="C731" s="1">
+        <v>8.8</v>
+      </c>
+    </row>
+    <row r="732" spans="1:3">
+      <c r="A732" s="1" t="inlineStr">
+        <is>
+          <t>9786050320855</t>
+        </is>
+      </c>
+      <c r="B732" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Dostlar Boyama Kitabı - Karakter Boyama</t>
+        </is>
+      </c>
+      <c r="C732" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="733" spans="1:3">
+      <c r="A733" s="1" t="inlineStr">
+        <is>
+          <t>9786050320879</t>
+        </is>
+      </c>
+      <c r="B733" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Dostlar Aktivite Kitabı - 2</t>
+        </is>
+      </c>
+      <c r="C733" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="734" spans="1:3">
+      <c r="A734" s="1" t="inlineStr">
+        <is>
+          <t>9786050320862</t>
+        </is>
+      </c>
+      <c r="B734" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Dostlar Aktivite Kitabı - 1</t>
+        </is>
+      </c>
+      <c r="C734" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="735" spans="1:3">
+      <c r="A735" s="1" t="inlineStr">
+        <is>
+          <t>9786050320800</t>
+        </is>
+      </c>
+      <c r="B735" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Dostlar - Unutkan Balık Neyi Unuttu?</t>
+        </is>
+      </c>
+      <c r="C735" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="736" spans="1:3">
+      <c r="A736" s="1" t="inlineStr">
+        <is>
+          <t>9786050320817</t>
+        </is>
+      </c>
+      <c r="B736" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Dostlar - Şaşkın Ördek Nerede?</t>
+        </is>
+      </c>
+      <c r="C736" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="737" spans="1:3">
+      <c r="A737" s="1" t="inlineStr">
+        <is>
+          <t>9786050320893</t>
+        </is>
+      </c>
+      <c r="B737" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Dostlar - Mert Neden Gülmüyor?</t>
+        </is>
+      </c>
+      <c r="C737" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="738" spans="1:3">
+      <c r="A738" s="1" t="inlineStr">
+        <is>
+          <t>9786050322446</t>
+        </is>
+      </c>
+      <c r="B738" s="1" t="inlineStr">
+        <is>
+          <t>Harfler - İlk Kartlarım</t>
+        </is>
+      </c>
+      <c r="C738" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="739" spans="1:3">
+      <c r="A739" s="1" t="inlineStr">
+        <is>
+          <t>9786050322453</t>
+        </is>
+      </c>
+      <c r="B739" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanlar - İlk Kartlarım</t>
+        </is>
+      </c>
+      <c r="C739" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="740" spans="1:3">
+      <c r="A740" s="1" t="inlineStr">
+        <is>
+          <t>9786050321951</t>
+        </is>
+      </c>
+      <c r="B740" s="1" t="inlineStr">
+        <is>
+          <t>300 Boyama</t>
+        </is>
+      </c>
+      <c r="C740" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="741" spans="1:3">
+      <c r="A741" s="1" t="inlineStr">
+        <is>
+          <t>9786050321944</t>
+        </is>
+      </c>
+      <c r="B741" s="1" t="inlineStr">
+        <is>
+          <t>200 Boyama</t>
+        </is>
+      </c>
+      <c r="C741" s="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="742" spans="1:3">
+      <c r="A742" s="1" t="inlineStr">
+        <is>
+          <t>9786050321937</t>
+        </is>
+      </c>
+      <c r="B742" s="1" t="inlineStr">
+        <is>
+          <t>100 Boyama</t>
+        </is>
+      </c>
+      <c r="C742" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="743" spans="1:3">
+      <c r="A743" s="1" t="inlineStr">
+        <is>
+          <t>9786051868677</t>
+        </is>
+      </c>
+      <c r="B743" s="1" t="inlineStr">
+        <is>
+          <t>Üç Silahşorlar</t>
+        </is>
+      </c>
+      <c r="C743" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="744" spans="1:3">
+      <c r="A744" s="1" t="inlineStr">
+        <is>
+          <t>9786051868608</t>
+        </is>
+      </c>
+      <c r="B744" s="1" t="inlineStr">
+        <is>
+          <t>Şermin</t>
+        </is>
+      </c>
+      <c r="C744" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="745" spans="1:3">
+      <c r="A745" s="1" t="inlineStr">
+        <is>
+          <t>9786051868646</t>
+        </is>
+      </c>
+      <c r="B745" s="1" t="inlineStr">
+        <is>
+          <t>Oliver Twist</t>
+        </is>
+      </c>
+      <c r="C745" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="746" spans="1:3">
+      <c r="A746" s="1" t="inlineStr">
+        <is>
+          <t>9786051868585</t>
+        </is>
+      </c>
+      <c r="B746" s="1" t="inlineStr">
+        <is>
+          <t>Yalnız Efe</t>
+        </is>
+      </c>
+      <c r="C746" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="747" spans="1:3">
+      <c r="A747" s="1" t="inlineStr">
+        <is>
+          <t>9786051868578</t>
+        </is>
+      </c>
+      <c r="B747" s="1" t="inlineStr">
+        <is>
+          <t>Nasrettin Hoca'dan Seçmeler</t>
+        </is>
+      </c>
+      <c r="C747" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="748" spans="1:3">
+      <c r="A748" s="1" t="inlineStr">
+        <is>
+          <t>9786050320701</t>
+        </is>
+      </c>
+      <c r="B748" s="1" t="inlineStr">
+        <is>
+          <t>Mahcup’un Maceraları Seti (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C748" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="749" spans="1:3">
+      <c r="A749" s="1" t="inlineStr">
+        <is>
+          <t>9786050321302</t>
+        </is>
+      </c>
+      <c r="B749" s="1" t="inlineStr">
+        <is>
+          <t>Kibar Olmak</t>
+        </is>
+      </c>
+      <c r="C749" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="750" spans="1:3">
+      <c r="A750" s="1" t="inlineStr">
+        <is>
+          <t>9786050320510</t>
+        </is>
+      </c>
+      <c r="B750" s="1" t="inlineStr">
+        <is>
+          <t>Şehirde Balık Avı</t>
+        </is>
+      </c>
+      <c r="C750" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="751" spans="1:3">
+      <c r="A751" s="1" t="inlineStr">
+        <is>
+          <t>9786051865935</t>
+        </is>
+      </c>
+      <c r="B751" s="1" t="inlineStr">
+        <is>
+          <t>Hayır Demeyi Öğreniyoruz - Süper Sekizler Kendimizi Tanıyoruz</t>
+        </is>
+      </c>
+      <c r="C751" s="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="752" spans="1:3">
+      <c r="A752" s="1" t="inlineStr">
+        <is>
+          <t>9786051866369</t>
+        </is>
+      </c>
+      <c r="B752" s="1" t="inlineStr">
+        <is>
+          <t>Üzüntü Kapını Çaldığında (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C752" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="753" spans="1:3">
+      <c r="A753" s="1" t="inlineStr">
+        <is>
+          <t>9786051868165</t>
+        </is>
+      </c>
+      <c r="B753" s="1" t="inlineStr">
+        <is>
+          <t>Tüm Okullar Kapatılsın</t>
+        </is>
+      </c>
+      <c r="C753" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="754" spans="1:3">
+      <c r="A754" s="1" t="inlineStr">
+        <is>
+          <t>9786253662288</t>
+        </is>
+      </c>
+      <c r="B754" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz Tuşu</t>
+        </is>
+      </c>
+      <c r="C754" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="755" spans="1:3">
+      <c r="A755" s="1" t="inlineStr">
+        <is>
+          <t>9786254484353</t>
+        </is>
+      </c>
+      <c r="B755" s="1" t="inlineStr">
+        <is>
+          <t>Robotik Kodlama Etkinlikleri 14</t>
+        </is>
+      </c>
+      <c r="C755" s="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="756" spans="1:3">
+      <c r="A756" s="1" t="inlineStr">
+        <is>
+          <t>9786050320763</t>
+        </is>
+      </c>
+      <c r="B756" s="1" t="inlineStr">
+        <is>
+          <t>Bir Boyalı Kuş Turuncu</t>
+        </is>
+      </c>
+      <c r="C756" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="757" spans="1:3">
+      <c r="A757" s="1" t="inlineStr">
+        <is>
+          <t>9786254482069</t>
+        </is>
+      </c>
+      <c r="B757" s="1" t="inlineStr">
+        <is>
+          <t>Sihirli Kedicik - Sihirli Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C757" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="758" spans="1:3">
+      <c r="A758" s="1" t="inlineStr">
+        <is>
+          <t>9786254481475</t>
+        </is>
+      </c>
+      <c r="B758" s="1" t="inlineStr">
+        <is>
+          <t>Heceleme - Eğitici Yapboz</t>
+        </is>
+      </c>
+      <c r="C758" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="759" spans="1:3">
+      <c r="A759" s="1" t="inlineStr">
+        <is>
+          <t>9786254481468</t>
+        </is>
+      </c>
+      <c r="B759" s="1" t="inlineStr">
+        <is>
+          <t>Kelimeleri Hecelerine Ayırıyorum (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C759" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="760" spans="1:3">
+      <c r="A760" s="1" t="inlineStr">
+        <is>
+          <t>9786050321616</t>
+        </is>
+      </c>
+      <c r="B760" s="1" t="inlineStr">
+        <is>
+          <t>Kolay Toplama - Eğitici Yapboz</t>
+        </is>
+      </c>
+      <c r="C760" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="761" spans="1:3">
+      <c r="A761" s="1" t="inlineStr">
+        <is>
+          <t>9786050321609</t>
+        </is>
+      </c>
+      <c r="B761" s="1" t="inlineStr">
+        <is>
+          <t>İlk Kelimelerim - Eğitici Yapboz</t>
+        </is>
+      </c>
+      <c r="C761" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="762" spans="1:3">
+      <c r="A762" s="1" t="inlineStr">
+        <is>
+          <t>9786050321579</t>
+        </is>
+      </c>
+      <c r="B762" s="1" t="inlineStr">
+        <is>
+          <t>Eş Anlamlı Sözcükler - Eğitici Yapboz</t>
+        </is>
+      </c>
+      <c r="C762" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="763" spans="1:3">
+      <c r="A763" s="1" t="inlineStr">
+        <is>
+          <t>9786050321562</t>
+        </is>
+      </c>
+      <c r="B763" s="1" t="inlineStr">
+        <is>
+          <t>Desenimi Bul - Eğitici Yapboz</t>
+        </is>
+      </c>
+      <c r="C763" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="764" spans="1:3">
+      <c r="A764" s="1" t="inlineStr">
+        <is>
+          <t>9786050321555</t>
+        </is>
+      </c>
+      <c r="B764" s="1" t="inlineStr">
+        <is>
+          <t>Zıt Anlamlı Sözcükler - Eğitici Yapboz</t>
+        </is>
+      </c>
+      <c r="C764" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="765" spans="1:3">
+      <c r="A765" s="1" t="inlineStr">
+        <is>
+          <t>9786050321531</t>
+        </is>
+      </c>
+      <c r="B765" s="1" t="inlineStr">
+        <is>
+          <t>Sayılar - Eğitici Yapboz</t>
+        </is>
+      </c>
+      <c r="C765" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="766" spans="1:3">
+      <c r="A766" s="1" t="inlineStr">
+        <is>
+          <t>9786050321630</t>
+        </is>
+      </c>
+      <c r="B766" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenme Kartları - Toplama</t>
+        </is>
+      </c>
+      <c r="C766" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="767" spans="1:3">
+      <c r="A767" s="1" t="inlineStr">
+        <is>
+          <t>9786050321647</t>
+        </is>
+      </c>
+      <c r="B767" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenme Kartları - Çarpma</t>
+        </is>
+      </c>
+      <c r="C767" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="768" spans="1:3">
+      <c r="A768" s="1" t="inlineStr">
+        <is>
+          <t>9786050321623</t>
+        </is>
+      </c>
+      <c r="B768" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenme Kartları - Saatler</t>
+        </is>
+      </c>
+      <c r="C768" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="769" spans="1:3">
+      <c r="A769" s="1" t="inlineStr">
+        <is>
+          <t>9786254487477</t>
+        </is>
+      </c>
+      <c r="B769" s="1" t="inlineStr">
+        <is>
+          <t>2. Sınıf Matematik Ünite Hikayeleri - Uzay Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C769" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="770" spans="1:3">
+      <c r="A770" s="1" t="inlineStr">
+        <is>
+          <t>9786254489426</t>
+        </is>
+      </c>
+      <c r="B770" s="1" t="inlineStr">
+        <is>
+          <t>Kutup Ayısı</t>
+        </is>
+      </c>
+      <c r="C770" s="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="771" spans="1:3">
+      <c r="A771" s="1" t="inlineStr">
+        <is>
+          <t>9786254481444</t>
+        </is>
+      </c>
+      <c r="B771" s="1" t="inlineStr">
+        <is>
+          <t>Sesleri Birleştiriyorum Eğitici Yapboz 40 Kelime</t>
+        </is>
+      </c>
+      <c r="C771" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="772" spans="1:3">
+      <c r="A772" s="1" t="inlineStr">
+        <is>
+          <t>9786256312159</t>
+        </is>
+      </c>
+      <c r="B772" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Sonsuzluk</t>
+        </is>
+      </c>
+      <c r="C772" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="773" spans="1:3">
+      <c r="A773" s="1" t="inlineStr">
+        <is>
+          <t>9786256312326</t>
+        </is>
+      </c>
+      <c r="B773" s="1" t="inlineStr">
+        <is>
+          <t>Babaannemin Bigudileri</t>
+        </is>
+      </c>
+      <c r="C773" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="774" spans="1:3">
+      <c r="A774" s="1" t="inlineStr">
+        <is>
+          <t>9786254487453</t>
+        </is>
+      </c>
+      <c r="B774" s="1" t="inlineStr">
+        <is>
+          <t>Toti Çiftlikte</t>
+        </is>
+      </c>
+      <c r="C774" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="775" spans="1:3">
+      <c r="A775" s="1" t="inlineStr">
+        <is>
+          <t>9786254485220</t>
+        </is>
+      </c>
+      <c r="B775" s="1" t="inlineStr">
+        <is>
+          <t>Meraklı Çocuklar - English Seviye 1</t>
+        </is>
+      </c>
+      <c r="C775" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="776" spans="1:3">
+      <c r="A776" s="1" t="inlineStr">
+        <is>
+          <t>9786050321593</t>
+        </is>
+      </c>
+      <c r="B776" s="1" t="inlineStr">
+        <is>
+          <t>Gölgemi Bul - Eğitici Yapboz</t>
+        </is>
+      </c>
+      <c r="C776" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="777" spans="1:3">
+      <c r="A777" s="1" t="inlineStr">
+        <is>
+          <t>9786050321586</t>
+        </is>
+      </c>
+      <c r="B777" s="1" t="inlineStr">
+        <is>
+          <t>Alfabe - Eğitici Yapboz</t>
+        </is>
+      </c>
+      <c r="C777" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="778" spans="1:3">
+      <c r="A778" s="1" t="inlineStr">
+        <is>
+          <t>9786050321548</t>
+        </is>
+      </c>
+      <c r="B778" s="1" t="inlineStr">
+        <is>
+          <t>Renkler - Eğitici Yapboz</t>
+        </is>
+      </c>
+      <c r="C778" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="779" spans="1:3">
+      <c r="A779" s="1" t="inlineStr">
+        <is>
+          <t>9786254487194</t>
+        </is>
+      </c>
+      <c r="B779" s="1" t="inlineStr">
+        <is>
+          <t>Matilda Etkisi</t>
+        </is>
+      </c>
+      <c r="C779" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="780" spans="1:3">
+      <c r="A780" s="1" t="inlineStr">
+        <is>
+          <t>9786254481376</t>
+        </is>
+      </c>
+      <c r="B780" s="1" t="inlineStr">
+        <is>
+          <t>Dikkat Geliştirme Becerileri - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
+        </is>
+      </c>
+      <c r="C780" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="781" spans="1:3">
+      <c r="A781" s="1" t="inlineStr">
+        <is>
+          <t>9786254481369</t>
+        </is>
+      </c>
+      <c r="B781" s="1" t="inlineStr">
+        <is>
+          <t>Çizgiler - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
+        </is>
+      </c>
+      <c r="C781" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="782" spans="1:3">
+      <c r="A782" s="1" t="inlineStr">
+        <is>
+          <t>9786254486449</t>
+        </is>
+      </c>
+      <c r="B782" s="1" t="inlineStr">
+        <is>
+          <t>Pireler Berber İken - Anadolu Masalları</t>
+        </is>
+      </c>
+      <c r="C782" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="783" spans="1:3">
+      <c r="A783" s="1" t="inlineStr">
+        <is>
+          <t>9786254486029</t>
+        </is>
+      </c>
+      <c r="B783" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanlar - Bebeğimin İlk Bilgileri</t>
+        </is>
+      </c>
+      <c r="C783" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="784" spans="1:3">
+      <c r="A784" s="1" t="inlineStr">
+        <is>
+          <t>9786254484704</t>
+        </is>
+      </c>
+      <c r="B784" s="1" t="inlineStr">
+        <is>
+          <t>Çiz Sil Yeniden Çiz (Mavi Kitap)</t>
+        </is>
+      </c>
+      <c r="C784" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="785" spans="1:3">
+      <c r="A785" s="1" t="inlineStr">
+        <is>
+          <t>9786254484698</t>
+        </is>
+      </c>
+      <c r="B785" s="1" t="inlineStr">
+        <is>
+          <t>Çiz Sil Yeniden Çiz (Kırmızı Kitap)</t>
+        </is>
+      </c>
+      <c r="C785" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="786" spans="1:3">
+      <c r="A786" s="1" t="inlineStr">
+        <is>
+          <t>9786053488125</t>
+        </is>
+      </c>
+      <c r="B786" s="1" t="inlineStr">
+        <is>
+          <t>Melleron'un Sihri</t>
+        </is>
+      </c>
+      <c r="C786" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="787" spans="1:3">
+      <c r="A787" s="1" t="inlineStr">
+        <is>
+          <t>9786051862408</t>
+        </is>
+      </c>
+      <c r="B787" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kuş Olsaydım</t>
+        </is>
+      </c>
+      <c r="C787" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="788" spans="1:3">
+      <c r="A788" s="1" t="inlineStr">
+        <is>
+          <t>9786053485087</t>
+        </is>
+      </c>
+      <c r="B788" s="1" t="inlineStr">
+        <is>
+          <t>Dolaptaki Canavar</t>
+        </is>
+      </c>
+      <c r="C788" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="789" spans="1:3">
+      <c r="A789" s="1" t="inlineStr">
+        <is>
+          <t>9786254481659</t>
+        </is>
+      </c>
+      <c r="B789" s="1" t="inlineStr">
+        <is>
+          <t>Çizgiler 5+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+        </is>
+      </c>
+      <c r="C789" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="790" spans="1:3">
+      <c r="A790" s="1" t="inlineStr">
+        <is>
+          <t>9786254481536</t>
+        </is>
+      </c>
+      <c r="B790" s="1" t="inlineStr">
+        <is>
+          <t>Farkı Bul 3+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+        </is>
+      </c>
+      <c r="C790" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="791" spans="1:3">
+      <c r="A791" s="1" t="inlineStr">
+        <is>
+          <t>9786254483806</t>
+        </is>
+      </c>
+      <c r="B791" s="1" t="inlineStr">
+        <is>
+          <t>Eşimi Bul - Eş anlamlı (Anlamdaş) Kelimeler</t>
+        </is>
+      </c>
+      <c r="C791" s="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="792" spans="1:3">
+      <c r="A792" s="1" t="inlineStr">
+        <is>
+          <t>9786254483882</t>
+        </is>
+      </c>
+      <c r="B792" s="1" t="inlineStr">
+        <is>
+          <t>Dikkatli Eşle</t>
+        </is>
+      </c>
+      <c r="C792" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="793" spans="1:3">
+      <c r="A793" s="1" t="inlineStr">
+        <is>
+          <t>9786254484483</t>
+        </is>
+      </c>
+      <c r="B793" s="1" t="inlineStr">
+        <is>
+          <t>Koparmalı Robotik Kodlama Etkinlikleri - 3</t>
+        </is>
+      </c>
+      <c r="C793" s="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="794" spans="1:3">
+      <c r="A794" s="1" t="inlineStr">
+        <is>
+          <t>9786254487408</t>
+        </is>
+      </c>
+      <c r="B794" s="1" t="inlineStr">
+        <is>
+          <t>4. Sınıf Temel Eserlerden Seçmeler 1 Set</t>
+        </is>
+      </c>
+      <c r="C794" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="795" spans="1:3">
+      <c r="A795" s="1" t="inlineStr">
+        <is>
+          <t>9786254483516</t>
+        </is>
+      </c>
+      <c r="B795" s="1" t="inlineStr">
+        <is>
+          <t>En Güzel Çocuk Masalları 2. ve 3. Sınıf</t>
+        </is>
+      </c>
+      <c r="C795" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="796" spans="1:3">
+      <c r="A796" s="1" t="inlineStr">
+        <is>
+          <t>9786256312029</t>
+        </is>
+      </c>
+      <c r="B796" s="1" t="inlineStr">
+        <is>
+          <t>Renkli Keçeler ile Taşıtlar</t>
+        </is>
+      </c>
+      <c r="C796" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="797" spans="1:3">
+      <c r="A797" s="1" t="inlineStr">
+        <is>
+          <t>9786256312036</t>
+        </is>
+      </c>
+      <c r="B797" s="1" t="inlineStr">
+        <is>
+          <t>Renkli Keçeler ile Meslekler</t>
+        </is>
+      </c>
+      <c r="C797" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="798" spans="1:3">
+      <c r="A798" s="1" t="inlineStr">
+        <is>
+          <t>9786256312012</t>
+        </is>
+      </c>
+      <c r="B798" s="1" t="inlineStr">
+        <is>
+          <t>Renkli Keçeler ile Giysiler</t>
+        </is>
+      </c>
+      <c r="C798" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="799" spans="1:3">
+      <c r="A799" s="1" t="inlineStr">
+        <is>
+          <t>9786256312005</t>
+        </is>
+      </c>
+      <c r="B799" s="1" t="inlineStr">
+        <is>
+          <t>Gıdadan Yakıta</t>
+        </is>
+      </c>
+      <c r="C799" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="800" spans="1:3">
+      <c r="A800" s="1" t="inlineStr">
+        <is>
+          <t>9786259455372</t>
+        </is>
+      </c>
+      <c r="B800" s="1" t="inlineStr">
+        <is>
+          <t>Afi and Tomi - Transportation</t>
+        </is>
+      </c>
+      <c r="C800" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="801" spans="1:3">
+      <c r="A801" s="1" t="inlineStr">
+        <is>
+          <t>9786259455365</t>
+        </is>
+      </c>
+      <c r="B801" s="1" t="inlineStr">
+        <is>
+          <t>Afi and Tomi - Opposites</t>
+        </is>
+      </c>
+      <c r="C801" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="802" spans="1:3">
+      <c r="A802" s="1" t="inlineStr">
+        <is>
+          <t>9786259455396</t>
+        </is>
+      </c>
+      <c r="B802" s="1" t="inlineStr">
+        <is>
+          <t>Afi and Tomi - Numbers</t>
+        </is>
+      </c>
+      <c r="C802" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="803" spans="1:3">
+      <c r="A803" s="1" t="inlineStr">
+        <is>
+          <t>9786259455358</t>
+        </is>
+      </c>
+      <c r="B803" s="1" t="inlineStr">
+        <is>
+          <t>Afi and Tomi - Colors</t>
+        </is>
+      </c>
+      <c r="C803" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="804" spans="1:3">
+      <c r="A804" s="1" t="inlineStr">
+        <is>
+          <t>9786259455389</t>
+        </is>
+      </c>
+      <c r="B804" s="1" t="inlineStr">
+        <is>
+          <t>Afi and Tomi - Animals</t>
+        </is>
+      </c>
+      <c r="C804" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="805" spans="1:3">
+      <c r="A805" s="1" t="inlineStr">
+        <is>
+          <t>9786254483325</t>
+        </is>
+      </c>
+      <c r="B805" s="1" t="inlineStr">
+        <is>
+          <t>İki Kafadar - Seyit ile Samet</t>
+        </is>
+      </c>
+      <c r="C805" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="806" spans="1:3">
+      <c r="A806" s="1" t="inlineStr">
+        <is>
+          <t>9786256934948</t>
+        </is>
+      </c>
+      <c r="B806" s="1" t="inlineStr">
+        <is>
+          <t>Annemin İşyerinde İlk Günü</t>
+        </is>
+      </c>
+      <c r="C806" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="807" spans="1:3">
+      <c r="A807" s="1" t="inlineStr">
+        <is>
+          <t>9786256934955</t>
+        </is>
+      </c>
+      <c r="B807" s="1" t="inlineStr">
+        <is>
+          <t>Fuarın En Tuhaf Okuru</t>
+        </is>
+      </c>
+      <c r="C807" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="808" spans="1:3">
+      <c r="A808" s="1" t="inlineStr">
+        <is>
+          <t>9786256934924</t>
+        </is>
+      </c>
+      <c r="B808" s="1" t="inlineStr">
+        <is>
+          <t>Burası Çok Sessiz</t>
+        </is>
+      </c>
+      <c r="C808" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="809" spans="1:3">
+      <c r="A809" s="1" t="inlineStr">
+        <is>
+          <t>9786256934931</t>
+        </is>
+      </c>
+      <c r="B809" s="1" t="inlineStr">
+        <is>
+          <t>Yalınayak Bernd</t>
+        </is>
+      </c>
+      <c r="C809" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="810" spans="1:3">
+      <c r="A810" s="1" t="inlineStr">
+        <is>
+          <t>9786256934900</t>
+        </is>
+      </c>
+      <c r="B810" s="1" t="inlineStr">
+        <is>
+          <t>Ben ve Biz</t>
+        </is>
+      </c>
+      <c r="C810" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="811" spans="1:3">
+      <c r="A811" s="1" t="inlineStr">
+        <is>
+          <t>9786254486777</t>
+        </is>
+      </c>
+      <c r="B811" s="1" t="inlineStr">
+        <is>
+          <t>3-4.Sınıf Yeni Nesil Hikaye Seti</t>
+        </is>
+      </c>
+      <c r="C811" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="812" spans="1:3">
+      <c r="A812" s="1" t="inlineStr">
+        <is>
+          <t>9786254487323</t>
+        </is>
+      </c>
+      <c r="B812" s="1" t="inlineStr">
+        <is>
+          <t>2.Sınıf Türkçe Kerem ile Zehra Tema Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C812" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="813" spans="1:3">
+      <c r="A813" s="1" t="inlineStr">
+        <is>
+          <t>9786254481055</t>
+        </is>
+      </c>
+      <c r="B813" s="1" t="inlineStr">
+        <is>
+          <t>Pembe İncili Kaftan</t>
+        </is>
+      </c>
+      <c r="C813" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="814" spans="1:3">
+      <c r="A814" s="1" t="inlineStr">
+        <is>
+          <t>9786256934894</t>
+        </is>
+      </c>
+      <c r="B814" s="1" t="inlineStr">
+        <is>
+          <t>Zavallı Plüton</t>
+        </is>
+      </c>
+      <c r="C814" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="815" spans="1:3">
+      <c r="A815" s="1" t="inlineStr">
+        <is>
+          <t>9786256934917</t>
+        </is>
+      </c>
+      <c r="B815" s="1" t="inlineStr">
+        <is>
+          <t>Sihirli Hayvanlar Seti (4 Kitap)</t>
+        </is>
+      </c>
+      <c r="C815" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="816" spans="1:3">
+      <c r="A816" s="1" t="inlineStr">
+        <is>
+          <t>9786256934757</t>
+        </is>
+      </c>
+      <c r="B816" s="1" t="inlineStr">
+        <is>
+          <t>Kedi Ankira - Anadolu Şifreleri</t>
+        </is>
+      </c>
+      <c r="C816" s="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="817" spans="1:3">
+      <c r="A817" s="1" t="inlineStr">
+        <is>
+          <t>9786256934788</t>
+        </is>
+      </c>
+      <c r="B817" s="1" t="inlineStr">
+        <is>
+          <t>Sınıf Arkadaşlarımızı Yemiyoruz</t>
+        </is>
+      </c>
+      <c r="C817" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="818" spans="1:3">
+      <c r="A818" s="1" t="inlineStr">
+        <is>
+          <t>9786256934115</t>
+        </is>
+      </c>
+      <c r="B818" s="1" t="inlineStr">
+        <is>
+          <t>Leonardo da Vinci ile Tablonun İçinde</t>
+        </is>
+      </c>
+      <c r="C818" s="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="819" spans="1:3">
+      <c r="A819" s="1" t="inlineStr">
+        <is>
+          <t>9786256934108</t>
+        </is>
+      </c>
+      <c r="B819" s="1" t="inlineStr">
+        <is>
+          <t>Nikola Tesla ile Macera Peşinde</t>
+        </is>
+      </c>
+      <c r="C819" s="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="820" spans="1:3">
+      <c r="A820" s="1" t="inlineStr">
+        <is>
+          <t>9786253660185</t>
+        </is>
+      </c>
+      <c r="B820" s="1" t="inlineStr">
+        <is>
+          <t>Genç Bilimkurgu Serisi</t>
+        </is>
+      </c>
+      <c r="C820" s="1">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="821" spans="1:3">
+      <c r="A821" s="1" t="inlineStr">
+        <is>
+          <t>9786256934740</t>
+        </is>
+      </c>
+      <c r="B821" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kız Her Şeyi İnşa Edebilir</t>
+        </is>
+      </c>
+      <c r="C821" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="822" spans="1:3">
+      <c r="A822" s="1" t="inlineStr">
+        <is>
+          <t>9786256934344</t>
+        </is>
+      </c>
+      <c r="B822" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Bir Ses</t>
+        </is>
+      </c>
+      <c r="C822" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="823" spans="1:3">
+      <c r="A823" s="1" t="inlineStr">
+        <is>
+          <t>9786256934450</t>
+        </is>
+      </c>
+      <c r="B823" s="1" t="inlineStr">
+        <is>
+          <t>Meraklı Bilgiler Serisi - Evde Hayat Var</t>
+        </is>
+      </c>
+      <c r="C823" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="824" spans="1:3">
+      <c r="A824" s="1" t="inlineStr">
+        <is>
+          <t>9786256934429</t>
+        </is>
+      </c>
+      <c r="B824" s="1" t="inlineStr">
+        <is>
+          <t>Meraklı Bilgiler Serisi - Dişimi Yiyemezler</t>
+        </is>
+      </c>
+      <c r="C824" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="825" spans="1:3">
+      <c r="A825" s="1" t="inlineStr">
+        <is>
+          <t>9786256934436</t>
+        </is>
+      </c>
+      <c r="B825" s="1" t="inlineStr">
+        <is>
+          <t>Meraklı Bilgiler Serisi - Kaybedeni Olmayan Oyunlar</t>
+        </is>
+      </c>
+      <c r="C825" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="826" spans="1:3">
+      <c r="A826" s="1" t="inlineStr">
+        <is>
+          <t>9786256934405</t>
+        </is>
+      </c>
+      <c r="B826" s="1" t="inlineStr">
+        <is>
+          <t>Meraklı Bilgiler Serisi - Aburcursuz Olur mu?</t>
+        </is>
+      </c>
+      <c r="C826" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="827" spans="1:3">
+      <c r="A827" s="1" t="inlineStr">
+        <is>
+          <t>9786256934412</t>
+        </is>
+      </c>
+      <c r="B827" s="1" t="inlineStr">
+        <is>
+          <t>Meraklı Bilgiler Serisi - Birbirini Kovalayan Taşıtlar</t>
+        </is>
+      </c>
+      <c r="C827" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="828" spans="1:3">
+      <c r="A828" s="1" t="inlineStr">
+        <is>
+          <t>9786256934443</t>
+        </is>
+      </c>
+      <c r="B828" s="1" t="inlineStr">
+        <is>
+          <t>Meraklı Bilgiler Serisi - Hastalandığını Sanan Çilekler</t>
+        </is>
+      </c>
+      <c r="C828" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="829" spans="1:3">
+      <c r="A829" s="1" t="inlineStr">
+        <is>
+          <t>9786256934252</t>
+        </is>
+      </c>
+      <c r="B829" s="1" t="inlineStr">
+        <is>
+          <t>Mülteci Kimdir?</t>
+        </is>
+      </c>
+      <c r="C829" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="830" spans="1:3">
+      <c r="A830" s="1" t="inlineStr">
+        <is>
+          <t>9786256934498</t>
+        </is>
+      </c>
+      <c r="B830" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Dünya Klasikleri – Siyah İnci</t>
+        </is>
+      </c>
+      <c r="C830" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="831" spans="1:3">
+      <c r="A831" s="1" t="inlineStr">
+        <is>
+          <t>9786256934481</t>
+        </is>
+      </c>
+      <c r="B831" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Dünya Klasikleri – Satranç</t>
+        </is>
+      </c>
+      <c r="C831" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="832" spans="1:3">
+      <c r="A832" s="1" t="inlineStr">
+        <is>
+          <t>9786256934474</t>
+        </is>
+      </c>
+      <c r="B832" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Dünya Klasikleri – Don Kişot</t>
+        </is>
+      </c>
+      <c r="C832" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="833" spans="1:3">
+      <c r="A833" s="1" t="inlineStr">
+        <is>
+          <t>9786256934467</t>
+        </is>
+      </c>
+      <c r="B833" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Dünya Klasikleri – Beyaz Diş</t>
+        </is>
+      </c>
+      <c r="C833" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="834" spans="1:3">
+      <c r="A834" s="1" t="inlineStr">
+        <is>
+          <t>9786256934399</t>
+        </is>
+      </c>
+      <c r="B834" s="1" t="inlineStr">
+        <is>
+          <t>Mitolojik Masallar Serisi – Hint Masalı Yakut Prens</t>
+        </is>
+      </c>
+      <c r="C834" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="835" spans="1:3">
+      <c r="A835" s="1" t="inlineStr">
+        <is>
+          <t>9786256934382</t>
+        </is>
+      </c>
+      <c r="B835" s="1" t="inlineStr">
+        <is>
+          <t>Mitolojik Masallar Serisi – Japon Masalı Uraşima Taro</t>
+        </is>
+      </c>
+      <c r="C835" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="836" spans="1:3">
+      <c r="A836" s="1" t="inlineStr">
+        <is>
+          <t>9786256934368</t>
+        </is>
+      </c>
+      <c r="B836" s="1" t="inlineStr">
+        <is>
+          <t>Mitolojik Masallar Serisi – Avustralya Aborjin Masalı Mooral ve Marjali</t>
+        </is>
+      </c>
+      <c r="C836" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="837" spans="1:3">
+      <c r="A837" s="1" t="inlineStr">
+        <is>
+          <t>9786256934375</t>
+        </is>
+      </c>
+      <c r="B837" s="1" t="inlineStr">
+        <is>
+          <t>Mitolojik Masallar Serisi – İsveç Masalı Knöss</t>
+        </is>
+      </c>
+      <c r="C837" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="838" spans="1:3">
+      <c r="A838" s="1" t="inlineStr">
+        <is>
+          <t>9786256934351</t>
+        </is>
+      </c>
+      <c r="B838" s="1" t="inlineStr">
+        <is>
+          <t>Mitolojik Masallar Serisi – Türk Masalı Anka Kuşu</t>
+        </is>
+      </c>
+      <c r="C838" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="839" spans="1:3">
+      <c r="A839" s="1" t="inlineStr">
+        <is>
+          <t>9786253660406</t>
+        </is>
+      </c>
+      <c r="B839" s="1" t="inlineStr">
+        <is>
+          <t>Ejderha Serisi 3 Kitap Kutulu Set</t>
+        </is>
+      </c>
+      <c r="C839" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="840" spans="1:3">
+      <c r="A840" s="1" t="inlineStr">
+        <is>
+          <t>9786253660116</t>
+        </is>
+      </c>
+      <c r="B840" s="1" t="inlineStr">
+        <is>
+          <t>Ejderhalarla Uçan Prenses</t>
+        </is>
+      </c>
+      <c r="C840" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="841" spans="1:3">
+      <c r="A841" s="1" t="inlineStr">
+        <is>
+          <t>9786254489501</t>
+        </is>
+      </c>
+      <c r="B841" s="1" t="inlineStr">
+        <is>
+          <t>Küçük İnsanlar Büyük Hayaller - Steve Jobs</t>
+        </is>
+      </c>
+      <c r="C841" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="842" spans="1:3">
+      <c r="A842" s="1" t="inlineStr">
+        <is>
+          <t>9786254489471</t>
+        </is>
+      </c>
+      <c r="B842" s="1" t="inlineStr">
+        <is>
+          <t>Küçük İnsanlar Büyük Hayaller - Greta Thunberg</t>
+        </is>
+      </c>
+      <c r="C842" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="843" spans="1:3">
+      <c r="A843" s="1" t="inlineStr">
+        <is>
+          <t>9786254489488</t>
+        </is>
+      </c>
+      <c r="B843" s="1" t="inlineStr">
+        <is>
+          <t>Küçük İnsanlar Büyük Hayaller - Charles Darwin</t>
+        </is>
+      </c>
+      <c r="C843" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="844" spans="1:3">
+      <c r="A844" s="1" t="inlineStr">
+        <is>
+          <t>9786254489495</t>
+        </is>
+      </c>
+      <c r="B844" s="1" t="inlineStr">
+        <is>
+          <t>Küçük İnsanlar Büyük Hayaller - Bruce Lee</t>
+        </is>
+      </c>
+      <c r="C844" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="845" spans="1:3">
+      <c r="A845" s="1" t="inlineStr">
+        <is>
+          <t>9786253660055</t>
+        </is>
+      </c>
+      <c r="B845" s="1" t="inlineStr">
+        <is>
+          <t>Hawking'in Koridoru</t>
+        </is>
+      </c>
+      <c r="C845" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="846" spans="1:3">
+      <c r="A846" s="1" t="inlineStr">
+        <is>
+          <t>9786254486708</t>
+        </is>
+      </c>
+      <c r="B846" s="1" t="inlineStr">
+        <is>
+          <t>İspanyolca Öğreniyorum - 1. Seviye</t>
+        </is>
+      </c>
+      <c r="C846" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="847" spans="1:3">
+      <c r="A847" s="1" t="inlineStr">
+        <is>
+          <t>9786256934146</t>
+        </is>
+      </c>
+      <c r="B847" s="1" t="inlineStr">
+        <is>
+          <t>Merhaba Coğrafya ve Ekonomi - Yazılmak İsteyen Oyuncu Kitap</t>
+        </is>
+      </c>
+      <c r="C847" s="1">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="848" spans="1:3">
+      <c r="A848" s="1" t="inlineStr">
+        <is>
+          <t>9786256934214</t>
+        </is>
+      </c>
+      <c r="B848" s="1" t="inlineStr">
+        <is>
+          <t>Merhaba Teknoloji - Tabletler İsyanda</t>
+        </is>
+      </c>
+      <c r="C848" s="1">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="849" spans="1:3">
+      <c r="A849" s="1" t="inlineStr">
+        <is>
+          <t>9786256934221</t>
+        </is>
+      </c>
+      <c r="B849" s="1" t="inlineStr">
+        <is>
+          <t>Merhaba Tiyatro - Sihirli Alkışlar</t>
+        </is>
+      </c>
+      <c r="C849" s="1">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="850" spans="1:3">
+      <c r="A850" s="1" t="inlineStr">
+        <is>
+          <t>9786256934184</t>
+        </is>
+      </c>
+      <c r="B850" s="1" t="inlineStr">
+        <is>
+          <t>Merhaba Psikoloji - Psikolog Arı Mili ile Çiçek Terapisi</t>
+        </is>
+      </c>
+      <c r="C850" s="1">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="851" spans="1:3">
+      <c r="A851" s="1" t="inlineStr">
+        <is>
+          <t>9786256934191</t>
+        </is>
+      </c>
+      <c r="B851" s="1" t="inlineStr">
+        <is>
+          <t>Merhaba Sanat - Mesaj Alındı</t>
+        </is>
+      </c>
+      <c r="C851" s="1">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="852" spans="1:3">
+      <c r="A852" s="1" t="inlineStr">
+        <is>
+          <t>9786256934122</t>
+        </is>
+      </c>
+      <c r="B852" s="1" t="inlineStr">
+        <is>
+          <t>Merhaba Bilgi-Belge Yönetimi ve Tarih - Minik Limon Çekirdeği ve Limon Çocuk</t>
+        </is>
+      </c>
+      <c r="C852" s="1">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="853" spans="1:3">
+      <c r="A853" s="1" t="inlineStr">
+        <is>
+          <t>9786256934207</t>
+        </is>
+      </c>
+      <c r="B853" s="1" t="inlineStr">
+        <is>
+          <t>Merhaba Sinema - Küçük Senaristin Hayal Perdesi</t>
+        </is>
+      </c>
+      <c r="C853" s="1">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="854" spans="1:3">
+      <c r="A854" s="1" t="inlineStr">
+        <is>
+          <t>9786256934238</t>
+        </is>
+      </c>
+      <c r="B854" s="1" t="inlineStr">
+        <is>
+          <t>Merhaba Yaratıcı Okuma - Kediden Kaçan Top</t>
+        </is>
+      </c>
+      <c r="C854" s="1">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="855" spans="1:3">
+      <c r="A855" s="1" t="inlineStr">
+        <is>
+          <t>9786256934153</t>
+        </is>
+      </c>
+      <c r="B855" s="1" t="inlineStr">
+        <is>
+          <t>Merhaba Kimya Mühendisliği ve Felsefe - Geleceğin Mühendisi Parfüm Fabrikasında</t>
+        </is>
+      </c>
+      <c r="C855" s="1">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="856" spans="1:3">
+      <c r="A856" s="1" t="inlineStr">
+        <is>
+          <t>9786256934177</t>
+        </is>
+      </c>
+      <c r="B856" s="1" t="inlineStr">
+        <is>
+          <t>Merhaba Pedagoji - Doğadan Gelen Tasarımlar</t>
+        </is>
+      </c>
+      <c r="C856" s="1">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="857" spans="1:3">
+      <c r="A857" s="1" t="inlineStr">
+        <is>
+          <t>9786256934139</t>
+        </is>
+      </c>
+      <c r="B857" s="1" t="inlineStr">
+        <is>
+          <t>Merhaba Biyoloji ve Felsefe - Bir DNA Hikayesi</t>
+        </is>
+      </c>
+      <c r="C857" s="1">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="858" spans="1:3">
+      <c r="A858" s="1" t="inlineStr">
+        <is>
+          <t>9786256934269</t>
+        </is>
+      </c>
+      <c r="B858" s="1" t="inlineStr">
+        <is>
+          <t>Merhaba Vizyon - Girişimcilik ve İnovasyon - Ben de Başaracağım</t>
+        </is>
+      </c>
+      <c r="C858" s="1">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="859" spans="1:3">
+      <c r="A859" s="1" t="inlineStr">
+        <is>
+          <t>9786256934245</t>
+        </is>
+      </c>
+      <c r="B859" s="1" t="inlineStr">
+        <is>
+          <t>Merhaba Ziraat Mühendisliği - Ağaçlar Arasındaki Fısıltılar</t>
+        </is>
+      </c>
+      <c r="C859" s="1">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="860" spans="1:3">
+      <c r="A860" s="1" t="inlineStr">
+        <is>
+          <t>9786256934160</t>
+        </is>
+      </c>
+      <c r="B860" s="1" t="inlineStr">
+        <is>
+          <t>Merhaba Deniz Bilimleri - Açıkgözler İstilacı Türlere Karşı</t>
+        </is>
+      </c>
+      <c r="C860" s="1">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="861" spans="1:3">
+      <c r="A861" s="1" t="inlineStr">
+        <is>
+          <t>9786254486616</t>
+        </is>
+      </c>
+      <c r="B861" s="1" t="inlineStr">
+        <is>
+          <t>Şehri Merak Eden Domates - Ekolojik Kitaplar Serisi</t>
+        </is>
+      </c>
+      <c r="C861" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="862" spans="1:3">
+      <c r="A862" s="1" t="inlineStr">
+        <is>
+          <t>9786254486609</t>
+        </is>
+      </c>
+      <c r="B862" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kompost Hikayesi</t>
+        </is>
+      </c>
+      <c r="C862" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="863" spans="1:3">
+      <c r="A863" s="1" t="inlineStr">
+        <is>
+          <t>9786254486913</t>
+        </is>
+      </c>
+      <c r="B863" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Prens’in Hayal Gezegeni</t>
+        </is>
+      </c>
+      <c r="C863" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="864" spans="1:3">
+      <c r="A864" s="1" t="inlineStr">
+        <is>
+          <t>9786254486906</t>
+        </is>
+      </c>
+      <c r="B864" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Prens’in Sanat Gezegeni</t>
+        </is>
+      </c>
+      <c r="C864" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="865" spans="1:3">
+      <c r="A865" s="1" t="inlineStr">
+        <is>
+          <t>9786254488542</t>
+        </is>
+      </c>
+      <c r="B865" s="1" t="inlineStr">
+        <is>
+          <t>Mia'nın Barınak Ziyareti</t>
+        </is>
+      </c>
+      <c r="C865" s="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="866" spans="1:3">
+      <c r="A866" s="1" t="inlineStr">
+        <is>
+          <t>9786254486845</t>
+        </is>
+      </c>
+      <c r="B866" s="1" t="inlineStr">
+        <is>
+          <t>Kediler Maniler</t>
+        </is>
+      </c>
+      <c r="C866" s="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="867" spans="1:3">
+      <c r="A867" s="1" t="inlineStr">
+        <is>
+          <t>9786254488214</t>
+        </is>
+      </c>
+      <c r="B867" s="1" t="inlineStr">
+        <is>
+          <t>Gezegeni Kurtaracak Kadar Büyüdüm</t>
+        </is>
+      </c>
+      <c r="C867" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="868" spans="1:3">
+      <c r="A868" s="1" t="inlineStr">
+        <is>
+          <t>9786254487026</t>
+        </is>
+      </c>
+      <c r="B868" s="1" t="inlineStr">
+        <is>
+          <t>Buzluktaki Penguen</t>
+        </is>
+      </c>
+      <c r="C868" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="869" spans="1:3">
+      <c r="A869" s="1" t="inlineStr">
+        <is>
+          <t>9786254486852</t>
+        </is>
+      </c>
+      <c r="B869" s="1" t="inlineStr">
+        <is>
+          <t>Hayaller Müzesi</t>
+        </is>
+      </c>
+      <c r="C869" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="870" spans="1:3">
+      <c r="A870" s="1" t="inlineStr">
+        <is>
+          <t>9786254486890</t>
+        </is>
+      </c>
+      <c r="B870" s="1" t="inlineStr">
+        <is>
+          <t>Güvenli Yarınlar Serisi Yağmurun Sesi</t>
+        </is>
+      </c>
+      <c r="C870" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="871" spans="1:3">
+      <c r="A871" s="1" t="inlineStr">
+        <is>
+          <t>9786254486876</t>
+        </is>
+      </c>
+      <c r="B871" s="1" t="inlineStr">
+        <is>
+          <t>Güvenli Yarınlar Serisi Görünmez Kaza</t>
+        </is>
+      </c>
+      <c r="C871" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="872" spans="1:3">
+      <c r="A872" s="1" t="inlineStr">
+        <is>
+          <t>9786254486883</t>
+        </is>
+      </c>
+      <c r="B872" s="1" t="inlineStr">
+        <is>
+          <t>Güvenli Yarınlar Serisi Yılmaz’ın Üç Ağacı</t>
+        </is>
+      </c>
+      <c r="C872" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="873" spans="1:3">
+      <c r="A873" s="1" t="inlineStr">
+        <is>
+          <t>9786254486869</t>
+        </is>
+      </c>
+      <c r="B873" s="1" t="inlineStr">
+        <is>
+          <t>Güvenli Yarınlar Serisi Doğa Dostları</t>
+        </is>
+      </c>
+      <c r="C873" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="874" spans="1:3">
+      <c r="A874" s="1" t="inlineStr">
+        <is>
+          <t>9786254485152</t>
+        </is>
+      </c>
+      <c r="B874" s="1" t="inlineStr">
+        <is>
+          <t>İpucu Peşinde Göbeklitepe - İlkokul 1. Sınıf</t>
+        </is>
+      </c>
+      <c r="C874" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="875" spans="1:3">
+      <c r="A875" s="1" t="inlineStr">
+        <is>
+          <t>9786254485176</t>
+        </is>
+      </c>
+      <c r="B875" s="1" t="inlineStr">
+        <is>
+          <t>İpucu Peşinde Uğurlu Kalem - İlkokul 3. Sınıf</t>
+        </is>
+      </c>
+      <c r="C875" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="876" spans="1:3">
+      <c r="A876" s="1" t="inlineStr">
+        <is>
+          <t>9786254485169</t>
+        </is>
+      </c>
+      <c r="B876" s="1" t="inlineStr">
+        <is>
+          <t>İpucu Peşinde Geri Dönüşüm - İlkokul 2. Sınıf</t>
+        </is>
+      </c>
+      <c r="C876" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="877" spans="1:3">
+      <c r="A877" s="1" t="inlineStr">
+        <is>
+          <t>9786254487538</t>
+        </is>
+      </c>
+      <c r="B877" s="1" t="inlineStr">
+        <is>
+          <t>Düşünceler Gömüsü: Aynalı Geçit</t>
+        </is>
+      </c>
+      <c r="C877" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="878" spans="1:3">
+      <c r="A878" s="1" t="inlineStr">
+        <is>
+          <t>9786254488566</t>
+        </is>
+      </c>
+      <c r="B878" s="1" t="inlineStr">
+        <is>
+          <t>Aşkar</t>
+        </is>
+      </c>
+      <c r="C878" s="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="879" spans="1:3">
+      <c r="A879" s="1" t="inlineStr">
+        <is>
+          <t>9786254488559</t>
+        </is>
+      </c>
+      <c r="B879" s="1" t="inlineStr">
+        <is>
+          <t>Nandiya Ejderhası</t>
+        </is>
+      </c>
+      <c r="C879" s="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="880" spans="1:3">
+      <c r="A880" s="1" t="inlineStr">
+        <is>
+          <t>9786254487705</t>
+        </is>
+      </c>
+      <c r="B880" s="1" t="inlineStr">
+        <is>
+          <t>Uçmak</t>
+        </is>
+      </c>
+      <c r="C880" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="881" spans="1:3">
+      <c r="A881" s="1" t="inlineStr">
+        <is>
+          <t>9786254487712</t>
+        </is>
+      </c>
+      <c r="B881" s="1" t="inlineStr">
+        <is>
+          <t>Güçlü Olmak</t>
+        </is>
+      </c>
+      <c r="C881" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="882" spans="1:3">
+      <c r="A882" s="1" t="inlineStr">
+        <is>
+          <t>9786254488702</t>
+        </is>
+      </c>
+      <c r="B882" s="1" t="inlineStr">
+        <is>
+          <t>Maymun Çoko'nun Serüvenleri</t>
+        </is>
+      </c>
+      <c r="C882" s="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="883" spans="1:3">
+      <c r="A883" s="1" t="inlineStr">
+        <is>
+          <t>9786254488719</t>
+        </is>
+      </c>
+      <c r="B883" s="1" t="inlineStr">
+        <is>
+          <t>Sevginin Üç Hali</t>
+        </is>
+      </c>
+      <c r="C883" s="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="884" spans="1:3">
+      <c r="A884" s="1" t="inlineStr">
+        <is>
+          <t>9786254488221</t>
+        </is>
+      </c>
+      <c r="B884" s="1" t="inlineStr">
+        <is>
+          <t>Eva Serisi - Kutulu Set</t>
+        </is>
+      </c>
+      <c r="C884" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="885" spans="1:3">
+      <c r="A885" s="1" t="inlineStr">
+        <is>
+          <t>9786254487309</t>
+        </is>
+      </c>
+      <c r="B885" s="1" t="inlineStr">
+        <is>
+          <t>Yalancı Kuş</t>
+        </is>
+      </c>
+      <c r="C885" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="886" spans="1:3">
+      <c r="A886" s="1" t="inlineStr">
+        <is>
+          <t>9786254484735</t>
+        </is>
+      </c>
+      <c r="B886" s="1" t="inlineStr">
+        <is>
+          <t>Martı Yumurtası</t>
+        </is>
+      </c>
+      <c r="C886" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="887" spans="1:3">
+      <c r="A887" s="1" t="inlineStr">
+        <is>
+          <t>9786254484759</t>
+        </is>
+      </c>
+      <c r="B887" s="1" t="inlineStr">
+        <is>
+          <t>Ejderha Timo</t>
+        </is>
+      </c>
+      <c r="C887" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="888" spans="1:3">
+      <c r="A888" s="1" t="inlineStr">
+        <is>
+          <t>9786254485633</t>
+        </is>
+      </c>
+      <c r="B888" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar için Kodlama Etkinlikleri - Pembe - 32 Etkinlik</t>
+        </is>
+      </c>
+      <c r="C888" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="889" spans="1:3">
+      <c r="A889" s="1" t="inlineStr">
+        <is>
+          <t>9786254485657</t>
+        </is>
+      </c>
+      <c r="B889" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Kodlama Etkinlikleri - Mavi - 64 Etkinlik</t>
+        </is>
+      </c>
+      <c r="C889" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="890" spans="1:3">
+      <c r="A890" s="1" t="inlineStr">
+        <is>
+          <t>9786254485640</t>
+        </is>
+      </c>
+      <c r="B890" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar için Kodlama Etkinlikleri - Yeşil 2 - 32 Etkinlik</t>
+        </is>
+      </c>
+      <c r="C890" s="1">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="891" spans="1:3">
+      <c r="A891" s="1" t="inlineStr">
+        <is>
+          <t>9786254486258</t>
+        </is>
+      </c>
+      <c r="B891" s="1" t="inlineStr">
+        <is>
+          <t>Anılarımız Rengarenk</t>
+        </is>
+      </c>
+      <c r="C891" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="892" spans="1:3">
+      <c r="A892" s="1" t="inlineStr">
+        <is>
+          <t>9786254485619</t>
+        </is>
+      </c>
+      <c r="B892" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar için Kodlama Etkinlikleri - Yeşil - 32 Etkinlik</t>
+        </is>
+      </c>
+      <c r="C892" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="893" spans="1:3">
+      <c r="A893" s="1" t="inlineStr">
+        <is>
+          <t>9786254485626</t>
+        </is>
+      </c>
+      <c r="B893" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar için Kodlama Etkinlikleri - Sarı - 32 Etkinlik</t>
+        </is>
+      </c>
+      <c r="C893" s="1">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="894" spans="1:3">
+      <c r="A894" s="1" t="inlineStr">
+        <is>
+          <t>9786254486555</t>
+        </is>
+      </c>
+      <c r="B894" s="1" t="inlineStr">
+        <is>
+          <t>Benim Deyim Kitabım 2 - Seviye 2</t>
+        </is>
+      </c>
+      <c r="C894" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="895" spans="1:3">
+      <c r="A895" s="1" t="inlineStr">
+        <is>
+          <t>9786254486548</t>
+        </is>
+      </c>
+      <c r="B895" s="1" t="inlineStr">
+        <is>
+          <t>Benim Deyim Kitabım - Seviye 1</t>
+        </is>
+      </c>
+      <c r="C895" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="896" spans="1:3">
+      <c r="A896" s="1" t="inlineStr">
+        <is>
+          <t>9786254486579</t>
+        </is>
+      </c>
+      <c r="B896" s="1" t="inlineStr">
+        <is>
+          <t>Benim Atasözü Kitabım - Seviye 2</t>
+        </is>
+      </c>
+      <c r="C896" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="897" spans="1:3">
+      <c r="A897" s="1" t="inlineStr">
+        <is>
+          <t>9786254486562</t>
+        </is>
+      </c>
+      <c r="B897" s="1" t="inlineStr">
+        <is>
+          <t>Benim Atasözü Kitabım - Seviye 1</t>
+        </is>
+      </c>
+      <c r="C897" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="898" spans="1:3">
+      <c r="A898" s="1" t="inlineStr">
+        <is>
+          <t>9786254485039</t>
+        </is>
+      </c>
+      <c r="B898" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Etkinlikli Tatil Kitabım</t>
+        </is>
+      </c>
+      <c r="C898" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="899" spans="1:3">
+      <c r="A899" s="1" t="inlineStr">
+        <is>
+          <t>9786254485046</t>
+        </is>
+      </c>
+      <c r="B899" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Etkinlikli Tatil Kitabım</t>
+        </is>
+      </c>
+      <c r="C899" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="900" spans="1:3">
+      <c r="A900" s="1" t="inlineStr">
+        <is>
+          <t>9786254485763</t>
+        </is>
+      </c>
+      <c r="B900" s="1" t="inlineStr">
+        <is>
+          <t>Kardeş Kirazlar Kiko ile Kiki - Sebzoti Kasabası</t>
+        </is>
+      </c>
+      <c r="C900" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="901" spans="1:3">
+      <c r="A901" s="1" t="inlineStr">
+        <is>
+          <t>9786254485770</t>
+        </is>
+      </c>
+      <c r="B901" s="1" t="inlineStr">
+        <is>
+          <t>Masalcı Mısır - Sebzoti Kasabası</t>
+        </is>
+      </c>
+      <c r="C901" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="902" spans="1:3">
+      <c r="A902" s="1" t="inlineStr">
+        <is>
+          <t>9786254485794</t>
+        </is>
+      </c>
+      <c r="B902" s="1" t="inlineStr">
+        <is>
+          <t>Sulugöz Bamya - Sebzoti Kasabası</t>
+        </is>
+      </c>
+      <c r="C902" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="903" spans="1:3">
+      <c r="A903" s="1" t="inlineStr">
+        <is>
+          <t>9786254485817</t>
+        </is>
+      </c>
+      <c r="B903" s="1" t="inlineStr">
+        <is>
+          <t>Aktivite Kitabı 2 - Sebzoti Kasabası</t>
+        </is>
+      </c>
+      <c r="C903" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="904" spans="1:3">
+      <c r="A904" s="1" t="inlineStr">
+        <is>
+          <t>9786254486067</t>
+        </is>
+      </c>
+      <c r="B904" s="1" t="inlineStr">
+        <is>
+          <t>Eşyalar - Bebeğimin İlk Bilgileri</t>
+        </is>
+      </c>
+      <c r="C904" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="905" spans="1:3">
+      <c r="A905" s="1" t="inlineStr">
+        <is>
+          <t>9786254486456</t>
+        </is>
+      </c>
+      <c r="B905" s="1" t="inlineStr">
+        <is>
+          <t>Bakteri Şehrine Dönüş</t>
+        </is>
+      </c>
+      <c r="C905" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="906" spans="1:3">
+      <c r="A906" s="1" t="inlineStr">
+        <is>
+          <t>9786254485237</t>
+        </is>
+      </c>
+      <c r="B906" s="1" t="inlineStr">
+        <is>
+          <t>Meraklı Çocuklar - English Seviye 2</t>
+        </is>
+      </c>
+      <c r="C906" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="907" spans="1:3">
+      <c r="A907" s="1" t="inlineStr">
+        <is>
+          <t>9786254485244</t>
+        </is>
+      </c>
+      <c r="B907" s="1" t="inlineStr">
+        <is>
+          <t>Meraklı Çocuklar Maths - Seviye 1</t>
+        </is>
+      </c>
+      <c r="C907" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="908" spans="1:3">
+      <c r="A908" s="1" t="inlineStr">
+        <is>
+          <t>9786254485251</t>
+        </is>
+      </c>
+      <c r="B908" s="1" t="inlineStr">
+        <is>
+          <t>Meraklı Çocuklar Science - Seviye 1</t>
+        </is>
+      </c>
+      <c r="C908" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="909" spans="1:3">
+      <c r="A909" s="1" t="inlineStr">
+        <is>
+          <t>9786254485275</t>
+        </is>
+      </c>
+      <c r="B909" s="1" t="inlineStr">
+        <is>
+          <t>Meraklı Çocuklar Science - Seviye 2</t>
+        </is>
+      </c>
+      <c r="C909" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="910" spans="1:3">
+      <c r="A910" s="1" t="inlineStr">
+        <is>
+          <t>9786254485268</t>
+        </is>
+      </c>
+      <c r="B910" s="1" t="inlineStr">
+        <is>
+          <t>Meraklı Çocuklar Maths - Seviye 2</t>
+        </is>
+      </c>
+      <c r="C910" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="911" spans="1:3">
+      <c r="A911" s="1" t="inlineStr">
+        <is>
+          <t>9786254485183</t>
+        </is>
+      </c>
+      <c r="B911" s="1" t="inlineStr">
+        <is>
+          <t>İpucu Peşinde Kamp Ateşi - İlkokul 4. Sınıf</t>
+        </is>
+      </c>
+      <c r="C911" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="912" spans="1:3">
+      <c r="A912" s="1" t="inlineStr">
+        <is>
+          <t>9786254485916</t>
+        </is>
+      </c>
+      <c r="B912" s="1" t="inlineStr">
+        <is>
+          <t>Çiftlik Hayvanları ile Renkler ve Şekiller</t>
+        </is>
+      </c>
+      <c r="C912" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="913" spans="1:3">
+      <c r="A913" s="1" t="inlineStr">
+        <is>
+          <t>9786254485923</t>
+        </is>
+      </c>
+      <c r="B913" s="1" t="inlineStr">
+        <is>
+          <t>Evcil Hayvanlar ile Zıt Kavramlar</t>
+        </is>
+      </c>
+      <c r="C913" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="914" spans="1:3">
+      <c r="A914" s="1" t="inlineStr">
+        <is>
+          <t>9786254485695</t>
+        </is>
+      </c>
+      <c r="B914" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Kodlama ve Algoritma Aktiviteleri - Yeşil</t>
+        </is>
+      </c>
+      <c r="C914" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="915" spans="1:3">
+      <c r="A915" s="1" t="inlineStr">
+        <is>
+          <t>9786254485664</t>
+        </is>
+      </c>
+      <c r="B915" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Kodlama ve Algoritma Aktiviteleri - Sarı</t>
+        </is>
+      </c>
+      <c r="C915" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="916" spans="1:3">
+      <c r="A916" s="1" t="inlineStr">
+        <is>
+          <t>9786254485688</t>
+        </is>
+      </c>
+      <c r="B916" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Kodlama ve Algoritma Aktiviteleri - Pembe</t>
+        </is>
+      </c>
+      <c r="C916" s="1">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="917" spans="1:3">
+      <c r="A917" s="1" t="inlineStr">
+        <is>
+          <t>9786254485671</t>
+        </is>
+      </c>
+      <c r="B917" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Kodlama ve Algoritma Aktiviteleri - Mavi</t>
+        </is>
+      </c>
+      <c r="C917" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="918" spans="1:3">
+      <c r="A918" s="1" t="inlineStr">
+        <is>
+          <t>9786254485824</t>
+        </is>
+      </c>
+      <c r="B918" s="1" t="inlineStr">
+        <is>
+          <t>Ekolojik Elmas Koruyucuları</t>
+        </is>
+      </c>
+      <c r="C918" s="1">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="919" spans="1:3">
+      <c r="A919" s="1" t="inlineStr">
+        <is>
+          <t>9786254485480</t>
+        </is>
+      </c>
+      <c r="B919" s="1" t="inlineStr">
+        <is>
+          <t>Gezgin Dörtler Ankara’da</t>
+        </is>
+      </c>
+      <c r="C919" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="920" spans="1:3">
+      <c r="A920" s="1" t="inlineStr">
+        <is>
+          <t>9786254485497</t>
+        </is>
+      </c>
+      <c r="B920" s="1" t="inlineStr">
+        <is>
+          <t>Gezgin Dörtler İzmir’de</t>
+        </is>
+      </c>
+      <c r="C920" s="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="921" spans="1:3">
+      <c r="A921" s="1" t="inlineStr">
+        <is>
+          <t>9786254485473</t>
+        </is>
+      </c>
+      <c r="B921" s="1" t="inlineStr">
+        <is>
+          <t>Gezgin Dörtler İstanbul’da</t>
+        </is>
+      </c>
+      <c r="C921" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="922" spans="1:3">
+      <c r="A922" s="1" t="inlineStr">
+        <is>
+          <t>9786254485503</t>
+        </is>
+      </c>
+      <c r="B922" s="1" t="inlineStr">
+        <is>
+          <t>Gezgin Dörtler Antalya’da</t>
+        </is>
+      </c>
+      <c r="C922" s="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="923" spans="1:3">
+      <c r="A923" s="1" t="inlineStr">
+        <is>
+          <t>9786254485510</t>
+        </is>
+      </c>
+      <c r="B923" s="1" t="inlineStr">
+        <is>
+          <t>Gezgin Dörtler Şanlıurfa’da</t>
+        </is>
+      </c>
+      <c r="C923" s="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="924" spans="1:3">
+      <c r="A924" s="1" t="inlineStr">
+        <is>
+          <t>9786254481802</t>
+        </is>
+      </c>
+      <c r="B924" s="1" t="inlineStr">
+        <is>
+          <t>Noktalama İmla Oyunu</t>
+        </is>
+      </c>
+      <c r="C924" s="1">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="925" spans="1:3">
+      <c r="A925" s="1" t="inlineStr">
+        <is>
+          <t>9786254484551</t>
+        </is>
+      </c>
+      <c r="B925" s="1" t="inlineStr">
+        <is>
+          <t>Arkadaşım Karanlık</t>
+        </is>
+      </c>
+      <c r="C925" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="926" spans="1:3">
+      <c r="A926" s="1" t="inlineStr">
+        <is>
+          <t>9786254484377</t>
+        </is>
+      </c>
+      <c r="B926" s="1" t="inlineStr">
+        <is>
+          <t>Robotik Kodlama Etkinlikleri 16</t>
+        </is>
+      </c>
+      <c r="C926" s="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="927" spans="1:3">
+      <c r="A927" s="1" t="inlineStr">
+        <is>
+          <t>9786254484346</t>
+        </is>
+      </c>
+      <c r="B927" s="1" t="inlineStr">
+        <is>
+          <t>Robotik Kodlama Etkinlikleri 13</t>
+        </is>
+      </c>
+      <c r="C927" s="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="928" spans="1:3">
+      <c r="A928" s="1" t="inlineStr">
+        <is>
+          <t>9786254484360</t>
+        </is>
+      </c>
+      <c r="B928" s="1" t="inlineStr">
+        <is>
+          <t>Robotik Kodlama Etkinlikleri 18</t>
+        </is>
+      </c>
+      <c r="C928" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="929" spans="1:3">
+      <c r="A929" s="1" t="inlineStr">
+        <is>
+          <t>9786254484278</t>
+        </is>
+      </c>
+      <c r="B929" s="1" t="inlineStr">
+        <is>
+          <t>Robotik Kodlama Etkinlikleri - 8</t>
+        </is>
+      </c>
+      <c r="C929" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="930" spans="1:3">
+      <c r="A930" s="1" t="inlineStr">
+        <is>
+          <t>9786254484285</t>
+        </is>
+      </c>
+      <c r="B930" s="1" t="inlineStr">
+        <is>
+          <t>Robotik Kodlama Etkinlikleri - 7</t>
+        </is>
+      </c>
+      <c r="C930" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="931" spans="1:3">
+      <c r="A931" s="1" t="inlineStr">
+        <is>
+          <t>9786254484292</t>
+        </is>
+      </c>
+      <c r="B931" s="1" t="inlineStr">
+        <is>
+          <t>Robotik Kodlama Etkinlikleri - 6</t>
+        </is>
+      </c>
+      <c r="C931" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="932" spans="1:3">
+      <c r="A932" s="1" t="inlineStr">
+        <is>
+          <t>9786254484308</t>
+        </is>
+      </c>
+      <c r="B932" s="1" t="inlineStr">
+        <is>
+          <t>Robotik Kodlama Etkinlikleri - 5</t>
+        </is>
+      </c>
+      <c r="C932" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="933" spans="1:3">
+      <c r="A933" s="1" t="inlineStr">
+        <is>
+          <t>9786254484339</t>
+        </is>
+      </c>
+      <c r="B933" s="1" t="inlineStr">
+        <is>
+          <t>Robotik Kodlama Etkinlikleri - 12</t>
+        </is>
+      </c>
+      <c r="C933" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="934" spans="1:3">
+      <c r="A934" s="1" t="inlineStr">
+        <is>
+          <t>9786254484315</t>
+        </is>
+      </c>
+      <c r="B934" s="1" t="inlineStr">
+        <is>
+          <t>Robotik Kodlama Etkinlikleri - 10</t>
+        </is>
+      </c>
+      <c r="C934" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="935" spans="1:3">
+      <c r="A935" s="1" t="inlineStr">
+        <is>
+          <t>9786254484261</t>
+        </is>
+      </c>
+      <c r="B935" s="1" t="inlineStr">
+        <is>
+          <t>Robotik Kodlama Etkinlikleri - 9</t>
+        </is>
+      </c>
+      <c r="C935" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="936" spans="1:3">
+      <c r="A936" s="1" t="inlineStr">
+        <is>
+          <t>9786254483349</t>
+        </is>
+      </c>
+      <c r="B936" s="1" t="inlineStr">
+        <is>
+          <t>Geleceği Kodlayan Çocuk - Kodlama Etkinlikeri</t>
+        </is>
+      </c>
+      <c r="C936" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="937" spans="1:3">
+      <c r="A937" s="1" t="inlineStr">
+        <is>
+          <t>9786254483332</t>
+        </is>
+      </c>
+      <c r="B937" s="1" t="inlineStr">
+        <is>
+          <t>Geleceği Kodlayan Çocuk - Kodlama Etkinlikeri</t>
+        </is>
+      </c>
+      <c r="C937" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="938" spans="1:3">
+      <c r="A938" s="1" t="inlineStr">
+        <is>
+          <t>9786050320213</t>
+        </is>
+      </c>
+      <c r="B938" s="1" t="inlineStr">
+        <is>
+          <t>Peri Kızı Lila - Kodlamayı Öğreniyorum</t>
+        </is>
+      </c>
+      <c r="C938" s="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="939" spans="1:3">
+      <c r="A939" s="1" t="inlineStr">
+        <is>
+          <t>9786254483721</t>
+        </is>
+      </c>
+      <c r="B939" s="1" t="inlineStr">
+        <is>
+          <t>Zihinsel Gelişim Etkinlikleri 1 - 40 Soru 40 Cevap</t>
+        </is>
+      </c>
+      <c r="C939" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="940" spans="1:3">
+      <c r="A940" s="1" t="inlineStr">
+        <is>
+          <t>9786254483691</t>
+        </is>
+      </c>
+      <c r="B940" s="1" t="inlineStr">
+        <is>
+          <t>Zihinsel Gelişim Etkinlikleri -Taşıtlar</t>
+        </is>
+      </c>
+      <c r="C940" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="941" spans="1:3">
+      <c r="A941" s="1" t="inlineStr">
+        <is>
+          <t>9786254483684</t>
+        </is>
+      </c>
+      <c r="B941" s="1" t="inlineStr">
+        <is>
+          <t>Zihinsel Gelişim Etkinlikleri -Türkçe</t>
+        </is>
+      </c>
+      <c r="C941" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="942" spans="1:3">
+      <c r="A942" s="1" t="inlineStr">
+        <is>
+          <t>9786254483714</t>
+        </is>
+      </c>
+      <c r="B942" s="1" t="inlineStr">
+        <is>
+          <t>Zihinsel Gelişim Etkinlikleri - Eşyalar</t>
+        </is>
+      </c>
+      <c r="C942" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="943" spans="1:3">
+      <c r="A943" s="1" t="inlineStr">
+        <is>
+          <t>9786254483707</t>
+        </is>
+      </c>
+      <c r="B943" s="1" t="inlineStr">
+        <is>
+          <t>Zihinsel Gelişim Etkinlikleri - Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C943" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="944" spans="1:3">
+      <c r="A944" s="1" t="inlineStr">
+        <is>
+          <t>9786254483660</t>
+        </is>
+      </c>
+      <c r="B944" s="1" t="inlineStr">
+        <is>
+          <t>Zihinsel Gelişim Etkinlikleri - Kavramlar</t>
+        </is>
+      </c>
+      <c r="C944" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="945" spans="1:3">
+      <c r="A945" s="1" t="inlineStr">
+        <is>
+          <t>9786254483677</t>
+        </is>
+      </c>
+      <c r="B945" s="1" t="inlineStr">
+        <is>
+          <t>Zihinsel Gelişim Etkinlikleri - Matematik</t>
+        </is>
+      </c>
+      <c r="C945" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="946" spans="1:3">
+      <c r="A946" s="1" t="inlineStr">
+        <is>
+          <t>9786254483738</t>
+        </is>
+      </c>
+      <c r="B946" s="1" t="inlineStr">
+        <is>
+          <t>Zihinsel Gelişim Etkinlikleri 2 - 40 Soru, 40 Cevap</t>
+        </is>
+      </c>
+      <c r="C946" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="947" spans="1:3">
+      <c r="A947" s="1" t="inlineStr">
+        <is>
+          <t>9786254483813</t>
+        </is>
+      </c>
+      <c r="B947" s="1" t="inlineStr">
+        <is>
+          <t>B ve D Harflerini Karıştırıyorum</t>
+        </is>
+      </c>
+      <c r="C947" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="948" spans="1:3">
+      <c r="A948" s="1" t="inlineStr">
+        <is>
+          <t>9786254483837</t>
+        </is>
+      </c>
+      <c r="B948" s="1" t="inlineStr">
+        <is>
+          <t>Sesleri Fark Ediyorum - İlk Ses Son Ses Farkındalığı</t>
+        </is>
+      </c>
+      <c r="C948" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="949" spans="1:3">
+      <c r="A949" s="1" t="inlineStr">
+        <is>
+          <t>9786254483875</t>
+        </is>
+      </c>
+      <c r="B949" s="1" t="inlineStr">
+        <is>
+          <t>Sağım Solum Sobe</t>
+        </is>
+      </c>
+      <c r="C949" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="950" spans="1:3">
+      <c r="A950" s="1" t="inlineStr">
+        <is>
+          <t>9786254483899</t>
+        </is>
+      </c>
+      <c r="B950" s="1" t="inlineStr">
+        <is>
+          <t>Dikkatli Tamamla</t>
+        </is>
+      </c>
+      <c r="C950" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="951" spans="1:3">
+      <c r="A951" s="1" t="inlineStr">
+        <is>
+          <t>9786254483844</t>
+        </is>
+      </c>
+      <c r="B951" s="1" t="inlineStr">
+        <is>
+          <t>Dikkatli Say</t>
+        </is>
+      </c>
+      <c r="C951" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="952" spans="1:3">
+      <c r="A952" s="1" t="inlineStr">
+        <is>
+          <t>9786254483615</t>
+        </is>
+      </c>
+      <c r="B952" s="1" t="inlineStr">
+        <is>
+          <t>Kodlayarak Boyamayı Öğreniyorum 7</t>
+        </is>
+      </c>
+      <c r="C952" s="1">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="953" spans="1:3">
+      <c r="A953" s="1" t="inlineStr">
+        <is>
+          <t>9786254483752</t>
+        </is>
+      </c>
+      <c r="B953" s="1" t="inlineStr">
+        <is>
+          <t>Denizde Doğum Günü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C953" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="954" spans="1:3">
+      <c r="A954" s="1" t="inlineStr">
+        <is>
+          <t>9786254482991</t>
+        </is>
+      </c>
+      <c r="B954" s="1" t="inlineStr">
+        <is>
+          <t>Maths - Learning Kids (Level 2)</t>
+        </is>
+      </c>
+      <c r="C954" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="955" spans="1:3">
+      <c r="A955" s="1" t="inlineStr">
+        <is>
+          <t>9786254482700</t>
+        </is>
+      </c>
+      <c r="B955" s="1" t="inlineStr">
+        <is>
+          <t>Afi and Tomi - Adventure Under the Sea</t>
+        </is>
+      </c>
+      <c r="C955" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="956" spans="1:3">
+      <c r="A956" s="1" t="inlineStr">
+        <is>
+          <t>9786254482694</t>
+        </is>
+      </c>
+      <c r="B956" s="1" t="inlineStr">
+        <is>
+          <t>Afi and Tomi - My Body</t>
+        </is>
+      </c>
+      <c r="C956" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="957" spans="1:3">
+      <c r="A957" s="1" t="inlineStr">
+        <is>
+          <t>9786254482670</t>
+        </is>
+      </c>
+      <c r="B957" s="1" t="inlineStr">
+        <is>
+          <t>Afi and Tomi - What Color are My Emotions?</t>
+        </is>
+      </c>
+      <c r="C957" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="958" spans="1:3">
+      <c r="A958" s="1" t="inlineStr">
+        <is>
+          <t>9786254482717</t>
+        </is>
+      </c>
+      <c r="B958" s="1" t="inlineStr">
+        <is>
+          <t>Afi and Tomi - A Friendship Story</t>
+        </is>
+      </c>
+      <c r="C958" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="959" spans="1:3">
+      <c r="A959" s="1" t="inlineStr">
+        <is>
+          <t>9786254481611</t>
+        </is>
+      </c>
+      <c r="B959" s="1" t="inlineStr">
+        <is>
+          <t>Kavramlar 5+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+        </is>
+      </c>
+      <c r="C959" s="1">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="960" spans="1:3">
+      <c r="A960" s="1" t="inlineStr">
+        <is>
+          <t>9786254482663</t>
+        </is>
+      </c>
+      <c r="B960" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu Fısıtlısı (5 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C960" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="961" spans="1:3">
+      <c r="A961" s="1" t="inlineStr">
+        <is>
+          <t>9786254482656</t>
+        </is>
+      </c>
+      <c r="B961" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi Avcıları - 9+ Yaş ( 5 Kitap Takım )</t>
+        </is>
+      </c>
+      <c r="C961" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="962" spans="1:3">
+      <c r="A962" s="1" t="inlineStr">
+        <is>
+          <t>9786254482038</t>
+        </is>
+      </c>
+      <c r="B962" s="1" t="inlineStr">
+        <is>
+          <t>Sihirli Köpekçik - Sihirli Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C962" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="963" spans="1:3">
+      <c r="A963" s="1" t="inlineStr">
+        <is>
+          <t>9786254482052</t>
+        </is>
+      </c>
+      <c r="B963" s="1" t="inlineStr">
+        <is>
+          <t>Sihirli Tavşan - Sihirli Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C963" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="964" spans="1:3">
+      <c r="A964" s="1" t="inlineStr">
+        <is>
+          <t>9786254482045</t>
+        </is>
+      </c>
+      <c r="B964" s="1" t="inlineStr">
+        <is>
+          <t>Sihirli Midilli - Sihirli Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C964" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="965" spans="1:3">
+      <c r="A965" s="1" t="inlineStr">
+        <is>
+          <t>9786050322439</t>
+        </is>
+      </c>
+      <c r="B965" s="1" t="inlineStr">
+        <is>
+          <t>Sayılar - İlk Kartlarım</t>
+        </is>
+      </c>
+      <c r="C965" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="966" spans="1:3">
+      <c r="A966" s="1" t="inlineStr">
+        <is>
+          <t>9786050322460</t>
+        </is>
+      </c>
+      <c r="B966" s="1" t="inlineStr">
+        <is>
+          <t>Meyveler ve Sebzeler - İlk Kartlarım</t>
+        </is>
+      </c>
+      <c r="C966" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="967" spans="1:3">
+      <c r="A967" s="1" t="inlineStr">
+        <is>
+          <t>9786050322552</t>
+        </is>
+      </c>
+      <c r="B967" s="1" t="inlineStr">
+        <is>
+          <t>Numbers - İlk Kartlarım</t>
+        </is>
+      </c>
+      <c r="C967" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="968" spans="1:3">
+      <c r="A968" s="1" t="inlineStr">
+        <is>
+          <t>9786050322576</t>
+        </is>
+      </c>
+      <c r="B968" s="1" t="inlineStr">
+        <is>
+          <t>Colours and Shapes - İlk Kartlarım</t>
+        </is>
+      </c>
+      <c r="C968" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="969" spans="1:3">
+      <c r="A969" s="1" t="inlineStr">
+        <is>
+          <t>9786050322538</t>
+        </is>
+      </c>
+      <c r="B969" s="1" t="inlineStr">
+        <is>
+          <t>English Alphabeth - İlk Kartlarım</t>
+        </is>
+      </c>
+      <c r="C969" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="970" spans="1:3">
+      <c r="A970" s="1" t="inlineStr">
+        <is>
+          <t>9786050322521</t>
+        </is>
+      </c>
+      <c r="B970" s="1" t="inlineStr">
+        <is>
+          <t>Deyimler - İlk Kartlarım</t>
+        </is>
+      </c>
+      <c r="C970" s="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="971" spans="1:3">
+      <c r="A971" s="1" t="inlineStr">
+        <is>
+          <t>9786050322514</t>
+        </is>
+      </c>
+      <c r="B971" s="1" t="inlineStr">
+        <is>
+          <t>Atasözleri - İlk Kartlarım</t>
+        </is>
+      </c>
+      <c r="C971" s="1">
+        <v>82.5</v>
+      </c>
+    </row>
+    <row r="972" spans="1:3">
+      <c r="A972" s="1" t="inlineStr">
+        <is>
+          <t>9786050322545</t>
+        </is>
+      </c>
+      <c r="B972" s="1" t="inlineStr">
+        <is>
+          <t>İlk Kartlarım Öğrenme Seti</t>
+        </is>
+      </c>
+      <c r="C972" s="1">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="973" spans="1:3">
+      <c r="A973" s="1" t="inlineStr">
+        <is>
+          <t>9786050322484</t>
+        </is>
+      </c>
+      <c r="B973" s="1" t="inlineStr">
+        <is>
+          <t>Renkler ve Şekiller - İlk Kartlarım</t>
+        </is>
+      </c>
+      <c r="C973" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="974" spans="1:3">
+      <c r="A974" s="1" t="inlineStr">
+        <is>
+          <t>9786050322569</t>
+        </is>
+      </c>
+      <c r="B974" s="1" t="inlineStr">
+        <is>
+          <t>First Words - İlk Kartlarım</t>
+        </is>
+      </c>
+      <c r="C974" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="975" spans="1:3">
+      <c r="A975" s="1" t="inlineStr">
+        <is>
+          <t>9786050322477</t>
+        </is>
+      </c>
+      <c r="B975" s="1" t="inlineStr">
+        <is>
+          <t>Kelimeler - İlk Kartlarım</t>
+        </is>
+      </c>
+      <c r="C975" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="976" spans="1:3">
+      <c r="A976" s="1" t="inlineStr">
+        <is>
+          <t>9786254481314</t>
+        </is>
+      </c>
+      <c r="B976" s="1" t="inlineStr">
+        <is>
+          <t>Jane Austen - Küçük İnsanlar Büyük Hayaller</t>
+        </is>
+      </c>
+      <c r="C976" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="977" spans="1:3">
+      <c r="A977" s="1" t="inlineStr">
+        <is>
+          <t>9786254481321</t>
+        </is>
+      </c>
+      <c r="B977" s="1" t="inlineStr">
+        <is>
+          <t>David Bowie - Küçük İnsanlar Büyük Hayaller</t>
+        </is>
+      </c>
+      <c r="C977" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="978" spans="1:3">
+      <c r="A978" s="1" t="inlineStr">
+        <is>
+          <t>9786254481291</t>
+        </is>
+      </c>
+      <c r="B978" s="1" t="inlineStr">
+        <is>
+          <t>Stephen Hawking - Küçük İnsanlar Büyük Hayaller</t>
+        </is>
+      </c>
+      <c r="C978" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="979" spans="1:3">
+      <c r="A979" s="1" t="inlineStr">
+        <is>
+          <t>9786254481284</t>
+        </is>
+      </c>
+      <c r="B979" s="1" t="inlineStr">
+        <is>
+          <t>Muhammed Ali - Küçük İnsanlar Büyük Hayaller</t>
+        </is>
+      </c>
+      <c r="C979" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="980" spans="1:3">
+      <c r="A980" s="1" t="inlineStr">
+        <is>
+          <t>9786254481277</t>
+        </is>
+      </c>
+      <c r="B980" s="1" t="inlineStr">
+        <is>
+          <t>Maria Montessori - Küçük İnsanlar Büyük Hayaller</t>
+        </is>
+      </c>
+      <c r="C980" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="981" spans="1:3">
+      <c r="A981" s="1" t="inlineStr">
+        <is>
+          <t>9786254481307</t>
+        </is>
+      </c>
+      <c r="B981" s="1" t="inlineStr">
+        <is>
+          <t>Mahatma Gandhi - Küçük İnsanlar Büyük Hayaller</t>
+        </is>
+      </c>
+      <c r="C981" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="982" spans="1:3">
+      <c r="A982" s="1" t="inlineStr">
+        <is>
+          <t>9786254480393</t>
+        </is>
+      </c>
+      <c r="B982" s="1" t="inlineStr">
+        <is>
+          <t>Kedi Ankira</t>
+        </is>
+      </c>
+      <c r="C982" s="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="983" spans="1:3">
+      <c r="A983" s="1" t="inlineStr">
+        <is>
+          <t>9786254480041</t>
+        </is>
+      </c>
+      <c r="B983" s="1" t="inlineStr">
+        <is>
+          <t>Plastiksavar Laboratuvarı</t>
+        </is>
+      </c>
+      <c r="C983" s="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="984" spans="1:3">
+      <c r="A984" s="1" t="inlineStr">
+        <is>
+          <t>9786050321814</t>
+        </is>
+      </c>
+      <c r="B984" s="1" t="inlineStr">
+        <is>
+          <t>Süper Sekizler - Bilgisayarı Kapatıyoruz Sokakta Oynuyoruz</t>
+        </is>
+      </c>
+      <c r="C984" s="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="985" spans="1:3">
+      <c r="A985" s="1" t="inlineStr">
+        <is>
+          <t>9786050321807</t>
+        </is>
+      </c>
+      <c r="B985" s="1" t="inlineStr">
+        <is>
+          <t>Süper Sekizler - Her Yerde Bir Kural Var</t>
+        </is>
+      </c>
+      <c r="C985" s="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="986" spans="1:3">
+      <c r="A986" s="1" t="inlineStr">
+        <is>
+          <t>9786254480386</t>
+        </is>
+      </c>
+      <c r="B986" s="1" t="inlineStr">
+        <is>
+          <t>Mevlana’dan Çocuklara - Alara</t>
+        </is>
+      </c>
+      <c r="C986" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="987" spans="1:3">
+      <c r="A987" s="1" t="inlineStr">
+        <is>
+          <t>9786254481390</t>
+        </is>
+      </c>
+      <c r="B987" s="1" t="inlineStr">
+        <is>
+          <t>Kavramlar - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
+        </is>
+      </c>
+      <c r="C987" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="988" spans="1:3">
+      <c r="A988" s="1" t="inlineStr">
+        <is>
+          <t>9786051868332</t>
+        </is>
+      </c>
+      <c r="B988" s="1" t="inlineStr">
+        <is>
+          <t>Sır Muhafızları (5 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C988" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="989" spans="1:3">
+      <c r="A989" s="1" t="inlineStr">
+        <is>
+          <t>9786050321227</t>
+        </is>
+      </c>
+      <c r="B989" s="1" t="inlineStr">
+        <is>
+          <t>Alfabe ve Tangram</t>
+        </is>
+      </c>
+      <c r="C989" s="1">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="990" spans="1:3">
+      <c r="A990" s="1" t="inlineStr">
+        <is>
+          <t>9786050321333</t>
+        </is>
+      </c>
+      <c r="B990" s="1" t="inlineStr">
+        <is>
+          <t>Her Çocuk Biraz Atatürk’tür</t>
+        </is>
+      </c>
+      <c r="C990" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="991" spans="1:3">
+      <c r="A991" s="1" t="inlineStr">
+        <is>
+          <t>9786050321340</t>
+        </is>
+      </c>
+      <c r="B991" s="1" t="inlineStr">
+        <is>
+          <t>Her Çocuk Biraz Atatürk’tür</t>
+        </is>
+      </c>
+      <c r="C991" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="992" spans="1:3">
+      <c r="A992" s="1" t="inlineStr">
+        <is>
+          <t>9786051869315</t>
+        </is>
+      </c>
+      <c r="B992" s="1" t="inlineStr">
+        <is>
+          <t>Genç Yazarın Düşünce Yazıları Not Defteri</t>
+        </is>
+      </c>
+      <c r="C992" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="993" spans="1:3">
+      <c r="A993" s="1" t="inlineStr">
+        <is>
+          <t>9786051869322</t>
+        </is>
+      </c>
+      <c r="B993" s="1" t="inlineStr">
+        <is>
+          <t>Genç Yazarın Hikaye Not Defteri</t>
+        </is>
+      </c>
+      <c r="C993" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="994" spans="1:3">
+      <c r="A994" s="1" t="inlineStr">
+        <is>
+          <t>9786051869308</t>
+        </is>
+      </c>
+      <c r="B994" s="1" t="inlineStr">
+        <is>
+          <t>Genç Editör ve Eleştirmenin Not Defteri</t>
+        </is>
+      </c>
+      <c r="C994" s="1">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="995" spans="1:3">
+      <c r="A995" s="1" t="inlineStr">
+        <is>
+          <t>9786050322149</t>
+        </is>
+      </c>
+      <c r="B995" s="1" t="inlineStr">
+        <is>
+          <t>Cingöz - Mevlana’dan Çocuklara</t>
+        </is>
+      </c>
+      <c r="C995" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="996" spans="1:3">
+      <c r="A996" s="1" t="inlineStr">
+        <is>
+          <t>9786050322163</t>
+        </is>
+      </c>
+      <c r="B996" s="1" t="inlineStr">
+        <is>
+          <t>Dürüst Usta - Mevlana’dan Çocuklara</t>
+        </is>
+      </c>
+      <c r="C996" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="997" spans="1:3">
+      <c r="A997" s="1" t="inlineStr">
+        <is>
+          <t>9786050322156</t>
+        </is>
+      </c>
+      <c r="B997" s="1" t="inlineStr">
+        <is>
+          <t>Gerçek Dost - Mevlana’dan Çocuklara</t>
+        </is>
+      </c>
+      <c r="C997" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="998" spans="1:3">
+      <c r="A998" s="1" t="inlineStr">
+        <is>
+          <t>9786050321845</t>
+        </is>
+      </c>
+      <c r="B998" s="1" t="inlineStr">
+        <is>
+          <t>Canberk ve Dev Ahtapot</t>
+        </is>
+      </c>
+      <c r="C998" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="999" spans="1:3">
+      <c r="A999" s="1" t="inlineStr">
+        <is>
+          <t>9786050321852</t>
+        </is>
+      </c>
+      <c r="B999" s="1" t="inlineStr">
+        <is>
+          <t>Canberk ve Kokuşmuş Canavar</t>
+        </is>
+      </c>
+      <c r="C999" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1000" spans="1:3">
+      <c r="A1000" s="1" t="inlineStr">
+        <is>
+          <t>9786050321838</t>
+        </is>
+      </c>
+      <c r="B1000" s="1" t="inlineStr">
+        <is>
+          <t>Canberk ve Benekli Uzaylılar</t>
+        </is>
+      </c>
+      <c r="C1000" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:3">
+      <c r="A1001" s="1" t="inlineStr">
+        <is>
+          <t>9786050321241</t>
+        </is>
+      </c>
+      <c r="B1001" s="1" t="inlineStr">
+        <is>
+          <t>Siri Gol Atıyor</t>
+        </is>
+      </c>
+      <c r="C1001" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:3">
+      <c r="A1002" s="1" t="inlineStr">
+        <is>
+          <t>9786050321258</t>
+        </is>
+      </c>
+      <c r="B1002" s="1" t="inlineStr">
+        <is>
+          <t>Siri ve Haylaz Bebek</t>
+        </is>
+      </c>
+      <c r="C1002" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:3">
+      <c r="A1003" s="1" t="inlineStr">
+        <is>
+          <t>9786050321869</t>
+        </is>
+      </c>
+      <c r="B1003" s="1" t="inlineStr">
+        <is>
+          <t>Canberk ve Zorba Dinozor</t>
+        </is>
+      </c>
+      <c r="C1003" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1004" spans="1:3">
+      <c r="A1004" s="1" t="inlineStr">
+        <is>
+          <t>9786050321272</t>
+        </is>
+      </c>
+      <c r="B1004" s="1" t="inlineStr">
+        <is>
+          <t>Siri ve Koca Ayak</t>
+        </is>
+      </c>
+      <c r="C1004" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:3">
+      <c r="A1005" s="1" t="inlineStr">
+        <is>
+          <t>9786051869544</t>
+        </is>
+      </c>
+      <c r="B1005" s="1" t="inlineStr">
+        <is>
+          <t>Hayalbaz’ın Maceraları 3 - Yazının Evrimi</t>
+        </is>
+      </c>
+      <c r="C1005" s="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="1006" spans="1:3">
+      <c r="A1006" s="1" t="inlineStr">
+        <is>
+          <t>9786050321654</t>
+        </is>
+      </c>
+      <c r="B1006" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenme Kartları - Çıkarma</t>
+        </is>
+      </c>
+      <c r="C1006" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:3">
+      <c r="A1007" s="1" t="inlineStr">
+        <is>
+          <t>9786050321418</t>
+        </is>
+      </c>
+      <c r="B1007" s="1" t="inlineStr">
+        <is>
+          <t>Tesla’nın Tavan Arası</t>
+        </is>
+      </c>
+      <c r="C1007" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:3">
+      <c r="A1008" s="1" t="inlineStr">
+        <is>
+          <t>9786051868745</t>
+        </is>
+      </c>
+      <c r="B1008" s="1" t="inlineStr">
+        <is>
+          <t>Çikolata Canavarı</t>
+        </is>
+      </c>
+      <c r="C1008" s="1">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:3">
+      <c r="A1009" s="1" t="inlineStr">
+        <is>
+          <t>9786051866437</t>
+        </is>
+      </c>
+      <c r="B1009" s="1" t="inlineStr">
+        <is>
+          <t>Emoji Filmi - Kaçak</t>
+        </is>
+      </c>
+      <c r="C1009" s="1">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:3">
+      <c r="A1010" s="1" t="inlineStr">
+        <is>
+          <t>9786051866468</t>
+        </is>
+      </c>
+      <c r="B1010" s="1" t="inlineStr">
+        <is>
+          <t>Emoji Filmi Boyama ve Etkinlik Kitabı</t>
+        </is>
+      </c>
+      <c r="C1010" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:3">
+      <c r="A1011" s="1" t="inlineStr">
+        <is>
+          <t>9786050321494</t>
+        </is>
+      </c>
+      <c r="B1011" s="1" t="inlineStr">
+        <is>
+          <t>Hayal Et</t>
+        </is>
+      </c>
+      <c r="C1011" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:3">
+      <c r="A1012" s="1" t="inlineStr">
+        <is>
+          <t>9786050320176</t>
+        </is>
+      </c>
+      <c r="B1012" s="1" t="inlineStr">
+        <is>
+          <t>Su Damlası - Mevlana'dan Çocuklara</t>
+        </is>
+      </c>
+      <c r="C1012" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:3">
+      <c r="A1013" s="1" t="inlineStr">
+        <is>
+          <t>9786050320114</t>
+        </is>
+      </c>
+      <c r="B1013" s="1" t="inlineStr">
+        <is>
+          <t>Martı’nın Dedektifleri - Duvar Yazısı</t>
+        </is>
+      </c>
+      <c r="C1013" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:3">
+      <c r="A1014" s="1" t="inlineStr">
+        <is>
+          <t>9786051869636</t>
+        </is>
+      </c>
+      <c r="B1014" s="1" t="inlineStr">
+        <is>
+          <t>Bücür Elma - Mevlana'dan Çocuklara</t>
+        </is>
+      </c>
+      <c r="C1014" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:3">
+      <c r="A1015" s="1" t="inlineStr">
+        <is>
+          <t>9786050320138</t>
+        </is>
+      </c>
+      <c r="B1015" s="1" t="inlineStr">
+        <is>
+          <t>Martı’nın Dedektifleri - Tanrı Misafiri</t>
+        </is>
+      </c>
+      <c r="C1015" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:3">
+      <c r="A1016" s="1" t="inlineStr">
+        <is>
+          <t>9786050320121</t>
+        </is>
+      </c>
+      <c r="B1016" s="1" t="inlineStr">
+        <is>
+          <t>Martı’nın Dedektifleri - Silecek Katili</t>
+        </is>
+      </c>
+      <c r="C1016" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:3">
+      <c r="A1017" s="1" t="inlineStr">
+        <is>
+          <t>9786050320152</t>
+        </is>
+      </c>
+      <c r="B1017" s="1" t="inlineStr">
+        <is>
+          <t>Martı’nın Dedektifleri - Pasaklı’nın Pasaportu</t>
+        </is>
+      </c>
+      <c r="C1017" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:3">
+      <c r="A1018" s="1" t="inlineStr">
+        <is>
+          <t>9786050320169</t>
+        </is>
+      </c>
+      <c r="B1018" s="1" t="inlineStr">
+        <is>
+          <t>Martı’nın Dedektifleri - Kızıl Kurt</t>
+        </is>
+      </c>
+      <c r="C1018" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:3">
+      <c r="A1019" s="1" t="inlineStr">
+        <is>
+          <t>9786051869292</t>
+        </is>
+      </c>
+      <c r="B1019" s="1" t="inlineStr">
+        <is>
+          <t>4. Sınıf Biraz Şiir Biraz Problem Kartları - Yaz Sil Kalemli</t>
+        </is>
+      </c>
+      <c r="C1019" s="1">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="1020" spans="1:3">
+      <c r="A1020" s="1" t="inlineStr">
+        <is>
+          <t>9786051869285</t>
+        </is>
+      </c>
+      <c r="B1020" s="1" t="inlineStr">
+        <is>
+          <t>3. Sınıf Biraz Şiir Biraz Problem Kartları - Yaz Sil Kalemli</t>
+        </is>
+      </c>
+      <c r="C1020" s="1">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="1021" spans="1:3">
+      <c r="A1021" s="1" t="inlineStr">
+        <is>
+          <t>9786051869919</t>
+        </is>
+      </c>
+      <c r="B1021" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Matematik Ünite Bilgi Kartları - Yaz Sil Kalemli</t>
+        </is>
+      </c>
+      <c r="C1021" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="1022" spans="1:3">
+      <c r="A1022" s="1" t="inlineStr">
+        <is>
+          <t>9786050320022</t>
+        </is>
+      </c>
+      <c r="B1022" s="1" t="inlineStr">
+        <is>
+          <t>4. Sınıf Problem Kartları - Yaz Sil Kalemli</t>
+        </is>
+      </c>
+      <c r="C1022" s="1">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="1023" spans="1:3">
+      <c r="A1023" s="1" t="inlineStr">
+        <is>
+          <t>9786050320039</t>
+        </is>
+      </c>
+      <c r="B1023" s="1" t="inlineStr">
+        <is>
+          <t>3. Sınıf Problem Kartları - Yaz Sil Kalemli</t>
+        </is>
+      </c>
+      <c r="C1023" s="1">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:3">
+      <c r="A1024" s="1" t="inlineStr">
+        <is>
+          <t>9786051869940</t>
+        </is>
+      </c>
+      <c r="B1024" s="1" t="inlineStr">
+        <is>
+          <t>4. Sınıf Matematik Ünite Bilgi Kartları - Yaz Sil Kalemli</t>
+        </is>
+      </c>
+      <c r="C1024" s="1">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="1025" spans="1:3">
+      <c r="A1025" s="1" t="inlineStr">
+        <is>
+          <t>9786051869933</t>
+        </is>
+      </c>
+      <c r="B1025" s="1" t="inlineStr">
+        <is>
+          <t>3. Sınıf Matematik Ünite Bilgi Kartları - Yaz Sil Kalemli</t>
+        </is>
+      </c>
+      <c r="C1025" s="1">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="1026" spans="1:3">
+      <c r="A1026" s="1" t="inlineStr">
+        <is>
+          <t>9786051869926</t>
+        </is>
+      </c>
+      <c r="B1026" s="1" t="inlineStr">
+        <is>
+          <t>2. Sınıf Matematik Ünite Bilgi Kartları - Yaz Sil Kalemli</t>
+        </is>
+      </c>
+      <c r="C1026" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1027" spans="1:3">
+      <c r="A1027" s="1" t="inlineStr">
+        <is>
+          <t>9786050320046</t>
+        </is>
+      </c>
+      <c r="B1027" s="1" t="inlineStr">
+        <is>
+          <t>2. Sınıf Problem Kartları - Yaz Sil Kalemli</t>
+        </is>
+      </c>
+      <c r="C1027" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="1028" spans="1:3">
+      <c r="A1028" s="1" t="inlineStr">
+        <is>
+          <t>9786050320206</t>
+        </is>
+      </c>
+      <c r="B1028" s="1" t="inlineStr">
+        <is>
+          <t>Her Çocuk Biraz Atatürk'tür - Etkinliklerle Okuyorum Araştırıyorum Yazıyorum Öğreniyorum</t>
+        </is>
+      </c>
+      <c r="C1028" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1029" spans="1:3">
+      <c r="A1029" s="1" t="inlineStr">
+        <is>
+          <t>9786051869957</t>
+        </is>
+      </c>
+      <c r="B1029" s="1" t="inlineStr">
+        <is>
+          <t>Unutulmayan Sözleriyle Atatürk</t>
+        </is>
+      </c>
+      <c r="C1029" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="1030" spans="1:3">
+      <c r="A1030" s="1" t="inlineStr">
+        <is>
+          <t>9786051869209</t>
+        </is>
+      </c>
+      <c r="B1030" s="1" t="inlineStr">
+        <is>
+          <t>Bu İşi Eva’ya Bırak</t>
+        </is>
+      </c>
+      <c r="C1030" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="1031" spans="1:3">
+      <c r="A1031" s="1" t="inlineStr">
+        <is>
+          <t>9786051867496</t>
+        </is>
+      </c>
+      <c r="B1031" s="1" t="inlineStr">
+        <is>
+          <t>Pijama Kulübü Çocukları (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C1031" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="1032" spans="1:3">
+      <c r="A1032" s="1" t="inlineStr">
+        <is>
+          <t>9786051868363</t>
+        </is>
+      </c>
+      <c r="B1032" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Zambaklar Ülkesinde (Ortaokul ve Liseler İçin)</t>
+        </is>
+      </c>
+      <c r="C1032" s="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="1033" spans="1:3">
+      <c r="A1033" s="1" t="inlineStr">
+        <is>
+          <t>9786051868233</t>
+        </is>
+      </c>
+      <c r="B1033" s="1" t="inlineStr">
+        <is>
+          <t>Ejderha Kalpli Kız</t>
+        </is>
+      </c>
+      <c r="C1033" s="1">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="1034" spans="1:3">
+      <c r="A1034" s="1" t="inlineStr">
+        <is>
+          <t>9786051868400</t>
+        </is>
+      </c>
+      <c r="B1034" s="1" t="inlineStr">
+        <is>
+          <t>Lila ve Küçük Prens</t>
+        </is>
+      </c>
+      <c r="C1034" s="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="1035" spans="1:3">
+      <c r="A1035" s="1" t="inlineStr">
+        <is>
+          <t>9786051867410</t>
+        </is>
+      </c>
+      <c r="B1035" s="1" t="inlineStr">
+        <is>
+          <t>Bahtsız Şehzade</t>
+        </is>
+      </c>
+      <c r="C1035" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="1036" spans="1:3">
+      <c r="A1036" s="1" t="inlineStr">
+        <is>
+          <t>9786051867472</t>
+        </is>
+      </c>
+      <c r="B1036" s="1" t="inlineStr">
+        <is>
+          <t>Gılgamış</t>
+        </is>
+      </c>
+      <c r="C1036" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="1037" spans="1:3">
+      <c r="A1037" s="1" t="inlineStr">
+        <is>
+          <t>9786051865928</t>
+        </is>
+      </c>
+      <c r="B1037" s="1" t="inlineStr">
+        <is>
+          <t>Doğa ile Doğada Gezinti</t>
+        </is>
+      </c>
+      <c r="C1037" s="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="1038" spans="1:3">
+      <c r="A1038" s="1" t="inlineStr">
+        <is>
+          <t>9786051865874</t>
+        </is>
+      </c>
+      <c r="B1038" s="1" t="inlineStr">
+        <is>
+          <t>Tatlı Hayalet</t>
+        </is>
+      </c>
+      <c r="C1038" s="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="1039" spans="1:3">
+      <c r="A1039" s="1" t="inlineStr">
+        <is>
+          <t>9786051867991</t>
+        </is>
+      </c>
+      <c r="B1039" s="1" t="inlineStr">
+        <is>
+          <t>Tek Tek Tekerleme</t>
+        </is>
+      </c>
+      <c r="C1039" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1040" spans="1:3">
+      <c r="A1040" s="1" t="inlineStr">
+        <is>
+          <t>9786051867588</t>
+        </is>
+      </c>
+      <c r="B1040" s="1" t="inlineStr">
+        <is>
+          <t>Amelia Earhart - Küçük İnsanlar ve Büyük Hayaller</t>
+        </is>
+      </c>
+      <c r="C1040" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="1041" spans="1:3">
+      <c r="A1041" s="1" t="inlineStr">
+        <is>
+          <t>9786051867571</t>
+        </is>
+      </c>
+      <c r="B1041" s="1" t="inlineStr">
+        <is>
+          <t>Agatha Christie - Küçük İnsanlar ve Büyük Hayaller</t>
+        </is>
+      </c>
+      <c r="C1041" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="1042" spans="1:3">
+      <c r="A1042" s="1" t="inlineStr">
+        <is>
+          <t>9786051867601</t>
+        </is>
+      </c>
+      <c r="B1042" s="1" t="inlineStr">
+        <is>
+          <t>Ada Lovelace - Küçük İnsanlar ve Büyük Hayaller</t>
+        </is>
+      </c>
+      <c r="C1042" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="1043" spans="1:3">
+      <c r="A1043" s="1" t="inlineStr">
+        <is>
+          <t>9786051867649</t>
+        </is>
+      </c>
+      <c r="B1043" s="1" t="inlineStr">
+        <is>
+          <t>Rosa Parks - Küçük İnsanlar ve Büyük Hayaller</t>
+        </is>
+      </c>
+      <c r="C1043" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="1044" spans="1:3">
+      <c r="A1044" s="1" t="inlineStr">
+        <is>
+          <t>9786051867595</t>
+        </is>
+      </c>
+      <c r="B1044" s="1" t="inlineStr">
+        <is>
+          <t>Marie Curie - Küçük İnsanlar ve Büyük Hayaller</t>
+        </is>
+      </c>
+      <c r="C1044" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="1045" spans="1:3">
+      <c r="A1045" s="1" t="inlineStr">
+        <is>
+          <t>9786051867564</t>
+        </is>
+      </c>
+      <c r="B1045" s="1" t="inlineStr">
+        <is>
+          <t>Frida Kahlo - Küçük İnsanlar ve Büyük Hayaller</t>
+        </is>
+      </c>
+      <c r="C1045" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="1046" spans="1:3">
+      <c r="A1046" s="1" t="inlineStr">
+        <is>
+          <t>9786051867632</t>
+        </is>
+      </c>
+      <c r="B1046" s="1" t="inlineStr">
+        <is>
+          <t>Emmeline Pankhurst - Küçük İnsanlar ve Büyük Hayaller</t>
+        </is>
+      </c>
+      <c r="C1046" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="1047" spans="1:3">
+      <c r="A1047" s="1" t="inlineStr">
+        <is>
+          <t>9786051867656</t>
+        </is>
+      </c>
+      <c r="B1047" s="1" t="inlineStr">
+        <is>
+          <t>Ella Fitzgerald - Küçük İnsanlar ve Büyük Hayaller</t>
+        </is>
+      </c>
+      <c r="C1047" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="1048" spans="1:3">
+      <c r="A1048" s="1" t="inlineStr">
+        <is>
+          <t>9786051867625</t>
+        </is>
+      </c>
+      <c r="B1048" s="1" t="inlineStr">
+        <is>
+          <t>Coco Chanel - Küçük İnsanlar ve Büyük Hayaller</t>
+        </is>
+      </c>
+      <c r="C1048" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="1049" spans="1:3">
+      <c r="A1049" s="1" t="inlineStr">
+        <is>
+          <t>9786051867618</t>
+        </is>
+      </c>
+      <c r="B1049" s="1" t="inlineStr">
+        <is>
+          <t>Audrey Hepburn - Küçük İnsanlar ve Büyük Hayaller</t>
+        </is>
+      </c>
+      <c r="C1049" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="1050" spans="1:3">
+      <c r="A1050" s="1" t="inlineStr">
+        <is>
+          <t>9786051866062</t>
+        </is>
+      </c>
+      <c r="B1050" s="1" t="inlineStr">
+        <is>
+          <t>Hayalbaz’ın Maceraları 1 - Uzaylılar</t>
+        </is>
+      </c>
+      <c r="C1050" s="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="1051" spans="1:3">
+      <c r="A1051" s="1" t="inlineStr">
+        <is>
+          <t>9786051865577</t>
+        </is>
+      </c>
+      <c r="B1051" s="1" t="inlineStr">
+        <is>
+          <t>Beni Bul - Düşünceler Gömüsü</t>
+        </is>
+      </c>
+      <c r="C1051" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="1052" spans="1:3">
+      <c r="A1052" s="1" t="inlineStr">
+        <is>
+          <t>9786051865560</t>
+        </is>
+      </c>
+      <c r="B1052" s="1" t="inlineStr">
+        <is>
+          <t>Çikolata Kalpli Ejderha</t>
+        </is>
+      </c>
+      <c r="C1052" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="1053" spans="1:3">
+      <c r="A1053" s="1" t="inlineStr">
+        <is>
+          <t>9786053489559</t>
+        </is>
+      </c>
+      <c r="B1053" s="1" t="inlineStr">
+        <is>
+          <t>Sinbad (3 Boyutlu) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1053" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1054" spans="1:3">
+      <c r="A1054" s="1" t="inlineStr">
+        <is>
+          <t>9786051864655</t>
+        </is>
+      </c>
+      <c r="B1054" s="1" t="inlineStr">
+        <is>
+          <t>Yönbulucu - Kral Kelebeklerinin İnanılmaz Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C1054" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="1055" spans="1:3">
+      <c r="A1055" s="1" t="inlineStr">
+        <is>
+          <t>9786051862569</t>
+        </is>
+      </c>
+      <c r="B1055" s="1" t="inlineStr">
+        <is>
+          <t>Süper Sekizler Dostluk Engel Tanımaz</t>
+        </is>
+      </c>
+      <c r="C1055" s="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="1056" spans="1:3">
+      <c r="A1056" s="1" t="inlineStr">
+        <is>
+          <t>9786051862453</t>
+        </is>
+      </c>
+      <c r="B1056" s="1" t="inlineStr">
+        <is>
+          <t>Kurt Olmak İsteyen Kuzu</t>
+        </is>
+      </c>
+      <c r="C1056" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="1057" spans="1:3">
+      <c r="A1057" s="1" t="inlineStr">
+        <is>
+          <t>9786051861234</t>
+        </is>
+      </c>
+      <c r="B1057" s="1" t="inlineStr">
+        <is>
+          <t>Birimiz Hepimiz Hepimiz Birimiz İçin!</t>
+        </is>
+      </c>
+      <c r="C1057" s="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="1058" spans="1:3">
+      <c r="A1058" s="1" t="inlineStr">
+        <is>
+          <t>9786051861241</t>
+        </is>
+      </c>
+      <c r="B1058" s="1" t="inlineStr">
+        <is>
+          <t>Düşünceler Gömüsü: Kayıp Halka (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1058" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="1059" spans="1:3">
+      <c r="A1059" s="1" t="inlineStr">
+        <is>
+          <t>9786053483601</t>
+        </is>
+      </c>
+      <c r="B1059" s="1" t="inlineStr">
+        <is>
+          <t>Her Deney Bir Eğlence - Kimyasallar ve Maddeler</t>
+        </is>
+      </c>
+      <c r="C1059" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1060" spans="1:3">
+      <c r="A1060" s="1" t="inlineStr">
+        <is>
+          <t>9786053483557</t>
+        </is>
+      </c>
+      <c r="B1060" s="1" t="inlineStr">
+        <is>
+          <t>Her Deney Bir Eğlence - Işık</t>
+        </is>
+      </c>
+      <c r="C1060" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1061" spans="1:3">
+      <c r="A1061" s="1" t="inlineStr">
+        <is>
+          <t>9786053483540</t>
+        </is>
+      </c>
+      <c r="B1061" s="1" t="inlineStr">
+        <is>
+          <t>Her Deney Bir Eğlence - Isı</t>
+        </is>
+      </c>
+      <c r="C1061" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1062" spans="1:3">
+      <c r="A1062" s="1" t="inlineStr">
+        <is>
+          <t>9786053483533</t>
+        </is>
+      </c>
+      <c r="B1062" s="1" t="inlineStr">
+        <is>
+          <t>Her Deney Bir Eğlence - Elektrik</t>
+        </is>
+      </c>
+      <c r="C1062" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1063" spans="1:3">
+      <c r="A1063" s="1" t="inlineStr">
+        <is>
+          <t>9786053483618</t>
+        </is>
+      </c>
+      <c r="B1063" s="1" t="inlineStr">
+        <is>
+          <t>Her Deney Bir Eğlence - Yerçekimi ve Manyetizma</t>
+        </is>
+      </c>
+      <c r="C1063" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1064" spans="1:3">
+      <c r="A1064" s="1" t="inlineStr">
+        <is>
+          <t>9786053483526</t>
+        </is>
+      </c>
+      <c r="B1064" s="1" t="inlineStr">
+        <is>
+          <t>Her Deney Bir Eğlence - Duyular</t>
+        </is>
+      </c>
+      <c r="C1064" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1065" spans="1:3">
+      <c r="A1065" s="1" t="inlineStr">
+        <is>
           <t>9786053483588</t>
         </is>
       </c>
-      <c r="B312" s="1" t="inlineStr">
+      <c r="B1065" s="1" t="inlineStr">
         <is>
           <t>Her Deney Bir Eğlence - Bitkiler</t>
         </is>
       </c>
-      <c r="C312" s="1">
+      <c r="C1065" s="1">
         <v>50</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>