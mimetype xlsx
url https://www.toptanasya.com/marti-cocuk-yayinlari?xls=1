--- v1 (2025-12-15)
+++ v2 (2026-02-04)
@@ -85,16000 +85,16015 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786053486084</t>
+          <t>9786255602381</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sindirella (3 Boyutlu) (Ciltli)</t>
+          <t>Ağaçların Bilgeliği</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786053486053</t>
+          <t>9786053486084</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız (3 Boyutlu) (Ciltli)</t>
+          <t>Sindirella (3 Boyutlu) (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786053486060</t>
+          <t>9786053486053</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Kedi (3 Boyutlu) (Ciltli)</t>
+          <t>Kırmızı Başlıklı Kız (3 Boyutlu) (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256934771</t>
+          <t>9786053486060</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Paragraflıyorum 4. Sınıf</t>
+          <t>Çizmeli Kedi (3 Boyutlu) (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256934764</t>
+          <t>9786256934771</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Paragraflıyorum 3. Sınıf</t>
+          <t>Paragraflıyorum 4. Sınıf</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786254487385</t>
+          <t>9786256934764</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Hayat Bilgisi Ünite Hikayeleri</t>
+          <t>Paragraflıyorum 3. Sınıf</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786254486739</t>
+          <t>9786254487385</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>4. - 5. Sınıf Pembe Yeni Nesil Hikaye Seti</t>
+          <t>3. Sınıf Hayat Bilgisi Ünite Hikayeleri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786254480706</t>
+          <t>9786254486739</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Matematik Ünite Hikayeleri</t>
+          <t>4. - 5. Sınıf Pembe Yeni Nesil Hikaye Seti</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786254480775</t>
+          <t>9786254480706</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Gezmeyi Seven Bulut - Fen Bilimleri Ünite Hikayeleri 6</t>
+          <t>3. Sınıf Matematik Ünite Hikayeleri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>12</v>
+        <v>350</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786254480577</t>
+          <t>9786254480775</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Füyfüyler Sahada - Matematik Ünite Hikayeleri 4</t>
+          <t>Gezmeyi Seven Bulut - Fen Bilimleri Ünite Hikayeleri 6</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786254480614</t>
+          <t>9786254480577</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Pusula'nın Peşinde - Matematik Ünite Hikayeleri 1</t>
+          <t>Füyfüyler Sahada - Matematik Ünite Hikayeleri 4</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786254480799</t>
+          <t>9786254480614</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Yuvadaki Tehlike - Fen Bilimleri Ünite Hikayeleri 10</t>
+          <t>Pusula'nın Peşinde - Matematik Ünite Hikayeleri 1</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786254480782</t>
+          <t>9786254480799</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Işıkların Gizemi - Fen Bilimleri Ünite Hikayeleri 7</t>
+          <t>Yuvadaki Tehlike - Fen Bilimleri Ünite Hikayeleri 10</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786254480683</t>
+          <t>9786254480782</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Bahçe - Matematik Ünite Hikayeleri 7</t>
+          <t>Ormandaki Işıkların Gizemi - Fen Bilimleri Ünite Hikayeleri 7</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786254480553</t>
+          <t>9786254480683</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Teleskop - Matematik Ünite Hikayeleri 5</t>
+          <t>Esrarengiz Bahçe - Matematik Ünite Hikayeleri 7</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786254480515</t>
+          <t>9786254480553</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yel Değirmeni Tarlası - Matematik Ünite Hikayeleri 9</t>
+          <t>Tuhaf Teleskop - Matematik Ünite Hikayeleri 5</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786254480720</t>
+          <t>9786254480515</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Çınar Okulu - Fen Bilimleri Ünite Hikayeleri 1</t>
+          <t>Yel Değirmeni Tarlası - Matematik Ünite Hikayeleri 9</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786254480751</t>
+          <t>9786254480720</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Tehlike - Fen Bilimleri Ünite Hikayeleri 5</t>
+          <t>Mutlu Çınar Okulu - Fen Bilimleri Ünite Hikayeleri 1</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786254480805</t>
+          <t>9786254480751</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Şakacı Papağan - Fen Bilimleri Ünite Hikayeleri 8</t>
+          <t>Ormandaki Tehlike - Fen Bilimleri Ünite Hikayeleri 5</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786254480652</t>
+          <t>9786254480805</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Işın Yolculuğu - Matematik Ünite Hikayeleri 6</t>
+          <t>Şakacı Papağan - Fen Bilimleri Ünite Hikayeleri 8</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786254480584</t>
+          <t>9786254480652</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Taşların Gizemi - Matematik Ünite Hikayeleri 3</t>
+          <t>Işın Yolculuğu - Matematik Ünite Hikayeleri 6</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786254480607</t>
+          <t>9786254480584</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Sandık - Matematik Ünite Hikayeleri 2</t>
+          <t>Taşların Gizemi - Matematik Ünite Hikayeleri 3</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786254480560</t>
+          <t>9786254480607</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Satürn'de Tuhaf Bir Gün - Matematik Ünite Hikayeleri 5</t>
+          <t>Kayıp Sandık - Matematik Ünite Hikayeleri 2</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786254480621</t>
+          <t>9786254480560</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Oksijen Deposu - Matematik Ünite Hikayeleri 10</t>
+          <t>Satürn'de Tuhaf Bir Gün - Matematik Ünite Hikayeleri 5</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786254480591</t>
+          <t>9786254480621</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Arıtma Çamuru Ölçümü - Matematik Ünite Hikayeleri 10</t>
+          <t>Oksijen Deposu - Matematik Ünite Hikayeleri 10</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786254480812</t>
+          <t>9786254480591</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ceviz Ağacı Kimin? - Fen Bilimleri Ünite Hikayeleri 9</t>
+          <t>Arıtma Çamuru Ölçümü - Matematik Ünite Hikayeleri 10</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786254480737</t>
+          <t>9786254480812</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Akşam Okulu - Fen Bilimleri Ünite Hikayeleri 2</t>
+          <t>Ceviz Ağacı Kimin? - Fen Bilimleri Ünite Hikayeleri 9</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786254480522</t>
+          <t>9786254480737</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Paralar - Matematik Ünite Hikayeleri 9</t>
+          <t>Akşam Okulu - Fen Bilimleri Ünite Hikayeleri 2</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786254480539</t>
+          <t>9786254480522</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Uzay Mekiği Sınıfı - Matematik Ünite Hikayeleri 8</t>
+          <t>Kayıp Paralar - Matematik Ünite Hikayeleri 9</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786254480546</t>
+          <t>9786254480539</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Uzay Durağı - Matematik Ünite Hikayeleri 6</t>
+          <t>Uzay Mekiği Sınıfı - Matematik Ünite Hikayeleri 8</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786254480713</t>
+          <t>9786254480546</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ay'ın Görünmeyen Yüzü - Matematik Ünite Hikayeleri 3</t>
+          <t>Uzay Durağı - Matematik Ünite Hikayeleri 6</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786254480508</t>
+          <t>9786254480713</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Yörüngeden Merhaba - Matematik Ünite Hikayeleri 2</t>
+          <t>Ay'ın Görünmeyen Yüzü - Matematik Ünite Hikayeleri 3</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786254480638</t>
+          <t>9786254480508</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Yıldızda Hafta Sonu -Matematik Ünite Hikayeleri 4</t>
+          <t>Yörüngeden Merhaba - Matematik Ünite Hikayeleri 2</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786254480676</t>
+          <t>9786254480638</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İlk Seyahat - Matematik Ünite Hikayeleri 1</t>
+          <t>Kuyruklu Yıldızda Hafta Sonu -Matematik Ünite Hikayeleri 4</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786254480690</t>
+          <t>9786254480676</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Matematik Ünite Hikayeleri</t>
+          <t>İlk Seyahat - Matematik Ünite Hikayeleri 1</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>300</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786254481130</t>
+          <t>9786254480690</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Devleri - Charles Darwin-M+ (Kampanya)</t>
+          <t>2. Sınıf Matematik Ünite Hikayeleri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>24</v>
+        <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786254488238</t>
+          <t>9786254481130</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Süper Burun Serisi - Kutulu</t>
+          <t>Bilimin Devleri - Charles Darwin-M+ (Kampanya)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>89</v>
+        <v>24</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786254484766</t>
+          <t>9786254488238</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Dinazorlar Dünyası</t>
+          <t>Süper Burun Serisi - Kutulu</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>85</v>
+        <v>89</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786254487460</t>
+          <t>9786254484766</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Denizde Doğum Günü</t>
+          <t>Dinazorlar Dünyası</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>85</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786254484742</t>
+          <t>9786254487460</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Küçük Astronotlar Uzayda</t>
+          <t>Denizde Doğum Günü</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>85</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9785550341637</t>
+          <t>9786254484742</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Orta Okul Karışık Okuma Seti</t>
+          <t>Küçük Astronotlar Uzayda</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>109</v>
+        <v>85</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9785550341643</t>
+          <t>9785550341637</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Okunması Gereken Klasikler Serisi</t>
+          <t>Orta Okul Karışık Okuma Seti</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>65</v>
+        <v>109</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9785550341669</t>
+          <t>9785550341643</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kodlayarak Boyama Mini Seri 2</t>
+          <t>Okunması Gereken Klasikler Serisi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>40</v>
+        <v>65</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9785550341667</t>
+          <t>9785550341669</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kodlayarak Boyama Mega Seri</t>
+          <t>Kodlayarak Boyama Mini Seri 2</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>75</v>
+        <v>40</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9785550341605</t>
+          <t>9785550341667</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ciltli Çocuk Kitapları Serisi</t>
+          <t>Kodlayarak Boyama Mega Seri</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>180</v>
+        <v>75</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9785550341614</t>
+          <t>9785550341605</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Siri Okuma Seti - 4 Kitap</t>
+          <t>Ciltli Çocuk Kitapları Serisi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>68</v>
+        <v>180</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786054335404</t>
+          <t>9785550341614</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Uykudan Önce Ezop Masalları (Ciltli)</t>
+          <t>Siri Okuma Seti - 4 Kitap</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>7.95</v>
+        <v>68</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9785550341602</t>
+          <t>9786054335404</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ece Büyüyor Seri̇si̇</t>
+          <t>Uykudan Önce Ezop Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>30</v>
+        <v>7.95</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786254485787</t>
+          <t>9785550341602</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Portakal Ağacının Nesi Var? - Sebzoti Kasabası</t>
+          <t>Ece Büyüyor Seri̇si̇</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>55</v>
+        <v>30</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786254485800</t>
+          <t>9786254485787</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Aktivite Kitabı 1 - Sebzoti Kasabası</t>
+          <t>Portakal Ağacının Nesi Var? - Sebzoti Kasabası</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>60</v>
+        <v>55</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786254486487</t>
+          <t>9786254485800</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Of-Pof Balık - Okula Başlıyor</t>
+          <t>Aktivite Kitabı 1 - Sebzoti Kasabası</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>65</v>
+        <v>60</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786254486494</t>
+          <t>9786254486487</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Of-Pof Balık - Okyanusu Temizliyor</t>
+          <t>Of-Pof Balık - Okula Başlıyor</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786254483974</t>
+          <t>9786254486494</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Boya Kes Yapıştır - Zihin Becerileri 6 Yaş</t>
+          <t>Of-Pof Balık - Okyanusu Temizliyor</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>55</v>
+        <v>65</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786254483943</t>
+          <t>9786254483974</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Boya Kes Yapıştır - Zihin Becerileri 3 Yaş</t>
+          <t>Boya Kes Yapıştır - Zihin Becerileri 6 Yaş</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>55</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786254483967</t>
+          <t>9786254483943</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Boya Kes Yapıştır - Zihin Becerileri 4 Yaş</t>
+          <t>Boya Kes Yapıştır - Zihin Becerileri 3 Yaş</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>55</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786254483950</t>
+          <t>9786254483967</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Boya Kes Yapıştır - Zihin Becerileri 5 Yaş</t>
+          <t>Boya Kes Yapıştır - Zihin Becerileri 4 Yaş</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>55</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>4440000000338</t>
+          <t>9786254483950</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Dik Temel Harfli İlk Okuma Kitabım Elakin 1</t>
+          <t>Boya Kes Yapıştır - Zihin Becerileri 5 Yaş</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>7.5</v>
+        <v>55</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786254485022</t>
+          <t>4440000000338</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Etkinlikli Tatil Kitabım</t>
+          <t>Dik Temel Harfli İlk Okuma Kitabım Elakin 1</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>115</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786254485411</t>
+          <t>9786254485022</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yerin Kulaği Var - 3 Boyutlu Kitap (Ciltli)</t>
+          <t>Okul Öncesi Etkinlikli Tatil Kitabım</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>150</v>
+        <v>115</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786254485398</t>
+          <t>9786254485411</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Uçan Balık - 3 Boyutlu Kitap (Ciltli)</t>
+          <t>Yerin Kulaği Var - 3 Boyutlu Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786254485381</t>
+          <t>9786254485398</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Parayı Veren Düdüğü Çalar - 3 Boyutlu Kitap (Ciltli)</t>
+          <t>Uçan Balık - 3 Boyutlu Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786254485374</t>
+          <t>9786254485381</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Maymun ile Tilki - 3 Boyutlu Kitap (Ciltli)</t>
+          <t>Parayı Veren Düdüğü Çalar - 3 Boyutlu Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786254485343</t>
+          <t>9786254485374</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İki İnatçı Keçi - 3 Boyutlu Kitap (Ciltli)</t>
+          <t>Maymun ile Tilki - 3 Boyutlu Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786254485350</t>
+          <t>9786254485343</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Fare ile Kurbağa - 3 Boyutlu Kitap (Ciltli)</t>
+          <t>İki İnatçı Keçi - 3 Boyutlu Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786254485404</t>
+          <t>9786254485350</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Yarın Yeni Bir Gün - 3 Boyutlu Kitap (Ciltli)</t>
+          <t>Fare ile Kurbağa - 3 Boyutlu Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786254485336</t>
+          <t>9786254485404</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Doğuran Kazan - 3 Boyutlu Kitap</t>
+          <t>Yarın Yeni Bir Gün - 3 Boyutlu Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786254485329</t>
+          <t>9786254485336</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Aslan ile Fare - 3 Boyutlu Kitap</t>
+          <t>Doğuran Kazan - 3 Boyutlu Kitap</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786254485367</t>
+          <t>9786254485329</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Altın Yumurtlayan Kaz - 3 Boyutlu Kitap</t>
+          <t>Aslan ile Fare - 3 Boyutlu Kitap</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786254486036</t>
+          <t>9786254485367</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Meyveler - Bebeğimin İlk Bilgileri</t>
+          <t>Altın Yumurtlayan Kaz - 3 Boyutlu Kitap</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>55</v>
+        <v>150</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786254486050</t>
+          <t>9786254486036</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Sebzeler - Bebeğimin İlk Bilgileri</t>
+          <t>Meyveler - Bebeğimin İlk Bilgileri</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>55</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786254486043</t>
+          <t>9786254486050</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar - Bebeğimin İlk Bilgileri</t>
+          <t>Sebzeler - Bebeğimin İlk Bilgileri</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>55</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786051868561</t>
+          <t>9786254486043</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Küçük İnsanlar Büyük Hayaller 10 Kitap Takım</t>
+          <t>Taşıtlar - Bebeğimin İlk Bilgileri</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>165</v>
+        <v>55</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786254484711</t>
+          <t>9786051868561</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Çiz Sil Yeniden Çiz (Turuncu Kitap)</t>
+          <t>Küçük İnsanlar Büyük Hayaller 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>65</v>
+        <v>165</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786254484728</t>
+          <t>9786254484711</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Çiz Sil Yeniden Çiz (Yeşil Kitap)</t>
+          <t>Çiz Sil Yeniden Çiz (Turuncu Kitap)</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786254486265</t>
+          <t>9786254484728</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Hayalleri Kaçan Çocuk</t>
+          <t>Çiz Sil Yeniden Çiz (Yeşil Kitap)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>120</v>
+        <v>65</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786254485909</t>
+          <t>9786254486265</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Orman Hayvanları ile Sayılar</t>
+          <t>Hayalleri Kaçan Çocuk</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786254485947</t>
+          <t>9786254485909</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Bir Sakız Dünya’yı Dolaşabilir mi?</t>
+          <t>Orman Hayvanları ile Sayılar</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786254485879</t>
+          <t>9786254485947</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Rakamlar ve Harfler Tanışıyor</t>
+          <t>Bir Sakız Dünya’yı Dolaşabilir mi?</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>55</v>
+        <v>75</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786051866451</t>
+          <t>9786254485879</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Emoji Filmi Jumbo Boyama ve Etkinlik Kitabı</t>
+          <t>Rakamlar ve Harfler Tanışıyor</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>30</v>
+        <v>55</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786051869650</t>
+          <t>9786051866451</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Mustafa - Adım Adım Anadolu</t>
+          <t>Emoji Filmi Jumbo Boyama ve Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786051868653</t>
+          <t>9786051869650</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Devrialem</t>
+          <t>Mustafa - Adım Adım Anadolu</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>10</v>
+        <v>18</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786051868660</t>
+          <t>9786051868653</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer</t>
+          <t>Seksen Günde Devrialem</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786051868639</t>
+          <t>9786051868660</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786051868592</t>
+          <t>9786051868639</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Ömer'in Çocukluğu</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786051868622</t>
+          <t>9786051868592</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Bağrı Yanık Ömer</t>
+          <t>Ömer'in Çocukluğu</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786050322033</t>
+          <t>9786051868622</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Alp Efe ile Hayatı Öğreniyorum - 1. Sınıf Okuma Seti (10 Kitap Takım)</t>
+          <t>Bağrı Yanık Ömer</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>99</v>
+        <v>10</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786050321388</t>
+          <t>9786050322033</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Ece Büyüyor - Odamı Çok Seviyorum</t>
+          <t>Alp Efe ile Hayatı Öğreniyorum - 1. Sınıf Okuma Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>15</v>
+        <v>99</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786050321395</t>
+          <t>9786050321388</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Ece Büyüyor - Oyuncaklarımı Paylaşıyorum</t>
+          <t>Ece Büyüyor - Odamı Çok Seviyorum</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786050320534</t>
+          <t>9786050321395</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama</t>
+          <t>Ece Büyüyor - Oyuncaklarımı Paylaşıyorum</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>55</v>
+        <v>15</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786050320527</t>
+          <t>9786050320534</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Süper Boyama</t>
+          <t>Sevimli Boyama</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>75</v>
+        <v>55</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786050320541</t>
+          <t>9786050320527</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Boyama</t>
+          <t>Süper Boyama</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>55</v>
+        <v>75</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786050320558</t>
+          <t>9786050320541</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Boyama</t>
+          <t>Neşeli Boyama</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>55</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786051869384</t>
+          <t>9786050320558</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Süper Burun ve Horultu Hırsızlarının İstilası</t>
+          <t>Eğlenceli Boyama</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>36</v>
+        <v>55</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786051866901</t>
+          <t>9786051869384</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Farklılıklar Güzeldir - Pijama Kulübü Çocukları</t>
+          <t>Süper Burun ve Horultu Hırsızlarının İstilası</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>14</v>
+        <v>36</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786051866925</t>
+          <t>9786051866901</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kimse Beni Anlamıyor - Pijama Çocuk Kulübü</t>
+          <t>Farklılıklar Güzeldir - Pijama Kulübü Çocukları</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>14</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786051866895</t>
+          <t>9786051866925</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Diş Mikropları - Pijama Çocuk Kulübü</t>
+          <t>Kimse Beni Anlamıyor - Pijama Çocuk Kulübü</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>14</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786051866888</t>
+          <t>9786051866895</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Brokoli Savaşları - Pijama Kulübü Çocukları</t>
+          <t>Diş Mikropları - Pijama Çocuk Kulübü</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>14</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786051866918</t>
+          <t>9786051866888</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Trafik Lambaları - Pijama Kulübü Çocukları</t>
+          <t>Brokoli Savaşları - Pijama Kulübü Çocukları</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>14</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786051867434</t>
+          <t>9786051866918</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kapadokya'nın Sırları</t>
+          <t>Trafik Lambaları - Pijama Kulübü Çocukları</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>55</v>
+        <v>14</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786050320565</t>
+          <t>9786051867434</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Martı’nın Dedektifleri Seti (5 Kitap Takım)</t>
+          <t>Kapadokya'nın Sırları</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>75</v>
+        <v>55</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786051868158</t>
+          <t>9786050320565</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Süper Burun ve Kokunun Kapıları</t>
+          <t>Martı’nın Dedektifleri Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>36</v>
+        <v>75</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786051867427</t>
+          <t>9786051868158</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Ekocan Gezegeni</t>
+          <t>Süper Burun ve Kokunun Kapıları</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>8.5</v>
+        <v>36</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786051867403</t>
+          <t>9786051867427</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Pera Palas'ta</t>
+          <t>Ekocan Gezegeni</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>70</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786051867465</t>
+          <t>9786051867403</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Samanyolu'ndaki Karagöz ile Hacivat</t>
+          <t>Atatürk Pera Palas'ta</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>17</v>
+        <v>70</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786051867458</t>
+          <t>9786051867465</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca</t>
+          <t>Samanyolu'ndaki Karagöz ile Hacivat</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>17</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786051867441</t>
+          <t>9786051867458</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Lila ile Eren</t>
+          <t>Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>17</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786051867373</t>
+          <t>9786051867441</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Ulya Mardin'de</t>
+          <t>Lila ile Eren</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>17</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786051867311</t>
+          <t>9786051867373</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kar Tanelerinin Dansı</t>
+          <t>Ulya Mardin'de</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>8.5</v>
+        <v>17</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786050321081</t>
+          <t>9786051867311</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Muki ile Buki Masal Serisi (10 Kitap Takım)</t>
+          <t>Kar Tanelerinin Dansı</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>15</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786050321098</t>
+          <t>9786050321081</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Çiçi Masal Serisi (10 Kitap Takım)</t>
+          <t>Muki ile Buki Masal Serisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786051869261</t>
+          <t>9786050321098</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Nutuk</t>
+          <t>Çiçi Masal Serisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>55</v>
+        <v>15</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786051869056</t>
+          <t>9786051869261</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Hindistan’a Doğru - Filfantastik Maceralar</t>
+          <t>Gençler İçin Nutuk</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>39</v>
+        <v>55</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786051869049</t>
+          <t>9786051869056</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Afrika’da Hazine Arayışı - Filfantastik Maceralar</t>
+          <t>Hindistan’a Doğru - Filfantastik Maceralar</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>39</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786051869032</t>
+          <t>9786051869049</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Afrika Yolunda - Filfantastik Maceralar</t>
+          <t>Afrika’da Hazine Arayışı - Filfantastik Maceralar</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>39</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786051869445</t>
+          <t>9786051869032</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Of-Pof Balık Her Yer Çok Karanlık</t>
+          <t>Afrika Yolunda - Filfantastik Maceralar</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>62</v>
+        <v>39</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786051869438</t>
+          <t>9786051869445</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Of-Pof Balık</t>
+          <t>Of-Pof Balık Her Yer Çok Karanlık</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>62</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786051867380</t>
+          <t>9786051869438</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Yavru Filin Battaniyesi</t>
+          <t>Of-Pof Balık</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>7</v>
+        <v>62</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786051867397</t>
+          <t>9786051867380</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Çocukça Bir Gazete</t>
+          <t>Yavru Filin Battaniyesi</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786051867366</t>
+          <t>9786051867397</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Spor Her Yerde</t>
+          <t>Çocukça Bir Gazete</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786051867342</t>
+          <t>9786051867366</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Oyunlu Nineli Dedeli</t>
+          <t>Spor Her Yerde</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786051867304</t>
+          <t>9786051867342</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Buluş Defteri</t>
+          <t>Oyunlu Nineli Dedeli</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786051867533</t>
+          <t>9786051867304</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Türkçe Tema Hikayeleri 10 Kitap Takım</t>
+          <t>Buluş Defteri</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>69.9</v>
+        <v>7</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786051867526</t>
+          <t>9786051867533</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Can İle Rüya Hayat Ünite Hikayeleri 10 Kitap Takım</t>
+          <t>3. Sınıf Türkçe Tema Hikayeleri 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>69</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786051867519</t>
+          <t>9786051867526</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Kerem İle Zehra Türkçe Tema Hikayeleri 10 Kitap Takım</t>
+          <t>3. Sınıf Can İle Rüya Hayat Ünite Hikayeleri 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>69.9</v>
+        <v>69</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786051867502</t>
+          <t>9786051867519</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Hayat Ünite Hikayeleri 10 Kitap Takım</t>
+          <t>2. Sınıf Kerem İle Zehra Türkçe Tema Hikayeleri 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>69</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786051868684</t>
+          <t>9786051867502</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf 100 Temel Eserden Seçmeler - Set 2</t>
+          <t>2. Sınıf Hayat Ünite Hikayeleri 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>45</v>
+        <v>69</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786051868615</t>
+          <t>9786051868684</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf 100 Temel Eserden Seçmeler Set 1</t>
+          <t>4. Sınıf 100 Temel Eserden Seçmeler - Set 2</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786051866772</t>
+          <t>9786051868615</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf 100 Temel Eserden Seçmeler Set 2 (10 Kitap Takım)</t>
+          <t>4. Sınıf 100 Temel Eserden Seçmeler Set 1</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>69</v>
+        <v>45</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786051866765</t>
+          <t>9786051866772</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf 100 Temel Eserden Seçmeler Set 1 (10 Kitap Takım)</t>
+          <t>3. Sınıf 100 Temel Eserden Seçmeler Set 2 (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>69</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786051869575</t>
+          <t>9786051866765</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Yaşar Kemal - Bir Devrin Çocukları</t>
+          <t>3. Sınıf 100 Temel Eserden Seçmeler Set 1 (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>17</v>
+        <v>69</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786051869414</t>
+          <t>9786051869575</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Asker Oluyor</t>
+          <t>Yaşar Kemal - Bir Devrin Çocukları</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>17.5</v>
+        <v>17</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786051868417</t>
+          <t>9786051869414</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Mustafa - Selanik'te Bir Çocuk</t>
+          <t>Mustafa Asker Oluyor</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>18</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786051868172</t>
+          <t>9786051868417</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Deneyler Kulübü</t>
+          <t>Mustafa - Selanik'te Bir Çocuk</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786051868394</t>
+          <t>9786051868172</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Afife - Bir Devrin Çocukları</t>
+          <t>Çılgın Deneyler Kulübü</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786051868202</t>
+          <t>9786051868394</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Hayalbaz'ın Maceraları - Mucitler</t>
+          <t>Afife - Bir Devrin Çocukları</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>52</v>
+        <v>17</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786050321210</t>
+          <t>9786051868202</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Dik Temel Harfli İlk Okuma Kitabım Elakin / 10 Kitap</t>
+          <t>Hayalbaz'ın Maceraları - Mucitler</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>99</v>
+        <v>52</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786051866628</t>
+          <t>9786050321210</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Dik Temel Harfli İlk Okuma Kitabım Elakin / 10 Kitap</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>7.5</v>
+        <v>99</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786051867175</t>
+          <t>9786051866628</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Can ile Rüya Brokoliyi Seviyorum - Hayat Ünite Hikayeleri</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>7</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786051867212</t>
+          <t>9786051867175</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Can ile Rüya Ya Su Biterse - Hayat Ünite Hikayeleri</t>
+          <t>Can ile Rüya Brokoliyi Seviyorum - Hayat Ünite Hikayeleri</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786051867168</t>
+          <t>9786051867212</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Can ile Rüya Benim Mesleğim - Hayat Ünite Hikayeleri</t>
+          <t>Can ile Rüya Ya Su Biterse - Hayat Ünite Hikayeleri</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786051867151</t>
+          <t>9786051867168</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Can ile Rüya Arkadaşlar Arasında - Hayat Ünite Hikayeleri</t>
+          <t>Can ile Rüya Benim Mesleğim - Hayat Ünite Hikayeleri</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786050320107</t>
+          <t>9786051867151</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>MEB Tavsiyeli 100 Temel Eserden Seçmeler Set 2</t>
+          <t>Can ile Rüya Arkadaşlar Arasında - Hayat Ünite Hikayeleri</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>69</v>
+        <v>7</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786050320091</t>
+          <t>9786050320107</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>100 Temel Eserden Seçmeler Set 1</t>
+          <t>MEB Tavsiyeli 100 Temel Eserden Seçmeler Set 2</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>69</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786051867274</t>
+          <t>9786050320091</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Çelik Çomak - Can ile Rüya</t>
+          <t>100 Temel Eserden Seçmeler Set 1</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>7</v>
+        <v>69</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786051867267</t>
+          <t>9786051867274</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Patili Günler - Can ile Rüya</t>
+          <t>Çelik Çomak - Can ile Rüya</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786051867250</t>
+          <t>9786051867267</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm Zamanı - Can ile Rüya</t>
+          <t>Patili Günler - Can ile Rüya</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786051867243</t>
+          <t>9786051867250</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Köşk - Can ile Rüya</t>
+          <t>Dönüşüm Zamanı - Can ile Rüya</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786051867236</t>
+          <t>9786051867243</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'da Bir Gün - Can ile Rüya</t>
+          <t>Yürüyen Köşk - Can ile Rüya</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786051867229</t>
+          <t>9786051867236</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Bisiklet Macerası - Can ile Rüya</t>
+          <t>İstanbul'da Bir Gün - Can ile Rüya</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>18</v>
+        <v>7</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786051865973</t>
+          <t>9786051867229</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Işınlama Kazası - Çılgın Deneyler Kulübü</t>
+          <t>Bisiklet Macerası - Can ile Rüya</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786051865249</t>
+          <t>9786051865973</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Tırsak Sincap</t>
+          <t>Işınlama Kazası - Çılgın Deneyler Kulübü</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>19</v>
+        <v>14</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786051865263</t>
+          <t>9786051865249</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Tırsak Sincap - Doğum Gününü Kutluyor</t>
+          <t>Tırsak Sincap</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>19</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786051865256</t>
+          <t>9786051865263</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Tırsak Sincap - Arkadaş Ediniyor (Ciltli)</t>
+          <t>Tırsak Sincap - Doğum Gününü Kutluyor</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>19</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786051865270</t>
+          <t>9786051865256</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Tırsak Sincap - Uyku Zamanı (Ciltli)</t>
+          <t>Tırsak Sincap - Arkadaş Ediniyor (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>19</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786050320589</t>
+          <t>9786051865270</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Şşşiit - Şıpıdık Şelale Şehri Seti</t>
+          <t>Tırsak Sincap - Uyku Zamanı (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>29</v>
+        <v>19</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786050320909</t>
+          <t>9786050320589</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Mirket Köyü Seti</t>
+          <t>Şşşiit - Şıpıdık Şelale Şehri Seti</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>29</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786050320640</t>
+          <t>9786050320909</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Ozan ve Ezgi’yle Dinle Seti</t>
+          <t>Mirket Köyü Seti</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>29</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786051866000</t>
+          <t>9786050320640</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Atletik Prenses - Muhteşem Prensesler</t>
+          <t>Ozan ve Ezgi’yle Dinle Seti</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>45</v>
+        <v>29</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786051866031</t>
+          <t>9786051866000</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Çok Fazla Masal Okuyan Prenses - Muhteşem Prensesler</t>
+          <t>Atletik Prenses - Muhteşem Prensesler</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786051866017</t>
+          <t>9786051866031</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Dalgın Prenses - Muhteşem Prensesler</t>
+          <t>Çok Fazla Masal Okuyan Prenses - Muhteşem Prensesler</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786051865997</t>
+          <t>9786051866017</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>İstemiyorum Diyen Prenses - Muhteşem Prensesler</t>
+          <t>Dalgın Prenses - Muhteşem Prensesler</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786051866024</t>
+          <t>9786051865997</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Korsan Prenses - Muhteşem Prensesler</t>
+          <t>İstemiyorum Diyen Prenses - Muhteşem Prensesler</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786051867540</t>
+          <t>9786051866024</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Türkçe Tema Hikayeleri (10 Kitap Takım)</t>
+          <t>Korsan Prenses - Muhteşem Prensesler</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>70</v>
+        <v>45</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786050320381</t>
+          <t>9786051867540</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Neşeli Yaz Okuma Seti (10 Kitap Takım)</t>
+          <t>4. Sınıf Türkçe Tema Hikayeleri (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>99</v>
+        <v>70</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786050320299</t>
+          <t>9786050320381</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Yumurtalı Ekmek - Neşeli Yaz</t>
+          <t>1. Sınıf Neşeli Yaz Okuma Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>4</v>
+        <v>99</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786050320282</t>
+          <t>9786050320299</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Vız Vız Arı - Neşeli Yaz</t>
+          <t>Yumurtalı Ekmek - Neşeli Yaz</t>
         </is>
       </c>
       <c r="C167" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786050320275</t>
+          <t>9786050320282</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Su Fışkırtan Filler - Neşeli Yaz</t>
+          <t>Vız Vız Arı - Neşeli Yaz</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786050320268</t>
+          <t>9786050320275</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kumdan Kale Arkadaşlığı - Neşeli Yaz</t>
+          <t>Su Fışkırtan Filler - Neşeli Yaz</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786050320251</t>
+          <t>9786050320268</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Karga ve Ceviz - Neşeli Yaz</t>
+          <t>Kumdan Kale Arkadaşlığı - Neşeli Yaz</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786050320312</t>
+          <t>9786050320251</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kaçın Köpek Balığı - Neşeli Yaz</t>
+          <t>Karga ve Ceviz - Neşeli Yaz</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786050320244</t>
+          <t>9786050320312</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Civcivler - Neşeli Yaz</t>
+          <t>Kaçın Köpek Balığı - Neşeli Yaz</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786050320237</t>
+          <t>9786050320244</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Boncuk ve Kaymak - Neşeli Yaz</t>
+          <t>Kaçak Civcivler - Neşeli Yaz</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786050320220</t>
+          <t>9786050320237</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Birinci Sınıf Bitiyor - Neşeli Yaz</t>
+          <t>Boncuk ve Kaymak - Neşeli Yaz</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786050320305</t>
+          <t>9786050320220</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Balık Olmak Gibisi Yok - Neşeli Yaz</t>
+          <t>Birinci Sınıf Bitiyor - Neşeli Yaz</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786051864167</t>
+          <t>9786050320305</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi (3. ve 4. Sınıflar İçin)</t>
+          <t>Balık Olmak Gibisi Yok - Neşeli Yaz</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>324.5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786051864150</t>
+          <t>9786051864167</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi (2. ve 3. Sınıflar İçin)</t>
+          <t>Eğlenceli Okuma Serisi (3. ve 4. Sınıflar İçin)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>80</v>
+        <v>324.5</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786051864242</t>
+          <t>9786051864150</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi (1. ve 2. Sınıflar İçin)</t>
+          <t>Eğlenceli Okuma Serisi (2. ve 3. Sınıflar İçin)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>83.5</v>
+        <v>80</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786051864082</t>
+          <t>9786051864242</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi (3. ve 4. Sınıflar İçin)</t>
+          <t>Eğlenceli Okuma Serisi (1. ve 2. Sınıflar İçin)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>89</v>
+        <v>83.5</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786051864105</t>
+          <t>9786051864082</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi (2. ve 3. Sınıflar İçin)</t>
+          <t>Eğlenceli Okuma Serisi (3. ve 4. Sınıflar İçin)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>345</v>
+        <v>89</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786051864051</t>
+          <t>9786051864105</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi Set 18</t>
+          <t>Eğlenceli Okuma Serisi (2. ve 3. Sınıflar İçin)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>80</v>
+        <v>345</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786051863979</t>
+          <t>9786051864051</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi Büyük Set 4</t>
+          <t>Eğlenceli Okuma Serisi Set 18</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>417</v>
+        <v>80</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786051864129</t>
+          <t>9786051863979</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi Set 7</t>
+          <t>Eğlenceli Okuma Serisi Büyük Set 4</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>93</v>
+        <v>417</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786051864068</t>
+          <t>9786051864129</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi Set 11</t>
+          <t>Eğlenceli Okuma Serisi Set 7</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>49</v>
+        <v>93</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786051864136</t>
+          <t>9786051864068</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi Set 6</t>
+          <t>Eğlenceli Okuma Serisi Set 11</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>86</v>
+        <v>49</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786051864143</t>
+          <t>9786051864136</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi Set 5</t>
+          <t>Eğlenceli Okuma Serisi Set 6</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>86</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786051864204</t>
+          <t>9786051864143</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi Set 3</t>
+          <t>Eğlenceli Okuma Serisi Set 5</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>83.5</v>
+        <v>86</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786051864020</t>
+          <t>9786051864204</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi Set 15</t>
+          <t>Eğlenceli Okuma Serisi Set 3</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>53</v>
+        <v>83.5</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786051864099</t>
+          <t>9786051864020</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi Set 8</t>
+          <t>Eğlenceli Okuma Serisi Set 15</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>90.5</v>
+        <v>53</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786051864075</t>
+          <t>9786051864099</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi Set 10</t>
+          <t>Eğlenceli Okuma Serisi Set 8</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>43</v>
+        <v>90.5</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786051863993</t>
+          <t>9786051864075</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi Set 12</t>
+          <t>Eğlenceli Okuma Serisi Set 10</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>46.5</v>
+        <v>43</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786051864013</t>
+          <t>9786051863993</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi Set 14</t>
+          <t>Eğlenceli Okuma Serisi Set 12</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>72.22</v>
+        <v>46.5</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786051864037</t>
+          <t>9786051864013</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi Set 16</t>
+          <t>Eğlenceli Okuma Serisi Set 14</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>69.5</v>
+        <v>72.22</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786051864006</t>
+          <t>9786051864037</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi Set 13</t>
+          <t>Eğlenceli Okuma Serisi Set 16</t>
         </is>
       </c>
       <c r="C194" s="1">
         <v>69.5</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786051865317</t>
+          <t>9786051864006</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Çocuk Masalları Seti (10 Kitap Takım)</t>
+          <t>Eğlenceli Okuma Serisi Set 13</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>45</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786050320015</t>
+          <t>9786051865317</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Resimli Atasözü Kartları</t>
+          <t>En Güzel Çocuk Masalları Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>75</v>
+        <v>45</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786050320008</t>
+          <t>9786050320015</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Resimli Deyim Kartları</t>
+          <t>Resimli Atasözü Kartları</t>
         </is>
       </c>
       <c r="C197" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786051869278</t>
+          <t>9786050320008</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Biraz Şiir Biraz Problem Kartları - Yaz Sil Kalemli</t>
+          <t>Resimli Deyim Kartları</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>95</v>
+        <v>75</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786051866185</t>
+          <t>9786051869278</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>İpek - Doktor Oluyor</t>
+          <t>2. Sınıf Biraz Şiir Biraz Problem Kartları - Yaz Sil Kalemli</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>55</v>
+        <v>95</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786051866208</t>
+          <t>9786051866185</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>İpek - Plajda</t>
+          <t>İpek - Doktor Oluyor</t>
         </is>
       </c>
       <c r="C200" s="1">
         <v>55</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786051864112</t>
+          <t>9786051866208</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Her Deney Bir Eğlence Serisi Kutu Set</t>
+          <t>İpek - Plajda</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>150</v>
+        <v>55</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786051862866</t>
+          <t>9786051864112</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Harika Bilgiler Serisi Kutu Set</t>
+          <t>Her Deney Bir Eğlence Serisi Kutu Set</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>162.5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786051863801</t>
+          <t>9786051862866</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Şarkı Söyleyen Kurbağalar</t>
+          <t>Harika Bilgiler Serisi Kutu Set</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>68</v>
+        <v>162.5</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786053485445</t>
+          <t>9786051863801</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kral Midas ve Diğer Öyküler</t>
+          <t>Şarkı Söyleyen Kurbağalar</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>20</v>
+        <v>68</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786053482352</t>
+          <t>9786053485445</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Ponyfee ve Büyülü Lunapark</t>
+          <t>Kral Midas ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786053482369</t>
+          <t>9786053482352</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Ponyfee ve Gökkuşağının Sonuna Yolculuk</t>
+          <t>Ponyfee ve Büyülü Lunapark</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786053481713</t>
+          <t>9786053482369</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Kale Avcıları 1 - Takım Dediğin Birlik Olur</t>
+          <t>Ponyfee ve Gökkuşağının Sonuna Yolculuk</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>9.26</v>
+        <v>10</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786053481706</t>
+          <t>9786053481713</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>En Büyük Kaptan Bizim Kaptan - Kale Avcıları 2</t>
+          <t>Kale Avcıları 1 - Takım Dediğin Birlik Olur</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>10</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786053481720</t>
+          <t>9786053481706</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Kale Avcıları 3 - Yeni Bir Golcü</t>
+          <t>En Büyük Kaptan Bizim Kaptan - Kale Avcıları 2</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>9.26</v>
+        <v>10</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786053485438</t>
+          <t>9786053481720</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Dünya'nın Başlangıcı</t>
+          <t>Kale Avcıları 3 - Yeni Bir Golcü</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>20</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786053485056</t>
+          <t>9786053485438</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Tamam, Biraz Zavallı Olabilirim! (Ciltli)</t>
+          <t>Dünya'nın Başlangıcı</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>38</v>
+        <v>20</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786254484544</t>
+          <t>9786053485056</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Bir Köpek İstiyorum</t>
+          <t>Tamam, Biraz Zavallı Olabilirim! (Ciltli)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>55</v>
+        <v>38</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786053484394</t>
+          <t>9786254484544</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Gök Gürültüsü Tanrıları</t>
+          <t>Bir Köpek İstiyorum</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>15</v>
+        <v>55</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786053484387</t>
+          <t>9786053484394</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Düzenbaz Hayvanlar</t>
+          <t>Gök Gürültüsü Tanrıları</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786053484356</t>
+          <t>9786053484387</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Clive Havasını Koruyor</t>
+          <t>Düzenbaz Hayvanlar</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786053484295</t>
+          <t>9786053484356</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Babam Göbek Dansı Yapıyor</t>
+          <t>Clive Havasını Koruyor</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786053484219</t>
+          <t>9786053484295</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Memnuniyetsiz</t>
+          <t>Babam Göbek Dansı Yapıyor</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786053483274</t>
+          <t>9786053484219</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Jack (Ciltli)</t>
+          <t>Memnuniyetsiz</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786053484301</t>
+          <t>9786053483274</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Havalı Clive</t>
+          <t>Benim Adım Jack (Ciltli)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>15</v>
+        <v>32</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786053484363</t>
+          <t>9786053484301</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Hamper’in Büyük Kaçışı</t>
+          <t>Havalı Clive</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786053485049</t>
+          <t>9786053484363</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Daima Jack (Ciltli)</t>
+          <t>Hamper’in Büyük Kaçışı</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>32</v>
+        <v>8</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786053483595</t>
+          <t>9786053485049</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Her Deney Bir Eğlence - Hava</t>
+          <t>Daima Jack (Ciltli)</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>50</v>
+        <v>32</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786053482659</t>
+          <t>9786053483595</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Maskeli Kahraman (Ciltli)</t>
+          <t>Her Deney Bir Eğlence - Hava</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>24</v>
+        <v>50</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786053483823</t>
+          <t>9786053482659</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk 100 Kelimem : Yiyecek ve İçecekler (Ciltli)</t>
+          <t>Maskeli Kahraman (Ciltli)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>15.74</v>
+        <v>24</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786053483830</t>
+          <t>9786053483823</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk 100 Kelimem : Renkler (Ciltli)</t>
+          <t>Benim İlk 100 Kelimem : Yiyecek ve İçecekler (Ciltli)</t>
         </is>
       </c>
       <c r="C225" s="1">
         <v>15.74</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786053483854</t>
+          <t>9786053483830</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk 100 Kelimem : Eşyalar (Ciltli)</t>
+          <t>Benim İlk 100 Kelimem : Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C226" s="1">
         <v>15.74</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786053483847</t>
+          <t>9786053483854</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk 100 Kelimem : Hayvanlar (Ciltli)</t>
+          <t>Benim İlk 100 Kelimem : Eşyalar (Ciltli)</t>
         </is>
       </c>
       <c r="C227" s="1">
         <v>15.74</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786053483175</t>
+          <t>9786053483847</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Kokulu Cadde</t>
+          <t>Benim İlk 100 Kelimem : Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>15</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786053482314</t>
+          <t>9786053483175</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Ponyfee - Aykız'ın Gizemi</t>
+          <t>Kokulu Cadde</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786053482321</t>
+          <t>9786053482314</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Ponyfee - Gül Bahçesi Sarayı'ndaki Prens</t>
+          <t>Ponyfee - Aykız'ın Gizemi</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>9.26</v>
+        <v>10</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786053482338</t>
+          <t>9786053482321</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Ponyfee - İnci Gölü' nün Sırrı</t>
+          <t>Ponyfee - Gül Bahçesi Sarayı'ndaki Prens</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>10</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786053482345</t>
+          <t>9786053482338</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Ponyfee - Kaybolan Sihirli Değnek</t>
+          <t>Ponyfee - İnci Gölü' nün Sırrı</t>
         </is>
       </c>
       <c r="C232" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786053483045</t>
+          <t>9786053482345</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Denizanası Ayakkabıları</t>
+          <t>Ponyfee - Kaybolan Sihirli Değnek</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>7.5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786053483007</t>
+          <t>9786053483045</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Gürültücü Komşular</t>
+          <t>Denizanası Ayakkabıları</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>15</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786053483014</t>
+          <t>9786053483007</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Hortlaklar</t>
+          <t>Gürültücü Komşular</t>
         </is>
       </c>
       <c r="C235" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786053482994</t>
+          <t>9786053483014</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Kuyrukluyıldız ve Köpek Yıldızı</t>
+          <t>Hortlaklar</t>
         </is>
       </c>
       <c r="C236" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786053483021</t>
+          <t>9786053482994</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Kız Azra</t>
+          <t>Kaptan Kuyrukluyıldız ve Köpek Yıldızı</t>
         </is>
       </c>
       <c r="C237" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786053483052</t>
+          <t>9786053483021</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Maskeli Temizlikçiler Günü Kurtarıyor</t>
+          <t>Kirpi Kız Azra</t>
         </is>
       </c>
       <c r="C238" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786053483069</t>
+          <t>9786053483052</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Maskeli Temizlikçiler Korsanlara Karşı</t>
+          <t>Maskeli Temizlikçiler Günü Kurtarıyor</t>
         </is>
       </c>
       <c r="C239" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786053483076</t>
+          <t>9786053483069</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Mor Düğmeler</t>
+          <t>Maskeli Temizlikçiler Korsanlara Karşı</t>
         </is>
       </c>
       <c r="C240" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786053483083</t>
+          <t>9786053483076</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Spagetti Kostümü</t>
+          <t>Mor Düğmeler</t>
         </is>
       </c>
       <c r="C241" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786053483120</t>
+          <t>9786053483083</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Om’un Maskeli Temizlikçileri</t>
+          <t>Muhteşem Spagetti Kostümü</t>
         </is>
       </c>
       <c r="C242" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786053483137</t>
+          <t>9786053483120</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Orman Şortları</t>
+          <t>Om’un Maskeli Temizlikçileri</t>
         </is>
       </c>
       <c r="C243" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786053482918</t>
+          <t>9786053483137</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Ah, Ege!</t>
+          <t>Orman Şortları</t>
         </is>
       </c>
       <c r="C244" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786053482925</t>
+          <t>9786053482918</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Bitişik Evdeki Kovboy</t>
+          <t>Ah, Ege!</t>
         </is>
       </c>
       <c r="C245" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786053482949</t>
+          <t>9786053482925</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Deniz Aygırı Aramızda</t>
+          <t>Bitişik Evdeki Kovboy</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>7.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786053482864</t>
+          <t>9786053482949</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Bay Ivırzıvır ve Boyalı Kaplan</t>
+          <t>Deniz Aygırı Aramızda</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>15</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786053482970</t>
+          <t>9786053482864</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Pasaklı Pelin</t>
+          <t>Bay Ivırzıvır ve Boyalı Kaplan</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786053482901</t>
+          <t>9786053482970</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Robo-Süp</t>
+          <t>Pasaklı Pelin</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786053482871</t>
+          <t>9786053482901</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Karpem</t>
+          <t>Robo-Süp</t>
         </is>
       </c>
       <c r="C250" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786053480228</t>
+          <t>9786053482871</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Kara Tepenin Laneti (Ciltli)</t>
+          <t>Karpem</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>19</v>
+        <v>15</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786053484318</t>
+          <t>9786053480228</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Yemek Makinesi</t>
+          <t>Kara Tepenin Laneti (Ciltli)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>15</v>
+        <v>19</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786053483144</t>
+          <t>9786053484318</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Metal Köpek Mikro</t>
+          <t>Muhteşem Yemek Makinesi</t>
         </is>
       </c>
       <c r="C253" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786053483199</t>
+          <t>9786053483144</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Prenses Hiçgülmez’in Tatili</t>
+          <t>Metal Köpek Mikro</t>
         </is>
       </c>
       <c r="C254" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786053483038</t>
+          <t>9786053483199</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Berk Kıpır’ın İnanılmaz Kulakları</t>
+          <t>Prenses Hiçgülmez’in Tatili</t>
         </is>
       </c>
       <c r="C255" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786053482956</t>
+          <t>9786053483038</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Kuyrukluyıldız ve Mor Gezegen</t>
+          <t>Berk Kıpır’ın İnanılmaz Kulakları</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>7.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786053483205</t>
+          <t>9786053482956</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood Efsanesi</t>
+          <t>Kaptan Kuyrukluyıldız ve Mor Gezegen</t>
         </is>
       </c>
       <c r="C257" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786053483212</t>
+          <t>9786053483205</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Tufanlar</t>
+          <t>Robin Hood Efsanesi</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>15</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786051867281</t>
+          <t>9786053483212</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Kütüphane Gemisi</t>
+          <t>Tufanlar</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>7</v>
+        <v>15</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786051867359</t>
+          <t>9786051867281</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Sorun Çözen Soytarı</t>
+          <t>Kütüphane Gemisi</t>
         </is>
       </c>
       <c r="C260" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786051867335</t>
+          <t>9786051867359</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>O Gece</t>
+          <t>Sorun Çözen Soytarı</t>
         </is>
       </c>
       <c r="C261" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786051867298</t>
+          <t>9786051867335</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Tenceresi</t>
+          <t>O Gece</t>
         </is>
       </c>
       <c r="C262" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786051867328</t>
+          <t>9786051867298</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Kış Pikniği</t>
+          <t>Anadolu Tenceresi</t>
         </is>
       </c>
       <c r="C263" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786051863870</t>
+          <t>9786051867328</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Muki ile Buki Masal Serisi (10 Kitap Takım)</t>
+          <t>Kış Pikniği</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>49</v>
+        <v>7</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786051864785</t>
+          <t>9786051863870</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Ördek Yavrusu - Andersen Masalları 1. Sınıf</t>
+          <t>Muki ile Buki Masal Serisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>2.75</v>
+        <v>49</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786051864778</t>
+          <t>9786051864785</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Karga ile Tavus Kuşları - Ezop Masalları 1. Sınıf</t>
+          <t>Ördek Yavrusu - Andersen Masalları 1. Sınıf</t>
         </is>
       </c>
       <c r="C266" s="1">
         <v>2.75</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786051864754</t>
+          <t>9786051864778</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>İki İnatçı Keçi - La Fontaine Masalları 1. Sınıf</t>
+          <t>Karga ile Tavus Kuşları - Ezop Masalları 1. Sınıf</t>
         </is>
       </c>
       <c r="C267" s="1">
         <v>2.75</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786051864730</t>
+          <t>9786051864754</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Fare İle Kurbağa - 1. Sınıf Mesneviden Hikayeler</t>
+          <t>İki İnatçı Keçi - La Fontaine Masalları 1. Sınıf</t>
         </is>
       </c>
       <c r="C268" s="1">
         <v>2.75</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786050320084</t>
+          <t>9786051864730</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>100 Temel Eserden Seçmeler 1. Sınıf</t>
+          <t>Fare İle Kurbağa - 1. Sınıf Mesneviden Hikayeler</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>55</v>
+        <v>2.75</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786051866796</t>
+          <t>9786050320084</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Martı Atasözü Kartları</t>
+          <t>100 Temel Eserden Seçmeler 1. Sınıf</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>25</v>
+        <v>55</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786051866802</t>
+          <t>9786051866796</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Martı Deyim Kartları</t>
+          <t>Martı Atasözü Kartları</t>
         </is>
       </c>
       <c r="C271" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786051866864</t>
+          <t>9786051866802</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Martı Problem Kartları 4. Sınıf</t>
+          <t>Martı Deyim Kartları</t>
         </is>
       </c>
       <c r="C272" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786051866819</t>
+          <t>9786051866864</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Martı Problem Kartları 3. Sınıf</t>
+          <t>Martı Problem Kartları 4. Sınıf</t>
         </is>
       </c>
       <c r="C273" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786051866789</t>
+          <t>9786051866819</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Martı Problem Kartları 2. Sınıf</t>
+          <t>Martı Problem Kartları 3. Sınıf</t>
         </is>
       </c>
       <c r="C274" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786051867144</t>
+          <t>9786051866789</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>İki Sevinç Bir Arada - Kerem ile Zehra</t>
+          <t>Martı Problem Kartları 2. Sınıf</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>7</v>
+        <v>25</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786051867205</t>
+          <t>9786051867144</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Arka Bahçenin Konukları - Kerem ile Zehra</t>
+          <t>İki Sevinç Bir Arada - Kerem ile Zehra</t>
         </is>
       </c>
       <c r="C276" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786051867199</t>
+          <t>9786051867205</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Sporcu Babaanne - Kerem ile Zehra</t>
+          <t>Arka Bahçenin Konukları - Kerem ile Zehra</t>
         </is>
       </c>
       <c r="C277" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786051867137</t>
+          <t>9786051867199</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Gibi Uçmak - Kerem ile Zehra</t>
+          <t>Sporcu Babaanne - Kerem ile Zehra</t>
         </is>
       </c>
       <c r="C278" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786051867120</t>
+          <t>9786051867137</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Uzay Korsanları - Kerem ile Zehra</t>
+          <t>Kuşlar Gibi Uçmak - Kerem ile Zehra</t>
         </is>
       </c>
       <c r="C279" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786051867113</t>
+          <t>9786051867120</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Bu Resmi Kim Yaptı? - Kerem ile Zehra</t>
+          <t>Uzay Korsanları - Kerem ile Zehra</t>
         </is>
       </c>
       <c r="C280" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786051866970</t>
+          <t>9786051867113</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Bu Çiçek Başka Çicek - Gülistan Sitesi Çocukları</t>
+          <t>Bu Resmi Kim Yaptı? - Kerem ile Zehra</t>
         </is>
       </c>
       <c r="C281" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786051867038</t>
+          <t>9786051866970</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Bir Kalem Yeter Bana - Gülistan Sitesi Çocukları</t>
+          <t>Bu Çiçek Başka Çicek - Gülistan Sitesi Çocukları</t>
         </is>
       </c>
       <c r="C282" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786254480157</t>
+          <t>9786051867038</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Masalı</t>
+          <t>Bir Kalem Yeter Bana - Gülistan Sitesi Çocukları</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786051864235</t>
+          <t>9786254480157</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi Set 2</t>
+          <t>Sevgi Masalı</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>80</v>
+        <v>10</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786051864044</t>
+          <t>9786051864235</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi Set 17</t>
+          <t>Eğlenceli Okuma Serisi Set 2</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>67</v>
+        <v>80</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786051863504</t>
+          <t>9786051864044</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Minik Panda - Benim Çıngıraklı Küçük Diş Kaşıyıcı Kitabım</t>
+          <t>Eğlenceli Okuma Serisi Set 17</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>17</v>
+        <v>67</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786051863498</t>
+          <t>9786051863504</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Minik Koyun - Benim Çıngıraklı Küçük Diş Kaşıyıcı Kitabım</t>
+          <t>Minik Panda - Benim Çıngıraklı Küçük Diş Kaşıyıcı Kitabım</t>
         </is>
       </c>
       <c r="C287" s="1">
         <v>17</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786051863481</t>
+          <t>9786051863498</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Minik Kedi - Benim Çıngıraklı Küçük Diş Kaşıyıcı Kitabım</t>
+          <t>Minik Koyun - Benim Çıngıraklı Küçük Diş Kaşıyıcı Kitabım</t>
         </is>
       </c>
       <c r="C288" s="1">
         <v>17</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786051863511</t>
+          <t>9786051863481</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Minik Penguen - Benim Çıngıraklı Küçük Diş Kaşıyıcı Kitabım</t>
+          <t>Minik Kedi - Benim Çıngıraklı Küçük Diş Kaşıyıcı Kitabım</t>
         </is>
       </c>
       <c r="C289" s="1">
         <v>17</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786051863436</t>
+          <t>9786051863511</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Tekerlekli Kitabım - Traktör</t>
+          <t>Minik Penguen - Benim Çıngıraklı Küçük Diş Kaşıyıcı Kitabım</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>47</v>
+        <v>17</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786051863429</t>
+          <t>9786051863436</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Tekerlekli Kitabım - Polis Arabası</t>
+          <t>Tekerlekli Kitabım - Traktör</t>
         </is>
       </c>
       <c r="C291" s="1">
         <v>47</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786051863412</t>
+          <t>9786051863429</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Tekerlekli Kitabım - İtfaiye Aracı</t>
+          <t>Tekerlekli Kitabım - Polis Arabası</t>
         </is>
       </c>
       <c r="C292" s="1">
         <v>47</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786051863405</t>
+          <t>9786051863412</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Tekerlekli Kitabım - Araba</t>
+          <t>Tekerlekli Kitabım - İtfaiye Aracı</t>
         </is>
       </c>
       <c r="C293" s="1">
         <v>47</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786051863580</t>
+          <t>9786051863405</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Büyük Çiftlik Çıkartmalarım - İnek</t>
+          <t>Tekerlekli Kitabım - Araba</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>20.5</v>
+        <v>47</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786051863566</t>
+          <t>9786051863580</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Büyük Çiftlik Çıkartmalarım - Koyun</t>
+          <t>Büyük Çiftlik Çıkartmalarım - İnek</t>
         </is>
       </c>
       <c r="C295" s="1">
         <v>20.5</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786051863597</t>
+          <t>9786051863566</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Büyük Çiftlik Çıkartmalarım - Tavuk</t>
+          <t>Büyük Çiftlik Çıkartmalarım - Koyun</t>
         </is>
       </c>
       <c r="C296" s="1">
         <v>20.5</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786051863115</t>
+          <t>9786051863597</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş - Alice Harikalar Diyarında (Ciltli)</t>
+          <t>Büyük Çiftlik Çıkartmalarım - Tavuk</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>29</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>3990001863474</t>
+          <t>9786051863115</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Vivaldi - Dört Mevsim</t>
+          <t>Bir Varmış Bir Yokmuş - Alice Harikalar Diyarında (Ciltli)</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>75</v>
+        <v>29</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786051863467</t>
+          <t>3990001863474</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Mozart - Minik Müzikal Mucize</t>
+          <t>Vivaldi - Dört Mevsim</t>
         </is>
       </c>
       <c r="C299" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786051863450</t>
+          <t>9786051863467</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Beethoven - Benim Minik Senfonilerim</t>
+          <t>Mozart - Minik Müzikal Mucize</t>
         </is>
       </c>
       <c r="C300" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786051863443</t>
+          <t>9786051863450</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Bach - Benim İlk Orkestram</t>
+          <t>Beethoven - Benim Minik Senfonilerim</t>
         </is>
       </c>
       <c r="C301" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786051863221</t>
+          <t>9786051863443</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Minik Eller - Büyük Küçük</t>
+          <t>Bach - Benim İlk Orkestram</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>12</v>
+        <v>75</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786051864877</t>
+          <t>9786051863221</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Hangi Resim Daha Güzel?</t>
+          <t>Minik Eller - Büyük Küçük</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>19</v>
+        <v>12</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786053489931</t>
+          <t>9786051864877</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Fasülye</t>
+          <t>Hangi Resim Daha Güzel?</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>7.5</v>
+        <v>19</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786053489894</t>
+          <t>9786053489931</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Parmak Kız</t>
+          <t>Sihirli Fasülye</t>
         </is>
       </c>
       <c r="C305" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786053489863</t>
+          <t>9786053489894</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses</t>
+          <t>Parmak Kız</t>
         </is>
       </c>
       <c r="C306" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786053489832</t>
+          <t>9786053489863</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Külkedisi</t>
+          <t>Pamuk Prenses</t>
         </is>
       </c>
       <c r="C307" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786051863740</t>
+          <t>9786053489832</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız</t>
+          <t>Külkedisi</t>
         </is>
       </c>
       <c r="C308" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786051863764</t>
+          <t>9786051863740</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Karlar Kraliçesi</t>
+          <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C309" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786051863726</t>
+          <t>9786051863764</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kızı</t>
+          <t>Karlar Kraliçesi</t>
         </is>
       </c>
       <c r="C310" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786051863757</t>
+          <t>9786051863726</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Kedi</t>
+          <t>Deniz Kızı</t>
         </is>
       </c>
       <c r="C311" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786051863719</t>
+          <t>9786051863757</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Bencil Dev</t>
+          <t>Çizmeli Kedi</t>
         </is>
       </c>
       <c r="C312" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786051863191</t>
+          <t>9786051863719</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş - Pamuk Prenses ve Yedi Cüceler (Ciltli)</t>
+          <t>Bencil Dev</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>29</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786053488286</t>
+          <t>9786051863191</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Minyonlar - Drakula'nın Son Doğum Günü</t>
+          <t>Bir Varmış Bir Yokmuş - Pamuk Prenses ve Yedi Cüceler (Ciltli)</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>24</v>
+        <v>29</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786053488316</t>
+          <t>9786053488286</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Minyonlar - Çok Yaşa Kral Bob</t>
+          <t>Minyonlar - Drakula'nın Son Doğum Günü</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786053488293</t>
+          <t>9786053488316</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Minyonlar - Ara ve Bul</t>
+          <t>Minyonlar - Çok Yaşa Kral Bob</t>
         </is>
       </c>
       <c r="C316" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786053488309</t>
+          <t>9786053488293</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Minyonlar - Filmin Hikayesi</t>
+          <t>Minyonlar - Ara ve Bul</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>9.26</v>
+        <v>12</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786051863122</t>
+          <t>9786053488309</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş - Külkedisi (Ciltli)</t>
+          <t>Minyonlar - Filmin Hikayesi</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>29</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786051863139</t>
+          <t>9786051863122</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş - Kırmızı Başlıklı Kız (Ciltli)</t>
+          <t>Bir Varmış Bir Yokmuş - Külkedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C319" s="1">
         <v>29</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786051863160</t>
+          <t>9786051863139</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş - Çizmeli Kedi (Ciltli)</t>
+          <t>Bir Varmış Bir Yokmuş - Kırmızı Başlıklı Kız (Ciltli)</t>
         </is>
       </c>
       <c r="C320" s="1">
         <v>29</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786051863733</t>
+          <t>9786051863160</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Cesur Terzi</t>
+          <t>Bir Varmış Bir Yokmuş - Çizmeli Kedi (Ciltli)</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>7.5</v>
+        <v>29</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786053488347</t>
+          <t>9786051863733</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Minyonlar - Karlı Bir Gün</t>
+          <t>Cesur Terzi</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>12</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786053488262</t>
+          <t>9786053488347</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Minyonlar - Kötüler Konferansına Giden Yolda Pek Çok Çıkartmanın Olduğu Kitap</t>
+          <t>Minyonlar - Karlı Bir Gün</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>16.5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786053488279</t>
+          <t>9786053488262</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Minyonlar - Patron Kim?</t>
+          <t>Minyonlar - Kötüler Konferansına Giden Yolda Pek Çok Çıkartmanın Olduğu Kitap</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>12</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>3990051863603</t>
+          <t>9786053488279</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Büyük Çiftlik Çıkartmalarım - Traktör</t>
+          <t>Minyonlar - Patron Kim?</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>20.5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786051863573</t>
+          <t>3990051863603</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Büyük Vahşi Yaşam Çıkartmalarım - Gergedan</t>
+          <t>Büyük Çiftlik Çıkartmalarım - Traktör</t>
         </is>
       </c>
       <c r="C326" s="1">
         <v>20.5</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786051863559</t>
+          <t>9786051863573</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Büyük Okyanus Çıkartmalarım - Balina</t>
+          <t>Büyük Vahşi Yaşam Çıkartmalarım - Gergedan</t>
         </is>
       </c>
       <c r="C327" s="1">
         <v>20.5</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786051863184</t>
+          <t>9786051863559</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş - Uyuyan Güzel (Ciltli)</t>
+          <t>Büyük Okyanus Çıkartmalarım - Balina</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>29</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786051863153</t>
+          <t>9786051863184</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş - Pinokyo (Ciltli)</t>
+          <t>Bir Varmış Bir Yokmuş - Uyuyan Güzel (Ciltli)</t>
         </is>
       </c>
       <c r="C329" s="1">
         <v>29</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786051863146</t>
+          <t>9786051863153</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş - Peter Pan (Ciltli)</t>
+          <t>Bir Varmış Bir Yokmuş - Pinokyo (Ciltli)</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>58</v>
+        <v>29</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786053489887</t>
+          <t>9786051863146</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Ördek Yavrusu</t>
+          <t>Bir Varmış Bir Yokmuş - Peter Pan (Ciltli)</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>7.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786051860015</t>
+          <t>9786053489887</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Rapunzel</t>
+          <t>Çirkin Ördek Yavrusu</t>
         </is>
       </c>
       <c r="C332" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786053489870</t>
+          <t>9786051860015</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Bremen Mızıkacıları</t>
+          <t>Rapunzel</t>
         </is>
       </c>
       <c r="C333" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786053489948</t>
+          <t>9786053489870</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Kibritçi Kız</t>
+          <t>Bremen Mızıkacıları</t>
         </is>
       </c>
       <c r="C334" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786053489900</t>
+          <t>9786053489948</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Fareli Köyün Kavalcısı</t>
+          <t>Kibritçi Kız</t>
         </is>
       </c>
       <c r="C335" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786053489856</t>
+          <t>9786053489900</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Fareli Köyün Kavalcısı</t>
         </is>
       </c>
       <c r="C336" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786051860008</t>
+          <t>9786053489856</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C337" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786053489849</t>
+          <t>9786051860008</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Ali Baba ve Kırk Haramiler</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C338" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786053489924</t>
+          <t>9786053489849</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Hansel ve Gretel</t>
+          <t>Ali Baba ve Kırk Haramiler</t>
         </is>
       </c>
       <c r="C339" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786053489917</t>
+          <t>9786053489924</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Güzel ve Çirkin</t>
+          <t>Hansel ve Gretel</t>
         </is>
       </c>
       <c r="C340" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786051866710</t>
+          <t>9786053489917</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Adam Olmak</t>
+          <t>Güzel ve Çirkin</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>8</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786051866727</t>
+          <t>9786051866710</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Aslan İle Eşek</t>
+          <t>Adam Olmak</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>7.5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786051866659</t>
+          <t>9786051866727</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Köpek İle Kurt</t>
+          <t>Aslan İle Eşek</t>
         </is>
       </c>
       <c r="C343" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786051866581</t>
+          <t>9786051866659</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Acemi Çaylak</t>
+          <t>Köpek İle Kurt</t>
         </is>
       </c>
       <c r="C344" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786051866635</t>
+          <t>9786051866581</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>İki Hizmetçi</t>
+          <t>Acemi Çaylak</t>
         </is>
       </c>
       <c r="C345" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786051866604</t>
+          <t>9786051866635</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Eşek ile Tilki</t>
+          <t>İki Hizmetçi</t>
         </is>
       </c>
       <c r="C346" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786051866680</t>
+          <t>9786051866604</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Pekmezci Anne</t>
+          <t>Eşek ile Tilki</t>
         </is>
       </c>
       <c r="C347" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786051866642</t>
+          <t>9786051866680</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan</t>
+          <t>Pekmezci Anne</t>
         </is>
       </c>
       <c r="C348" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786051866703</t>
+          <t>9786051866642</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Çocuk</t>
+          <t>Keloğlan</t>
         </is>
       </c>
       <c r="C349" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786051866673</t>
+          <t>9786051866703</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Yıldız Çocuk</t>
         </is>
       </c>
       <c r="C350" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786051866574</t>
+          <t>9786051866673</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Yorgan Gitti Kavga Bitti - Nasrettin Hoca Fıkraları</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C351" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786051866567</t>
+          <t>9786051866574</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Parayı Veren Düdüğü Çalar - Nasrettin Hoca Fıkraları</t>
+          <t>Yorgan Gitti Kavga Bitti - Nasrettin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C352" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786051866963</t>
+          <t>9786051866567</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Bu Hazırlık Kimin İçin? - Gülistan Sitesi Çocukları</t>
+          <t>Parayı Veren Düdüğü Çalar - Nasrettin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>7</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786051867021</t>
+          <t>9786051866963</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Yeni Arkadaş - Gülistan Sitesi Çocukları</t>
+          <t>Bu Hazırlık Kimin İçin? - Gülistan Sitesi Çocukları</t>
         </is>
       </c>
       <c r="C354" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786051867106</t>
+          <t>9786051867021</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Bütün Renkler Güzeldir - Kerem ile Zehra</t>
+          <t>Yeni Arkadaş - Gülistan Sitesi Çocukları</t>
         </is>
       </c>
       <c r="C355" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786051867083</t>
+          <t>9786051867106</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Dilek Ağacı - Kerem ile Zehra</t>
+          <t>Bütün Renkler Güzeldir - Kerem ile Zehra</t>
         </is>
       </c>
       <c r="C356" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786051867090</t>
+          <t>9786051867083</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Bir Çocuğun Düşleri - Kerem ile Zehra</t>
+          <t>Dilek Ağacı - Kerem ile Zehra</t>
         </is>
       </c>
       <c r="C357" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786051867182</t>
+          <t>9786051867090</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kitaplar Gezegeni - Kerem ile Zehra</t>
+          <t>Bir Çocuğun Düşleri - Kerem ile Zehra</t>
         </is>
       </c>
       <c r="C358" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786051865096</t>
+          <t>9786051867182</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Aslan ile Yunus - Ezop Masalları</t>
+          <t>Sihirli Kitaplar Gezegeni - Kerem ile Zehra</t>
         </is>
       </c>
       <c r="C359" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786051865188</t>
+          <t>9786051865096</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Kibritçi Kız - Andersen Masalları</t>
+          <t>Aslan ile Yunus - Ezop Masalları</t>
         </is>
       </c>
       <c r="C360" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786051865232</t>
+          <t>9786051865188</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Yaban Kuğuları - Andersen Masalları</t>
+          <t>Kibritçi Kız - Andersen Masalları</t>
         </is>
       </c>
       <c r="C361" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786051865058</t>
+          <t>9786051865232</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Pişmiş Buğday - Nasrettin Hoca Fıkraları</t>
+          <t>Yaban Kuğuları - Andersen Masalları</t>
         </is>
       </c>
       <c r="C362" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786051865041</t>
+          <t>9786051865058</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Bal Kabağı - Nasrettin Hoca Fıkraları</t>
+          <t>Pişmiş Buğday - Nasrettin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C363" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786051865065</t>
+          <t>9786051865041</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Ya Tutarsa - Nasrettin Hoca Fıkraları</t>
+          <t>Bal Kabağı - Nasrettin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C364" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786051865034</t>
+          <t>9786051865065</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Aslan, Yaban Eşeği ve Tilki - Ezop Masalları</t>
+          <t>Ya Tutarsa - Nasrettin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C365" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786051865027</t>
+          <t>9786051865034</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Aslan ile Tavşan - Ezop Masalları</t>
+          <t>Aslan, Yaban Eşeği ve Tilki - Ezop Masalları</t>
         </is>
       </c>
       <c r="C366" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786051865072</t>
+          <t>9786051865027</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Zümrüdüanka - Billur Köşk Masalları</t>
+          <t>Aslan ile Tavşan - Ezop Masalları</t>
         </is>
       </c>
       <c r="C367" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786051865157</t>
+          <t>9786051865072</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>İki Tarla Faresi - Atasözü Hikayeleri</t>
+          <t>Zümrüdüanka - Billur Köşk Masalları</t>
         </is>
       </c>
       <c r="C368" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786051865126</t>
+          <t>9786051865157</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Kedi ile Fare - Atasözü Hikayeleri</t>
+          <t>İki Tarla Faresi - Atasözü Hikayeleri</t>
         </is>
       </c>
       <c r="C369" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786051865201</t>
+          <t>9786051865126</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Köylü ile Şehirli - Mesnevi'den Hikayeler</t>
+          <t>Kedi ile Fare - Atasözü Hikayeleri</t>
         </is>
       </c>
       <c r="C370" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786051865225</t>
+          <t>9786051865201</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Tüccar ile Papağan - Mesnevi'den Hikayeler</t>
+          <t>Köylü ile Şehirli - Mesnevi'den Hikayeler</t>
         </is>
       </c>
       <c r="C371" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786051864860</t>
+          <t>9786051865225</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Tüccar ile Papağan - Mesnevi'den Hikayeler</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>82</v>
+        <v>7</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786053485964</t>
+          <t>9786051864860</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Deniz Suyu Neden Tuzludur?</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>20</v>
+        <v>82</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786051866932</t>
+          <t>9786053485964</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı - Pijama Kulübü Çocukları</t>
+          <t>Deniz Suyu Neden Tuzludur?</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786051867045</t>
+          <t>9786051866932</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Dede Bizi Gezdir - Pijama Kulübü Çocukları</t>
+          <t>Kurtuluş Savaşı - Pijama Kulübü Çocukları</t>
         </is>
       </c>
       <c r="C375" s="1">
         <v>14</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786051867069</t>
+          <t>9786051867045</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>İş Makineleri - Pijama Kulübü Çocukları</t>
+          <t>Dede Bizi Gezdir - Pijama Kulübü Çocukları</t>
         </is>
       </c>
       <c r="C376" s="1">
         <v>14</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786051867014</t>
+          <t>9786051867069</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Saklambaç - Pijama Kulübü Çocukları</t>
+          <t>İş Makineleri - Pijama Kulübü Çocukları</t>
         </is>
       </c>
       <c r="C377" s="1">
         <v>14</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786051866994</t>
+          <t>9786051867014</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Mevsimler - Pijama Kulübü Çocukları</t>
+          <t>Saklambaç - Pijama Kulübü Çocukları</t>
         </is>
       </c>
       <c r="C378" s="1">
         <v>14</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786051867939</t>
+          <t>9786051866994</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Bella Donna - Tatlı Cadıcık</t>
+          <t>Mevsimler - Pijama Kulübü Çocukları</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>28</v>
+        <v>14</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786051867946</t>
+          <t>9786051867939</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Bella Donna - Patlayan Büyüler</t>
+          <t>Bella Donna - Tatlı Cadıcık</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>65</v>
+        <v>28</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786051866253</t>
+          <t>9786051867946</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Bella Donna - Büyülü Kedi</t>
+          <t>Bella Donna - Patlayan Büyüler</t>
         </is>
       </c>
       <c r="C381" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786051866246</t>
+          <t>9786051866253</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Bella Donna - Büyücülük</t>
+          <t>Bella Donna - Büyülü Kedi</t>
         </is>
       </c>
       <c r="C382" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786051865195</t>
+          <t>9786051866246</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Kral ile Bülbül - Andersen Masalları</t>
+          <t>Bella Donna - Büyücülük</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>7</v>
+        <v>65</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786051865119</t>
+          <t>9786051865195</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Kaplan ile Aslan - La Fontaine Masalları</t>
+          <t>Kral ile Bülbül - Andersen Masalları</t>
         </is>
       </c>
       <c r="C384" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786051865164</t>
+          <t>9786051865119</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan - Keloğlan Masalları</t>
+          <t>Kaplan ile Aslan - La Fontaine Masalları</t>
         </is>
       </c>
       <c r="C385" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786051865133</t>
+          <t>9786051865164</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Hacivat ile Karagöz</t>
+          <t>Keloğlan - Keloğlan Masalları</t>
         </is>
       </c>
       <c r="C386" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786051865140</t>
+          <t>9786051865133</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Bir Altın - Keloğlan Masalları</t>
+          <t>Hacivat ile Karagöz</t>
         </is>
       </c>
       <c r="C387" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786051865089</t>
+          <t>9786051865140</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Adam Olmak - Deyim Hikayeleri</t>
+          <t>Her Güne Bir Altın - Keloğlan Masalları</t>
         </is>
       </c>
       <c r="C388" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786051865102</t>
+          <t>9786051865089</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Bilmeceler</t>
+          <t>Adam Olmak - Deyim Hikayeleri</t>
         </is>
       </c>
       <c r="C389" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786051864686</t>
+          <t>9786051865102</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Altın Dağı - 1. Sınıf Keloğlan Hikayeleri</t>
+          <t>Bilmeceler</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>2.75</v>
+        <v>7</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786051864761</t>
+          <t>9786051864686</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>İki Kardeş - 1 Sınıf Deyim Hikayeleri</t>
+          <t>Altın Dağı - 1. Sınıf Keloğlan Hikayeleri</t>
         </is>
       </c>
       <c r="C391" s="1">
         <v>2.75</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786051864662</t>
+          <t>9786051864761</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Aç Eşek - 1. Sınıf Mesneviden Hikayeler</t>
+          <t>İki Kardeş - 1 Sınıf Deyim Hikayeleri</t>
         </is>
       </c>
       <c r="C392" s="1">
         <v>2.75</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786051864709</t>
+          <t>9786051864662</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Avcı Kral - 1. Sınıf Ezop Masalları</t>
+          <t>Aç Eşek - 1. Sınıf Mesneviden Hikayeler</t>
         </is>
       </c>
       <c r="C393" s="1">
         <v>2.75</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786051864679</t>
+          <t>9786051864709</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Altın Yumurtlayan Kaz - 1. Sınıf Ezop Masalları</t>
+          <t>Avcı Kral - 1. Sınıf Ezop Masalları</t>
         </is>
       </c>
       <c r="C394" s="1">
         <v>2.75</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786051864716</t>
+          <t>9786051864679</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Doğuran Kazan - 1. Sınıf Nasrettin Hoca Fıkraları</t>
+          <t>Altın Yumurtlayan Kaz - 1. Sınıf Ezop Masalları</t>
         </is>
       </c>
       <c r="C395" s="1">
         <v>2.75</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786051864693</t>
+          <t>9786051864716</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Aslan İle Fare - 1. Sınıf Ezop Masalları</t>
+          <t>Doğuran Kazan - 1. Sınıf Nasrettin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C396" s="1">
         <v>2.75</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786051864723</t>
+          <t>9786051864693</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Elin Eşeği - 1. Sınıf Atasözü Hikayeleri</t>
+          <t>Aslan İle Fare - 1. Sınıf Ezop Masalları</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>3</v>
+        <v>2.75</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786051864747</t>
+          <t>9786051864723</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Filin Yeni Arkadaşı - 1. Sınıf Nasrettin Hoca Fıkraları</t>
+          <t>Elin Eşeği - 1. Sınıf Atasözü Hikayeleri</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>2.75</v>
+        <v>3</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786051862903</t>
+          <t>9786051864747</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Fokur Fokur - Muhteşem Büyükanne Yemek Yarışması</t>
+          <t>Filin Yeni Arkadaşı - 1. Sınıf Nasrettin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>50</v>
+        <v>2.75</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786053488613</t>
+          <t>9786051862903</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Öğren: Araçlar (Ciltli)</t>
+          <t>Fokur Fokur - Muhteşem Büyükanne Yemek Yarışması</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>18</v>
+        <v>50</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786053488644</t>
+          <t>9786053488613</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Öğren: Yiyecekler (Ciltli)</t>
+          <t>Resimlerle Öğren: Araçlar (Ciltli)</t>
         </is>
       </c>
       <c r="C401" s="1">
         <v>18</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786053488637</t>
+          <t>9786053488644</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Öğren: Meslekler (Ciltli)</t>
+          <t>Resimlerle Öğren: Yiyecekler (Ciltli)</t>
         </is>
       </c>
       <c r="C402" s="1">
         <v>18</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786053488620</t>
+          <t>9786053488637</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Öğren: Hayvanlar (Ciltli)</t>
+          <t>Resimlerle Öğren: Meslekler (Ciltli)</t>
         </is>
       </c>
       <c r="C403" s="1">
         <v>18</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786053489177</t>
+          <t>9786053488620</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Siri ve Pasaklı Misafir (Ciltli)</t>
+          <t>Resimlerle Öğren: Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>50</v>
+        <v>18</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786053489191</t>
+          <t>9786053489177</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Siri ve Üst Kattaki Komşu (Ciltli)</t>
+          <t>Siri ve Pasaklı Misafir (Ciltli)</t>
         </is>
       </c>
       <c r="C405" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786053489184</t>
+          <t>9786053489191</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Siri ve Yeni Arkadaşları (Ciltli)</t>
+          <t>Siri ve Üst Kattaki Komşu (Ciltli)</t>
         </is>
       </c>
       <c r="C406" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786051868141</t>
+          <t>9786053489184</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Uygarlık</t>
+          <t>Siri ve Yeni Arkadaşları (Ciltli)</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>28</v>
+        <v>50</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786051866130</t>
+          <t>9786051868141</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Nilda ve Vız Vız Arılar</t>
+          <t>Gizemli Uygarlık</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>39</v>
+        <v>28</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786051868134</t>
+          <t>9786051866130</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Sayılar Kayboldu!</t>
+          <t>Nilda ve Vız Vız Arılar</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>35</v>
+        <v>39</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786051868110</t>
+          <t>9786051868134</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Anahtar</t>
+          <t>Eyvah Sayılar Kayboldu!</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>55</v>
+        <v>35</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786051868127</t>
+          <t>9786051868110</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Babamın Hazine Haritası</t>
+          <t>Anahtar</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>14</v>
+        <v>55</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786051863092</t>
+          <t>9786051868127</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Bak ve Öğren - Karşıtlıklar</t>
+          <t>Babamın Hazine Haritası</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>47</v>
+        <v>14</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786053489504</t>
+          <t>9786051863092</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Bambi (3 Boyutlu) (Ciltli)</t>
+          <t>Bak ve Öğren - Karşıtlıklar</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>150</v>
+        <v>47</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786053489436</t>
+          <t>9786053489504</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Nono 4 - Yalan Söylemek Çok Kötü</t>
+          <t>Bambi (3 Boyutlu) (Ciltli)</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>56</v>
+        <v>150</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786053489405</t>
+          <t>9786053489436</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Nono 3 - Yabancılarla Konuşma</t>
+          <t>Nono 4 - Yalan Söylemek Çok Kötü</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>45.5</v>
+        <v>56</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786053489429</t>
+          <t>9786053489405</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Nono 2 - Bugün Okula Gitmek İstemiyorum</t>
+          <t>Nono 3 - Yabancılarla Konuşma</t>
         </is>
       </c>
       <c r="C416" s="1">
         <v>45.5</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786053489412</t>
+          <t>9786053489429</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Nono 1 - Ben Bir Numarayım</t>
+          <t>Nono 2 - Bugün Okula Gitmek İstemiyorum</t>
         </is>
       </c>
       <c r="C417" s="1">
         <v>45.5</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786051863214</t>
+          <t>9786053489412</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Minik Eller - Bedenim</t>
+          <t>Nono 1 - Ben Bir Numarayım</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>12</v>
+        <v>45.5</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786053489542</t>
+          <t>9786051863214</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan (3 Boyutlu) (Ciltli)</t>
+          <t>Minik Eller - Bedenim</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>150</v>
+        <v>12</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786051863283</t>
+          <t>9786053489542</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Minik Eller - Taşıtlar</t>
+          <t>Peter Pan (3 Boyutlu) (Ciltli)</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>12</v>
+        <v>150</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786051863313</t>
+          <t>9786051863283</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Minik Eller - Renkler Şekiller</t>
+          <t>Minik Eller - Taşıtlar</t>
         </is>
       </c>
       <c r="C421" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786051863252</t>
+          <t>9786051863313</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Minik Eller - Sayılar</t>
+          <t>Minik Eller - Renkler Şekiller</t>
         </is>
       </c>
       <c r="C422" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786053489535</t>
+          <t>9786051863252</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses (3 Boyutlu) (Ciltli)</t>
+          <t>Minik Eller - Sayılar</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>150</v>
+        <v>12</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786053489030</t>
+          <t>9786053489535</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Barry Loser ve Ezilmiş Kutu Davası (Ciltli)</t>
+          <t>Pamuk Prenses (3 Boyutlu) (Ciltli)</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786051867052</t>
+          <t>9786053489030</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağının Renkleri - Gülistan Sitesi Çocukları</t>
+          <t>Barry Loser ve Ezilmiş Kutu Davası (Ciltli)</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>7</v>
+        <v>75</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786051866956</t>
+          <t>9786051867052</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Bir Dönüşüm Masalı - Gülistan Sitesi Çocukları</t>
+          <t>Gökkuşağının Renkleri - Gülistan Sitesi Çocukları</t>
         </is>
       </c>
       <c r="C426" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786051867007</t>
+          <t>9786051866956</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Minik Kirpi Nerede Yaşar? - Gülistan Sitesi Çocukları</t>
+          <t>Bir Dönüşüm Masalı - Gülistan Sitesi Çocukları</t>
         </is>
       </c>
       <c r="C427" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786051866949</t>
+          <t>9786051867007</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Altın Elli Kral - Gülistan Sitesi Çocukları</t>
+          <t>Minik Kirpi Nerede Yaşar? - Gülistan Sitesi Çocukları</t>
         </is>
       </c>
       <c r="C428" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786051867076</t>
+          <t>9786051866949</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bayram Olsa - Gülistan Sitesi Çocukları</t>
+          <t>Altın Elli Kral - Gülistan Sitesi Çocukları</t>
         </is>
       </c>
       <c r="C429" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786051866987</t>
+          <t>9786051867076</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Karne Armağanı - Gülistan Sitesi Çocukları</t>
+          <t>Hayat Bayram Olsa - Gülistan Sitesi Çocukları</t>
         </is>
       </c>
       <c r="C430" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786051863276</t>
+          <t>9786051866987</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Minik Eller - Oyuncaklar</t>
+          <t>Karne Armağanı - Gülistan Sitesi Çocukları</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>12</v>
+        <v>7</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786051863245</t>
+          <t>9786051863276</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Minik Eller - Okul</t>
+          <t>Minik Eller - Oyuncaklar</t>
         </is>
       </c>
       <c r="C432" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786051863238</t>
+          <t>9786051863245</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Minik Eller - İlk Sözcükler</t>
+          <t>Minik Eller - Okul</t>
         </is>
       </c>
       <c r="C433" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786053489528</t>
+          <t>9786051863238</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Karlar Kraliçesi (3 Boyutlu) (Ciltli)</t>
+          <t>Minik Eller - İlk Sözcükler</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>150</v>
+        <v>12</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786051863269</t>
+          <t>9786053489528</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Minik Eller - Hayvanlar</t>
+          <t>Karlar Kraliçesi (3 Boyutlu) (Ciltli)</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>12</v>
+        <v>150</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786051863290</t>
+          <t>9786051863269</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Minik Eller - Çiftlik</t>
+          <t>Minik Eller - Hayvanlar</t>
         </is>
       </c>
       <c r="C436" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786053489511</t>
+          <t>9786051863290</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Heidi (3 Boyutlu) (Ciltli)</t>
+          <t>Minik Eller - Çiftlik</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>150</v>
+        <v>12</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786053488194</t>
+          <t>9786053489511</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Üvey Kız Kardeşim Ella</t>
+          <t>Heidi (3 Boyutlu) (Ciltli)</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>24</v>
+        <v>150</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786053488118</t>
+          <t>9786053488194</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Melleron'un Canavarları</t>
+          <t>Üvey Kız Kardeşim Ella</t>
         </is>
       </c>
       <c r="C439" s="1">
         <v>24</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786053488064</t>
+          <t>9786053488118</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Yel Değirmeni</t>
+          <t>Melleron'un Canavarları</t>
         </is>
       </c>
       <c r="C440" s="1">
         <v>24</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786053488057</t>
+          <t>9786053488064</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Forvet Oyuncusunun Gölgesinde</t>
+          <t>Gizemli Yel Değirmeni</t>
         </is>
       </c>
       <c r="C441" s="1">
         <v>24</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786053486688</t>
+          <t>9786053488057</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Beowulf, Grendel ve Ejderha</t>
+          <t>Forvet Oyuncusunun Gölgesinde</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786053484837</t>
+          <t>9786053486688</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Havalı Clive ve Baloncuk Sorunu</t>
+          <t>Beowulf, Grendel ve Ejderha</t>
         </is>
       </c>
       <c r="C443" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786053484899</t>
+          <t>9786053484837</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Çörek İkilemi</t>
+          <t>Havalı Clive ve Baloncuk Sorunu</t>
         </is>
       </c>
       <c r="C444" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786053484820</t>
+          <t>9786053484899</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Gülümseyen Köpekbalığı</t>
+          <t>Çörek İkilemi</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786053484929</t>
+          <t>9786053484820</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Bir Kedi Dünyayı Yönetirse</t>
+          <t>Gülümseyen Köpekbalığı</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786053484813</t>
+          <t>9786053484929</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Dileğim Gerçek Olsun</t>
+          <t>Bir Kedi Dünyayı Yönetirse</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786053484912</t>
+          <t>9786053484813</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Afrika Fablları</t>
+          <t>Dileğim Gerçek Olsun</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>7.5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786051864334</t>
+          <t>9786053484912</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>İyiliksever Çiçi</t>
+          <t>Afrika Fablları</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>4</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786051864419</t>
+          <t>9786051864334</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen Çiçi</t>
+          <t>İyiliksever Çiçi</t>
         </is>
       </c>
       <c r="C450" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786051864396</t>
+          <t>9786051864419</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Çiçi’nin Oyunu</t>
+          <t>Öğretmen Çiçi</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786051864389</t>
+          <t>9786051864396</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Çiçi’nin Oyuncakları</t>
+          <t>Çiçi’nin Oyunu</t>
         </is>
       </c>
       <c r="C452" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786051864402</t>
+          <t>9786051864389</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Çiçi’nin Gemisi</t>
+          <t>Çiçi’nin Oyuncakları</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>4</v>
+        <v>8</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786051864372</t>
+          <t>9786051864402</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Çiçi Kitap Okuyor</t>
+          <t>Çiçi’nin Gemisi</t>
         </is>
       </c>
       <c r="C454" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786051864365</t>
+          <t>9786051864372</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Ressam Çiçi</t>
+          <t>Çiçi Kitap Okuyor</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786051864358</t>
+          <t>9786051864365</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Lunapark</t>
+          <t>Ressam Çiçi</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>4</v>
+        <v>8</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786051864341</t>
+          <t>9786051864358</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Dost</t>
+          <t>Lunapark</t>
         </is>
       </c>
       <c r="C457" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786051864327</t>
+          <t>9786051864341</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Balonla Gezi</t>
+          <t>Kusursuz Dost</t>
         </is>
       </c>
       <c r="C458" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786051861357</t>
+          <t>9786051864327</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Zoyi'nin Gezi Rehberi</t>
+          <t>Balonla Gezi</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786051862460</t>
+          <t>9786051861357</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Uçmak İsteyen Devekuşu</t>
+          <t>Zoyi'nin Gezi Rehberi</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>60</v>
+        <v>12</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786051862446</t>
+          <t>9786051862460</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Timsah Olmak İsteyen Hipopotam</t>
+          <t>Uçmak İsteyen Devekuşu</t>
         </is>
       </c>
       <c r="C461" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786051862422</t>
+          <t>9786051862446</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Kutup Ayısı Olmak İsteyen Boz Ayı</t>
+          <t>Timsah Olmak İsteyen Hipopotam</t>
         </is>
       </c>
       <c r="C462" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786051862415</t>
+          <t>9786051862422</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Kaplan Olmak İsteyen Kedi</t>
+          <t>Kutup Ayısı Olmak İsteyen Boz Ayı</t>
         </is>
       </c>
       <c r="C463" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786053484738</t>
+          <t>9786051862415</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Kaza Geliyorum Demez</t>
+          <t>Kaplan Olmak İsteyen Kedi</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>7</v>
+        <v>60</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786053489023</t>
+          <t>9786053484738</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Alice'in Renkli Harikalar Diyarı</t>
+          <t>Kaza Geliyorum Demez</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>38</v>
+        <v>7</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786053484707</t>
+          <t>9786053489023</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Kibirli Prune</t>
+          <t>Alice'in Renkli Harikalar Diyarı</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>15</v>
+        <v>38</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786053485407</t>
+          <t>9786053484707</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Tırmanmak</t>
+          <t>Kibirli Prune</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786053485391</t>
+          <t>9786053485407</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Gıdıklanma Gecesi</t>
+          <t>Karanlıkta Tırmanmak</t>
         </is>
       </c>
       <c r="C468" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786053485377</t>
+          <t>9786053485391</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Carly Ann Potter'ın Gerçek Günlüğü</t>
+          <t>Gıdıklanma Gecesi</t>
         </is>
       </c>
       <c r="C469" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786053485414</t>
+          <t>9786053485377</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Sır Kedi</t>
+          <t>Carly Ann Potter'ın Gerçek Günlüğü</t>
         </is>
       </c>
       <c r="C470" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786053485384</t>
+          <t>9786053485414</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Evcil Hayvan Ekibi</t>
+          <t>Sır Kedi</t>
         </is>
       </c>
       <c r="C471" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786053485360</t>
+          <t>9786053485384</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Anti-Kabadayı Makinesi</t>
+          <t>Evcil Hayvan Ekibi</t>
         </is>
       </c>
       <c r="C472" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786053485452</t>
+          <t>9786053485360</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Rama'nın Seyahati</t>
+          <t>Anti-Kabadayı Makinesi</t>
         </is>
       </c>
       <c r="C473" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786053484196</t>
+          <t>9786053485452</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Janey'nin Devleri</t>
+          <t>Rama'nın Seyahati</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786053484332</t>
+          <t>9786053484196</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Robot Bakıcı</t>
+          <t>Janey'nin Devleri</t>
         </is>
       </c>
       <c r="C475" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786053484233</t>
+          <t>9786053484332</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Çöp Kutusu</t>
+          <t>Robot Bakıcı</t>
         </is>
       </c>
       <c r="C476" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786053484172</t>
+          <t>9786053484233</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Bertha'nın Gizli Savaşı</t>
+          <t>Çöp Kutusu</t>
         </is>
       </c>
       <c r="C477" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786053484240</t>
+          <t>9786053484172</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Blackbones Okul Kurtarıyor</t>
+          <t>Bertha'nın Gizli Savaşı</t>
         </is>
       </c>
       <c r="C478" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786053485421</t>
+          <t>9786053484240</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Hastası</t>
+          <t>Blackbones Okul Kurtarıyor</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786053484257</t>
+          <t>9786053485421</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Büyük Şans</t>
+          <t>Yıldız Hastası</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786051861258</t>
+          <t>9786053484257</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Müzisyenler Neden Matematik de Sever?</t>
+          <t>Büyük Şans</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>112</v>
+        <v>15</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786051860381</t>
+          <t>9786051861258</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Gücü</t>
+          <t>Müzisyenler Neden Matematik de Sever?</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>75</v>
+        <v>112</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786053484752</t>
+          <t>9786051860381</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Kız ve Korkunç Gerçek</t>
+          <t>Sevginin Gücü</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>20</v>
+        <v>75</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786053484776</t>
+          <t>9786053484752</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Topu At!</t>
+          <t>Muhteşem Kız ve Korkunç Gerçek</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786053484691</t>
+          <t>9786053484776</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Billy’nin Şansı</t>
+          <t>Topu At!</t>
         </is>
       </c>
       <c r="C485" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786053484769</t>
+          <t>9786053484691</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Ben ve Semenderim</t>
+          <t>Billy’nin Şansı</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786051861302</t>
+          <t>9786053484769</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Okulu</t>
+          <t>Ben ve Semenderim</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>75</v>
+        <v>20</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786051860541</t>
+          <t>9786051861302</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Mezar Soyguncusunun Çırağı</t>
+          <t>Yıldızlar Okulu</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>98</v>
+        <v>75</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786051860251</t>
+          <t>9786051860541</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Mezar Soyguncusunun Çırağı</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>10</v>
+        <v>98</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786053484882</t>
+          <t>9786051860251</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Kız ve Yarım Yürekli Kahraman</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C490" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786053484875</t>
+          <t>9786053484882</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Kız ve Yapışkan Gökdelen</t>
+          <t>Muhteşem Kız ve Yarım Yürekli Kahraman</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786053484868</t>
+          <t>9786053484875</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Kalecinin Sırrı</t>
+          <t>Muhteşem Kız ve Yapışkan Gökdelen</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786053484905</t>
+          <t>9786053484868</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Herkül</t>
+          <t>Kalecinin Sırrı</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786053484851</t>
+          <t>9786053484905</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Hurda Adam ve Muhteşem Uçuş Makinesi</t>
+          <t>Kahraman Herkül</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786053484844</t>
+          <t>9786053484851</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Terbiyecisi Shelley Holmes</t>
+          <t>Hurda Adam ve Muhteşem Uçuş Makinesi</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786053487302</t>
+          <t>9786053484844</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Kimim Ben? - Yavru Hayvanlar</t>
+          <t>Hayvan Terbiyecisi Shelley Holmes</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786053487319</t>
+          <t>9786053487302</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Kimim Ben? - Vahşi Hayvanlar</t>
+          <t>Kimim Ben? - Yavru Hayvanlar</t>
         </is>
       </c>
       <c r="C497" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786053487333</t>
+          <t>9786053487319</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Kimim Ben? - Çiftlik Hayvanları</t>
+          <t>Kimim Ben? - Vahşi Hayvanlar</t>
         </is>
       </c>
       <c r="C498" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786053487326</t>
+          <t>9786053487333</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Kimim Ben? - Çevremdeki Hayvanlar</t>
+          <t>Kimim Ben? - Çiftlik Hayvanları</t>
         </is>
       </c>
       <c r="C499" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786053486985</t>
+          <t>9786053487326</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>O Ses Nedir? - Taşıtlar (Sesli Kitap)</t>
+          <t>Kimim Ben? - Çevremdeki Hayvanlar</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>75</v>
+        <v>30</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786053486978</t>
+          <t>9786053486985</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>O Ses Nedir? - Hayvanlar (Sesli Kitap)</t>
+          <t>O Ses Nedir? - Taşıtlar (Sesli Kitap)</t>
         </is>
       </c>
       <c r="C501" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786053486961</t>
+          <t>9786053486978</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>O Ses Nedir? - Enstrümanlar (Sesli Kitap)</t>
+          <t>O Ses Nedir? - Hayvanlar (Sesli Kitap)</t>
         </is>
       </c>
       <c r="C502" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786053486992</t>
+          <t>9786053486961</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>O Ses Nedir? - Çiftlik Hayvanları (Sesli Kitap)</t>
+          <t>O Ses Nedir? - Enstrümanlar (Sesli Kitap)</t>
         </is>
       </c>
       <c r="C503" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786053483373</t>
+          <t>9786053486992</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Oxford Kitaplığı Set 3 (12 Kitap Takım)</t>
+          <t>O Ses Nedir? - Çiftlik Hayvanları (Sesli Kitap)</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>67</v>
+        <v>75</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786051861470</t>
+          <t>9786053483373</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Papağan Polly'ye Yardım Eli!</t>
+          <t>Oxford Kitaplığı Set 3 (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>18</v>
+        <v>67</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786051861463</t>
+          <t>9786051861470</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Oley Define Buldum!</t>
+          <t>Papağan Polly'ye Yardım Eli!</t>
         </is>
       </c>
       <c r="C506" s="1">
         <v>18</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786051861456</t>
+          <t>9786051861463</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Hey, Hey Kaptan!</t>
+          <t>Oley Define Buldum!</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>22.5</v>
+        <v>18</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786051861449</t>
+          <t>9786051861456</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Ben Yaptım!</t>
+          <t>Hey, Hey Kaptan!</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>18</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786051861265</t>
+          <t>9786051861449</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Ulduz Kız'ın Kargaları</t>
+          <t>Ben Yaptım!</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786051861609</t>
+          <t>9786051861265</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Tik Tak</t>
+          <t>Ulduz Kız'ın Kargaları</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786051861593</t>
+          <t>9786051861609</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Tekerlekler Durmadan Döner</t>
+          <t>Tik Tak</t>
         </is>
       </c>
       <c r="C511" s="1">
         <v>17</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786051861548</t>
+          <t>9786051861593</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Süper Anne</t>
+          <t>Tekerlekler Durmadan Döner</t>
         </is>
       </c>
       <c r="C512" s="1">
         <v>17</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786051861579</t>
+          <t>9786051861548</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Mımm! Çok Lezzetli</t>
+          <t>Süper Anne</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>21</v>
+        <v>17</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786051861531</t>
+          <t>9786051861579</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Haydi Bir Ev Yapalım</t>
+          <t>Mımm! Çok Lezzetli</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786051861524</t>
+          <t>9786051861531</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Dünya Bebeklerle Dolu!</t>
+          <t>Haydi Bir Ev Yapalım</t>
         </is>
       </c>
       <c r="C515" s="1">
         <v>17</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786051861555</t>
+          <t>9786051861524</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Vahşi ve Özgür</t>
+          <t>Dünya Bebeklerle Dolu!</t>
         </is>
       </c>
       <c r="C516" s="1">
         <v>17</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786051862125</t>
+          <t>9786051861555</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Siri’nin Yavru Köpeği</t>
+          <t>Vahşi ve Özgür</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>50</v>
+        <v>17</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786051862132</t>
+          <t>9786051862125</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Siri ve Sahte Hayalet</t>
+          <t>Siri’nin Yavru Köpeği</t>
         </is>
       </c>
       <c r="C518" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786051862088</t>
+          <t>9786051862132</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Siri ve Kayıp Pire</t>
+          <t>Siri ve Sahte Hayalet</t>
         </is>
       </c>
       <c r="C519" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786053486565</t>
+          <t>9786051862088</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Kötü Takımı</t>
+          <t>Siri ve Kayıp Pire</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786051860589</t>
+          <t>9786053486565</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Bella Donna - Tatlı Cadıcık (Ciltli)</t>
+          <t>Dünyanın En Kötü Takımı</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786051860640</t>
+          <t>9786051860589</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Bella Donna - Patlayan Büyüler (Ciltli)</t>
+          <t>Bella Donna - Tatlı Cadıcık (Ciltli)</t>
         </is>
       </c>
       <c r="C522" s="1">
         <v>18</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786053484714</t>
+          <t>9786051860640</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Havalı Clive ve Tatlı Bela</t>
+          <t>Bella Donna - Patlayan Büyüler (Ciltli)</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786053484790</t>
+          <t>9786053484714</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Doohickey ve Robot</t>
+          <t>Havalı Clive ve Tatlı Bela</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786053485889</t>
+          <t>9786053484790</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Tuzak!</t>
+          <t>Doohickey ve Robot</t>
         </is>
       </c>
       <c r="C525" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786053485896</t>
+          <t>9786053485889</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Hava Saldırısı</t>
+          <t>Tuzak!</t>
         </is>
       </c>
       <c r="C526" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786053484417</t>
+          <t>9786053485896</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Robbie Woods ve Mutlu Adamları</t>
+          <t>Hava Saldırısı</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786053484370</t>
+          <t>9786053484417</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Hurda Adam</t>
+          <t>Robbie Woods ve Mutlu Adamları</t>
         </is>
       </c>
       <c r="C528" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786051861562</t>
+          <t>9786053484370</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Yatağın Altında Ne Var ?</t>
+          <t>Hurda Adam</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786053485902</t>
+          <t>9786051861562</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Akşam Yemeğin İçin Şarkı Söyle</t>
+          <t>Yatağın Altında Ne Var ?</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>20</v>
+        <v>17</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786053484202</t>
+          <t>9786053485902</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Nehrin Karşı Kıyısındaki Turtalar</t>
+          <t>Akşam Yemeğin İçin Şarkı Söyle</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786053484288</t>
+          <t>9786053484202</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Peri Değerli Taş</t>
+          <t>Nehrin Karşı Kıyısındaki Turtalar</t>
         </is>
       </c>
       <c r="C532" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786053484271</t>
+          <t>9786053484288</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Şanssız Canavar</t>
+          <t>Peri Değerli Taş</t>
         </is>
       </c>
       <c r="C533" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786053484264</t>
+          <t>9786053484271</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Spor Ayakkabılar</t>
+          <t>Şanssız Canavar</t>
         </is>
       </c>
       <c r="C534" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786053484226</t>
+          <t>9786053484264</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Tertemiz</t>
+          <t>Tehlikeli Spor Ayakkabılar</t>
         </is>
       </c>
       <c r="C535" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786053488187</t>
+          <t>9786053484226</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Yer Altı Dünyasının Masalları</t>
+          <t>Tertemiz</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>24</v>
+        <v>15</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786053488200</t>
+          <t>9786053488187</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Şekil Değiştiriciler</t>
+          <t>Yer Altı Dünyasının Masalları</t>
         </is>
       </c>
       <c r="C537" s="1">
         <v>24</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786053488156</t>
+          <t>9786053488200</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Odysseus'un Yolculuğu</t>
+          <t>Şekil Değiştiriciler</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786053488132</t>
+          <t>9786053488156</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Mitolojik Yaratıklar ve Efsanevi Canavarlar</t>
+          <t>Odysseus'un Yolculuğu</t>
         </is>
       </c>
       <c r="C539" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786053488101</t>
+          <t>9786053488132</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Köpeklerin Burnu Neden Siyahtır?</t>
+          <t>Mitolojik Yaratıklar ve Efsanevi Canavarlar</t>
         </is>
       </c>
       <c r="C540" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786053488071</t>
+          <t>9786053488101</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Gılgamış Destanı</t>
+          <t>Köpeklerin Burnu Neden Siyahtır?</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>24</v>
+        <v>20</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786053488170</t>
+          <t>9786053488071</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Tek Öğrencili Okul</t>
+          <t>Gılgamış Destanı</t>
         </is>
       </c>
       <c r="C542" s="1">
         <v>24</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786053488163</t>
+          <t>9786053488170</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Savaş Maymunu</t>
+          <t>Tek Öğrencili Okul</t>
         </is>
       </c>
       <c r="C543" s="1">
         <v>24</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786053488149</t>
+          <t>9786053488163</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Multi Milyonluk Maskot</t>
+          <t>Savaş Maymunu</t>
         </is>
       </c>
       <c r="C544" s="1">
         <v>24</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786053488095</t>
+          <t>9786053488149</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Karnaval</t>
+          <t>Multi Milyonluk Maskot</t>
         </is>
       </c>
       <c r="C545" s="1">
         <v>24</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786053488088</t>
+          <t>9786053488095</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Kar Körlüğü</t>
+          <t>Karnaval</t>
         </is>
       </c>
       <c r="C546" s="1">
         <v>24</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786053483090</t>
+          <t>9786053488088</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Kurbağa</t>
+          <t>Kar Körlüğü</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>7.5</v>
+        <v>24</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786053483182</t>
+          <t>9786053483090</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Kurt Fablları</t>
+          <t>Hızlı Kurbağa</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>15</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786053483106</t>
+          <t>9786053483182</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Mısır Gevreği Parası</t>
+          <t>Kurt Fablları</t>
         </is>
       </c>
       <c r="C549" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786053483151</t>
+          <t>9786053483106</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Pantolonlar</t>
+          <t>Mısır Gevreği Parası</t>
         </is>
       </c>
       <c r="C550" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786053483168</t>
+          <t>9786053483151</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Gemi</t>
+          <t>Çirkin Pantolonlar</t>
         </is>
       </c>
       <c r="C551" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786053483113</t>
+          <t>9786053483168</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Kahraman - Yarı Fiyat</t>
+          <t>Hayalet Gemi</t>
         </is>
       </c>
       <c r="C552" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786053483229</t>
+          <t>9786053483113</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Mektup</t>
+          <t>Kahraman - Yarı Fiyat</t>
         </is>
       </c>
       <c r="C553" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786053483892</t>
+          <t>9786053483229</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Jack Christie - Kurtuluş Günü</t>
+          <t>Yanlış Mektup</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>28</v>
+        <v>15</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786053481294</t>
+          <t>9786053483892</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Alphabet Song (Sesli Kitap)</t>
+          <t>Jack Christie - Kurtuluş Günü</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>18.52</v>
+        <v>28</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786053481379</t>
+          <t>9786053481294</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Numbers (Sesli Kitap)</t>
+          <t>Alphabet Song (Sesli Kitap)</t>
         </is>
       </c>
       <c r="C556" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786053481386</t>
+          <t>9786053481379</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Objects and Toys (Sesli Kitap)</t>
+          <t>Numbers (Sesli Kitap)</t>
         </is>
       </c>
       <c r="C557" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786053481331</t>
+          <t>9786053481386</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Greetings (Sesli Kitap)</t>
+          <t>Objects and Toys (Sesli Kitap)</t>
         </is>
       </c>
       <c r="C558" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786053481355</t>
+          <t>9786053481331</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Best Kid Songs (Sesli Kitap)</t>
+          <t>Greetings (Sesli Kitap)</t>
         </is>
       </c>
       <c r="C559" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786053481409</t>
+          <t>9786053481355</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Row Your Boat (Sesli Kitap)</t>
+          <t>Best Kid Songs (Sesli Kitap)</t>
         </is>
       </c>
       <c r="C560" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786053481348</t>
+          <t>9786053481409</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Are You Sleeping? (Sesli Kitap)</t>
+          <t>Row Your Boat (Sesli Kitap)</t>
         </is>
       </c>
       <c r="C561" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786053481324</t>
+          <t>9786053481348</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Ali Baba's Farm (Sesli Kitap)</t>
+          <t>Are You Sleeping? (Sesli Kitap)</t>
         </is>
       </c>
       <c r="C562" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786053481362</t>
+          <t>9786053481324</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Colors (Sesli Kitap)</t>
+          <t>Ali Baba's Farm (Sesli Kitap)</t>
         </is>
       </c>
       <c r="C563" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786053481393</t>
+          <t>9786053481362</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>One Little Finger (Sesli Kitap)</t>
+          <t>Colors (Sesli Kitap)</t>
         </is>
       </c>
       <c r="C564" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786053485155</t>
+          <t>9786053481393</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Memleketsiz Kaleci</t>
+          <t>One Little Finger (Sesli Kitap)</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>20</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786053485070</t>
+          <t>9786053485155</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Blood'ın İntikamı</t>
+          <t>Memleketsiz Kaleci</t>
         </is>
       </c>
       <c r="C566" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786053485124</t>
+          <t>9786053485070</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Süper Spor Ayakkabılar</t>
+          <t>Kaptan Blood'ın İntikamı</t>
         </is>
       </c>
       <c r="C567" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786053485063</t>
+          <t>9786053485124</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Goldieyi Beklerken</t>
+          <t>Süper Spor Ayakkabılar</t>
         </is>
       </c>
       <c r="C568" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786053485100</t>
+          <t>9786053485063</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Kişilik İksiri</t>
+          <t>Goldieyi Beklerken</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786053485117</t>
+          <t>9786053485100</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Perili Ev</t>
+          <t>Kişilik İksiri</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786053485148</t>
+          <t>9786053485117</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Kemikler</t>
+          <t>Perili Ev</t>
         </is>
       </c>
       <c r="C571" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786053485094</t>
+          <t>9786053485148</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Kara Dan</t>
+          <t>Kemikler</t>
         </is>
       </c>
       <c r="C572" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786053485131</t>
+          <t>9786053485094</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Altın Tahterevallinin Peşinde</t>
+          <t>Kara Dan</t>
         </is>
       </c>
       <c r="C573" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786053483809</t>
+          <t>9786053485131</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk Kelimelerim - Eşyalar</t>
+          <t>Altın Tahterevallinin Peşinde</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786053483816</t>
+          <t>9786053483809</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk Kelimelerim - Araçlar</t>
+          <t>Benim İlk Kelimelerim - Eşyalar</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>16</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786053484349</t>
+          <t>9786053483816</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Yalan Makinesi</t>
+          <t>Benim İlk Kelimelerim - Araçlar</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>7.5</v>
+        <v>16</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786053483762</t>
+          <t>9786053484349</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk Kelimelerim - Sebze ve Meyveler</t>
+          <t>Yalan Makinesi</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>8.33</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786053483779</t>
+          <t>9786053483762</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk Kelimelerim - Sayılar ve Şekiller</t>
+          <t>Benim İlk Kelimelerim - Sebze ve Meyveler</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>9.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786053483786</t>
+          <t>9786053483779</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk Kelimelerim - Renkler</t>
+          <t>Benim İlk Kelimelerim - Sayılar ve Şekiller</t>
         </is>
       </c>
       <c r="C579" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786053483793</t>
+          <t>9786053483786</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk Kelimelerim - Hayvanlar</t>
+          <t>Benim İlk Kelimelerim - Renkler</t>
         </is>
       </c>
       <c r="C580" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786053485674</t>
+          <t>9786053483793</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Tamam, Spanner, Sen Kazandın!</t>
+          <t>Benim İlk Kelimelerim - Hayvanlar</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>20</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786053485667</t>
+          <t>9786053485674</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Korsan Grace</t>
+          <t>Tamam, Spanner, Sen Kazandın!</t>
         </is>
       </c>
       <c r="C582" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786053485650</t>
+          <t>9786053485667</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Ev Tavşanının Korkunç Gücü</t>
+          <t>Korsan Grace</t>
         </is>
       </c>
       <c r="C583" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786053485643</t>
+          <t>9786053485650</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Robot Petey</t>
+          <t>Ev Tavşanının Korkunç Gücü</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786053485636</t>
+          <t>9786053485643</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Danny'nin Gizli Tilkisi</t>
+          <t>Duygusal Robot Petey</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786053484400</t>
+          <t>9786053485636</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Merlin ve Kayıp Kral</t>
+          <t>Danny'nin Gizli Tilkisi</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786053483564</t>
+          <t>9786053484400</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Her Deney Bir Eğlence - Sesler</t>
+          <t>Merlin ve Kayıp Kral</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786053483571</t>
+          <t>9786053483564</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Her Deney Bir Eğlence - Su</t>
+          <t>Her Deney Bir Eğlence - Sesler</t>
         </is>
       </c>
       <c r="C588" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786254484049</t>
+          <t>9786053483571</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Kodlama Serüveni (Koparmalı) - 1</t>
+          <t>Her Deney Bir Eğlence - Su</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786254484056</t>
+          <t>9786254484049</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Kodlama Serüveni (Koparmalı) - 2</t>
+          <t>Renklerle Kodlama Serüveni (Koparmalı) - 1</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>15</v>
+        <v>40</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786254483981</t>
+          <t>9786254484056</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Kodlama Serüveni 1</t>
+          <t>Renklerle Kodlama Serüveni (Koparmalı) - 2</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>19</v>
+        <v>15</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786254483998</t>
+          <t>9786254483981</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Kodlama Serüveni 2</t>
+          <t>Renklerle Kodlama Serüveni 1</t>
         </is>
       </c>
       <c r="C592" s="1">
         <v>19</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786254484032</t>
+          <t>9786254483998</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Kodlama Serüveni 6</t>
+          <t>Renklerle Kodlama Serüveni 2</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>35</v>
+        <v>19</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786254484063</t>
+          <t>9786254484032</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Kodlama Serüveni 7</t>
+          <t>Renklerle Kodlama Serüveni 6</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>40</v>
+        <v>35</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786254484001</t>
+          <t>9786254484063</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Kodlama Serüveni 3</t>
+          <t>Renklerle Kodlama Serüveni 7</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>19</v>
+        <v>40</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786254484018</t>
+          <t>9786254484001</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Kodlama Serüveni 4</t>
+          <t>Renklerle Kodlama Serüveni 3</t>
         </is>
       </c>
       <c r="C596" s="1">
         <v>19</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786254484025</t>
+          <t>9786254484018</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Kodlama Serüveni 5</t>
+          <t>Renklerle Kodlama Serüveni 4</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>35</v>
+        <v>19</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786254482687</t>
+          <t>9786254484025</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Afi and Tomi - A Day in the City</t>
+          <t>Renklerle Kodlama Serüveni 5</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>100</v>
+        <v>35</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786254483226</t>
+          <t>9786254482687</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Aktivite Kitaplarım Seti Okul Öncesi ve Erken Okul Dönemi</t>
+          <t>Afi and Tomi - A Day in the City</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786254483202</t>
+          <t>9786254483226</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Aktivite Kitaplarım Seti 4+ Yaş - Okul Öncesi ve Erken Okul Dönemi</t>
+          <t>Aktivite Kitaplarım Seti Okul Öncesi ve Erken Okul Dönemi</t>
         </is>
       </c>
       <c r="C600" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786254483219</t>
+          <t>9786254483202</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Aktivite Kitaplarım Seti 3+ Yaş - Okul Öncesi ve Erken Okul Dönemi</t>
+          <t>Aktivite Kitaplarım Seti 4+ Yaş - Okul Öncesi ve Erken Okul Dönemi</t>
         </is>
       </c>
       <c r="C601" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786254483042</t>
+          <t>9786254483219</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri (24 Kitap Takım)</t>
+          <t>Aktivite Kitaplarım Seti 3+ Yaş - Okul Öncesi ve Erken Okul Dönemi</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>159</v>
+        <v>220</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786254481000</t>
+          <t>9786254483042</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Çocuk Klasikleri (24 Kitap Takım)</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>8</v>
+        <v>159</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786254480010</t>
+          <t>9786254481000</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Masallar Serisi 2 (10 Kitap Takım)</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>19.5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786254480850</t>
+          <t>9786254480010</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>En Güzel Masallar Serisi 2 (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>18</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786254480898</t>
+          <t>9786254480850</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C606" s="1">
         <v>18</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786254481642</t>
+          <t>9786254480898</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Farkı Bul 5+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>65</v>
+        <v>18</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786254481512</t>
+          <t>9786254481642</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar 3+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+          <t>Farkı Bul 5+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>68</v>
+        <v>65</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786254481567</t>
+          <t>9786254481512</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar 4+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+          <t>Kavramlar 3+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>65</v>
+        <v>68</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786254481505</t>
+          <t>9786254481567</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Labirent 3+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+          <t>Kavramlar 4+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C610" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786254481574</t>
+          <t>9786254481505</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Labirent 4+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+          <t>Labirent 3+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C611" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786254481666</t>
+          <t>9786254481574</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Labirent 5+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+          <t>Labirent 4+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C612" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786254481499</t>
+          <t>9786254481666</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Matematik 3+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+          <t>Labirent 5+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C613" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786254481550</t>
+          <t>9786254481499</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Matematik 4+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+          <t>Matematik 3+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C614" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786254481581</t>
+          <t>9786254481550</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Matematik 5+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+          <t>Matematik 4+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C615" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786254481529</t>
+          <t>9786254481581</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Çizgiler 3+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+          <t>Matematik 5+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C616" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786254481628</t>
+          <t>9786254481529</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Çizgiler 4+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+          <t>Çizgiler 3+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C617" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786254481543</t>
+          <t>9786254481628</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Görsel Algı 3+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+          <t>Çizgiler 4+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C618" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786254481604</t>
+          <t>9786254481543</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Görsel Algı 4+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+          <t>Dikkat ve Görsel Algı 3+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C619" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786254481673</t>
+          <t>9786254481604</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Görsel Algı 5+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+          <t>Dikkat ve Görsel Algı 4+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C620" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786254481598</t>
+          <t>9786254481673</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Farkı Bul 4+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+          <t>Dikkat ve Görsel Algı 5+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C621" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786050321906</t>
+          <t>9786254481598</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Korsanlar - Fokur Fokur</t>
+          <t>Farkı Bul 4+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>50</v>
+        <v>65</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786050321913</t>
+          <t>9786050321906</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Acayip Korkunç Korku Gecesi - Fokur Fokur</t>
+          <t>Sihirli Korsanlar - Fokur Fokur</t>
         </is>
       </c>
       <c r="C623" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786254481871</t>
+          <t>9786050321913</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>300 Aktivite Kitabım - Okul Öncesi Yardımcı (4-5-6 Yaş)</t>
+          <t>Acayip Korkunç Korku Gecesi - Fokur Fokur</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>75</v>
+        <v>50</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786254481864</t>
+          <t>9786254481871</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>300 Aktivite Kitabım - Okul Öncesi Yardımcı (3-4-5 Yaş)</t>
+          <t>300 Aktivite Kitabım - Okul Öncesi Yardımcı (4-5-6 Yaş)</t>
         </is>
       </c>
       <c r="C625" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786254481857</t>
+          <t>9786254481864</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>300 Aktivite Kitabım - Okul Öncesi Yardımcı (2-3-4 Yaş)</t>
+          <t>300 Aktivite Kitabım - Okul Öncesi Yardımcı (3-4-5 Yaş)</t>
         </is>
       </c>
       <c r="C626" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786050322583</t>
+          <t>9786254481857</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Evrim (Ciltli)</t>
+          <t>300 Aktivite Kitabım - Okul Öncesi Yardımcı (2-3-4 Yaş)</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>169</v>
+        <v>75</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786254480003</t>
+          <t>9786050322583</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Masallar Serisi 1. Sınıf ( 10 Kitap Set )</t>
+          <t>Muhteşem Evrim (Ciltli)</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>19.5</v>
+        <v>169</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786050322422</t>
+          <t>9786254480003</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Elif ile Hecele Okuma Seti (10 Kitap Takım)</t>
+          <t>En Güzel Masallar Serisi 1. Sınıf ( 10 Kitap Set )</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>99</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786050322507</t>
+          <t>9786050322422</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Zıt Anlamlı Kelimeler - İlk Kartlarım</t>
+          <t>Elif ile Hecele Okuma Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>20.27</v>
+        <v>99</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786050322491</t>
+          <t>9786050322507</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Eş Anlamlı Kelimeler - İlk Kartlarım</t>
+          <t>Zıt Anlamlı Kelimeler - İlk Kartlarım</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>45</v>
+        <v>20.27</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786051868325</t>
+          <t>9786050322491</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Sır Muhafızları - Büyük Sır Hırsızları</t>
+          <t>Eş Anlamlı Kelimeler - İlk Kartlarım</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>12</v>
+        <v>45</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786051868318</t>
+          <t>9786051868325</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Sır Muhafızları - Büyük Sır</t>
+          <t>Sır Muhafızları - Büyük Sır Hırsızları</t>
         </is>
       </c>
       <c r="C633" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786051868301</t>
+          <t>9786051868318</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Sır Muhafızları - Hazineye Giden Harita</t>
+          <t>Sır Muhafızları - Büyük Sır</t>
         </is>
       </c>
       <c r="C634" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786051868349</t>
+          <t>9786051868301</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Sır Muhafızları - Profesörü Kimler Kaçırdı?</t>
+          <t>Sır Muhafızları - Hazineye Giden Harita</t>
         </is>
       </c>
       <c r="C635" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786051868295</t>
+          <t>9786051868349</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Sır Muhafızları - Gizli Element</t>
+          <t>Sır Muhafızları - Profesörü Kimler Kaçırdı?</t>
         </is>
       </c>
       <c r="C636" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786254482977</t>
+          <t>9786051868295</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>English - Learning Kids (Level 2)</t>
+          <t>Sır Muhafızları - Gizli Element</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>55</v>
+        <v>12</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786254482960</t>
+          <t>9786254482977</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>English - Learning Kids (Level 1)</t>
+          <t>English - Learning Kids (Level 2)</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>15</v>
+        <v>55</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786254482984</t>
+          <t>9786254482960</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Maths - Learning Kids (Level 1)</t>
+          <t>English - Learning Kids (Level 1)</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>55</v>
+        <v>15</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786254483004</t>
+          <t>9786254482984</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Science - Learning Kids (Level 1)</t>
+          <t>Maths - Learning Kids (Level 1)</t>
         </is>
       </c>
       <c r="C640" s="1">
         <v>55</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786254481680</t>
+          <t>9786254483004</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Etkinlikler Aktivite Kitabım 3-4-5 Yaş</t>
+          <t>Science - Learning Kids (Level 1)</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>45</v>
+        <v>55</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786254481635</t>
+          <t>9786254481680</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Öğreniyorum Aktivite Kitabım 3-4-5 Yaş</t>
+          <t>Etkinlikler Aktivite Kitabım 3-4-5 Yaş</t>
         </is>
       </c>
       <c r="C642" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786254483011</t>
+          <t>9786254481635</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Science - Learning Kids (Level 2)</t>
+          <t>İngilizce Öğreniyorum Aktivite Kitabım 3-4-5 Yaş</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>55</v>
+        <v>45</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786254483820</t>
+          <t>9786254483011</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Karşıt Anlamımı Bul - Zıt (Karşıt) Anlamlı Kelimeler</t>
+          <t>Science - Learning Kids (Level 2)</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>49</v>
+        <v>55</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786254483868</t>
+          <t>9786254483820</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Görsel Algı</t>
+          <t>Karşıt Anlamımı Bul - Zıt (Karşıt) Anlamlı Kelimeler</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786254483851</t>
+          <t>9786254483868</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Dikkatli Bak Farklı Olanı Bul</t>
+          <t>Görsel Algı</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>80</v>
+        <v>50</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786254483745</t>
+          <t>9786254483851</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Toti Çiftlikte (Ciltli)</t>
+          <t>Dikkatli Bak Farklı Olanı Bul</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>135</v>
+        <v>80</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786254485749</t>
+          <t>9786254483745</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Afi and Tomi (5 Kitap Takım)</t>
+          <t>Toti Çiftlikte (Ciltli)</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>160</v>
+        <v>135</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786254483608</t>
+          <t>9786254485749</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Kodlayarak Boyamayı Öğreniyorum 1</t>
+          <t>Afi and Tomi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>15</v>
+        <v>160</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786254483592</t>
+          <t>9786254483608</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Kodlayarak Boyamayı Öğreniyorum 2</t>
+          <t>Kodlayarak Boyamayı Öğreniyorum 1</t>
         </is>
       </c>
       <c r="C650" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786254483585</t>
+          <t>9786254483592</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Kodlayarak Boyamayı Öğreniyorum 3</t>
+          <t>Kodlayarak Boyamayı Öğreniyorum 2</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786254483554</t>
+          <t>9786254483585</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Kodlayarak Boyamayı Öğreniyorum 4</t>
+          <t>Kodlayarak Boyamayı Öğreniyorum 3</t>
         </is>
       </c>
       <c r="C652" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786254483530</t>
+          <t>9786254483554</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Kodlayarak Boyamayı Öğreniyorum 5</t>
+          <t>Kodlayarak Boyamayı Öğreniyorum 4</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>24</v>
+        <v>10</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786254483547</t>
+          <t>9786254483530</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Kodlayarak Boyamayı Öğreniyorum 6</t>
+          <t>Kodlayarak Boyamayı Öğreniyorum 5</t>
         </is>
       </c>
       <c r="C654" s="1">
         <v>24</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786254483561</t>
+          <t>9786254483547</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Kodlayarak Boyamayı Öğreniyorum (Koparmalı) - 1</t>
+          <t>Kodlayarak Boyamayı Öğreniyorum 6</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>15</v>
+        <v>24</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786254483578</t>
+          <t>9786254483561</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Kodlayarak Boyamayı Öğreniyorum (Koparmalı) - 2</t>
+          <t>Kodlayarak Boyamayı Öğreniyorum (Koparmalı) - 1</t>
         </is>
       </c>
       <c r="C656" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786254480904</t>
+          <t>9786254483578</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Kodlayarak Boyamayı Öğreniyorum (Koparmalı) - 2</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786254481048</t>
+          <t>9786254480904</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C658" s="1">
         <v>18</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786254482175</t>
+          <t>9786254481048</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C659" s="1">
         <v>18</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786254482182</t>
+          <t>9786254482175</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer'in Maceraları</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786254480997</t>
+          <t>9786254482182</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Siyah İnci</t>
+          <t>Tom Sawyer'in Maceraları</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786254481024</t>
+          <t>9786254480997</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Devrialem</t>
+          <t>Siyah İnci</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>16</v>
+        <v>7</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786254480881</t>
+          <t>9786254481024</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Notre Dame'in Kamburu</t>
+          <t>Seksen Günde Devrialem</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786254480911</t>
+          <t>9786254480881</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Notre Dame'in Kamburu</t>
         </is>
       </c>
       <c r="C664" s="1">
         <v>18</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786254481079</t>
+          <t>9786254480911</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Moby Dick</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C665" s="1">
         <v>18</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786254482199</t>
+          <t>9786254481079</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Monte Kristo Kontu</t>
+          <t>Moby Dick</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786254480843</t>
+          <t>9786254482199</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kadınlar</t>
+          <t>Monte Kristo Kontu</t>
         </is>
       </c>
       <c r="C667" s="1">
         <v>14</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786254481017</t>
+          <t>9786254480843</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Küçük Lord</t>
+          <t>Küçük Kadınlar</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786254480928</t>
+          <t>9786254481017</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Kaçırılan Çocuk</t>
+          <t>Küçük Lord</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786254481031</t>
+          <t>9786254480928</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Fındıkkıran</t>
+          <t>Kaçırılan Çocuk</t>
         </is>
       </c>
       <c r="C670" s="1">
         <v>14</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786254481062</t>
+          <t>9786254481031</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Efruz Bey</t>
+          <t>Fındıkkıran</t>
         </is>
       </c>
       <c r="C671" s="1">
         <v>14</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786254480935</t>
+          <t>9786254481062</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında Yirmi Bin Fersah</t>
+          <t>Efruz Bey</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>8</v>
+        <v>14</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786254480867</t>
+          <t>9786254480935</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Denizler Altında Yirmi Bin Fersah</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>18</v>
+        <v>8</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786254482205</t>
+          <t>9786254480867</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Büyük Umutlar</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C674" s="1">
         <v>18</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786254480980</t>
+          <t>9786254482205</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Alaaddin'in Sihirli Lambası</t>
+          <t>Büyük Umutlar</t>
         </is>
       </c>
       <c r="C675" s="1">
         <v>18</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786254480874</t>
+          <t>9786254480980</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Gulliver'in Gezileri</t>
+          <t>Alaaddin'in Sihirli Lambası</t>
         </is>
       </c>
       <c r="C676" s="1">
         <v>18</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786254482724</t>
+          <t>9786254480874</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Cristiano Ronaldo’nun Hücumcu Gücü 7</t>
+          <t>Gulliver'in Gezileri</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>55</v>
+        <v>18</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786254483257</t>
+          <t>9786254482724</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Yardımcı 4-5-6 Yaş - 100 Aktivite Kitabım</t>
+          <t>Cristiano Ronaldo’nun Hücumcu Gücü 7</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>65</v>
+        <v>55</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786254483240</t>
+          <t>9786254483257</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Yardımcı 3-4-5 Yaş - 100 Aktivite Kitabım</t>
+          <t>Okul Öncesi Yardımcı 4-5-6 Yaş - 100 Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C679" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786254483233</t>
+          <t>9786254483240</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Yardımcı 2-3-4 Yaş - 100 Aktivite Kitabım</t>
+          <t>Okul Öncesi Yardımcı 3-4-5 Yaş - 100 Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C680" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786254481765</t>
+          <t>9786254483233</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Çok Kabasın! (Ciltli)</t>
+          <t>Okul Öncesi Yardımcı 2-3-4 Yaş - 100 Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>90</v>
+        <v>65</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786254482731</t>
+          <t>9786254481765</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Devleri (7 Kitap Takım)</t>
+          <t>Çok Kabasın! (Ciltli)</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>279</v>
+        <v>90</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786254482625</t>
+          <t>9786254482731</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>3.- 4. Sınıf Evvel Zaman Okuma Seti (10 Kitap Takım)</t>
+          <t>Bilimin Devleri (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>69</v>
+        <v>279</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786254481772</t>
+          <t>9786254482625</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Çok Bencilsin! (Ciltli)</t>
+          <t>3.- 4. Sınıf Evvel Zaman Okuma Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>115</v>
+        <v>69</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786050322170</t>
+          <t>9786254481772</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Beklemek</t>
+          <t>Çok Bencilsin! (Ciltli)</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>128</v>
+        <v>115</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786254480195</t>
+          <t>9786050322170</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Makas</t>
+          <t>Beklemek</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>13</v>
+        <v>128</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786254482267</t>
+          <t>9786254480195</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Eş Anlamlı Kartlar - Eşimi Söyle</t>
+          <t>Sihirli Makas</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>50</v>
+        <v>13</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786254482250</t>
+          <t>9786254482267</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Eş Sesli Kartlar - Sesteşimi Söyle</t>
+          <t>Eş Anlamlı Kartlar - Eşimi Söyle</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>55</v>
+        <v>50</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786254482243</t>
+          <t>9786254482250</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Zıt Anlamlı Kartlar - Zıttımı Söyle</t>
+          <t>Eş Sesli Kartlar - Sesteşimi Söyle</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>30.05</v>
+        <v>55</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786050321265</t>
+          <t>9786254482243</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Siri ve Kayıp Yıldız</t>
+          <t>Zıt Anlamlı Kartlar - Zıttımı Söyle</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>50</v>
+        <v>30.05</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786254481826</t>
+          <t>9786050321265</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Kulaklarıma İnanamıyorum</t>
+          <t>Siri ve Kayıp Yıldız</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>115</v>
+        <v>50</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786254480409</t>
+          <t>9786254481826</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Bir Sakız Dünya'yı Dolaşabilir mi?</t>
+          <t>Kulaklarıma İnanamıyorum</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>75</v>
+        <v>115</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786051866550</t>
+          <t>9786254480409</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>MEB Tavsiyeli 100 Eserden Seçmeler Set 2. Sınıf</t>
+          <t>Bir Sakız Dünya'yı Dolaşabilir mi?</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>69</v>
+        <v>75</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786254480164</t>
+          <t>9786051866550</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Kar Tanesinin Serüveni</t>
+          <t>MEB Tavsiyeli 100 Eserden Seçmeler Set 2. Sınıf</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>19</v>
+        <v>69</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786254480140</t>
+          <t>9786254480164</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Deli Dumrul</t>
+          <t>Kar Tanesinin Serüveni</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786050321401</t>
+          <t>9786254480140</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Deneyler Kulübü - Drone Yarışı</t>
+          <t>Deli Dumrul</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>15</v>
+        <v>24</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786051869728</t>
+          <t>9786050321401</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Okulu - İkinci Dönem</t>
+          <t>Çılgın Deneyler Kulübü - Drone Yarışı</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786254484254</t>
+          <t>9786051869728</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri - 4</t>
+          <t>Yıldızlar Okulu - İkinci Dönem</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>38</v>
+        <v>50</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786254484247</t>
+          <t>9786254484254</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri - 3</t>
+          <t>Robotik Kodlama Etkinlikleri - 4</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>25</v>
+        <v>38</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786254484322</t>
+          <t>9786254484247</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri - 11</t>
+          <t>Robotik Kodlama Etkinlikleri - 3</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>38</v>
+        <v>25</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786254484230</t>
+          <t>9786254484322</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri - 2</t>
+          <t>Robotik Kodlama Etkinlikleri - 11</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>25</v>
+        <v>38</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786254484223</t>
+          <t>9786254484230</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri - 1</t>
+          <t>Robotik Kodlama Etkinlikleri - 2</t>
         </is>
       </c>
       <c r="C702" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786050321364</t>
+          <t>9786254484223</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Başladığı Yer (Ciltli)</t>
+          <t>Robotik Kodlama Etkinlikleri - 1</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>250</v>
+        <v>25</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786254482847</t>
+          <t>9786050321364</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Süper Burun ve Bozulan Burnu</t>
+          <t>Mutluluğun Başladığı Yer (Ciltli)</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>36</v>
+        <v>250</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786050320688</t>
+          <t>9786254482847</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Şeker Nine</t>
+          <t>Süper Burun ve Bozulan Burnu</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>30</v>
+        <v>36</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786051864853</t>
+          <t>9786050320688</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Yerin Kulağı Var - Deyim Hikayeleri 1. Sınıf</t>
+          <t>Şeker Nine</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>2.75</v>
+        <v>30</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786051864846</t>
+          <t>9786051864853</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Yarın Yeni Bir Gün - Atasözü Hikayeleri 1. Sınıf</t>
+          <t>Yerin Kulağı Var - Deyim Hikayeleri 1. Sınıf</t>
         </is>
       </c>
       <c r="C707" s="1">
         <v>2.75</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786051864839</t>
+          <t>9786051864846</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Uçan Balık- Keloğlan Masalları 1. Sınıf</t>
+          <t>Yarın Yeni Bir Gün - Atasözü Hikayeleri 1. Sınıf</t>
         </is>
       </c>
       <c r="C708" s="1">
         <v>2.75</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786051864822</t>
+          <t>9786051864839</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Tilki ile Maymun - La Fontaine Masalları 1. Sınıf</t>
+          <t>Uçan Balık- Keloğlan Masalları 1. Sınıf</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>3</v>
+        <v>2.75</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786051864808</t>
+          <t>9786051864822</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Sülün Kız - Billur Köşk Masalları 1. Sınıf</t>
+          <t>Tilki ile Maymun - La Fontaine Masalları 1. Sınıf</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>2.75</v>
+        <v>3</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786051864792</t>
+          <t>9786051864808</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Parayı Veren Düdüğü Çalar - Nasrettin Hoca Fıkraları 1. Sınıf</t>
+          <t>Sülün Kız - Billur Köşk Masalları 1. Sınıf</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>3</v>
+        <v>2.75</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786051864815</t>
+          <t>9786051864792</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Tavşan ile Kaplumbağa - Ezop Masalları 1. Sınıf</t>
+          <t>Parayı Veren Düdüğü Çalar - Nasrettin Hoca Fıkraları 1. Sınıf</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>2.75</v>
+        <v>3</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786254484384</t>
+          <t>9786051864815</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri 19</t>
+          <t>Tavşan ile Kaplumbağa - Ezop Masalları 1. Sınıf</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>45</v>
+        <v>2.75</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786254484421</t>
+          <t>9786254484384</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri 21</t>
+          <t>Robotik Kodlama Etkinlikleri 19</t>
         </is>
       </c>
       <c r="C714" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786254484438</t>
+          <t>9786254484421</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri 20</t>
+          <t>Robotik Kodlama Etkinlikleri 21</t>
         </is>
       </c>
       <c r="C715" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786254484407</t>
+          <t>9786254484438</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri 15</t>
+          <t>Robotik Kodlama Etkinlikleri 20</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>35</v>
+        <v>45</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786254484391</t>
+          <t>9786254484407</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri 17</t>
+          <t>Robotik Kodlama Etkinlikleri 15</t>
         </is>
       </c>
       <c r="C717" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786254484414</t>
+          <t>9786254484391</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Koparmalı Robotik Kodlama Etkinlikleri - 1</t>
+          <t>Robotik Kodlama Etkinlikleri 17</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786254484476</t>
+          <t>9786254484414</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Koparmalı Robotik Kodlama Etkinlikleri - 6</t>
+          <t>Koparmalı Robotik Kodlama Etkinlikleri - 1</t>
         </is>
       </c>
       <c r="C719" s="1">
         <v>36</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786254484445</t>
+          <t>9786254484476</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Koparmalı Robotik Kodlama Etkinlikleri - 5</t>
+          <t>Koparmalı Robotik Kodlama Etkinlikleri - 6</t>
         </is>
       </c>
       <c r="C720" s="1">
         <v>36</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786254484452</t>
+          <t>9786254484445</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Koparmalı Robotik Kodlama Etkinlikleri - 4</t>
+          <t>Koparmalı Robotik Kodlama Etkinlikleri - 5</t>
         </is>
       </c>
       <c r="C721" s="1">
         <v>36</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786254484469</t>
+          <t>9786254484452</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Koparmalı Robotik Kodlama Etkinlikleri - 2</t>
+          <t>Koparmalı Robotik Kodlama Etkinlikleri - 4</t>
         </is>
       </c>
       <c r="C722" s="1">
         <v>36</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786254481406</t>
+          <t>9786254484469</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Görsel Algılama - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
+          <t>Koparmalı Robotik Kodlama Etkinlikleri - 2</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>40</v>
+        <v>36</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786254481437</t>
+          <t>9786254481406</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Matematik - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
+          <t>Dikkat ve Görsel Algılama - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C724" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786254481420</t>
+          <t>9786254481437</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Labirent - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
+          <t>Matematik - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>65</v>
+        <v>40</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786254481413</t>
+          <t>9786254481420</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Öğreniyorum - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
+          <t>Labirent - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C726" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786254481383</t>
+          <t>9786254481413</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Farkı Bul - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
+          <t>İngilizce Öğreniyorum - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C727" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786050320886</t>
+          <t>9786254481383</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostlar - Piknikteki Misafir Kim?</t>
+          <t>Farkı Bul - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>19</v>
+        <v>65</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786050320831</t>
+          <t>9786050320886</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostlar Boyama Kitabı - Rakamlar Sesli Harfler Şekiller</t>
+          <t>Sevimli Dostlar - Piknikteki Misafir Kim?</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>8.8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786050320824</t>
+          <t>9786050320831</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostlar Boyama Kitabı - Sevimli Hayvanlar</t>
+          <t>Sevimli Dostlar Boyama Kitabı - Rakamlar Sesli Harfler Şekiller</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>9</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786050320848</t>
+          <t>9786050320824</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostlar Boyama Kitabı - Meyveler ve Sebzeler</t>
+          <t>Sevimli Dostlar Boyama Kitabı - Sevimli Hayvanlar</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>8.8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786050320855</t>
+          <t>9786050320848</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostlar Boyama Kitabı - Karakter Boyama</t>
+          <t>Sevimli Dostlar Boyama Kitabı - Meyveler ve Sebzeler</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>9</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786050320879</t>
+          <t>9786050320855</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostlar Aktivite Kitabı - 2</t>
+          <t>Sevimli Dostlar Boyama Kitabı - Karakter Boyama</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786050320862</t>
+          <t>9786050320879</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostlar Aktivite Kitabı - 1</t>
+          <t>Sevimli Dostlar Aktivite Kitabı - 2</t>
         </is>
       </c>
       <c r="C734" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786050320800</t>
+          <t>9786050320862</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostlar - Unutkan Balık Neyi Unuttu?</t>
+          <t>Sevimli Dostlar Aktivite Kitabı - 1</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786050320817</t>
+          <t>9786050320800</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostlar - Şaşkın Ördek Nerede?</t>
+          <t>Sevimli Dostlar - Unutkan Balık Neyi Unuttu?</t>
         </is>
       </c>
       <c r="C736" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786050320893</t>
+          <t>9786050320817</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostlar - Mert Neden Gülmüyor?</t>
+          <t>Sevimli Dostlar - Şaşkın Ördek Nerede?</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>19</v>
+        <v>10</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786050322446</t>
+          <t>9786050320893</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Harfler - İlk Kartlarım</t>
+          <t>Sevimli Dostlar - Mert Neden Gülmüyor?</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>45</v>
+        <v>19</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786050322453</t>
+          <t>9786050322446</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - İlk Kartlarım</t>
+          <t>Harfler - İlk Kartlarım</t>
         </is>
       </c>
       <c r="C739" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786050321951</t>
+          <t>9786050322453</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>300 Boyama</t>
+          <t>Hayvanlar - İlk Kartlarım</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>55</v>
+        <v>45</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786050321944</t>
+          <t>9786050321951</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>200 Boyama</t>
+          <t>300 Boyama</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>36</v>
+        <v>55</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786050321937</t>
+          <t>9786050321944</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>100 Boyama</t>
+          <t>200 Boyama</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>55</v>
+        <v>36</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786051868677</t>
+          <t>9786050321937</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşorlar</t>
+          <t>100 Boyama</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>10</v>
+        <v>55</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786051868608</t>
+          <t>9786051868677</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Şermin</t>
+          <t>Üç Silahşorlar</t>
         </is>
       </c>
       <c r="C744" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786051868646</t>
+          <t>9786051868608</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Şermin</t>
         </is>
       </c>
       <c r="C745" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786051868585</t>
+          <t>9786051868646</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C746" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786051868578</t>
+          <t>9786051868585</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca'dan Seçmeler</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C747" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786050320701</t>
+          <t>9786051868578</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Mahcup’un Maceraları Seti (10 Kitap Takım)</t>
+          <t>Nasrettin Hoca'dan Seçmeler</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>69</v>
+        <v>10</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786050321302</t>
+          <t>9786050320701</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Kibar Olmak</t>
+          <t>Mahcup’un Maceraları Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>128</v>
+        <v>69</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786050320510</t>
+          <t>9786050321302</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Şehirde Balık Avı</t>
+          <t>Kibar Olmak</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>55</v>
+        <v>128</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786051865935</t>
+          <t>9786050320510</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Hayır Demeyi Öğreniyoruz - Süper Sekizler Kendimizi Tanıyoruz</t>
+          <t>Şehirde Balık Avı</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>112</v>
+        <v>55</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786051866369</t>
+          <t>9786051865935</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Üzüntü Kapını Çaldığında (Ciltli)</t>
+          <t>Hayır Demeyi Öğreniyoruz - Süper Sekizler Kendimizi Tanıyoruz</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>375</v>
+        <v>112</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786051868165</t>
+          <t>9786051866369</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Tüm Okullar Kapatılsın</t>
+          <t>Üzüntü Kapını Çaldığında (Ciltli)</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>28</v>
+        <v>375</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786253662288</t>
+          <t>9786051868165</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Tuşu</t>
+          <t>Tüm Okullar Kapatılsın</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>195</v>
+        <v>28</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786254484353</t>
+          <t>9786253662288</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri 14</t>
+          <t>Sessiz Tuşu</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>52</v>
+        <v>253</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786050320763</t>
+          <t>9786254484353</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Bir Boyalı Kuş Turuncu</t>
+          <t>Robotik Kodlama Etkinlikleri 14</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>120</v>
+        <v>52</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786254482069</t>
+          <t>9786050320763</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kedicik - Sihirli Hayvanlar</t>
+          <t>Bir Boyalı Kuş Turuncu</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>100</v>
+        <v>156</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786254481475</t>
+          <t>9786254482069</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Heceleme - Eğitici Yapboz</t>
+          <t>Sihirli Kedicik - Sihirli Hayvanlar</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786254481468</t>
+          <t>9786254481475</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Kelimeleri Hecelerine Ayırıyorum (Ciltli)</t>
+          <t>Heceleme - Eğitici Yapboz</t>
         </is>
       </c>
       <c r="C759" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786050321616</t>
+          <t>9786254481468</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Kolay Toplama - Eğitici Yapboz</t>
+          <t>Kelimeleri Hecelerine Ayırıyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C760" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786050321609</t>
+          <t>9786050321616</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>İlk Kelimelerim - Eğitici Yapboz</t>
+          <t>Kolay Toplama - Eğitici Yapboz</t>
         </is>
       </c>
       <c r="C761" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786050321579</t>
+          <t>9786050321609</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Eş Anlamlı Sözcükler - Eğitici Yapboz</t>
+          <t>İlk Kelimelerim - Eğitici Yapboz</t>
         </is>
       </c>
       <c r="C762" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786050321562</t>
+          <t>9786050321579</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Desenimi Bul - Eğitici Yapboz</t>
+          <t>Eş Anlamlı Sözcükler - Eğitici Yapboz</t>
         </is>
       </c>
       <c r="C763" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786050321555</t>
+          <t>9786050321562</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Zıt Anlamlı Sözcükler - Eğitici Yapboz</t>
+          <t>Desenimi Bul - Eğitici Yapboz</t>
         </is>
       </c>
       <c r="C764" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786050321531</t>
+          <t>9786050321555</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Sayılar - Eğitici Yapboz</t>
+          <t>Zıt Anlamlı Sözcükler - Eğitici Yapboz</t>
         </is>
       </c>
       <c r="C765" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786050321630</t>
+          <t>9786050321531</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Kartları - Toplama</t>
+          <t>Sayılar - Eğitici Yapboz</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786050321647</t>
+          <t>9786050321630</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Kartları - Çarpma</t>
+          <t>Öğrenme Kartları - Toplama</t>
         </is>
       </c>
       <c r="C767" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786050321623</t>
+          <t>9786050321647</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Kartları - Saatler</t>
+          <t>Öğrenme Kartları - Çarpma</t>
         </is>
       </c>
       <c r="C768" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786254487477</t>
+          <t>9786050321623</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Matematik Ünite Hikayeleri - Uzay Yolculuğu</t>
+          <t>Öğrenme Kartları - Saatler</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786254489426</t>
+          <t>9786254487477</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Kutup Ayısı</t>
+          <t>2. Sınıf Matematik Ünite Hikayeleri - Uzay Yolculuğu</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>112</v>
+        <v>170</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786254481444</t>
+          <t>9786254489426</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Sesleri Birleştiriyorum Eğitici Yapboz 40 Kelime</t>
+          <t>Kutup Ayısı</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>350</v>
+        <v>112</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786256312159</t>
+          <t>9786254481444</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sonsuzluk</t>
+          <t>Sesleri Birleştiriyorum Eğitici Yapboz 40 Kelime</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786256312326</t>
+          <t>9786256312159</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Babaannemin Bigudileri</t>
+          <t>Büyük Sonsuzluk</t>
         </is>
       </c>
       <c r="C773" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786254487453</t>
+          <t>9786256312326</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Toti Çiftlikte</t>
+          <t>Babaannemin Bigudileri</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786254485220</t>
+          <t>9786254487453</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar - English Seviye 1</t>
+          <t>Toti Çiftlikte</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>65</v>
+        <v>85</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786050321593</t>
+          <t>9786254485220</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Gölgemi Bul - Eğitici Yapboz</t>
+          <t>Meraklı Çocuklar - English Seviye 1</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>350</v>
+        <v>65</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786050321586</t>
+          <t>9786050321593</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Alfabe - Eğitici Yapboz</t>
+          <t>Gölgemi Bul - Eğitici Yapboz</t>
         </is>
       </c>
       <c r="C777" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786050321548</t>
+          <t>9786050321586</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Renkler - Eğitici Yapboz</t>
+          <t>Alfabe - Eğitici Yapboz</t>
         </is>
       </c>
       <c r="C778" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786254487194</t>
+          <t>9786050321548</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Matilda Etkisi</t>
+          <t>Renkler - Eğitici Yapboz</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>165</v>
+        <v>350</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786254481376</t>
+          <t>9786254487194</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Geliştirme Becerileri - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
+          <t>Matilda Etkisi</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>40</v>
+        <v>165</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786254481369</t>
+          <t>9786254481376</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Çizgiler - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
+          <t>Dikkat Geliştirme Becerileri - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>65</v>
+        <v>40</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786254486449</t>
+          <t>9786254481369</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Pireler Berber İken - Anadolu Masalları</t>
+          <t>Çizgiler - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>120</v>
+        <v>65</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786254486029</t>
+          <t>9786254486449</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - Bebeğimin İlk Bilgileri</t>
+          <t>Pireler Berber İken - Anadolu Masalları</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>55</v>
+        <v>120</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786254484704</t>
+          <t>9786254486029</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Çiz Sil Yeniden Çiz (Mavi Kitap)</t>
+          <t>Hayvanlar - Bebeğimin İlk Bilgileri</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>65</v>
+        <v>55</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786254484698</t>
+          <t>9786254484704</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Çiz Sil Yeniden Çiz (Kırmızı Kitap)</t>
+          <t>Çiz Sil Yeniden Çiz (Mavi Kitap)</t>
         </is>
       </c>
       <c r="C785" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786053488125</t>
+          <t>9786254484698</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Melleron'un Sihri</t>
+          <t>Çiz Sil Yeniden Çiz (Kırmızı Kitap)</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>24</v>
+        <v>65</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786051862408</t>
+          <t>9786053488125</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Bir Kuş Olsaydım</t>
+          <t>Melleron'un Sihri</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>60</v>
+        <v>24</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786053485087</t>
+          <t>9786051862408</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Dolaptaki Canavar</t>
+          <t>Bir Kuş Olsaydım</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>20</v>
+        <v>60</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786254481659</t>
+          <t>9786053485087</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Çizgiler 5+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+          <t>Dolaptaki Canavar</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>65</v>
+        <v>20</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786254481536</t>
+          <t>9786254481659</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Farkı Bul 3+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+          <t>Çizgiler 5+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C790" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786254483806</t>
+          <t>9786254481536</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Eşimi Bul - Eş anlamlı (Anlamdaş) Kelimeler</t>
+          <t>Farkı Bul 3+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>49</v>
+        <v>65</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786254483882</t>
+          <t>9786254483806</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Dikkatli Eşle</t>
+          <t>Eşimi Bul - Eş anlamlı (Anlamdaş) Kelimeler</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>80</v>
+        <v>49</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786254484483</t>
+          <t>9786254483882</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Koparmalı Robotik Kodlama Etkinlikleri - 3</t>
+          <t>Dikkatli Eşle</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>36</v>
+        <v>80</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786254487408</t>
+          <t>9786254484483</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Temel Eserlerden Seçmeler 1 Set</t>
+          <t>Koparmalı Robotik Kodlama Etkinlikleri - 3</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>350</v>
+        <v>36</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786254483516</t>
+          <t>9786254487408</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Çocuk Masalları 2. ve 3. Sınıf</t>
+          <t>4. Sınıf Temel Eserlerden Seçmeler 1 Set</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786256312029</t>
+          <t>9786254483516</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Renkli Keçeler ile Taşıtlar</t>
+          <t>En Güzel Çocuk Masalları 2. ve 3. Sınıf</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786256312036</t>
+          <t>9786256312029</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Renkli Keçeler ile Meslekler</t>
+          <t>Renkli Keçeler ile Taşıtlar</t>
         </is>
       </c>
       <c r="C797" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786256312012</t>
+          <t>9786256312036</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Renkli Keçeler ile Giysiler</t>
+          <t>Renkli Keçeler ile Meslekler</t>
         </is>
       </c>
       <c r="C798" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786256312005</t>
+          <t>9786256312012</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Gıdadan Yakıta</t>
+          <t>Renkli Keçeler ile Giysiler</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786259455372</t>
+          <t>9786256312005</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Afi and Tomi - Transportation</t>
+          <t>Gıdadan Yakıta</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786259455365</t>
+          <t>9786259455372</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Afi and Tomi - Opposites</t>
+          <t>Afi and Tomi - Transportation</t>
         </is>
       </c>
       <c r="C801" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786259455396</t>
+          <t>9786259455365</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Afi and Tomi - Numbers</t>
+          <t>Afi and Tomi - Opposites</t>
         </is>
       </c>
       <c r="C802" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786259455358</t>
+          <t>9786259455396</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Afi and Tomi - Colors</t>
+          <t>Afi and Tomi - Numbers</t>
         </is>
       </c>
       <c r="C803" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786259455389</t>
+          <t>9786259455358</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Afi and Tomi - Animals</t>
+          <t>Afi and Tomi - Colors</t>
         </is>
       </c>
       <c r="C804" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786254483325</t>
+          <t>9786259455389</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>İki Kafadar - Seyit ile Samet</t>
+          <t>Afi and Tomi - Animals</t>
         </is>
       </c>
       <c r="C805" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786256934948</t>
+          <t>9786254483325</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Annemin İşyerinde İlk Günü</t>
+          <t>İki Kafadar - Seyit ile Samet</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786256934955</t>
+          <t>9786256934948</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Fuarın En Tuhaf Okuru</t>
+          <t>Annemin İşyerinde İlk Günü</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786256934924</t>
+          <t>9786256934955</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Burası Çok Sessiz</t>
+          <t>Fuarın En Tuhaf Okuru</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>189</v>
+        <v>75</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786256934931</t>
+          <t>9786256934924</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Yalınayak Bernd</t>
+          <t>Burası Çok Sessiz</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>115</v>
+        <v>189</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786256934900</t>
+          <t>9786256934931</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Ben ve Biz</t>
+          <t>Yalınayak Bernd</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>99</v>
+        <v>115</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786254486777</t>
+          <t>9786256934900</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>3-4.Sınıf Yeni Nesil Hikaye Seti</t>
+          <t>Ben ve Biz</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>350</v>
+        <v>99</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786254487323</t>
+          <t>9786254486777</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>2.Sınıf Türkçe Kerem ile Zehra Tema Hikayeleri</t>
+          <t>3-4.Sınıf Yeni Nesil Hikaye Seti</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786254481055</t>
+          <t>9786254487323</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Pembe İncili Kaftan</t>
+          <t>2.Sınıf Türkçe Kerem ile Zehra Tema Hikayeleri</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786256934894</t>
+          <t>9786254481055</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Zavallı Plüton</t>
+          <t>Pembe İncili Kaftan</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>99</v>
+        <v>60</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786256934917</t>
+          <t>9786256934894</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Hayvanlar Seti (4 Kitap)</t>
+          <t>Zavallı Plüton</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>390</v>
+        <v>99</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786256934757</t>
+          <t>9786256934917</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Kedi Ankira - Anadolu Şifreleri</t>
+          <t>Sihirli Hayvanlar Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>112</v>
+        <v>390</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786256934788</t>
+          <t>9786256934757</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Arkadaşlarımızı Yemiyoruz</t>
+          <t>Kedi Ankira - Anadolu Şifreleri</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>189</v>
+        <v>145</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786256934115</t>
+          <t>9786256934788</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Leonardo da Vinci ile Tablonun İçinde</t>
+          <t>Sınıf Arkadaşlarımızı Yemiyoruz</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>89</v>
+        <v>189</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786256934108</t>
+          <t>9786256934115</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Nikola Tesla ile Macera Peşinde</t>
+          <t>Leonardo da Vinci ile Tablonun İçinde</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>89</v>
+        <v>115</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786253660185</t>
+          <t>9786256934108</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Genç Bilimkurgu Serisi</t>
+          <t>Nikola Tesla ile Macera Peşinde</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>880</v>
+        <v>89</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786256934740</t>
+          <t>9786253660185</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Bir Kız Her Şeyi İnşa Edebilir</t>
+          <t>Genç Bilimkurgu Serisi</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>128</v>
+        <v>880</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786256934344</t>
+          <t>9786256934740</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Ses</t>
+          <t>Bir Kız Her Şeyi İnşa Edebilir</t>
         </is>
       </c>
       <c r="C822" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786256934450</t>
+          <t>9786256934344</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Bilgiler Serisi - Evde Hayat Var</t>
+          <t>Küçük Bir Ses</t>
         </is>
       </c>
       <c r="C823" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786256934429</t>
+          <t>9786256934450</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Bilgiler Serisi - Dişimi Yiyemezler</t>
+          <t>Meraklı Bilgiler Serisi - Evde Hayat Var</t>
         </is>
       </c>
       <c r="C824" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786256934436</t>
+          <t>9786256934429</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Bilgiler Serisi - Kaybedeni Olmayan Oyunlar</t>
+          <t>Meraklı Bilgiler Serisi - Dişimi Yiyemezler</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>128</v>
+        <v>166</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786256934405</t>
+          <t>9786256934436</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Bilgiler Serisi - Aburcursuz Olur mu?</t>
+          <t>Meraklı Bilgiler Serisi - Kaybedeni Olmayan Oyunlar</t>
         </is>
       </c>
       <c r="C826" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786256934412</t>
+          <t>9786256934405</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Bilgiler Serisi - Birbirini Kovalayan Taşıtlar</t>
+          <t>Meraklı Bilgiler Serisi - Aburcursuz Olur mu?</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>128</v>
+        <v>166</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786256934443</t>
+          <t>9786256934412</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Bilgiler Serisi - Hastalandığını Sanan Çilekler</t>
+          <t>Meraklı Bilgiler Serisi - Birbirini Kovalayan Taşıtlar</t>
         </is>
       </c>
       <c r="C828" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786256934252</t>
+          <t>9786256934443</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Mülteci Kimdir?</t>
+          <t>Meraklı Bilgiler Serisi - Hastalandığını Sanan Çilekler</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>75</v>
+        <v>128</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786256934498</t>
+          <t>9786256934252</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Dünya Klasikleri – Siyah İnci</t>
+          <t>Mülteci Kimdir?</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>128</v>
+        <v>75</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786256934481</t>
+          <t>9786256934498</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Dünya Klasikleri – Satranç</t>
+          <t>Çocuklar İçin Dünya Klasikleri – Siyah İnci</t>
         </is>
       </c>
       <c r="C831" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786256934474</t>
+          <t>9786256934481</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Dünya Klasikleri – Don Kişot</t>
+          <t>Çocuklar İçin Dünya Klasikleri – Satranç</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>128</v>
+        <v>166</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786256934467</t>
+          <t>9786256934474</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Dünya Klasikleri – Beyaz Diş</t>
+          <t>Çocuklar İçin Dünya Klasikleri – Don Kişot</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>128</v>
+        <v>166</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786256934399</t>
+          <t>9786256934467</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Mitolojik Masallar Serisi – Hint Masalı Yakut Prens</t>
+          <t>Çocuklar İçin Dünya Klasikleri – Beyaz Diş</t>
         </is>
       </c>
       <c r="C834" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786256934382</t>
+          <t>9786256934399</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Mitolojik Masallar Serisi – Japon Masalı Uraşima Taro</t>
+          <t>Mitolojik Masallar Serisi – Hint Masalı Yakut Prens</t>
         </is>
       </c>
       <c r="C835" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786256934368</t>
+          <t>9786256934382</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Mitolojik Masallar Serisi – Avustralya Aborjin Masalı Mooral ve Marjali</t>
+          <t>Mitolojik Masallar Serisi – Japon Masalı Uraşima Taro</t>
         </is>
       </c>
       <c r="C836" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786256934375</t>
+          <t>9786256934368</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Mitolojik Masallar Serisi – İsveç Masalı Knöss</t>
+          <t>Mitolojik Masallar Serisi – Avustralya Aborjin Masalı Mooral ve Marjali</t>
         </is>
       </c>
       <c r="C837" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786256934351</t>
+          <t>9786256934375</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Mitolojik Masallar Serisi – Türk Masalı Anka Kuşu</t>
+          <t>Mitolojik Masallar Serisi – İsveç Masalı Knöss</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>128</v>
+        <v>166</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786253660406</t>
+          <t>9786256934351</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Serisi 3 Kitap Kutulu Set</t>
+          <t>Mitolojik Masallar Serisi – Türk Masalı Anka Kuşu</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>410</v>
+        <v>166</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786253660116</t>
+          <t>9786253660406</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Ejderhalarla Uçan Prenses</t>
+          <t>Ejderha Serisi 3 Kitap Kutulu Set</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>128</v>
+        <v>410</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786254489501</t>
+          <t>9786253660116</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Küçük İnsanlar Büyük Hayaller - Steve Jobs</t>
+          <t>Ejderhalarla Uçan Prenses</t>
         </is>
       </c>
       <c r="C841" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786254489471</t>
+          <t>9786254489501</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Küçük İnsanlar Büyük Hayaller - Greta Thunberg</t>
+          <t>Küçük İnsanlar Büyük Hayaller - Steve Jobs</t>
         </is>
       </c>
       <c r="C842" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786254489488</t>
+          <t>9786254489471</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Küçük İnsanlar Büyük Hayaller - Charles Darwin</t>
+          <t>Küçük İnsanlar Büyük Hayaller - Greta Thunberg</t>
         </is>
       </c>
       <c r="C843" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786254489495</t>
+          <t>9786254489488</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Küçük İnsanlar Büyük Hayaller - Bruce Lee</t>
+          <t>Küçük İnsanlar Büyük Hayaller - Charles Darwin</t>
         </is>
       </c>
       <c r="C844" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786253660055</t>
+          <t>9786254489495</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Hawking'in Koridoru</t>
+          <t>Küçük İnsanlar Büyük Hayaller - Bruce Lee</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>295</v>
+        <v>166</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786254486708</t>
+          <t>9786253660055</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>İspanyolca Öğreniyorum - 1. Seviye</t>
+          <t>Hawking'in Koridoru</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>120</v>
+        <v>295</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786256934146</t>
+          <t>9786254486708</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Coğrafya ve Ekonomi - Yazılmak İsteyen Oyuncu Kitap</t>
+          <t>İspanyolca Öğreniyorum - 1. Seviye</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>82</v>
+        <v>120</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786256934214</t>
+          <t>9786256934146</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Teknoloji - Tabletler İsyanda</t>
+          <t>Merhaba Coğrafya ve Ekonomi - Yazılmak İsteyen Oyuncu Kitap</t>
         </is>
       </c>
       <c r="C848" s="1">
         <v>82</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786256934221</t>
+          <t>9786256934214</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Tiyatro - Sihirli Alkışlar</t>
+          <t>Merhaba Teknoloji - Tabletler İsyanda</t>
         </is>
       </c>
       <c r="C849" s="1">
         <v>82</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786256934184</t>
+          <t>9786256934221</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Psikoloji - Psikolog Arı Mili ile Çiçek Terapisi</t>
+          <t>Merhaba Tiyatro - Sihirli Alkışlar</t>
         </is>
       </c>
       <c r="C850" s="1">
         <v>82</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786256934191</t>
+          <t>9786256934184</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Sanat - Mesaj Alındı</t>
+          <t>Merhaba Psikoloji - Psikolog Arı Mili ile Çiçek Terapisi</t>
         </is>
       </c>
       <c r="C851" s="1">
         <v>82</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786256934122</t>
+          <t>9786256934191</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Bilgi-Belge Yönetimi ve Tarih - Minik Limon Çekirdeği ve Limon Çocuk</t>
+          <t>Merhaba Sanat - Mesaj Alındı</t>
         </is>
       </c>
       <c r="C852" s="1">
         <v>82</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786256934207</t>
+          <t>9786256934122</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Sinema - Küçük Senaristin Hayal Perdesi</t>
+          <t>Merhaba Bilgi-Belge Yönetimi ve Tarih - Minik Limon Çekirdeği ve Limon Çocuk</t>
         </is>
       </c>
       <c r="C853" s="1">
         <v>82</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786256934238</t>
+          <t>9786256934207</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Yaratıcı Okuma - Kediden Kaçan Top</t>
+          <t>Merhaba Sinema - Küçük Senaristin Hayal Perdesi</t>
         </is>
       </c>
       <c r="C854" s="1">
         <v>82</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786256934153</t>
+          <t>9786256934238</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Kimya Mühendisliği ve Felsefe - Geleceğin Mühendisi Parfüm Fabrikasında</t>
+          <t>Merhaba Yaratıcı Okuma - Kediden Kaçan Top</t>
         </is>
       </c>
       <c r="C855" s="1">
         <v>82</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786256934177</t>
+          <t>9786256934153</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Pedagoji - Doğadan Gelen Tasarımlar</t>
+          <t>Merhaba Kimya Mühendisliği ve Felsefe - Geleceğin Mühendisi Parfüm Fabrikasında</t>
         </is>
       </c>
       <c r="C856" s="1">
         <v>82</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786256934139</t>
+          <t>9786256934177</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Biyoloji ve Felsefe - Bir DNA Hikayesi</t>
+          <t>Merhaba Pedagoji - Doğadan Gelen Tasarımlar</t>
         </is>
       </c>
       <c r="C857" s="1">
         <v>82</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786256934269</t>
+          <t>9786256934139</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Vizyon - Girişimcilik ve İnovasyon - Ben de Başaracağım</t>
+          <t>Merhaba Biyoloji ve Felsefe - Bir DNA Hikayesi</t>
         </is>
       </c>
       <c r="C858" s="1">
         <v>82</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786256934245</t>
+          <t>9786256934269</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Ziraat Mühendisliği - Ağaçlar Arasındaki Fısıltılar</t>
+          <t>Merhaba Vizyon - Girişimcilik ve İnovasyon - Ben de Başaracağım</t>
         </is>
       </c>
       <c r="C859" s="1">
         <v>82</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786256934160</t>
+          <t>9786256934245</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Deniz Bilimleri - Açıkgözler İstilacı Türlere Karşı</t>
+          <t>Merhaba Ziraat Mühendisliği - Ağaçlar Arasındaki Fısıltılar</t>
         </is>
       </c>
       <c r="C860" s="1">
         <v>82</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786254486616</t>
+          <t>9786256934160</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Şehri Merak Eden Domates - Ekolojik Kitaplar Serisi</t>
+          <t>Merhaba Deniz Bilimleri - Açıkgözler İstilacı Türlere Karşı</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>128</v>
+        <v>82</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786254486609</t>
+          <t>9786254486616</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Bir Kompost Hikayesi</t>
+          <t>Şehri Merak Eden Domates - Ekolojik Kitaplar Serisi</t>
         </is>
       </c>
       <c r="C862" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786254486913</t>
+          <t>9786254486609</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens’in Hayal Gezegeni</t>
+          <t>Bir Kompost Hikayesi</t>
         </is>
       </c>
       <c r="C863" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786254486906</t>
+          <t>9786254486913</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens’in Sanat Gezegeni</t>
+          <t>Küçük Prens’in Hayal Gezegeni</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>128</v>
+        <v>166</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786254488542</t>
+          <t>9786254486906</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Mia'nın Barınak Ziyareti</t>
+          <t>Küçük Prens’in Sanat Gezegeni</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>112</v>
+        <v>166</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786254486845</t>
+          <t>9786254488542</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Kediler Maniler</t>
+          <t>Mia'nın Barınak Ziyareti</t>
         </is>
       </c>
       <c r="C866" s="1">
         <v>112</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786254488214</t>
+          <t>9786254486845</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Gezegeni Kurtaracak Kadar Büyüdüm</t>
+          <t>Kediler Maniler</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>128</v>
+        <v>145</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786254487026</t>
+          <t>9786254488214</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Buzluktaki Penguen</t>
+          <t>Gezegeni Kurtaracak Kadar Büyüdüm</t>
         </is>
       </c>
       <c r="C868" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786254486852</t>
+          <t>9786254487026</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Hayaller Müzesi</t>
+          <t>Buzluktaki Penguen</t>
         </is>
       </c>
       <c r="C869" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786254486890</t>
+          <t>9786254486852</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Güvenli Yarınlar Serisi Yağmurun Sesi</t>
+          <t>Hayaller Müzesi</t>
         </is>
       </c>
       <c r="C870" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786254486876</t>
+          <t>9786254486890</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Güvenli Yarınlar Serisi Görünmez Kaza</t>
+          <t>Güvenli Yarınlar Serisi Yağmurun Sesi</t>
         </is>
       </c>
       <c r="C871" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786254486883</t>
+          <t>9786254486876</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Güvenli Yarınlar Serisi Yılmaz’ın Üç Ağacı</t>
+          <t>Güvenli Yarınlar Serisi Görünmez Kaza</t>
         </is>
       </c>
       <c r="C872" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786254486869</t>
+          <t>9786254486883</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Güvenli Yarınlar Serisi Doğa Dostları</t>
+          <t>Güvenli Yarınlar Serisi Yılmaz’ın Üç Ağacı</t>
         </is>
       </c>
       <c r="C873" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786254485152</t>
+          <t>9786254486869</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>İpucu Peşinde Göbeklitepe - İlkokul 1. Sınıf</t>
+          <t>Güvenli Yarınlar Serisi Doğa Dostları</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>120</v>
+        <v>128</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786254485176</t>
+          <t>9786254485152</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>İpucu Peşinde Uğurlu Kalem - İlkokul 3. Sınıf</t>
+          <t>İpucu Peşinde Göbeklitepe - İlkokul 1. Sınıf</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>90</v>
+        <v>156</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786254485169</t>
+          <t>9786254485176</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>İpucu Peşinde Geri Dönüşüm - İlkokul 2. Sınıf</t>
+          <t>İpucu Peşinde Uğurlu Kalem - İlkokul 3. Sınıf</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>90</v>
+        <v>117</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786254487538</t>
+          <t>9786254485169</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Düşünceler Gömüsü: Aynalı Geçit</t>
+          <t>İpucu Peşinde Geri Dönüşüm - İlkokul 2. Sınıf</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>128</v>
+        <v>90</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786254488566</t>
+          <t>9786254487538</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Aşkar</t>
+          <t>Düşünceler Gömüsü: Aynalı Geçit</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>98</v>
+        <v>128</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786254488559</t>
+          <t>9786254488566</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Nandiya Ejderhası</t>
+          <t>Aşkar</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>98</v>
+        <v>127</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786254487705</t>
+          <t>9786254488559</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Uçmak</t>
+          <t>Nandiya Ejderhası</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>120</v>
+        <v>98</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786254487712</t>
+          <t>9786254487705</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Olmak</t>
+          <t>Uçmak</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>128</v>
+        <v>120</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786254488702</t>
+          <t>9786254487712</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Maymun Çoko'nun Serüvenleri</t>
+          <t>Güçlü Olmak</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>98</v>
+        <v>128</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786254488719</t>
+          <t>9786254488702</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Üç Hali</t>
+          <t>Maymun Çoko'nun Serüvenleri</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>52</v>
+        <v>127</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786254488221</t>
+          <t>9786254488719</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Eva Serisi - Kutulu Set</t>
+          <t>Sevginin Üç Hali</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>510</v>
+        <v>67</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786254487309</t>
+          <t>9786254488221</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Kuş</t>
+          <t>Eva Serisi - Kutulu Set</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>120</v>
+        <v>510</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786254484735</t>
+          <t>9786254487309</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Martı Yumurtası</t>
+          <t>Yalancı Kuş</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>128</v>
+        <v>120</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786254484759</t>
+          <t>9786254484735</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Timo</t>
+          <t>Martı Yumurtası</t>
         </is>
       </c>
       <c r="C887" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786254485633</t>
+          <t>9786254484759</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Kodlama Etkinlikleri - Pembe - 32 Etkinlik</t>
+          <t>Ejderha Timo</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>70</v>
+        <v>128</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786254485657</t>
+          <t>9786254485633</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Kodlama Etkinlikleri - Mavi - 64 Etkinlik</t>
+          <t>Çocuklar için Kodlama Etkinlikleri - Pembe - 32 Etkinlik</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>90</v>
+        <v>70</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786254485640</t>
+          <t>9786254485657</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Kodlama Etkinlikleri - Yeşil 2 - 32 Etkinlik</t>
+          <t>Çocuklar İçin Kodlama Etkinlikleri - Mavi - 64 Etkinlik</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>68</v>
+        <v>90</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786254486258</t>
+          <t>9786254485640</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Anılarımız Rengarenk</t>
+          <t>Çocuklar için Kodlama Etkinlikleri - Yeşil 2 - 32 Etkinlik</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>100</v>
+        <v>68</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786254485619</t>
+          <t>9786254486258</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Kodlama Etkinlikleri - Yeşil - 32 Etkinlik</t>
+          <t>Anılarımız Rengarenk</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786254485626</t>
+          <t>9786254485619</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Kodlama Etkinlikleri - Sarı - 32 Etkinlik</t>
+          <t>Çocuklar için Kodlama Etkinlikleri - Yeşil - 32 Etkinlik</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>68</v>
+        <v>70</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786254486555</t>
+          <t>9786254485626</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Benim Deyim Kitabım 2 - Seviye 2</t>
+          <t>Çocuklar için Kodlama Etkinlikleri - Sarı - 32 Etkinlik</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>128</v>
+        <v>68</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786254486548</t>
+          <t>9786254486555</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Benim Deyim Kitabım - Seviye 1</t>
+          <t>Benim Deyim Kitabım 2 - Seviye 2</t>
         </is>
       </c>
       <c r="C895" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786254486579</t>
+          <t>9786254486548</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Benim Atasözü Kitabım - Seviye 2</t>
+          <t>Benim Deyim Kitabım - Seviye 1</t>
         </is>
       </c>
       <c r="C896" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786254486562</t>
+          <t>9786254486579</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Benim Atasözü Kitabım - Seviye 1</t>
+          <t>Benim Atasözü Kitabım - Seviye 2</t>
         </is>
       </c>
       <c r="C897" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786254485039</t>
+          <t>9786254486562</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Etkinlikli Tatil Kitabım</t>
+          <t>Benim Atasözü Kitabım - Seviye 1</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>115</v>
+        <v>128</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786254485046</t>
+          <t>9786254485039</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
           <t>Okul Öncesi Etkinlikli Tatil Kitabım</t>
         </is>
       </c>
       <c r="C899" s="1">
         <v>115</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786254485763</t>
+          <t>9786254485046</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Kirazlar Kiko ile Kiki - Sebzoti Kasabası</t>
+          <t>Okul Öncesi Etkinlikli Tatil Kitabım</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>70</v>
+        <v>115</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786254485770</t>
+          <t>9786254485763</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Masalcı Mısır - Sebzoti Kasabası</t>
+          <t>Kardeş Kirazlar Kiko ile Kiki - Sebzoti Kasabası</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>45</v>
+        <v>70</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786254485794</t>
+          <t>9786254485770</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Sulugöz Bamya - Sebzoti Kasabası</t>
+          <t>Masalcı Mısır - Sebzoti Kasabası</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>75</v>
+        <v>45</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786254485817</t>
+          <t>9786254485794</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Aktivite Kitabı 2 - Sebzoti Kasabası</t>
+          <t>Sulugöz Bamya - Sebzoti Kasabası</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786254486067</t>
+          <t>9786254485817</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Eşyalar - Bebeğimin İlk Bilgileri</t>
+          <t>Aktivite Kitabı 2 - Sebzoti Kasabası</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>55</v>
+        <v>60</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786254486456</t>
+          <t>9786254486067</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Bakteri Şehrine Dönüş</t>
+          <t>Eşyalar - Bebeğimin İlk Bilgileri</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>165</v>
+        <v>55</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786254485237</t>
+          <t>9786254486456</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar - English Seviye 2</t>
+          <t>Bakteri Şehrine Dönüş</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>65</v>
+        <v>165</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786254485244</t>
+          <t>9786254485237</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar Maths - Seviye 1</t>
+          <t>Meraklı Çocuklar - English Seviye 2</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>75</v>
+        <v>65</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786254485251</t>
+          <t>9786254485244</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar Science - Seviye 1</t>
+          <t>Meraklı Çocuklar Maths - Seviye 1</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786254485275</t>
+          <t>9786254485251</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar Science - Seviye 2</t>
+          <t>Meraklı Çocuklar Science - Seviye 1</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>75</v>
+        <v>65</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786254485268</t>
+          <t>9786254485275</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar Maths - Seviye 2</t>
+          <t>Meraklı Çocuklar Science - Seviye 2</t>
         </is>
       </c>
       <c r="C910" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786254485183</t>
+          <t>9786254485268</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>İpucu Peşinde Kamp Ateşi - İlkokul 4. Sınıf</t>
+          <t>Meraklı Çocuklar Maths - Seviye 2</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>90</v>
+        <v>75</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786254485916</t>
+          <t>9786254485183</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik Hayvanları ile Renkler ve Şekiller</t>
+          <t>İpucu Peşinde Kamp Ateşi - İlkokul 4. Sınıf</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>100</v>
+        <v>117</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786254485923</t>
+          <t>9786254485916</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Evcil Hayvanlar ile Zıt Kavramlar</t>
+          <t>Çiftlik Hayvanları ile Renkler ve Şekiller</t>
         </is>
       </c>
       <c r="C913" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786254485695</t>
+          <t>9786254485923</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Kodlama ve Algoritma Aktiviteleri - Yeşil</t>
+          <t>Evcil Hayvanlar ile Zıt Kavramlar</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>55</v>
+        <v>100</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786254485664</t>
+          <t>9786254485695</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Kodlama ve Algoritma Aktiviteleri - Sarı</t>
+          <t>Çocuklar İçin Kodlama ve Algoritma Aktiviteleri - Yeşil</t>
         </is>
       </c>
       <c r="C915" s="1">
         <v>55</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786254485688</t>
+          <t>9786254485664</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Kodlama ve Algoritma Aktiviteleri - Pembe</t>
+          <t>Çocuklar İçin Kodlama ve Algoritma Aktiviteleri - Sarı</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>68</v>
+        <v>55</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786254485671</t>
+          <t>9786254485688</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Kodlama ve Algoritma Aktiviteleri - Mavi</t>
+          <t>Çocuklar İçin Kodlama ve Algoritma Aktiviteleri - Pembe</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>55</v>
+        <v>68</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786254485824</t>
+          <t>9786254485671</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Elmas Koruyucuları</t>
+          <t>Çocuklar İçin Kodlama ve Algoritma Aktiviteleri - Mavi</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>68</v>
+        <v>55</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786254485480</t>
+          <t>9786254485824</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Dörtler Ankara’da</t>
+          <t>Ekolojik Elmas Koruyucuları</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>80</v>
+        <v>88</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786254485497</t>
+          <t>9786254485480</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Dörtler İzmir’de</t>
+          <t>Gezgin Dörtler Ankara’da</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>52</v>
+        <v>104</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786254485473</t>
+          <t>9786254485497</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Dörtler İstanbul’da</t>
+          <t>Gezgin Dörtler İzmir’de</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>80</v>
+        <v>52</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786254485503</t>
+          <t>9786254485473</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Dörtler Antalya’da</t>
+          <t>Gezgin Dörtler İstanbul’da</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>52</v>
+        <v>104</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786254485510</t>
+          <t>9786254485503</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Dörtler Şanlıurfa’da</t>
+          <t>Gezgin Dörtler Antalya’da</t>
         </is>
       </c>
       <c r="C923" s="1">
         <v>52</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786254481802</t>
+          <t>9786254485510</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Noktalama İmla Oyunu</t>
+          <t>Gezgin Dörtler Şanlıurfa’da</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>468</v>
+        <v>52</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786254484551</t>
+          <t>9786254481802</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Karanlık</t>
+          <t>Noktalama İmla Oyunu</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>100</v>
+        <v>468</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786254484377</t>
+          <t>9786254484551</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri 16</t>
+          <t>Arkadaşım Karanlık</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>52</v>
+        <v>100</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786254484346</t>
+          <t>9786254484377</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri 13</t>
+          <t>Robotik Kodlama Etkinlikleri 16</t>
         </is>
       </c>
       <c r="C927" s="1">
         <v>52</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786254484360</t>
+          <t>9786254484346</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri 18</t>
+          <t>Robotik Kodlama Etkinlikleri 13</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>35</v>
+        <v>52</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786254484278</t>
+          <t>9786254484360</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri - 8</t>
+          <t>Robotik Kodlama Etkinlikleri 18</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>38</v>
+        <v>35</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786254484285</t>
+          <t>9786254484278</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri - 7</t>
+          <t>Robotik Kodlama Etkinlikleri - 8</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>25</v>
+        <v>38</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786254484292</t>
+          <t>9786254484285</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri - 6</t>
+          <t>Robotik Kodlama Etkinlikleri - 7</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>38</v>
+        <v>25</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786254484308</t>
+          <t>9786254484292</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri - 5</t>
+          <t>Robotik Kodlama Etkinlikleri - 6</t>
         </is>
       </c>
       <c r="C932" s="1">
         <v>38</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786254484339</t>
+          <t>9786254484308</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri - 12</t>
+          <t>Robotik Kodlama Etkinlikleri - 5</t>
         </is>
       </c>
       <c r="C933" s="1">
         <v>38</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786254484315</t>
+          <t>9786254484339</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri - 10</t>
+          <t>Robotik Kodlama Etkinlikleri - 12</t>
         </is>
       </c>
       <c r="C934" s="1">
         <v>38</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786254484261</t>
+          <t>9786254484315</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri - 9</t>
+          <t>Robotik Kodlama Etkinlikleri - 10</t>
         </is>
       </c>
       <c r="C935" s="1">
         <v>38</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786254483349</t>
+          <t>9786254484261</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Kodlayan Çocuk - Kodlama Etkinlikeri</t>
+          <t>Robotik Kodlama Etkinlikleri - 9</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>249</v>
+        <v>38</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786254483332</t>
+          <t>9786254483349</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
           <t>Geleceği Kodlayan Çocuk - Kodlama Etkinlikeri</t>
         </is>
       </c>
       <c r="C937" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786050320213</t>
+          <t>9786254483332</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Peri Kızı Lila - Kodlamayı Öğreniyorum</t>
+          <t>Geleceği Kodlayan Çocuk - Kodlama Etkinlikeri</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>98</v>
+        <v>249</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786254483721</t>
+          <t>9786050320213</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Gelişim Etkinlikleri 1 - 40 Soru 40 Cevap</t>
+          <t>Peri Kızı Lila - Kodlamayı Öğreniyorum</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>128</v>
+        <v>98</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786254483691</t>
+          <t>9786254483721</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Gelişim Etkinlikleri -Taşıtlar</t>
+          <t>Zihinsel Gelişim Etkinlikleri 1 - 40 Soru 40 Cevap</t>
         </is>
       </c>
       <c r="C940" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786254483684</t>
+          <t>9786254483691</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Gelişim Etkinlikleri -Türkçe</t>
+          <t>Zihinsel Gelişim Etkinlikleri -Taşıtlar</t>
         </is>
       </c>
       <c r="C941" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786254483714</t>
+          <t>9786254483684</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Gelişim Etkinlikleri - Eşyalar</t>
+          <t>Zihinsel Gelişim Etkinlikleri -Türkçe</t>
         </is>
       </c>
       <c r="C942" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786254483707</t>
+          <t>9786254483714</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Gelişim Etkinlikleri - Hayvanlar</t>
+          <t>Zihinsel Gelişim Etkinlikleri - Eşyalar</t>
         </is>
       </c>
       <c r="C943" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786254483660</t>
+          <t>9786254483707</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Gelişim Etkinlikleri - Kavramlar</t>
+          <t>Zihinsel Gelişim Etkinlikleri - Hayvanlar</t>
         </is>
       </c>
       <c r="C944" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786254483677</t>
+          <t>9786254483660</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Gelişim Etkinlikleri - Matematik</t>
+          <t>Zihinsel Gelişim Etkinlikleri - Kavramlar</t>
         </is>
       </c>
       <c r="C945" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786254483738</t>
+          <t>9786254483677</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Gelişim Etkinlikleri 2 - 40 Soru, 40 Cevap</t>
+          <t>Zihinsel Gelişim Etkinlikleri - Matematik</t>
         </is>
       </c>
       <c r="C946" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786254483813</t>
+          <t>9786254483738</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>B ve D Harflerini Karıştırıyorum</t>
+          <t>Zihinsel Gelişim Etkinlikleri 2 - 40 Soru, 40 Cevap</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>150</v>
+        <v>128</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786254483837</t>
+          <t>9786254483813</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Sesleri Fark Ediyorum - İlk Ses Son Ses Farkındalığı</t>
+          <t>B ve D Harflerini Karıştırıyorum</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>120</v>
+        <v>195</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786254483875</t>
+          <t>9786254483837</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Sağım Solum Sobe</t>
+          <t>Sesleri Fark Ediyorum - İlk Ses Son Ses Farkındalığı</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>150</v>
+        <v>156</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786254483899</t>
+          <t>9786254483875</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Dikkatli Tamamla</t>
+          <t>Sağım Solum Sobe</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>120</v>
+        <v>195</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786254483844</t>
+          <t>9786254483899</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Dikkatli Say</t>
+          <t>Dikkatli Tamamla</t>
         </is>
       </c>
       <c r="C951" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786254483615</t>
+          <t>9786254483844</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Kodlayarak Boyamayı Öğreniyorum 7</t>
+          <t>Dikkatli Say</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>68</v>
+        <v>120</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786254483752</t>
+          <t>9786254483615</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Denizde Doğum Günü (Ciltli)</t>
+          <t>Kodlayarak Boyamayı Öğreniyorum 7</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>135</v>
+        <v>68</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786254482991</t>
+          <t>9786254483752</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Maths - Learning Kids (Level 2)</t>
+          <t>Denizde Doğum Günü (Ciltli)</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>55</v>
+        <v>135</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786254482700</t>
+          <t>9786254482991</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Afi and Tomi - Adventure Under the Sea</t>
+          <t>Maths - Learning Kids (Level 2)</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>100</v>
+        <v>55</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786254482694</t>
+          <t>9786254482700</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Afi and Tomi - My Body</t>
+          <t>Afi and Tomi - Adventure Under the Sea</t>
         </is>
       </c>
       <c r="C956" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786254482670</t>
+          <t>9786254482694</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Afi and Tomi - What Color are My Emotions?</t>
+          <t>Afi and Tomi - My Body</t>
         </is>
       </c>
       <c r="C957" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786254482717</t>
+          <t>9786254482670</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Afi and Tomi - A Friendship Story</t>
+          <t>Afi and Tomi - What Color are My Emotions?</t>
         </is>
       </c>
       <c r="C958" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786254481611</t>
+          <t>9786254482717</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar 5+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+          <t>Afi and Tomi - A Friendship Story</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>68</v>
+        <v>100</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786254482663</t>
+          <t>9786254481611</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Fısıtlısı (5 Kitap Takım)</t>
+          <t>Kavramlar 5+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>149</v>
+        <v>68</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786254482656</t>
+          <t>9786254482663</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Avcıları - 9+ Yaş ( 5 Kitap Takım )</t>
+          <t>Anadolu Fısıtlısı (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C961" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786254482038</t>
+          <t>9786254482656</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Köpekçik - Sihirli Hayvanlar</t>
+          <t>Bilgi Avcıları - 9+ Yaş ( 5 Kitap Takım )</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>100</v>
+        <v>149</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786254482052</t>
+          <t>9786254482038</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Tavşan - Sihirli Hayvanlar</t>
+          <t>Sihirli Köpekçik - Sihirli Hayvanlar</t>
         </is>
       </c>
       <c r="C963" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786254482045</t>
+          <t>9786254482052</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Midilli - Sihirli Hayvanlar</t>
+          <t>Sihirli Tavşan - Sihirli Hayvanlar</t>
         </is>
       </c>
       <c r="C964" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786050322439</t>
+          <t>9786254482045</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Sayılar - İlk Kartlarım</t>
+          <t>Sihirli Midilli - Sihirli Hayvanlar</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>45</v>
+        <v>100</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786050322460</t>
+          <t>9786050322439</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Meyveler ve Sebzeler - İlk Kartlarım</t>
+          <t>Sayılar - İlk Kartlarım</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>75</v>
+        <v>45</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786050322552</t>
+          <t>9786050322460</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Numbers - İlk Kartlarım</t>
+          <t>Meyveler ve Sebzeler - İlk Kartlarım</t>
         </is>
       </c>
       <c r="C967" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786050322576</t>
+          <t>9786050322552</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Colours and Shapes - İlk Kartlarım</t>
+          <t>Numbers - İlk Kartlarım</t>
         </is>
       </c>
       <c r="C968" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786050322538</t>
+          <t>9786050322576</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>English Alphabeth - İlk Kartlarım</t>
+          <t>Colours and Shapes - İlk Kartlarım</t>
         </is>
       </c>
       <c r="C969" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786050322521</t>
+          <t>9786050322538</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Deyimler - İlk Kartlarım</t>
+          <t>English Alphabeth - İlk Kartlarım</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>33</v>
+        <v>75</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786050322514</t>
+          <t>9786050322521</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri - İlk Kartlarım</t>
+          <t>Deyimler - İlk Kartlarım</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>82.5</v>
+        <v>33</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786050322545</t>
+          <t>9786050322514</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>İlk Kartlarım Öğrenme Seti</t>
+          <t>Atasözleri - İlk Kartlarım</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>459</v>
+        <v>82.5</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786050322484</t>
+          <t>9786050322545</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Renkler ve Şekiller - İlk Kartlarım</t>
+          <t>İlk Kartlarım Öğrenme Seti</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>75</v>
+        <v>459</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786050322569</t>
+          <t>9786050322484</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>First Words - İlk Kartlarım</t>
+          <t>Renkler ve Şekiller - İlk Kartlarım</t>
         </is>
       </c>
       <c r="C974" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786050322477</t>
+          <t>9786050322569</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Kelimeler - İlk Kartlarım</t>
+          <t>First Words - İlk Kartlarım</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>45</v>
+        <v>75</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786254481314</t>
+          <t>9786050322477</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Jane Austen - Küçük İnsanlar Büyük Hayaller</t>
+          <t>Kelimeler - İlk Kartlarım</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>128</v>
+        <v>45</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786254481321</t>
+          <t>9786254481314</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>David Bowie - Küçük İnsanlar Büyük Hayaller</t>
+          <t>Jane Austen - Küçük İnsanlar Büyük Hayaller</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>128</v>
+        <v>166</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786254481291</t>
+          <t>9786254481321</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Stephen Hawking - Küçük İnsanlar Büyük Hayaller</t>
+          <t>David Bowie - Küçük İnsanlar Büyük Hayaller</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>128</v>
+        <v>166</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786254481284</t>
+          <t>9786254481291</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Ali - Küçük İnsanlar Büyük Hayaller</t>
+          <t>Stephen Hawking - Küçük İnsanlar Büyük Hayaller</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>128</v>
+        <v>166</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786254481277</t>
+          <t>9786254481284</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Maria Montessori - Küçük İnsanlar Büyük Hayaller</t>
+          <t>Muhammed Ali - Küçük İnsanlar Büyük Hayaller</t>
         </is>
       </c>
       <c r="C980" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786254481307</t>
+          <t>9786254481277</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Mahatma Gandhi - Küçük İnsanlar Büyük Hayaller</t>
+          <t>Maria Montessori - Küçük İnsanlar Büyük Hayaller</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>128</v>
+        <v>166</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786254480393</t>
+          <t>9786254481307</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Kedi Ankira</t>
+          <t>Mahatma Gandhi - Küçük İnsanlar Büyük Hayaller</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>112</v>
+        <v>128</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786254480041</t>
+          <t>9786254480393</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Plastiksavar Laboratuvarı</t>
+          <t>Kedi Ankira</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786050321814</t>
+          <t>9786254480041</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Süper Sekizler - Bilgisayarı Kapatıyoruz Sokakta Oynuyoruz</t>
+          <t>Plastiksavar Laboratuvarı</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786050321807</t>
+          <t>9786050321814</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Süper Sekizler - Her Yerde Bir Kural Var</t>
+          <t>Süper Sekizler - Bilgisayarı Kapatıyoruz Sokakta Oynuyoruz</t>
         </is>
       </c>
       <c r="C985" s="1">
         <v>112</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786254480386</t>
+          <t>9786050321807</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’dan Çocuklara - Alara</t>
+          <t>Süper Sekizler - Her Yerde Bir Kural Var</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>100</v>
+        <v>112</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786254481390</t>
+          <t>9786254480386</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
+          <t>Mevlana’dan Çocuklara - Alara</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>65</v>
+        <v>100</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786051868332</t>
+          <t>9786254481390</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Sır Muhafızları (5 Kitap Takım)</t>
+          <t>Kavramlar - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>149</v>
+        <v>65</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786050321227</t>
+          <t>9786051868332</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Alfabe ve Tangram</t>
+          <t>Sır Muhafızları (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>224</v>
+        <v>149</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786050321333</t>
+          <t>9786050321227</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Her Çocuk Biraz Atatürk’tür</t>
+          <t>Alfabe ve Tangram</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>110</v>
+        <v>224</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786050321340</t>
+          <t>9786050321333</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
           <t>Her Çocuk Biraz Atatürk’tür</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786051869315</t>
+          <t>9786050321340</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Genç Yazarın Düşünce Yazıları Not Defteri</t>
+          <t>Her Çocuk Biraz Atatürk’tür</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>299</v>
+        <v>195</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786051869322</t>
+          <t>9786051869315</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Genç Yazarın Hikaye Not Defteri</t>
+          <t>Genç Yazarın Düşünce Yazıları Not Defteri</t>
         </is>
       </c>
       <c r="C993" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786051869308</t>
+          <t>9786051869322</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Genç Editör ve Eleştirmenin Not Defteri</t>
+          <t>Genç Yazarın Hikaye Not Defteri</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>172</v>
+        <v>299</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786050322149</t>
+          <t>9786051869308</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Cingöz - Mevlana’dan Çocuklara</t>
+          <t>Genç Editör ve Eleştirmenin Not Defteri</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>100</v>
+        <v>172</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786050322163</t>
+          <t>9786050322149</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Dürüst Usta - Mevlana’dan Çocuklara</t>
+          <t>Cingöz - Mevlana’dan Çocuklara</t>
         </is>
       </c>
       <c r="C996" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786050322156</t>
+          <t>9786050322163</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Dost - Mevlana’dan Çocuklara</t>
+          <t>Dürüst Usta - Mevlana’dan Çocuklara</t>
         </is>
       </c>
       <c r="C997" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786050321845</t>
+          <t>9786050322156</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Canberk ve Dev Ahtapot</t>
+          <t>Gerçek Dost - Mevlana’dan Çocuklara</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786050321852</t>
+          <t>9786050321845</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Canberk ve Kokuşmuş Canavar</t>
+          <t>Canberk ve Dev Ahtapot</t>
         </is>
       </c>
       <c r="C999" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786050321838</t>
+          <t>9786050321852</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Canberk ve Benekli Uzaylılar</t>
+          <t>Canberk ve Kokuşmuş Canavar</t>
         </is>
       </c>
       <c r="C1000" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786050321241</t>
+          <t>9786050321838</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Siri Gol Atıyor</t>
+          <t>Canberk ve Benekli Uzaylılar</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786050321258</t>
+          <t>9786050321241</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Siri ve Haylaz Bebek</t>
+          <t>Siri Gol Atıyor</t>
         </is>
       </c>
       <c r="C1002" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786050321869</t>
+          <t>9786050321258</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Canberk ve Zorba Dinozor</t>
+          <t>Siri ve Haylaz Bebek</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>75</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786050321272</t>
+          <t>9786050321869</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Siri ve Koca Ayak</t>
+          <t>Canberk ve Zorba Dinozor</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786051869544</t>
+          <t>9786050321272</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Hayalbaz’ın Maceraları 3 - Yazının Evrimi</t>
+          <t>Siri ve Koca Ayak</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>52</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786050321654</t>
+          <t>9786051869544</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Kartları - Çıkarma</t>
+          <t>Hayalbaz’ın Maceraları 3 - Yazının Evrimi</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>450</v>
+        <v>52</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786050321418</t>
+          <t>9786050321654</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Tesla’nın Tavan Arası</t>
+          <t>Öğrenme Kartları - Çıkarma</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>295</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786051868745</t>
+          <t>9786050321418</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Çikolata Canavarı</t>
+          <t>Tesla’nın Tavan Arası</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>82</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786051866437</t>
+          <t>9786051868745</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Emoji Filmi - Kaçak</t>
+          <t>Çikolata Canavarı</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>68</v>
+        <v>82</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786051866468</t>
+          <t>9786051866437</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Emoji Filmi Boyama ve Etkinlik Kitabı</t>
+          <t>Emoji Filmi - Kaçak</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>75</v>
+        <v>68</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786050321494</t>
+          <t>9786051866468</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Hayal Et</t>
+          <t>Emoji Filmi Boyama ve Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>90</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786050320176</t>
+          <t>9786050321494</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Su Damlası - Mevlana'dan Çocuklara</t>
+          <t>Hayal Et</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786050320114</t>
+          <t>9786050320176</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Martı’nın Dedektifleri - Duvar Yazısı</t>
+          <t>Su Damlası - Mevlana'dan Çocuklara</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786051869636</t>
+          <t>9786050320114</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Bücür Elma - Mevlana'dan Çocuklara</t>
+          <t>Martı’nın Dedektifleri - Duvar Yazısı</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786050320138</t>
+          <t>9786051869636</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Martı’nın Dedektifleri - Tanrı Misafiri</t>
+          <t>Bücür Elma - Mevlana'dan Çocuklara</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786050320121</t>
+          <t>9786050320138</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Martı’nın Dedektifleri - Silecek Katili</t>
+          <t>Martı’nın Dedektifleri - Tanrı Misafiri</t>
         </is>
       </c>
       <c r="C1016" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786050320152</t>
+          <t>9786050320121</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Martı’nın Dedektifleri - Pasaklı’nın Pasaportu</t>
+          <t>Martı’nın Dedektifleri - Silecek Katili</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786050320169</t>
+          <t>9786050320152</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Martı’nın Dedektifleri - Kızıl Kurt</t>
+          <t>Martı’nın Dedektifleri - Pasaklı’nın Pasaportu</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786051869292</t>
+          <t>9786050320169</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Biraz Şiir Biraz Problem Kartları - Yaz Sil Kalemli</t>
+          <t>Martı’nın Dedektifleri - Kızıl Kurt</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>157</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786051869285</t>
+          <t>9786051869292</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Biraz Şiir Biraz Problem Kartları - Yaz Sil Kalemli</t>
+          <t>4. Sınıf Biraz Şiir Biraz Problem Kartları - Yaz Sil Kalemli</t>
         </is>
       </c>
       <c r="C1020" s="1">
         <v>157</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786051869919</t>
+          <t>9786051869285</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Matematik Ünite Bilgi Kartları - Yaz Sil Kalemli</t>
+          <t>3. Sınıf Biraz Şiir Biraz Problem Kartları - Yaz Sil Kalemli</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>95</v>
+        <v>157</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786050320022</t>
+          <t>9786051869919</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Problem Kartları - Yaz Sil Kalemli</t>
+          <t>1. Sınıf Matematik Ünite Bilgi Kartları - Yaz Sil Kalemli</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>157</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786050320039</t>
+          <t>9786050320022</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Problem Kartları - Yaz Sil Kalemli</t>
+          <t>4. Sınıf Problem Kartları - Yaz Sil Kalemli</t>
         </is>
       </c>
       <c r="C1023" s="1">
         <v>157</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786051869940</t>
+          <t>9786050320039</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Matematik Ünite Bilgi Kartları - Yaz Sil Kalemli</t>
+          <t>3. Sınıf Problem Kartları - Yaz Sil Kalemli</t>
         </is>
       </c>
       <c r="C1024" s="1">
         <v>157</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786051869933</t>
+          <t>9786051869940</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Matematik Ünite Bilgi Kartları - Yaz Sil Kalemli</t>
+          <t>4. Sınıf Matematik Ünite Bilgi Kartları - Yaz Sil Kalemli</t>
         </is>
       </c>
       <c r="C1025" s="1">
         <v>157</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786051869926</t>
+          <t>9786051869933</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Matematik Ünite Bilgi Kartları - Yaz Sil Kalemli</t>
+          <t>3. Sınıf Matematik Ünite Bilgi Kartları - Yaz Sil Kalemli</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>120</v>
+        <v>157</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786050320046</t>
+          <t>9786051869926</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Problem Kartları - Yaz Sil Kalemli</t>
+          <t>2. Sınıf Matematik Ünite Bilgi Kartları - Yaz Sil Kalemli</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>115</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786050320206</t>
+          <t>9786050320046</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Her Çocuk Biraz Atatürk'tür - Etkinliklerle Okuyorum Araştırıyorum Yazıyorum Öğreniyorum</t>
+          <t>2. Sınıf Problem Kartları - Yaz Sil Kalemli</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>150</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786051869957</t>
+          <t>9786050320206</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Unutulmayan Sözleriyle Atatürk</t>
+          <t>Her Çocuk Biraz Atatürk'tür - Etkinliklerle Okuyorum Araştırıyorum Yazıyorum Öğreniyorum</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>110</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786051869209</t>
+          <t>9786051869957</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Bu İşi Eva’ya Bırak</t>
+          <t>Unutulmayan Sözleriyle Atatürk</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>128</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786051867496</t>
+          <t>9786051869209</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Pijama Kulübü Çocukları (10 Kitap Takım)</t>
+          <t>Bu İşi Eva’ya Bırak</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>199</v>
+        <v>128</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786051868363</t>
+          <t>9786051867496</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde (Ortaokul ve Liseler İçin)</t>
+          <t>Pijama Kulübü Çocukları (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>98</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786051868233</t>
+          <t>9786051868363</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Kalpli Kız</t>
+          <t>Beyaz Zambaklar Ülkesinde (Ortaokul ve Liseler İçin)</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>158</v>
+        <v>98</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786051868400</t>
+          <t>9786051868233</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Lila ve Küçük Prens</t>
+          <t>Ejderha Kalpli Kız</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>98</v>
+        <v>158</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786051867410</t>
+          <t>9786051868400</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Bahtsız Şehzade</t>
+          <t>Lila ve Küçük Prens</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>17</v>
+        <v>98</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786051867472</t>
+          <t>9786051867410</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Gılgamış</t>
+          <t>Bahtsız Şehzade</t>
         </is>
       </c>
       <c r="C1036" s="1">
         <v>17</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786051865928</t>
+          <t>9786051867472</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Doğa ile Doğada Gezinti</t>
+          <t>Gılgamış</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>112</v>
+        <v>17</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786051865874</t>
+          <t>9786051865928</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Hayalet</t>
+          <t>Doğa ile Doğada Gezinti</t>
         </is>
       </c>
       <c r="C1038" s="1">
         <v>112</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786051867991</t>
+          <t>9786051865874</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Tek Tek Tekerleme</t>
+          <t>Tatlı Hayalet</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>28</v>
+        <v>112</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786051867588</t>
+          <t>9786051867991</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Amelia Earhart - Küçük İnsanlar ve Büyük Hayaller</t>
+          <t>Tek Tek Tekerleme</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>128</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786051867571</t>
+          <t>9786051867588</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Agatha Christie - Küçük İnsanlar ve Büyük Hayaller</t>
+          <t>Amelia Earhart - Küçük İnsanlar ve Büyük Hayaller</t>
         </is>
       </c>
       <c r="C1041" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786051867601</t>
+          <t>9786051867571</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Ada Lovelace - Küçük İnsanlar ve Büyük Hayaller</t>
+          <t>Agatha Christie - Küçük İnsanlar ve Büyük Hayaller</t>
         </is>
       </c>
       <c r="C1042" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786051867649</t>
+          <t>9786051867601</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Rosa Parks - Küçük İnsanlar ve Büyük Hayaller</t>
+          <t>Ada Lovelace - Küçük İnsanlar ve Büyük Hayaller</t>
         </is>
       </c>
       <c r="C1043" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786051867595</t>
+          <t>9786051867649</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Marie Curie - Küçük İnsanlar ve Büyük Hayaller</t>
+          <t>Rosa Parks - Küçük İnsanlar ve Büyük Hayaller</t>
         </is>
       </c>
       <c r="C1044" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786051867564</t>
+          <t>9786051867595</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Frida Kahlo - Küçük İnsanlar ve Büyük Hayaller</t>
+          <t>Marie Curie - Küçük İnsanlar ve Büyük Hayaller</t>
         </is>
       </c>
       <c r="C1045" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786051867632</t>
+          <t>9786051867564</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Emmeline Pankhurst - Küçük İnsanlar ve Büyük Hayaller</t>
+          <t>Frida Kahlo - Küçük İnsanlar ve Büyük Hayaller</t>
         </is>
       </c>
       <c r="C1046" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786051867656</t>
+          <t>9786051867632</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Ella Fitzgerald - Küçük İnsanlar ve Büyük Hayaller</t>
+          <t>Emmeline Pankhurst - Küçük İnsanlar ve Büyük Hayaller</t>
         </is>
       </c>
       <c r="C1047" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786051867625</t>
+          <t>9786051867656</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Coco Chanel - Küçük İnsanlar ve Büyük Hayaller</t>
+          <t>Ella Fitzgerald - Küçük İnsanlar ve Büyük Hayaller</t>
         </is>
       </c>
       <c r="C1048" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786051867618</t>
+          <t>9786051867625</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Audrey Hepburn - Küçük İnsanlar ve Büyük Hayaller</t>
+          <t>Coco Chanel - Küçük İnsanlar ve Büyük Hayaller</t>
         </is>
       </c>
       <c r="C1049" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786051866062</t>
+          <t>9786051867618</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Hayalbaz’ın Maceraları 1 - Uzaylılar</t>
+          <t>Audrey Hepburn - Küçük İnsanlar ve Büyük Hayaller</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>52</v>
+        <v>128</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786051865577</t>
+          <t>9786051866062</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Beni Bul - Düşünceler Gömüsü</t>
+          <t>Hayalbaz’ın Maceraları 1 - Uzaylılar</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>128</v>
+        <v>52</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786051865560</t>
+          <t>9786051865577</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Çikolata Kalpli Ejderha</t>
+          <t>Beni Bul - Düşünceler Gömüsü</t>
         </is>
       </c>
       <c r="C1052" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786053489559</t>
+          <t>9786051865560</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Sinbad (3 Boyutlu) (Ciltli)</t>
+          <t>Çikolata Kalpli Ejderha</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>150</v>
+        <v>166</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786051864655</t>
+          <t>9786053489559</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Yönbulucu - Kral Kelebeklerinin İnanılmaz Yolculuğu</t>
+          <t>Sinbad (3 Boyutlu) (Ciltli)</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786051862569</t>
+          <t>9786051864655</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Süper Sekizler Dostluk Engel Tanımaz</t>
+          <t>Yönbulucu - Kral Kelebeklerinin İnanılmaz Yolculuğu</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>112</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786051862453</t>
+          <t>9786051862569</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Kurt Olmak İsteyen Kuzu</t>
+          <t>Süper Sekizler Dostluk Engel Tanımaz</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>60</v>
+        <v>112</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786051861234</t>
+          <t>9786051862453</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Birimiz Hepimiz Hepimiz Birimiz İçin!</t>
+          <t>Kurt Olmak İsteyen Kuzu</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>112</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786051861241</t>
+          <t>9786051861234</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Düşünceler Gömüsü: Kayıp Halka (Ciltli)</t>
+          <t>Birimiz Hepimiz Hepimiz Birimiz İçin!</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>128</v>
+        <v>112</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786053483601</t>
+          <t>9786051861241</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Her Deney Bir Eğlence - Kimyasallar ve Maddeler</t>
+          <t>Düşünceler Gömüsü: Kayıp Halka (Ciltli)</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>75</v>
+        <v>128</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786053483557</t>
+          <t>9786053483601</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Her Deney Bir Eğlence - Işık</t>
+          <t>Her Deney Bir Eğlence - Kimyasallar ve Maddeler</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786053483540</t>
+          <t>9786053483557</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Her Deney Bir Eğlence - Isı</t>
+          <t>Her Deney Bir Eğlence - Işık</t>
         </is>
       </c>
       <c r="C1061" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786053483533</t>
+          <t>9786053483540</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Her Deney Bir Eğlence - Elektrik</t>
+          <t>Her Deney Bir Eğlence - Isı</t>
         </is>
       </c>
       <c r="C1062" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786053483618</t>
+          <t>9786053483533</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Her Deney Bir Eğlence - Yerçekimi ve Manyetizma</t>
+          <t>Her Deney Bir Eğlence - Elektrik</t>
         </is>
       </c>
       <c r="C1063" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786053483526</t>
+          <t>9786053483618</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Her Deney Bir Eğlence - Duyular</t>
+          <t>Her Deney Bir Eğlence - Yerçekimi ve Manyetizma</t>
         </is>
       </c>
       <c r="C1064" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
+          <t>9786053483526</t>
+        </is>
+      </c>
+      <c r="B1065" s="1" t="inlineStr">
+        <is>
+          <t>Her Deney Bir Eğlence - Duyular</t>
+        </is>
+      </c>
+      <c r="C1065" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1066" spans="1:3">
+      <c r="A1066" s="1" t="inlineStr">
+        <is>
           <t>9786053483588</t>
         </is>
       </c>
-      <c r="B1065" s="1" t="inlineStr">
+      <c r="B1066" s="1" t="inlineStr">
         <is>
           <t>Her Deney Bir Eğlence - Bitkiler</t>
         </is>
       </c>
-      <c r="C1065" s="1">
+      <c r="C1066" s="1">
         <v>50</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>