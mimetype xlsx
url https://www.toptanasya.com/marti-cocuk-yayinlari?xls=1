--- v2 (2026-02-04)
+++ v3 (2026-03-22)
@@ -85,16015 +85,16120 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255602381</t>
+          <t>9786255602947</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ağaçların Bilgeliği</t>
+          <t>Dalgalar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786053486084</t>
+          <t>9786253662431</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sindirella (3 Boyutlu) (Ciltli)</t>
+          <t>İyi Olmamakta Bir Sorun Yok - Sağlık ve Esenlik Rehberi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786053486053</t>
+          <t>9786255602893</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız (3 Boyutlu) (Ciltli)</t>
+          <t>Küçük İnsanlar Büyük Hayaller - Pablo Picasso</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>166</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786053486060</t>
+          <t>9786255602886</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Kedi (3 Boyutlu) (Ciltli)</t>
+          <t>Küçük İnsanlar Büyük Hayaller - Mozart</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>150</v>
+        <v>166</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256934771</t>
+          <t>9786255602862</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Paragraflıyorum 4. Sınıf</t>
+          <t>Küçük İnsanlar Büyük Hayaller - Louis Pasteur</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>325</v>
+        <v>166</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256934764</t>
+          <t>9786255602909</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Paragraflıyorum 3. Sınıf</t>
+          <t>Küçük İnsanlar Büyük Hayaller - Prenses Diana</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>166</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786254487385</t>
+          <t>9786255602879</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Hayat Bilgisi Ünite Hikayeleri</t>
+          <t>Küçük İnsanlar Büyük Hayaller - Leo Messi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>166</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786254486739</t>
+          <t>9786255602381</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>4. - 5. Sınıf Pembe Yeni Nesil Hikaye Seti</t>
+          <t>Ağaçların Bilgeliği</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786254480706</t>
+          <t>9786053486084</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Matematik Ünite Hikayeleri</t>
+          <t>Sindirella (3 Boyutlu) (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786254480775</t>
+          <t>9786053486053</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Gezmeyi Seven Bulut - Fen Bilimleri Ünite Hikayeleri 6</t>
+          <t>Kırmızı Başlıklı Kız (3 Boyutlu) (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>12</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786254480577</t>
+          <t>9786053486060</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Füyfüyler Sahada - Matematik Ünite Hikayeleri 4</t>
+          <t>Çizmeli Kedi (3 Boyutlu) (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>6</v>
+        <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786254480614</t>
+          <t>9786256934771</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Pusula'nın Peşinde - Matematik Ünite Hikayeleri 1</t>
+          <t>Paragraflıyorum 4. Sınıf</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>6</v>
+        <v>325</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786254480799</t>
+          <t>9786256934764</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yuvadaki Tehlike - Fen Bilimleri Ünite Hikayeleri 10</t>
+          <t>Paragraflıyorum 3. Sınıf</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>12</v>
+        <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786254480782</t>
+          <t>9786254487385</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Işıkların Gizemi - Fen Bilimleri Ünite Hikayeleri 7</t>
+          <t>3. Sınıf Hayat Bilgisi Ünite Hikayeleri</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>12</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786254480683</t>
+          <t>9786254486739</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Bahçe - Matematik Ünite Hikayeleri 7</t>
+          <t>4. - 5. Sınıf Pembe Yeni Nesil Hikaye Seti</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>6</v>
+        <v>350</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786254480553</t>
+          <t>9786254480706</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Teleskop - Matematik Ünite Hikayeleri 5</t>
+          <t>3. Sınıf Matematik Ünite Hikayeleri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>6</v>
+        <v>350</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786254480515</t>
+          <t>9786254480775</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Yel Değirmeni Tarlası - Matematik Ünite Hikayeleri 9</t>
+          <t>Gezmeyi Seven Bulut - Fen Bilimleri Ünite Hikayeleri 6</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786254480720</t>
+          <t>9786254480577</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Çınar Okulu - Fen Bilimleri Ünite Hikayeleri 1</t>
+          <t>Füyfüyler Sahada - Matematik Ünite Hikayeleri 4</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786254480751</t>
+          <t>9786254480614</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Tehlike - Fen Bilimleri Ünite Hikayeleri 5</t>
+          <t>Pusula'nın Peşinde - Matematik Ünite Hikayeleri 1</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786254480805</t>
+          <t>9786254480799</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Şakacı Papağan - Fen Bilimleri Ünite Hikayeleri 8</t>
+          <t>Yuvadaki Tehlike - Fen Bilimleri Ünite Hikayeleri 10</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786254480652</t>
+          <t>9786254480782</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Işın Yolculuğu - Matematik Ünite Hikayeleri 6</t>
+          <t>Ormandaki Işıkların Gizemi - Fen Bilimleri Ünite Hikayeleri 7</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786254480584</t>
+          <t>9786254480683</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Taşların Gizemi - Matematik Ünite Hikayeleri 3</t>
+          <t>Esrarengiz Bahçe - Matematik Ünite Hikayeleri 7</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786254480607</t>
+          <t>9786254480553</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Sandık - Matematik Ünite Hikayeleri 2</t>
+          <t>Tuhaf Teleskop - Matematik Ünite Hikayeleri 5</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786254480560</t>
+          <t>9786254480515</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Satürn'de Tuhaf Bir Gün - Matematik Ünite Hikayeleri 5</t>
+          <t>Yel Değirmeni Tarlası - Matematik Ünite Hikayeleri 9</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786254480621</t>
+          <t>9786254480720</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Oksijen Deposu - Matematik Ünite Hikayeleri 10</t>
+          <t>Mutlu Çınar Okulu - Fen Bilimleri Ünite Hikayeleri 1</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786254480591</t>
+          <t>9786254480751</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Arıtma Çamuru Ölçümü - Matematik Ünite Hikayeleri 10</t>
+          <t>Ormandaki Tehlike - Fen Bilimleri Ünite Hikayeleri 5</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786254480812</t>
+          <t>9786254480805</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ceviz Ağacı Kimin? - Fen Bilimleri Ünite Hikayeleri 9</t>
+          <t>Şakacı Papağan - Fen Bilimleri Ünite Hikayeleri 8</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786254480737</t>
+          <t>9786254480652</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Akşam Okulu - Fen Bilimleri Ünite Hikayeleri 2</t>
+          <t>Işın Yolculuğu - Matematik Ünite Hikayeleri 6</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786254480522</t>
+          <t>9786254480584</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Paralar - Matematik Ünite Hikayeleri 9</t>
+          <t>Taşların Gizemi - Matematik Ünite Hikayeleri 3</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786254480539</t>
+          <t>9786254480607</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Uzay Mekiği Sınıfı - Matematik Ünite Hikayeleri 8</t>
+          <t>Kayıp Sandık - Matematik Ünite Hikayeleri 2</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786254480546</t>
+          <t>9786254480560</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Uzay Durağı - Matematik Ünite Hikayeleri 6</t>
+          <t>Satürn'de Tuhaf Bir Gün - Matematik Ünite Hikayeleri 5</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786254480713</t>
+          <t>9786254480621</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ay'ın Görünmeyen Yüzü - Matematik Ünite Hikayeleri 3</t>
+          <t>Oksijen Deposu - Matematik Ünite Hikayeleri 10</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786254480508</t>
+          <t>9786254480591</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Yörüngeden Merhaba - Matematik Ünite Hikayeleri 2</t>
+          <t>Arıtma Çamuru Ölçümü - Matematik Ünite Hikayeleri 10</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786254480638</t>
+          <t>9786254480812</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Yıldızda Hafta Sonu -Matematik Ünite Hikayeleri 4</t>
+          <t>Ceviz Ağacı Kimin? - Fen Bilimleri Ünite Hikayeleri 9</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786254480676</t>
+          <t>9786254480737</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İlk Seyahat - Matematik Ünite Hikayeleri 1</t>
+          <t>Akşam Okulu - Fen Bilimleri Ünite Hikayeleri 2</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786254480690</t>
+          <t>9786254480522</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Matematik Ünite Hikayeleri</t>
+          <t>Kayıp Paralar - Matematik Ünite Hikayeleri 9</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>300</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786254481130</t>
+          <t>9786254480539</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Devleri - Charles Darwin-M+ (Kampanya)</t>
+          <t>Uzay Mekiği Sınıfı - Matematik Ünite Hikayeleri 8</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786254488238</t>
+          <t>9786254480546</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Süper Burun Serisi - Kutulu</t>
+          <t>Uzay Durağı - Matematik Ünite Hikayeleri 6</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>89</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786254484766</t>
+          <t>9786254480713</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Dinazorlar Dünyası</t>
+          <t>Ay'ın Görünmeyen Yüzü - Matematik Ünite Hikayeleri 3</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>85</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786254487460</t>
+          <t>9786254480508</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Denizde Doğum Günü</t>
+          <t>Yörüngeden Merhaba - Matematik Ünite Hikayeleri 2</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>85</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786254484742</t>
+          <t>9786254480638</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Küçük Astronotlar Uzayda</t>
+          <t>Kuyruklu Yıldızda Hafta Sonu -Matematik Ünite Hikayeleri 4</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>85</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9785550341637</t>
+          <t>9786254480676</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Orta Okul Karışık Okuma Seti</t>
+          <t>İlk Seyahat - Matematik Ünite Hikayeleri 1</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>109</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9785550341643</t>
+          <t>9786254480690</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Okunması Gereken Klasikler Serisi</t>
+          <t>2. Sınıf Matematik Ünite Hikayeleri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>65</v>
+        <v>300</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9785550341669</t>
+          <t>9786254481130</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kodlayarak Boyama Mini Seri 2</t>
+          <t>Bilimin Devleri - Charles Darwin-M+ (Kampanya)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>40</v>
+        <v>24</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9785550341667</t>
+          <t>9786254488238</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kodlayarak Boyama Mega Seri</t>
+          <t>Süper Burun Serisi - Kutulu</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>75</v>
+        <v>89</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9785550341605</t>
+          <t>9786254484766</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ciltli Çocuk Kitapları Serisi</t>
+          <t>Dinazorlar Dünyası</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>180</v>
+        <v>85</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9785550341614</t>
+          <t>9786254487460</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Siri Okuma Seti - 4 Kitap</t>
+          <t>Denizde Doğum Günü</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>68</v>
+        <v>85</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786054335404</t>
+          <t>9786254484742</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Uykudan Önce Ezop Masalları (Ciltli)</t>
+          <t>Küçük Astronotlar Uzayda</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>7.95</v>
+        <v>85</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9785550341602</t>
+          <t>9785550341637</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ece Büyüyor Seri̇si̇</t>
+          <t>Orta Okul Karışık Okuma Seti</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>30</v>
+        <v>109</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786254485787</t>
+          <t>9785550341643</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Portakal Ağacının Nesi Var? - Sebzoti Kasabası</t>
+          <t>Okunması Gereken Klasikler Serisi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>55</v>
+        <v>65</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786254485800</t>
+          <t>9785550341669</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Aktivite Kitabı 1 - Sebzoti Kasabası</t>
+          <t>Kodlayarak Boyama Mini Seri 2</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786254486487</t>
+          <t>9785550341667</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Of-Pof Balık - Okula Başlıyor</t>
+          <t>Kodlayarak Boyama Mega Seri</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786254486494</t>
+          <t>9785550341605</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Of-Pof Balık - Okyanusu Temizliyor</t>
+          <t>Ciltli Çocuk Kitapları Serisi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>65</v>
+        <v>180</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786254483974</t>
+          <t>9785550341614</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Boya Kes Yapıştır - Zihin Becerileri 6 Yaş</t>
+          <t>Siri Okuma Seti - 4 Kitap</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>55</v>
+        <v>68</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786254483943</t>
+          <t>9786054335404</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Boya Kes Yapıştır - Zihin Becerileri 3 Yaş</t>
+          <t>Uykudan Önce Ezop Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>55</v>
+        <v>7.95</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786254483967</t>
+          <t>9785550341602</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Boya Kes Yapıştır - Zihin Becerileri 4 Yaş</t>
+          <t>Ece Büyüyor Seri̇si̇</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>55</v>
+        <v>30</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786254483950</t>
+          <t>9786254485787</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Boya Kes Yapıştır - Zihin Becerileri 5 Yaş</t>
+          <t>Portakal Ağacının Nesi Var? - Sebzoti Kasabası</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>55</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>4440000000338</t>
+          <t>9786254485800</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Dik Temel Harfli İlk Okuma Kitabım Elakin 1</t>
+          <t>Aktivite Kitabı 1 - Sebzoti Kasabası</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>7.5</v>
+        <v>60</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786254485022</t>
+          <t>9786254486487</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Etkinlikli Tatil Kitabım</t>
+          <t>Of-Pof Balık - Okula Başlıyor</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>115</v>
+        <v>65</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786254485411</t>
+          <t>9786254486494</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yerin Kulaği Var - 3 Boyutlu Kitap (Ciltli)</t>
+          <t>Of-Pof Balık - Okyanusu Temizliyor</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>150</v>
+        <v>65</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786254485398</t>
+          <t>9786254483974</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Uçan Balık - 3 Boyutlu Kitap (Ciltli)</t>
+          <t>Boya Kes Yapıştır - Zihin Becerileri 6 Yaş</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>150</v>
+        <v>55</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786254485381</t>
+          <t>9786254483943</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Parayı Veren Düdüğü Çalar - 3 Boyutlu Kitap (Ciltli)</t>
+          <t>Boya Kes Yapıştır - Zihin Becerileri 3 Yaş</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>150</v>
+        <v>55</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786254485374</t>
+          <t>9786254483967</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Maymun ile Tilki - 3 Boyutlu Kitap (Ciltli)</t>
+          <t>Boya Kes Yapıştır - Zihin Becerileri 4 Yaş</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>150</v>
+        <v>55</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786254485343</t>
+          <t>9786254483950</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İki İnatçı Keçi - 3 Boyutlu Kitap (Ciltli)</t>
+          <t>Boya Kes Yapıştır - Zihin Becerileri 5 Yaş</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>150</v>
+        <v>55</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786254485350</t>
+          <t>4440000000338</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Fare ile Kurbağa - 3 Boyutlu Kitap (Ciltli)</t>
+          <t>Dik Temel Harfli İlk Okuma Kitabım Elakin 1</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>150</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786254485404</t>
+          <t>9786254485022</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Yarın Yeni Bir Gün - 3 Boyutlu Kitap (Ciltli)</t>
+          <t>Okul Öncesi Etkinlikli Tatil Kitabım</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>150</v>
+        <v>115</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786254485336</t>
+          <t>9786254485411</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Doğuran Kazan - 3 Boyutlu Kitap</t>
+          <t>Yerin Kulaği Var - 3 Boyutlu Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786254485329</t>
+          <t>9786254485398</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Aslan ile Fare - 3 Boyutlu Kitap</t>
+          <t>Uçan Balık - 3 Boyutlu Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786254485367</t>
+          <t>9786254485381</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Altın Yumurtlayan Kaz - 3 Boyutlu Kitap</t>
+          <t>Parayı Veren Düdüğü Çalar - 3 Boyutlu Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786254486036</t>
+          <t>9786254485374</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Meyveler - Bebeğimin İlk Bilgileri</t>
+          <t>Maymun ile Tilki - 3 Boyutlu Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>55</v>
+        <v>150</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786254486050</t>
+          <t>9786254485343</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Sebzeler - Bebeğimin İlk Bilgileri</t>
+          <t>İki İnatçı Keçi - 3 Boyutlu Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>55</v>
+        <v>150</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786254486043</t>
+          <t>9786254485350</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar - Bebeğimin İlk Bilgileri</t>
+          <t>Fare ile Kurbağa - 3 Boyutlu Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>55</v>
+        <v>150</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786051868561</t>
+          <t>9786254485404</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Küçük İnsanlar Büyük Hayaller 10 Kitap Takım</t>
+          <t>Yarın Yeni Bir Gün - 3 Boyutlu Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786254484711</t>
+          <t>9786254485336</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Çiz Sil Yeniden Çiz (Turuncu Kitap)</t>
+          <t>Doğuran Kazan - 3 Boyutlu Kitap</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>65</v>
+        <v>150</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786254484728</t>
+          <t>9786254485329</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Çiz Sil Yeniden Çiz (Yeşil Kitap)</t>
+          <t>Aslan ile Fare - 3 Boyutlu Kitap</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>65</v>
+        <v>150</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786254486265</t>
+          <t>9786254485367</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Hayalleri Kaçan Çocuk</t>
+          <t>Altın Yumurtlayan Kaz - 3 Boyutlu Kitap</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786254485909</t>
+          <t>9786254486036</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Orman Hayvanları ile Sayılar</t>
+          <t>Meyveler - Bebeğimin İlk Bilgileri</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>100</v>
+        <v>55</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786254485947</t>
+          <t>9786254486050</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Bir Sakız Dünya’yı Dolaşabilir mi?</t>
+          <t>Sebzeler - Bebeğimin İlk Bilgileri</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>75</v>
+        <v>55</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786254485879</t>
+          <t>9786254486043</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Rakamlar ve Harfler Tanışıyor</t>
+          <t>Taşıtlar - Bebeğimin İlk Bilgileri</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>55</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786051866451</t>
+          <t>9786051868561</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Emoji Filmi Jumbo Boyama ve Etkinlik Kitabı</t>
+          <t>Küçük İnsanlar Büyük Hayaller 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>30</v>
+        <v>165</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786051869650</t>
+          <t>9786254484711</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Mustafa - Adım Adım Anadolu</t>
+          <t>Çiz Sil Yeniden Çiz (Turuncu Kitap)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>18</v>
+        <v>65</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786051868653</t>
+          <t>9786254484728</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Devrialem</t>
+          <t>Çiz Sil Yeniden Çiz (Yeşil Kitap)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>10</v>
+        <v>65</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786051868660</t>
+          <t>9786254486265</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer</t>
+          <t>Hayalleri Kaçan Çocuk</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>10</v>
+        <v>120</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786051868639</t>
+          <t>9786254485909</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Orman Hayvanları ile Sayılar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786051868592</t>
+          <t>9786254485947</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Ömer'in Çocukluğu</t>
+          <t>Bir Sakız Dünya’yı Dolaşabilir mi?</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>10</v>
+        <v>128</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786051868622</t>
+          <t>9786254485879</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Bağrı Yanık Ömer</t>
+          <t>Rakamlar ve Harfler Tanışıyor</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>10</v>
+        <v>55</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786050322033</t>
+          <t>9786051866451</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Alp Efe ile Hayatı Öğreniyorum - 1. Sınıf Okuma Seti (10 Kitap Takım)</t>
+          <t>Emoji Filmi Jumbo Boyama ve Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>99</v>
+        <v>30</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786050321388</t>
+          <t>9786051869650</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Ece Büyüyor - Odamı Çok Seviyorum</t>
+          <t>Mustafa - Adım Adım Anadolu</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786050321395</t>
+          <t>9786051868653</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Ece Büyüyor - Oyuncaklarımı Paylaşıyorum</t>
+          <t>Seksen Günde Devrialem</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>15</v>
+        <v>80</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786050320534</t>
+          <t>9786051868660</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama</t>
+          <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>55</v>
+        <v>80</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786050320527</t>
+          <t>9786051868639</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Süper Boyama</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786050320541</t>
+          <t>9786051868592</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Boyama</t>
+          <t>Ömer'in Çocukluğu</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>55</v>
+        <v>80</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786050320558</t>
+          <t>9786051868622</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Boyama</t>
+          <t>Bağrı Yanık Ömer</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>55</v>
+        <v>80</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786051869384</t>
+          <t>9786050322033</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Süper Burun ve Horultu Hırsızlarının İstilası</t>
+          <t>Alp Efe ile Hayatı Öğreniyorum - 1. Sınıf Okuma Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>36</v>
+        <v>99</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786051866901</t>
+          <t>9786050321388</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Farklılıklar Güzeldir - Pijama Kulübü Çocukları</t>
+          <t>Ece Büyüyor - Odamı Çok Seviyorum</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786051866925</t>
+          <t>9786050321395</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kimse Beni Anlamıyor - Pijama Çocuk Kulübü</t>
+          <t>Ece Büyüyor - Oyuncaklarımı Paylaşıyorum</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786051866895</t>
+          <t>9786050320534</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Diş Mikropları - Pijama Çocuk Kulübü</t>
+          <t>Sevimli Boyama</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>14</v>
+        <v>55</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786051866888</t>
+          <t>9786050320527</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Brokoli Savaşları - Pijama Kulübü Çocukları</t>
+          <t>Süper Boyama</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>14</v>
+        <v>75</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786051866918</t>
+          <t>9786050320541</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Trafik Lambaları - Pijama Kulübü Çocukları</t>
+          <t>Neşeli Boyama</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>14</v>
+        <v>55</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786051867434</t>
+          <t>9786050320558</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kapadokya'nın Sırları</t>
+          <t>Eğlenceli Boyama</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>55</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786050320565</t>
+          <t>9786051869384</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Martı’nın Dedektifleri Seti (5 Kitap Takım)</t>
+          <t>Süper Burun ve Horultu Hırsızlarının İstilası</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>75</v>
+        <v>190</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786051868158</t>
+          <t>9786051866901</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Süper Burun ve Kokunun Kapıları</t>
+          <t>Farklılıklar Güzeldir - Pijama Kulübü Çocukları</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>36</v>
+        <v>80</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786051867427</t>
+          <t>9786051866925</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Ekocan Gezegeni</t>
+          <t>Kimse Beni Anlamıyor - Pijama Çocuk Kulübü</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>8.5</v>
+        <v>80</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786051867403</t>
+          <t>9786051866895</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Pera Palas'ta</t>
+          <t>Diş Mikropları - Pijama Çocuk Kulübü</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>70</v>
+        <v>80</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786051867465</t>
+          <t>9786051866888</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Samanyolu'ndaki Karagöz ile Hacivat</t>
+          <t>Brokoli Savaşları - Pijama Kulübü Çocukları</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>17</v>
+        <v>80</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786051867458</t>
+          <t>9786051866918</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca</t>
+          <t>Trafik Lambaları - Pijama Kulübü Çocukları</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>17</v>
+        <v>80</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786051867441</t>
+          <t>9786051867434</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Lila ile Eren</t>
+          <t>Kapadokya'nın Sırları</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>17</v>
+        <v>55</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786051867373</t>
+          <t>9786050320565</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Ulya Mardin'de</t>
+          <t>Martı’nın Dedektifleri Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>17</v>
+        <v>75</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786051867311</t>
+          <t>9786051868158</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Kar Tanelerinin Dansı</t>
+          <t>Süper Burun ve Kokunun Kapıları</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>8.5</v>
+        <v>190</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786050321081</t>
+          <t>9786051867427</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Muki ile Buki Masal Serisi (10 Kitap Takım)</t>
+          <t>Ekocan Gezegeni</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>15</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786050321098</t>
+          <t>9786051867403</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Çiçi Masal Serisi (10 Kitap Takım)</t>
+          <t>Atatürk Pera Palas'ta</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>15</v>
+        <v>70</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786051869261</t>
+          <t>9786051867465</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Nutuk</t>
+          <t>Samanyolu'ndaki Karagöz ile Hacivat</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>55</v>
+        <v>17</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786051869056</t>
+          <t>9786051867458</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Hindistan’a Doğru - Filfantastik Maceralar</t>
+          <t>Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>39</v>
+        <v>17</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786051869049</t>
+          <t>9786051867441</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Afrika’da Hazine Arayışı - Filfantastik Maceralar</t>
+          <t>Lila ile Eren</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>39</v>
+        <v>17</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786051869032</t>
+          <t>9786051867373</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Afrika Yolunda - Filfantastik Maceralar</t>
+          <t>Ulya Mardin'de</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>39</v>
+        <v>17</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786051869445</t>
+          <t>9786051867311</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Of-Pof Balık Her Yer Çok Karanlık</t>
+          <t>Kar Tanelerinin Dansı</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>62</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786051869438</t>
+          <t>9786050321081</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Of-Pof Balık</t>
+          <t>Muki ile Buki Masal Serisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>62</v>
+        <v>15</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786051867380</t>
+          <t>9786050321098</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Yavru Filin Battaniyesi</t>
+          <t>Çiçi Masal Serisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>7</v>
+        <v>15</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786051867397</t>
+          <t>9786051869261</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Çocukça Bir Gazete</t>
+          <t>Gençler İçin Nutuk</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>7</v>
+        <v>80</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786051867366</t>
+          <t>9786051869056</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Spor Her Yerde</t>
+          <t>Hindistan’a Doğru - Filfantastik Maceralar</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>7</v>
+        <v>39</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786051867342</t>
+          <t>9786051869049</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Oyunlu Nineli Dedeli</t>
+          <t>Afrika’da Hazine Arayışı - Filfantastik Maceralar</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>7</v>
+        <v>39</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786051867304</t>
+          <t>9786051869032</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Buluş Defteri</t>
+          <t>Afrika Yolunda - Filfantastik Maceralar</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>7</v>
+        <v>39</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786051867533</t>
+          <t>9786051869445</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Türkçe Tema Hikayeleri 10 Kitap Takım</t>
+          <t>Of-Pof Balık Her Yer Çok Karanlık</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>69.9</v>
+        <v>62</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786051867526</t>
+          <t>9786051869438</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Can İle Rüya Hayat Ünite Hikayeleri 10 Kitap Takım</t>
+          <t>Of-Pof Balık</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>69</v>
+        <v>62</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786051867519</t>
+          <t>9786051867380</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Kerem İle Zehra Türkçe Tema Hikayeleri 10 Kitap Takım</t>
+          <t>Yavru Filin Battaniyesi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>69.9</v>
+        <v>80</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786051867502</t>
+          <t>9786051867397</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Hayat Ünite Hikayeleri 10 Kitap Takım</t>
+          <t>Çocukça Bir Gazete</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>69</v>
+        <v>80</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786051868684</t>
+          <t>9786051867366</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf 100 Temel Eserden Seçmeler - Set 2</t>
+          <t>Spor Her Yerde</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>45</v>
+        <v>80</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786051868615</t>
+          <t>9786051867342</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf 100 Temel Eserden Seçmeler Set 1</t>
+          <t>Oyunlu Nineli Dedeli</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>45</v>
+        <v>80</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786051866772</t>
+          <t>9786051867304</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf 100 Temel Eserden Seçmeler Set 2 (10 Kitap Takım)</t>
+          <t>Buluş Defteri</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>69</v>
+        <v>80</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786051866765</t>
+          <t>9786051867533</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf 100 Temel Eserden Seçmeler Set 1 (10 Kitap Takım)</t>
+          <t>3. Sınıf Türkçe Tema Hikayeleri 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>69</v>
+        <v>750</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786051869575</t>
+          <t>9786051867526</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Yaşar Kemal - Bir Devrin Çocukları</t>
+          <t>3. Sınıf Can İle Rüya Hayat Ünite Hikayeleri 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>17</v>
+        <v>750</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786051869414</t>
+          <t>9786051867519</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Asker Oluyor</t>
+          <t>2. Sınıf Kerem İle Zehra Türkçe Tema Hikayeleri 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>17.5</v>
+        <v>750</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786051868417</t>
+          <t>9786051867502</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Mustafa - Selanik'te Bir Çocuk</t>
+          <t>2. Sınıf Hayat Ünite Hikayeleri 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>18</v>
+        <v>750</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786051868172</t>
+          <t>9786051868684</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Deneyler Kulübü</t>
+          <t>4. Sınıf 100 Temel Eserden Seçmeler - Set 2</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>14</v>
+        <v>45</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786051868394</t>
+          <t>9786051868615</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Afife - Bir Devrin Çocukları</t>
+          <t>4. Sınıf 100 Temel Eserden Seçmeler Set 1</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>17</v>
+        <v>750</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786051868202</t>
+          <t>9786051866772</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Hayalbaz'ın Maceraları - Mucitler</t>
+          <t>3. Sınıf 100 Temel Eserden Seçmeler Set 2 (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>52</v>
+        <v>750</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786050321210</t>
+          <t>9786051866765</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Dik Temel Harfli İlk Okuma Kitabım Elakin / 10 Kitap</t>
+          <t>3. Sınıf 100 Temel Eserden Seçmeler Set 1 (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>99</v>
+        <v>750</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786051866628</t>
+          <t>9786051869575</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Yaşar Kemal - Bir Devrin Çocukları</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>7.5</v>
+        <v>17</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786051867175</t>
+          <t>9786051869414</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Can ile Rüya Brokoliyi Seviyorum - Hayat Ünite Hikayeleri</t>
+          <t>Mustafa Asker Oluyor</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>7</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786051867212</t>
+          <t>9786051868417</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Can ile Rüya Ya Su Biterse - Hayat Ünite Hikayeleri</t>
+          <t>Mustafa - Selanik'te Bir Çocuk</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>7</v>
+        <v>18</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786051867168</t>
+          <t>9786051868172</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Can ile Rüya Benim Mesleğim - Hayat Ünite Hikayeleri</t>
+          <t>Çılgın Deneyler Kulübü</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786051867151</t>
+          <t>9786051868394</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Can ile Rüya Arkadaşlar Arasında - Hayat Ünite Hikayeleri</t>
+          <t>Afife - Bir Devrin Çocukları</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>7</v>
+        <v>17</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786050320107</t>
+          <t>9786051868202</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>MEB Tavsiyeli 100 Temel Eserden Seçmeler Set 2</t>
+          <t>Hayalbaz'ın Maceraları - Mucitler</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>69</v>
+        <v>52</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786050320091</t>
+          <t>9786050321210</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>100 Temel Eserden Seçmeler Set 1</t>
+          <t>Dik Temel Harfli İlk Okuma Kitabım Elakin / 10 Kitap</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>69</v>
+        <v>99</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786051867274</t>
+          <t>9786051866628</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Çelik Çomak - Can ile Rüya</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>7</v>
+        <v>80</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786051867267</t>
+          <t>9786051867175</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Patili Günler - Can ile Rüya</t>
+          <t>Can ile Rüya Brokoliyi Seviyorum - Hayat Ünite Hikayeleri</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>7</v>
+        <v>80</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786051867250</t>
+          <t>9786051867212</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm Zamanı - Can ile Rüya</t>
+          <t>Can ile Rüya Ya Su Biterse - Hayat Ünite Hikayeleri</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>7</v>
+        <v>80</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786051867243</t>
+          <t>9786051867168</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Köşk - Can ile Rüya</t>
+          <t>Can ile Rüya Benim Mesleğim - Hayat Ünite Hikayeleri</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>7</v>
+        <v>80</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786051867236</t>
+          <t>9786051867151</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'da Bir Gün - Can ile Rüya</t>
+          <t>Can ile Rüya Arkadaşlar Arasında - Hayat Ünite Hikayeleri</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786051867229</t>
+          <t>9786050320107</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Bisiklet Macerası - Can ile Rüya</t>
+          <t>MEB Tavsiyeli 100 Temel Eserden Seçmeler Set 2</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>18</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786051865973</t>
+          <t>9786050320091</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Işınlama Kazası - Çılgın Deneyler Kulübü</t>
+          <t>100 Temel Eserden Seçmeler Set 1</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>14</v>
+        <v>69</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786051865249</t>
+          <t>9786051867274</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Tırsak Sincap</t>
+          <t>Çelik Çomak - Can ile Rüya</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>19</v>
+        <v>80</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786051865263</t>
+          <t>9786051867267</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Tırsak Sincap - Doğum Gününü Kutluyor</t>
+          <t>Patili Günler - Can ile Rüya</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>19</v>
+        <v>80</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786051865256</t>
+          <t>9786051867250</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Tırsak Sincap - Arkadaş Ediniyor (Ciltli)</t>
+          <t>Dönüşüm Zamanı - Can ile Rüya</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>19</v>
+        <v>80</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786051865270</t>
+          <t>9786051867243</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Tırsak Sincap - Uyku Zamanı (Ciltli)</t>
+          <t>Yürüyen Köşk - Can ile Rüya</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>19</v>
+        <v>80</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786050320589</t>
+          <t>9786051867236</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Şşşiit - Şıpıdık Şelale Şehri Seti</t>
+          <t>İstanbul'da Bir Gün - Can ile Rüya</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>29</v>
+        <v>80</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786050320909</t>
+          <t>9786051867229</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Mirket Köyü Seti</t>
+          <t>Bisiklet Macerası - Can ile Rüya</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>29</v>
+        <v>80</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786050320640</t>
+          <t>9786051865973</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Ozan ve Ezgi’yle Dinle Seti</t>
+          <t>Işınlama Kazası - Çılgın Deneyler Kulübü</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>29</v>
+        <v>14</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786051866000</t>
+          <t>9786051865249</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Atletik Prenses - Muhteşem Prensesler</t>
+          <t>Tırsak Sincap</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>45</v>
+        <v>19</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786051866031</t>
+          <t>9786051865263</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Çok Fazla Masal Okuyan Prenses - Muhteşem Prensesler</t>
+          <t>Tırsak Sincap - Doğum Gününü Kutluyor</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>45</v>
+        <v>19</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786051866017</t>
+          <t>9786051865256</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Dalgın Prenses - Muhteşem Prensesler</t>
+          <t>Tırsak Sincap - Arkadaş Ediniyor (Ciltli)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>45</v>
+        <v>19</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786051865997</t>
+          <t>9786051865270</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>İstemiyorum Diyen Prenses - Muhteşem Prensesler</t>
+          <t>Tırsak Sincap - Uyku Zamanı (Ciltli)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>45</v>
+        <v>19</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786051866024</t>
+          <t>9786050320589</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Korsan Prenses - Muhteşem Prensesler</t>
+          <t>Şşşiit - Şıpıdık Şelale Şehri Seti</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>45</v>
+        <v>29</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786051867540</t>
+          <t>9786050320909</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Türkçe Tema Hikayeleri (10 Kitap Takım)</t>
+          <t>Mirket Köyü Seti</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>70</v>
+        <v>29</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786050320381</t>
+          <t>9786050320640</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Neşeli Yaz Okuma Seti (10 Kitap Takım)</t>
+          <t>Ozan ve Ezgi’yle Dinle Seti</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>99</v>
+        <v>29</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786050320299</t>
+          <t>9786051866000</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Yumurtalı Ekmek - Neşeli Yaz</t>
+          <t>Atletik Prenses - Muhteşem Prensesler</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>4</v>
+        <v>45</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786050320282</t>
+          <t>9786051866031</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Vız Vız Arı - Neşeli Yaz</t>
+          <t>Çok Fazla Masal Okuyan Prenses - Muhteşem Prensesler</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>4</v>
+        <v>45</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786050320275</t>
+          <t>9786051866017</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Su Fışkırtan Filler - Neşeli Yaz</t>
+          <t>Dalgın Prenses - Muhteşem Prensesler</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>4</v>
+        <v>45</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786050320268</t>
+          <t>9786051865997</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Kumdan Kale Arkadaşlığı - Neşeli Yaz</t>
+          <t>İstemiyorum Diyen Prenses - Muhteşem Prensesler</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>4</v>
+        <v>45</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786050320251</t>
+          <t>9786051866024</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Karga ve Ceviz - Neşeli Yaz</t>
+          <t>Korsan Prenses - Muhteşem Prensesler</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>4</v>
+        <v>45</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786050320312</t>
+          <t>9786051867540</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Kaçın Köpek Balığı - Neşeli Yaz</t>
+          <t>4. Sınıf Türkçe Tema Hikayeleri (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>4</v>
+        <v>70</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786050320244</t>
+          <t>9786050320381</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Civcivler - Neşeli Yaz</t>
+          <t>1. Sınıf Neşeli Yaz Okuma Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>4</v>
+        <v>99</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786050320237</t>
+          <t>9786050320299</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Boncuk ve Kaymak - Neşeli Yaz</t>
+          <t>Yumurtalı Ekmek - Neşeli Yaz</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786050320220</t>
+          <t>9786050320282</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Birinci Sınıf Bitiyor - Neşeli Yaz</t>
+          <t>Vız Vız Arı - Neşeli Yaz</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786050320305</t>
+          <t>9786050320275</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Balık Olmak Gibisi Yok - Neşeli Yaz</t>
+          <t>Su Fışkırtan Filler - Neşeli Yaz</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786051864167</t>
+          <t>9786050320268</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi (3. ve 4. Sınıflar İçin)</t>
+          <t>Kumdan Kale Arkadaşlığı - Neşeli Yaz</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>324.5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786051864150</t>
+          <t>9786050320251</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi (2. ve 3. Sınıflar İçin)</t>
+          <t>Karga ve Ceviz - Neşeli Yaz</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>80</v>
+        <v>4</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786051864242</t>
+          <t>9786050320312</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi (1. ve 2. Sınıflar İçin)</t>
+          <t>Kaçın Köpek Balığı - Neşeli Yaz</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>83.5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786051864082</t>
+          <t>9786050320244</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi (3. ve 4. Sınıflar İçin)</t>
+          <t>Kaçak Civcivler - Neşeli Yaz</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>89</v>
+        <v>4</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786051864105</t>
+          <t>9786050320237</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi (2. ve 3. Sınıflar İçin)</t>
+          <t>Boncuk ve Kaymak - Neşeli Yaz</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>345</v>
+        <v>4</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786051864051</t>
+          <t>9786050320220</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi Set 18</t>
+          <t>Birinci Sınıf Bitiyor - Neşeli Yaz</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>80</v>
+        <v>4</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786051863979</t>
+          <t>9786050320305</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi Büyük Set 4</t>
+          <t>Balık Olmak Gibisi Yok - Neşeli Yaz</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>417</v>
+        <v>4</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786051864129</t>
+          <t>9786051864167</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi Set 7</t>
+          <t>Eğlenceli Okuma Serisi (3. ve 4. Sınıflar İçin)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>93</v>
+        <v>324.5</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786051864068</t>
+          <t>9786051864150</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi Set 11</t>
+          <t>Eğlenceli Okuma Serisi (2. ve 3. Sınıflar İçin)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>49</v>
+        <v>80</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786051864136</t>
+          <t>9786051864242</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi Set 6</t>
+          <t>Eğlenceli Okuma Serisi (1. ve 2. Sınıflar İçin)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>86</v>
+        <v>83.5</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786051864143</t>
+          <t>9786051864082</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi Set 5</t>
+          <t>Eğlenceli Okuma Serisi (3. ve 4. Sınıflar İçin)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>86</v>
+        <v>89</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786051864204</t>
+          <t>9786051864105</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi Set 3</t>
+          <t>Eğlenceli Okuma Serisi (2. ve 3. Sınıflar İçin)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>83.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786051864020</t>
+          <t>9786051864051</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi Set 15</t>
+          <t>Eğlenceli Okuma Serisi Set 18</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>53</v>
+        <v>80</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786051864099</t>
+          <t>9786051863979</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi Set 8</t>
+          <t>Eğlenceli Okuma Serisi Büyük Set 4</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>90.5</v>
+        <v>417</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786051864075</t>
+          <t>9786051864129</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi Set 10</t>
+          <t>Eğlenceli Okuma Serisi Set 7</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>43</v>
+        <v>93</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786051863993</t>
+          <t>9786051864068</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi Set 12</t>
+          <t>Eğlenceli Okuma Serisi Set 11</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>46.5</v>
+        <v>49</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786051864013</t>
+          <t>9786051864136</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi Set 14</t>
+          <t>Eğlenceli Okuma Serisi Set 6</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>72.22</v>
+        <v>86</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786051864037</t>
+          <t>9786051864143</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi Set 16</t>
+          <t>Eğlenceli Okuma Serisi Set 5</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>69.5</v>
+        <v>86</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786051864006</t>
+          <t>9786051864204</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi Set 13</t>
+          <t>Eğlenceli Okuma Serisi Set 3</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>69.5</v>
+        <v>83.5</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786051865317</t>
+          <t>9786051864020</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Çocuk Masalları Seti (10 Kitap Takım)</t>
+          <t>Eğlenceli Okuma Serisi Set 15</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>45</v>
+        <v>53</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786050320015</t>
+          <t>9786051864099</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Resimli Atasözü Kartları</t>
+          <t>Eğlenceli Okuma Serisi Set 8</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>75</v>
+        <v>90.5</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786050320008</t>
+          <t>9786051864075</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Resimli Deyim Kartları</t>
+          <t>Eğlenceli Okuma Serisi Set 10</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>75</v>
+        <v>43</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786051869278</t>
+          <t>9786051863993</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Biraz Şiir Biraz Problem Kartları - Yaz Sil Kalemli</t>
+          <t>Eğlenceli Okuma Serisi Set 12</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>95</v>
+        <v>46.5</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786051866185</t>
+          <t>9786051864013</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>İpek - Doktor Oluyor</t>
+          <t>Eğlenceli Okuma Serisi Set 14</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>55</v>
+        <v>72.22</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786051866208</t>
+          <t>9786051864037</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>İpek - Plajda</t>
+          <t>Eğlenceli Okuma Serisi Set 16</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>55</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786051864112</t>
+          <t>9786051864006</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Her Deney Bir Eğlence Serisi Kutu Set</t>
+          <t>Eğlenceli Okuma Serisi Set 13</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>150</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786051862866</t>
+          <t>9786051865317</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Harika Bilgiler Serisi Kutu Set</t>
+          <t>En Güzel Çocuk Masalları Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>162.5</v>
+        <v>750</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786051863801</t>
+          <t>9786050320015</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Şarkı Söyleyen Kurbağalar</t>
+          <t>Resimli Atasözü Kartları</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>68</v>
+        <v>75</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786053485445</t>
+          <t>9786050320008</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kral Midas ve Diğer Öyküler</t>
+          <t>Resimli Deyim Kartları</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>20</v>
+        <v>75</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786053482352</t>
+          <t>9786051869278</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Ponyfee ve Büyülü Lunapark</t>
+          <t>2. Sınıf Biraz Şiir Biraz Problem Kartları - Yaz Sil Kalemli</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>10</v>
+        <v>95</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786053482369</t>
+          <t>9786051866185</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Ponyfee ve Gökkuşağının Sonuna Yolculuk</t>
+          <t>İpek - Doktor Oluyor</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>10</v>
+        <v>55</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786053481713</t>
+          <t>9786051866208</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kale Avcıları 1 - Takım Dediğin Birlik Olur</t>
+          <t>İpek - Plajda</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>9.26</v>
+        <v>55</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786053481706</t>
+          <t>9786051864112</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>En Büyük Kaptan Bizim Kaptan - Kale Avcıları 2</t>
+          <t>Her Deney Bir Eğlence Serisi Kutu Set</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>10</v>
+        <v>150</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786053481720</t>
+          <t>9786051862866</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Kale Avcıları 3 - Yeni Bir Golcü</t>
+          <t>Harika Bilgiler Serisi Kutu Set</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>9.26</v>
+        <v>162.5</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786053485438</t>
+          <t>9786051863801</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Dünya'nın Başlangıcı</t>
+          <t>Şarkı Söyleyen Kurbağalar</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>20</v>
+        <v>68</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786053485056</t>
+          <t>9786053485445</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Tamam, Biraz Zavallı Olabilirim! (Ciltli)</t>
+          <t>Kral Midas ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>38</v>
+        <v>20</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786254484544</t>
+          <t>9786053482352</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Bir Köpek İstiyorum</t>
+          <t>Ponyfee ve Büyülü Lunapark</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>55</v>
+        <v>10</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786053484394</t>
+          <t>9786053482369</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Gök Gürültüsü Tanrıları</t>
+          <t>Ponyfee ve Gökkuşağının Sonuna Yolculuk</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786053484387</t>
+          <t>9786053481713</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Düzenbaz Hayvanlar</t>
+          <t>Kale Avcıları 1 - Takım Dediğin Birlik Olur</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>8</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786053484356</t>
+          <t>9786053481706</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Clive Havasını Koruyor</t>
+          <t>En Büyük Kaptan Bizim Kaptan - Kale Avcıları 2</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786053484295</t>
+          <t>9786053481720</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Babam Göbek Dansı Yapıyor</t>
+          <t>Kale Avcıları 3 - Yeni Bir Golcü</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>8</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786053484219</t>
+          <t>9786053485438</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Memnuniyetsiz</t>
+          <t>Dünya'nın Başlangıcı</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786053483274</t>
+          <t>9786053485056</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Jack (Ciltli)</t>
+          <t>Tamam, Biraz Zavallı Olabilirim! (Ciltli)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786053484301</t>
+          <t>9786254484544</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Havalı Clive</t>
+          <t>Bir Köpek İstiyorum</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>15</v>
+        <v>55</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786053484363</t>
+          <t>9786053484394</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Hamper’in Büyük Kaçışı</t>
+          <t>Gök Gürültüsü Tanrıları</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786053485049</t>
+          <t>9786053484387</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Daima Jack (Ciltli)</t>
+          <t>Düzenbaz Hayvanlar</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>32</v>
+        <v>8</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786053483595</t>
+          <t>9786053484356</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Her Deney Bir Eğlence - Hava</t>
+          <t>Clive Havasını Koruyor</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786053482659</t>
+          <t>9786053484295</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Maskeli Kahraman (Ciltli)</t>
+          <t>Babam Göbek Dansı Yapıyor</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>24</v>
+        <v>8</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786053483823</t>
+          <t>9786053484219</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk 100 Kelimem : Yiyecek ve İçecekler (Ciltli)</t>
+          <t>Memnuniyetsiz</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>15.74</v>
+        <v>15</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786053483830</t>
+          <t>9786053483274</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk 100 Kelimem : Renkler (Ciltli)</t>
+          <t>Benim Adım Jack (Ciltli)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>15.74</v>
+        <v>32</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786053483854</t>
+          <t>9786053484301</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk 100 Kelimem : Eşyalar (Ciltli)</t>
+          <t>Havalı Clive</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>15.74</v>
+        <v>15</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786053483847</t>
+          <t>9786053484363</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk 100 Kelimem : Hayvanlar (Ciltli)</t>
+          <t>Hamper’in Büyük Kaçışı</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>15.74</v>
+        <v>8</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786053483175</t>
+          <t>9786053485049</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Kokulu Cadde</t>
+          <t>Daima Jack (Ciltli)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>15</v>
+        <v>32</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786053482314</t>
+          <t>9786053483595</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Ponyfee - Aykız'ın Gizemi</t>
+          <t>Her Deney Bir Eğlence - Hava</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786053482321</t>
+          <t>9786053482659</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Ponyfee - Gül Bahçesi Sarayı'ndaki Prens</t>
+          <t>Maskeli Kahraman (Ciltli)</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>9.26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786053482338</t>
+          <t>9786053483823</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Ponyfee - İnci Gölü' nün Sırrı</t>
+          <t>Benim İlk 100 Kelimem : Yiyecek ve İçecekler (Ciltli)</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>10</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786053482345</t>
+          <t>9786053483830</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Ponyfee - Kaybolan Sihirli Değnek</t>
+          <t>Benim İlk 100 Kelimem : Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>10</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786053483045</t>
+          <t>9786053483854</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Denizanası Ayakkabıları</t>
+          <t>Benim İlk 100 Kelimem : Eşyalar (Ciltli)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>7.5</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786053483007</t>
+          <t>9786053483847</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Gürültücü Komşular</t>
+          <t>Benim İlk 100 Kelimem : Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>15</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786053483014</t>
+          <t>9786053483175</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Hortlaklar</t>
+          <t>Kokulu Cadde</t>
         </is>
       </c>
       <c r="C236" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786053482994</t>
+          <t>9786053482314</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Kuyrukluyıldız ve Köpek Yıldızı</t>
+          <t>Ponyfee - Aykız'ın Gizemi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786053483021</t>
+          <t>9786053482321</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Kız Azra</t>
+          <t>Ponyfee - Gül Bahçesi Sarayı'ndaki Prens</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786053483052</t>
+          <t>9786053482338</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Maskeli Temizlikçiler Günü Kurtarıyor</t>
+          <t>Ponyfee - İnci Gölü' nün Sırrı</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786053483069</t>
+          <t>9786053482345</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Maskeli Temizlikçiler Korsanlara Karşı</t>
+          <t>Ponyfee - Kaybolan Sihirli Değnek</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786053483076</t>
+          <t>9786053483045</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Mor Düğmeler</t>
+          <t>Denizanası Ayakkabıları</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>15</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786053483083</t>
+          <t>9786053483007</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Spagetti Kostümü</t>
+          <t>Gürültücü Komşular</t>
         </is>
       </c>
       <c r="C242" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786053483120</t>
+          <t>9786053483014</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Om’un Maskeli Temizlikçileri</t>
+          <t>Hortlaklar</t>
         </is>
       </c>
       <c r="C243" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786053483137</t>
+          <t>9786053482994</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Orman Şortları</t>
+          <t>Kaptan Kuyrukluyıldız ve Köpek Yıldızı</t>
         </is>
       </c>
       <c r="C244" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786053482918</t>
+          <t>9786053483021</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Ah, Ege!</t>
+          <t>Kirpi Kız Azra</t>
         </is>
       </c>
       <c r="C245" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786053482925</t>
+          <t>9786053483052</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Bitişik Evdeki Kovboy</t>
+          <t>Maskeli Temizlikçiler Günü Kurtarıyor</t>
         </is>
       </c>
       <c r="C246" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786053482949</t>
+          <t>9786053483069</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Deniz Aygırı Aramızda</t>
+          <t>Maskeli Temizlikçiler Korsanlara Karşı</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>7.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786053482864</t>
+          <t>9786053483076</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Bay Ivırzıvır ve Boyalı Kaplan</t>
+          <t>Mor Düğmeler</t>
         </is>
       </c>
       <c r="C248" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786053482970</t>
+          <t>9786053483083</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Pasaklı Pelin</t>
+          <t>Muhteşem Spagetti Kostümü</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786053482901</t>
+          <t>9786053483120</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Robo-Süp</t>
+          <t>Om’un Maskeli Temizlikçileri</t>
         </is>
       </c>
       <c r="C250" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786053482871</t>
+          <t>9786053483137</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Karpem</t>
+          <t>Orman Şortları</t>
         </is>
       </c>
       <c r="C251" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786053480228</t>
+          <t>9786053482918</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Kara Tepenin Laneti (Ciltli)</t>
+          <t>Ah, Ege!</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>19</v>
+        <v>15</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786053484318</t>
+          <t>9786053482925</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Yemek Makinesi</t>
+          <t>Bitişik Evdeki Kovboy</t>
         </is>
       </c>
       <c r="C253" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786053483144</t>
+          <t>9786053482949</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Metal Köpek Mikro</t>
+          <t>Deniz Aygırı Aramızda</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>15</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786053483199</t>
+          <t>9786053482864</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Prenses Hiçgülmez’in Tatili</t>
+          <t>Bay Ivırzıvır ve Boyalı Kaplan</t>
         </is>
       </c>
       <c r="C255" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786053483038</t>
+          <t>9786053482970</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Berk Kıpır’ın İnanılmaz Kulakları</t>
+          <t>Pasaklı Pelin</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786053482956</t>
+          <t>9786053482901</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Kuyrukluyıldız ve Mor Gezegen</t>
+          <t>Robo-Süp</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>7.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786053483205</t>
+          <t>9786053482871</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood Efsanesi</t>
+          <t>Karpem</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>7.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786053483212</t>
+          <t>9786053480228</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Tufanlar</t>
+          <t>Kara Tepenin Laneti (Ciltli)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>15</v>
+        <v>19</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786051867281</t>
+          <t>9786053484318</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Kütüphane Gemisi</t>
+          <t>Muhteşem Yemek Makinesi</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>7</v>
+        <v>15</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786051867359</t>
+          <t>9786053483144</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Sorun Çözen Soytarı</t>
+          <t>Metal Köpek Mikro</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>7</v>
+        <v>15</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786051867335</t>
+          <t>9786053483199</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>O Gece</t>
+          <t>Prenses Hiçgülmez’in Tatili</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>7</v>
+        <v>15</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786051867298</t>
+          <t>9786053483038</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Tenceresi</t>
+          <t>Berk Kıpır’ın İnanılmaz Kulakları</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>7</v>
+        <v>15</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786051867328</t>
+          <t>9786053482956</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Kış Pikniği</t>
+          <t>Kaptan Kuyrukluyıldız ve Mor Gezegen</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>7</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786051863870</t>
+          <t>9786053483205</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Muki ile Buki Masal Serisi (10 Kitap Takım)</t>
+          <t>Robin Hood Efsanesi</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>49</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786051864785</t>
+          <t>9786053483212</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Ördek Yavrusu - Andersen Masalları 1. Sınıf</t>
+          <t>Tufanlar</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>2.75</v>
+        <v>15</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786051864778</t>
+          <t>9786051867281</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Karga ile Tavus Kuşları - Ezop Masalları 1. Sınıf</t>
+          <t>Kütüphane Gemisi</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>2.75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786051864754</t>
+          <t>9786051867359</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>İki İnatçı Keçi - La Fontaine Masalları 1. Sınıf</t>
+          <t>Sorun Çözen Soytarı</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>2.75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786051864730</t>
+          <t>9786051867335</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Fare İle Kurbağa - 1. Sınıf Mesneviden Hikayeler</t>
+          <t>O Gece</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>2.75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786050320084</t>
+          <t>9786051867298</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>100 Temel Eserden Seçmeler 1. Sınıf</t>
+          <t>Anadolu Tenceresi</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>55</v>
+        <v>80</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786051866796</t>
+          <t>9786051867328</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Martı Atasözü Kartları</t>
+          <t>Kış Pikniği</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>25</v>
+        <v>80</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786051866802</t>
+          <t>9786051863870</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Martı Deyim Kartları</t>
+          <t>Muki ile Buki Masal Serisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>25</v>
+        <v>750</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786051866864</t>
+          <t>9786051864785</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Martı Problem Kartları 4. Sınıf</t>
+          <t>Ördek Yavrusu - Andersen Masalları 1. Sınıf</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>25</v>
+        <v>80</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786051866819</t>
+          <t>9786051864778</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Martı Problem Kartları 3. Sınıf</t>
+          <t>Karga ile Tavus Kuşları - Ezop Masalları 1. Sınıf</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>25</v>
+        <v>80</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786051866789</t>
+          <t>9786051864754</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Martı Problem Kartları 2. Sınıf</t>
+          <t>İki İnatçı Keçi - La Fontaine Masalları 1. Sınıf</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>25</v>
+        <v>80</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786051867144</t>
+          <t>9786051864730</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>İki Sevinç Bir Arada - Kerem ile Zehra</t>
+          <t>Fare İle Kurbağa - 1. Sınıf Mesneviden Hikayeler</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>7</v>
+        <v>80</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786051867205</t>
+          <t>9786050320084</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Arka Bahçenin Konukları - Kerem ile Zehra</t>
+          <t>100 Temel Eserden Seçmeler 1. Sınıf</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>7</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786051867199</t>
+          <t>9786051866796</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Sporcu Babaanne - Kerem ile Zehra</t>
+          <t>Martı Atasözü Kartları</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>7</v>
+        <v>25</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786051867137</t>
+          <t>9786051866802</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Gibi Uçmak - Kerem ile Zehra</t>
+          <t>Martı Deyim Kartları</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>7</v>
+        <v>25</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786051867120</t>
+          <t>9786051866864</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Uzay Korsanları - Kerem ile Zehra</t>
+          <t>Martı Problem Kartları 4. Sınıf</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>7</v>
+        <v>25</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786051867113</t>
+          <t>9786051866819</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Bu Resmi Kim Yaptı? - Kerem ile Zehra</t>
+          <t>Martı Problem Kartları 3. Sınıf</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>7</v>
+        <v>25</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786051866970</t>
+          <t>9786051866789</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Bu Çiçek Başka Çicek - Gülistan Sitesi Çocukları</t>
+          <t>Martı Problem Kartları 2. Sınıf</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>7</v>
+        <v>25</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786051867038</t>
+          <t>9786051867144</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Bir Kalem Yeter Bana - Gülistan Sitesi Çocukları</t>
+          <t>İki Sevinç Bir Arada - Kerem ile Zehra</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>7</v>
+        <v>80</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786254480157</t>
+          <t>9786051867205</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Masalı</t>
+          <t>Arka Bahçenin Konukları - Kerem ile Zehra</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>10</v>
+        <v>80</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786051864235</t>
+          <t>9786051867199</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi Set 2</t>
+          <t>Sporcu Babaanne - Kerem ile Zehra</t>
         </is>
       </c>
       <c r="C285" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786051864044</t>
+          <t>9786051867137</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Serisi Set 17</t>
+          <t>Kuşlar Gibi Uçmak - Kerem ile Zehra</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>67</v>
+        <v>80</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786051863504</t>
+          <t>9786051867120</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Minik Panda - Benim Çıngıraklı Küçük Diş Kaşıyıcı Kitabım</t>
+          <t>Uzay Korsanları - Kerem ile Zehra</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>17</v>
+        <v>80</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786051863498</t>
+          <t>9786051867113</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Minik Koyun - Benim Çıngıraklı Küçük Diş Kaşıyıcı Kitabım</t>
+          <t>Bu Resmi Kim Yaptı? - Kerem ile Zehra</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>17</v>
+        <v>80</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786051863481</t>
+          <t>9786051866970</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Minik Kedi - Benim Çıngıraklı Küçük Diş Kaşıyıcı Kitabım</t>
+          <t>Bu Çiçek Başka Çicek - Gülistan Sitesi Çocukları</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>17</v>
+        <v>80</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786051863511</t>
+          <t>9786051867038</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Minik Penguen - Benim Çıngıraklı Küçük Diş Kaşıyıcı Kitabım</t>
+          <t>Bir Kalem Yeter Bana - Gülistan Sitesi Çocukları</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>17</v>
+        <v>80</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786051863436</t>
+          <t>9786254480157</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Tekerlekli Kitabım - Traktör</t>
+          <t>Sevgi Masalı</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>47</v>
+        <v>80</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786051863429</t>
+          <t>9786051864235</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Tekerlekli Kitabım - Polis Arabası</t>
+          <t>Eğlenceli Okuma Serisi Set 2</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>47</v>
+        <v>80</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786051863412</t>
+          <t>9786051864044</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Tekerlekli Kitabım - İtfaiye Aracı</t>
+          <t>Eğlenceli Okuma Serisi Set 17</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>47</v>
+        <v>67</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786051863405</t>
+          <t>9786051863504</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Tekerlekli Kitabım - Araba</t>
+          <t>Minik Panda - Benim Çıngıraklı Küçük Diş Kaşıyıcı Kitabım</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>47</v>
+        <v>17</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786051863580</t>
+          <t>9786051863498</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Büyük Çiftlik Çıkartmalarım - İnek</t>
+          <t>Minik Koyun - Benim Çıngıraklı Küçük Diş Kaşıyıcı Kitabım</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>20.5</v>
+        <v>17</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786051863566</t>
+          <t>9786051863481</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Büyük Çiftlik Çıkartmalarım - Koyun</t>
+          <t>Minik Kedi - Benim Çıngıraklı Küçük Diş Kaşıyıcı Kitabım</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>20.5</v>
+        <v>17</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786051863597</t>
+          <t>9786051863511</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Büyük Çiftlik Çıkartmalarım - Tavuk</t>
+          <t>Minik Penguen - Benim Çıngıraklı Küçük Diş Kaşıyıcı Kitabım</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>20.5</v>
+        <v>17</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786051863115</t>
+          <t>9786051863436</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş - Alice Harikalar Diyarında (Ciltli)</t>
+          <t>Tekerlekli Kitabım - Traktör</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>3990001863474</t>
+          <t>9786051863429</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Vivaldi - Dört Mevsim</t>
+          <t>Tekerlekli Kitabım - Polis Arabası</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>75</v>
+        <v>47</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786051863467</t>
+          <t>9786051863412</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Mozart - Minik Müzikal Mucize</t>
+          <t>Tekerlekli Kitabım - İtfaiye Aracı</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>75</v>
+        <v>47</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786051863450</t>
+          <t>9786051863405</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Beethoven - Benim Minik Senfonilerim</t>
+          <t>Tekerlekli Kitabım - Araba</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>75</v>
+        <v>47</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786051863443</t>
+          <t>9786051863580</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Bach - Benim İlk Orkestram</t>
+          <t>Büyük Çiftlik Çıkartmalarım - İnek</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>75</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786051863221</t>
+          <t>9786051863566</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Minik Eller - Büyük Küçük</t>
+          <t>Büyük Çiftlik Çıkartmalarım - Koyun</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>12</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786051864877</t>
+          <t>9786051863597</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Hangi Resim Daha Güzel?</t>
+          <t>Büyük Çiftlik Çıkartmalarım - Tavuk</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>19</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786053489931</t>
+          <t>9786051863115</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Fasülye</t>
+          <t>Bir Varmış Bir Yokmuş - Alice Harikalar Diyarında (Ciltli)</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>7.5</v>
+        <v>29</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786053489894</t>
+          <t>3990001863474</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Parmak Kız</t>
+          <t>Vivaldi - Dört Mevsim</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>7.5</v>
+        <v>75</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786053489863</t>
+          <t>9786051863467</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses</t>
+          <t>Mozart - Minik Müzikal Mucize</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>7.5</v>
+        <v>75</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786053489832</t>
+          <t>9786051863450</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Külkedisi</t>
+          <t>Beethoven - Benim Minik Senfonilerim</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>7.5</v>
+        <v>75</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786051863740</t>
+          <t>9786051863443</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız</t>
+          <t>Bach - Benim İlk Orkestram</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>7.5</v>
+        <v>75</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786051863764</t>
+          <t>9786051863221</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Karlar Kraliçesi</t>
+          <t>Minik Eller - Büyük Küçük</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>7.5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786051863726</t>
+          <t>9786051864877</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kızı</t>
+          <t>Hangi Resim Daha Güzel?</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>7.5</v>
+        <v>19</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786051863757</t>
+          <t>9786053489931</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Kedi</t>
+          <t>Sihirli Fasülye</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>7.5</v>
+        <v>80</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786051863719</t>
+          <t>9786053489894</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Bencil Dev</t>
+          <t>Parmak Kız</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>7.5</v>
+        <v>80</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786051863191</t>
+          <t>9786053489863</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş - Pamuk Prenses ve Yedi Cüceler (Ciltli)</t>
+          <t>Pamuk Prenses</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>29</v>
+        <v>80</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786053488286</t>
+          <t>9786053489832</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Minyonlar - Drakula'nın Son Doğum Günü</t>
+          <t>Külkedisi</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>24</v>
+        <v>80</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786053488316</t>
+          <t>9786051863740</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Minyonlar - Çok Yaşa Kral Bob</t>
+          <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>12</v>
+        <v>80</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786053488293</t>
+          <t>9786051863764</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Minyonlar - Ara ve Bul</t>
+          <t>Karlar Kraliçesi</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>12</v>
+        <v>80</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786053488309</t>
+          <t>9786051863726</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Minyonlar - Filmin Hikayesi</t>
+          <t>Deniz Kızı</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>9.26</v>
+        <v>80</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786051863122</t>
+          <t>9786051863757</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş - Külkedisi (Ciltli)</t>
+          <t>Çizmeli Kedi</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>29</v>
+        <v>80</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786051863139</t>
+          <t>9786051863719</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş - Kırmızı Başlıklı Kız (Ciltli)</t>
+          <t>Bencil Dev</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>29</v>
+        <v>80</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786051863160</t>
+          <t>9786051863191</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş - Çizmeli Kedi (Ciltli)</t>
+          <t>Bir Varmış Bir Yokmuş - Pamuk Prenses ve Yedi Cüceler (Ciltli)</t>
         </is>
       </c>
       <c r="C321" s="1">
         <v>29</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786051863733</t>
+          <t>9786053488286</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Cesur Terzi</t>
+          <t>Minyonlar - Drakula'nın Son Doğum Günü</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>7.5</v>
+        <v>24</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786053488347</t>
+          <t>9786053488316</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Minyonlar - Karlı Bir Gün</t>
+          <t>Minyonlar - Çok Yaşa Kral Bob</t>
         </is>
       </c>
       <c r="C323" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786053488262</t>
+          <t>9786053488293</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Minyonlar - Kötüler Konferansına Giden Yolda Pek Çok Çıkartmanın Olduğu Kitap</t>
+          <t>Minyonlar - Ara ve Bul</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>16.5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786053488279</t>
+          <t>9786053488309</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Minyonlar - Patron Kim?</t>
+          <t>Minyonlar - Filmin Hikayesi</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>12</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>3990051863603</t>
+          <t>9786051863122</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Büyük Çiftlik Çıkartmalarım - Traktör</t>
+          <t>Bir Varmış Bir Yokmuş - Külkedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>20.5</v>
+        <v>29</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786051863573</t>
+          <t>9786051863139</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Büyük Vahşi Yaşam Çıkartmalarım - Gergedan</t>
+          <t>Bir Varmış Bir Yokmuş - Kırmızı Başlıklı Kız (Ciltli)</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>20.5</v>
+        <v>29</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786051863559</t>
+          <t>9786051863160</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Büyük Okyanus Çıkartmalarım - Balina</t>
+          <t>Bir Varmış Bir Yokmuş - Çizmeli Kedi (Ciltli)</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>20.5</v>
+        <v>29</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786051863184</t>
+          <t>9786051863733</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş - Uyuyan Güzel (Ciltli)</t>
+          <t>Cesur Terzi</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>29</v>
+        <v>80</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786051863153</t>
+          <t>9786053488347</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş - Pinokyo (Ciltli)</t>
+          <t>Minyonlar - Karlı Bir Gün</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>29</v>
+        <v>12</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786051863146</t>
+          <t>9786053488262</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş - Peter Pan (Ciltli)</t>
+          <t>Minyonlar - Kötüler Konferansına Giden Yolda Pek Çok Çıkartmanın Olduğu Kitap</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>58</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786053489887</t>
+          <t>9786053488279</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Ördek Yavrusu</t>
+          <t>Minyonlar - Patron Kim?</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>7.5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786051860015</t>
+          <t>3990051863603</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Rapunzel</t>
+          <t>Büyük Çiftlik Çıkartmalarım - Traktör</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>7.5</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786053489870</t>
+          <t>9786051863573</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Bremen Mızıkacıları</t>
+          <t>Büyük Vahşi Yaşam Çıkartmalarım - Gergedan</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>7.5</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786053489948</t>
+          <t>9786051863559</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Kibritçi Kız</t>
+          <t>Büyük Okyanus Çıkartmalarım - Balina</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>7.5</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786053489900</t>
+          <t>9786051863184</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Fareli Köyün Kavalcısı</t>
+          <t>Bir Varmış Bir Yokmuş - Uyuyan Güzel (Ciltli)</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>7.5</v>
+        <v>29</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786053489856</t>
+          <t>9786051863153</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Bir Varmış Bir Yokmuş - Pinokyo (Ciltli)</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>7.5</v>
+        <v>29</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786051860008</t>
+          <t>9786051863146</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Bir Varmış Bir Yokmuş - Peter Pan (Ciltli)</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>7.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786053489849</t>
+          <t>9786053489887</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Ali Baba ve Kırk Haramiler</t>
+          <t>Çirkin Ördek Yavrusu</t>
         </is>
       </c>
       <c r="C339" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786053489924</t>
+          <t>9786051860015</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Hansel ve Gretel</t>
+          <t>Rapunzel</t>
         </is>
       </c>
       <c r="C340" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786053489917</t>
+          <t>9786053489870</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Güzel ve Çirkin</t>
+          <t>Bremen Mızıkacıları</t>
         </is>
       </c>
       <c r="C341" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786051866710</t>
+          <t>9786053489948</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Adam Olmak</t>
+          <t>Kibritçi Kız</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>8</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786051866727</t>
+          <t>9786053489900</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Aslan İle Eşek</t>
+          <t>Fareli Köyün Kavalcısı</t>
         </is>
       </c>
       <c r="C343" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786051866659</t>
+          <t>9786053489856</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Köpek İle Kurt</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C344" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786051866581</t>
+          <t>9786051860008</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Acemi Çaylak</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C345" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786051866635</t>
+          <t>9786053489849</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>İki Hizmetçi</t>
+          <t>Ali Baba ve Kırk Haramiler</t>
         </is>
       </c>
       <c r="C346" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786051866604</t>
+          <t>9786053489924</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Eşek ile Tilki</t>
+          <t>Hansel ve Gretel</t>
         </is>
       </c>
       <c r="C347" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786051866680</t>
+          <t>9786053489917</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Pekmezci Anne</t>
+          <t>Güzel ve Çirkin</t>
         </is>
       </c>
       <c r="C348" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786051866642</t>
+          <t>9786051866710</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan</t>
+          <t>Adam Olmak</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>7.5</v>
+        <v>80</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786051866703</t>
+          <t>9786051866727</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Çocuk</t>
+          <t>Aslan İle Eşek</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>7.5</v>
+        <v>80</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786051866673</t>
+          <t>9786051866659</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Köpek İle Kurt</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>7.5</v>
+        <v>80</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786051866574</t>
+          <t>9786051866581</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Yorgan Gitti Kavga Bitti - Nasrettin Hoca Fıkraları</t>
+          <t>Acemi Çaylak</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>7.5</v>
+        <v>80</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786051866567</t>
+          <t>9786051866635</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Parayı Veren Düdüğü Çalar - Nasrettin Hoca Fıkraları</t>
+          <t>İki Hizmetçi</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>7.5</v>
+        <v>80</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786051866963</t>
+          <t>9786051866604</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Bu Hazırlık Kimin İçin? - Gülistan Sitesi Çocukları</t>
+          <t>Eşek ile Tilki</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>7</v>
+        <v>80</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786051867021</t>
+          <t>9786051866680</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Yeni Arkadaş - Gülistan Sitesi Çocukları</t>
+          <t>Pekmezci Anne</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>7</v>
+        <v>80</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786051867106</t>
+          <t>9786051866642</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Bütün Renkler Güzeldir - Kerem ile Zehra</t>
+          <t>Keloğlan</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>7</v>
+        <v>80</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786051867083</t>
+          <t>9786051866703</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Dilek Ağacı - Kerem ile Zehra</t>
+          <t>Yıldız Çocuk</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>7</v>
+        <v>80</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786051867090</t>
+          <t>9786051866673</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Bir Çocuğun Düşleri - Kerem ile Zehra</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>7</v>
+        <v>80</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786051867182</t>
+          <t>9786051866574</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kitaplar Gezegeni - Kerem ile Zehra</t>
+          <t>Yorgan Gitti Kavga Bitti - Nasrettin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>7</v>
+        <v>80</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786051865096</t>
+          <t>9786051866567</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Aslan ile Yunus - Ezop Masalları</t>
+          <t>Parayı Veren Düdüğü Çalar - Nasrettin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>7</v>
+        <v>80</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786051865188</t>
+          <t>9786051866963</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Kibritçi Kız - Andersen Masalları</t>
+          <t>Bu Hazırlık Kimin İçin? - Gülistan Sitesi Çocukları</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>7</v>
+        <v>80</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786051865232</t>
+          <t>9786051867021</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Yaban Kuğuları - Andersen Masalları</t>
+          <t>Yeni Arkadaş - Gülistan Sitesi Çocukları</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>7</v>
+        <v>80</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786051865058</t>
+          <t>9786051867106</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Pişmiş Buğday - Nasrettin Hoca Fıkraları</t>
+          <t>Bütün Renkler Güzeldir - Kerem ile Zehra</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>7</v>
+        <v>80</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786051865041</t>
+          <t>9786051867083</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Bal Kabağı - Nasrettin Hoca Fıkraları</t>
+          <t>Dilek Ağacı - Kerem ile Zehra</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>7</v>
+        <v>80</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786051865065</t>
+          <t>9786051867090</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Ya Tutarsa - Nasrettin Hoca Fıkraları</t>
+          <t>Bir Çocuğun Düşleri - Kerem ile Zehra</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>7</v>
+        <v>80</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786051865034</t>
+          <t>9786051867182</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Aslan, Yaban Eşeği ve Tilki - Ezop Masalları</t>
+          <t>Sihirli Kitaplar Gezegeni - Kerem ile Zehra</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>7</v>
+        <v>80</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786051865027</t>
+          <t>9786051865096</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Aslan ile Tavşan - Ezop Masalları</t>
+          <t>Aslan ile Yunus - Ezop Masalları</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>7</v>
+        <v>80</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786051865072</t>
+          <t>9786051865188</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Zümrüdüanka - Billur Köşk Masalları</t>
+          <t>Kibritçi Kız - Andersen Masalları</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>7</v>
+        <v>80</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786051865157</t>
+          <t>9786051865232</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>İki Tarla Faresi - Atasözü Hikayeleri</t>
+          <t>Yaban Kuğuları - Andersen Masalları</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>7</v>
+        <v>80</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786051865126</t>
+          <t>9786051865058</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Kedi ile Fare - Atasözü Hikayeleri</t>
+          <t>Pişmiş Buğday - Nasrettin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>7</v>
+        <v>80</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786051865201</t>
+          <t>9786051865041</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Köylü ile Şehirli - Mesnevi'den Hikayeler</t>
+          <t>Bal Kabağı - Nasrettin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>7</v>
+        <v>80</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786051865225</t>
+          <t>9786051865065</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Tüccar ile Papağan - Mesnevi'den Hikayeler</t>
+          <t>Ya Tutarsa - Nasrettin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>7</v>
+        <v>80</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786051864860</t>
+          <t>9786051865034</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Aslan, Yaban Eşeği ve Tilki - Ezop Masalları</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>82</v>
+        <v>80</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786053485964</t>
+          <t>9786051865027</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Deniz Suyu Neden Tuzludur?</t>
+          <t>Aslan ile Tavşan - Ezop Masalları</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>20</v>
+        <v>80</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786051866932</t>
+          <t>9786051865072</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı - Pijama Kulübü Çocukları</t>
+          <t>Zümrüdüanka - Billur Köşk Masalları</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>14</v>
+        <v>80</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786051867045</t>
+          <t>9786051865157</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Dede Bizi Gezdir - Pijama Kulübü Çocukları</t>
+          <t>İki Tarla Faresi - Atasözü Hikayeleri</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>14</v>
+        <v>80</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786051867069</t>
+          <t>9786051865126</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>İş Makineleri - Pijama Kulübü Çocukları</t>
+          <t>Kedi ile Fare - Atasözü Hikayeleri</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>14</v>
+        <v>80</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786051867014</t>
+          <t>9786051865201</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Saklambaç - Pijama Kulübü Çocukları</t>
+          <t>Köylü ile Şehirli - Mesnevi'den Hikayeler</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>14</v>
+        <v>80</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786051866994</t>
+          <t>9786051865225</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Mevsimler - Pijama Kulübü Çocukları</t>
+          <t>Tüccar ile Papağan - Mesnevi'den Hikayeler</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>14</v>
+        <v>80</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786051867939</t>
+          <t>9786051864860</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Bella Donna - Tatlı Cadıcık</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>28</v>
+        <v>82</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786051867946</t>
+          <t>9786053485964</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Bella Donna - Patlayan Büyüler</t>
+          <t>Deniz Suyu Neden Tuzludur?</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>65</v>
+        <v>20</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786051866253</t>
+          <t>9786051866932</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Bella Donna - Büyülü Kedi</t>
+          <t>Kurtuluş Savaşı - Pijama Kulübü Çocukları</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>65</v>
+        <v>80</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786051866246</t>
+          <t>9786051867045</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Bella Donna - Büyücülük</t>
+          <t>Dede Bizi Gezdir - Pijama Kulübü Çocukları</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>65</v>
+        <v>80</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786051865195</t>
+          <t>9786051867069</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Kral ile Bülbül - Andersen Masalları</t>
+          <t>İş Makineleri - Pijama Kulübü Çocukları</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>7</v>
+        <v>80</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786051865119</t>
+          <t>9786051867014</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Kaplan ile Aslan - La Fontaine Masalları</t>
+          <t>Saklambaç - Pijama Kulübü Çocukları</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>7</v>
+        <v>80</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786051865164</t>
+          <t>9786051866994</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan - Keloğlan Masalları</t>
+          <t>Mevsimler - Pijama Kulübü Çocukları</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>7</v>
+        <v>80</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786051865133</t>
+          <t>9786051867939</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Hacivat ile Karagöz</t>
+          <t>Bella Donna - Tatlı Cadıcık</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>7</v>
+        <v>28</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786051865140</t>
+          <t>9786051867946</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Bir Altın - Keloğlan Masalları</t>
+          <t>Bella Donna - Patlayan Büyüler</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>7</v>
+        <v>65</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786051865089</t>
+          <t>9786051866253</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Adam Olmak - Deyim Hikayeleri</t>
+          <t>Bella Donna - Büyülü Kedi</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>7</v>
+        <v>65</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786051865102</t>
+          <t>9786051866246</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Bilmeceler</t>
+          <t>Bella Donna - Büyücülük</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>7</v>
+        <v>65</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786051864686</t>
+          <t>9786051865195</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Altın Dağı - 1. Sınıf Keloğlan Hikayeleri</t>
+          <t>Kral ile Bülbül - Andersen Masalları</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>2.75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786051864761</t>
+          <t>9786051865119</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>İki Kardeş - 1 Sınıf Deyim Hikayeleri</t>
+          <t>Kaplan ile Aslan - La Fontaine Masalları</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>2.75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786051864662</t>
+          <t>9786051865164</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Aç Eşek - 1. Sınıf Mesneviden Hikayeler</t>
+          <t>Keloğlan - Keloğlan Masalları</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>2.75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786051864709</t>
+          <t>9786051865133</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Avcı Kral - 1. Sınıf Ezop Masalları</t>
+          <t>Hacivat ile Karagöz</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>2.75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786051864679</t>
+          <t>9786051865140</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Altın Yumurtlayan Kaz - 1. Sınıf Ezop Masalları</t>
+          <t>Her Güne Bir Altın - Keloğlan Masalları</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>2.75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786051864716</t>
+          <t>9786051865089</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Doğuran Kazan - 1. Sınıf Nasrettin Hoca Fıkraları</t>
+          <t>Adam Olmak - Deyim Hikayeleri</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>2.75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786051864693</t>
+          <t>9786051865102</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Aslan İle Fare - 1. Sınıf Ezop Masalları</t>
+          <t>Bilmeceler</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>2.75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786051864723</t>
+          <t>9786051864686</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Elin Eşeği - 1. Sınıf Atasözü Hikayeleri</t>
+          <t>Altın Dağı - 1. Sınıf Keloğlan Hikayeleri</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>3</v>
+        <v>80</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786051864747</t>
+          <t>9786051864761</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Filin Yeni Arkadaşı - 1. Sınıf Nasrettin Hoca Fıkraları</t>
+          <t>İki Kardeş - 1 Sınıf Deyim Hikayeleri</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>2.75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786051862903</t>
+          <t>9786051864662</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Fokur Fokur - Muhteşem Büyükanne Yemek Yarışması</t>
+          <t>Aç Eşek - 1. Sınıf Mesneviden Hikayeler</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>50</v>
+        <v>80</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786053488613</t>
+          <t>9786051864709</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Öğren: Araçlar (Ciltli)</t>
+          <t>Avcı Kral - 1. Sınıf Ezop Masalları</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>18</v>
+        <v>80</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786053488644</t>
+          <t>9786051864679</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Öğren: Yiyecekler (Ciltli)</t>
+          <t>Altın Yumurtlayan Kaz - 1. Sınıf Ezop Masalları</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>18</v>
+        <v>80</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786053488637</t>
+          <t>9786051864716</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Öğren: Meslekler (Ciltli)</t>
+          <t>Doğuran Kazan - 1. Sınıf Nasrettin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>18</v>
+        <v>80</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786053488620</t>
+          <t>9786051864693</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Öğren: Hayvanlar (Ciltli)</t>
+          <t>Aslan İle Fare - 1. Sınıf Ezop Masalları</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>18</v>
+        <v>80</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786053489177</t>
+          <t>9786051864723</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Siri ve Pasaklı Misafir (Ciltli)</t>
+          <t>Elin Eşeği - 1. Sınıf Atasözü Hikayeleri</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>50</v>
+        <v>80</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786053489191</t>
+          <t>9786051864747</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Siri ve Üst Kattaki Komşu (Ciltli)</t>
+          <t>Filin Yeni Arkadaşı - 1. Sınıf Nasrettin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>50</v>
+        <v>80</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786053489184</t>
+          <t>9786051862903</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Siri ve Yeni Arkadaşları (Ciltli)</t>
+          <t>Fokur Fokur - Muhteşem Büyükanne Yemek Yarışması</t>
         </is>
       </c>
       <c r="C407" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786051868141</t>
+          <t>9786053488613</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Uygarlık</t>
+          <t>Resimlerle Öğren: Araçlar (Ciltli)</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>28</v>
+        <v>18</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786051866130</t>
+          <t>9786053488644</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Nilda ve Vız Vız Arılar</t>
+          <t>Resimlerle Öğren: Yiyecekler (Ciltli)</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>39</v>
+        <v>18</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786051868134</t>
+          <t>9786053488637</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Sayılar Kayboldu!</t>
+          <t>Resimlerle Öğren: Meslekler (Ciltli)</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>35</v>
+        <v>18</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786051868110</t>
+          <t>9786053488620</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Anahtar</t>
+          <t>Resimlerle Öğren: Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>55</v>
+        <v>18</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786051868127</t>
+          <t>9786053489177</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Babamın Hazine Haritası</t>
+          <t>Siri ve Pasaklı Misafir (Ciltli)</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>14</v>
+        <v>50</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786051863092</t>
+          <t>9786053489191</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Bak ve Öğren - Karşıtlıklar</t>
+          <t>Siri ve Üst Kattaki Komşu (Ciltli)</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>47</v>
+        <v>50</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786053489504</t>
+          <t>9786053489184</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Bambi (3 Boyutlu) (Ciltli)</t>
+          <t>Siri ve Yeni Arkadaşları (Ciltli)</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786053489436</t>
+          <t>9786051868141</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Nono 4 - Yalan Söylemek Çok Kötü</t>
+          <t>Gizemli Uygarlık</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>56</v>
+        <v>28</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786053489405</t>
+          <t>9786051866130</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Nono 3 - Yabancılarla Konuşma</t>
+          <t>Nilda ve Vız Vız Arılar</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>45.5</v>
+        <v>39</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786053489429</t>
+          <t>9786051868134</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Nono 2 - Bugün Okula Gitmek İstemiyorum</t>
+          <t>Eyvah Sayılar Kayboldu!</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>45.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786053489412</t>
+          <t>9786051868110</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Nono 1 - Ben Bir Numarayım</t>
+          <t>Anahtar</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>45.5</v>
+        <v>55</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786051863214</t>
+          <t>9786051868127</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Minik Eller - Bedenim</t>
+          <t>Babamın Hazine Haritası</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786053489542</t>
+          <t>9786051863092</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan (3 Boyutlu) (Ciltli)</t>
+          <t>Bak ve Öğren - Karşıtlıklar</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>150</v>
+        <v>47</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786051863283</t>
+          <t>9786053489504</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Minik Eller - Taşıtlar</t>
+          <t>Bambi (3 Boyutlu) (Ciltli)</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>12</v>
+        <v>150</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786051863313</t>
+          <t>9786053489436</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Minik Eller - Renkler Şekiller</t>
+          <t>Nono 4 - Yalan Söylemek Çok Kötü</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>12</v>
+        <v>56</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786051863252</t>
+          <t>9786053489405</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Minik Eller - Sayılar</t>
+          <t>Nono 3 - Yabancılarla Konuşma</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>12</v>
+        <v>45.5</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786053489535</t>
+          <t>9786053489429</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses (3 Boyutlu) (Ciltli)</t>
+          <t>Nono 2 - Bugün Okula Gitmek İstemiyorum</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>150</v>
+        <v>45.5</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786053489030</t>
+          <t>9786053489412</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Barry Loser ve Ezilmiş Kutu Davası (Ciltli)</t>
+          <t>Nono 1 - Ben Bir Numarayım</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>75</v>
+        <v>45.5</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786051867052</t>
+          <t>9786051863214</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağının Renkleri - Gülistan Sitesi Çocukları</t>
+          <t>Minik Eller - Bedenim</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>7</v>
+        <v>12</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786051866956</t>
+          <t>9786053489542</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Bir Dönüşüm Masalı - Gülistan Sitesi Çocukları</t>
+          <t>Peter Pan (3 Boyutlu) (Ciltli)</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>7</v>
+        <v>150</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786051867007</t>
+          <t>9786051863283</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Minik Kirpi Nerede Yaşar? - Gülistan Sitesi Çocukları</t>
+          <t>Minik Eller - Taşıtlar</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>7</v>
+        <v>12</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786051866949</t>
+          <t>9786051863313</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Altın Elli Kral - Gülistan Sitesi Çocukları</t>
+          <t>Minik Eller - Renkler Şekiller</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>7</v>
+        <v>12</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786051867076</t>
+          <t>9786051863252</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bayram Olsa - Gülistan Sitesi Çocukları</t>
+          <t>Minik Eller - Sayılar</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>7</v>
+        <v>12</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786051866987</t>
+          <t>9786053489535</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Karne Armağanı - Gülistan Sitesi Çocukları</t>
+          <t>Pamuk Prenses (3 Boyutlu) (Ciltli)</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>7</v>
+        <v>150</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786051863276</t>
+          <t>9786053489030</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Minik Eller - Oyuncaklar</t>
+          <t>Barry Loser ve Ezilmiş Kutu Davası (Ciltli)</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>12</v>
+        <v>75</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786051863245</t>
+          <t>9786051867052</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Minik Eller - Okul</t>
+          <t>Gökkuşağının Renkleri - Gülistan Sitesi Çocukları</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>12</v>
+        <v>80</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786051863238</t>
+          <t>9786051866956</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Minik Eller - İlk Sözcükler</t>
+          <t>Bir Dönüşüm Masalı - Gülistan Sitesi Çocukları</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>12</v>
+        <v>80</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786053489528</t>
+          <t>9786051867007</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Karlar Kraliçesi (3 Boyutlu) (Ciltli)</t>
+          <t>Minik Kirpi Nerede Yaşar? - Gülistan Sitesi Çocukları</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786051863269</t>
+          <t>9786051866949</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Minik Eller - Hayvanlar</t>
+          <t>Altın Elli Kral - Gülistan Sitesi Çocukları</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>12</v>
+        <v>80</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786051863290</t>
+          <t>9786051867076</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Minik Eller - Çiftlik</t>
+          <t>Hayat Bayram Olsa - Gülistan Sitesi Çocukları</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>12</v>
+        <v>80</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786053489511</t>
+          <t>9786051866987</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Heidi (3 Boyutlu) (Ciltli)</t>
+          <t>Karne Armağanı - Gülistan Sitesi Çocukları</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786053488194</t>
+          <t>9786051863276</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Üvey Kız Kardeşim Ella</t>
+          <t>Minik Eller - Oyuncaklar</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786053488118</t>
+          <t>9786051863245</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Melleron'un Canavarları</t>
+          <t>Minik Eller - Okul</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786053488064</t>
+          <t>9786051863238</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Yel Değirmeni</t>
+          <t>Minik Eller - İlk Sözcükler</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786053488057</t>
+          <t>9786053489528</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Forvet Oyuncusunun Gölgesinde</t>
+          <t>Karlar Kraliçesi (3 Boyutlu) (Ciltli)</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>24</v>
+        <v>150</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786053486688</t>
+          <t>9786051863269</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Beowulf, Grendel ve Ejderha</t>
+          <t>Minik Eller - Hayvanlar</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786053484837</t>
+          <t>9786051863290</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Havalı Clive ve Baloncuk Sorunu</t>
+          <t>Minik Eller - Çiftlik</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786053484899</t>
+          <t>9786053489511</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Çörek İkilemi</t>
+          <t>Heidi (3 Boyutlu) (Ciltli)</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>20</v>
+        <v>150</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786053484820</t>
+          <t>9786053488194</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Gülümseyen Köpekbalığı</t>
+          <t>Üvey Kız Kardeşim Ella</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>10</v>
+        <v>24</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786053484929</t>
+          <t>9786053488118</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Bir Kedi Dünyayı Yönetirse</t>
+          <t>Melleron'un Canavarları</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>8</v>
+        <v>24</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786053484813</t>
+          <t>9786053488064</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Dileğim Gerçek Olsun</t>
+          <t>Gizemli Yel Değirmeni</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>10</v>
+        <v>24</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786053484912</t>
+          <t>9786053488057</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Afrika Fablları</t>
+          <t>Forvet Oyuncusunun Gölgesinde</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>7.5</v>
+        <v>24</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786051864334</t>
+          <t>9786053486688</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>İyiliksever Çiçi</t>
+          <t>Beowulf, Grendel ve Ejderha</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>4</v>
+        <v>20</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786051864419</t>
+          <t>9786053484837</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen Çiçi</t>
+          <t>Havalı Clive ve Baloncuk Sorunu</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>4</v>
+        <v>20</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786051864396</t>
+          <t>9786053484899</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Çiçi’nin Oyunu</t>
+          <t>Çörek İkilemi</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>8</v>
+        <v>20</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786051864389</t>
+          <t>9786053484820</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Çiçi’nin Oyuncakları</t>
+          <t>Gülümseyen Köpekbalığı</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786051864402</t>
+          <t>9786053484929</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Çiçi’nin Gemisi</t>
+          <t>Bir Kedi Dünyayı Yönetirse</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>4</v>
+        <v>8</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786051864372</t>
+          <t>9786053484813</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Çiçi Kitap Okuyor</t>
+          <t>Dileğim Gerçek Olsun</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>4</v>
+        <v>10</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786051864365</t>
+          <t>9786053484912</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Ressam Çiçi</t>
+          <t>Afrika Fablları</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>8</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786051864358</t>
+          <t>9786051864334</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Lunapark</t>
+          <t>İyiliksever Çiçi</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>4</v>
+        <v>80</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786051864341</t>
+          <t>9786051864419</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Dost</t>
+          <t>Öğretmen Çiçi</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>4</v>
+        <v>80</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786051864327</t>
+          <t>9786051864396</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Balonla Gezi</t>
+          <t>Çiçi’nin Oyunu</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>4</v>
+        <v>80</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786051861357</t>
+          <t>9786051864389</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Zoyi'nin Gezi Rehberi</t>
+          <t>Çiçi’nin Oyuncakları</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>12</v>
+        <v>80</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786051862460</t>
+          <t>9786051864402</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Uçmak İsteyen Devekuşu</t>
+          <t>Çiçi’nin Gemisi</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786051862446</t>
+          <t>9786051864372</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Timsah Olmak İsteyen Hipopotam</t>
+          <t>Çiçi Kitap Okuyor</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786051862422</t>
+          <t>9786051864365</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Kutup Ayısı Olmak İsteyen Boz Ayı</t>
+          <t>Ressam Çiçi</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786051862415</t>
+          <t>9786051864358</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Kaplan Olmak İsteyen Kedi</t>
+          <t>Lunapark</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786053484738</t>
+          <t>9786051864341</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Kaza Geliyorum Demez</t>
+          <t>Kusursuz Dost</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>7</v>
+        <v>80</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786053489023</t>
+          <t>9786051864327</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Alice'in Renkli Harikalar Diyarı</t>
+          <t>Balonla Gezi</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>38</v>
+        <v>80</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786053484707</t>
+          <t>9786051861357</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Kibirli Prune</t>
+          <t>Zoyi'nin Gezi Rehberi</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786053485407</t>
+          <t>9786051862460</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Tırmanmak</t>
+          <t>Uçmak İsteyen Devekuşu</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>20</v>
+        <v>60</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786053485391</t>
+          <t>9786051862446</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Gıdıklanma Gecesi</t>
+          <t>Timsah Olmak İsteyen Hipopotam</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>20</v>
+        <v>60</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786053485377</t>
+          <t>9786051862422</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Carly Ann Potter'ın Gerçek Günlüğü</t>
+          <t>Kutup Ayısı Olmak İsteyen Boz Ayı</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>20</v>
+        <v>60</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786053485414</t>
+          <t>9786051862415</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Sır Kedi</t>
+          <t>Kaplan Olmak İsteyen Kedi</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>20</v>
+        <v>60</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786053485384</t>
+          <t>9786053484738</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Evcil Hayvan Ekibi</t>
+          <t>Kaza Geliyorum Demez</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>20</v>
+        <v>7</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786053485360</t>
+          <t>9786053489023</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Anti-Kabadayı Makinesi</t>
+          <t>Alice'in Renkli Harikalar Diyarı</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>20</v>
+        <v>38</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786053485452</t>
+          <t>9786053484707</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Rama'nın Seyahati</t>
+          <t>Kibirli Prune</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786053484196</t>
+          <t>9786053485407</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Janey'nin Devleri</t>
+          <t>Karanlıkta Tırmanmak</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786053484332</t>
+          <t>9786053485391</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Robot Bakıcı</t>
+          <t>Gıdıklanma Gecesi</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786053484233</t>
+          <t>9786053485377</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Çöp Kutusu</t>
+          <t>Carly Ann Potter'ın Gerçek Günlüğü</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786053484172</t>
+          <t>9786053485414</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Bertha'nın Gizli Savaşı</t>
+          <t>Sır Kedi</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786053484240</t>
+          <t>9786053485384</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Blackbones Okul Kurtarıyor</t>
+          <t>Evcil Hayvan Ekibi</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786053485421</t>
+          <t>9786053485360</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Hastası</t>
+          <t>Anti-Kabadayı Makinesi</t>
         </is>
       </c>
       <c r="C480" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786053484257</t>
+          <t>9786053485452</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Büyük Şans</t>
+          <t>Rama'nın Seyahati</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786051861258</t>
+          <t>9786053484196</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Müzisyenler Neden Matematik de Sever?</t>
+          <t>Janey'nin Devleri</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>112</v>
+        <v>15</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786051860381</t>
+          <t>9786053484332</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Gücü</t>
+          <t>Robot Bakıcı</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>75</v>
+        <v>15</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786053484752</t>
+          <t>9786053484233</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Kız ve Korkunç Gerçek</t>
+          <t>Çöp Kutusu</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786053484776</t>
+          <t>9786053484172</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Topu At!</t>
+          <t>Bertha'nın Gizli Savaşı</t>
         </is>
       </c>
       <c r="C485" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786053484691</t>
+          <t>9786053484240</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Billy’nin Şansı</t>
+          <t>Blackbones Okul Kurtarıyor</t>
         </is>
       </c>
       <c r="C486" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786053484769</t>
+          <t>9786053485421</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Ben ve Semenderim</t>
+          <t>Yıldız Hastası</t>
         </is>
       </c>
       <c r="C487" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786051861302</t>
+          <t>9786053484257</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Okulu</t>
+          <t>Büyük Şans</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>75</v>
+        <v>15</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786051860541</t>
+          <t>9786051861258</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Mezar Soyguncusunun Çırağı</t>
+          <t>Müzisyenler Neden Matematik de Sever?</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786051860251</t>
+          <t>9786051860381</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Sevginin Gücü</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>10</v>
+        <v>75</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786053484882</t>
+          <t>9786053484752</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Kız ve Yarım Yürekli Kahraman</t>
+          <t>Muhteşem Kız ve Korkunç Gerçek</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786053484875</t>
+          <t>9786053484776</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Kız ve Yapışkan Gökdelen</t>
+          <t>Topu At!</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786053484868</t>
+          <t>9786053484691</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Kalecinin Sırrı</t>
+          <t>Billy’nin Şansı</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786053484905</t>
+          <t>9786053484769</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Herkül</t>
+          <t>Ben ve Semenderim</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>8</v>
+        <v>20</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786053484851</t>
+          <t>9786051861302</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Hurda Adam ve Muhteşem Uçuş Makinesi</t>
+          <t>Yıldızlar Okulu</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>10</v>
+        <v>75</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786053484844</t>
+          <t>9786051860541</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Terbiyecisi Shelley Holmes</t>
+          <t>Mezar Soyguncusunun Çırağı</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>20</v>
+        <v>98</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786053487302</t>
+          <t>9786051860251</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Kimim Ben? - Yavru Hayvanlar</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>30</v>
+        <v>80</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786053487319</t>
+          <t>9786053484882</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Kimim Ben? - Vahşi Hayvanlar</t>
+          <t>Muhteşem Kız ve Yarım Yürekli Kahraman</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786053487333</t>
+          <t>9786053484875</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Kimim Ben? - Çiftlik Hayvanları</t>
+          <t>Muhteşem Kız ve Yapışkan Gökdelen</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786053487326</t>
+          <t>9786053484868</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Kimim Ben? - Çevremdeki Hayvanlar</t>
+          <t>Kalecinin Sırrı</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786053486985</t>
+          <t>9786053484905</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>O Ses Nedir? - Taşıtlar (Sesli Kitap)</t>
+          <t>Kahraman Herkül</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>75</v>
+        <v>8</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786053486978</t>
+          <t>9786053484851</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>O Ses Nedir? - Hayvanlar (Sesli Kitap)</t>
+          <t>Hurda Adam ve Muhteşem Uçuş Makinesi</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>75</v>
+        <v>10</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786053486961</t>
+          <t>9786053484844</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>O Ses Nedir? - Enstrümanlar (Sesli Kitap)</t>
+          <t>Hayvan Terbiyecisi Shelley Holmes</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>75</v>
+        <v>20</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786053486992</t>
+          <t>9786053487302</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>O Ses Nedir? - Çiftlik Hayvanları (Sesli Kitap)</t>
+          <t>Kimim Ben? - Yavru Hayvanlar</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>75</v>
+        <v>30</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786053483373</t>
+          <t>9786053487319</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Oxford Kitaplığı Set 3 (12 Kitap Takım)</t>
+          <t>Kimim Ben? - Vahşi Hayvanlar</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>67</v>
+        <v>30</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786051861470</t>
+          <t>9786053487333</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Papağan Polly'ye Yardım Eli!</t>
+          <t>Kimim Ben? - Çiftlik Hayvanları</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786051861463</t>
+          <t>9786053487326</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Oley Define Buldum!</t>
+          <t>Kimim Ben? - Çevremdeki Hayvanlar</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786051861456</t>
+          <t>9786053486985</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Hey, Hey Kaptan!</t>
+          <t>O Ses Nedir? - Taşıtlar (Sesli Kitap)</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>22.5</v>
+        <v>75</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786051861449</t>
+          <t>9786053486978</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Ben Yaptım!</t>
+          <t>O Ses Nedir? - Hayvanlar (Sesli Kitap)</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>18</v>
+        <v>75</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786051861265</t>
+          <t>9786053486961</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Ulduz Kız'ın Kargaları</t>
+          <t>O Ses Nedir? - Enstrümanlar (Sesli Kitap)</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>12</v>
+        <v>75</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786051861609</t>
+          <t>9786053486992</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Tik Tak</t>
+          <t>O Ses Nedir? - Çiftlik Hayvanları (Sesli Kitap)</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>17</v>
+        <v>75</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786051861593</t>
+          <t>9786053483373</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Tekerlekler Durmadan Döner</t>
+          <t>Oxford Kitaplığı Set 3 (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>17</v>
+        <v>67</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786051861548</t>
+          <t>9786051861470</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Süper Anne</t>
+          <t>Papağan Polly'ye Yardım Eli!</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786051861579</t>
+          <t>9786051861463</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Mımm! Çok Lezzetli</t>
+          <t>Oley Define Buldum!</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>21</v>
+        <v>18</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786051861531</t>
+          <t>9786051861456</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Haydi Bir Ev Yapalım</t>
+          <t>Hey, Hey Kaptan!</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>17</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786051861524</t>
+          <t>9786051861449</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Dünya Bebeklerle Dolu!</t>
+          <t>Ben Yaptım!</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786051861555</t>
+          <t>9786051861265</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Vahşi ve Özgür</t>
+          <t>Ulduz Kız'ın Kargaları</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>17</v>
+        <v>80</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786051862125</t>
+          <t>9786051861609</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Siri’nin Yavru Köpeği</t>
+          <t>Tik Tak</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>50</v>
+        <v>17</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786051862132</t>
+          <t>9786051861593</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Siri ve Sahte Hayalet</t>
+          <t>Tekerlekler Durmadan Döner</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>50</v>
+        <v>17</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786051862088</t>
+          <t>9786051861548</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Siri ve Kayıp Pire</t>
+          <t>Süper Anne</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>50</v>
+        <v>17</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786053486565</t>
+          <t>9786051861579</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Kötü Takımı</t>
+          <t>Mımm! Çok Lezzetli</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786051860589</t>
+          <t>9786051861531</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Bella Donna - Tatlı Cadıcık (Ciltli)</t>
+          <t>Haydi Bir Ev Yapalım</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786051860640</t>
+          <t>9786051861524</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Bella Donna - Patlayan Büyüler (Ciltli)</t>
+          <t>Dünya Bebeklerle Dolu!</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786053484714</t>
+          <t>9786051861555</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Havalı Clive ve Tatlı Bela</t>
+          <t>Vahşi ve Özgür</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786053484790</t>
+          <t>9786051862125</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Doohickey ve Robot</t>
+          <t>Siri’nin Yavru Köpeği</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786053485889</t>
+          <t>9786051862132</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Tuzak!</t>
+          <t>Siri ve Sahte Hayalet</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786053485896</t>
+          <t>9786051862088</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Hava Saldırısı</t>
+          <t>Siri ve Kayıp Pire</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786053484417</t>
+          <t>9786053486565</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Robbie Woods ve Mutlu Adamları</t>
+          <t>Dünyanın En Kötü Takımı</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786053484370</t>
+          <t>9786051860589</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Hurda Adam</t>
+          <t>Bella Donna - Tatlı Cadıcık (Ciltli)</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786051861562</t>
+          <t>9786051860640</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Yatağın Altında Ne Var ?</t>
+          <t>Bella Donna - Patlayan Büyüler (Ciltli)</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786053485902</t>
+          <t>9786053484714</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Akşam Yemeğin İçin Şarkı Söyle</t>
+          <t>Havalı Clive ve Tatlı Bela</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786053484202</t>
+          <t>9786053484790</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Nehrin Karşı Kıyısındaki Turtalar</t>
+          <t>Doohickey ve Robot</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786053484288</t>
+          <t>9786053485889</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Peri Değerli Taş</t>
+          <t>Tuzak!</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786053484271</t>
+          <t>9786053485896</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Şanssız Canavar</t>
+          <t>Hava Saldırısı</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786053484264</t>
+          <t>9786053484417</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Spor Ayakkabılar</t>
+          <t>Robbie Woods ve Mutlu Adamları</t>
         </is>
       </c>
       <c r="C535" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786053484226</t>
+          <t>9786053484370</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Tertemiz</t>
+          <t>Hurda Adam</t>
         </is>
       </c>
       <c r="C536" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786053488187</t>
+          <t>9786051861562</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Yer Altı Dünyasının Masalları</t>
+          <t>Yatağın Altında Ne Var ?</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>24</v>
+        <v>17</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786053488200</t>
+          <t>9786053485902</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Şekil Değiştiriciler</t>
+          <t>Akşam Yemeğin İçin Şarkı Söyle</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>24</v>
+        <v>20</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786053488156</t>
+          <t>9786053484202</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Odysseus'un Yolculuğu</t>
+          <t>Nehrin Karşı Kıyısındaki Turtalar</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786053488132</t>
+          <t>9786053484288</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Mitolojik Yaratıklar ve Efsanevi Canavarlar</t>
+          <t>Peri Değerli Taş</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786053488101</t>
+          <t>9786053484271</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Köpeklerin Burnu Neden Siyahtır?</t>
+          <t>Şanssız Canavar</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786053488071</t>
+          <t>9786053484264</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Gılgamış Destanı</t>
+          <t>Tehlikeli Spor Ayakkabılar</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>24</v>
+        <v>15</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786053488170</t>
+          <t>9786053484226</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Tek Öğrencili Okul</t>
+          <t>Tertemiz</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>24</v>
+        <v>15</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786053488163</t>
+          <t>9786053488187</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Savaş Maymunu</t>
+          <t>Yer Altı Dünyasının Masalları</t>
         </is>
       </c>
       <c r="C544" s="1">
         <v>24</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786053488149</t>
+          <t>9786053488200</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Multi Milyonluk Maskot</t>
+          <t>Şekil Değiştiriciler</t>
         </is>
       </c>
       <c r="C545" s="1">
         <v>24</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786053488095</t>
+          <t>9786053488156</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Karnaval</t>
+          <t>Odysseus'un Yolculuğu</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>24</v>
+        <v>20</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786053488088</t>
+          <t>9786053488132</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Kar Körlüğü</t>
+          <t>Mitolojik Yaratıklar ve Efsanevi Canavarlar</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>24</v>
+        <v>20</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786053483090</t>
+          <t>9786053488101</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Kurbağa</t>
+          <t>Köpeklerin Burnu Neden Siyahtır?</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>7.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786053483182</t>
+          <t>9786053488071</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Kurt Fablları</t>
+          <t>Gılgamış Destanı</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>15</v>
+        <v>24</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786053483106</t>
+          <t>9786053488170</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Mısır Gevreği Parası</t>
+          <t>Tek Öğrencili Okul</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>15</v>
+        <v>24</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786053483151</t>
+          <t>9786053488163</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Pantolonlar</t>
+          <t>Savaş Maymunu</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>15</v>
+        <v>24</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786053483168</t>
+          <t>9786053488149</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Gemi</t>
+          <t>Multi Milyonluk Maskot</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>15</v>
+        <v>24</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786053483113</t>
+          <t>9786053488095</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Kahraman - Yarı Fiyat</t>
+          <t>Karnaval</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>15</v>
+        <v>24</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786053483229</t>
+          <t>9786053488088</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Mektup</t>
+          <t>Kar Körlüğü</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>15</v>
+        <v>24</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786053483892</t>
+          <t>9786053483090</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Jack Christie - Kurtuluş Günü</t>
+          <t>Hızlı Kurbağa</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>28</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786053481294</t>
+          <t>9786053483182</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Alphabet Song (Sesli Kitap)</t>
+          <t>Kurt Fablları</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>18.52</v>
+        <v>15</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786053481379</t>
+          <t>9786053483106</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Numbers (Sesli Kitap)</t>
+          <t>Mısır Gevreği Parası</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>18.52</v>
+        <v>15</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786053481386</t>
+          <t>9786053483151</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Objects and Toys (Sesli Kitap)</t>
+          <t>Çirkin Pantolonlar</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>18.52</v>
+        <v>15</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786053481331</t>
+          <t>9786053483168</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Greetings (Sesli Kitap)</t>
+          <t>Hayalet Gemi</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>18.52</v>
+        <v>15</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786053481355</t>
+          <t>9786053483113</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Best Kid Songs (Sesli Kitap)</t>
+          <t>Kahraman - Yarı Fiyat</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>18.52</v>
+        <v>15</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786053481409</t>
+          <t>9786053483229</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Row Your Boat (Sesli Kitap)</t>
+          <t>Yanlış Mektup</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>18.52</v>
+        <v>15</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786053481348</t>
+          <t>9786053483892</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Are You Sleeping? (Sesli Kitap)</t>
+          <t>Jack Christie - Kurtuluş Günü</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>18.52</v>
+        <v>28</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786053481324</t>
+          <t>9786053481294</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Ali Baba's Farm (Sesli Kitap)</t>
+          <t>Alphabet Song (Sesli Kitap)</t>
         </is>
       </c>
       <c r="C563" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786053481362</t>
+          <t>9786053481379</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Colors (Sesli Kitap)</t>
+          <t>Numbers (Sesli Kitap)</t>
         </is>
       </c>
       <c r="C564" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786053481393</t>
+          <t>9786053481386</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>One Little Finger (Sesli Kitap)</t>
+          <t>Objects and Toys (Sesli Kitap)</t>
         </is>
       </c>
       <c r="C565" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786053485155</t>
+          <t>9786053481331</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Memleketsiz Kaleci</t>
+          <t>Greetings (Sesli Kitap)</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>20</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786053485070</t>
+          <t>9786053481355</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Blood'ın İntikamı</t>
+          <t>Best Kid Songs (Sesli Kitap)</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>20</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786053485124</t>
+          <t>9786053481409</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Süper Spor Ayakkabılar</t>
+          <t>Row Your Boat (Sesli Kitap)</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>20</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786053485063</t>
+          <t>9786053481348</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Goldieyi Beklerken</t>
+          <t>Are You Sleeping? (Sesli Kitap)</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>20</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786053485100</t>
+          <t>9786053481324</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Kişilik İksiri</t>
+          <t>Ali Baba's Farm (Sesli Kitap)</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>10</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786053485117</t>
+          <t>9786053481362</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Perili Ev</t>
+          <t>Colors (Sesli Kitap)</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>20</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786053485148</t>
+          <t>9786053481393</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Kemikler</t>
+          <t>One Little Finger (Sesli Kitap)</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>20</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786053485094</t>
+          <t>9786053485155</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Kara Dan</t>
+          <t>Memleketsiz Kaleci</t>
         </is>
       </c>
       <c r="C573" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786053485131</t>
+          <t>9786053485070</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Altın Tahterevallinin Peşinde</t>
+          <t>Kaptan Blood'ın İntikamı</t>
         </is>
       </c>
       <c r="C574" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786053483809</t>
+          <t>9786053485124</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk Kelimelerim - Eşyalar</t>
+          <t>Süper Spor Ayakkabılar</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786053483816</t>
+          <t>9786053485063</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk Kelimelerim - Araçlar</t>
+          <t>Goldieyi Beklerken</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786053484349</t>
+          <t>9786053485100</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Yalan Makinesi</t>
+          <t>Kişilik İksiri</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>7.5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786053483762</t>
+          <t>9786053485117</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk Kelimelerim - Sebze ve Meyveler</t>
+          <t>Perili Ev</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>8.33</v>
+        <v>20</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786053483779</t>
+          <t>9786053485148</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk Kelimelerim - Sayılar ve Şekiller</t>
+          <t>Kemikler</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786053483786</t>
+          <t>9786053485094</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk Kelimelerim - Renkler</t>
+          <t>Kara Dan</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786053483793</t>
+          <t>9786053485131</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk Kelimelerim - Hayvanlar</t>
+          <t>Altın Tahterevallinin Peşinde</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786053485674</t>
+          <t>9786053483809</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Tamam, Spanner, Sen Kazandın!</t>
+          <t>Benim İlk Kelimelerim - Eşyalar</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>20</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786053485667</t>
+          <t>9786053483816</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Korsan Grace</t>
+          <t>Benim İlk Kelimelerim - Araçlar</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>20</v>
+        <v>16</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786053485650</t>
+          <t>9786053484349</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Ev Tavşanının Korkunç Gücü</t>
+          <t>Yalan Makinesi</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>20</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786053485643</t>
+          <t>9786053483762</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Robot Petey</t>
+          <t>Benim İlk Kelimelerim - Sebze ve Meyveler</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>10</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786053485636</t>
+          <t>9786053483779</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Danny'nin Gizli Tilkisi</t>
+          <t>Benim İlk Kelimelerim - Sayılar ve Şekiller</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>20</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786053484400</t>
+          <t>9786053483786</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Merlin ve Kayıp Kral</t>
+          <t>Benim İlk Kelimelerim - Renkler</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786053483564</t>
+          <t>9786053483793</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Her Deney Bir Eğlence - Sesler</t>
+          <t>Benim İlk Kelimelerim - Hayvanlar</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>50</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786053483571</t>
+          <t>9786053485674</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Her Deney Bir Eğlence - Su</t>
+          <t>Tamam, Spanner, Sen Kazandın!</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786254484049</t>
+          <t>9786053485667</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Kodlama Serüveni (Koparmalı) - 1</t>
+          <t>Korsan Grace</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>40</v>
+        <v>20</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786254484056</t>
+          <t>9786053485650</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Kodlama Serüveni (Koparmalı) - 2</t>
+          <t>Ev Tavşanının Korkunç Gücü</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786254483981</t>
+          <t>9786053485643</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Kodlama Serüveni 1</t>
+          <t>Duygusal Robot Petey</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>19</v>
+        <v>10</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786254483998</t>
+          <t>9786053485636</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Kodlama Serüveni 2</t>
+          <t>Danny'nin Gizli Tilkisi</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786254484032</t>
+          <t>9786053484400</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Kodlama Serüveni 6</t>
+          <t>Merlin ve Kayıp Kral</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786254484063</t>
+          <t>9786053483564</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Kodlama Serüveni 7</t>
+          <t>Her Deney Bir Eğlence - Sesler</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786254484001</t>
+          <t>9786053483571</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Kodlama Serüveni 3</t>
+          <t>Her Deney Bir Eğlence - Su</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>19</v>
+        <v>50</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786254484018</t>
+          <t>9786254484049</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Kodlama Serüveni 4</t>
+          <t>Renklerle Kodlama Serüveni (Koparmalı) - 1</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>19</v>
+        <v>40</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786254484025</t>
+          <t>9786254484056</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Kodlama Serüveni 5</t>
+          <t>Renklerle Kodlama Serüveni (Koparmalı) - 2</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786254482687</t>
+          <t>9786254483981</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Afi and Tomi - A Day in the City</t>
+          <t>Renklerle Kodlama Serüveni 1</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>100</v>
+        <v>19</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786254483226</t>
+          <t>9786254483998</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Aktivite Kitaplarım Seti Okul Öncesi ve Erken Okul Dönemi</t>
+          <t>Renklerle Kodlama Serüveni 2</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>220</v>
+        <v>19</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786254483202</t>
+          <t>9786254484032</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Aktivite Kitaplarım Seti 4+ Yaş - Okul Öncesi ve Erken Okul Dönemi</t>
+          <t>Renklerle Kodlama Serüveni 6</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>220</v>
+        <v>35</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786254483219</t>
+          <t>9786254484063</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Aktivite Kitaplarım Seti 3+ Yaş - Okul Öncesi ve Erken Okul Dönemi</t>
+          <t>Renklerle Kodlama Serüveni 7</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>220</v>
+        <v>40</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786254483042</t>
+          <t>9786254484001</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri (24 Kitap Takım)</t>
+          <t>Renklerle Kodlama Serüveni 3</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>159</v>
+        <v>19</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786254481000</t>
+          <t>9786254484018</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Renklerle Kodlama Serüveni 4</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786254480010</t>
+          <t>9786254484025</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Masallar Serisi 2 (10 Kitap Takım)</t>
+          <t>Renklerle Kodlama Serüveni 5</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>19.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786254480850</t>
+          <t>9786254482687</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Afi and Tomi - A Day in the City</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>18</v>
+        <v>100</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786254480898</t>
+          <t>9786254483226</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Aktivite Kitaplarım Seti Okul Öncesi ve Erken Okul Dönemi</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>18</v>
+        <v>220</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786254481642</t>
+          <t>9786254483202</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Farkı Bul 5+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+          <t>Aktivite Kitaplarım Seti 4+ Yaş - Okul Öncesi ve Erken Okul Dönemi</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>65</v>
+        <v>220</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786254481512</t>
+          <t>9786254483219</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar 3+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+          <t>Aktivite Kitaplarım Seti 3+ Yaş - Okul Öncesi ve Erken Okul Dönemi</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>68</v>
+        <v>220</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786254481567</t>
+          <t>9786254483042</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar 4+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+          <t>Çocuk Klasikleri (24 Kitap Takım)</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>65</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786254481505</t>
+          <t>9786254481000</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Labirent 3+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>65</v>
+        <v>80</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786254481574</t>
+          <t>9786254480010</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Labirent 4+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+          <t>En Güzel Masallar Serisi 2 (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>65</v>
+        <v>80</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786254481666</t>
+          <t>9786254480850</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Labirent 5+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>65</v>
+        <v>80</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786254481499</t>
+          <t>9786254480898</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Matematik 3+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>65</v>
+        <v>80</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786254481550</t>
+          <t>9786254481642</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Matematik 4+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+          <t>Farkı Bul 5+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C615" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786254481581</t>
+          <t>9786254481512</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Matematik 5+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+          <t>Kavramlar 3+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>65</v>
+        <v>68</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786254481529</t>
+          <t>9786254481567</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Çizgiler 3+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+          <t>Kavramlar 4+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C617" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786254481628</t>
+          <t>9786254481505</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Çizgiler 4+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+          <t>Labirent 3+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C618" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786254481543</t>
+          <t>9786254481574</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Görsel Algı 3+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+          <t>Labirent 4+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C619" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786254481604</t>
+          <t>9786254481666</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Görsel Algı 4+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+          <t>Labirent 5+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C620" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786254481673</t>
+          <t>9786254481499</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Görsel Algı 5+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+          <t>Matematik 3+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C621" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786254481598</t>
+          <t>9786254481550</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Farkı Bul 4+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+          <t>Matematik 4+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C622" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786050321906</t>
+          <t>9786254481581</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Korsanlar - Fokur Fokur</t>
+          <t>Matematik 5+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>50</v>
+        <v>65</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786050321913</t>
+          <t>9786254481529</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Acayip Korkunç Korku Gecesi - Fokur Fokur</t>
+          <t>Çizgiler 3+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>50</v>
+        <v>65</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786254481871</t>
+          <t>9786254481628</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>300 Aktivite Kitabım - Okul Öncesi Yardımcı (4-5-6 Yaş)</t>
+          <t>Çizgiler 4+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>75</v>
+        <v>65</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786254481864</t>
+          <t>9786254481543</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>300 Aktivite Kitabım - Okul Öncesi Yardımcı (3-4-5 Yaş)</t>
+          <t>Dikkat ve Görsel Algı 3+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>75</v>
+        <v>65</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786254481857</t>
+          <t>9786254481604</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>300 Aktivite Kitabım - Okul Öncesi Yardımcı (2-3-4 Yaş)</t>
+          <t>Dikkat ve Görsel Algı 4+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>75</v>
+        <v>65</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786050322583</t>
+          <t>9786254481673</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Evrim (Ciltli)</t>
+          <t>Dikkat ve Görsel Algı 5+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>169</v>
+        <v>65</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786254480003</t>
+          <t>9786254481598</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Masallar Serisi 1. Sınıf ( 10 Kitap Set )</t>
+          <t>Farkı Bul 4+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>19.5</v>
+        <v>65</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786050322422</t>
+          <t>9786050321906</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Elif ile Hecele Okuma Seti (10 Kitap Takım)</t>
+          <t>Sihirli Korsanlar - Fokur Fokur</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>99</v>
+        <v>50</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786050322507</t>
+          <t>9786050321913</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Zıt Anlamlı Kelimeler - İlk Kartlarım</t>
+          <t>Acayip Korkunç Korku Gecesi - Fokur Fokur</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>20.27</v>
+        <v>50</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786050322491</t>
+          <t>9786254481871</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Eş Anlamlı Kelimeler - İlk Kartlarım</t>
+          <t>300 Aktivite Kitabım - Okul Öncesi Yardımcı (4-5-6 Yaş)</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>45</v>
+        <v>75</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786051868325</t>
+          <t>9786254481864</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Sır Muhafızları - Büyük Sır Hırsızları</t>
+          <t>300 Aktivite Kitabım - Okul Öncesi Yardımcı (3-4-5 Yaş)</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>12</v>
+        <v>75</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786051868318</t>
+          <t>9786254481857</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Sır Muhafızları - Büyük Sır</t>
+          <t>300 Aktivite Kitabım - Okul Öncesi Yardımcı (2-3-4 Yaş)</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>12</v>
+        <v>75</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786051868301</t>
+          <t>9786050322583</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Sır Muhafızları - Hazineye Giden Harita</t>
+          <t>Muhteşem Evrim (Ciltli)</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>12</v>
+        <v>169</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786051868349</t>
+          <t>9786254480003</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Sır Muhafızları - Profesörü Kimler Kaçırdı?</t>
+          <t>En Güzel Masallar Serisi 1. Sınıf ( 10 Kitap Set )</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>12</v>
+        <v>80</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786051868295</t>
+          <t>9786050322422</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Sır Muhafızları - Gizli Element</t>
+          <t>Elif ile Hecele Okuma Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>12</v>
+        <v>99</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786254482977</t>
+          <t>9786050322507</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>English - Learning Kids (Level 2)</t>
+          <t>Zıt Anlamlı Kelimeler - İlk Kartlarım</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>55</v>
+        <v>20.27</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786254482960</t>
+          <t>9786050322491</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>English - Learning Kids (Level 1)</t>
+          <t>Eş Anlamlı Kelimeler - İlk Kartlarım</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>15</v>
+        <v>45</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786254482984</t>
+          <t>9786051868325</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Maths - Learning Kids (Level 1)</t>
+          <t>Sır Muhafızları - Büyük Sır Hırsızları</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>55</v>
+        <v>12</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786254483004</t>
+          <t>9786051868318</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Science - Learning Kids (Level 1)</t>
+          <t>Sır Muhafızları - Büyük Sır</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>55</v>
+        <v>12</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786254481680</t>
+          <t>9786051868301</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Etkinlikler Aktivite Kitabım 3-4-5 Yaş</t>
+          <t>Sır Muhafızları - Hazineye Giden Harita</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>45</v>
+        <v>12</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786254481635</t>
+          <t>9786051868349</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Öğreniyorum Aktivite Kitabım 3-4-5 Yaş</t>
+          <t>Sır Muhafızları - Profesörü Kimler Kaçırdı?</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>45</v>
+        <v>12</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786254483011</t>
+          <t>9786051868295</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Science - Learning Kids (Level 2)</t>
+          <t>Sır Muhafızları - Gizli Element</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>55</v>
+        <v>12</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786254483820</t>
+          <t>9786254482977</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Karşıt Anlamımı Bul - Zıt (Karşıt) Anlamlı Kelimeler</t>
+          <t>English - Learning Kids (Level 2)</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>49</v>
+        <v>55</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786254483868</t>
+          <t>9786254482960</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Görsel Algı</t>
+          <t>English - Learning Kids (Level 1)</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786254483851</t>
+          <t>9786254482984</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Dikkatli Bak Farklı Olanı Bul</t>
+          <t>Maths - Learning Kids (Level 1)</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>80</v>
+        <v>55</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786254483745</t>
+          <t>9786254483004</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Toti Çiftlikte (Ciltli)</t>
+          <t>Science - Learning Kids (Level 1)</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>135</v>
+        <v>55</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786254485749</t>
+          <t>9786254481680</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Afi and Tomi (5 Kitap Takım)</t>
+          <t>Etkinlikler Aktivite Kitabım 3-4-5 Yaş</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>160</v>
+        <v>45</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786254483608</t>
+          <t>9786254481635</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Kodlayarak Boyamayı Öğreniyorum 1</t>
+          <t>İngilizce Öğreniyorum Aktivite Kitabım 3-4-5 Yaş</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>15</v>
+        <v>45</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786254483592</t>
+          <t>9786254483011</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Kodlayarak Boyamayı Öğreniyorum 2</t>
+          <t>Science - Learning Kids (Level 2)</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>15</v>
+        <v>55</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786254483585</t>
+          <t>9786254483820</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Kodlayarak Boyamayı Öğreniyorum 3</t>
+          <t>Karşıt Anlamımı Bul - Zıt (Karşıt) Anlamlı Kelimeler</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>10</v>
+        <v>120</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786254483554</t>
+          <t>9786254483868</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Kodlayarak Boyamayı Öğreniyorum 4</t>
+          <t>Görsel Algı</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>10</v>
+        <v>120</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786254483530</t>
+          <t>9786254483851</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Kodlayarak Boyamayı Öğreniyorum 5</t>
+          <t>Dikkatli Bak Farklı Olanı Bul</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>24</v>
+        <v>120</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786254483547</t>
+          <t>9786254483745</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Kodlayarak Boyamayı Öğreniyorum 6</t>
+          <t>Toti Çiftlikte (Ciltli)</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>24</v>
+        <v>135</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786254483561</t>
+          <t>9786254485749</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Kodlayarak Boyamayı Öğreniyorum (Koparmalı) - 1</t>
+          <t>Afi and Tomi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>15</v>
+        <v>160</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786254483578</t>
+          <t>9786254483608</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Kodlayarak Boyamayı Öğreniyorum (Koparmalı) - 2</t>
+          <t>Kodlayarak Boyamayı Öğreniyorum 1</t>
         </is>
       </c>
       <c r="C657" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786254480904</t>
+          <t>9786254483592</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Kodlayarak Boyamayı Öğreniyorum 2</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786254481048</t>
+          <t>9786254483585</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Kodlayarak Boyamayı Öğreniyorum 3</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>18</v>
+        <v>10</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786254482175</t>
+          <t>9786254483554</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Kodlayarak Boyamayı Öğreniyorum 4</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>18</v>
+        <v>10</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786254482182</t>
+          <t>9786254483530</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer'in Maceraları</t>
+          <t>Kodlayarak Boyamayı Öğreniyorum 5</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>14</v>
+        <v>24</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786254480997</t>
+          <t>9786254483547</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Siyah İnci</t>
+          <t>Kodlayarak Boyamayı Öğreniyorum 6</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>7</v>
+        <v>24</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786254481024</t>
+          <t>9786254483561</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Devrialem</t>
+          <t>Kodlayarak Boyamayı Öğreniyorum (Koparmalı) - 1</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786254480881</t>
+          <t>9786254483578</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Notre Dame'in Kamburu</t>
+          <t>Kodlayarak Boyamayı Öğreniyorum (Koparmalı) - 2</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786254480911</t>
+          <t>9786254480904</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>18</v>
+        <v>80</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786254481079</t>
+          <t>9786254481048</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Moby Dick</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>18</v>
+        <v>80</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786254482199</t>
+          <t>9786254482175</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Monte Kristo Kontu</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>14</v>
+        <v>80</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786254480843</t>
+          <t>9786254482182</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kadınlar</t>
+          <t>Tom Sawyer'in Maceraları</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>14</v>
+        <v>80</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786254481017</t>
+          <t>9786254480997</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Küçük Lord</t>
+          <t>Siyah İnci</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>16</v>
+        <v>80</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786254480928</t>
+          <t>9786254481024</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Kaçırılan Çocuk</t>
+          <t>Seksen Günde Devrialem</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>14</v>
+        <v>80</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786254481031</t>
+          <t>9786254480881</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Fındıkkıran</t>
+          <t>Notre Dame'in Kamburu</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>14</v>
+        <v>80</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786254481062</t>
+          <t>9786254480911</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Efruz Bey</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>14</v>
+        <v>80</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786254480935</t>
+          <t>9786254481079</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında Yirmi Bin Fersah</t>
+          <t>Moby Dick</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>8</v>
+        <v>80</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786254480867</t>
+          <t>9786254482199</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Monte Kristo Kontu</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>18</v>
+        <v>80</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786254482205</t>
+          <t>9786254480843</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Büyük Umutlar</t>
+          <t>Küçük Kadınlar</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>18</v>
+        <v>80</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786254480980</t>
+          <t>9786254481017</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Alaaddin'in Sihirli Lambası</t>
+          <t>Küçük Lord</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>18</v>
+        <v>80</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786254480874</t>
+          <t>9786254480928</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Gulliver'in Gezileri</t>
+          <t>Kaçırılan Çocuk</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>18</v>
+        <v>80</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786254482724</t>
+          <t>9786254481031</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Cristiano Ronaldo’nun Hücumcu Gücü 7</t>
+          <t>Fındıkkıran</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>55</v>
+        <v>80</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786254483257</t>
+          <t>9786254481062</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Yardımcı 4-5-6 Yaş - 100 Aktivite Kitabım</t>
+          <t>Efruz Bey</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>65</v>
+        <v>80</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786254483240</t>
+          <t>9786254480935</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Yardımcı 3-4-5 Yaş - 100 Aktivite Kitabım</t>
+          <t>Denizler Altında Yirmi Bin Fersah</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>65</v>
+        <v>80</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786254483233</t>
+          <t>9786254480867</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Yardımcı 2-3-4 Yaş - 100 Aktivite Kitabım</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>65</v>
+        <v>80</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786254481765</t>
+          <t>9786254482205</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Çok Kabasın! (Ciltli)</t>
+          <t>Büyük Umutlar</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>90</v>
+        <v>80</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786254482731</t>
+          <t>9786254480980</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Devleri (7 Kitap Takım)</t>
+          <t>Alaaddin'in Sihirli Lambası</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>279</v>
+        <v>80</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786254482625</t>
+          <t>9786254480874</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>3.- 4. Sınıf Evvel Zaman Okuma Seti (10 Kitap Takım)</t>
+          <t>Gulliver'in Gezileri</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>69</v>
+        <v>80</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786254481772</t>
+          <t>9786254482724</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Çok Bencilsin! (Ciltli)</t>
+          <t>Cristiano Ronaldo’nun Hücumcu Gücü 7</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>115</v>
+        <v>55</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786050322170</t>
+          <t>9786254483257</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Beklemek</t>
+          <t>Okul Öncesi Yardımcı 4-5-6 Yaş - 100 Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>128</v>
+        <v>65</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786254480195</t>
+          <t>9786254483240</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Makas</t>
+          <t>Okul Öncesi Yardımcı 3-4-5 Yaş - 100 Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>13</v>
+        <v>65</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786254482267</t>
+          <t>9786254483233</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Eş Anlamlı Kartlar - Eşimi Söyle</t>
+          <t>Okul Öncesi Yardımcı 2-3-4 Yaş - 100 Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>50</v>
+        <v>65</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786254482250</t>
+          <t>9786254481765</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Eş Sesli Kartlar - Sesteşimi Söyle</t>
+          <t>Çok Kabasın! (Ciltli)</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>55</v>
+        <v>90</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786254482243</t>
+          <t>9786254482731</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Zıt Anlamlı Kartlar - Zıttımı Söyle</t>
+          <t>Bilimin Devleri (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>30.05</v>
+        <v>279</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786050321265</t>
+          <t>9786254482625</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Siri ve Kayıp Yıldız</t>
+          <t>3.- 4. Sınıf Evvel Zaman Okuma Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>50</v>
+        <v>69</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786254481826</t>
+          <t>9786254481772</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Kulaklarıma İnanamıyorum</t>
+          <t>Çok Bencilsin! (Ciltli)</t>
         </is>
       </c>
       <c r="C692" s="1">
         <v>115</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786254480409</t>
+          <t>9786050322170</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Bir Sakız Dünya'yı Dolaşabilir mi?</t>
+          <t>Beklemek</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>75</v>
+        <v>128</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786051866550</t>
+          <t>9786254480195</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>MEB Tavsiyeli 100 Eserden Seçmeler Set 2. Sınıf</t>
+          <t>Sihirli Makas</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>69</v>
+        <v>13</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786254480164</t>
+          <t>9786254482267</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Kar Tanesinin Serüveni</t>
+          <t>Eş Anlamlı Kartlar - Eşimi Söyle</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>19</v>
+        <v>128</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786254480140</t>
+          <t>9786254482250</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Deli Dumrul</t>
+          <t>Eş Sesli Kartlar - Sesteşimi Söyle</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>24</v>
+        <v>128</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786050321401</t>
+          <t>9786254482243</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Deneyler Kulübü - Drone Yarışı</t>
+          <t>Zıt Anlamlı Kartlar - Zıttımı Söyle</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>15</v>
+        <v>128</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786051869728</t>
+          <t>9786050321265</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Okulu - İkinci Dönem</t>
+          <t>Siri ve Kayıp Yıldız</t>
         </is>
       </c>
       <c r="C698" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786254484254</t>
+          <t>9786254481826</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri - 4</t>
+          <t>Kulaklarıma İnanamıyorum</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>38</v>
+        <v>150</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786254484247</t>
+          <t>9786254480409</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri - 3</t>
+          <t>Bir Sakız Dünya'yı Dolaşabilir mi?</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>25</v>
+        <v>128</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786254484322</t>
+          <t>9786051866550</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri - 11</t>
+          <t>MEB Tavsiyeli 100 Eserden Seçmeler Set 2. Sınıf</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>38</v>
+        <v>69</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786254484230</t>
+          <t>9786254480164</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri - 2</t>
+          <t>Kar Tanesinin Serüveni</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>25</v>
+        <v>80</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786254484223</t>
+          <t>9786254480140</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri - 1</t>
+          <t>Deli Dumrul</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>25</v>
+        <v>80</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786050321364</t>
+          <t>9786050321401</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Başladığı Yer (Ciltli)</t>
+          <t>Çılgın Deneyler Kulübü - Drone Yarışı</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786254482847</t>
+          <t>9786051869728</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Süper Burun ve Bozulan Burnu</t>
+          <t>Yıldızlar Okulu - İkinci Dönem</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>36</v>
+        <v>50</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786050320688</t>
+          <t>9786254484254</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Şeker Nine</t>
+          <t>Robotik Kodlama Etkinlikleri - 4</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>30</v>
+        <v>38</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786051864853</t>
+          <t>9786254484247</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Yerin Kulağı Var - Deyim Hikayeleri 1. Sınıf</t>
+          <t>Robotik Kodlama Etkinlikleri - 3</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>2.75</v>
+        <v>25</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786051864846</t>
+          <t>9786254484322</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Yarın Yeni Bir Gün - Atasözü Hikayeleri 1. Sınıf</t>
+          <t>Robotik Kodlama Etkinlikleri - 11</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>2.75</v>
+        <v>38</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786051864839</t>
+          <t>9786254484230</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Uçan Balık- Keloğlan Masalları 1. Sınıf</t>
+          <t>Robotik Kodlama Etkinlikleri - 2</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>2.75</v>
+        <v>25</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786051864822</t>
+          <t>9786254484223</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Tilki ile Maymun - La Fontaine Masalları 1. Sınıf</t>
+          <t>Robotik Kodlama Etkinlikleri - 1</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>3</v>
+        <v>25</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786051864808</t>
+          <t>9786050321364</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Sülün Kız - Billur Köşk Masalları 1. Sınıf</t>
+          <t>Mutluluğun Başladığı Yer (Ciltli)</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>2.75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786051864792</t>
+          <t>9786254482847</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Parayı Veren Düdüğü Çalar - Nasrettin Hoca Fıkraları 1. Sınıf</t>
+          <t>Süper Burun ve Bozulan Burnu</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>3</v>
+        <v>190</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786051864815</t>
+          <t>9786050320688</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Tavşan ile Kaplumbağa - Ezop Masalları 1. Sınıf</t>
+          <t>Şeker Nine</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>2.75</v>
+        <v>30</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786254484384</t>
+          <t>9786051864853</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri 19</t>
+          <t>Yerin Kulağı Var - Deyim Hikayeleri 1. Sınıf</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>45</v>
+        <v>80</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786254484421</t>
+          <t>9786051864846</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri 21</t>
+          <t>Yarın Yeni Bir Gün - Atasözü Hikayeleri 1. Sınıf</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>45</v>
+        <v>80</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786254484438</t>
+          <t>9786051864839</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri 20</t>
+          <t>Uçan Balık- Keloğlan Masalları 1. Sınıf</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>45</v>
+        <v>80</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786254484407</t>
+          <t>9786051864822</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri 15</t>
+          <t>Tilki ile Maymun - La Fontaine Masalları 1. Sınıf</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>35</v>
+        <v>80</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786254484391</t>
+          <t>9786051864808</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri 17</t>
+          <t>Sülün Kız - Billur Köşk Masalları 1. Sınıf</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>35</v>
+        <v>80</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786254484414</t>
+          <t>9786051864792</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Koparmalı Robotik Kodlama Etkinlikleri - 1</t>
+          <t>Parayı Veren Düdüğü Çalar - Nasrettin Hoca Fıkraları 1. Sınıf</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>36</v>
+        <v>80</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786254484476</t>
+          <t>9786051864815</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Koparmalı Robotik Kodlama Etkinlikleri - 6</t>
+          <t>Tavşan ile Kaplumbağa - Ezop Masalları 1. Sınıf</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>36</v>
+        <v>80</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786254484445</t>
+          <t>9786254484384</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Koparmalı Robotik Kodlama Etkinlikleri - 5</t>
+          <t>Robotik Kodlama Etkinlikleri 19</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>36</v>
+        <v>45</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786254484452</t>
+          <t>9786254484421</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Koparmalı Robotik Kodlama Etkinlikleri - 4</t>
+          <t>Robotik Kodlama Etkinlikleri 21</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>36</v>
+        <v>120</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786254484469</t>
+          <t>9786254484438</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Koparmalı Robotik Kodlama Etkinlikleri - 2</t>
+          <t>Robotik Kodlama Etkinlikleri 20</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>36</v>
+        <v>120</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786254481406</t>
+          <t>9786254484407</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Görsel Algılama - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
+          <t>Robotik Kodlama Etkinlikleri 15</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>40</v>
+        <v>35</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786254481437</t>
+          <t>9786254484391</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Matematik - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
+          <t>Robotik Kodlama Etkinlikleri 17</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>40</v>
+        <v>35</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786254481420</t>
+          <t>9786254484414</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Labirent - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
+          <t>Koparmalı Robotik Kodlama Etkinlikleri - 1</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>65</v>
+        <v>36</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786254481413</t>
+          <t>9786254484476</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Öğreniyorum - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
+          <t>Koparmalı Robotik Kodlama Etkinlikleri - 6</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>65</v>
+        <v>36</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786254481383</t>
+          <t>9786254484445</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Farkı Bul - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
+          <t>Koparmalı Robotik Kodlama Etkinlikleri - 5</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>65</v>
+        <v>36</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786050320886</t>
+          <t>9786254484452</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostlar - Piknikteki Misafir Kim?</t>
+          <t>Koparmalı Robotik Kodlama Etkinlikleri - 4</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786050320831</t>
+          <t>9786254484469</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostlar Boyama Kitabı - Rakamlar Sesli Harfler Şekiller</t>
+          <t>Koparmalı Robotik Kodlama Etkinlikleri - 2</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>8.8</v>
+        <v>36</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786050320824</t>
+          <t>9786254481406</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostlar Boyama Kitabı - Sevimli Hayvanlar</t>
+          <t>Dikkat ve Görsel Algılama - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>9</v>
+        <v>40</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786050320848</t>
+          <t>9786254481437</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostlar Boyama Kitabı - Meyveler ve Sebzeler</t>
+          <t>Matematik - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>8.8</v>
+        <v>40</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786050320855</t>
+          <t>9786254481420</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostlar Boyama Kitabı - Karakter Boyama</t>
+          <t>Labirent - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>9</v>
+        <v>65</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786050320879</t>
+          <t>9786254481413</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostlar Aktivite Kitabı - 2</t>
+          <t>İngilizce Öğreniyorum - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>15</v>
+        <v>65</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786050320862</t>
+          <t>9786254481383</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostlar Aktivite Kitabı - 1</t>
+          <t>Farkı Bul - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>15</v>
+        <v>65</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786050320800</t>
+          <t>9786050320886</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostlar - Unutkan Balık Neyi Unuttu?</t>
+          <t>Sevimli Dostlar - Piknikteki Misafir Kim?</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786050320817</t>
+          <t>9786050320831</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostlar - Şaşkın Ördek Nerede?</t>
+          <t>Sevimli Dostlar Boyama Kitabı - Rakamlar Sesli Harfler Şekiller</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>10</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786050320893</t>
+          <t>9786050320824</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostlar - Mert Neden Gülmüyor?</t>
+          <t>Sevimli Dostlar Boyama Kitabı - Sevimli Hayvanlar</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>19</v>
+        <v>9</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786050322446</t>
+          <t>9786050320848</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Harfler - İlk Kartlarım</t>
+          <t>Sevimli Dostlar Boyama Kitabı - Meyveler ve Sebzeler</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>45</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786050322453</t>
+          <t>9786050320855</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - İlk Kartlarım</t>
+          <t>Sevimli Dostlar Boyama Kitabı - Karakter Boyama</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>45</v>
+        <v>9</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786050321951</t>
+          <t>9786050320879</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>300 Boyama</t>
+          <t>Sevimli Dostlar Aktivite Kitabı - 2</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>55</v>
+        <v>15</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786050321944</t>
+          <t>9786050320862</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>200 Boyama</t>
+          <t>Sevimli Dostlar Aktivite Kitabı - 1</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>36</v>
+        <v>15</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786050321937</t>
+          <t>9786050320800</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>100 Boyama</t>
+          <t>Sevimli Dostlar - Unutkan Balık Neyi Unuttu?</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>55</v>
+        <v>10</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786051868677</t>
+          <t>9786050320817</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşorlar</t>
+          <t>Sevimli Dostlar - Şaşkın Ördek Nerede?</t>
         </is>
       </c>
       <c r="C744" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786051868608</t>
+          <t>9786050320893</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Şermin</t>
+          <t>Sevimli Dostlar - Mert Neden Gülmüyor?</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786051868646</t>
+          <t>9786050322446</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Harfler - İlk Kartlarım</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>10</v>
+        <v>45</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786051868585</t>
+          <t>9786050322453</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Hayvanlar - İlk Kartlarım</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>10</v>
+        <v>45</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786051868578</t>
+          <t>9786050321951</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca'dan Seçmeler</t>
+          <t>300 Boyama</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>10</v>
+        <v>55</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786050320701</t>
+          <t>9786050321944</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Mahcup’un Maceraları Seti (10 Kitap Takım)</t>
+          <t>200 Boyama</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>69</v>
+        <v>36</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786050321302</t>
+          <t>9786050321937</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Kibar Olmak</t>
+          <t>100 Boyama</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>128</v>
+        <v>55</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786050320510</t>
+          <t>9786051868677</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Şehirde Balık Avı</t>
+          <t>Üç Silahşorlar</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>55</v>
+        <v>80</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786051865935</t>
+          <t>9786051868608</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Hayır Demeyi Öğreniyoruz - Süper Sekizler Kendimizi Tanıyoruz</t>
+          <t>Şermin</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>112</v>
+        <v>80</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786051866369</t>
+          <t>9786051868646</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Üzüntü Kapını Çaldığında (Ciltli)</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>375</v>
+        <v>80</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786051868165</t>
+          <t>9786051868585</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Tüm Okullar Kapatılsın</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>28</v>
+        <v>80</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786253662288</t>
+          <t>9786051868578</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Tuşu</t>
+          <t>Nasrettin Hoca'dan Seçmeler</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>253</v>
+        <v>80</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786254484353</t>
+          <t>9786050320701</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri 14</t>
+          <t>Mahcup’un Maceraları Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>52</v>
+        <v>69</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786050320763</t>
+          <t>9786050321302</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Bir Boyalı Kuş Turuncu</t>
+          <t>Kibar Olmak</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>156</v>
+        <v>128</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786254482069</t>
+          <t>9786050320510</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kedicik - Sihirli Hayvanlar</t>
+          <t>Şehirde Balık Avı</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>100</v>
+        <v>55</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786254481475</t>
+          <t>9786051865935</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Heceleme - Eğitici Yapboz</t>
+          <t>Hayır Demeyi Öğreniyoruz - Süper Sekizler Kendimizi Tanıyoruz</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>350</v>
+        <v>112</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786254481468</t>
+          <t>9786051866369</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Kelimeleri Hecelerine Ayırıyorum (Ciltli)</t>
+          <t>Üzüntü Kapını Çaldığında (Ciltli)</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786050321616</t>
+          <t>9786051868165</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Kolay Toplama - Eğitici Yapboz</t>
+          <t>Tüm Okullar Kapatılsın</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>350</v>
+        <v>28</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786050321609</t>
+          <t>9786253662288</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>İlk Kelimelerim - Eğitici Yapboz</t>
+          <t>Sessiz Tuşu</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>350</v>
+        <v>253</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786050321579</t>
+          <t>9786254484353</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Eş Anlamlı Sözcükler - Eğitici Yapboz</t>
+          <t>Robotik Kodlama Etkinlikleri 14</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>350</v>
+        <v>52</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786050321562</t>
+          <t>9786050320763</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Desenimi Bul - Eğitici Yapboz</t>
+          <t>Bir Boyalı Kuş Turuncu</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>350</v>
+        <v>156</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786050321555</t>
+          <t>9786254482069</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Zıt Anlamlı Sözcükler - Eğitici Yapboz</t>
+          <t>Sihirli Kedicik - Sihirli Hayvanlar</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786050321531</t>
+          <t>9786254481475</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Sayılar - Eğitici Yapboz</t>
+          <t>Heceleme - Eğitici Yapboz</t>
         </is>
       </c>
       <c r="C766" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786050321630</t>
+          <t>9786254481468</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Kartları - Toplama</t>
+          <t>Kelimeleri Hecelerine Ayırıyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786050321647</t>
+          <t>9786050321616</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Kartları - Çarpma</t>
+          <t>Kolay Toplama - Eğitici Yapboz</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786050321623</t>
+          <t>9786050321609</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Kartları - Saatler</t>
+          <t>İlk Kelimelerim - Eğitici Yapboz</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786254487477</t>
+          <t>9786050321579</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Matematik Ünite Hikayeleri - Uzay Yolculuğu</t>
+          <t>Eş Anlamlı Sözcükler - Eğitici Yapboz</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786254489426</t>
+          <t>9786050321562</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Kutup Ayısı</t>
+          <t>Desenimi Bul - Eğitici Yapboz</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>112</v>
+        <v>350</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786254481444</t>
+          <t>9786050321555</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Sesleri Birleştiriyorum Eğitici Yapboz 40 Kelime</t>
+          <t>Zıt Anlamlı Sözcükler - Eğitici Yapboz</t>
         </is>
       </c>
       <c r="C772" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786256312159</t>
+          <t>9786050321531</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sonsuzluk</t>
+          <t>Sayılar - Eğitici Yapboz</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786256312326</t>
+          <t>9786050321630</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Babaannemin Bigudileri</t>
+          <t>Öğrenme Kartları - Toplama</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>90</v>
+        <v>450</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786254487453</t>
+          <t>9786050321647</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Toti Çiftlikte</t>
+          <t>Öğrenme Kartları - Çarpma</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>85</v>
+        <v>650</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786254485220</t>
+          <t>9786050321623</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar - English Seviye 1</t>
+          <t>Öğrenme Kartları - Saatler</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>65</v>
+        <v>450</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786050321593</t>
+          <t>9786254487477</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Gölgemi Bul - Eğitici Yapboz</t>
+          <t>2. Sınıf Matematik Ünite Hikayeleri - Uzay Yolculuğu</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786050321586</t>
+          <t>9786254489426</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Alfabe - Eğitici Yapboz</t>
+          <t>Kutup Ayısı</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>350</v>
+        <v>112</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786050321548</t>
+          <t>9786254481444</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Renkler - Eğitici Yapboz</t>
+          <t>Sesleri Birleştiriyorum Eğitici Yapboz 40 Kelime</t>
         </is>
       </c>
       <c r="C779" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786254487194</t>
+          <t>9786256312159</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Matilda Etkisi</t>
+          <t>Büyük Sonsuzluk</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>165</v>
+        <v>90</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786254481376</t>
+          <t>9786256312326</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Geliştirme Becerileri - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
+          <t>Babaannemin Bigudileri</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>40</v>
+        <v>120</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786254481369</t>
+          <t>9786254487453</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Çizgiler - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
+          <t>Toti Çiftlikte</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>65</v>
+        <v>85</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786254486449</t>
+          <t>9786254485220</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Pireler Berber İken - Anadolu Masalları</t>
+          <t>Meraklı Çocuklar - English Seviye 1</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>120</v>
+        <v>65</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786254486029</t>
+          <t>9786050321593</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - Bebeğimin İlk Bilgileri</t>
+          <t>Gölgemi Bul - Eğitici Yapboz</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>55</v>
+        <v>350</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786254484704</t>
+          <t>9786050321586</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Çiz Sil Yeniden Çiz (Mavi Kitap)</t>
+          <t>Alfabe - Eğitici Yapboz</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>65</v>
+        <v>350</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786254484698</t>
+          <t>9786050321548</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Çiz Sil Yeniden Çiz (Kırmızı Kitap)</t>
+          <t>Renkler - Eğitici Yapboz</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>65</v>
+        <v>350</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786053488125</t>
+          <t>9786254487194</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Melleron'un Sihri</t>
+          <t>Matilda Etkisi</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>24</v>
+        <v>165</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786051862408</t>
+          <t>9786254481376</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Bir Kuş Olsaydım</t>
+          <t>Dikkat Geliştirme Becerileri - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786053485087</t>
+          <t>9786254481369</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Dolaptaki Canavar</t>
+          <t>Çizgiler - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>20</v>
+        <v>65</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786254481659</t>
+          <t>9786254486449</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Çizgiler 5+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+          <t>Pireler Berber İken - Anadolu Masalları</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>65</v>
+        <v>120</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786254481536</t>
+          <t>9786254486029</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Farkı Bul 3+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+          <t>Hayvanlar - Bebeğimin İlk Bilgileri</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>65</v>
+        <v>55</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786254483806</t>
+          <t>9786254484704</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Eşimi Bul - Eş anlamlı (Anlamdaş) Kelimeler</t>
+          <t>Çiz Sil Yeniden Çiz (Mavi Kitap)</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>49</v>
+        <v>65</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786254483882</t>
+          <t>9786254484698</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Dikkatli Eşle</t>
+          <t>Çiz Sil Yeniden Çiz (Kırmızı Kitap)</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786254484483</t>
+          <t>9786053488125</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Koparmalı Robotik Kodlama Etkinlikleri - 3</t>
+          <t>Melleron'un Sihri</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786254487408</t>
+          <t>9786051862408</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Temel Eserlerden Seçmeler 1 Set</t>
+          <t>Bir Kuş Olsaydım</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>350</v>
+        <v>60</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786254483516</t>
+          <t>9786053485087</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Çocuk Masalları 2. ve 3. Sınıf</t>
+          <t>Dolaptaki Canavar</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>300</v>
+        <v>20</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786256312029</t>
+          <t>9786254481659</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Renkli Keçeler ile Taşıtlar</t>
+          <t>Çizgiler 5+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>100</v>
+        <v>65</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786256312036</t>
+          <t>9786254481536</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Renkli Keçeler ile Meslekler</t>
+          <t>Farkı Bul 3+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>100</v>
+        <v>65</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786256312012</t>
+          <t>9786254483806</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Renkli Keçeler ile Giysiler</t>
+          <t>Eşimi Bul - Eş anlamlı (Anlamdaş) Kelimeler</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786256312005</t>
+          <t>9786254483882</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Gıdadan Yakıta</t>
+          <t>Dikkatli Eşle</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786259455372</t>
+          <t>9786254484483</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Afi and Tomi - Transportation</t>
+          <t>Koparmalı Robotik Kodlama Etkinlikleri - 3</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>100</v>
+        <v>36</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786259455365</t>
+          <t>9786254487408</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Afi and Tomi - Opposites</t>
+          <t>4. Sınıf Temel Eserlerden Seçmeler 1 Set</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786259455396</t>
+          <t>9786254483516</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Afi and Tomi - Numbers</t>
+          <t>En Güzel Çocuk Masalları 2. ve 3. Sınıf</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786259455358</t>
+          <t>9786256312029</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Afi and Tomi - Colors</t>
+          <t>Renkli Keçeler ile Taşıtlar</t>
         </is>
       </c>
       <c r="C804" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786259455389</t>
+          <t>9786256312036</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Afi and Tomi - Animals</t>
+          <t>Renkli Keçeler ile Meslekler</t>
         </is>
       </c>
       <c r="C805" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786254483325</t>
+          <t>9786256312012</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>İki Kafadar - Seyit ile Samet</t>
+          <t>Renkli Keçeler ile Giysiler</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786256934948</t>
+          <t>9786256312005</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Annemin İşyerinde İlk Günü</t>
+          <t>Gıdadan Yakıta</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>125</v>
+        <v>350</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786256934955</t>
+          <t>9786259455372</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Fuarın En Tuhaf Okuru</t>
+          <t>Afi and Tomi - Transportation</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786256934924</t>
+          <t>9786259455365</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Burası Çok Sessiz</t>
+          <t>Afi and Tomi - Opposites</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>189</v>
+        <v>100</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786256934931</t>
+          <t>9786259455396</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Yalınayak Bernd</t>
+          <t>Afi and Tomi - Numbers</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786256934900</t>
+          <t>9786259455358</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Ben ve Biz</t>
+          <t>Afi and Tomi - Colors</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786254486777</t>
+          <t>9786259455389</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>3-4.Sınıf Yeni Nesil Hikaye Seti</t>
+          <t>Afi and Tomi - Animals</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786254487323</t>
+          <t>9786254483325</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>2.Sınıf Türkçe Kerem ile Zehra Tema Hikayeleri</t>
+          <t>İki Kafadar - Seyit ile Samet</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786254481055</t>
+          <t>9786256934948</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Pembe İncili Kaftan</t>
+          <t>Annemin İşyerinde İlk Günü</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786256934894</t>
+          <t>9786256934955</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Zavallı Plüton</t>
+          <t>Fuarın En Tuhaf Okuru</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>99</v>
+        <v>190</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786256934917</t>
+          <t>9786256934924</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Hayvanlar Seti (4 Kitap)</t>
+          <t>Burası Çok Sessiz</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>390</v>
+        <v>189</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786256934757</t>
+          <t>9786256934931</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Kedi Ankira - Anadolu Şifreleri</t>
+          <t>Yalınayak Bernd</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>145</v>
+        <v>115</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786256934788</t>
+          <t>9786256934900</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Arkadaşlarımızı Yemiyoruz</t>
+          <t>Ben ve Biz</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>189</v>
+        <v>99</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786256934115</t>
+          <t>9786254486777</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Leonardo da Vinci ile Tablonun İçinde</t>
+          <t>3-4.Sınıf Yeni Nesil Hikaye Seti</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>115</v>
+        <v>350</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786256934108</t>
+          <t>9786254487323</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Nikola Tesla ile Macera Peşinde</t>
+          <t>2.Sınıf Türkçe Kerem ile Zehra Tema Hikayeleri</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>89</v>
+        <v>300</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786253660185</t>
+          <t>9786254481055</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Genç Bilimkurgu Serisi</t>
+          <t>Pembe İncili Kaftan</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>880</v>
+        <v>80</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786256934740</t>
+          <t>9786256934894</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Bir Kız Her Şeyi İnşa Edebilir</t>
+          <t>Zavallı Plüton</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>128</v>
+        <v>99</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786256934344</t>
+          <t>9786256934917</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Ses</t>
+          <t>Sihirli Hayvanlar Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>128</v>
+        <v>390</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786256934450</t>
+          <t>9786256934757</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Bilgiler Serisi - Evde Hayat Var</t>
+          <t>Kedi Ankira - Anadolu Şifreleri</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>128</v>
+        <v>190</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786256934429</t>
+          <t>9786256934788</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Bilgiler Serisi - Dişimi Yiyemezler</t>
+          <t>Sınıf Arkadaşlarımızı Yemiyoruz</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>166</v>
+        <v>189</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786256934436</t>
+          <t>9786256934115</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Bilgiler Serisi - Kaybedeni Olmayan Oyunlar</t>
+          <t>Leonardo da Vinci ile Tablonun İçinde</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>128</v>
+        <v>115</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786256934405</t>
+          <t>9786256934108</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Bilgiler Serisi - Aburcursuz Olur mu?</t>
+          <t>Nikola Tesla ile Macera Peşinde</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>166</v>
+        <v>89</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786256934412</t>
+          <t>9786253660185</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Bilgiler Serisi - Birbirini Kovalayan Taşıtlar</t>
+          <t>Genç Bilimkurgu Serisi</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>128</v>
+        <v>880</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786256934443</t>
+          <t>9786256934740</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Bilgiler Serisi - Hastalandığını Sanan Çilekler</t>
+          <t>Bir Kız Her Şeyi İnşa Edebilir</t>
         </is>
       </c>
       <c r="C829" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786256934252</t>
+          <t>9786256934344</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Mülteci Kimdir?</t>
+          <t>Küçük Bir Ses</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>75</v>
+        <v>128</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786256934498</t>
+          <t>9786256934450</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Dünya Klasikleri – Siyah İnci</t>
+          <t>Meraklı Bilgiler Serisi - Evde Hayat Var</t>
         </is>
       </c>
       <c r="C831" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786256934481</t>
+          <t>9786256934429</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Dünya Klasikleri – Satranç</t>
+          <t>Meraklı Bilgiler Serisi - Dişimi Yiyemezler</t>
         </is>
       </c>
       <c r="C832" s="1">
         <v>166</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786256934474</t>
+          <t>9786256934436</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Dünya Klasikleri – Don Kişot</t>
+          <t>Meraklı Bilgiler Serisi - Kaybedeni Olmayan Oyunlar</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>166</v>
+        <v>128</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786256934467</t>
+          <t>9786256934405</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Dünya Klasikleri – Beyaz Diş</t>
+          <t>Meraklı Bilgiler Serisi - Aburcursuz Olur mu?</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>128</v>
+        <v>166</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786256934399</t>
+          <t>9786256934412</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Mitolojik Masallar Serisi – Hint Masalı Yakut Prens</t>
+          <t>Meraklı Bilgiler Serisi - Birbirini Kovalayan Taşıtlar</t>
         </is>
       </c>
       <c r="C835" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786256934382</t>
+          <t>9786256934443</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Mitolojik Masallar Serisi – Japon Masalı Uraşima Taro</t>
+          <t>Meraklı Bilgiler Serisi - Hastalandığını Sanan Çilekler</t>
         </is>
       </c>
       <c r="C836" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786256934368</t>
+          <t>9786256934252</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Mitolojik Masallar Serisi – Avustralya Aborjin Masalı Mooral ve Marjali</t>
+          <t>Mülteci Kimdir?</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>128</v>
+        <v>75</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786256934375</t>
+          <t>9786256934498</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Mitolojik Masallar Serisi – İsveç Masalı Knöss</t>
+          <t>Çocuklar İçin Dünya Klasikleri – Siyah İnci</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>166</v>
+        <v>128</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786256934351</t>
+          <t>9786256934481</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Mitolojik Masallar Serisi – Türk Masalı Anka Kuşu</t>
+          <t>Çocuklar İçin Dünya Klasikleri – Satranç</t>
         </is>
       </c>
       <c r="C839" s="1">
         <v>166</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786253660406</t>
+          <t>9786256934474</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Serisi 3 Kitap Kutulu Set</t>
+          <t>Çocuklar İçin Dünya Klasikleri – Don Kişot</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>410</v>
+        <v>166</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786253660116</t>
+          <t>9786256934467</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Ejderhalarla Uçan Prenses</t>
+          <t>Çocuklar İçin Dünya Klasikleri – Beyaz Diş</t>
         </is>
       </c>
       <c r="C841" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786254489501</t>
+          <t>9786256934399</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Küçük İnsanlar Büyük Hayaller - Steve Jobs</t>
+          <t>Mitolojik Masallar Serisi – Hint Masalı Yakut Prens</t>
         </is>
       </c>
       <c r="C842" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786254489471</t>
+          <t>9786256934382</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Küçük İnsanlar Büyük Hayaller - Greta Thunberg</t>
+          <t>Mitolojik Masallar Serisi – Japon Masalı Uraşima Taro</t>
         </is>
       </c>
       <c r="C843" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786254489488</t>
+          <t>9786256934368</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Küçük İnsanlar Büyük Hayaller - Charles Darwin</t>
+          <t>Mitolojik Masallar Serisi – Avustralya Aborjin Masalı Mooral ve Marjali</t>
         </is>
       </c>
       <c r="C844" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786254489495</t>
+          <t>9786256934375</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Küçük İnsanlar Büyük Hayaller - Bruce Lee</t>
+          <t>Mitolojik Masallar Serisi – İsveç Masalı Knöss</t>
         </is>
       </c>
       <c r="C845" s="1">
         <v>166</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786253660055</t>
+          <t>9786256934351</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Hawking'in Koridoru</t>
+          <t>Mitolojik Masallar Serisi – Türk Masalı Anka Kuşu</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>295</v>
+        <v>166</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786254486708</t>
+          <t>9786253660406</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>İspanyolca Öğreniyorum - 1. Seviye</t>
+          <t>Ejderha Serisi 3 Kitap Kutulu Set</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>120</v>
+        <v>410</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786256934146</t>
+          <t>9786253660116</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Coğrafya ve Ekonomi - Yazılmak İsteyen Oyuncu Kitap</t>
+          <t>Ejderhalarla Uçan Prenses</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>82</v>
+        <v>190</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786256934214</t>
+          <t>9786254489501</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Teknoloji - Tabletler İsyanda</t>
+          <t>Küçük İnsanlar Büyük Hayaller - Steve Jobs</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>82</v>
+        <v>128</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786256934221</t>
+          <t>9786254489471</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Tiyatro - Sihirli Alkışlar</t>
+          <t>Küçük İnsanlar Büyük Hayaller - Greta Thunberg</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>82</v>
+        <v>166</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786256934184</t>
+          <t>9786254489488</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Psikoloji - Psikolog Arı Mili ile Çiçek Terapisi</t>
+          <t>Küçük İnsanlar Büyük Hayaller - Charles Darwin</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>82</v>
+        <v>128</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786256934191</t>
+          <t>9786254489495</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Sanat - Mesaj Alındı</t>
+          <t>Küçük İnsanlar Büyük Hayaller - Bruce Lee</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>82</v>
+        <v>166</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786256934122</t>
+          <t>9786253660055</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Bilgi-Belge Yönetimi ve Tarih - Minik Limon Çekirdeği ve Limon Çocuk</t>
+          <t>Hawking'in Koridoru</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>82</v>
+        <v>295</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786256934207</t>
+          <t>9786254486708</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Sinema - Küçük Senaristin Hayal Perdesi</t>
+          <t>İspanyolca Öğreniyorum - 1. Seviye</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>82</v>
+        <v>120</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786256934238</t>
+          <t>9786256934146</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Yaratıcı Okuma - Kediden Kaçan Top</t>
+          <t>Merhaba Coğrafya ve Ekonomi - Yazılmak İsteyen Oyuncu Kitap</t>
         </is>
       </c>
       <c r="C855" s="1">
         <v>82</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786256934153</t>
+          <t>9786256934214</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Kimya Mühendisliği ve Felsefe - Geleceğin Mühendisi Parfüm Fabrikasında</t>
+          <t>Merhaba Teknoloji - Tabletler İsyanda</t>
         </is>
       </c>
       <c r="C856" s="1">
         <v>82</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786256934177</t>
+          <t>9786256934221</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Pedagoji - Doğadan Gelen Tasarımlar</t>
+          <t>Merhaba Tiyatro - Sihirli Alkışlar</t>
         </is>
       </c>
       <c r="C857" s="1">
         <v>82</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786256934139</t>
+          <t>9786256934184</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Biyoloji ve Felsefe - Bir DNA Hikayesi</t>
+          <t>Merhaba Psikoloji - Psikolog Arı Mili ile Çiçek Terapisi</t>
         </is>
       </c>
       <c r="C858" s="1">
         <v>82</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786256934269</t>
+          <t>9786256934191</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Vizyon - Girişimcilik ve İnovasyon - Ben de Başaracağım</t>
+          <t>Merhaba Sanat - Mesaj Alındı</t>
         </is>
       </c>
       <c r="C859" s="1">
         <v>82</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786256934245</t>
+          <t>9786256934122</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Ziraat Mühendisliği - Ağaçlar Arasındaki Fısıltılar</t>
+          <t>Merhaba Bilgi-Belge Yönetimi ve Tarih - Minik Limon Çekirdeği ve Limon Çocuk</t>
         </is>
       </c>
       <c r="C860" s="1">
         <v>82</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786256934160</t>
+          <t>9786256934207</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Deniz Bilimleri - Açıkgözler İstilacı Türlere Karşı</t>
+          <t>Merhaba Sinema - Küçük Senaristin Hayal Perdesi</t>
         </is>
       </c>
       <c r="C861" s="1">
         <v>82</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786254486616</t>
+          <t>9786256934238</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Şehri Merak Eden Domates - Ekolojik Kitaplar Serisi</t>
+          <t>Merhaba Yaratıcı Okuma - Kediden Kaçan Top</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>128</v>
+        <v>82</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786254486609</t>
+          <t>9786256934153</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Bir Kompost Hikayesi</t>
+          <t>Merhaba Kimya Mühendisliği ve Felsefe - Geleceğin Mühendisi Parfüm Fabrikasında</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>128</v>
+        <v>82</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786254486913</t>
+          <t>9786256934177</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens’in Hayal Gezegeni</t>
+          <t>Merhaba Pedagoji - Doğadan Gelen Tasarımlar</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>166</v>
+        <v>82</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786254486906</t>
+          <t>9786256934139</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens’in Sanat Gezegeni</t>
+          <t>Merhaba Biyoloji ve Felsefe - Bir DNA Hikayesi</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>166</v>
+        <v>82</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786254488542</t>
+          <t>9786256934269</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Mia'nın Barınak Ziyareti</t>
+          <t>Merhaba Vizyon - Girişimcilik ve İnovasyon - Ben de Başaracağım</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>112</v>
+        <v>82</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786254486845</t>
+          <t>9786256934245</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Kediler Maniler</t>
+          <t>Merhaba Ziraat Mühendisliği - Ağaçlar Arasındaki Fısıltılar</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>145</v>
+        <v>82</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786254488214</t>
+          <t>9786256934160</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Gezegeni Kurtaracak Kadar Büyüdüm</t>
+          <t>Merhaba Deniz Bilimleri - Açıkgözler İstilacı Türlere Karşı</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>128</v>
+        <v>82</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786254487026</t>
+          <t>9786254486616</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Buzluktaki Penguen</t>
+          <t>Şehri Merak Eden Domates - Ekolojik Kitaplar Serisi</t>
         </is>
       </c>
       <c r="C869" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786254486852</t>
+          <t>9786254486609</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Hayaller Müzesi</t>
+          <t>Bir Kompost Hikayesi</t>
         </is>
       </c>
       <c r="C870" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786254486890</t>
+          <t>9786254486913</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Güvenli Yarınlar Serisi Yağmurun Sesi</t>
+          <t>Küçük Prens’in Hayal Gezegeni</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>128</v>
+        <v>166</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786254486876</t>
+          <t>9786254486906</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Güvenli Yarınlar Serisi Görünmez Kaza</t>
+          <t>Küçük Prens’in Sanat Gezegeni</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>128</v>
+        <v>166</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786254486883</t>
+          <t>9786254488542</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Güvenli Yarınlar Serisi Yılmaz’ın Üç Ağacı</t>
+          <t>Mia'nın Barınak Ziyareti</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>128</v>
+        <v>112</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786254486869</t>
+          <t>9786254486845</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Güvenli Yarınlar Serisi Doğa Dostları</t>
+          <t>Kediler Maniler</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>128</v>
+        <v>145</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786254485152</t>
+          <t>9786254488214</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>İpucu Peşinde Göbeklitepe - İlkokul 1. Sınıf</t>
+          <t>Gezegeni Kurtaracak Kadar Büyüdüm</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>156</v>
+        <v>128</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786254485176</t>
+          <t>9786254487026</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>İpucu Peşinde Uğurlu Kalem - İlkokul 3. Sınıf</t>
+          <t>Buzluktaki Penguen</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>117</v>
+        <v>128</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786254485169</t>
+          <t>9786254486852</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>İpucu Peşinde Geri Dönüşüm - İlkokul 2. Sınıf</t>
+          <t>Hayaller Müzesi</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>90</v>
+        <v>128</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786254487538</t>
+          <t>9786254486890</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Düşünceler Gömüsü: Aynalı Geçit</t>
+          <t>Güvenli Yarınlar Serisi Yağmurun Sesi</t>
         </is>
       </c>
       <c r="C878" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786254488566</t>
+          <t>9786254486876</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Aşkar</t>
+          <t>Güvenli Yarınlar Serisi Görünmez Kaza</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786254488559</t>
+          <t>9786254486883</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Nandiya Ejderhası</t>
+          <t>Güvenli Yarınlar Serisi Yılmaz’ın Üç Ağacı</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>98</v>
+        <v>128</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786254487705</t>
+          <t>9786254486869</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Uçmak</t>
+          <t>Güvenli Yarınlar Serisi Doğa Dostları</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>120</v>
+        <v>128</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786254487712</t>
+          <t>9786254485152</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Olmak</t>
+          <t>İpucu Peşinde Göbeklitepe - İlkokul 1. Sınıf</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>128</v>
+        <v>156</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786254488702</t>
+          <t>9786254485176</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Maymun Çoko'nun Serüvenleri</t>
+          <t>İpucu Peşinde Uğurlu Kalem - İlkokul 3. Sınıf</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>127</v>
+        <v>117</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786254488719</t>
+          <t>9786254485169</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Üç Hali</t>
+          <t>İpucu Peşinde Geri Dönüşüm - İlkokul 2. Sınıf</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>67</v>
+        <v>156</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786254488221</t>
+          <t>9786254487538</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Eva Serisi - Kutulu Set</t>
+          <t>Düşünceler Gömüsü: Aynalı Geçit</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>510</v>
+        <v>128</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786254487309</t>
+          <t>9786254488566</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Kuş</t>
+          <t>Aşkar</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786254484735</t>
+          <t>9786254488559</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Martı Yumurtası</t>
+          <t>Nandiya Ejderhası</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>128</v>
+        <v>98</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786254484759</t>
+          <t>9786254487705</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Timo</t>
+          <t>Uçmak</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>128</v>
+        <v>120</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786254485633</t>
+          <t>9786254487712</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Kodlama Etkinlikleri - Pembe - 32 Etkinlik</t>
+          <t>Güçlü Olmak</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>70</v>
+        <v>128</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786254485657</t>
+          <t>9786254488702</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Kodlama Etkinlikleri - Mavi - 64 Etkinlik</t>
+          <t>Maymun Çoko'nun Serüvenleri</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>90</v>
+        <v>127</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786254485640</t>
+          <t>9786254488719</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Kodlama Etkinlikleri - Yeşil 2 - 32 Etkinlik</t>
+          <t>Sevginin Üç Hali</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786254486258</t>
+          <t>9786254488221</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Anılarımız Rengarenk</t>
+          <t>Eva Serisi - Kutulu Set</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>100</v>
+        <v>510</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786254485619</t>
+          <t>9786254487309</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Kodlama Etkinlikleri - Yeşil - 32 Etkinlik</t>
+          <t>Yalancı Kuş</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>70</v>
+        <v>120</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786254485626</t>
+          <t>9786254484735</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Kodlama Etkinlikleri - Sarı - 32 Etkinlik</t>
+          <t>Martı Yumurtası</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>68</v>
+        <v>128</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786254486555</t>
+          <t>9786254484759</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Benim Deyim Kitabım 2 - Seviye 2</t>
+          <t>Ejderha Timo</t>
         </is>
       </c>
       <c r="C895" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786254486548</t>
+          <t>9786254485633</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Benim Deyim Kitabım - Seviye 1</t>
+          <t>Çocuklar için Kodlama Etkinlikleri - Pembe - 32 Etkinlik</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>128</v>
+        <v>70</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786254486579</t>
+          <t>9786254485657</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Benim Atasözü Kitabım - Seviye 2</t>
+          <t>Çocuklar İçin Kodlama Etkinlikleri - Mavi - 64 Etkinlik</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>128</v>
+        <v>90</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786254486562</t>
+          <t>9786254485640</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Benim Atasözü Kitabım - Seviye 1</t>
+          <t>Çocuklar için Kodlama Etkinlikleri - Yeşil 2 - 32 Etkinlik</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>128</v>
+        <v>120</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786254485039</t>
+          <t>9786254486258</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Etkinlikli Tatil Kitabım</t>
+          <t>Anılarımız Rengarenk</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786254485046</t>
+          <t>9786254485619</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Etkinlikli Tatil Kitabım</t>
+          <t>Çocuklar için Kodlama Etkinlikleri - Yeşil - 32 Etkinlik</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>115</v>
+        <v>120</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786254485763</t>
+          <t>9786254485626</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Kirazlar Kiko ile Kiki - Sebzoti Kasabası</t>
+          <t>Çocuklar için Kodlama Etkinlikleri - Sarı - 32 Etkinlik</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>70</v>
+        <v>120</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786254485770</t>
+          <t>9786254486555</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Masalcı Mısır - Sebzoti Kasabası</t>
+          <t>Benim Deyim Kitabım 2 - Seviye 2</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>45</v>
+        <v>128</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786254485794</t>
+          <t>9786254486548</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Sulugöz Bamya - Sebzoti Kasabası</t>
+          <t>Benim Deyim Kitabım - Seviye 1</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>75</v>
+        <v>128</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786254485817</t>
+          <t>9786254486579</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Aktivite Kitabı 2 - Sebzoti Kasabası</t>
+          <t>Benim Atasözü Kitabım - Seviye 2</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>60</v>
+        <v>128</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786254486067</t>
+          <t>9786254486562</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Eşyalar - Bebeğimin İlk Bilgileri</t>
+          <t>Benim Atasözü Kitabım - Seviye 1</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>55</v>
+        <v>128</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786254486456</t>
+          <t>9786254485039</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Bakteri Şehrine Dönüş</t>
+          <t>Okul Öncesi Etkinlikli Tatil Kitabım</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>165</v>
+        <v>115</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786254485237</t>
+          <t>9786254485046</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar - English Seviye 2</t>
+          <t>Okul Öncesi Etkinlikli Tatil Kitabım</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>65</v>
+        <v>115</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786254485244</t>
+          <t>9786254485763</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar Maths - Seviye 1</t>
+          <t>Kardeş Kirazlar Kiko ile Kiki - Sebzoti Kasabası</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>75</v>
+        <v>70</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786254485251</t>
+          <t>9786254485770</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar Science - Seviye 1</t>
+          <t>Masalcı Mısır - Sebzoti Kasabası</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>65</v>
+        <v>45</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786254485275</t>
+          <t>9786254485794</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar Science - Seviye 2</t>
+          <t>Sulugöz Bamya - Sebzoti Kasabası</t>
         </is>
       </c>
       <c r="C910" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786254485268</t>
+          <t>9786254485817</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar Maths - Seviye 2</t>
+          <t>Aktivite Kitabı 2 - Sebzoti Kasabası</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>75</v>
+        <v>60</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786254485183</t>
+          <t>9786254486067</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>İpucu Peşinde Kamp Ateşi - İlkokul 4. Sınıf</t>
+          <t>Eşyalar - Bebeğimin İlk Bilgileri</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>117</v>
+        <v>55</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786254485916</t>
+          <t>9786254486456</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik Hayvanları ile Renkler ve Şekiller</t>
+          <t>Bakteri Şehrine Dönüş</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>100</v>
+        <v>165</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786254485923</t>
+          <t>9786254485237</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Evcil Hayvanlar ile Zıt Kavramlar</t>
+          <t>Meraklı Çocuklar - English Seviye 2</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>100</v>
+        <v>65</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786254485695</t>
+          <t>9786254485244</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Kodlama ve Algoritma Aktiviteleri - Yeşil</t>
+          <t>Meraklı Çocuklar Maths - Seviye 1</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>55</v>
+        <v>75</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786254485664</t>
+          <t>9786254485251</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Kodlama ve Algoritma Aktiviteleri - Sarı</t>
+          <t>Meraklı Çocuklar Science - Seviye 1</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>55</v>
+        <v>65</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786254485688</t>
+          <t>9786254485275</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Kodlama ve Algoritma Aktiviteleri - Pembe</t>
+          <t>Meraklı Çocuklar Science - Seviye 2</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>68</v>
+        <v>75</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786254485671</t>
+          <t>9786254485268</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Kodlama ve Algoritma Aktiviteleri - Mavi</t>
+          <t>Meraklı Çocuklar Maths - Seviye 2</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>55</v>
+        <v>75</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786254485824</t>
+          <t>9786254485183</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Elmas Koruyucuları</t>
+          <t>İpucu Peşinde Kamp Ateşi - İlkokul 4. Sınıf</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>88</v>
+        <v>117</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786254485480</t>
+          <t>9786254485916</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Dörtler Ankara’da</t>
+          <t>Çiftlik Hayvanları ile Renkler ve Şekiller</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>104</v>
+        <v>100</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786254485497</t>
+          <t>9786254485923</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Dörtler İzmir’de</t>
+          <t>Evcil Hayvanlar ile Zıt Kavramlar</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>52</v>
+        <v>100</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786254485473</t>
+          <t>9786254485695</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Dörtler İstanbul’da</t>
+          <t>Çocuklar İçin Kodlama ve Algoritma Aktiviteleri - Yeşil</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>104</v>
+        <v>55</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786254485503</t>
+          <t>9786254485664</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Dörtler Antalya’da</t>
+          <t>Çocuklar İçin Kodlama ve Algoritma Aktiviteleri - Sarı</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>52</v>
+        <v>55</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786254485510</t>
+          <t>9786254485688</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Dörtler Şanlıurfa’da</t>
+          <t>Çocuklar İçin Kodlama ve Algoritma Aktiviteleri - Pembe</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>52</v>
+        <v>120</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786254481802</t>
+          <t>9786254485671</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Noktalama İmla Oyunu</t>
+          <t>Çocuklar İçin Kodlama ve Algoritma Aktiviteleri - Mavi</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>468</v>
+        <v>55</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786254484551</t>
+          <t>9786254485824</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Karanlık</t>
+          <t>Ekolojik Elmas Koruyucuları</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>100</v>
+        <v>88</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786254484377</t>
+          <t>9786254485480</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri 16</t>
+          <t>Gezgin Dörtler Ankara’da</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>52</v>
+        <v>104</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786254484346</t>
+          <t>9786254485497</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri 13</t>
+          <t>Gezgin Dörtler İzmir’de</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>52</v>
+        <v>104</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786254484360</t>
+          <t>9786254485473</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri 18</t>
+          <t>Gezgin Dörtler İstanbul’da</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>35</v>
+        <v>104</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786254484278</t>
+          <t>9786254485503</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri - 8</t>
+          <t>Gezgin Dörtler Antalya’da</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>38</v>
+        <v>104</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786254484285</t>
+          <t>9786254485510</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri - 7</t>
+          <t>Gezgin Dörtler Şanlıurfa’da</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>25</v>
+        <v>104</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786254484292</t>
+          <t>9786254481802</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri - 6</t>
+          <t>Noktalama İmla Oyunu</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>38</v>
+        <v>468</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786254484308</t>
+          <t>9786254484551</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri - 5</t>
+          <t>Arkadaşım Karanlık</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>38</v>
+        <v>100</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786254484339</t>
+          <t>9786254484377</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri - 12</t>
+          <t>Robotik Kodlama Etkinlikleri 16</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>38</v>
+        <v>52</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786254484315</t>
+          <t>9786254484346</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri - 10</t>
+          <t>Robotik Kodlama Etkinlikleri 13</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>38</v>
+        <v>52</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786254484261</t>
+          <t>9786254484360</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama Etkinlikleri - 9</t>
+          <t>Robotik Kodlama Etkinlikleri 18</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>38</v>
+        <v>35</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786254483349</t>
+          <t>9786254484278</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Kodlayan Çocuk - Kodlama Etkinlikeri</t>
+          <t>Robotik Kodlama Etkinlikleri - 8</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>249</v>
+        <v>38</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786254483332</t>
+          <t>9786254484285</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Kodlayan Çocuk - Kodlama Etkinlikeri</t>
+          <t>Robotik Kodlama Etkinlikleri - 7</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>249</v>
+        <v>25</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786050320213</t>
+          <t>9786254484292</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Peri Kızı Lila - Kodlamayı Öğreniyorum</t>
+          <t>Robotik Kodlama Etkinlikleri - 6</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>98</v>
+        <v>38</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786254483721</t>
+          <t>9786254484308</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Gelişim Etkinlikleri 1 - 40 Soru 40 Cevap</t>
+          <t>Robotik Kodlama Etkinlikleri - 5</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>128</v>
+        <v>38</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786254483691</t>
+          <t>9786254484339</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Gelişim Etkinlikleri -Taşıtlar</t>
+          <t>Robotik Kodlama Etkinlikleri - 12</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>128</v>
+        <v>38</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786254483684</t>
+          <t>9786254484315</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Gelişim Etkinlikleri -Türkçe</t>
+          <t>Robotik Kodlama Etkinlikleri - 10</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>128</v>
+        <v>38</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786254483714</t>
+          <t>9786254484261</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Gelişim Etkinlikleri - Eşyalar</t>
+          <t>Robotik Kodlama Etkinlikleri - 9</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>128</v>
+        <v>38</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786254483707</t>
+          <t>9786254483349</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Gelişim Etkinlikleri - Hayvanlar</t>
+          <t>Geleceği Kodlayan Çocuk - Kodlama Etkinlikeri</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>128</v>
+        <v>249</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786254483660</t>
+          <t>9786254483332</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Gelişim Etkinlikleri - Kavramlar</t>
+          <t>Geleceği Kodlayan Çocuk - Kodlama Etkinlikeri</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>128</v>
+        <v>249</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786254483677</t>
+          <t>9786050320213</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Gelişim Etkinlikleri - Matematik</t>
+          <t>Peri Kızı Lila - Kodlamayı Öğreniyorum</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>128</v>
+        <v>98</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786254483738</t>
+          <t>9786254483721</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Gelişim Etkinlikleri 2 - 40 Soru, 40 Cevap</t>
+          <t>Zihinsel Gelişim Etkinlikleri 1 - 40 Soru 40 Cevap</t>
         </is>
       </c>
       <c r="C947" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786254483813</t>
+          <t>9786254483691</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>B ve D Harflerini Karıştırıyorum</t>
+          <t>Zihinsel Gelişim Etkinlikleri -Taşıtlar</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>195</v>
+        <v>128</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786254483837</t>
+          <t>9786254483684</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Sesleri Fark Ediyorum - İlk Ses Son Ses Farkındalığı</t>
+          <t>Zihinsel Gelişim Etkinlikleri -Türkçe</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>156</v>
+        <v>128</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786254483875</t>
+          <t>9786254483714</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Sağım Solum Sobe</t>
+          <t>Zihinsel Gelişim Etkinlikleri - Eşyalar</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>195</v>
+        <v>128</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786254483899</t>
+          <t>9786254483707</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Dikkatli Tamamla</t>
+          <t>Zihinsel Gelişim Etkinlikleri - Hayvanlar</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>120</v>
+        <v>128</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786254483844</t>
+          <t>9786254483660</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Dikkatli Say</t>
+          <t>Zihinsel Gelişim Etkinlikleri - Kavramlar</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>120</v>
+        <v>128</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786254483615</t>
+          <t>9786254483677</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Kodlayarak Boyamayı Öğreniyorum 7</t>
+          <t>Zihinsel Gelişim Etkinlikleri - Matematik</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>68</v>
+        <v>128</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786254483752</t>
+          <t>9786254483738</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Denizde Doğum Günü (Ciltli)</t>
+          <t>Zihinsel Gelişim Etkinlikleri 2 - 40 Soru, 40 Cevap</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>135</v>
+        <v>128</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786254482991</t>
+          <t>9786254483813</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Maths - Learning Kids (Level 2)</t>
+          <t>B ve D Harflerini Karıştırıyorum</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>55</v>
+        <v>195</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786254482700</t>
+          <t>9786254483837</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Afi and Tomi - Adventure Under the Sea</t>
+          <t>Sesleri Fark Ediyorum - İlk Ses Son Ses Farkındalığı</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>100</v>
+        <v>156</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786254482694</t>
+          <t>9786254483875</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Afi and Tomi - My Body</t>
+          <t>Sağım Solum Sobe</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>100</v>
+        <v>195</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786254482670</t>
+          <t>9786254483899</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Afi and Tomi - What Color are My Emotions?</t>
+          <t>Dikkatli Tamamla</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786254482717</t>
+          <t>9786254483844</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Afi and Tomi - A Friendship Story</t>
+          <t>Dikkatli Say</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786254481611</t>
+          <t>9786254483615</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar 5+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
+          <t>Kodlayarak Boyamayı Öğreniyorum 7</t>
         </is>
       </c>
       <c r="C960" s="1">
         <v>68</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786254482663</t>
+          <t>9786254483752</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Fısıtlısı (5 Kitap Takım)</t>
+          <t>Denizde Doğum Günü (Ciltli)</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>149</v>
+        <v>135</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786254482656</t>
+          <t>9786254482991</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Avcıları - 9+ Yaş ( 5 Kitap Takım )</t>
+          <t>Maths - Learning Kids (Level 2)</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>149</v>
+        <v>55</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786254482038</t>
+          <t>9786254482700</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Köpekçik - Sihirli Hayvanlar</t>
+          <t>Afi and Tomi - Adventure Under the Sea</t>
         </is>
       </c>
       <c r="C963" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786254482052</t>
+          <t>9786254482694</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Tavşan - Sihirli Hayvanlar</t>
+          <t>Afi and Tomi - My Body</t>
         </is>
       </c>
       <c r="C964" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786254482045</t>
+          <t>9786254482670</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Midilli - Sihirli Hayvanlar</t>
+          <t>Afi and Tomi - What Color are My Emotions?</t>
         </is>
       </c>
       <c r="C965" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786050322439</t>
+          <t>9786254482717</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Sayılar - İlk Kartlarım</t>
+          <t>Afi and Tomi - A Friendship Story</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>45</v>
+        <v>100</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786050322460</t>
+          <t>9786254481611</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Meyveler ve Sebzeler - İlk Kartlarım</t>
+          <t>Kavramlar 5+ Yaş - Okul Öncesi ve Erken Okul Dönemi Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>75</v>
+        <v>68</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786050322552</t>
+          <t>9786254482663</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Numbers - İlk Kartlarım</t>
+          <t>Anadolu Fısıtlısı (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>75</v>
+        <v>149</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786050322576</t>
+          <t>9786254482656</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Colours and Shapes - İlk Kartlarım</t>
+          <t>Bilgi Avcıları - 9+ Yaş ( 5 Kitap Takım )</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>75</v>
+        <v>149</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786050322538</t>
+          <t>9786254482038</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>English Alphabeth - İlk Kartlarım</t>
+          <t>Sihirli Köpekçik - Sihirli Hayvanlar</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786050322521</t>
+          <t>9786254482052</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Deyimler - İlk Kartlarım</t>
+          <t>Sihirli Tavşan - Sihirli Hayvanlar</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>33</v>
+        <v>100</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786050322514</t>
+          <t>9786254482045</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri - İlk Kartlarım</t>
+          <t>Sihirli Midilli - Sihirli Hayvanlar</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>82.5</v>
+        <v>100</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786050322545</t>
+          <t>9786050322439</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>İlk Kartlarım Öğrenme Seti</t>
+          <t>Sayılar - İlk Kartlarım</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>459</v>
+        <v>45</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786050322484</t>
+          <t>9786050322460</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Renkler ve Şekiller - İlk Kartlarım</t>
+          <t>Meyveler ve Sebzeler - İlk Kartlarım</t>
         </is>
       </c>
       <c r="C974" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786050322569</t>
+          <t>9786050322552</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>First Words - İlk Kartlarım</t>
+          <t>Numbers - İlk Kartlarım</t>
         </is>
       </c>
       <c r="C975" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786050322477</t>
+          <t>9786050322576</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Kelimeler - İlk Kartlarım</t>
+          <t>Colours and Shapes - İlk Kartlarım</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>45</v>
+        <v>75</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786254481314</t>
+          <t>9786050322538</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Jane Austen - Küçük İnsanlar Büyük Hayaller</t>
+          <t>English Alphabeth - İlk Kartlarım</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>166</v>
+        <v>75</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786254481321</t>
+          <t>9786050322521</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>David Bowie - Küçük İnsanlar Büyük Hayaller</t>
+          <t>Deyimler - İlk Kartlarım</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>166</v>
+        <v>33</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786254481291</t>
+          <t>9786050322514</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Stephen Hawking - Küçük İnsanlar Büyük Hayaller</t>
+          <t>Atasözleri - İlk Kartlarım</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>166</v>
+        <v>82.5</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786254481284</t>
+          <t>9786050322545</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Ali - Küçük İnsanlar Büyük Hayaller</t>
+          <t>İlk Kartlarım Öğrenme Seti</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>128</v>
+        <v>459</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786254481277</t>
+          <t>9786050322484</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Maria Montessori - Küçük İnsanlar Büyük Hayaller</t>
+          <t>Renkler ve Şekiller - İlk Kartlarım</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>166</v>
+        <v>75</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786254481307</t>
+          <t>9786050322569</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Mahatma Gandhi - Küçük İnsanlar Büyük Hayaller</t>
+          <t>First Words - İlk Kartlarım</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>128</v>
+        <v>75</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786254480393</t>
+          <t>9786050322477</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Kedi Ankira</t>
+          <t>Kelimeler - İlk Kartlarım</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>112</v>
+        <v>45</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786254480041</t>
+          <t>9786254481314</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Plastiksavar Laboratuvarı</t>
+          <t>Jane Austen - Küçük İnsanlar Büyük Hayaller</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>98</v>
+        <v>166</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786050321814</t>
+          <t>9786254481321</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Süper Sekizler - Bilgisayarı Kapatıyoruz Sokakta Oynuyoruz</t>
+          <t>David Bowie - Küçük İnsanlar Büyük Hayaller</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>112</v>
+        <v>166</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786050321807</t>
+          <t>9786254481291</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Süper Sekizler - Her Yerde Bir Kural Var</t>
+          <t>Stephen Hawking - Küçük İnsanlar Büyük Hayaller</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>112</v>
+        <v>166</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786254480386</t>
+          <t>9786254481284</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’dan Çocuklara - Alara</t>
+          <t>Muhammed Ali - Küçük İnsanlar Büyük Hayaller</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>100</v>
+        <v>166</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786254481390</t>
+          <t>9786254481277</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
+          <t>Maria Montessori - Küçük İnsanlar Büyük Hayaller</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>65</v>
+        <v>166</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786051868332</t>
+          <t>9786254481307</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Sır Muhafızları (5 Kitap Takım)</t>
+          <t>Mahatma Gandhi - Küçük İnsanlar Büyük Hayaller</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>149</v>
+        <v>166</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786050321227</t>
+          <t>9786254480393</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Alfabe ve Tangram</t>
+          <t>Kedi Ankira</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>224</v>
+        <v>190</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786050321333</t>
+          <t>9786254480041</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Her Çocuk Biraz Atatürk’tür</t>
+          <t>Plastiksavar Laboratuvarı</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>110</v>
+        <v>98</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786050321340</t>
+          <t>9786050321814</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Her Çocuk Biraz Atatürk’tür</t>
+          <t>Süper Sekizler - Bilgisayarı Kapatıyoruz Sokakta Oynuyoruz</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>195</v>
+        <v>112</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786051869315</t>
+          <t>9786050321807</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Genç Yazarın Düşünce Yazıları Not Defteri</t>
+          <t>Süper Sekizler - Her Yerde Bir Kural Var</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>299</v>
+        <v>112</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786051869322</t>
+          <t>9786254480386</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Genç Yazarın Hikaye Not Defteri</t>
+          <t>Mevlana’dan Çocuklara - Alara</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>299</v>
+        <v>100</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786051869308</t>
+          <t>9786254481390</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Genç Editör ve Eleştirmenin Not Defteri</t>
+          <t>Kavramlar - Çocuklar İçin Zihin Becerileri Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>172</v>
+        <v>65</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786050322149</t>
+          <t>9786051868332</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Cingöz - Mevlana’dan Çocuklara</t>
+          <t>Sır Muhafızları (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>100</v>
+        <v>149</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786050322163</t>
+          <t>9786050321227</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Dürüst Usta - Mevlana’dan Çocuklara</t>
+          <t>Alfabe ve Tangram</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>100</v>
+        <v>224</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786050322156</t>
+          <t>9786050321333</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Dost - Mevlana’dan Çocuklara</t>
+          <t>Her Çocuk Biraz Atatürk’tür</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786050321845</t>
+          <t>9786050321340</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Canberk ve Dev Ahtapot</t>
+          <t>Her Çocuk Biraz Atatürk’tür</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>75</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786050321852</t>
+          <t>9786051869315</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Canberk ve Kokuşmuş Canavar</t>
+          <t>Genç Yazarın Düşünce Yazıları Not Defteri</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>75</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786050321838</t>
+          <t>9786051869322</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Canberk ve Benekli Uzaylılar</t>
+          <t>Genç Yazarın Hikaye Not Defteri</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>75</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786050321241</t>
+          <t>9786051869308</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Siri Gol Atıyor</t>
+          <t>Genç Editör ve Eleştirmenin Not Defteri</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>50</v>
+        <v>172</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786050321258</t>
+          <t>9786050322149</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Siri ve Haylaz Bebek</t>
+          <t>Cingöz - Mevlana’dan Çocuklara</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786050321869</t>
+          <t>9786050322163</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Canberk ve Zorba Dinozor</t>
+          <t>Dürüst Usta - Mevlana’dan Çocuklara</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786050321272</t>
+          <t>9786050322156</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Siri ve Koca Ayak</t>
+          <t>Gerçek Dost - Mevlana’dan Çocuklara</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786051869544</t>
+          <t>9786050321845</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Hayalbaz’ın Maceraları 3 - Yazının Evrimi</t>
+          <t>Canberk ve Dev Ahtapot</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>52</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786050321654</t>
+          <t>9786050321852</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Kartları - Çıkarma</t>
+          <t>Canberk ve Kokuşmuş Canavar</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>450</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786050321418</t>
+          <t>9786050321838</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Tesla’nın Tavan Arası</t>
+          <t>Canberk ve Benekli Uzaylılar</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>295</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786051868745</t>
+          <t>9786050321241</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Çikolata Canavarı</t>
+          <t>Siri Gol Atıyor</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>82</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786051866437</t>
+          <t>9786050321258</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Emoji Filmi - Kaçak</t>
+          <t>Siri ve Haylaz Bebek</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>68</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786051866468</t>
+          <t>9786050321869</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Emoji Filmi Boyama ve Etkinlik Kitabı</t>
+          <t>Canberk ve Zorba Dinozor</t>
         </is>
       </c>
       <c r="C1011" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786050321494</t>
+          <t>9786050321272</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Hayal Et</t>
+          <t>Siri ve Koca Ayak</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>90</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786050320176</t>
+          <t>9786051869544</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Su Damlası - Mevlana'dan Çocuklara</t>
+          <t>Hayalbaz’ın Maceraları 3 - Yazının Evrimi</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>100</v>
+        <v>52</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786050320114</t>
+          <t>9786050321654</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Martı’nın Dedektifleri - Duvar Yazısı</t>
+          <t>Öğrenme Kartları - Çıkarma</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>60</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786051869636</t>
+          <t>9786050321418</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Bücür Elma - Mevlana'dan Çocuklara</t>
+          <t>Tesla’nın Tavan Arası</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>100</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786050320138</t>
+          <t>9786051868745</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Martı’nın Dedektifleri - Tanrı Misafiri</t>
+          <t>Çikolata Canavarı</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>60</v>
+        <v>82</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786050320121</t>
+          <t>9786051866437</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Martı’nın Dedektifleri - Silecek Katili</t>
+          <t>Emoji Filmi - Kaçak</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>60</v>
+        <v>68</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786050320152</t>
+          <t>9786051866468</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Martı’nın Dedektifleri - Pasaklı’nın Pasaportu</t>
+          <t>Emoji Filmi Boyama ve Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>40</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786050320169</t>
+          <t>9786050321494</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Martı’nın Dedektifleri - Kızıl Kurt</t>
+          <t>Hayal Et</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786051869292</t>
+          <t>9786050320176</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Biraz Şiir Biraz Problem Kartları - Yaz Sil Kalemli</t>
+          <t>Su Damlası - Mevlana'dan Çocuklara</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>157</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786051869285</t>
+          <t>9786050320114</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Biraz Şiir Biraz Problem Kartları - Yaz Sil Kalemli</t>
+          <t>Martı’nın Dedektifleri - Duvar Yazısı</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>157</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786051869919</t>
+          <t>9786051869636</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Matematik Ünite Bilgi Kartları - Yaz Sil Kalemli</t>
+          <t>Bücür Elma - Mevlana'dan Çocuklara</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786050320022</t>
+          <t>9786050320138</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Problem Kartları - Yaz Sil Kalemli</t>
+          <t>Martı’nın Dedektifleri - Tanrı Misafiri</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>157</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786050320039</t>
+          <t>9786050320121</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Problem Kartları - Yaz Sil Kalemli</t>
+          <t>Martı’nın Dedektifleri - Silecek Katili</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>157</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786051869940</t>
+          <t>9786050320152</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Matematik Ünite Bilgi Kartları - Yaz Sil Kalemli</t>
+          <t>Martı’nın Dedektifleri - Pasaklı’nın Pasaportu</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>157</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786051869933</t>
+          <t>9786050320169</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Matematik Ünite Bilgi Kartları - Yaz Sil Kalemli</t>
+          <t>Martı’nın Dedektifleri - Kızıl Kurt</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>157</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786051869926</t>
+          <t>9786051869292</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Matematik Ünite Bilgi Kartları - Yaz Sil Kalemli</t>
+          <t>4. Sınıf Biraz Şiir Biraz Problem Kartları - Yaz Sil Kalemli</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>120</v>
+        <v>157</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786050320046</t>
+          <t>9786051869285</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Problem Kartları - Yaz Sil Kalemli</t>
+          <t>3. Sınıf Biraz Şiir Biraz Problem Kartları - Yaz Sil Kalemli</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>115</v>
+        <v>157</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786050320206</t>
+          <t>9786051869919</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Her Çocuk Biraz Atatürk'tür - Etkinliklerle Okuyorum Araştırıyorum Yazıyorum Öğreniyorum</t>
+          <t>1. Sınıf Matematik Ünite Bilgi Kartları - Yaz Sil Kalemli</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>195</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786051869957</t>
+          <t>9786050320022</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Unutulmayan Sözleriyle Atatürk</t>
+          <t>4. Sınıf Problem Kartları - Yaz Sil Kalemli</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>110</v>
+        <v>157</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786051869209</t>
+          <t>9786050320039</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Bu İşi Eva’ya Bırak</t>
+          <t>3. Sınıf Problem Kartları - Yaz Sil Kalemli</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>128</v>
+        <v>157</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786051867496</t>
+          <t>9786051869940</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Pijama Kulübü Çocukları (10 Kitap Takım)</t>
+          <t>4. Sınıf Matematik Ünite Bilgi Kartları - Yaz Sil Kalemli</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>199</v>
+        <v>157</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786051868363</t>
+          <t>9786051869933</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde (Ortaokul ve Liseler İçin)</t>
+          <t>3. Sınıf Matematik Ünite Bilgi Kartları - Yaz Sil Kalemli</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>98</v>
+        <v>157</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786051868233</t>
+          <t>9786051869926</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Kalpli Kız</t>
+          <t>2. Sınıf Matematik Ünite Bilgi Kartları - Yaz Sil Kalemli</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>158</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786051868400</t>
+          <t>9786050320046</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Lila ve Küçük Prens</t>
+          <t>2. Sınıf Problem Kartları - Yaz Sil Kalemli</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>98</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786051867410</t>
+          <t>9786050320206</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Bahtsız Şehzade</t>
+          <t>Her Çocuk Biraz Atatürk'tür - Etkinliklerle Okuyorum Araştırıyorum Yazıyorum Öğreniyorum</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>17</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786051867472</t>
+          <t>9786051869957</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Gılgamış</t>
+          <t>Unutulmayan Sözleriyle Atatürk</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>17</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786051865928</t>
+          <t>9786051869209</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Doğa ile Doğada Gezinti</t>
+          <t>Bu İşi Eva’ya Bırak</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>112</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786051865874</t>
+          <t>9786051867496</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Hayalet</t>
+          <t>Pijama Kulübü Çocukları (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>112</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786051867991</t>
+          <t>9786051868363</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Tek Tek Tekerleme</t>
+          <t>Beyaz Zambaklar Ülkesinde (Ortaokul ve Liseler İçin)</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>28</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786051867588</t>
+          <t>9786051868233</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Amelia Earhart - Küçük İnsanlar ve Büyük Hayaller</t>
+          <t>Ejderha Kalpli Kız</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>128</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786051867571</t>
+          <t>9786051868400</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Agatha Christie - Küçük İnsanlar ve Büyük Hayaller</t>
+          <t>Lila ve Küçük Prens</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>128</v>
+        <v>98</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786051867601</t>
+          <t>9786051867410</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Ada Lovelace - Küçük İnsanlar ve Büyük Hayaller</t>
+          <t>Bahtsız Şehzade</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>128</v>
+        <v>17</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786051867649</t>
+          <t>9786051867472</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Rosa Parks - Küçük İnsanlar ve Büyük Hayaller</t>
+          <t>Gılgamış</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>128</v>
+        <v>17</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786051867595</t>
+          <t>9786051865928</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Marie Curie - Küçük İnsanlar ve Büyük Hayaller</t>
+          <t>Doğa ile Doğada Gezinti</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>128</v>
+        <v>112</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786051867564</t>
+          <t>9786051865874</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Frida Kahlo - Küçük İnsanlar ve Büyük Hayaller</t>
+          <t>Tatlı Hayalet</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>128</v>
+        <v>112</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786051867632</t>
+          <t>9786051867991</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Emmeline Pankhurst - Küçük İnsanlar ve Büyük Hayaller</t>
+          <t>Tek Tek Tekerleme</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>128</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786051867656</t>
+          <t>9786051867588</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Ella Fitzgerald - Küçük İnsanlar ve Büyük Hayaller</t>
+          <t>Amelia Earhart - Küçük İnsanlar ve Büyük Hayaller</t>
         </is>
       </c>
       <c r="C1048" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786051867625</t>
+          <t>9786051867571</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Coco Chanel - Küçük İnsanlar ve Büyük Hayaller</t>
+          <t>Agatha Christie - Küçük İnsanlar ve Büyük Hayaller</t>
         </is>
       </c>
       <c r="C1049" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786051867618</t>
+          <t>9786051867601</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Audrey Hepburn - Küçük İnsanlar ve Büyük Hayaller</t>
+          <t>Ada Lovelace - Küçük İnsanlar ve Büyük Hayaller</t>
         </is>
       </c>
       <c r="C1050" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786051866062</t>
+          <t>9786051867649</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Hayalbaz’ın Maceraları 1 - Uzaylılar</t>
+          <t>Rosa Parks - Küçük İnsanlar ve Büyük Hayaller</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>52</v>
+        <v>128</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786051865577</t>
+          <t>9786051867595</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Beni Bul - Düşünceler Gömüsü</t>
+          <t>Marie Curie - Küçük İnsanlar ve Büyük Hayaller</t>
         </is>
       </c>
       <c r="C1052" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786051865560</t>
+          <t>9786051867564</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Çikolata Kalpli Ejderha</t>
+          <t>Frida Kahlo - Küçük İnsanlar ve Büyük Hayaller</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>166</v>
+        <v>128</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786053489559</t>
+          <t>9786051867632</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Sinbad (3 Boyutlu) (Ciltli)</t>
+          <t>Emmeline Pankhurst - Küçük İnsanlar ve Büyük Hayaller</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>150</v>
+        <v>128</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786051864655</t>
+          <t>9786051867656</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Yönbulucu - Kral Kelebeklerinin İnanılmaz Yolculuğu</t>
+          <t>Ella Fitzgerald - Küçük İnsanlar ve Büyük Hayaller</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>175</v>
+        <v>128</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786051862569</t>
+          <t>9786051867625</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Süper Sekizler Dostluk Engel Tanımaz</t>
+          <t>Coco Chanel - Küçük İnsanlar ve Büyük Hayaller</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>112</v>
+        <v>128</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786051862453</t>
+          <t>9786051867618</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Kurt Olmak İsteyen Kuzu</t>
+          <t>Audrey Hepburn - Küçük İnsanlar ve Büyük Hayaller</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>60</v>
+        <v>128</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786051861234</t>
+          <t>9786051866062</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Birimiz Hepimiz Hepimiz Birimiz İçin!</t>
+          <t>Hayalbaz’ın Maceraları 1 - Uzaylılar</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>112</v>
+        <v>52</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786051861241</t>
+          <t>9786051865577</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Düşünceler Gömüsü: Kayıp Halka (Ciltli)</t>
+          <t>Beni Bul - Düşünceler Gömüsü</t>
         </is>
       </c>
       <c r="C1059" s="1">
         <v>128</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786053483601</t>
+          <t>9786051865560</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Her Deney Bir Eğlence - Kimyasallar ve Maddeler</t>
+          <t>Çikolata Kalpli Ejderha</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>75</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786053483557</t>
+          <t>9786053489559</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Her Deney Bir Eğlence - Işık</t>
+          <t>Sinbad (3 Boyutlu) (Ciltli)</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786053483540</t>
+          <t>9786051864655</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Her Deney Bir Eğlence - Isı</t>
+          <t>Yönbulucu - Kral Kelebeklerinin İnanılmaz Yolculuğu</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>50</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786053483533</t>
+          <t>9786051862569</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Her Deney Bir Eğlence - Elektrik</t>
+          <t>Süper Sekizler Dostluk Engel Tanımaz</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>50</v>
+        <v>112</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786053483618</t>
+          <t>9786051862453</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Her Deney Bir Eğlence - Yerçekimi ve Manyetizma</t>
+          <t>Kurt Olmak İsteyen Kuzu</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786053483526</t>
+          <t>9786051861234</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Her Deney Bir Eğlence - Duyular</t>
+          <t>Birimiz Hepimiz Hepimiz Birimiz İçin!</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>50</v>
+        <v>112</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
+          <t>9786051861241</t>
+        </is>
+      </c>
+      <c r="B1066" s="1" t="inlineStr">
+        <is>
+          <t>Düşünceler Gömüsü: Kayıp Halka (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1066" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="1067" spans="1:3">
+      <c r="A1067" s="1" t="inlineStr">
+        <is>
+          <t>9786053483601</t>
+        </is>
+      </c>
+      <c r="B1067" s="1" t="inlineStr">
+        <is>
+          <t>Her Deney Bir Eğlence - Kimyasallar ve Maddeler</t>
+        </is>
+      </c>
+      <c r="C1067" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1068" spans="1:3">
+      <c r="A1068" s="1" t="inlineStr">
+        <is>
+          <t>9786053483557</t>
+        </is>
+      </c>
+      <c r="B1068" s="1" t="inlineStr">
+        <is>
+          <t>Her Deney Bir Eğlence - Işık</t>
+        </is>
+      </c>
+      <c r="C1068" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1069" spans="1:3">
+      <c r="A1069" s="1" t="inlineStr">
+        <is>
+          <t>9786053483540</t>
+        </is>
+      </c>
+      <c r="B1069" s="1" t="inlineStr">
+        <is>
+          <t>Her Deney Bir Eğlence - Isı</t>
+        </is>
+      </c>
+      <c r="C1069" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1070" spans="1:3">
+      <c r="A1070" s="1" t="inlineStr">
+        <is>
+          <t>9786053483533</t>
+        </is>
+      </c>
+      <c r="B1070" s="1" t="inlineStr">
+        <is>
+          <t>Her Deney Bir Eğlence - Elektrik</t>
+        </is>
+      </c>
+      <c r="C1070" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1071" spans="1:3">
+      <c r="A1071" s="1" t="inlineStr">
+        <is>
+          <t>9786053483618</t>
+        </is>
+      </c>
+      <c r="B1071" s="1" t="inlineStr">
+        <is>
+          <t>Her Deney Bir Eğlence - Yerçekimi ve Manyetizma</t>
+        </is>
+      </c>
+      <c r="C1071" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1072" spans="1:3">
+      <c r="A1072" s="1" t="inlineStr">
+        <is>
+          <t>9786053483526</t>
+        </is>
+      </c>
+      <c r="B1072" s="1" t="inlineStr">
+        <is>
+          <t>Her Deney Bir Eğlence - Duyular</t>
+        </is>
+      </c>
+      <c r="C1072" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1073" spans="1:3">
+      <c r="A1073" s="1" t="inlineStr">
+        <is>
           <t>9786053483588</t>
         </is>
       </c>
-      <c r="B1066" s="1" t="inlineStr">
+      <c r="B1073" s="1" t="inlineStr">
         <is>
           <t>Her Deney Bir Eğlence - Bitkiler</t>
         </is>
       </c>
-      <c r="C1066" s="1">
+      <c r="C1073" s="1">
         <v>50</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>