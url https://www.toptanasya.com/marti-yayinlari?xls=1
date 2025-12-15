--- v0 (2025-10-24)
+++ v1 (2025-12-15)
@@ -85,8890 +85,9115 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786253662295</t>
+          <t>9786253662516</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Nehrin Tanıdık Şarkısı</t>
+          <t>Kemeraltı - Gazi Paşa'ya Suikast</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786253662301</t>
+          <t>9786253662585</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Enigma</t>
+          <t>Kıskançlık Kralı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786253662233</t>
+          <t>9786253662578</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Nero</t>
+          <t>Suikastçının Kalbi (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786253662424</t>
+          <t>9786253662394</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Geriye Sadece Karanlık Kaldı (Ciltli)</t>
+          <t>Haris</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786253662417</t>
+          <t>9786253662561</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Haris (Kutulu) (Ciltli)</t>
+          <t>Tutkunun Tanrısı 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>599</v>
+        <v>390</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786055420956</t>
+          <t>9786053486077</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Suç Detayda Saklıdır - Sherlock Holmes</t>
+          <t>Pinokyo (3 Boyutlu) (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786053487142</t>
+          <t>9786055420727</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İhanetin Beş Yüzü</t>
+          <t>Kusursuz</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786254486524</t>
+          <t>9786253662318</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Orion (Ciltli)</t>
+          <t>Sonu Olmayan Yol</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>315</v>
+        <v>490</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786051869889</t>
+          <t>9786253662479</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Gencim Doğruyum - Genç Olmak</t>
+          <t>Bana Söz Verme</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>110</v>
+        <v>325</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786253662332</t>
+          <t>9786253662493</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Altı'yı Kazanmak</t>
+          <t>Yeminler ve Yıkıntılar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>495</v>
+        <v>350</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786253662387</t>
+          <t>9786253662509</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Cambaz - 7 Tutsak 1 Ölü</t>
+          <t>Kan ve Çelik</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786253662400</t>
+          <t>9786253662349</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Cambaz - 7 Tutsak 1 Ölü (Kutulu) (Ciltli)</t>
+          <t>Ben Gittiğimde Bile</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>599</v>
+        <v>290</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786253662226</t>
+          <t>9786253662462</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Gazabı (Ciltli)</t>
+          <t>Şimdi Gözlerini Aç</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>495</v>
+        <v>290</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786253662219</t>
+          <t>9786253662486</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Gazabı</t>
+          <t>Forvet</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786253662165</t>
+          <t>9786253662356</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kanla Yazılı Kader</t>
+          <t>Kuzey Yıldızları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>450</v>
+        <v>325</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786253662257</t>
+          <t>9786253662295</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Savaş (Ciltli)</t>
+          <t>Nehrin Tanıdık Şarkısı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>395</v>
+        <v>325</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786253662264</t>
+          <t>9786253662301</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Savaş</t>
+          <t>Enigma</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>295</v>
+        <v>375</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786253662271</t>
+          <t>9786253662233</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Sınırında</t>
+          <t>Nero</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>295</v>
+        <v>350</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786253661939</t>
+          <t>9786253662424</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Geride Bıraktığımız Şeyler</t>
+          <t>Geriye Sadece Karanlık Kaldı (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>295</v>
+        <v>390</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786253662240</t>
+          <t>9786253662417</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Keyif Kralı</t>
+          <t>Haris (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>295</v>
+        <v>599</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786253662189</t>
+          <t>9786055420956</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Batı Dalgaları</t>
+          <t>Suç Detayda Saklıdır - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786253662202</t>
+          <t>9786053487142</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Riley Thorn ve Geçmişten Gelen Öfke</t>
+          <t>İhanetin Beş Yüzü</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786253662172</t>
+          <t>9786254486524</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ateşi Körükle</t>
+          <t>Orion (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>395</v>
+        <v>315</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786253661441</t>
+          <t>9786051869889</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yılan ve Gecenin Kanatları</t>
+          <t>Gencim Doğruyum - Genç Olmak</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786254482748</t>
+          <t>9786253662332</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Grishaverse Serisi Kutulu - (6 Kitap Takım)</t>
+          <t>Altı'yı Kazanmak</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>2225</v>
+        <v>495</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786254489037</t>
+          <t>9786253662387</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Made Serisi Kutulu - 3 Kitap</t>
+          <t>Cambaz - 7 Tutsak 1 Ölü</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>1050</v>
+        <v>325</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786254487996</t>
+          <t>9786253662400</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>02:02 Ayçiçeği Karnavalı</t>
+          <t>Cambaz - 7 Tutsak 1 Ölü (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>99</v>
+        <v>599</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786254487736</t>
+          <t>9786253662226</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>En Tatlı Kaçış</t>
+          <t>Tanrıların Gazabı (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>350</v>
+        <v>495</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786253662066</t>
+          <t>9786253662219</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Şeytanla Tatil</t>
+          <t>Tanrıların Gazabı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786253662158</t>
+          <t>9786253662165</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Son</t>
+          <t>Kanla Yazılı Kader</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786253662196</t>
+          <t>9786253662257</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Raven'ın Peşinde (Ciltli)</t>
+          <t>Sonsuz Savaş (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>350</v>
+        <v>395</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786253662042</t>
+          <t>9786253662264</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kargalar Meclisi (Ciltli)</t>
+          <t>Sonsuz Savaş</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>490</v>
+        <v>295</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786253662059</t>
+          <t>9786253662271</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sahte Krallık (Ciltli)</t>
+          <t>Aşkın Sınırında</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>490</v>
+        <v>295</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786254487224</t>
+          <t>9786253661939</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Gökyüzü Olmak İstedik - Lordlar ve Varisler</t>
+          <t>Geride Bıraktığımız Şeyler</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>265</v>
+        <v>295</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786253662134</t>
+          <t>9786253662240</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Altı'yı Kurtarmak</t>
+          <t>Keyif Kralı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>350</v>
+        <v>295</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786253662073</t>
+          <t>9786253662189</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>On Üç'ü Bağlamak</t>
+          <t>Batı Dalgaları</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>395</v>
+        <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786253662080</t>
+          <t>9786253662202</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>On Üç'ü Saklamak</t>
+          <t>Riley Thorn ve Geçmişten Gelen Öfke</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>395</v>
+        <v>350</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786253662127</t>
+          <t>9786253662172</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ölüm ve Şafağın Annesi (Ciltli)</t>
+          <t>Ateşi Körükle</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>495</v>
+        <v>395</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786253662110</t>
+          <t>9786253661441</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ölüm ve Şafağın Annesi</t>
+          <t>Yılan ve Gecenin Kanatları</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>395</v>
+        <v>350</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786253662011</t>
+          <t>9786254482748</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Doğu Işıkları</t>
+          <t>Grishaverse Serisi Kutulu - (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>225</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786253662028</t>
+          <t>9786254489037</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kargalar Meclisi</t>
+          <t>Made Serisi Kutulu - 3 Kitap</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>350</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786253662035</t>
+          <t>9786254487996</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Sahte Krallık</t>
+          <t>02:02 Ayçiçeği Karnavalı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>350</v>
+        <v>99</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786253662141</t>
+          <t>9786254487736</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Düzenbaz - 7 Tutsak 1 Ölü (Kutulu) (Ciltli)</t>
+          <t>En Tatlı Kaçış</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786253662097</t>
+          <t>9786253662066</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Düzenbaz - 7 Tutsak 1 Ölü</t>
+          <t>Şeytanla Tatil</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786253662004</t>
+          <t>9786253662158</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Yok Edici</t>
+          <t>Mutlu Son</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786254486333</t>
+          <t>9786253662196</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Lordlar ve Varisler - Hepimiz Gökyüzü Olmak İstedik (Ciltli)</t>
+          <t>Raven'ın Peşinde (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>345</v>
+        <v>350</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786253661984</t>
+          <t>9786253662042</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki İblis</t>
+          <t>Kargalar Meclisi (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>325</v>
+        <v>490</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786253661878</t>
+          <t>9786253662059</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Gölge ve Kemik Üçlemesi</t>
+          <t>Sahte Krallık (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>850</v>
+        <v>490</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786253661946</t>
+          <t>9786254487224</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Riley Thorn ve Dolaptaki Ceset</t>
+          <t>Hepimiz Gökyüzü Olmak İstedik - Lordlar ve Varisler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>225</v>
+        <v>265</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786253661915</t>
+          <t>9786253662134</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Tükenmiş Günahkarlar</t>
+          <t>Altı'yı Kurtarmak</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786253661953</t>
+          <t>9786253662073</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Güney Fırtınaları</t>
+          <t>On Üç'ü Bağlamak</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>180</v>
+        <v>395</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786253661991</t>
+          <t>9786253662080</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Raven Suikastçısı (Ciltli)</t>
+          <t>On Üç'ü Saklamak</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>350</v>
+        <v>395</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786253661885</t>
+          <t>9786253662127</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Gizli Şanghay Dünyası (Ciltli)</t>
+          <t>Ölüm ve Şafağın Annesi (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>1250</v>
+        <v>495</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786253661922</t>
+          <t>9786253662110</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hırs Kralı</t>
+          <t>Ölüm ve Şafağın Annesi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>195</v>
+        <v>395</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256312364</t>
+          <t>9786253662011</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Küçük Olimposlular - Hermes</t>
+          <t>Doğu Işıkları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>100</v>
+        <v>225</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256312371</t>
+          <t>9786253662028</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Küçük Olimposlular - Artemis</t>
+          <t>Kargalar Meclisi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256312357</t>
+          <t>9786253662035</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Küçük Olimposlular - Athena</t>
+          <t>Sahte Krallık</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256312340</t>
+          <t>9786253662141</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Küçük Olimposlular - Zeus</t>
+          <t>Düzenbaz - 7 Tutsak 1 Ölü (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786253661908</t>
+          <t>9786253662097</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Atlas Serisi (Ciltli)</t>
+          <t>Düzenbaz - 7 Tutsak 1 Ölü</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>1350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786253661892</t>
+          <t>9786253662004</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Atlas Serisi</t>
+          <t>Yok Edici</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>950</v>
+        <v>195</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786254487798</t>
+          <t>9786254486333</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Saklambaç (Ciltli)</t>
+          <t>Lordlar ve Varisler - Hepimiz Gökyüzü Olmak İstedik (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>315</v>
+        <v>345</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786254485893</t>
+          <t>9786253661984</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Paha Biçilmez - Amato Kardeşler 3. Kitap</t>
+          <t>Ormandaki İblis</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>49</v>
+        <v>325</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786050321517</t>
+          <t>9786253661878</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Hades</t>
+          <t>Gölge ve Kemik Üçlemesi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>49</v>
+        <v>850</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786254485299</t>
+          <t>9786253661946</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Dikenlerin Dili (Ciltli)</t>
+          <t>Riley Thorn ve Dolaptaki Ceset</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>210</v>
+        <v>225</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786253661854</t>
+          <t>9786253661915</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Sahtekar Kalpli Avcı</t>
+          <t>Tükenmiş Günahkarlar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786253661861</t>
+          <t>9786253661953</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Sahtekar Kalpli Avcı (Ciltli)</t>
+          <t>Güney Fırtınaları</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>495</v>
+        <v>180</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786051868554</t>
+          <t>9786253661991</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk</t>
+          <t>Raven Suikastçısı (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>39</v>
+        <v>350</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786051866321</t>
+          <t>9786253661885</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Suarez - Sıfırdan Zirveye</t>
+          <t>Gizli Şanghay Dünyası (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>100</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786050320398</t>
+          <t>9786253661922</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bir Kış Büyüsü</t>
+          <t>Hırs Kralı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>160</v>
+        <v>195</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786253661779</t>
+          <t>9786256312364</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Masum Bir Yalan</t>
+          <t>Küçük Olimposlular - Hermes</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786253661700</t>
+          <t>9786256312371</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Atlas Kompleksi (Ciltli)</t>
+          <t>Küçük Olimposlular - Artemis</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>495</v>
+        <v>100</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786253661823</t>
+          <t>9786256312357</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Bir Umuda Âşık Oldum</t>
+          <t>Küçük Olimposlular - Athena</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786254485886</t>
+          <t>9786256312340</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Pogba - Mbappe - Griezmann</t>
+          <t>Küçük Olimposlular - Zeus</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786254485831</t>
+          <t>9786253661908</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Messi-Neymar-Ronaldo</t>
+          <t>Atlas Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>150</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786253661816</t>
+          <t>9786253661892</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Hades X Persephone</t>
+          <t>Atlas Serisi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>995</v>
+        <v>950</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786253661847</t>
+          <t>9786254487798</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Korkunç Kabuslar Listesi</t>
+          <t>Saklambaç (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>295</v>
+        <v>315</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786253661793</t>
+          <t>9786254485893</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kuşatma ve Fırtına</t>
+          <t>Paha Biçilmez - Amato Kardeşler 3. Kitap</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>295</v>
+        <v>49</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786253661786</t>
+          <t>9786050321517</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Gölge ve Kemik</t>
+          <t>Hades</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>295</v>
+        <v>49</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786253661809</t>
+          <t>9786254485299</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Çöküş ve Yükseliş</t>
+          <t>Dikenlerin Dili (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>295</v>
+        <v>210</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786253661694</t>
+          <t>9786253661854</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Atlas Kompleksi</t>
+          <t>Sahtekar Kalpli Avcı</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786253661830</t>
+          <t>9786253661861</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Dek Bağımlı</t>
+          <t>Sahtekar Kalpli Avcı (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>350</v>
+        <v>495</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786253661298</t>
+          <t>9786051868554</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Mahkum Günahkarlar</t>
+          <t>Yolculuk</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>250</v>
+        <v>39</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786253661755</t>
+          <t>9786051866321</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Cellat</t>
+          <t>Suarez - Sıfırdan Zirveye</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786253661687</t>
+          <t>9786050320398</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir İyilik</t>
+          <t>Bir Kış Büyüsü</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786253661731</t>
+          <t>9786253661779</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Taht</t>
+          <t>Masum Bir Yalan</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786253661748</t>
+          <t>9786253661700</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Taht (Ciltli)</t>
+          <t>Atlas Kompleksi (Ciltli)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>250</v>
+        <v>495</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786254484100</t>
+          <t>9786253661823</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Amato Kardeşler 1. Kitap - Kalpsiz</t>
+          <t>Bir Umuda Âşık Oldum</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>49</v>
+        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786253661762</t>
+          <t>9786254485886</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Oyunbaz - 7 Tutsak 1 Ölü (Kutulu Set) (Ciltli)</t>
+          <t>Pogba - Mbappe - Griezmann</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786253661717</t>
+          <t>9786254485831</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Oyunbaz - 7 Tutsak 1 Ölü</t>
+          <t>Messi-Neymar-Ronaldo</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256312043</t>
+          <t>9786253661816</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Bir Bitin Hikayesi</t>
+          <t>Hades X Persephone</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>95</v>
+        <v>995</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786253661670</t>
+          <t>9786253661847</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Şeytanla Anlaşma</t>
+          <t>Korkunç Kabuslar Listesi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786253661656</t>
+          <t>9786253661793</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Çaresiz Atış</t>
+          <t>Kuşatma ve Fırtına</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256312166</t>
+          <t>9786253661786</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Elmas Gezegen ve Kayıp Elmas</t>
+          <t>Gölge ve Kemik</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>115</v>
+        <v>295</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786253661663</t>
+          <t>9786253661809</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kaosun Dokunuşu</t>
+          <t>Çöküş ve Yükseliş</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>325</v>
+        <v>295</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786253661595</t>
+          <t>9786253661694</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Düşmüş Tanrıların Çocukları (Ciltli)</t>
+          <t>Atlas Kompleksi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786253661601</t>
+          <t>9786253661830</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Düşmüş Tanrıların Çocukları</t>
+          <t>Sonsuza Dek Bağımlı</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786253661625</t>
+          <t>9786253661298</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Yazar</t>
+          <t>Mahkum Günahkarlar</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>215</v>
+        <v>250</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786253661649</t>
+          <t>9786253661755</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>İmparator</t>
+          <t>Cellat</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786253661588</t>
+          <t>9786253661687</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Benimle Kal</t>
+          <t>Küçük Bir İyilik</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786253661571</t>
+          <t>9786253661731</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Bana Söz Ver</t>
+          <t>Gümüş Taht</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786253661632</t>
+          <t>9786253661748</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Son Şans</t>
+          <t>Gümüş Taht (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786253661618</t>
+          <t>9786254484100</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Gurur Kralı</t>
+          <t>Amato Kardeşler 1. Kitap - Kalpsiz</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>215</v>
+        <v>49</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786253661526</t>
+          <t>9786253661762</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Işıktan Sakladığımız Şeyler</t>
+          <t>Oyunbaz - 7 Tutsak 1 Ölü (Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786253661557</t>
+          <t>9786253661717</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Yanan Altı Gül (Ciltli)</t>
+          <t>Oyunbaz - 7 Tutsak 1 Ölü</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786253661540</t>
+          <t>9786256312043</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Yanan Altı Gül</t>
+          <t>Bir Bitin Hikayesi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>120</v>
+        <v>95</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786253661564</t>
+          <t>9786253661670</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Azrail</t>
+          <t>Şeytanla Anlaşma</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786254489853</t>
+          <t>9786253661656</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Çarpık Aşk</t>
+          <t>Çaresiz Atış</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786253661502</t>
+          <t>9786256312166</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Şiddetin Son Çağrısı</t>
+          <t>Elmas Gezegen ve Kayıp Elmas</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>225</v>
+        <v>115</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786253661519</t>
+          <t>9786253661663</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Şiddetin Son Çağrısı (Ciltli)</t>
+          <t>Kaosun Dokunuşu</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>350</v>
+        <v>325</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786253661496</t>
+          <t>9786253661595</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Seninle Birlikte</t>
+          <t>Düşmüş Tanrıların Çocukları (Ciltli)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>395</v>
+        <v>450</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786253660536</t>
+          <t>9786253661601</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Unofficial Harry Potter Eksiksiz Bulmaca Kitabı</t>
+          <t>Düşmüş Tanrıların Çocukları</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>295</v>
+        <v>350</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786253661403</t>
+          <t>9786253661625</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Oyun Kurucu</t>
+          <t>Hayalet Yazar</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>295</v>
+        <v>215</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786253661472</t>
+          <t>9786253661649</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Bir</t>
+          <t>İmparator</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786253661489</t>
+          <t>9786253661588</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İsimsiz Günahkarlar</t>
+          <t>Benimle Kal</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786253661465</t>
+          <t>9786253661571</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>On Üç’ü Saklamak</t>
+          <t>Bana Söz Ver</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>395</v>
+        <v>290</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786253661410</t>
+          <t>9786253661632</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Oniksin Şafağı</t>
+          <t>Son Şans</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>295</v>
+        <v>250</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786253661328</t>
+          <t>9786253661618</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Yetersiz Varis (Ciltli)</t>
+          <t>Gurur Kralı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>495</v>
+        <v>215</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786253661281</t>
+          <t>9786253661526</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>... Sonra</t>
+          <t>Işıktan Sakladığımız Şeyler</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>125</v>
+        <v>275</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786253661458</t>
+          <t>9786253661557</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Yılan ve Gecenin Kanatları (Ciltli)</t>
+          <t>Yanan Altı Gül (Ciltli)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786253661366</t>
+          <t>9786253661540</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Mousai Serisi</t>
+          <t>Yanan Altı Gül</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>985</v>
+        <v>120</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786253661359</t>
+          <t>9786253661564</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Mousai Serisi (Ciltli)</t>
+          <t>Azrail</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>1285</v>
+        <v>195</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786253661373</t>
+          <t>9786254489853</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Bir Aile Trajedisi</t>
+          <t>Çarpık Aşk</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>295</v>
+        <v>350</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786253661335</t>
+          <t>9786253661502</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Yetersiz Varis</t>
+          <t>Şiddetin Son Çağrısı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>395</v>
+        <v>225</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786253661380</t>
+          <t>9786253661519</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kazanova</t>
+          <t>Şiddetin Son Çağrısı (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786253661427</t>
+          <t>9786253661496</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Düşmanım İçin</t>
+          <t>Seninle Birlikte</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>350</v>
+        <v>395</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786253661434</t>
+          <t>9786253660536</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Düşmanım İçin (Ciltli)</t>
+          <t>Unofficial Harry Potter Eksiksiz Bulmaca Kitabı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>495</v>
+        <v>295</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786253661342</t>
+          <t>9786253661403</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalar İmparatorluğu Serisi (3 Kitap)</t>
+          <t>Oyun Kurucu</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>1120</v>
+        <v>295</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786253661304</t>
+          <t>9786253661472</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Kan ve Bora: Fırtınalar İmparatorluğu - 3</t>
+          <t>Bir</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786253661311</t>
+          <t>9786253661489</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Yırtıcı</t>
+          <t>İsimsiz Günahkarlar</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>295</v>
+        <v>350</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786253661397</t>
+          <t>9786253661465</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Öfke Kralı</t>
+          <t>On Üç’ü Saklamak</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786253661236</t>
+          <t>9786253661410</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Sahtekar Leydi Talih</t>
+          <t>Oniksin Şafağı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>350</v>
+        <v>295</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786253661243</t>
+          <t>9786253661328</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Sahtekar Leydi Talih (Ciltli)</t>
+          <t>Yetersiz Varis (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>495</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786253661212</t>
+          <t>9786253661281</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Korunmuş Serisi Kutu</t>
+          <t>... Sonra</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>690</v>
+        <v>125</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786253661205</t>
+          <t>9786253661458</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Jane Doe Serisi Kutu</t>
+          <t>Yılan ve Gecenin Kanatları (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>580</v>
+        <v>450</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786253661199</t>
+          <t>9786253661366</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Ejderhanın Gazabı (Ciltli)</t>
+          <t>Mousai Serisi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>400</v>
+        <v>985</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786253661182</t>
+          <t>9786253661359</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Yankısı</t>
+          <t>Mousai Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>165</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786253661250</t>
+          <t>9786253661373</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Sakın Gelini Öpme</t>
+          <t>Bir Aile Trajedisi</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786053480129</t>
+          <t>9786253661335</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Şüphe Asla Uyumaz - Sherlock Holmes</t>
+          <t>Yetersiz Varis</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>140</v>
+        <v>395</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786253661229</t>
+          <t>9786253661380</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kötülüğün Dokunuşu</t>
+          <t>Kazanova</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>395</v>
+        <v>350</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786253661267</t>
+          <t>9786253661427</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Tahtın Senfonisi</t>
+          <t>Düşmanım İçin</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>295</v>
+        <v>350</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786253661274</t>
+          <t>9786253661434</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Tahtın Senfonisi (Ciltli)</t>
+          <t>Düşmanım İçin (Ciltli)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>395</v>
+        <v>495</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786254487774</t>
+          <t>9786253661342</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Köprü Krallığı</t>
+          <t>Fırtınalar İmparatorluğu Serisi (3 Kitap)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>350</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786253661168</t>
+          <t>9786253661304</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Açlığı</t>
+          <t>Kan ve Bora: Fırtınalar İmparatorluğu - 3</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>395</v>
+        <v>350</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786253661175</t>
+          <t>9786253661311</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Açlığı (Ciltli)</t>
+          <t>Yırtıcı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>495</v>
+        <v>295</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786253661144</t>
+          <t>9786253661397</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>İkimizin Yıkımı</t>
+          <t>Öfke Kralı</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786253661151</t>
+          <t>9786253661236</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>On Üç’ü Bağlamak</t>
+          <t>Sahtekar Leydi Talih</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>395</v>
+        <v>350</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786253661120</t>
+          <t>9786253661243</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Tepedeki Gizemli Ev</t>
+          <t>Sahtekar Leydi Talih (Ciltli)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>295</v>
+        <v>495</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786253660895</t>
+          <t>9786253661212</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Alevlerin Arasından</t>
+          <t>Korunmuş Serisi Kutu</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>295</v>
+        <v>690</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786253661113</t>
+          <t>9786253661205</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Anlaşma</t>
+          <t>Jane Doe Serisi Kutu</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>350</v>
+        <v>580</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786253661076</t>
+          <t>9786253661199</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Işıltılı Gözler</t>
+          <t>Ejderhanın Gazabı (Ciltli)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>295</v>
+        <v>400</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786253661106</t>
+          <t>9786253661182</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Riley Thorn ve Ölü Komşusu</t>
+          <t>Zamanın Yankısı</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>350</v>
+        <v>165</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786253660994</t>
+          <t>9786253661250</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Tanık</t>
+          <t>Sakın Gelini Öpme</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786253661069</t>
+          <t>9786053480129</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Hollow Kardeşler</t>
+          <t>Şüphe Asla Uyumaz - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>295</v>
+        <v>140</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786253661090</t>
+          <t>9786253661229</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Zincirsiz</t>
+          <t>Kötülüğün Dokunuşu</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>350</v>
+        <v>395</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786253661083</t>
+          <t>9786253661267</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Kör Nokta</t>
+          <t>Ölümcül Tahtın Senfonisi</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786253661137</t>
+          <t>9786253661274</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Baş Belası</t>
+          <t>Ölümcül Tahtın Senfonisi (Ciltli)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786253661052</t>
+          <t>9786254487774</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Sultan’ın Şehri</t>
+          <t>Köprü Krallığı</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>295</v>
+        <v>350</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786253661045</t>
+          <t>9786253661168</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Neredeyse Sıradan Bir Aile</t>
+          <t>Tanrıların Açlığı</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786253661014</t>
+          <t>9786253661175</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Atlas Paradoksu</t>
+          <t>Tanrıların Açlığı (Ciltli)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>395</v>
+        <v>495</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786253661021</t>
+          <t>9786253661144</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Atlas Paradoksu (Ciltli)</t>
+          <t>İkimizin Yıkımı</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>495</v>
+        <v>295</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786253660970</t>
+          <t>9786253661151</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Ustura Gözyaşları</t>
+          <t>On Üç’ü Bağlamak</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786253661007</t>
+          <t>9786253661120</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Seninle Eterde Yalnız</t>
+          <t>Tepedeki Gizemli Ev</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786253661038</t>
+          <t>9786253660895</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Seninle Eterde Yalnız (Ciltli)</t>
+          <t>Alevlerin Arasından</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>315</v>
+        <v>295</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786253660949</t>
+          <t>9786253661113</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Ekran Kraliçeleri</t>
+          <t>Anlaşma</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>295</v>
+        <v>350</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786253660932</t>
+          <t>9786253661076</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Uçaktaki Yabancı</t>
+          <t>Işıltılı Gözler</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>350</v>
+        <v>295</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786253660956</t>
+          <t>9786253661106</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Üstesinden Gelemediğimiz Şeyler</t>
+          <t>Riley Thorn ve Ölü Komşusu</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>395</v>
+        <v>350</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786253660963</t>
+          <t>9786253660994</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Dünyanın Kızı</t>
+          <t>Yalancı Tanık</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786253660925</t>
+          <t>9786253661069</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Adil Oyun</t>
+          <t>Hollow Kardeşler</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786253660918</t>
+          <t>9786253661090</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Yanan Denizin Dansı (Ciltli)</t>
+          <t>Zincirsiz</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>495</v>
+        <v>350</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786253660901</t>
+          <t>9786253661083</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Yanan Denizin Dansı</t>
+          <t>Kör Nokta</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786253660888</t>
+          <t>9786253661137</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Einsteın’ın Beynini Bulmak</t>
+          <t>Baş Belası</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786253660628</t>
+          <t>9786253661052</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Şifacı Serisi (2 Kitap)</t>
+          <t>Sultan’ın Şehri</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>210</v>
+        <v>295</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786253660826</t>
+          <t>9786253661045</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Gölgesi (Ciltli)</t>
+          <t>Neredeyse Sıradan Bir Aile</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>495</v>
+        <v>395</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786253660819</t>
+          <t>9786253661014</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Gölgesi</t>
+          <t>Atlas Paradoksu</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786253660659</t>
+          <t>9786253661021</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Dilekler</t>
+          <t>Atlas Paradoksu (Ciltli)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>225</v>
+        <v>495</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786253660666</t>
+          <t>9786253660970</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Mercan ve İnci Tacı</t>
+          <t>Ustura Gözyaşları</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786253660604</t>
+          <t>9786253661007</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Pazarlıkçı Serisi (4 Kitap Kutulu)</t>
+          <t>Seninle Eterde Yalnız</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>1250</v>
+        <v>295</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786253660611</t>
+          <t>9786253661038</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Pazarlıkçı Serisi (4 Kitap Kutulu) (Ciltli)</t>
+          <t>Seninle Eterde Yalnız (Ciltli)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>1760</v>
+        <v>315</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786253660642</t>
+          <t>9786253660949</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Yıkımın Dokunuşu</t>
+          <t>Ekran Kraliçeleri</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>350</v>
+        <v>295</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786253660802</t>
+          <t>9786253660932</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kuralların Yıkıldığı Yaz</t>
+          <t>Uçaktaki Yabancı</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>295</v>
+        <v>350</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786253660598</t>
+          <t>9786253660956</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Sera Çiçeği</t>
+          <t>Üstesinden Gelemediğimiz Şeyler</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>350</v>
+        <v>395</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786253660635</t>
+          <t>9786253660963</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Tatil</t>
+          <t>Hiçbir Dünyanın Kızı</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786253660499</t>
+          <t>9786253660925</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Lebron James Oyunun Kralı</t>
+          <t>Adil Oyun</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>135</v>
+        <v>295</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786253660543</t>
+          <t>9786253660918</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Kayıp</t>
+          <t>Yanan Denizin Dansı (Ciltli)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>99</v>
+        <v>495</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786253660550</t>
+          <t>9786253660901</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Orion</t>
+          <t>Yanan Denizin Dansı</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>99</v>
+        <v>395</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786253660567</t>
+          <t>9786253660888</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Her Bir Sır</t>
+          <t>Einsteın’ın Beynini Bulmak</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786253660574</t>
+          <t>9786253660628</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Çarpık Yalanlar</t>
+          <t>Yaralı Şifacı Serisi (2 Kitap)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>395</v>
+        <v>210</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786253660529</t>
+          <t>9786253660826</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Camdan ve Kardan Kızlar</t>
+          <t>Tanrıların Gölgesi (Ciltli)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>295</v>
+        <v>495</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786253660512</t>
+          <t>9786253660819</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Akşam Yıldızlarının İmparatoru (Ciltli)</t>
+          <t>Tanrıların Gölgesi</t>
         </is>
       </c>
       <c r="C190" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786253660505</t>
+          <t>9786253660659</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Akşam Yıldızlarının İmparatoru</t>
+          <t>Vahşi Dilekler</t>
         </is>
       </c>
       <c r="C191" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786253660451</t>
+          <t>9786253660666</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Şifacı Serisi (2 Kitap)</t>
+          <t>Mercan ve İnci Tacı</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>420</v>
+        <v>295</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786253660437</t>
+          <t>9786253660604</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Şifacı Serisi (2 Kitap) (Ciltli)</t>
+          <t>Pazarlıkçı Serisi (4 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>600</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786253660376</t>
+          <t>9786253660611</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>İyi Komşular</t>
+          <t>Pazarlıkçı Serisi (4 Kitap Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>139</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786253660482</t>
+          <t>9786253660642</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Hain Kraliçe (Ciltli)</t>
+          <t>Yıkımın Dokunuşu</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>395</v>
+        <v>350</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786253660468</t>
+          <t>9786253660802</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Yağmurların Şarkısı (Ciltli)</t>
+          <t>Kuralların Yıkıldığı Yaz</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786253660420</t>
+          <t>9786253660598</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük ve Devrim: Fırtınalar İmparatorluğu - 2</t>
+          <t>Sera Çiçeği</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>395</v>
+        <v>350</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786253660208</t>
+          <t>9786253660635</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Küçük Güzel Şeyler</t>
+          <t>Ölümcül Tatil</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>129</v>
+        <v>225</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786253660444</t>
+          <t>9786253660499</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Yağmurların Şarkısı</t>
+          <t>Lebron James Oyunun Kralı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>295</v>
+        <v>135</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786253660475</t>
+          <t>9786253660543</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Hain Kraliçe</t>
+          <t>Kayıp</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>295</v>
+        <v>99</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786253660352</t>
+          <t>9786253660550</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Çarpık Nefret</t>
+          <t>Orion</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>395</v>
+        <v>99</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786253660369</t>
+          <t>9786253660567</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünü Öp</t>
+          <t>Her Bir Sır</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>350</v>
+        <v>295</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786253660413</t>
+          <t>9786253660574</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi (4 Kitap - Deri Cilt) (Ciltli)</t>
+          <t>Çarpık Yalanlar</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>1550</v>
+        <v>395</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786253660338</t>
+          <t>9786253660529</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi - Dora (Deri Kapak) (Ciltli)</t>
+          <t>Camdan ve Kardan Kızlar</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>385</v>
+        <v>295</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786253660314</t>
+          <t>9786253660512</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi - Aylema (Deri Kapak) (Ciltli)</t>
+          <t>Akşam Yıldızlarının İmparatoru (Ciltli)</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>385</v>
+        <v>395</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786253660321</t>
+          <t>9786253660505</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi - Aşeka (Deri Kapak) (Ciltli)</t>
+          <t>Akşam Yıldızlarının İmparatoru</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>385</v>
+        <v>225</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786253660345</t>
+          <t>9786253660451</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi - Amelya (Deri Kapak) (Ciltli)</t>
+          <t>Yaralı Şifacı Serisi (2 Kitap)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>385</v>
+        <v>420</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786253660390</t>
+          <t>9786253660437</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi (Kutulu Set) (Ciltli)</t>
+          <t>Yaralı Şifacı Serisi (2 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>1350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786253660239</t>
+          <t>9786253660376</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi - Dora</t>
+          <t>İyi Komşular</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>240</v>
+        <v>139</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786253660253</t>
+          <t>9786253660482</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi - Aylema</t>
+          <t>Hain Kraliçe (Ciltli)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>240</v>
+        <v>395</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786253660277</t>
+          <t>9786253660468</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi - Aşeka</t>
+          <t>Sonsuz Yağmurların Şarkısı (Ciltli)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>240</v>
+        <v>395</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786253660291</t>
+          <t>9786253660420</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi - Amelya</t>
+          <t>Özgürlük ve Devrim: Fırtınalar İmparatorluğu - 2</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>265</v>
+        <v>395</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786253660307</t>
+          <t>9786253660208</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi - Amelya (Ciltli)</t>
+          <t>Küçük Güzel Şeyler</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>345</v>
+        <v>129</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786253660284</t>
+          <t>9786253660444</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi - Aşeka (Ciltli)</t>
+          <t>Sonsuz Yağmurların Şarkısı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786253660260</t>
+          <t>9786253660475</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi - Aylema (Ciltli)</t>
+          <t>Hain Kraliçe</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786253660246</t>
+          <t>9786253660352</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi - Dora (Ciltli)</t>
+          <t>Çarpık Nefret</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786253660215</t>
+          <t>9786253660369</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>İpi Kopuk Kuklalar</t>
+          <t>Gökyüzünü Öp</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786253660222</t>
+          <t>9786253660413</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>İpi Kopuk Kuklalar (Ciltli)</t>
+          <t>Gecenin Hikayesi (4 Kitap - Deri Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>315</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786253660062</t>
+          <t>9786253660338</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Tolkien Evreni’nden Yemek Tarifleri (Ciltli)</t>
+          <t>Gecenin Hikayesi - Dora (Deri Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>395</v>
+        <v>385</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786253660154</t>
+          <t>9786253660314</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Dokunuşu</t>
+          <t>Gecenin Hikayesi - Aylema (Deri Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>295</v>
+        <v>385</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786254489921</t>
+          <t>9786253660321</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>İşin Aslı: Kısa - Sert - Şiddet, Zorun ve Çokun Değeri Üzerine</t>
+          <t>Gecenin Hikayesi - Aşeka (Deri Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>195</v>
+        <v>385</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786253660192</t>
+          <t>9786253660345</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Kayıp - Kutulu (Ciltli)</t>
+          <t>Gecenin Hikayesi - Amelya (Deri Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>410</v>
+        <v>385</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786253660178</t>
+          <t>9786253660390</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Kayıp (Ciltli)</t>
+          <t>Gecenin Hikayesi (Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>315</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786253660161</t>
+          <t>9786253660239</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Kayıp</t>
+          <t>Gecenin Hikayesi - Dora</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786253660109</t>
+          <t>9786253660253</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Hiç Kimse Sıradan Değildir</t>
+          <t>Gecenin Hikayesi - Aylema</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>295</v>
+        <v>240</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786253660093</t>
+          <t>9786253660277</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Serüveni Seti</t>
+          <t>Gecenin Hikayesi - Aşeka</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>870</v>
+        <v>240</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786254487682</t>
+          <t>9786253660291</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Beni Kandıramazsın</t>
+          <t>Gecenin Hikayesi - Amelya</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>295</v>
+        <v>265</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786254489938</t>
+          <t>9786253660307</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Güç ve İntikam - Fırtınalar İmparatorluğu 1</t>
+          <t>Gecenin Hikayesi - Amelya (Ciltli)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786253660000</t>
+          <t>9786253660284</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Şiddetli Hazlar Serisi Set</t>
+          <t>Gecenin Hikayesi - Aşeka (Ciltli)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>790</v>
+        <v>345</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786253660079</t>
+          <t>9786253660260</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Sana Hala Bağımlı</t>
+          <t>Gecenin Hikayesi - Aylema (Ciltli)</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786253660086</t>
+          <t>9786253660246</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Çarpık Oyunlar</t>
+          <t>Gecenin Hikayesi - Dora (Ciltli)</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>350</v>
+        <v>345</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786254489914</t>
+          <t>9786253660215</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Harmoni (Ciltli)</t>
+          <t>İpi Kopuk Kuklalar</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>495</v>
+        <v>225</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786254489907</t>
+          <t>9786253660222</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Harmoni</t>
+          <t>İpi Kopuk Kuklalar (Ciltli)</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>395</v>
+        <v>315</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786254489976</t>
+          <t>9786253660062</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>03:03 Dolunayda Açan Çiçek</t>
+          <t>Tolkien Evreni’nden Yemek Tarifleri (Ciltli)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786254489969</t>
+          <t>9786253660154</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>02:02 Ayçiçeği Karnavalı</t>
+          <t>Karanlığın Dokunuşu</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786254489952</t>
+          <t>9786254489921</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>01:01 Bugün Adımı Sen Koy</t>
+          <t>İşin Aslı: Kısa - Sert - Şiddet, Zorun ve Çokun Değeri Üzerine</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>225</v>
+        <v>195</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786254489945</t>
+          <t>9786253660192</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>00:00 Biri Sizi Düşünüyor</t>
+          <t>Kayıp - Kutulu (Ciltli)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>225</v>
+        <v>410</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786254489983</t>
+          <t>9786253660178</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Görev</t>
+          <t>Kayıp (Ciltli)</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>225</v>
+        <v>315</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786253660024</t>
+          <t>9786253660161</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Lexi Ryan Kutulu Set</t>
+          <t>Kayıp</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>790</v>
+        <v>210</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786254489990</t>
+          <t>9786253660109</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Şiddetli Sonlar</t>
+          <t>Hiç Kimse Sıradan Değildir</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786253660017</t>
+          <t>9786253660093</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Şiddetli Hazlar</t>
+          <t>Gençlik Serüveni Seti</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>395</v>
+        <v>870</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786253660031</t>
+          <t>9786254487682</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Lexi Ryan Kutulu Set (Ciltli)</t>
+          <t>Beni Kandıramazsın</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>720</v>
+        <v>295</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786254489884</t>
+          <t>9786254489938</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Karmaşık Bağlar (Ciltli)</t>
+          <t>Güç ve İntikam - Fırtınalar İmparatorluğu 1</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>495</v>
+        <v>395</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786254489891</t>
+          <t>9786253660000</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Karmaşık Bağlar</t>
+          <t>Şiddetli Hazlar Serisi Set</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>395</v>
+        <v>790</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786254489778</t>
+          <t>9786253660079</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Bayan March</t>
+          <t>Sana Hala Bağımlı</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>150</v>
+        <v>395</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786254489877</t>
+          <t>9786253660086</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Solucan 2: Acı (Ciltli)</t>
+          <t>Çarpık Oyunlar</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>315</v>
+        <v>350</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786254489860</t>
+          <t>9786254489914</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Solucan 2: Acı</t>
+          <t>Karanlık Harmoni (Ciltli)</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>210</v>
+        <v>495</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786254489846</t>
+          <t>9786254489907</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Senden Ayrı</t>
+          <t>Karanlık Harmoni</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786254486357</t>
+          <t>9786254489976</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Lordlar ve Varisler - Hepimiz Gökyüzü Olmak İstedik (Yeşil Şömiz) (Ciltli)</t>
+          <t>03:03 Dolunayda Açan Çiçek</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>345</v>
+        <v>225</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786254489457</t>
+          <t>9786254489969</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Kapısı</t>
+          <t>02:02 Ayçiçeği Karnavalı</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>160</v>
+        <v>225</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786254489785</t>
+          <t>9786254489952</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Unofficial Harry Potter Fantastik Canavarlar Rehberi (Ciltli)</t>
+          <t>01:01 Bugün Adımı Sen Koy</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>395</v>
+        <v>225</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786254489662</t>
+          <t>9786254489945</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük İçin Çalmak - Genç Bir Afgan Kızın Yolculuğu</t>
+          <t>00:00 Biri Sizi Düşünüyor</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786254489709</t>
+          <t>9786254489983</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Psikopat - 4</t>
+          <t>Tehlikeli Görev</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786254489716</t>
+          <t>9786253660024</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Psikopat - 5</t>
+          <t>Lexi Ryan Kutulu Set</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>295</v>
+        <v>790</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786254489396</t>
+          <t>9786254489990</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Yüz Karası</t>
+          <t>Şiddetli Sonlar</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>350</v>
+        <v>395</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786254489822</t>
+          <t>9786253660017</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Atlas Altılısı (Ciltli)</t>
+          <t>Şiddetli Hazlar</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>495</v>
+        <v>395</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786254489815</t>
+          <t>9786253660031</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Atlas Altılısı</t>
+          <t>Lexi Ryan Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>395</v>
+        <v>720</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786254489808</t>
+          <t>9786254489884</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Azizlerin Yaşamı (Ciltli)</t>
+          <t>Karmaşık Bağlar (Ciltli)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>395</v>
+        <v>495</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786254489792</t>
+          <t>9786254489891</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Azizlerin Yaşamı</t>
+          <t>Karmaşık Bağlar</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>150</v>
+        <v>395</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786254489761</t>
+          <t>9786254489778</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Aramızdaki Gölgeler</t>
+          <t>Bayan March</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>295</v>
+        <v>150</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786254489655</t>
+          <t>9786254489877</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Seninle Tanışana Dek</t>
+          <t>Solucan 2: Acı (Ciltli)</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>295</v>
+        <v>315</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786254489112</t>
+          <t>9786254489860</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Jane Doe</t>
+          <t>Solucan 2: Acı</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>295</v>
+        <v>210</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786254489518</t>
+          <t>9786254489846</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Zan - Bir Arifin Fantastik Romanı</t>
+          <t>Senden Ayrı</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>75</v>
+        <v>295</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786254489754</t>
+          <t>9786254486357</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Gothikana (Ciltli)</t>
+          <t>Lordlar ve Varisler - Hepimiz Gökyüzü Olmak İstedik (Yeşil Şömiz) (Ciltli)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786254489730</t>
+          <t>9786254489457</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Gothikana</t>
+          <t>Şeytan Kapısı</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>295</v>
+        <v>160</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786254489631</t>
+          <t>9786254489785</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Bir İlahi (Ciltli)</t>
+          <t>Unofficial Harry Potter Fantastik Canavarlar Rehberi (Ciltli)</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>495</v>
+        <v>395</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786254489624</t>
+          <t>9786254489662</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Bir İlahi</t>
+          <t>Özgürlük İçin Çalmak - Genç Bir Afgan Kızın Yolculuğu</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>350</v>
+        <v>195</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786254489433</t>
+          <t>9786254489709</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>İçi Boş Yeminler (Ciltli)</t>
+          <t>Psikopat - 4</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>495</v>
+        <v>295</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786254489440</t>
+          <t>9786254489716</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>İçi Boş Yeminler</t>
+          <t>Psikopat - 5</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>350</v>
+        <v>295</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786254489648</t>
+          <t>9786254489396</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Sana Bağımlı</t>
+          <t>Yüz Karası</t>
         </is>
       </c>
       <c r="C270" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786254489617</t>
+          <t>9786254489822</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Arafta</t>
+          <t>Atlas Altılısı (Ciltli)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>150</v>
+        <v>495</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786254489419</t>
+          <t>9786254489815</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Solucan 1: Umut (Ciltli)</t>
+          <t>Atlas Altılısı</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>315</v>
+        <v>395</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786254489402</t>
+          <t>9786254489808</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Solucan 1: Umut</t>
+          <t>Azizlerin Yaşamı (Ciltli)</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786254489075</t>
+          <t>9786254489792</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Balarısı</t>
+          <t>Azizlerin Yaşamı</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>295</v>
+        <v>150</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786254489105</t>
+          <t>9786254489761</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Şiddetli Hazlar Serisi Kutulu Set - 2 Kitap (Ciltli)</t>
+          <t>Aramızdaki Gölgeler</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>890</v>
+        <v>295</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786254488733</t>
+          <t>9786254489655</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Şiddetli Sonlar (Ciltli)</t>
+          <t>Seninle Tanışana Dek</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>495</v>
+        <v>295</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786254488771</t>
+          <t>9786254489112</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Hırsızların Dansı Seti (Ciltli)</t>
+          <t>Jane Doe</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>990</v>
+        <v>295</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786254489013</t>
+          <t>9786254489518</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Hırsızların Dansı Seti</t>
+          <t>Zan - Bir Arifin Fantastik Romanı</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>790</v>
+        <v>75</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786254488795</t>
+          <t>9786254489754</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>En Karanlık Günah</t>
+          <t>Gothikana (Ciltli)</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>350</v>
+        <v>395</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786254488740</t>
+          <t>9786254489730</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Rapsodi</t>
+          <t>Gothikana</t>
         </is>
       </c>
       <c r="C280" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786254488757</t>
+          <t>9786254489631</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Rapsodi (Ciltli)</t>
+          <t>Yabancı Bir İlahi (Ciltli)</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>395</v>
+        <v>495</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786254488689</t>
+          <t>9786254489624</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Hırsızların Yemini</t>
+          <t>Yabancı Bir İlahi</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>395</v>
+        <v>350</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786254488696</t>
+          <t>9786254489433</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Hırsızların Yemini (Ciltli)</t>
+          <t>İçi Boş Yeminler (Ciltli)</t>
         </is>
       </c>
       <c r="C283" s="1">
         <v>495</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786254488184</t>
+          <t>9786254489440</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Köprü Krallığı (Ciltli)</t>
+          <t>İçi Boş Yeminler</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>495</v>
+        <v>350</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786254488191</t>
+          <t>9786254489648</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Korunmuş</t>
+          <t>Sana Bağımlı</t>
         </is>
       </c>
       <c r="C285" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786254488139</t>
+          <t>9786254489617</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Psikopat - 3 (Ciltli)</t>
+          <t>Arafta</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>395</v>
+        <v>150</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786254488245</t>
+          <t>9786254489419</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>En Çılgın Takıntı</t>
+          <t>Solucan 1: Umut (Ciltli)</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>350</v>
+        <v>315</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786254487286</t>
+          <t>9786254489402</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>39 Basamak</t>
+          <t>Solucan 1: Umut</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>70</v>
+        <v>225</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786254487231</t>
+          <t>9786254489075</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Bu Kusurlu Mükemmel Dünya</t>
+          <t>Balarısı</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>150</v>
+        <v>295</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786254487248</t>
+          <t>9786254489105</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Ana Şifre</t>
+          <t>Şiddetli Hazlar Serisi Kutulu Set - 2 Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>150</v>
+        <v>890</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9781642753288</t>
+          <t>9786254488733</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Bizi Arıyorum - Biraz Şarkı Biraz Gözyaşı</t>
+          <t>Şiddetli Sonlar (Ciltli)</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>109</v>
+        <v>495</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786051869223</t>
+          <t>9786254488771</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Saklambaç</t>
+          <t>Hırsızların Dansı Seti (Ciltli)</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>49</v>
+        <v>990</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786254489068</t>
+          <t>9786254489013</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Kazanırsak Kaybederiz 2 - Yazıyor</t>
+          <t>Hırsızların Dansı Seti</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>99</v>
+        <v>790</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786254489020</t>
+          <t>9786254488795</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Lambadaki Cin: Sosyal Medya</t>
+          <t>En Karanlık Günah</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>75</v>
+        <v>350</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786254489136</t>
+          <t>9786254488740</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Siren Kraliçesinin Kızı</t>
+          <t>Rapsodi</t>
         </is>
       </c>
       <c r="C295" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786254487255</t>
+          <t>9786254488757</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Kalbimi Beşe Kur</t>
+          <t>Rapsodi (Ciltli)</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>170</v>
+        <v>395</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786254489129</t>
+          <t>9786254488689</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Orion</t>
+          <t>Hırsızların Yemini</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786254488764</t>
+          <t>9786254488696</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Neredeyse Alex</t>
+          <t>Hırsızların Yemini (Ciltli)</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>295</v>
+        <v>495</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786254488788</t>
+          <t>9786254488184</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaz Boyunca</t>
+          <t>Köprü Krallığı (Ciltli)</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>295</v>
+        <v>495</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786254488535</t>
+          <t>9786254488191</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Korsan Kralın Kızı</t>
+          <t>Korunmuş</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>295</v>
+        <v>350</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786254486319</t>
+          <t>9786254488139</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Alemlerin Savaşı</t>
+          <t>Psikopat - 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786254488177</t>
+          <t>9786254488245</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Bebek</t>
+          <t>En Çılgın Takıntı</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786254488511</t>
+          <t>9786254487286</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Kazanırsak Kaybederiz 2 - Yazıyor (Ciltli)</t>
+          <t>39 Basamak</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>315</v>
+        <v>70</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786254488528</t>
+          <t>9786254487231</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Kazanırsak Kaybederiz 2 - Yazıyor</t>
+          <t>Bu Kusurlu Mükemmel Dünya</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786254487767</t>
+          <t>9786254487248</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Viking Şövalye</t>
+          <t>Ana Şifre</t>
         </is>
       </c>
       <c r="C305" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786254488023</t>
+          <t>9781642753288</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Kimse Gerçek Değil</t>
+          <t>Bizi Arıyorum - Biraz Şarkı Biraz Gözyaşı</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>99</v>
+        <v>109</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786254488047</t>
+          <t>9786051869223</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Kazanırsak Kaybederiz: Çevrimiçi</t>
+          <t>Saklambaç</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>99</v>
+        <v>49</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786254488153</t>
+          <t>9786254489068</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Psikopat - 5 (Ciltli)</t>
+          <t>Kazanırsak Kaybederiz 2 - Yazıyor</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>395</v>
+        <v>99</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786254488146</t>
+          <t>9786254489020</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Psikopat - 4 (Ciltli)</t>
+          <t>Lambadaki Cin: Sosyal Medya</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>395</v>
+        <v>75</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786254488122</t>
+          <t>9786254489136</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Psikopat - 2 (Ciltli)</t>
+          <t>Siren Kraliçesinin Kızı</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786254488115</t>
+          <t>9786254487255</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Psikopat - 1 (Ciltli)</t>
+          <t>Kalbimi Beşe Kur</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>395</v>
+        <v>170</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786254488054</t>
+          <t>9786254489129</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>01:01 Bugün Adımı Sen Koy</t>
+          <t>Orion</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>99</v>
+        <v>225</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786254488009</t>
+          <t>9786254488764</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>00:00 Biri Sizi Düşünüyor</t>
+          <t>Neredeyse Alex</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>99</v>
+        <v>295</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786254488030</t>
+          <t>9786254488788</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>03:03 Dolunayda Açan Çiçek</t>
+          <t>Bir Yaz Boyunca</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>99</v>
+        <v>295</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786254488061</t>
+          <t>9786254488535</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Dumbledore: Hogwarts’ın Tanınmış Müdürünün Hayatı ve Yalanları (Ciltli)</t>
+          <t>Korsan Kralın Kızı</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786254483790</t>
+          <t>9786254486319</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Sınırların Ötesinde</t>
+          <t>Alemlerin Savaşı</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>100</v>
+        <v>225</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786254487750</t>
+          <t>9786254488177</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Hırsızların Dansı</t>
+          <t>Bebek</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>395</v>
+        <v>160</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786254487743</t>
+          <t>9786254488511</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Hırsızların Dansı (Ciltli)</t>
+          <t>Kazanırsak Kaybederiz 2 - Yazıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>495</v>
+        <v>315</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786254486807</t>
+          <t>9786254488528</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Yabancı</t>
+          <t>Kazanırsak Kaybederiz 2 - Yazıyor</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>295</v>
+        <v>210</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786254486968</t>
+          <t>9786254487767</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Lestat</t>
+          <t>Viking Şövalye</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786254487729</t>
+          <t>9786254488023</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Parçalar</t>
+          <t>Kimse Gerçek Değil</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>240</v>
+        <v>99</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786254486821</t>
+          <t>9786254488047</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Kız, Yılan, Diken (Ciltli)</t>
+          <t>Kazanırsak Kaybederiz: Çevrimiçi</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>395</v>
+        <v>99</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786254487200</t>
+          <t>9786254488153</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Kazanırsak Kaybederiz</t>
+          <t>Psikopat - 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786254486692</t>
+          <t>9786254488146</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Kimse Gerçek Değil</t>
+          <t>Psikopat - 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786254486432</t>
+          <t>9786254488122</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Kanla Yazılı</t>
+          <t>Psikopat - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>190</v>
+        <v>395</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786254487170</t>
+          <t>9786254488115</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Gerçekler Kanıt İster</t>
+          <t>Psikopat - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786254487187</t>
+          <t>9786254488054</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Aklın Şüphesi Suçun Gerçeğidir</t>
+          <t>01:01 Bugün Adımı Sen Koy</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>130</v>
+        <v>99</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786254487163</t>
+          <t>9786254488009</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Şüphe Asla Uyumaz</t>
+          <t>00:00 Biri Sizi Düşünüyor</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>140</v>
+        <v>99</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786254486500</t>
+          <t>9786254488030</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Vincent ve Theo - Van Gogh Kardeşler</t>
+          <t>03:03 Dolunayda Açan Çiçek</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>160</v>
+        <v>99</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786254486470</t>
+          <t>9786254488061</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Topuklar Çıplak Ruhlar (Ciltli)</t>
+          <t>Dumbledore: Hogwarts’ın Tanınmış Müdürünün Hayatı ve Yalanları (Ciltli)</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786254486418</t>
+          <t>9786254483790</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Tutunduğumuz Gerçekler (Ciltli)</t>
+          <t>Sınırların Ötesinde</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>395</v>
+        <v>100</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786254486982</t>
+          <t>9786254487750</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Gökyüzü Olmak İstedik: Krallar ve Soytarıları - Hava (Ciltli)</t>
+          <t>Hırsızların Dansı</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786254487002</t>
+          <t>9786254487743</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Gökyüzü Olmak İstedik: Krallar ve Soytarıları - Toprak (Ciltli)</t>
+          <t>Hırsızların Dansı (Ciltli)</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>345</v>
+        <v>495</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786254486623</t>
+          <t>9786254486807</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Kimse Gerçek Değil - Kutulu (Ciltli)</t>
+          <t>Yabancı</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>410</v>
+        <v>295</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786254486326</t>
+          <t>9786254486968</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlangıçlar Kitapçısı</t>
+          <t>Lestat</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786254486678</t>
+          <t>9786254487729</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Şiddetli Hazlar (Ciltli)</t>
+          <t>Parçalar</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>395</v>
+        <v>240</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786254486647</t>
+          <t>9786254486821</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>03:03 Dolunayda Açan Çiçek (Ciltli)</t>
+          <t>Kız, Yılan, Diken (Ciltli)</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>315</v>
+        <v>395</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786254486654</t>
+          <t>9786254487200</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>02:02 Ayçiçeği Karnavalı (Ciltli)</t>
+          <t>Kazanırsak Kaybederiz</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>315</v>
+        <v>225</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786254486661</t>
+          <t>9786254486692</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>01:01 Bugün Adımı Sen Koy (Ciltli)</t>
+          <t>Kimse Gerçek Değil</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>315</v>
+        <v>225</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786254486630</t>
+          <t>9786254486432</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>00:00 Biri Sizi Düşünüyor (Ciltli)</t>
+          <t>Kanla Yazılı</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>315</v>
+        <v>190</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786254486685</t>
+          <t>9786254487170</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Kimse Gerçek Değil (Ciltli)</t>
+          <t>Gerçekler Kanıt İster</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>315</v>
+        <v>295</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786254486517</t>
+          <t>9786254487187</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Mürekkepsiz Günlükler</t>
+          <t>Aklın Şüphesi Suçun Gerçeğidir</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>80</v>
+        <v>130</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786254485930</t>
+          <t>9786254487163</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Gölge Anahtar</t>
+          <t>Şüphe Asla Uyumaz</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786254485954</t>
+          <t>9786254486500</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Erkekler Neden Evleni̇r?</t>
+          <t>Vincent ve Theo - Van Gogh Kardeşler</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786254486296</t>
+          <t>9786254486470</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Sanctuary</t>
+          <t>Yüksek Topuklar Çıplak Ruhlar (Ciltli)</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>160</v>
+        <v>225</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786254486227</t>
+          <t>9786254486418</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Neredeyse Sıradan Bir Aile</t>
+          <t>Tutunduğumuz Gerçekler (Ciltli)</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>170</v>
+        <v>395</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786254486531</t>
+          <t>9786254486982</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Amato Kardeşler Serisi (3 Kitap Takım)</t>
+          <t>Hepimiz Gökyüzü Olmak İstedik: Krallar ve Soytarıları - Hava (Ciltli)</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>210</v>
+        <v>345</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786254485756</t>
+          <t>9786254487002</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Nefes</t>
+          <t>Hepimiz Gökyüzü Olmak İstedik: Krallar ve Soytarıları - Toprak (Ciltli)</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>120</v>
+        <v>345</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786254486302</t>
+          <t>9786254486623</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Hancının Seyir Defteri</t>
+          <t>Kimse Gerçek Değil - Kutulu (Ciltli)</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>80</v>
+        <v>410</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786254486425</t>
+          <t>9786254486326</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Kazanırsak Kaybederiz: Çevrimiçi (Ciltli)</t>
+          <t>Yeni Başlangıçlar Kitapçısı</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>315</v>
+        <v>150</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786254486241</t>
+          <t>9786254486678</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Kurtların Hükmü</t>
+          <t>Şiddetli Hazlar (Ciltli)</t>
         </is>
       </c>
       <c r="C351" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786254486371</t>
+          <t>9786254486647</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Lordlar ve Varisler - Hepimiz Gökyüzü Olmak İstedik (Beyaz Şömiz) (Ciltli)</t>
+          <t>03:03 Dolunayda Açan Çiçek (Ciltli)</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>345</v>
+        <v>315</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786254485718</t>
+          <t>9786254486654</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Vajina Kitabı</t>
+          <t>02:02 Ayçiçeği Karnavalı (Ciltli)</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>395</v>
+        <v>315</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786254486234</t>
+          <t>9786254486661</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Kurtların Hükmü (Ciltli)</t>
+          <t>01:01 Bugün Adımı Sen Koy (Ciltli)</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>495</v>
+        <v>315</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786254485565</t>
+          <t>9786254486630</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Sırlar ve Affedişler</t>
+          <t>00:00 Biri Sizi Düşünüyor (Ciltli)</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>150</v>
+        <v>315</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786254485558</t>
+          <t>9786254486685</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Anılardan Kartpostallar</t>
+          <t>Kimse Gerçek Değil (Ciltli)</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>150</v>
+        <v>315</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786254485602</t>
+          <t>9786254486517</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Örgü Adası'na Veda</t>
+          <t>Mürekkepsiz Günlükler</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786254485848</t>
+          <t>9786254485930</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Billie Eilish (Ciltli)</t>
+          <t>Gölge Anahtar</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>750</v>
+        <v>130</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786254485572</t>
+          <t>9786254485954</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Düğünçiçeği Gelini</t>
+          <t>Erkekler Neden Evleni̇r?</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786254485428</t>
+          <t>9786254486296</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Kraliçenin Rakipleri</t>
+          <t>Sanctuary</t>
         </is>
       </c>
       <c r="C360" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786254484537</t>
+          <t>9786254486227</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Düşgezginleri</t>
+          <t>Neredeyse Sıradan Bir Aile</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786254484940</t>
+          <t>9786254486531</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Gezgin</t>
+          <t>Amato Kardeşler Serisi (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>40</v>
+        <v>210</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786254484889</t>
+          <t>9786254485756</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Vadinin Perileri</t>
+          <t>Nefes</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>30</v>
+        <v>120</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786254484896</t>
+          <t>9786254486302</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Kum ve Köpük</t>
+          <t>Hancının Seyir Defteri</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>30</v>
+        <v>80</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786254484926</t>
+          <t>9786254486425</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kanatlar</t>
+          <t>Kazanırsak Kaybederiz: Çevrimiçi (Ciltli)</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>35</v>
+        <v>315</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786254484919</t>
+          <t>9786254486241</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Üstadın Sesi</t>
+          <t>Kurtların Hükmü</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>40</v>
+        <v>395</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786254484902</t>
+          <t>9786254486371</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>İnsanoğlu İsa</t>
+          <t>Lordlar ve Varisler - Hepimiz Gökyüzü Olmak İstedik (Beyaz Şömiz) (Ciltli)</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>100</v>
+        <v>345</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786254484957</t>
+          <t>9786254485718</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Ermişin Bahçesi</t>
+          <t>Vajina Kitabı</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>30</v>
+        <v>395</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786254484964</t>
+          <t>9786254486234</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Kurtların Hükmü (Ciltli)</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>40</v>
+        <v>495</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786254484971</t>
+          <t>9786254485565</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Deli</t>
+          <t>Sırlar ve Affedişler</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>35</v>
+        <v>150</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786254484988</t>
+          <t>9786254485558</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Bir Damla Yaş Bir Tebessüm</t>
+          <t>Anılardan Kartpostallar</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786254484995</t>
+          <t>9786254485602</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Asi Ruhlar</t>
+          <t>Örgü Adası'na Veda</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>19</v>
+        <v>160</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786254485527</t>
+          <t>9786254485848</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Şeftali Kokan Sırlar</t>
+          <t>Billie Eilish (Ciltli)</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786254485534</t>
+          <t>9786254485572</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Şeftali Kokan Bir Aşk</t>
+          <t>Düğünçiçeği Gelini</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786254482885</t>
+          <t>9786254485428</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Babaya Mektup</t>
+          <t>Kraliçenin Rakipleri</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>30</v>
+        <v>160</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786254482946</t>
+          <t>9786254484537</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Bir Açlık Sanatçısı</t>
+          <t>Düşgezginleri</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>35</v>
+        <v>150</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786254482953</t>
+          <t>9786254484940</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Taşrada Düğün Hazırlıkları</t>
+          <t>Gezgin</t>
         </is>
       </c>
       <c r="C377" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786254482908</t>
+          <t>9786254484889</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Gözlem</t>
+          <t>Vadinin Perileri</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786254482915</t>
+          <t>9786254484896</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Ceza Kolonisinde</t>
+          <t>Kum ve Köpük</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786254482939</t>
+          <t>9786254484926</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Bir Köy Hekimi</t>
+          <t>Kırık Kanatlar</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>30</v>
+        <v>35</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786254485145</t>
+          <t>9786254484919</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Zenobia</t>
+          <t>Üstadın Sesi</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>130</v>
+        <v>40</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786254484520</t>
+          <t>9786254484902</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Zor Kadınlar</t>
+          <t>İnsanoğlu İsa</t>
         </is>
       </c>
       <c r="C382" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786254485282</t>
+          <t>9786254484957</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Dikenlerin Dili</t>
+          <t>Ermişin Bahçesi</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>225</v>
+        <v>30</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786254485312</t>
+          <t>9786254484964</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Grisha Verse - 6 Kitap Set</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>2050</v>
+        <v>40</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786254484117</t>
+          <t>9786254484971</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Sen De Mi?</t>
+          <t>Deli</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>130</v>
+        <v>35</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786254483189</t>
+          <t>9786254484988</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Büyüler İçindir</t>
+          <t>Bir Damla Yaş Bir Tebessüm</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786050320756</t>
+          <t>9786254484995</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Kodlayan Çocuk</t>
+          <t>Asi Ruhlar</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>90</v>
+        <v>19</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786254482083</t>
+          <t>9786254485527</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Açlık</t>
+          <t>Şeftali Kokan Sırlar</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786254482854</t>
+          <t>9786254485534</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Ursari’nin Oğlu</t>
+          <t>Şeftali Kokan Bir Aşk</t>
         </is>
       </c>
       <c r="C389" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786254483523</t>
+          <t>9786254482885</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Senden Çok Uzakta</t>
+          <t>Babaya Mektup</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>160</v>
+        <v>30</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786254483653</t>
+          <t>9786254482946</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>İnanılmaz</t>
+          <t>Bir Açlık Sanatçısı</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>130</v>
+        <v>35</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786254482793</t>
+          <t>9786254482953</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Hasbahçede Sonbahar</t>
+          <t>Taşrada Düğün Hazırlıkları</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>85</v>
+        <v>40</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786254483196</t>
+          <t>9786254482908</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Masa</t>
+          <t>Gözlem</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786254483387</t>
+          <t>9786254482915</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Masal'dan Kaçış</t>
+          <t>Ceza Kolonisinde</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>100</v>
+        <v>35</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786254483639</t>
+          <t>9786254482939</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Aşk Burada Çekmiyor</t>
+          <t>Bir Köy Hekimi</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>160</v>
+        <v>30</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786254481932</t>
+          <t>9786254485145</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlarda Yazılı</t>
+          <t>Zenobia</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786254482236</t>
+          <t>9786254484520</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Pipo (6 Kitap Kutulu Set)</t>
+          <t>Zor Kadınlar</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>153</v>
+        <v>100</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786254482212</t>
+          <t>9786254485282</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Büyüteç (6 Kitap Kutulu Set)</t>
+          <t>Dikenlerin Dili</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>165</v>
+        <v>225</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786254482151</t>
+          <t>9786254485312</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Umut Mevsimi</t>
+          <t>Grisha Verse - 6 Kitap Set</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>160</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786254481819</t>
+          <t>9786254484117</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Gökler Bi̇zi̇m</t>
+          <t>Sen De Mi?</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786254482144</t>
+          <t>9786254483189</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk Kurabiye Kulübü</t>
+          <t>Beyaz Büyüler İçindir</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>59</v>
+        <v>150</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786254482106</t>
+          <t>9786050320756</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Isaac Newton-Bi̇li̇msel Devri̇m</t>
+          <t>Geleceği Kodlayan Çocuk</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>170</v>
+        <v>90</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786254482434</t>
+          <t>9786254482083</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bir Masal</t>
+          <t>Açlık</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786254480416</t>
+          <t>9786254482854</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali - Bütün Eserleri (Özel Deri Ciltli Kutulu)</t>
+          <t>Ursari’nin Oğlu</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>1500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786254482076</t>
+          <t>9786254483523</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Bir Yumak Aşk</t>
+          <t>Senden Çok Uzakta</t>
         </is>
       </c>
       <c r="C405" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786050322262</t>
+          <t>9786254483653</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Esir Kuşun Şarkısı</t>
+          <t>İnanılmaz</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786254480201</t>
+          <t>9786254482793</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Gece Yarısı Karnavalı</t>
+          <t>Hasbahçede Sonbahar</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>150</v>
+        <v>85</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786050322231</t>
+          <t>9786254483196</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Canavar Oğlan</t>
+          <t>Lanetli Masa</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786050321722</t>
+          <t>9786254483387</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Elektrik'te Gece Yarısı</t>
+          <t>Masal'dan Kaçış</t>
         </is>
       </c>
       <c r="C409" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786254481338</t>
+          <t>9786254483639</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Topuklar Yeni Heyecanlar (Ciltli)</t>
+          <t>Aşk Burada Çekmiyor</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>225</v>
+        <v>160</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786254481345</t>
+          <t>9786254481932</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Topuklar Karışık İlişkiler (Ciltli)</t>
+          <t>Yıldızlarda Yazılı</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>225</v>
+        <v>100</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786254481352</t>
+          <t>9786254482236</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Topuklar Kararsız Kalpler (Ciltli)</t>
+          <t>Sherlock Holmes - Pipo (6 Kitap Kutulu Set)</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>225</v>
+        <v>153</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786254481703</t>
+          <t>9786254482212</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Bir Dilek Kadar Yakın</t>
+          <t>Sherlock Holmes - Büyüteç (6 Kitap Kutulu Set)</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>100</v>
+        <v>165</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786254481086</t>
+          <t>9786254482151</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Mesaj</t>
+          <t>Umut Mevsimi</t>
         </is>
       </c>
       <c r="C414" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786254481710</t>
+          <t>9786254481819</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Uzun Metrajlı Hüzünler</t>
+          <t>Gökler Bi̇zi̇m</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786254481741</t>
+          <t>9786254482144</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>O Son Bakış</t>
+          <t>İlk Aşk Kurabiye Kulübü</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>190</v>
+        <v>59</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786254480331</t>
+          <t>9786254482106</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Yara İzi Kralı</t>
+          <t>Isaac Newton-Bi̇li̇msel Devri̇m</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>395</v>
+        <v>170</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786050322224</t>
+          <t>9786254482434</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Michael Jordan</t>
+          <t>Hayat Bir Masal</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>215</v>
+        <v>100</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786050321753</t>
+          <t>9786254480416</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Paul Verlaine</t>
+          <t>Sabahattin Ali - Bütün Eserleri (Özel Deri Ciltli Kutulu)</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>35</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786050321890</t>
+          <t>9786254482076</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Da Vinci ve Kadınları</t>
+          <t>Bir Yumak Aşk</t>
         </is>
       </c>
       <c r="C420" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786050321234</t>
+          <t>9786050322262</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Ejderhanın Yükselişi</t>
+          <t>Esir Kuşun Şarkısı</t>
         </is>
       </c>
       <c r="C421" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786254480225</t>
+          <t>9786254480201</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Ejderhanın Yükselişi (Ciltli)</t>
+          <t>Gece Yarısı Karnavalı</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>495</v>
+        <v>150</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786050321791</t>
+          <t>9786050322231</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Değirmen Esirler</t>
+          <t>Canavar Oğlan</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786050322002</t>
+          <t>9786050321722</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ölümler</t>
+          <t>Elektrik'te Gece Yarısı</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786051868752</t>
+          <t>9786254481338</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Yeminler ve Yalanlar</t>
+          <t>Yüksek Topuklar Yeni Heyecanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>100</v>
+        <v>225</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786050321746</t>
+          <t>9786254481345</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Sabırsız Yürek</t>
+          <t>Yüksek Topuklar Karışık İlişkiler (Ciltli)</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>160</v>
+        <v>225</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786050322590</t>
+          <t>9786254481352</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Yara İzi Kralı (Ciltli)</t>
+          <t>Yüksek Topuklar Kararsız Kalpler (Ciltli)</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>495</v>
+        <v>225</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786050321739</t>
+          <t>9786254481703</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Krallığı Öldürmek</t>
+          <t>Bir Dilek Kadar Yakın</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786050322309</t>
+          <t>9786254481086</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Sahte Krallık (Ciltli)</t>
+          <t>Mesaj</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>375</v>
+        <v>160</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786050322286</t>
+          <t>9786254481710</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Kuşatma ve Fırtına (Ciltli)</t>
+          <t>Uzun Metrajlı Hüzünler</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786050322293</t>
+          <t>9786254481741</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Çöküş ve Yükseliş (Ciltli)</t>
+          <t>O Son Bakış</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>495</v>
+        <v>190</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786050320961</t>
+          <t>9786254480331</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Beni Asla Bırakma</t>
+          <t>Yara İzi Kralı</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>240</v>
+        <v>395</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786050321821</t>
+          <t>9786050322224</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Edison’ın İzinde</t>
+          <t>Michael Jordan</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>295</v>
+        <v>215</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786050322132</t>
+          <t>9786050321753</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Anna ve Kırlangıç Adam</t>
+          <t>Paul Verlaine</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>90</v>
+        <v>35</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786051869643</t>
+          <t>9786050321890</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kalpler Müzesi</t>
+          <t>Leonardo Da Vinci ve Kadınları</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>118</v>
+        <v>160</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786254485459</t>
+          <t>9786050321234</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Düşünce Gücüyle Mutlu Yaşamın Sırları</t>
+          <t>Ejderhanın Yükselişi</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>195</v>
+        <v>160</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786050321456</t>
+          <t>9786254480225</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Her Gün Yeni Bir Hayat</t>
+          <t>Ejderhanın Yükselişi (Ciltli)</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>195</v>
+        <v>495</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786050321432</t>
+          <t>9786050321791</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Kötü Feminist</t>
+          <t>Değirmen Esirler</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786051867489</t>
+          <t>9786050322002</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Elitleri</t>
+          <t>Küçük Ölümler</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786051865966</t>
+          <t>9786051868752</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Gerçeği</t>
+          <t>Yeminler ve Yalanlar</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786050321104</t>
+          <t>9786050321746</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Boşanalım Aşkım</t>
+          <t>Sabırsız Yürek</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>295</v>
+        <v>160</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786050321074</t>
+          <t>9786050322590</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Alibaba'nın Dünyası</t>
+          <t>Yara İzi Kralı (Ciltli)</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>100</v>
+        <v>495</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786050320145</t>
+          <t>9786050321739</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Atlantis’in Kalbi</t>
+          <t>Krallığı Öldürmek</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>69</v>
+        <v>350</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786050320350</t>
+          <t>9786050322309</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Öyküler</t>
+          <t>Sahte Krallık (Ciltli)</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>60</v>
+        <v>375</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786050320497</t>
+          <t>9786050322286</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Kabuslar Baronu</t>
+          <t>Kuşatma ve Fırtına (Ciltli)</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786050320503</t>
+          <t>9786050322293</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Bay Doğru</t>
+          <t>Çöküş ve Yükseliş (Ciltli)</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>100</v>
+        <v>495</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786051869872</t>
+          <t>9786050320961</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim - Genç Olmak</t>
+          <t>Beni Asla Bırakma</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786051869865</t>
+          <t>9786050321821</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Mesleğini Kendin Seç - Genç Olmak</t>
+          <t>Edison’ın İzinde</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>120</v>
+        <v>295</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786050320794</t>
+          <t>9786050322132</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Regl Kitabı</t>
+          <t>Anna ve Kırlangıç Adam</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>109</v>
+        <v>90</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786051869858</t>
+          <t>9786051869643</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Sonbahar Fısıltıları</t>
+          <t>Kırık Kalpler Müzesi</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>160</v>
+        <v>118</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786051869902</t>
+          <t>9786254485459</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Aynadakiler</t>
+          <t>Pozitif Düşünce Gücüyle Mutlu Yaşamın Sırları</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>130</v>
+        <v>195</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786051869421</t>
+          <t>9786050321456</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kitap Kurtları Yetiştirme Rehberi</t>
+          <t>Her Gün Yeni Bir Hayat</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786254489723</t>
+          <t>9786050321432</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Psikopat</t>
+          <t>Kötü Feminist</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786254489693</t>
+          <t>9786051867489</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Psikopat 3</t>
+          <t>Cennetin Elitleri</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786254489686</t>
+          <t>9786051865966</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Psikopat 2</t>
+          <t>Kalbimin Gerçeği</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>295</v>
+        <v>160</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786051869964</t>
+          <t>9786050321104</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Küçük Hırsız</t>
+          <t>Boşanalım Aşkım</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>100</v>
+        <v>295</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786051869216</t>
+          <t>9786050321074</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Eva ve Gizli Günlük</t>
+          <t>Alibaba'nın Dünyası</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>128</v>
+        <v>100</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786051869704</t>
+          <t>9786050320145</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Atlantis’in Kalbi</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>59</v>
+        <v>69</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786051869711</t>
+          <t>9786050320350</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Öyküler</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>49</v>
+        <v>60</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786051869407</t>
+          <t>9786050320497</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Sherlock Holmes - Kabuslar Baronu</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>39</v>
+        <v>150</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786051869599</t>
+          <t>9786050320503</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Einstein Gibi Düşünmek</t>
+          <t>Bay Doğru</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786051869483</t>
+          <t>9786051869872</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Şarkısı</t>
+          <t>Ben Kimim - Genç Olmak</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>69</v>
+        <v>195</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786051869605</t>
+          <t>9786051869865</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Kül</t>
+          <t>Mesleğini Kendin Seç - Genç Olmak</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786254480218</t>
+          <t>9786050320794</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Ejderhanın Kızı (Ciltli)</t>
+          <t>Regl Kitabı</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>495</v>
+        <v>109</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786051869469</t>
+          <t>9786051869858</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Serbest Düşüş</t>
+          <t>Sonbahar Fısıltıları</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786051869520</t>
+          <t>9786051869902</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>My Mad Fat Diary - Benim Çılgın Tombul Günlüğüm 1</t>
+          <t>Aynadakiler</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>59</v>
+        <v>130</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786051869582</t>
+          <t>9786051869421</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Bizi Arıyorum</t>
+          <t>Küçük Kitap Kurtları Yetiştirme Rehberi</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786051868714</t>
+          <t>9786254489723</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Eva</t>
+          <t>Psikopat</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>128</v>
+        <v>350</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786051869230</t>
+          <t>9786254489693</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Benimle Asla Tanışamayacaksın</t>
+          <t>Psikopat 3</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786051868820</t>
+          <t>9786254489686</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>İkinci Lekenin Esrarı - Sherlock Holmes</t>
+          <t>Psikopat 2</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>19</v>
+        <v>295</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786051869001</t>
+          <t>9786051869964</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Perde Kapanıyor - Sherlock Holmes</t>
+          <t>Küçük Hırsız</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>40</v>
+        <v>100</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786051868974</t>
+          <t>9786051869216</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Sürünen Adam - Sherlock Holmes</t>
+          <t>Eva ve Gizli Günlük</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>40</v>
+        <v>128</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>2789788614242</t>
+          <t>9786051869704</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Sen Kalbinden Vazgeçme</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>25</v>
+        <v>59</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>2789788614244</t>
+          <t>9786051869711</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Aramızda Ne Var? Aşk</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>25</v>
+        <v>49</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786051868950</t>
+          <t>9786051869407</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Af</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>100</v>
+        <v>39</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786051868387</t>
+          <t>9786051869599</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Düşünceler</t>
+          <t>Einstein Gibi Düşünmek</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786051868547</t>
+          <t>9786051869483</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Virata Ya Da Ölümsüz Bir Kardeşin Gözleri</t>
+          <t>Rüzgarın Şarkısı</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786051868288</t>
+          <t>9786051869605</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde (Tam Metin)</t>
+          <t>Kül</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786051868455</t>
+          <t>9786254480218</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Ejderhanın Kızı (Ciltli)</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>90</v>
+        <v>495</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786051868479</t>
+          <t>9786051869469</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Dürtü</t>
+          <t>Serbest Düşüş</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786051868509</t>
+          <t>9786051869520</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>My Mad Fat Diary - Benim Çılgın Tombul Günlüğüm 1</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>75</v>
+        <v>59</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786051868271</t>
+          <t>9786051869582</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Kim Demiş Yiyemezsin?</t>
+          <t>Bizi Arıyorum</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>114</v>
+        <v>160</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786053485278</t>
+          <t>9786051868714</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Shakespeare Set 2 (10 Kitap Takım)</t>
+          <t>Eva</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>73.98</v>
+        <v>128</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786051868356</t>
+          <t>9786051869230</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Kilden Köprü</t>
+          <t>Benimle Asla Tanışamayacaksın</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786051868103</t>
+          <t>9786051868820</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Kafam Bi Dünya</t>
+          <t>İkinci Lekenin Esrarı - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>40</v>
+        <v>19</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786051866093</t>
+          <t>9786051869001</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>İki Gerçek Bir Yalan</t>
+          <t>Perde Kapanıyor - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>49</v>
+        <v>40</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786051867922</t>
+          <t>9786051868974</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Yolcusu Abdülüver’in Tuhaf Seyahatleri</t>
+          <t>Sürünen Adam - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786051866376</t>
+          <t>2789788614242</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Kibirli Yeşil</t>
+          <t>Sen Kalbinden Vazgeçme</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>3990022346018</t>
+          <t>2789788614244</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Martı Tanrı'nın Unutulan Çocukları (Defter)</t>
+          <t>Aramızda Ne Var? Aşk</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786051866277</t>
+          <t>9786051868950</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Mayıs Sineği</t>
+          <t>Af</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786051866529</t>
+          <t>9786051868387</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Şahane Kitap</t>
+          <t>Sıra Dışı Düşünceler</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786051866147</t>
+          <t>9786051868547</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Amazon</t>
+          <t>Virata Ya Da Ölümsüz Bir Kardeşin Gözleri</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>38</v>
+        <v>60</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786051865744</t>
+          <t>9786051868288</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Kardaki Zulu</t>
+          <t>Beyaz Zambaklar Ülkesinde (Tam Metin)</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>120</v>
+        <v>195</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786051865881</t>
+          <t>9786051868455</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Bir Daha Asla</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>49</v>
+        <v>90</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786051865638</t>
+          <t>9786051868479</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Biraz Şarkı Biraz Gözyaşı</t>
+          <t>Dürtü</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>85</v>
+        <v>60</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786051865959</t>
+          <t>9786051868509</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Atların Plakası Olmaz</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786051862392</t>
+          <t>9786051868271</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Parçalanmış - Soğuk Uyanış Serisi 3. Kitap</t>
+          <t>Kim Demiş Yiyemezsin?</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>150</v>
+        <v>114</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786051862385</t>
+          <t>9786053485278</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Kırılmış - Soğuk Uyanış Serisi 2. Kitap</t>
+          <t>Gençler İçin Shakespeare Set 2 (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>150</v>
+        <v>73.98</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786051865904</t>
+          <t>9786051868356</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Haydi Gel Vazgeçme</t>
+          <t>Kilden Köprü</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>47</v>
+        <v>190</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786051865591</t>
+          <t>9786051868103</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Nikola Tesla’nın Sıra Dışı Hayatı</t>
+          <t>Kafam Bi Dünya</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>195</v>
+        <v>40</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786051865348</t>
+          <t>9786051866093</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Messi - Futbol'un Mozart'ı</t>
+          <t>İki Gerçek Bir Yalan</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>225</v>
+        <v>49</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786051864952</t>
+          <t>9786051867922</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Profesör Moriarty 2 - Öldürülmesi Gereken Hikaye</t>
+          <t>Ölüm Yolcusu Abdülüver’in Tuhaf Seyahatleri</t>
         </is>
       </c>
       <c r="C502" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786051864624</t>
+          <t>9786051866376</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Ve Bir Americano</t>
+          <t>Kibirli Yeşil</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786051863627</t>
+          <t>3990022346018</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Ev Yapımı Makarnalar</t>
+          <t>Martı Tanrı'nın Unutulan Çocukları (Defter)</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>149</v>
+        <v>6</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786051864563</t>
+          <t>9786051866277</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Miçolojik Dünya</t>
+          <t>Mayıs Sineği</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786050322217</t>
+          <t>9786051866529</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Yerçekimi Melodisi</t>
+          <t>Şahane Kitap</t>
         </is>
       </c>
       <c r="C506" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786051864280</t>
+          <t>9786051866147</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Benden Başka Herkes</t>
+          <t>Amazon</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>150</v>
+        <v>38</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786053489962</t>
+          <t>9786051865744</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Kobe Bryant</t>
+          <t>Kardaki Zulu</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>395</v>
+        <v>120</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786051863610</t>
+          <t>9786051865881</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Neymar - Bir Futbol Sihirbazının İzinde</t>
+          <t>Bir Daha Asla</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>225</v>
+        <v>49</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>3990000077763</t>
+          <t>9786051865638</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Ted Dekker - Çember Serisi (4 Kitap Takım)</t>
+          <t>Biraz Şarkı Biraz Gözyaşı</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>99.9</v>
+        <v>85</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786051863375</t>
+          <t>9786051865959</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Saklı Vaha</t>
+          <t>Atların Plakası Olmaz</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786051863535</t>
+          <t>9786051862392</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Nadal - Benim Hikayem</t>
+          <t>Parçalanmış - Soğuk Uyanış Serisi 3. Kitap</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>79</v>
+        <v>150</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786051863542</t>
+          <t>9786051862385</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Ronaldo - Mükemmelliğe Giden Yol</t>
+          <t>Kırılmış - Soğuk Uyanış Serisi 2. Kitap</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786051869377</t>
+          <t>9786051865904</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Sahte Krallık</t>
+          <t>Haydi Gel Vazgeçme</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>395</v>
+        <v>47</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786051862712</t>
+          <t>9786051865591</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Zentangle - Çizgilerle Rahatla</t>
+          <t>Nikola Tesla’nın Sıra Dışı Hayatı</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>80</v>
+        <v>195</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786051860343</t>
+          <t>9786051865348</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Sahibinin Kullanım Kılavuzu</t>
+          <t>Messi - Futbol'un Mozart'ı</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>3996051861517</t>
+          <t>9786051864952</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Benim Vücudum ve Senin Vücudun</t>
+          <t>Profesör Moriarty 2 - Öldürülmesi Gereken Hikaye</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>17</v>
+        <v>150</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786051862538</t>
+          <t>9786051864624</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş (Ciltli)</t>
+          <t>Ve Bir Americano</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>210</v>
+        <v>100</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786051861784</t>
+          <t>9786051863627</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Tekrar Ergen Olsam</t>
+          <t>Ev Yapımı Makarnalar</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>130</v>
+        <v>149</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786051862477</t>
+          <t>9786051864563</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Michael Schumacher</t>
+          <t>Miçolojik Dünya</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>130</v>
+        <v>80</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>8681251040070</t>
+          <t>9786050322217</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Find Twins Hafıza ve Eşleştirme Oyunu - Sevimli Minikler 54 Parça</t>
+          <t>Yerçekimi Melodisi</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>12.9</v>
+        <v>150</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>8681251040018</t>
+          <t>9786051864280</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Find Twins Hafıza ve Eşleştirme Oyunu - Oyuncular Serisi 54 Parça</t>
+          <t>Benden Başka Herkes</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>12.9</v>
+        <v>150</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>8681251040056</t>
+          <t>9786053489962</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Find Twins Hafıza ve Eşleştirme Oyunu - Vahşi Hayvanlar 54 Parça</t>
+          <t>Kobe Bryant</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>12.9</v>
+        <v>395</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>8681251040063</t>
+          <t>9786051863610</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Find Twins Hafıza ve Eşleştirme Oyunu - Alfabe Öğreniyorum 54 Parça</t>
+          <t>Neymar - Bir Futbol Sihirbazının İzinde</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>12.9</v>
+        <v>225</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>8681251040049</t>
+          <t>3990000077763</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Find Twins Hafıza ve Eşleştirme Oyunu - Sevimli Hayvanlar 54 Parça</t>
+          <t>Ted Dekker - Çember Serisi (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>12.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>8681251040032</t>
+          <t>9786051863375</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Find Twins Hafıza ve Eşleştirme Oyunu - Sevimli Hayvanlar Büyük 54 Parça</t>
+          <t>Saklı Vaha</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>12.9</v>
+        <v>85</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786051862156</t>
+          <t>9786051863535</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Tek Mazereti Aşktı</t>
+          <t>Nadal - Benim Hikayem</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>160</v>
+        <v>79</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786051861746</t>
+          <t>9786051863542</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Yirmi Dokuz Buçuk Neden</t>
+          <t>Ronaldo - Mükemmelliğe Giden Yol</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>160</v>
+        <v>195</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>3990000070059</t>
+          <t>9786051869377</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Martı Sherlock Holmes - Aklın Şüphesi Suçun Gerçeğidir (Defter)</t>
+          <t>Sahte Krallık</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>6</v>
+        <v>395</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786051860633</t>
+          <t>9786051862712</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Karanlıkta Bir Çığlık</t>
+          <t>Zentangle - Çizgilerle Rahatla</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>3990000033719</t>
+          <t>9786051860343</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mucizeler Dükkanı (Defter)</t>
+          <t>Çocuk Sahibinin Kullanım Kılavuzu</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>5.08</v>
+        <v>195</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786051860138</t>
+          <t>3996051861517</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Ev Yapımı Turtalar ve Tartlar</t>
+          <t>Benim Vücudum ve Senin Vücudun</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>149</v>
+        <v>17</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786051861074</t>
+          <t>9786051862538</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Ateşli</t>
+          <t>Bir Varmış Bir Yokmuş (Ciltli)</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>8681322346087</t>
+          <t>9786051861784</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Yörünge (Defter)</t>
+          <t>Tekrar Ergen Olsam</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>6</v>
+        <v>130</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786051866345</t>
+          <t>9786051862477</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Ali / Dünyanın Kralı</t>
+          <t>Michael Schumacher</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>290</v>
+        <v>130</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786053489115</t>
+          <t>8681251040070</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Eskort 2. Kitap</t>
+          <t>Find Twins Hafıza ve Eşleştirme Oyunu - Sevimli Minikler 54 Parça</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>160</v>
+        <v>12.9</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786053489573</t>
+          <t>8681251040018</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Biraz Yağmur Biraz Güneş</t>
+          <t>Find Twins Hafıza ve Eşleştirme Oyunu - Oyuncular Serisi 54 Parça</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>160</v>
+        <v>12.9</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786053488897</t>
+          <t>8681251040056</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Sevme Beni Yanarsın</t>
+          <t>Find Twins Hafıza ve Eşleştirme Oyunu - Vahşi Hayvanlar 54 Parça</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>100</v>
+        <v>12.9</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786050321357</t>
+          <t>8681251040063</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Gibi Düşünmek</t>
+          <t>Find Twins Hafıza ve Eşleştirme Oyunu - Alfabe Öğreniyorum 54 Parça</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>155</v>
+        <v>12.9</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786053488378</t>
+          <t>8681251040049</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Kösem Dört Devrin Sultanı (Ciltli)</t>
+          <t>Find Twins Hafıza ve Eşleştirme Oyunu - Sevimli Hayvanlar 54 Parça</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>225</v>
+        <v>12.9</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786254485466</t>
+          <t>8681251040032</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Kadınlar</t>
+          <t>Find Twins Hafıza ve Eşleştirme Oyunu - Sevimli Hayvanlar Büyük 54 Parça</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>170</v>
+        <v>12.9</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>3990053488743</t>
+          <t>9786051862156</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yıl Büyüsü</t>
+          <t>Tek Mazereti Aşktı</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>14</v>
+        <v>160</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>3990000029138</t>
+          <t>9786051861746</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Psikopat (Günlük)</t>
+          <t>Yirmi Dokuz Buçuk Neden</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>16.1</v>
+        <v>160</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>8681322346032</t>
+          <t>3990000070059</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Martı Küçük Hırsız (Günlük)</t>
+          <t>Martı Sherlock Holmes - Aklın Şüphesi Suçun Gerçeğidir (Defter)</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>3001428100119</t>
+          <t>9786051860633</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Martı Yörünge (Defter)</t>
+          <t>Sessiz Karanlıkta Bir Çığlık</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>6</v>
+        <v>160</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>3990000029129</t>
+          <t>3990000033719</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Martı Psikopat (Defter)</t>
+          <t>Küçük Mucizeler Dükkanı (Defter)</t>
         </is>
       </c>
       <c r="C546" s="1">
         <v>5.08</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>3990000029127</t>
+          <t>9786051860138</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Martı Küçük Mucizeler Dükkanı (Günlük)</t>
+          <t>Ev Yapımı Turtalar ve Tartlar</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>5.08</v>
+        <v>149</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>3990000029120</t>
+          <t>9786051861074</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Martı Küçük Hırsız (Defter)</t>
+          <t>Ateşli</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>5.08</v>
+        <v>130</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>3990000029121</t>
+          <t>8681322346087</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Martı Kitap Hırsızı (Defter)</t>
+          <t>Yörünge (Defter)</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>5.08</v>
+        <v>6</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>3990000029119</t>
+          <t>9786051866345</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Martı Benim Yolum (Defter)</t>
+          <t>Muhammed Ali / Dünyanın Kralı</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>5.08</v>
+        <v>290</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786053487548</t>
+          <t>9786053489115</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Engerek</t>
+          <t>Eskort 2. Kitap</t>
         </is>
       </c>
       <c r="C551" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786050321876</t>
+          <t>9786053489573</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Kafes</t>
+          <t>Biraz Yağmur Biraz Güneş</t>
         </is>
       </c>
       <c r="C552" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786053485551</t>
+          <t>9786053488897</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar</t>
+          <t>Sevme Beni Yanarsın</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786051869353</t>
+          <t>9786050321357</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Çöküş ve Yükseliş</t>
+          <t>Sherlock Gibi Düşünmek</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>395</v>
+        <v>155</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786053480273</t>
+          <t>9786053488378</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Gerçekler Kanıt İster - Sherlock Holmes</t>
+          <t>Kösem Dört Devrin Sultanı (Ciltli)</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>130</v>
+        <v>225</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786053480563</t>
+          <t>9786254485466</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Aklın Şüphesi Suçun Gerçeğidir - Sherlock Holmes</t>
+          <t>Güçlü Kadınlar</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786053484608</t>
+          <t>3990053488743</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Rafael Nadal - Benim Hikayem</t>
+          <t>Yeni Yıl Büyüsü</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>39</v>
+        <v>14</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786053482802</t>
+          <t>3990000029138</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Postacı Kapıyı Çalmayacak</t>
+          <t>Psikopat (Günlük)</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>295</v>
+        <v>16.1</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786051869247</t>
+          <t>8681322346032</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Kuşatma ve Fırtına</t>
+          <t>Martı Küçük Hırsız (Günlük)</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>350</v>
+        <v>20</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786053485339</t>
+          <t>3001428100119</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Uyurgezer Anılar</t>
+          <t>Martı Yörünge (Defter)</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786053482703</t>
+          <t>3990000029129</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Üç Oda Bir Yanlızlık</t>
+          <t>Martı Psikopat (Defter)</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>28</v>
+        <v>5.08</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786053489108</t>
+          <t>3990000029127</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Eskort</t>
+          <t>Martı Küçük Mucizeler Dükkanı (Günlük)</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>160</v>
+        <v>5.08</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786053483366</t>
+          <t>3990000029120</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Oxford Kitaplığı Set 2 (12 Kitap Takım)</t>
+          <t>Martı Küçük Hırsız (Defter)</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>67</v>
+        <v>5.08</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786053483359</t>
+          <t>3990000029121</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Oxford Kitaplığı Set 1 (12 Kitap Takım)</t>
+          <t>Martı Kitap Hırsızı (Defter)</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>67</v>
+        <v>5.08</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786053482642</t>
+          <t>3990000029119</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Spartaküs: Ölüm Yolcuları</t>
+          <t>Martı Benim Yolum (Defter)</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>25</v>
+        <v>5.08</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786053483403</t>
+          <t>9786053487548</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Hoşça Kal Demeden</t>
+          <t>Engerek</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>59</v>
+        <v>160</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786053483878</t>
+          <t>9786050321876</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Güzel Bir Gün</t>
+          <t>Kafes</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>69</v>
+        <v>160</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786254483776</t>
+          <t>9786053485551</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Tek Başına - Dedektif D.D. Warren Serisi</t>
+          <t>Kadınlar</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>69</v>
+        <v>160</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>3996053482932</t>
+          <t>9786051869353</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Büyük Minik Dinozor</t>
+          <t>Çöküş ve Yükseliş</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>7.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786053482222</t>
+          <t>9786053480273</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Cenneti Öldürmek</t>
+          <t>Gerçekler Kanıt İster - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9789758461745</t>
+          <t>9786053480563</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Vittorio</t>
+          <t>Aklın Şüphesi Suçun Gerçeğidir - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>19</v>
+        <v>120</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9789758461011</t>
+          <t>9786053484608</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Vampir Vittorio</t>
+          <t>Rafael Nadal - Benim Hikayem</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>11.57</v>
+        <v>39</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786054335558</t>
+          <t>9786053482802</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Talih</t>
+          <t>Postacı Kapıyı Çalmayacak</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>25</v>
+        <v>295</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786051869629</t>
+          <t>9786051869247</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Hükümdar</t>
+          <t>Kuşatma ve Fırtına</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>10</v>
+        <v>350</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786053480204</t>
+          <t>9786053485339</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Hiç Kimse Sıradan Değildir</t>
+          <t>Uyurgezer Anılar</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>350</v>
+        <v>21</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786053482208</t>
+          <t>9786053482703</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Tüm Hikayeleri - Tek Kitap (Ciltli)</t>
+          <t>Üç Oda Bir Yanlızlık</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>69.5</v>
+        <v>28</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786055420659</t>
+          <t>9786053489108</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Bir Yumak Mutluluk</t>
+          <t>Eskort</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>26</v>
+        <v>160</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786053481096</t>
+          <t>9786053483366</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Bir Dilekle Başladı Her şey (Ciltli)</t>
+          <t>Oxford Kitaplığı Set 2 (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>29</v>
+        <v>67</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786053481645</t>
+          <t>9786053483359</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Son Detay - Myron Bolitar Serisi</t>
+          <t>Oxford Kitaplığı Set 1 (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>30</v>
+        <v>67</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786053482468</t>
+          <t>9786053482642</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Zayıflamak İçin Biraz Vaktiniz Var mı?</t>
+          <t>Spartaküs: Ölüm Yolcuları</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>28</v>
+        <v>25</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786053482284</t>
+          <t>9786053483403</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Karanlık: Merrick</t>
+          <t>Hoşça Kal Demeden</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>25</v>
+        <v>59</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786053482024</t>
+          <t>9786053483878</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Kurtlara Söyle Eve Döndüm</t>
+          <t>Güzel Bir Gün</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>395</v>
+        <v>69</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786053480174</t>
+          <t>9786254483776</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Benim Çılgın Ailem</t>
+          <t>Tek Başına - Dedektif D.D. Warren Serisi</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>20.5</v>
+        <v>69</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786053481911</t>
+          <t>3996053482932</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Bahçemde Yeşeren Umutlar</t>
+          <t>Büyük Minik Dinozor</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>15</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786053481157</t>
+          <t>9786053482222</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Unutulan Çocukları</t>
+          <t>Cenneti Öldürmek</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>225</v>
+        <v>160</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>3990000004759</t>
+          <t>9789758461745</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Süper Sudoku</t>
+          <t>Vittorio</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>7</v>
+        <v>19</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786053480808</t>
+          <t>9789758461011</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Sır Perdesi Aralanıyor - Kızıl Dosya</t>
+          <t>Vampir Vittorio</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>15</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786053480044</t>
+          <t>9786054335558</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Çığlık - Dedektif D.D. Warren Serisi</t>
+          <t>Lanetli Talih</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>170</v>
+        <v>25</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786054335022</t>
+          <t>9786051869629</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Anne Mutlu Bebek</t>
+          <t>Hükümdar</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>90</v>
+        <v>10</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786254485442</t>
+          <t>9786053480204</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Düşünce Gücüyle Yaşam Boyu Mutluluk</t>
+          <t>Hiç Kimse Sıradan Değildir</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>195</v>
+        <v>350</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
+          <t>9786053482208</t>
+        </is>
+      </c>
+      <c r="B591" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes Tüm Hikayeleri - Tek Kitap (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C591" s="1">
+        <v>69.5</v>
+      </c>
+    </row>
+    <row r="592" spans="1:3">
+      <c r="A592" s="1" t="inlineStr">
+        <is>
+          <t>9786055420659</t>
+        </is>
+      </c>
+      <c r="B592" s="1" t="inlineStr">
+        <is>
+          <t>Bir Yumak Mutluluk</t>
+        </is>
+      </c>
+      <c r="C592" s="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="593" spans="1:3">
+      <c r="A593" s="1" t="inlineStr">
+        <is>
+          <t>9786053481096</t>
+        </is>
+      </c>
+      <c r="B593" s="1" t="inlineStr">
+        <is>
+          <t>Bir Dilekle Başladı Her şey (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C593" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="594" spans="1:3">
+      <c r="A594" s="1" t="inlineStr">
+        <is>
+          <t>9786053481645</t>
+        </is>
+      </c>
+      <c r="B594" s="1" t="inlineStr">
+        <is>
+          <t>Son Detay - Myron Bolitar Serisi</t>
+        </is>
+      </c>
+      <c r="C594" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="595" spans="1:3">
+      <c r="A595" s="1" t="inlineStr">
+        <is>
+          <t>9786053482468</t>
+        </is>
+      </c>
+      <c r="B595" s="1" t="inlineStr">
+        <is>
+          <t>Zayıflamak İçin Biraz Vaktiniz Var mı?</t>
+        </is>
+      </c>
+      <c r="C595" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="596" spans="1:3">
+      <c r="A596" s="1" t="inlineStr">
+        <is>
+          <t>9786053482284</t>
+        </is>
+      </c>
+      <c r="B596" s="1" t="inlineStr">
+        <is>
+          <t>Sonsuz Karanlık: Merrick</t>
+        </is>
+      </c>
+      <c r="C596" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="597" spans="1:3">
+      <c r="A597" s="1" t="inlineStr">
+        <is>
+          <t>9786053482024</t>
+        </is>
+      </c>
+      <c r="B597" s="1" t="inlineStr">
+        <is>
+          <t>Kurtlara Söyle Eve Döndüm</t>
+        </is>
+      </c>
+      <c r="C597" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="598" spans="1:3">
+      <c r="A598" s="1" t="inlineStr">
+        <is>
+          <t>9786053480174</t>
+        </is>
+      </c>
+      <c r="B598" s="1" t="inlineStr">
+        <is>
+          <t>Benim Çılgın Ailem</t>
+        </is>
+      </c>
+      <c r="C598" s="1">
+        <v>20.5</v>
+      </c>
+    </row>
+    <row r="599" spans="1:3">
+      <c r="A599" s="1" t="inlineStr">
+        <is>
+          <t>9786053481911</t>
+        </is>
+      </c>
+      <c r="B599" s="1" t="inlineStr">
+        <is>
+          <t>Bahçemde Yeşeren Umutlar</t>
+        </is>
+      </c>
+      <c r="C599" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="600" spans="1:3">
+      <c r="A600" s="1" t="inlineStr">
+        <is>
+          <t>9786053481157</t>
+        </is>
+      </c>
+      <c r="B600" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı'nın Unutulan Çocukları</t>
+        </is>
+      </c>
+      <c r="C600" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="601" spans="1:3">
+      <c r="A601" s="1" t="inlineStr">
+        <is>
+          <t>3990000004759</t>
+        </is>
+      </c>
+      <c r="B601" s="1" t="inlineStr">
+        <is>
+          <t>Süper Sudoku</t>
+        </is>
+      </c>
+      <c r="C601" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="602" spans="1:3">
+      <c r="A602" s="1" t="inlineStr">
+        <is>
+          <t>9786053480808</t>
+        </is>
+      </c>
+      <c r="B602" s="1" t="inlineStr">
+        <is>
+          <t>Sır Perdesi Aralanıyor - Kızıl Dosya</t>
+        </is>
+      </c>
+      <c r="C602" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="603" spans="1:3">
+      <c r="A603" s="1" t="inlineStr">
+        <is>
+          <t>9786053480044</t>
+        </is>
+      </c>
+      <c r="B603" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz Çığlık - Dedektif D.D. Warren Serisi</t>
+        </is>
+      </c>
+      <c r="C603" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="604" spans="1:3">
+      <c r="A604" s="1" t="inlineStr">
+        <is>
+          <t>9786054335022</t>
+        </is>
+      </c>
+      <c r="B604" s="1" t="inlineStr">
+        <is>
+          <t>Sağlıklı Anne Mutlu Bebek</t>
+        </is>
+      </c>
+      <c r="C604" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="605" spans="1:3">
+      <c r="A605" s="1" t="inlineStr">
+        <is>
+          <t>9786254485442</t>
+        </is>
+      </c>
+      <c r="B605" s="1" t="inlineStr">
+        <is>
+          <t>Pozitif Düşünce Gücüyle Yaşam Boyu Mutluluk</t>
+        </is>
+      </c>
+      <c r="C605" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="606" spans="1:3">
+      <c r="A606" s="1" t="inlineStr">
+        <is>
           <t>9786051866420</t>
         </is>
       </c>
-      <c r="B591" s="1" t="inlineStr">
+      <c r="B606" s="1" t="inlineStr">
         <is>
           <t>Kusursuz</t>
         </is>
       </c>
-      <c r="C591" s="1">
+      <c r="C606" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>