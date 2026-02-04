--- v1 (2025-12-15)
+++ v2 (2026-02-04)
@@ -85,9115 +85,9235 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786253662516</t>
+          <t>9786253662608</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kemeraltı - Gazi Paşa'ya Suikast</t>
+          <t>Son Bir Parti</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786253662585</t>
+          <t>9786253662622</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kıskançlık Kralı</t>
+          <t>Veba</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786253662578</t>
+          <t>9786253662530</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Suikastçının Kalbi (Ciltli)</t>
+          <t>Kemiğe Oyulu Lanet (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786253662394</t>
+          <t>9786253662547</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Haris</t>
+          <t>Şeytanla Yakınlaşma</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786253662561</t>
+          <t>9786253662615</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Tutkunun Tanrısı 1 (Ciltli)</t>
+          <t>King - İttifak Serisi 2. Kitap</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786053486077</t>
+          <t>9786253662448</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo (3 Boyutlu) (Ciltli)</t>
+          <t>Yaktığımız Gerçekler</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055420727</t>
+          <t>9786253662455</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz</t>
+          <t>Arzuladığımız Kan Kısım 1</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>130</v>
+        <v>290</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786253662318</t>
+          <t>9786253662325</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sonu Olmayan Yol</t>
+          <t>Çaldığımız Yalanlar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>490</v>
+        <v>320</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786253662479</t>
+          <t>9786253662516</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Bana Söz Verme</t>
+          <t>Kemeraltı - Gazi Paşa'ya Suikast</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786253662493</t>
+          <t>9786253662585</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yeminler ve Yıkıntılar</t>
+          <t>Kıskançlık Kralı</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786253662509</t>
+          <t>9786253662578</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kan ve Çelik</t>
+          <t>Suikastçının Kalbi (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786253662349</t>
+          <t>9786253662394</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ben Gittiğimde Bile</t>
+          <t>Haris</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786253662462</t>
+          <t>9786253662561</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Gözlerini Aç</t>
+          <t>Tutkunun Tanrısı 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786253662486</t>
+          <t>9786053486077</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Forvet</t>
+          <t>Pinokyo (3 Boyutlu) (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786253662356</t>
+          <t>9786055420727</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Yıldızları</t>
+          <t>Kusursuz</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>325</v>
+        <v>130</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786253662295</t>
+          <t>9786253662318</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Nehrin Tanıdık Şarkısı</t>
+          <t>Sonu Olmayan Yol</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>325</v>
+        <v>490</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786253662301</t>
+          <t>9786253662479</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Enigma</t>
+          <t>Bana Söz Verme</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>375</v>
+        <v>325</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786253662233</t>
+          <t>9786253662493</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Nero</t>
+          <t>Yeminler ve Yıkıntılar</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786253662424</t>
+          <t>9786253662509</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Geriye Sadece Karanlık Kaldı (Ciltli)</t>
+          <t>Kan ve Çelik</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786253662417</t>
+          <t>9786253662349</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Haris (Kutulu) (Ciltli)</t>
+          <t>Ben Gittiğimde Bile</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>599</v>
+        <v>290</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055420956</t>
+          <t>9786253662462</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Suç Detayda Saklıdır - Sherlock Holmes</t>
+          <t>Şimdi Gözlerini Aç</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786053487142</t>
+          <t>9786253662486</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İhanetin Beş Yüzü</t>
+          <t>Forvet</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>160</v>
+        <v>390</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786254486524</t>
+          <t>9786253662356</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Orion (Ciltli)</t>
+          <t>Kuzey Yıldızları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>315</v>
+        <v>325</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786051869889</t>
+          <t>9786253662295</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Gencim Doğruyum - Genç Olmak</t>
+          <t>Nehrin Tanıdık Şarkısı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>110</v>
+        <v>325</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786253662332</t>
+          <t>9786253662301</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Altı'yı Kazanmak</t>
+          <t>Enigma</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>495</v>
+        <v>375</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786253662387</t>
+          <t>9786253662233</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Cambaz - 7 Tutsak 1 Ölü</t>
+          <t>Nero</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786253662400</t>
+          <t>9786253662424</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Cambaz - 7 Tutsak 1 Ölü (Kutulu) (Ciltli)</t>
+          <t>Geriye Sadece Karanlık Kaldı (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>599</v>
+        <v>390</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786253662226</t>
+          <t>9786253662417</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Gazabı (Ciltli)</t>
+          <t>Haris (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>495</v>
+        <v>599</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786253662219</t>
+          <t>9786055420956</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Gazabı</t>
+          <t>Suç Detayda Saklıdır - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786253662165</t>
+          <t>9786053487142</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kanla Yazılı Kader</t>
+          <t>İhanetin Beş Yüzü</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786253662257</t>
+          <t>9786254486524</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Savaş (Ciltli)</t>
+          <t>Orion (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>395</v>
+        <v>315</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786253662264</t>
+          <t>9786051869889</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Savaş</t>
+          <t>Gencim Doğruyum - Genç Olmak</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>295</v>
+        <v>110</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786253662271</t>
+          <t>9786253662332</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Sınırında</t>
+          <t>Altı'yı Kazanmak</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>295</v>
+        <v>495</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786253661939</t>
+          <t>9786253662387</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Geride Bıraktığımız Şeyler</t>
+          <t>Cambaz - 7 Tutsak 1 Ölü</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>295</v>
+        <v>325</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786253662240</t>
+          <t>9786253662400</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Keyif Kralı</t>
+          <t>Cambaz - 7 Tutsak 1 Ölü (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>295</v>
+        <v>599</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786253662189</t>
+          <t>9786253662226</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Batı Dalgaları</t>
+          <t>Tanrıların Gazabı (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>495</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786253662202</t>
+          <t>9786253662219</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Riley Thorn ve Geçmişten Gelen Öfke</t>
+          <t>Tanrıların Gazabı</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786253662172</t>
+          <t>9786253662165</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ateşi Körükle</t>
+          <t>Kanla Yazılı Kader</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>395</v>
+        <v>450</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786253661441</t>
+          <t>9786253662257</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yılan ve Gecenin Kanatları</t>
+          <t>Sonsuz Savaş (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>350</v>
+        <v>395</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786254482748</t>
+          <t>9786253662264</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Grishaverse Serisi Kutulu - (6 Kitap Takım)</t>
+          <t>Sonsuz Savaş</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>2225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786254489037</t>
+          <t>9786253662271</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Made Serisi Kutulu - 3 Kitap</t>
+          <t>Aşkın Sınırında</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>1050</v>
+        <v>295</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786254487996</t>
+          <t>9786253661939</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>02:02 Ayçiçeği Karnavalı</t>
+          <t>Geride Bıraktığımız Şeyler</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>99</v>
+        <v>295</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786254487736</t>
+          <t>9786253662240</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>En Tatlı Kaçış</t>
+          <t>Keyif Kralı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>350</v>
+        <v>295</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786253662066</t>
+          <t>9786253662189</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Şeytanla Tatil</t>
+          <t>Batı Dalgaları</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786253662158</t>
+          <t>9786253662202</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Son</t>
+          <t>Riley Thorn ve Geçmişten Gelen Öfke</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786253662196</t>
+          <t>9786253662172</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Raven'ın Peşinde (Ciltli)</t>
+          <t>Ateşi Körükle</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>350</v>
+        <v>395</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786253662042</t>
+          <t>9786253661441</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kargalar Meclisi (Ciltli)</t>
+          <t>Yılan ve Gecenin Kanatları</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>490</v>
+        <v>350</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786253662059</t>
+          <t>9786254482748</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sahte Krallık (Ciltli)</t>
+          <t>Grishaverse Serisi Kutulu - (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>490</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786254487224</t>
+          <t>9786254489037</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Gökyüzü Olmak İstedik - Lordlar ve Varisler</t>
+          <t>Made Serisi Kutulu - 3 Kitap</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>265</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786253662134</t>
+          <t>9786254487996</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Altı'yı Kurtarmak</t>
+          <t>02:02 Ayçiçeği Karnavalı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>350</v>
+        <v>99</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786253662073</t>
+          <t>9786254487736</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>On Üç'ü Bağlamak</t>
+          <t>En Tatlı Kaçış</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>395</v>
+        <v>350</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786253662080</t>
+          <t>9786253662066</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>On Üç'ü Saklamak</t>
+          <t>Şeytanla Tatil</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>395</v>
+        <v>225</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786253662127</t>
+          <t>9786253662158</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ölüm ve Şafağın Annesi (Ciltli)</t>
+          <t>Mutlu Son</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>495</v>
+        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786253662110</t>
+          <t>9786253662196</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ölüm ve Şafağın Annesi</t>
+          <t>Raven'ın Peşinde (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>395</v>
+        <v>350</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786253662011</t>
+          <t>9786253662042</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Doğu Işıkları</t>
+          <t>Kargalar Meclisi (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>225</v>
+        <v>490</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786253662028</t>
+          <t>9786253662059</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kargalar Meclisi</t>
+          <t>Sahte Krallık (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>350</v>
+        <v>490</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786253662035</t>
+          <t>9786254487224</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Sahte Krallık</t>
+          <t>Hepimiz Gökyüzü Olmak İstedik - Lordlar ve Varisler</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>350</v>
+        <v>265</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786253662141</t>
+          <t>9786253662134</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Düzenbaz - 7 Tutsak 1 Ölü (Kutulu) (Ciltli)</t>
+          <t>Altı'yı Kurtarmak</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786253662097</t>
+          <t>9786253662073</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Düzenbaz - 7 Tutsak 1 Ölü</t>
+          <t>On Üç'ü Bağlamak</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>250</v>
+        <v>395</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786253662004</t>
+          <t>9786253662080</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yok Edici</t>
+          <t>On Üç'ü Saklamak</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>195</v>
+        <v>395</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786254486333</t>
+          <t>9786253662127</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Lordlar ve Varisler - Hepimiz Gökyüzü Olmak İstedik (Ciltli)</t>
+          <t>Ölüm ve Şafağın Annesi (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>345</v>
+        <v>495</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786253661984</t>
+          <t>9786253662110</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki İblis</t>
+          <t>Ölüm ve Şafağın Annesi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>325</v>
+        <v>395</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786253661878</t>
+          <t>9786253662011</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Gölge ve Kemik Üçlemesi</t>
+          <t>Doğu Işıkları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>850</v>
+        <v>225</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786253661946</t>
+          <t>9786253662028</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Riley Thorn ve Dolaptaki Ceset</t>
+          <t>Kargalar Meclisi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786253661915</t>
+          <t>9786253662035</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Tükenmiş Günahkarlar</t>
+          <t>Sahte Krallık</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786253661953</t>
+          <t>9786253662141</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Güney Fırtınaları</t>
+          <t>Düzenbaz - 7 Tutsak 1 Ölü (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786253661991</t>
+          <t>9786253662097</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Raven Suikastçısı (Ciltli)</t>
+          <t>Düzenbaz - 7 Tutsak 1 Ölü</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786253661885</t>
+          <t>9786253662004</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Gizli Şanghay Dünyası (Ciltli)</t>
+          <t>Yok Edici</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>1250</v>
+        <v>195</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786253661922</t>
+          <t>9786254486333</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Hırs Kralı</t>
+          <t>Lordlar ve Varisler - Hepimiz Gökyüzü Olmak İstedik (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>195</v>
+        <v>345</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256312364</t>
+          <t>9786253661984</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Küçük Olimposlular - Hermes</t>
+          <t>Ormandaki İblis</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>100</v>
+        <v>325</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256312371</t>
+          <t>9786253661878</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Küçük Olimposlular - Artemis</t>
+          <t>Gölge ve Kemik Üçlemesi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>100</v>
+        <v>850</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256312357</t>
+          <t>9786253661946</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Küçük Olimposlular - Athena</t>
+          <t>Riley Thorn ve Dolaptaki Ceset</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>100</v>
+        <v>225</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256312340</t>
+          <t>9786253661915</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Küçük Olimposlular - Zeus</t>
+          <t>Tükenmiş Günahkarlar</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>100</v>
+        <v>275</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786253661908</t>
+          <t>9786253661953</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Atlas Serisi (Ciltli)</t>
+          <t>Güney Fırtınaları</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>1350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786253661892</t>
+          <t>9786253661991</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Atlas Serisi</t>
+          <t>Raven Suikastçısı (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>950</v>
+        <v>350</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786254487798</t>
+          <t>9786253661885</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Saklambaç (Ciltli)</t>
+          <t>Gizli Şanghay Dünyası (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>315</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786254485893</t>
+          <t>9786253661922</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Paha Biçilmez - Amato Kardeşler 3. Kitap</t>
+          <t>Hırs Kralı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>49</v>
+        <v>195</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786050321517</t>
+          <t>9786256312364</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hades</t>
+          <t>Küçük Olimposlular - Hermes</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>49</v>
+        <v>100</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786254485299</t>
+          <t>9786256312371</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Dikenlerin Dili (Ciltli)</t>
+          <t>Küçük Olimposlular - Artemis</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>210</v>
+        <v>100</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786253661854</t>
+          <t>9786256312357</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sahtekar Kalpli Avcı</t>
+          <t>Küçük Olimposlular - Athena</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786253661861</t>
+          <t>9786256312340</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sahtekar Kalpli Avcı (Ciltli)</t>
+          <t>Küçük Olimposlular - Zeus</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>495</v>
+        <v>100</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786051868554</t>
+          <t>9786253661908</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk</t>
+          <t>Atlas Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>39</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786051866321</t>
+          <t>9786253661892</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Suarez - Sıfırdan Zirveye</t>
+          <t>Atlas Serisi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>100</v>
+        <v>950</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786050320398</t>
+          <t>9786254487798</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Bir Kış Büyüsü</t>
+          <t>Saklambaç (Ciltli)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>160</v>
+        <v>315</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786253661779</t>
+          <t>9786254485893</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Masum Bir Yalan</t>
+          <t>Paha Biçilmez - Amato Kardeşler 3. Kitap</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>190</v>
+        <v>49</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786253661700</t>
+          <t>9786050321517</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Atlas Kompleksi (Ciltli)</t>
+          <t>Hades</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>495</v>
+        <v>49</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786253661823</t>
+          <t>9786254485299</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Bir Umuda Âşık Oldum</t>
+          <t>Dikenlerin Dili (Ciltli)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786254485886</t>
+          <t>9786253661854</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Pogba - Mbappe - Griezmann</t>
+          <t>Sahtekar Kalpli Avcı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786254485831</t>
+          <t>9786253661861</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Messi-Neymar-Ronaldo</t>
+          <t>Sahtekar Kalpli Avcı (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>150</v>
+        <v>495</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786253661816</t>
+          <t>9786051868554</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Hades X Persephone</t>
+          <t>Yolculuk</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>995</v>
+        <v>39</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786253661847</t>
+          <t>9786051866321</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Korkunç Kabuslar Listesi</t>
+          <t>Suarez - Sıfırdan Zirveye</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>295</v>
+        <v>100</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786253661793</t>
+          <t>9786050320398</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kuşatma ve Fırtına</t>
+          <t>Bir Kış Büyüsü</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>295</v>
+        <v>160</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786253661786</t>
+          <t>9786253661779</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Gölge ve Kemik</t>
+          <t>Masum Bir Yalan</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>295</v>
+        <v>190</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786253661809</t>
+          <t>9786253661700</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Çöküş ve Yükseliş</t>
+          <t>Atlas Kompleksi (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>295</v>
+        <v>495</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786253661694</t>
+          <t>9786253661823</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Atlas Kompleksi</t>
+          <t>Bir Umuda Âşık Oldum</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786253661830</t>
+          <t>9786254485886</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Dek Bağımlı</t>
+          <t>Pogba - Mbappe - Griezmann</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786253661298</t>
+          <t>9786254485831</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Mahkum Günahkarlar</t>
+          <t>Messi-Neymar-Ronaldo</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786253661755</t>
+          <t>9786253661816</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Cellat</t>
+          <t>Hades X Persephone</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>190</v>
+        <v>995</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786253661687</t>
+          <t>9786253661847</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir İyilik</t>
+          <t>Korkunç Kabuslar Listesi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>190</v>
+        <v>295</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786253661731</t>
+          <t>9786253661793</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Taht</t>
+          <t>Kuşatma ve Fırtına</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>190</v>
+        <v>295</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786253661748</t>
+          <t>9786253661786</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Taht (Ciltli)</t>
+          <t>Gölge ve Kemik</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>250</v>
+        <v>295</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786254484100</t>
+          <t>9786253661809</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Amato Kardeşler 1. Kitap - Kalpsiz</t>
+          <t>Çöküş ve Yükseliş</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>49</v>
+        <v>295</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786253661762</t>
+          <t>9786253661694</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Oyunbaz - 7 Tutsak 1 Ölü (Kutulu Set) (Ciltli)</t>
+          <t>Atlas Kompleksi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786253661717</t>
+          <t>9786253661830</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Oyunbaz - 7 Tutsak 1 Ölü</t>
+          <t>Sonsuza Dek Bağımlı</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256312043</t>
+          <t>9786253661298</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Bir Bitin Hikayesi</t>
+          <t>Mahkum Günahkarlar</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>95</v>
+        <v>250</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786253661670</t>
+          <t>9786253661755</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Şeytanla Anlaşma</t>
+          <t>Cellat</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>225</v>
+        <v>190</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786253661656</t>
+          <t>9786253661687</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Çaresiz Atış</t>
+          <t>Küçük Bir İyilik</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>225</v>
+        <v>190</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256312166</t>
+          <t>9786253661731</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Elmas Gezegen ve Kayıp Elmas</t>
+          <t>Gümüş Taht</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>115</v>
+        <v>190</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786253661663</t>
+          <t>9786253661748</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Kaosun Dokunuşu</t>
+          <t>Gümüş Taht (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786253661595</t>
+          <t>9786254484100</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Düşmüş Tanrıların Çocukları (Ciltli)</t>
+          <t>Amato Kardeşler 1. Kitap - Kalpsiz</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>450</v>
+        <v>49</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786253661601</t>
+          <t>9786253661762</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Düşmüş Tanrıların Çocukları</t>
+          <t>Oyunbaz - 7 Tutsak 1 Ölü (Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786253661625</t>
+          <t>9786253661717</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Yazar</t>
+          <t>Oyunbaz - 7 Tutsak 1 Ölü</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>215</v>
+        <v>250</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786253661649</t>
+          <t>9786256312043</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>İmparator</t>
+          <t>Bir Bitin Hikayesi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>230</v>
+        <v>95</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786253661588</t>
+          <t>9786253661670</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Benimle Kal</t>
+          <t>Şeytanla Anlaşma</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>290</v>
+        <v>225</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786253661571</t>
+          <t>9786253661656</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Bana Söz Ver</t>
+          <t>Çaresiz Atış</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>290</v>
+        <v>225</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786253661632</t>
+          <t>9786256312166</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Son Şans</t>
+          <t>Elmas Gezegen ve Kayıp Elmas</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>250</v>
+        <v>115</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786253661618</t>
+          <t>9786253661663</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Gurur Kralı</t>
+          <t>Kaosun Dokunuşu</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>215</v>
+        <v>325</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786253661526</t>
+          <t>9786253661595</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Işıktan Sakladığımız Şeyler</t>
+          <t>Düşmüş Tanrıların Çocukları (Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786253661557</t>
+          <t>9786253661601</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Yanan Altı Gül (Ciltli)</t>
+          <t>Düşmüş Tanrıların Çocukları</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786253661540</t>
+          <t>9786253661625</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Yanan Altı Gül</t>
+          <t>Hayalet Yazar</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>120</v>
+        <v>215</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786253661564</t>
+          <t>9786253661649</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Azrail</t>
+          <t>İmparator</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786254489853</t>
+          <t>9786253661588</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Çarpık Aşk</t>
+          <t>Benimle Kal</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786253661502</t>
+          <t>9786253661571</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Şiddetin Son Çağrısı</t>
+          <t>Bana Söz Ver</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>225</v>
+        <v>290</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786253661519</t>
+          <t>9786253661632</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Şiddetin Son Çağrısı (Ciltli)</t>
+          <t>Son Şans</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786253661496</t>
+          <t>9786253661618</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Seninle Birlikte</t>
+          <t>Gurur Kralı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>395</v>
+        <v>215</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786253660536</t>
+          <t>9786253661526</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Unofficial Harry Potter Eksiksiz Bulmaca Kitabı</t>
+          <t>Işıktan Sakladığımız Şeyler</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786253661403</t>
+          <t>9786253661557</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Oyun Kurucu</t>
+          <t>Yanan Altı Gül (Ciltli)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>295</v>
+        <v>190</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786253661472</t>
+          <t>9786253661540</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Bir</t>
+          <t>Yanan Altı Gül</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786253661489</t>
+          <t>9786253661564</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>İsimsiz Günahkarlar</t>
+          <t>Azrail</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>350</v>
+        <v>195</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786253661465</t>
+          <t>9786254489853</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>On Üç’ü Saklamak</t>
+          <t>Çarpık Aşk</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>395</v>
+        <v>350</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786253661410</t>
+          <t>9786253661502</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Oniksin Şafağı</t>
+          <t>Şiddetin Son Çağrısı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786253661328</t>
+          <t>9786253661519</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Yetersiz Varis (Ciltli)</t>
+          <t>Şiddetin Son Çağrısı (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>495</v>
+        <v>350</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786253661281</t>
+          <t>9786253661496</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>... Sonra</t>
+          <t>Seninle Birlikte</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>125</v>
+        <v>395</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786253661458</t>
+          <t>9786253660536</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Yılan ve Gecenin Kanatları (Ciltli)</t>
+          <t>Unofficial Harry Potter Eksiksiz Bulmaca Kitabı</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>450</v>
+        <v>295</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786253661366</t>
+          <t>9786253661403</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Mousai Serisi</t>
+          <t>Oyun Kurucu</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>985</v>
+        <v>295</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786253661359</t>
+          <t>9786253661472</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Mousai Serisi (Ciltli)</t>
+          <t>Bir</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>1285</v>
+        <v>150</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786253661373</t>
+          <t>9786253661489</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Bir Aile Trajedisi</t>
+          <t>İsimsiz Günahkarlar</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>295</v>
+        <v>350</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786253661335</t>
+          <t>9786253661465</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Yetersiz Varis</t>
+          <t>On Üç’ü Saklamak</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786253661380</t>
+          <t>9786253661410</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kazanova</t>
+          <t>Oniksin Şafağı</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>350</v>
+        <v>295</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786253661427</t>
+          <t>9786253661328</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Düşmanım İçin</t>
+          <t>Yetersiz Varis (Ciltli)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>350</v>
+        <v>495</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786253661434</t>
+          <t>9786253661281</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Düşmanım İçin (Ciltli)</t>
+          <t>... Sonra</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>495</v>
+        <v>125</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786253661342</t>
+          <t>9786253661458</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalar İmparatorluğu Serisi (3 Kitap)</t>
+          <t>Yılan ve Gecenin Kanatları (Ciltli)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>1120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786253661304</t>
+          <t>9786253661366</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kan ve Bora: Fırtınalar İmparatorluğu - 3</t>
+          <t>Mousai Serisi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>350</v>
+        <v>985</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786253661311</t>
+          <t>9786253661359</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Yırtıcı</t>
+          <t>Mousai Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>295</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786253661397</t>
+          <t>9786253661373</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Öfke Kralı</t>
+          <t>Bir Aile Trajedisi</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786253661236</t>
+          <t>9786253661335</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Sahtekar Leydi Talih</t>
+          <t>Yetersiz Varis</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>350</v>
+        <v>395</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786253661243</t>
+          <t>9786253661380</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Sahtekar Leydi Talih (Ciltli)</t>
+          <t>Kazanova</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>495</v>
+        <v>350</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786253661212</t>
+          <t>9786253661427</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Korunmuş Serisi Kutu</t>
+          <t>Düşmanım İçin</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>690</v>
+        <v>350</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786253661205</t>
+          <t>9786253661434</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Jane Doe Serisi Kutu</t>
+          <t>Düşmanım İçin (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>580</v>
+        <v>495</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786253661199</t>
+          <t>9786253661342</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Ejderhanın Gazabı (Ciltli)</t>
+          <t>Fırtınalar İmparatorluğu Serisi (3 Kitap)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>400</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786253661182</t>
+          <t>9786253661304</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Yankısı</t>
+          <t>Kan ve Bora: Fırtınalar İmparatorluğu - 3</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>165</v>
+        <v>350</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786253661250</t>
+          <t>9786253661311</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Sakın Gelini Öpme</t>
+          <t>Yırtıcı</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786053480129</t>
+          <t>9786253661397</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Şüphe Asla Uyumaz - Sherlock Holmes</t>
+          <t>Öfke Kralı</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>140</v>
+        <v>295</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786253661229</t>
+          <t>9786253661236</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kötülüğün Dokunuşu</t>
+          <t>Sahtekar Leydi Talih</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>395</v>
+        <v>350</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786253661267</t>
+          <t>9786253661243</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Tahtın Senfonisi</t>
+          <t>Sahtekar Leydi Talih (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>295</v>
+        <v>495</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786253661274</t>
+          <t>9786253661212</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Tahtın Senfonisi (Ciltli)</t>
+          <t>Korunmuş Serisi Kutu</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>395</v>
+        <v>690</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786254487774</t>
+          <t>9786253661205</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Köprü Krallığı</t>
+          <t>Jane Doe Serisi Kutu</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>350</v>
+        <v>580</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786253661168</t>
+          <t>9786253661199</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Açlığı</t>
+          <t>Ejderhanın Gazabı (Ciltli)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>395</v>
+        <v>400</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786253661175</t>
+          <t>9786253661182</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Açlığı (Ciltli)</t>
+          <t>Zamanın Yankısı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>495</v>
+        <v>165</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786253661144</t>
+          <t>9786253661250</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İkimizin Yıkımı</t>
+          <t>Sakın Gelini Öpme</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786253661151</t>
+          <t>9786053480129</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>On Üç’ü Bağlamak</t>
+          <t>Şüphe Asla Uyumaz - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>395</v>
+        <v>140</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786253661120</t>
+          <t>9786253661229</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Tepedeki Gizemli Ev</t>
+          <t>Kötülüğün Dokunuşu</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786253660895</t>
+          <t>9786253661267</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Alevlerin Arasından</t>
+          <t>Ölümcül Tahtın Senfonisi</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786253661113</t>
+          <t>9786253661274</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Anlaşma</t>
+          <t>Ölümcül Tahtın Senfonisi (Ciltli)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>350</v>
+        <v>395</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786253661076</t>
+          <t>9786254487774</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Işıltılı Gözler</t>
+          <t>Köprü Krallığı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>295</v>
+        <v>350</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786253661106</t>
+          <t>9786253661168</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Riley Thorn ve Ölü Komşusu</t>
+          <t>Tanrıların Açlığı</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>350</v>
+        <v>395</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786253660994</t>
+          <t>9786253661175</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Tanık</t>
+          <t>Tanrıların Açlığı (Ciltli)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>395</v>
+        <v>495</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786253661069</t>
+          <t>9786253661144</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Hollow Kardeşler</t>
+          <t>İkimizin Yıkımı</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786253661090</t>
+          <t>9786253661151</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Zincirsiz</t>
+          <t>On Üç’ü Bağlamak</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>350</v>
+        <v>395</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786253661083</t>
+          <t>9786253661120</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kör Nokta</t>
+          <t>Tepedeki Gizemli Ev</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786253661137</t>
+          <t>9786253660895</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Baş Belası</t>
+          <t>Alevlerin Arasından</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786253661052</t>
+          <t>9786253661113</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Sultan’ın Şehri</t>
+          <t>Anlaşma</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>295</v>
+        <v>350</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786253661045</t>
+          <t>9786253661076</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Neredeyse Sıradan Bir Aile</t>
+          <t>Işıltılı Gözler</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786253661014</t>
+          <t>9786253661106</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Atlas Paradoksu</t>
+          <t>Riley Thorn ve Ölü Komşusu</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>395</v>
+        <v>350</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786253661021</t>
+          <t>9786253660994</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Atlas Paradoksu (Ciltli)</t>
+          <t>Yalancı Tanık</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>495</v>
+        <v>395</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786253660970</t>
+          <t>9786253661069</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Ustura Gözyaşları</t>
+          <t>Hollow Kardeşler</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786253661007</t>
+          <t>9786253661090</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Seninle Eterde Yalnız</t>
+          <t>Zincirsiz</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>295</v>
+        <v>350</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786253661038</t>
+          <t>9786253661083</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Seninle Eterde Yalnız (Ciltli)</t>
+          <t>Kör Nokta</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>315</v>
+        <v>295</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786253660949</t>
+          <t>9786253661137</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Ekran Kraliçeleri</t>
+          <t>Baş Belası</t>
         </is>
       </c>
       <c r="C180" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786253660932</t>
+          <t>9786253661052</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Uçaktaki Yabancı</t>
+          <t>Sultan’ın Şehri</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>350</v>
+        <v>295</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786253660956</t>
+          <t>9786253661045</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Üstesinden Gelemediğimiz Şeyler</t>
+          <t>Neredeyse Sıradan Bir Aile</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786253660963</t>
+          <t>9786253661014</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Dünyanın Kızı</t>
+          <t>Atlas Paradoksu</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786253660925</t>
+          <t>9786253661021</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Adil Oyun</t>
+          <t>Atlas Paradoksu (Ciltli)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>295</v>
+        <v>495</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786253660918</t>
+          <t>9786253660970</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Yanan Denizin Dansı (Ciltli)</t>
+          <t>Ustura Gözyaşları</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>495</v>
+        <v>295</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786253660901</t>
+          <t>9786253661007</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Yanan Denizin Dansı</t>
+          <t>Seninle Eterde Yalnız</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786253660888</t>
+          <t>9786253661038</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Einsteın’ın Beynini Bulmak</t>
+          <t>Seninle Eterde Yalnız (Ciltli)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>295</v>
+        <v>315</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786253660628</t>
+          <t>9786253660949</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Şifacı Serisi (2 Kitap)</t>
+          <t>Ekran Kraliçeleri</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>210</v>
+        <v>295</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786253660826</t>
+          <t>9786253660932</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Gölgesi (Ciltli)</t>
+          <t>Uçaktaki Yabancı</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>495</v>
+        <v>350</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786253660819</t>
+          <t>9786253660956</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Gölgesi</t>
+          <t>Üstesinden Gelemediğimiz Şeyler</t>
         </is>
       </c>
       <c r="C190" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786253660659</t>
+          <t>9786253660963</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Dilekler</t>
+          <t>Hiçbir Dünyanın Kızı</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786253660666</t>
+          <t>9786253660925</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Mercan ve İnci Tacı</t>
+          <t>Adil Oyun</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786253660604</t>
+          <t>9786253660918</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Pazarlıkçı Serisi (4 Kitap Kutulu)</t>
+          <t>Yanan Denizin Dansı (Ciltli)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>1250</v>
+        <v>495</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786253660611</t>
+          <t>9786253660901</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Pazarlıkçı Serisi (4 Kitap Kutulu) (Ciltli)</t>
+          <t>Yanan Denizin Dansı</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>1760</v>
+        <v>395</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786253660642</t>
+          <t>9786253660888</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Yıkımın Dokunuşu</t>
+          <t>Einsteın’ın Beynini Bulmak</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>350</v>
+        <v>295</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786253660802</t>
+          <t>9786253660628</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kuralların Yıkıldığı Yaz</t>
+          <t>Yaralı Şifacı Serisi (2 Kitap)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>295</v>
+        <v>210</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786253660598</t>
+          <t>9786253660826</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Sera Çiçeği</t>
+          <t>Tanrıların Gölgesi (Ciltli)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>350</v>
+        <v>495</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786253660635</t>
+          <t>9786253660819</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Tatil</t>
+          <t>Tanrıların Gölgesi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786253660499</t>
+          <t>9786253660659</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Lebron James Oyunun Kralı</t>
+          <t>Vahşi Dilekler</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>135</v>
+        <v>225</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786253660543</t>
+          <t>9786253660666</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Kayıp</t>
+          <t>Mercan ve İnci Tacı</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>99</v>
+        <v>295</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786253660550</t>
+          <t>9786253660604</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Orion</t>
+          <t>Pazarlıkçı Serisi (4 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>99</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786253660567</t>
+          <t>9786253660611</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Her Bir Sır</t>
+          <t>Pazarlıkçı Serisi (4 Kitap Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>295</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786253660574</t>
+          <t>9786253660642</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Çarpık Yalanlar</t>
+          <t>Yıkımın Dokunuşu</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>395</v>
+        <v>350</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786253660529</t>
+          <t>9786253660802</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Camdan ve Kardan Kızlar</t>
+          <t>Kuralların Yıkıldığı Yaz</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786253660512</t>
+          <t>9786253660598</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Akşam Yıldızlarının İmparatoru (Ciltli)</t>
+          <t>Sera Çiçeği</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>395</v>
+        <v>350</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786253660505</t>
+          <t>9786253660635</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Akşam Yıldızlarının İmparatoru</t>
+          <t>Ölümcül Tatil</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786253660451</t>
+          <t>9786253660499</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Şifacı Serisi (2 Kitap)</t>
+          <t>Lebron James Oyunun Kralı</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>420</v>
+        <v>135</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786253660437</t>
+          <t>9786253660543</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Şifacı Serisi (2 Kitap) (Ciltli)</t>
+          <t>Kayıp</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>600</v>
+        <v>99</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786253660376</t>
+          <t>9786253660550</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>İyi Komşular</t>
+          <t>Orion</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>139</v>
+        <v>99</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786253660482</t>
+          <t>9786253660567</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Hain Kraliçe (Ciltli)</t>
+          <t>Her Bir Sır</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786253660468</t>
+          <t>9786253660574</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Yağmurların Şarkısı (Ciltli)</t>
+          <t>Çarpık Yalanlar</t>
         </is>
       </c>
       <c r="C211" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786253660420</t>
+          <t>9786253660529</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük ve Devrim: Fırtınalar İmparatorluğu - 2</t>
+          <t>Camdan ve Kardan Kızlar</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786253660208</t>
+          <t>9786253660512</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Küçük Güzel Şeyler</t>
+          <t>Akşam Yıldızlarının İmparatoru (Ciltli)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>129</v>
+        <v>395</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786253660444</t>
+          <t>9786253660505</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Yağmurların Şarkısı</t>
+          <t>Akşam Yıldızlarının İmparatoru</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786253660475</t>
+          <t>9786253660451</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Hain Kraliçe</t>
+          <t>Yaralı Şifacı Serisi (2 Kitap)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>295</v>
+        <v>420</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786253660352</t>
+          <t>9786253660437</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Çarpık Nefret</t>
+          <t>Yaralı Şifacı Serisi (2 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>395</v>
+        <v>600</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786253660369</t>
+          <t>9786253660376</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünü Öp</t>
+          <t>İyi Komşular</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>350</v>
+        <v>139</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786253660413</t>
+          <t>9786253660482</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi (4 Kitap - Deri Cilt) (Ciltli)</t>
+          <t>Hain Kraliçe (Ciltli)</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>1550</v>
+        <v>395</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786253660338</t>
+          <t>9786253660468</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi - Dora (Deri Kapak) (Ciltli)</t>
+          <t>Sonsuz Yağmurların Şarkısı (Ciltli)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>385</v>
+        <v>395</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786253660314</t>
+          <t>9786253660420</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi - Aylema (Deri Kapak) (Ciltli)</t>
+          <t>Özgürlük ve Devrim: Fırtınalar İmparatorluğu - 2</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>385</v>
+        <v>395</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786253660321</t>
+          <t>9786253660208</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi - Aşeka (Deri Kapak) (Ciltli)</t>
+          <t>Küçük Güzel Şeyler</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>385</v>
+        <v>129</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786253660345</t>
+          <t>9786253660444</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi - Amelya (Deri Kapak) (Ciltli)</t>
+          <t>Sonsuz Yağmurların Şarkısı</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>385</v>
+        <v>295</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786253660390</t>
+          <t>9786253660475</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi (Kutulu Set) (Ciltli)</t>
+          <t>Hain Kraliçe</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>1350</v>
+        <v>295</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786253660239</t>
+          <t>9786253660352</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi - Dora</t>
+          <t>Çarpık Nefret</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>240</v>
+        <v>395</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786253660253</t>
+          <t>9786253660369</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi - Aylema</t>
+          <t>Gökyüzünü Öp</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786253660277</t>
+          <t>9786253660413</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi - Aşeka</t>
+          <t>Gecenin Hikayesi (4 Kitap - Deri Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>240</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786253660291</t>
+          <t>9786253660338</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi - Amelya</t>
+          <t>Gecenin Hikayesi - Dora (Deri Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>265</v>
+        <v>385</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786253660307</t>
+          <t>9786253660314</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi - Amelya (Ciltli)</t>
+          <t>Gecenin Hikayesi - Aylema (Deri Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>345</v>
+        <v>385</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786253660284</t>
+          <t>9786253660321</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi - Aşeka (Ciltli)</t>
+          <t>Gecenin Hikayesi - Aşeka (Deri Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>345</v>
+        <v>385</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786253660260</t>
+          <t>9786253660345</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi - Aylema (Ciltli)</t>
+          <t>Gecenin Hikayesi - Amelya (Deri Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>345</v>
+        <v>385</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786253660246</t>
+          <t>9786253660390</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi - Dora (Ciltli)</t>
+          <t>Gecenin Hikayesi (Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>345</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786253660215</t>
+          <t>9786253660239</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>İpi Kopuk Kuklalar</t>
+          <t>Gecenin Hikayesi - Dora</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>225</v>
+        <v>240</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786253660222</t>
+          <t>9786253660253</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>İpi Kopuk Kuklalar (Ciltli)</t>
+          <t>Gecenin Hikayesi - Aylema</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>315</v>
+        <v>240</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786253660062</t>
+          <t>9786253660277</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Tolkien Evreni’nden Yemek Tarifleri (Ciltli)</t>
+          <t>Gecenin Hikayesi - Aşeka</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>395</v>
+        <v>240</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786253660154</t>
+          <t>9786253660291</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Dokunuşu</t>
+          <t>Gecenin Hikayesi - Amelya</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>295</v>
+        <v>265</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786254489921</t>
+          <t>9786253660307</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>İşin Aslı: Kısa - Sert - Şiddet, Zorun ve Çokun Değeri Üzerine</t>
+          <t>Gecenin Hikayesi - Amelya (Ciltli)</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>195</v>
+        <v>345</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786253660192</t>
+          <t>9786253660284</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Kayıp - Kutulu (Ciltli)</t>
+          <t>Gecenin Hikayesi - Aşeka (Ciltli)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>410</v>
+        <v>345</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786253660178</t>
+          <t>9786253660260</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Kayıp (Ciltli)</t>
+          <t>Gecenin Hikayesi - Aylema (Ciltli)</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>315</v>
+        <v>345</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786253660161</t>
+          <t>9786253660246</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Kayıp</t>
+          <t>Gecenin Hikayesi - Dora (Ciltli)</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>210</v>
+        <v>345</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786253660109</t>
+          <t>9786253660215</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Hiç Kimse Sıradan Değildir</t>
+          <t>İpi Kopuk Kuklalar</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786253660093</t>
+          <t>9786253660222</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Serüveni Seti</t>
+          <t>İpi Kopuk Kuklalar (Ciltli)</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>870</v>
+        <v>315</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786254487682</t>
+          <t>9786253660062</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Beni Kandıramazsın</t>
+          <t>Tolkien Evreni’nden Yemek Tarifleri (Ciltli)</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786254489938</t>
+          <t>9786253660154</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Güç ve İntikam - Fırtınalar İmparatorluğu 1</t>
+          <t>Karanlığın Dokunuşu</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786253660000</t>
+          <t>9786254489921</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Şiddetli Hazlar Serisi Set</t>
+          <t>İşin Aslı: Kısa - Sert - Şiddet, Zorun ve Çokun Değeri Üzerine</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>790</v>
+        <v>195</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786253660079</t>
+          <t>9786253660192</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Sana Hala Bağımlı</t>
+          <t>Kayıp - Kutulu (Ciltli)</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>395</v>
+        <v>410</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786253660086</t>
+          <t>9786253660178</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Çarpık Oyunlar</t>
+          <t>Kayıp (Ciltli)</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>350</v>
+        <v>315</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786254489914</t>
+          <t>9786253660161</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Harmoni (Ciltli)</t>
+          <t>Kayıp</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>495</v>
+        <v>210</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786254489907</t>
+          <t>9786253660109</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Harmoni</t>
+          <t>Hiç Kimse Sıradan Değildir</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786254489976</t>
+          <t>9786253660093</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>03:03 Dolunayda Açan Çiçek</t>
+          <t>Gençlik Serüveni Seti</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>225</v>
+        <v>870</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786254489969</t>
+          <t>9786254487682</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>02:02 Ayçiçeği Karnavalı</t>
+          <t>Beni Kandıramazsın</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786254489952</t>
+          <t>9786254489938</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>01:01 Bugün Adımı Sen Koy</t>
+          <t>Güç ve İntikam - Fırtınalar İmparatorluğu 1</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786254489945</t>
+          <t>9786253660000</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>00:00 Biri Sizi Düşünüyor</t>
+          <t>Şiddetli Hazlar Serisi Set</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>225</v>
+        <v>790</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786254489983</t>
+          <t>9786253660079</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Görev</t>
+          <t>Sana Hala Bağımlı</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786253660024</t>
+          <t>9786253660086</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Lexi Ryan Kutulu Set</t>
+          <t>Çarpık Oyunlar</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>790</v>
+        <v>350</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786254489990</t>
+          <t>9786254489914</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Şiddetli Sonlar</t>
+          <t>Karanlık Harmoni (Ciltli)</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>395</v>
+        <v>495</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786253660017</t>
+          <t>9786254489907</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Şiddetli Hazlar</t>
+          <t>Karanlık Harmoni</t>
         </is>
       </c>
       <c r="C256" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786253660031</t>
+          <t>9786254489976</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Lexi Ryan Kutulu Set (Ciltli)</t>
+          <t>03:03 Dolunayda Açan Çiçek</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>720</v>
+        <v>225</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786254489884</t>
+          <t>9786254489969</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Karmaşık Bağlar (Ciltli)</t>
+          <t>02:02 Ayçiçeği Karnavalı</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>495</v>
+        <v>225</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786254489891</t>
+          <t>9786254489952</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Karmaşık Bağlar</t>
+          <t>01:01 Bugün Adımı Sen Koy</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>395</v>
+        <v>225</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786254489778</t>
+          <t>9786254489945</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Bayan March</t>
+          <t>00:00 Biri Sizi Düşünüyor</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786254489877</t>
+          <t>9786254489983</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Solucan 2: Acı (Ciltli)</t>
+          <t>Tehlikeli Görev</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>315</v>
+        <v>225</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786254489860</t>
+          <t>9786253660024</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Solucan 2: Acı</t>
+          <t>Lexi Ryan Kutulu Set</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>210</v>
+        <v>790</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786254489846</t>
+          <t>9786254489990</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Senden Ayrı</t>
+          <t>Şiddetli Sonlar</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786254486357</t>
+          <t>9786253660017</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Lordlar ve Varisler - Hepimiz Gökyüzü Olmak İstedik (Yeşil Şömiz) (Ciltli)</t>
+          <t>Şiddetli Hazlar</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786254489457</t>
+          <t>9786253660031</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Kapısı</t>
+          <t>Lexi Ryan Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>160</v>
+        <v>720</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786254489785</t>
+          <t>9786254489884</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Unofficial Harry Potter Fantastik Canavarlar Rehberi (Ciltli)</t>
+          <t>Karmaşık Bağlar (Ciltli)</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>395</v>
+        <v>495</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786254489662</t>
+          <t>9786254489891</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük İçin Çalmak - Genç Bir Afgan Kızın Yolculuğu</t>
+          <t>Karmaşık Bağlar</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>195</v>
+        <v>395</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786254489709</t>
+          <t>9786254489778</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Psikopat - 4</t>
+          <t>Bayan March</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>295</v>
+        <v>150</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786254489716</t>
+          <t>9786254489877</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Psikopat - 5</t>
+          <t>Solucan 2: Acı (Ciltli)</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>295</v>
+        <v>315</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786254489396</t>
+          <t>9786254489860</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Yüz Karası</t>
+          <t>Solucan 2: Acı</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786254489822</t>
+          <t>9786254489846</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Atlas Altılısı (Ciltli)</t>
+          <t>Senden Ayrı</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>495</v>
+        <v>295</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786254489815</t>
+          <t>9786254486357</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Atlas Altılısı</t>
+          <t>Lordlar ve Varisler - Hepimiz Gökyüzü Olmak İstedik (Yeşil Şömiz) (Ciltli)</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786254489808</t>
+          <t>9786254489457</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Azizlerin Yaşamı (Ciltli)</t>
+          <t>Şeytan Kapısı</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>395</v>
+        <v>160</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786254489792</t>
+          <t>9786254489785</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Azizlerin Yaşamı</t>
+          <t>Unofficial Harry Potter Fantastik Canavarlar Rehberi (Ciltli)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>150</v>
+        <v>395</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786254489761</t>
+          <t>9786254489662</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Aramızdaki Gölgeler</t>
+          <t>Özgürlük İçin Çalmak - Genç Bir Afgan Kızın Yolculuğu</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786254489655</t>
+          <t>9786254489709</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Seninle Tanışana Dek</t>
+          <t>Psikopat - 4</t>
         </is>
       </c>
       <c r="C276" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786254489112</t>
+          <t>9786254489716</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Jane Doe</t>
+          <t>Psikopat - 5</t>
         </is>
       </c>
       <c r="C277" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786254489518</t>
+          <t>9786254489396</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Zan - Bir Arifin Fantastik Romanı</t>
+          <t>Yüz Karası</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>75</v>
+        <v>350</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786254489754</t>
+          <t>9786254489822</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Gothikana (Ciltli)</t>
+          <t>Atlas Altılısı (Ciltli)</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>395</v>
+        <v>495</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786254489730</t>
+          <t>9786254489815</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Gothikana</t>
+          <t>Atlas Altılısı</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786254489631</t>
+          <t>9786254489808</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Bir İlahi (Ciltli)</t>
+          <t>Azizlerin Yaşamı (Ciltli)</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>495</v>
+        <v>395</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786254489624</t>
+          <t>9786254489792</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Bir İlahi</t>
+          <t>Azizlerin Yaşamı</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786254489433</t>
+          <t>9786254489761</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>İçi Boş Yeminler (Ciltli)</t>
+          <t>Aramızdaki Gölgeler</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>495</v>
+        <v>295</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786254489440</t>
+          <t>9786254489655</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>İçi Boş Yeminler</t>
+          <t>Seninle Tanışana Dek</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>350</v>
+        <v>295</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786254489648</t>
+          <t>9786254489112</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Sana Bağımlı</t>
+          <t>Jane Doe</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>350</v>
+        <v>295</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786254489617</t>
+          <t>9786254489518</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Arafta</t>
+          <t>Zan - Bir Arifin Fantastik Romanı</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786254489419</t>
+          <t>9786254489754</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Solucan 1: Umut (Ciltli)</t>
+          <t>Gothikana (Ciltli)</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>315</v>
+        <v>395</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786254489402</t>
+          <t>9786254489730</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Solucan 1: Umut</t>
+          <t>Gothikana</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786254489075</t>
+          <t>9786254489631</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Balarısı</t>
+          <t>Yabancı Bir İlahi (Ciltli)</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>295</v>
+        <v>495</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786254489105</t>
+          <t>9786254489624</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Şiddetli Hazlar Serisi Kutulu Set - 2 Kitap (Ciltli)</t>
+          <t>Yabancı Bir İlahi</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>890</v>
+        <v>350</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786254488733</t>
+          <t>9786254489433</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Şiddetli Sonlar (Ciltli)</t>
+          <t>İçi Boş Yeminler (Ciltli)</t>
         </is>
       </c>
       <c r="C291" s="1">
         <v>495</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786254488771</t>
+          <t>9786254489440</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Hırsızların Dansı Seti (Ciltli)</t>
+          <t>İçi Boş Yeminler</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>990</v>
+        <v>350</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786254489013</t>
+          <t>9786254489648</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Hırsızların Dansı Seti</t>
+          <t>Sana Bağımlı</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>790</v>
+        <v>350</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786254488795</t>
+          <t>9786254489617</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>En Karanlık Günah</t>
+          <t>Arafta</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786254488740</t>
+          <t>9786254489419</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Rapsodi</t>
+          <t>Solucan 1: Umut (Ciltli)</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>295</v>
+        <v>315</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786254488757</t>
+          <t>9786254489402</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Rapsodi (Ciltli)</t>
+          <t>Solucan 1: Umut</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>395</v>
+        <v>225</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786254488689</t>
+          <t>9786254489075</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Hırsızların Yemini</t>
+          <t>Balarısı</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786254488696</t>
+          <t>9786254489105</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Hırsızların Yemini (Ciltli)</t>
+          <t>Şiddetli Hazlar Serisi Kutulu Set - 2 Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>495</v>
+        <v>890</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786254488184</t>
+          <t>9786254488733</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Köprü Krallığı (Ciltli)</t>
+          <t>Şiddetli Sonlar (Ciltli)</t>
         </is>
       </c>
       <c r="C299" s="1">
         <v>495</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786254488191</t>
+          <t>9786254488771</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Korunmuş</t>
+          <t>Hırsızların Dansı Seti (Ciltli)</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>350</v>
+        <v>990</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786254488139</t>
+          <t>9786254489013</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Psikopat - 3 (Ciltli)</t>
+          <t>Hırsızların Dansı Seti</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>395</v>
+        <v>790</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786254488245</t>
+          <t>9786254488795</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>En Çılgın Takıntı</t>
+          <t>En Karanlık Günah</t>
         </is>
       </c>
       <c r="C302" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786254487286</t>
+          <t>9786254488740</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>39 Basamak</t>
+          <t>Rapsodi</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>70</v>
+        <v>295</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786254487231</t>
+          <t>9786254488757</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Bu Kusurlu Mükemmel Dünya</t>
+          <t>Rapsodi (Ciltli)</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>150</v>
+        <v>395</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786254487248</t>
+          <t>9786254488689</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Ana Şifre</t>
+          <t>Hırsızların Yemini</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>150</v>
+        <v>395</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9781642753288</t>
+          <t>9786254488696</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Bizi Arıyorum - Biraz Şarkı Biraz Gözyaşı</t>
+          <t>Hırsızların Yemini (Ciltli)</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>109</v>
+        <v>495</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786051869223</t>
+          <t>9786254488184</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Saklambaç</t>
+          <t>Köprü Krallığı (Ciltli)</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>49</v>
+        <v>495</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786254489068</t>
+          <t>9786254488191</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Kazanırsak Kaybederiz 2 - Yazıyor</t>
+          <t>Korunmuş</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>99</v>
+        <v>350</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786254489020</t>
+          <t>9786254488139</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Lambadaki Cin: Sosyal Medya</t>
+          <t>Psikopat - 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>75</v>
+        <v>395</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786254489136</t>
+          <t>9786254488245</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Siren Kraliçesinin Kızı</t>
+          <t>En Çılgın Takıntı</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>295</v>
+        <v>350</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786254487255</t>
+          <t>9786254487286</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Kalbimi Beşe Kur</t>
+          <t>39 Basamak</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>170</v>
+        <v>70</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786254489129</t>
+          <t>9786254487231</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Orion</t>
+          <t>Bu Kusurlu Mükemmel Dünya</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786254488764</t>
+          <t>9786254487248</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Neredeyse Alex</t>
+          <t>Ana Şifre</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>295</v>
+        <v>150</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786254488788</t>
+          <t>9781642753288</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaz Boyunca</t>
+          <t>Bizi Arıyorum - Biraz Şarkı Biraz Gözyaşı</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>295</v>
+        <v>109</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786254488535</t>
+          <t>9786051869223</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Korsan Kralın Kızı</t>
+          <t>Saklambaç</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>295</v>
+        <v>49</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786254486319</t>
+          <t>9786254489068</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Alemlerin Savaşı</t>
+          <t>Kazanırsak Kaybederiz 2 - Yazıyor</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>225</v>
+        <v>99</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786254488177</t>
+          <t>9786254489020</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Bebek</t>
+          <t>Lambadaki Cin: Sosyal Medya</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>160</v>
+        <v>75</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786254488511</t>
+          <t>9786254489136</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Kazanırsak Kaybederiz 2 - Yazıyor (Ciltli)</t>
+          <t>Siren Kraliçesinin Kızı</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>315</v>
+        <v>295</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786254488528</t>
+          <t>9786254487255</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Kazanırsak Kaybederiz 2 - Yazıyor</t>
+          <t>Kalbimi Beşe Kur</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>210</v>
+        <v>170</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786254487767</t>
+          <t>9786254489129</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Viking Şövalye</t>
+          <t>Orion</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786254488023</t>
+          <t>9786254488764</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Kimse Gerçek Değil</t>
+          <t>Neredeyse Alex</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>99</v>
+        <v>295</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786254488047</t>
+          <t>9786254488788</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Kazanırsak Kaybederiz: Çevrimiçi</t>
+          <t>Bir Yaz Boyunca</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>99</v>
+        <v>295</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786254488153</t>
+          <t>9786254488535</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Psikopat - 5 (Ciltli)</t>
+          <t>Korsan Kralın Kızı</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786254488146</t>
+          <t>9786254486319</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Psikopat - 4 (Ciltli)</t>
+          <t>Alemlerin Savaşı</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>395</v>
+        <v>225</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786254488122</t>
+          <t>9786254488177</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Psikopat - 2 (Ciltli)</t>
+          <t>Bebek</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>395</v>
+        <v>160</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786254488115</t>
+          <t>9786254488511</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Psikopat - 1 (Ciltli)</t>
+          <t>Kazanırsak Kaybederiz 2 - Yazıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>395</v>
+        <v>315</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786254488054</t>
+          <t>9786254488528</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>01:01 Bugün Adımı Sen Koy</t>
+          <t>Kazanırsak Kaybederiz 2 - Yazıyor</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>99</v>
+        <v>210</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786254488009</t>
+          <t>9786254487767</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>00:00 Biri Sizi Düşünüyor</t>
+          <t>Viking Şövalye</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>99</v>
+        <v>150</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786254488030</t>
+          <t>9786254488023</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>03:03 Dolunayda Açan Çiçek</t>
+          <t>Kimse Gerçek Değil</t>
         </is>
       </c>
       <c r="C329" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786254488061</t>
+          <t>9786254488047</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Dumbledore: Hogwarts’ın Tanınmış Müdürünün Hayatı ve Yalanları (Ciltli)</t>
+          <t>Kazanırsak Kaybederiz: Çevrimiçi</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>395</v>
+        <v>99</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786254483790</t>
+          <t>9786254488153</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Sınırların Ötesinde</t>
+          <t>Psikopat - 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>100</v>
+        <v>395</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786254487750</t>
+          <t>9786254488146</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Hırsızların Dansı</t>
+          <t>Psikopat - 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C332" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786254487743</t>
+          <t>9786254488122</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Hırsızların Dansı (Ciltli)</t>
+          <t>Psikopat - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>495</v>
+        <v>395</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786254486807</t>
+          <t>9786254488115</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Yabancı</t>
+          <t>Psikopat - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786254486968</t>
+          <t>9786254488054</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Lestat</t>
+          <t>01:01 Bugün Adımı Sen Koy</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>190</v>
+        <v>99</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786254487729</t>
+          <t>9786254488009</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Parçalar</t>
+          <t>00:00 Biri Sizi Düşünüyor</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>240</v>
+        <v>99</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786254486821</t>
+          <t>9786254488030</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Kız, Yılan, Diken (Ciltli)</t>
+          <t>03:03 Dolunayda Açan Çiçek</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>395</v>
+        <v>99</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786254487200</t>
+          <t>9786254488061</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Kazanırsak Kaybederiz</t>
+          <t>Dumbledore: Hogwarts’ın Tanınmış Müdürünün Hayatı ve Yalanları (Ciltli)</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786254486692</t>
+          <t>9786254483790</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Kimse Gerçek Değil</t>
+          <t>Sınırların Ötesinde</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>225</v>
+        <v>100</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786254486432</t>
+          <t>9786254487750</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Kanla Yazılı</t>
+          <t>Hırsızların Dansı</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>190</v>
+        <v>395</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786254487170</t>
+          <t>9786254487743</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Gerçekler Kanıt İster</t>
+          <t>Hırsızların Dansı (Ciltli)</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>295</v>
+        <v>495</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786254487187</t>
+          <t>9786254486807</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Aklın Şüphesi Suçun Gerçeğidir</t>
+          <t>Yabancı</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>130</v>
+        <v>295</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786254487163</t>
+          <t>9786254486968</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Şüphe Asla Uyumaz</t>
+          <t>Lestat</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786254486500</t>
+          <t>9786254487729</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Vincent ve Theo - Van Gogh Kardeşler</t>
+          <t>Parçalar</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786254486470</t>
+          <t>9786254486821</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Topuklar Çıplak Ruhlar (Ciltli)</t>
+          <t>Kız, Yılan, Diken (Ciltli)</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786254486418</t>
+          <t>9786254487200</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Tutunduğumuz Gerçekler (Ciltli)</t>
+          <t>Kazanırsak Kaybederiz</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>395</v>
+        <v>225</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786254486982</t>
+          <t>9786254486692</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Gökyüzü Olmak İstedik: Krallar ve Soytarıları - Hava (Ciltli)</t>
+          <t>Kimse Gerçek Değil</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>345</v>
+        <v>225</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786254487002</t>
+          <t>9786254486432</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Gökyüzü Olmak İstedik: Krallar ve Soytarıları - Toprak (Ciltli)</t>
+          <t>Kanla Yazılı</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>345</v>
+        <v>190</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786254486623</t>
+          <t>9786254487170</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Kimse Gerçek Değil - Kutulu (Ciltli)</t>
+          <t>Gerçekler Kanıt İster</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>410</v>
+        <v>295</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786254486326</t>
+          <t>9786254487187</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlangıçlar Kitapçısı</t>
+          <t>Aklın Şüphesi Suçun Gerçeğidir</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786254486678</t>
+          <t>9786254487163</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Şiddetli Hazlar (Ciltli)</t>
+          <t>Şüphe Asla Uyumaz</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>395</v>
+        <v>140</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786254486647</t>
+          <t>9786254486500</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>03:03 Dolunayda Açan Çiçek (Ciltli)</t>
+          <t>Vincent ve Theo - Van Gogh Kardeşler</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>315</v>
+        <v>160</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786254486654</t>
+          <t>9786254486470</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>02:02 Ayçiçeği Karnavalı (Ciltli)</t>
+          <t>Yüksek Topuklar Çıplak Ruhlar (Ciltli)</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>315</v>
+        <v>225</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786254486661</t>
+          <t>9786254486418</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>01:01 Bugün Adımı Sen Koy (Ciltli)</t>
+          <t>Tutunduğumuz Gerçekler (Ciltli)</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>315</v>
+        <v>395</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786254486630</t>
+          <t>9786254486982</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>00:00 Biri Sizi Düşünüyor (Ciltli)</t>
+          <t>Hepimiz Gökyüzü Olmak İstedik: Krallar ve Soytarıları - Hava (Ciltli)</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>315</v>
+        <v>345</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786254486685</t>
+          <t>9786254487002</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Kimse Gerçek Değil (Ciltli)</t>
+          <t>Hepimiz Gökyüzü Olmak İstedik: Krallar ve Soytarıları - Toprak (Ciltli)</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>315</v>
+        <v>345</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786254486517</t>
+          <t>9786254486623</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Mürekkepsiz Günlükler</t>
+          <t>Kimse Gerçek Değil - Kutulu (Ciltli)</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>80</v>
+        <v>410</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786254485930</t>
+          <t>9786254486326</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Gölge Anahtar</t>
+          <t>Yeni Başlangıçlar Kitapçısı</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786254485954</t>
+          <t>9786254486678</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Erkekler Neden Evleni̇r?</t>
+          <t>Şiddetli Hazlar (Ciltli)</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>100</v>
+        <v>395</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786254486296</t>
+          <t>9786254486647</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Sanctuary</t>
+          <t>03:03 Dolunayda Açan Çiçek (Ciltli)</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>160</v>
+        <v>315</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786254486227</t>
+          <t>9786254486654</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Neredeyse Sıradan Bir Aile</t>
+          <t>02:02 Ayçiçeği Karnavalı (Ciltli)</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>170</v>
+        <v>315</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786254486531</t>
+          <t>9786254486661</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Amato Kardeşler Serisi (3 Kitap Takım)</t>
+          <t>01:01 Bugün Adımı Sen Koy (Ciltli)</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>210</v>
+        <v>315</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786254485756</t>
+          <t>9786254486630</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Nefes</t>
+          <t>00:00 Biri Sizi Düşünüyor (Ciltli)</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>120</v>
+        <v>315</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786254486302</t>
+          <t>9786254486685</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Hancının Seyir Defteri</t>
+          <t>Kimse Gerçek Değil (Ciltli)</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>80</v>
+        <v>315</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786254486425</t>
+          <t>9786254486517</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Kazanırsak Kaybederiz: Çevrimiçi (Ciltli)</t>
+          <t>Mürekkepsiz Günlükler</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>315</v>
+        <v>80</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786254486241</t>
+          <t>9786254485930</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Kurtların Hükmü</t>
+          <t>Gölge Anahtar</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>395</v>
+        <v>130</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786254486371</t>
+          <t>9786254485954</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Lordlar ve Varisler - Hepimiz Gökyüzü Olmak İstedik (Beyaz Şömiz) (Ciltli)</t>
+          <t>Erkekler Neden Evleni̇r?</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>345</v>
+        <v>100</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786254485718</t>
+          <t>9786254486296</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Vajina Kitabı</t>
+          <t>Sanctuary</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>395</v>
+        <v>160</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786254486234</t>
+          <t>9786254486227</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Kurtların Hükmü (Ciltli)</t>
+          <t>Neredeyse Sıradan Bir Aile</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>495</v>
+        <v>170</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786254485565</t>
+          <t>9786254486531</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Sırlar ve Affedişler</t>
+          <t>Amato Kardeşler Serisi (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786254485558</t>
+          <t>9786254485756</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Anılardan Kartpostallar</t>
+          <t>Nefes</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786254485602</t>
+          <t>9786254486302</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Örgü Adası'na Veda</t>
+          <t>Hancının Seyir Defteri</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786254485848</t>
+          <t>9786254486425</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Billie Eilish (Ciltli)</t>
+          <t>Kazanırsak Kaybederiz: Çevrimiçi (Ciltli)</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>750</v>
+        <v>315</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786254485572</t>
+          <t>9786254486241</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Düğünçiçeği Gelini</t>
+          <t>Kurtların Hükmü</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>170</v>
+        <v>395</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786254485428</t>
+          <t>9786254486371</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Kraliçenin Rakipleri</t>
+          <t>Lordlar ve Varisler - Hepimiz Gökyüzü Olmak İstedik (Beyaz Şömiz) (Ciltli)</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>160</v>
+        <v>345</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786254484537</t>
+          <t>9786254485718</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Düşgezginleri</t>
+          <t>Vajina Kitabı</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>150</v>
+        <v>395</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786254484940</t>
+          <t>9786254486234</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Gezgin</t>
+          <t>Kurtların Hükmü (Ciltli)</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>40</v>
+        <v>495</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786254484889</t>
+          <t>9786254485565</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Vadinin Perileri</t>
+          <t>Sırlar ve Affedişler</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>30</v>
+        <v>150</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786254484896</t>
+          <t>9786254485558</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Kum ve Köpük</t>
+          <t>Anılardan Kartpostallar</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>30</v>
+        <v>150</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786254484926</t>
+          <t>9786254485602</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kanatlar</t>
+          <t>Örgü Adası'na Veda</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>35</v>
+        <v>160</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786254484919</t>
+          <t>9786254485848</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Üstadın Sesi</t>
+          <t>Billie Eilish (Ciltli)</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>40</v>
+        <v>750</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786254484902</t>
+          <t>9786254485572</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>İnsanoğlu İsa</t>
+          <t>Düğünçiçeği Gelini</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786254484957</t>
+          <t>9786254485428</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Ermişin Bahçesi</t>
+          <t>Kraliçenin Rakipleri</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>30</v>
+        <v>160</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786254484964</t>
+          <t>9786254484537</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Düşgezginleri</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786254484971</t>
+          <t>9786254484940</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Deli</t>
+          <t>Gezgin</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786254484988</t>
+          <t>9786254484889</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Bir Damla Yaş Bir Tebessüm</t>
+          <t>Vadinin Perileri</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786254484995</t>
+          <t>9786254484896</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Asi Ruhlar</t>
+          <t>Kum ve Köpük</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>19</v>
+        <v>30</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786254485527</t>
+          <t>9786254484926</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Şeftali Kokan Sırlar</t>
+          <t>Kırık Kanatlar</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>150</v>
+        <v>35</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786254485534</t>
+          <t>9786254484919</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Şeftali Kokan Bir Aşk</t>
+          <t>Üstadın Sesi</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786254482885</t>
+          <t>9786254484902</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Babaya Mektup</t>
+          <t>İnsanoğlu İsa</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>30</v>
+        <v>100</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786254482946</t>
+          <t>9786254484957</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Bir Açlık Sanatçısı</t>
+          <t>Ermişin Bahçesi</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786254482953</t>
+          <t>9786254484964</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Taşrada Düğün Hazırlıkları</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C392" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786254482908</t>
+          <t>9786254484971</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Gözlem</t>
+          <t>Deli</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>40</v>
+        <v>35</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786254482915</t>
+          <t>9786254484988</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Ceza Kolonisinde</t>
+          <t>Bir Damla Yaş Bir Tebessüm</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786254482939</t>
+          <t>9786254484995</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Bir Köy Hekimi</t>
+          <t>Asi Ruhlar</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>30</v>
+        <v>19</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786254485145</t>
+          <t>9786254485527</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Zenobia</t>
+          <t>Şeftali Kokan Sırlar</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786254484520</t>
+          <t>9786254485534</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Zor Kadınlar</t>
+          <t>Şeftali Kokan Bir Aşk</t>
         </is>
       </c>
       <c r="C397" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786254485282</t>
+          <t>9786254482885</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Dikenlerin Dili</t>
+          <t>Babaya Mektup</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>225</v>
+        <v>30</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786254485312</t>
+          <t>9786254482946</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Grisha Verse - 6 Kitap Set</t>
+          <t>Bir Açlık Sanatçısı</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>2050</v>
+        <v>35</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786254484117</t>
+          <t>9786254482953</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Sen De Mi?</t>
+          <t>Taşrada Düğün Hazırlıkları</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>130</v>
+        <v>40</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786254483189</t>
+          <t>9786254482908</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Büyüler İçindir</t>
+          <t>Gözlem</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786050320756</t>
+          <t>9786254482915</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Kodlayan Çocuk</t>
+          <t>Ceza Kolonisinde</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>90</v>
+        <v>35</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786254482083</t>
+          <t>9786254482939</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Açlık</t>
+          <t>Bir Köy Hekimi</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>160</v>
+        <v>30</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786254482854</t>
+          <t>9786254485145</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Ursari’nin Oğlu</t>
+          <t>Zenobia</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786254483523</t>
+          <t>9786254484520</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Senden Çok Uzakta</t>
+          <t>Zor Kadınlar</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786254483653</t>
+          <t>9786254485282</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>İnanılmaz</t>
+          <t>Dikenlerin Dili</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>130</v>
+        <v>225</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786254482793</t>
+          <t>9786254485312</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Hasbahçede Sonbahar</t>
+          <t>Grisha Verse - 6 Kitap Set</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>85</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786254483196</t>
+          <t>9786254484117</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Masa</t>
+          <t>Sen De Mi?</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786254483387</t>
+          <t>9786254483189</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Masal'dan Kaçış</t>
+          <t>Beyaz Büyüler İçindir</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786254483639</t>
+          <t>9786050320756</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Aşk Burada Çekmiyor</t>
+          <t>Geleceği Kodlayan Çocuk</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786254481932</t>
+          <t>9786254482083</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlarda Yazılı</t>
+          <t>Açlık</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786254482236</t>
+          <t>9786254482854</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Pipo (6 Kitap Kutulu Set)</t>
+          <t>Ursari’nin Oğlu</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>153</v>
+        <v>100</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786254482212</t>
+          <t>9786254483523</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Büyüteç (6 Kitap Kutulu Set)</t>
+          <t>Senden Çok Uzakta</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>165</v>
+        <v>160</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786254482151</t>
+          <t>9786254483653</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Umut Mevsimi</t>
+          <t>İnanılmaz</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786254481819</t>
+          <t>9786254482793</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Gökler Bi̇zi̇m</t>
+          <t>Hasbahçede Sonbahar</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>160</v>
+        <v>85</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786254482144</t>
+          <t>9786254483196</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk Kurabiye Kulübü</t>
+          <t>Lanetli Masa</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>59</v>
+        <v>100</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786254482106</t>
+          <t>9786254483387</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Isaac Newton-Bi̇li̇msel Devri̇m</t>
+          <t>Masal'dan Kaçış</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786254482434</t>
+          <t>9786254483639</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bir Masal</t>
+          <t>Aşk Burada Çekmiyor</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786254480416</t>
+          <t>9786254481932</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali - Bütün Eserleri (Özel Deri Ciltli Kutulu)</t>
+          <t>Yıldızlarda Yazılı</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>1500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786254482076</t>
+          <t>9786254482236</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Bir Yumak Aşk</t>
+          <t>Sherlock Holmes - Pipo (6 Kitap Kutulu Set)</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>160</v>
+        <v>153</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786050322262</t>
+          <t>9786254482212</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Esir Kuşun Şarkısı</t>
+          <t>Sherlock Holmes - Büyüteç (6 Kitap Kutulu Set)</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>160</v>
+        <v>165</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786254480201</t>
+          <t>9786254482151</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Gece Yarısı Karnavalı</t>
+          <t>Umut Mevsimi</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786050322231</t>
+          <t>9786254481819</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Canavar Oğlan</t>
+          <t>Gökler Bi̇zi̇m</t>
         </is>
       </c>
       <c r="C423" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786050321722</t>
+          <t>9786254482144</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Elektrik'te Gece Yarısı</t>
+          <t>İlk Aşk Kurabiye Kulübü</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>100</v>
+        <v>59</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786254481338</t>
+          <t>9786254482106</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Topuklar Yeni Heyecanlar (Ciltli)</t>
+          <t>Isaac Newton-Bi̇li̇msel Devri̇m</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>225</v>
+        <v>170</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786254481345</t>
+          <t>9786254482434</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Topuklar Karışık İlişkiler (Ciltli)</t>
+          <t>Hayat Bir Masal</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>225</v>
+        <v>100</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786254481352</t>
+          <t>9786254480416</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Topuklar Kararsız Kalpler (Ciltli)</t>
+          <t>Sabahattin Ali - Bütün Eserleri (Özel Deri Ciltli Kutulu)</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>225</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786254481703</t>
+          <t>9786254482076</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Bir Dilek Kadar Yakın</t>
+          <t>Bir Yumak Aşk</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786254481086</t>
+          <t>9786050322262</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Mesaj</t>
+          <t>Esir Kuşun Şarkısı</t>
         </is>
       </c>
       <c r="C429" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786254481710</t>
+          <t>9786254480201</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Uzun Metrajlı Hüzünler</t>
+          <t>Gece Yarısı Karnavalı</t>
         </is>
       </c>
       <c r="C430" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786254481741</t>
+          <t>9786050322231</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>O Son Bakış</t>
+          <t>Canavar Oğlan</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786254480331</t>
+          <t>9786050321722</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Yara İzi Kralı</t>
+          <t>Elektrik'te Gece Yarısı</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>395</v>
+        <v>100</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786050322224</t>
+          <t>9786254481338</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Michael Jordan</t>
+          <t>Yüksek Topuklar Yeni Heyecanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>215</v>
+        <v>225</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786050321753</t>
+          <t>9786254481345</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Paul Verlaine</t>
+          <t>Yüksek Topuklar Karışık İlişkiler (Ciltli)</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>35</v>
+        <v>225</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786050321890</t>
+          <t>9786254481352</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Da Vinci ve Kadınları</t>
+          <t>Yüksek Topuklar Kararsız Kalpler (Ciltli)</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>160</v>
+        <v>225</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786050321234</t>
+          <t>9786254481703</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Ejderhanın Yükselişi</t>
+          <t>Bir Dilek Kadar Yakın</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786254480225</t>
+          <t>9786254481086</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Ejderhanın Yükselişi (Ciltli)</t>
+          <t>Mesaj</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>495</v>
+        <v>160</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786050321791</t>
+          <t>9786254481710</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Değirmen Esirler</t>
+          <t>Uzun Metrajlı Hüzünler</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786050322002</t>
+          <t>9786254481741</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ölümler</t>
+          <t>O Son Bakış</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786051868752</t>
+          <t>9786254480331</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Yeminler ve Yalanlar</t>
+          <t>Yara İzi Kralı</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>100</v>
+        <v>395</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786050321746</t>
+          <t>9786050322224</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Sabırsız Yürek</t>
+          <t>Michael Jordan</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>160</v>
+        <v>215</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786050322590</t>
+          <t>9786050321753</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Yara İzi Kralı (Ciltli)</t>
+          <t>Paul Verlaine</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>495</v>
+        <v>35</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786050321739</t>
+          <t>9786050321890</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Krallığı Öldürmek</t>
+          <t>Leonardo Da Vinci ve Kadınları</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786050322309</t>
+          <t>9786050321234</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Sahte Krallık (Ciltli)</t>
+          <t>Ejderhanın Yükselişi</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>375</v>
+        <v>160</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786050322286</t>
+          <t>9786254480225</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Kuşatma ve Fırtına (Ciltli)</t>
+          <t>Ejderhanın Yükselişi (Ciltli)</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>225</v>
+        <v>495</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786050322293</t>
+          <t>9786050321791</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Çöküş ve Yükseliş (Ciltli)</t>
+          <t>Değirmen Esirler</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>495</v>
+        <v>100</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786050320961</t>
+          <t>9786050322002</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Beni Asla Bırakma</t>
+          <t>Küçük Ölümler</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786050321821</t>
+          <t>9786051868752</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Edison’ın İzinde</t>
+          <t>Yeminler ve Yalanlar</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>295</v>
+        <v>100</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786050322132</t>
+          <t>9786050321746</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Anna ve Kırlangıç Adam</t>
+          <t>Sabırsız Yürek</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786051869643</t>
+          <t>9786050322590</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kalpler Müzesi</t>
+          <t>Yara İzi Kralı (Ciltli)</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>118</v>
+        <v>495</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786254485459</t>
+          <t>9786050321739</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Düşünce Gücüyle Mutlu Yaşamın Sırları</t>
+          <t>Krallığı Öldürmek</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>195</v>
+        <v>350</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786050321456</t>
+          <t>9786050322309</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Her Gün Yeni Bir Hayat</t>
+          <t>Sahte Krallık (Ciltli)</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>195</v>
+        <v>375</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786050321432</t>
+          <t>9786050322286</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Kötü Feminist</t>
+          <t>Kuşatma ve Fırtına (Ciltli)</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>160</v>
+        <v>225</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786051867489</t>
+          <t>9786050322293</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Elitleri</t>
+          <t>Çöküş ve Yükseliş (Ciltli)</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>130</v>
+        <v>495</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786051865966</t>
+          <t>9786050320961</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Gerçeği</t>
+          <t>Beni Asla Bırakma</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786050321104</t>
+          <t>9786050321821</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Boşanalım Aşkım</t>
+          <t>Edison’ın İzinde</t>
         </is>
       </c>
       <c r="C456" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786050321074</t>
+          <t>9786050322132</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Alibaba'nın Dünyası</t>
+          <t>Anna ve Kırlangıç Adam</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786050320145</t>
+          <t>9786051869643</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Atlantis’in Kalbi</t>
+          <t>Kırık Kalpler Müzesi</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>69</v>
+        <v>118</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786050320350</t>
+          <t>9786254485459</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Öyküler</t>
+          <t>Pozitif Düşünce Gücüyle Mutlu Yaşamın Sırları</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>60</v>
+        <v>195</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786050320497</t>
+          <t>9786050321456</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Kabuslar Baronu</t>
+          <t>Her Gün Yeni Bir Hayat</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786050320503</t>
+          <t>9786050321432</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Bay Doğru</t>
+          <t>Kötü Feminist</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786051869872</t>
+          <t>9786051867489</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim - Genç Olmak</t>
+          <t>Cennetin Elitleri</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>195</v>
+        <v>130</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786051869865</t>
+          <t>9786051865966</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Mesleğini Kendin Seç - Genç Olmak</t>
+          <t>Kalbimin Gerçeği</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786050320794</t>
+          <t>9786050321104</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Regl Kitabı</t>
+          <t>Boşanalım Aşkım</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>109</v>
+        <v>295</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786051869858</t>
+          <t>9786050321074</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Sonbahar Fısıltıları</t>
+          <t>Alibaba'nın Dünyası</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786051869902</t>
+          <t>9786050320145</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Aynadakiler</t>
+          <t>Atlantis’in Kalbi</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>130</v>
+        <v>69</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786051869421</t>
+          <t>9786050320350</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kitap Kurtları Yetiştirme Rehberi</t>
+          <t>Öyküler</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786254489723</t>
+          <t>9786050320497</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Psikopat</t>
+          <t>Sherlock Holmes - Kabuslar Baronu</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786254489693</t>
+          <t>9786050320503</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Psikopat 3</t>
+          <t>Bay Doğru</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786254489686</t>
+          <t>9786051869872</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Psikopat 2</t>
+          <t>Ben Kimim - Genç Olmak</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786051869964</t>
+          <t>9786051869865</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Küçük Hırsız</t>
+          <t>Mesleğini Kendin Seç - Genç Olmak</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786051869216</t>
+          <t>9786050320794</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Eva ve Gizli Günlük</t>
+          <t>Regl Kitabı</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>128</v>
+        <v>109</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786051869704</t>
+          <t>9786051869858</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Sonbahar Fısıltıları</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>59</v>
+        <v>160</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786051869711</t>
+          <t>9786051869902</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Aynadakiler</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>49</v>
+        <v>130</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786051869407</t>
+          <t>9786051869421</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Küçük Kitap Kurtları Yetiştirme Rehberi</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>39</v>
+        <v>150</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786051869599</t>
+          <t>9786254489723</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Einstein Gibi Düşünmek</t>
+          <t>Psikopat</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786051869483</t>
+          <t>9786254489693</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Şarkısı</t>
+          <t>Psikopat 3</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>69</v>
+        <v>350</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786051869605</t>
+          <t>9786254489686</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Kül</t>
+          <t>Psikopat 2</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>150</v>
+        <v>295</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786254480218</t>
+          <t>9786051869964</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Ejderhanın Kızı (Ciltli)</t>
+          <t>Küçük Hırsız</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>495</v>
+        <v>100</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786051869469</t>
+          <t>9786051869216</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Serbest Düşüş</t>
+          <t>Eva ve Gizli Günlük</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>150</v>
+        <v>128</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786051869520</t>
+          <t>9786051869704</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>My Mad Fat Diary - Benim Çılgın Tombul Günlüğüm 1</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C481" s="1">
         <v>59</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786051869582</t>
+          <t>9786051869711</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Bizi Arıyorum</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>160</v>
+        <v>49</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786051868714</t>
+          <t>9786051869407</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Eva</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>128</v>
+        <v>39</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786051869230</t>
+          <t>9786051869599</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Benimle Asla Tanışamayacaksın</t>
+          <t>Einstein Gibi Düşünmek</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786051868820</t>
+          <t>9786051869483</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>İkinci Lekenin Esrarı - Sherlock Holmes</t>
+          <t>Rüzgarın Şarkısı</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>19</v>
+        <v>69</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786051869001</t>
+          <t>9786051869605</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Perde Kapanıyor - Sherlock Holmes</t>
+          <t>Kül</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786051868974</t>
+          <t>9786254480218</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Sürünen Adam - Sherlock Holmes</t>
+          <t>Ejderhanın Kızı (Ciltli)</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>40</v>
+        <v>495</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>2789788614242</t>
+          <t>9786051869469</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Sen Kalbinden Vazgeçme</t>
+          <t>Serbest Düşüş</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>25</v>
+        <v>150</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>2789788614244</t>
+          <t>9786051869520</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Aramızda Ne Var? Aşk</t>
+          <t>My Mad Fat Diary - Benim Çılgın Tombul Günlüğüm 1</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>25</v>
+        <v>59</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786051868950</t>
+          <t>9786051869582</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Af</t>
+          <t>Bizi Arıyorum</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786051868387</t>
+          <t>9786051868714</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Düşünceler</t>
+          <t>Eva</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>100</v>
+        <v>128</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786051868547</t>
+          <t>9786051869230</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Virata Ya Da Ölümsüz Bir Kardeşin Gözleri</t>
+          <t>Benimle Asla Tanışamayacaksın</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786051868288</t>
+          <t>9786051868820</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde (Tam Metin)</t>
+          <t>İkinci Lekenin Esrarı - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>195</v>
+        <v>19</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786051868455</t>
+          <t>9786051869001</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Perde Kapanıyor - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>90</v>
+        <v>40</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786051868479</t>
+          <t>9786051868974</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Dürtü</t>
+          <t>Sürünen Adam - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786051868509</t>
+          <t>2789788614242</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Sen Kalbinden Vazgeçme</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>75</v>
+        <v>25</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786051868271</t>
+          <t>2789788614244</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Kim Demiş Yiyemezsin?</t>
+          <t>Aramızda Ne Var? Aşk</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>114</v>
+        <v>25</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786053485278</t>
+          <t>9786051868950</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Shakespeare Set 2 (10 Kitap Takım)</t>
+          <t>Af</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>73.98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786051868356</t>
+          <t>9786051868387</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Kilden Köprü</t>
+          <t>Sıra Dışı Düşünceler</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786051868103</t>
+          <t>9786051868547</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Kafam Bi Dünya</t>
+          <t>Virata Ya Da Ölümsüz Bir Kardeşin Gözleri</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786051866093</t>
+          <t>9786051868288</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>İki Gerçek Bir Yalan</t>
+          <t>Beyaz Zambaklar Ülkesinde (Tam Metin)</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>49</v>
+        <v>195</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786051867922</t>
+          <t>9786051868455</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Yolcusu Abdülüver’in Tuhaf Seyahatleri</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786051866376</t>
+          <t>9786051868479</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Kibirli Yeşil</t>
+          <t>Dürtü</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>3990022346018</t>
+          <t>9786051868509</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Martı Tanrı'nın Unutulan Çocukları (Defter)</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>6</v>
+        <v>75</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786051866277</t>
+          <t>9786051868271</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Mayıs Sineği</t>
+          <t>Kim Demiş Yiyemezsin?</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>350</v>
+        <v>114</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786051866529</t>
+          <t>9786053485278</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Şahane Kitap</t>
+          <t>Gençler İçin Shakespeare Set 2 (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>150</v>
+        <v>73.98</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786051866147</t>
+          <t>9786051868356</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Amazon</t>
+          <t>Kilden Köprü</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>38</v>
+        <v>190</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786051865744</t>
+          <t>9786051868103</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Kardaki Zulu</t>
+          <t>Kafam Bi Dünya</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>120</v>
+        <v>40</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786051865881</t>
+          <t>9786051866093</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Bir Daha Asla</t>
+          <t>İki Gerçek Bir Yalan</t>
         </is>
       </c>
       <c r="C509" s="1">
         <v>49</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786051865638</t>
+          <t>9786051867922</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Biraz Şarkı Biraz Gözyaşı</t>
+          <t>Ölüm Yolcusu Abdülüver’in Tuhaf Seyahatleri</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>85</v>
+        <v>150</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786051865959</t>
+          <t>9786051866376</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Atların Plakası Olmaz</t>
+          <t>Kibirli Yeşil</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786051862392</t>
+          <t>3990022346018</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Parçalanmış - Soğuk Uyanış Serisi 3. Kitap</t>
+          <t>Martı Tanrı'nın Unutulan Çocukları (Defter)</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>150</v>
+        <v>6</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786051862385</t>
+          <t>9786051866277</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Kırılmış - Soğuk Uyanış Serisi 2. Kitap</t>
+          <t>Mayıs Sineği</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786051865904</t>
+          <t>9786051866529</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Haydi Gel Vazgeçme</t>
+          <t>Şahane Kitap</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>47</v>
+        <v>150</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786051865591</t>
+          <t>9786051866147</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Nikola Tesla’nın Sıra Dışı Hayatı</t>
+          <t>Amazon</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>195</v>
+        <v>38</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786051865348</t>
+          <t>9786051865744</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Messi - Futbol'un Mozart'ı</t>
+          <t>Kardaki Zulu</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>225</v>
+        <v>120</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786051864952</t>
+          <t>9786051865881</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Profesör Moriarty 2 - Öldürülmesi Gereken Hikaye</t>
+          <t>Bir Daha Asla</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>150</v>
+        <v>49</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786051864624</t>
+          <t>9786051865638</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Ve Bir Americano</t>
+          <t>Biraz Şarkı Biraz Gözyaşı</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>100</v>
+        <v>85</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786051863627</t>
+          <t>9786051865959</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Ev Yapımı Makarnalar</t>
+          <t>Atların Plakası Olmaz</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>149</v>
+        <v>100</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786051864563</t>
+          <t>9786051862392</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Miçolojik Dünya</t>
+          <t>Parçalanmış - Soğuk Uyanış Serisi 3. Kitap</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786050322217</t>
+          <t>9786051862385</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Yerçekimi Melodisi</t>
+          <t>Kırılmış - Soğuk Uyanış Serisi 2. Kitap</t>
         </is>
       </c>
       <c r="C521" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786051864280</t>
+          <t>9786051865904</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Benden Başka Herkes</t>
+          <t>Haydi Gel Vazgeçme</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>150</v>
+        <v>47</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786053489962</t>
+          <t>9786051865591</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Kobe Bryant</t>
+          <t>Nikola Tesla’nın Sıra Dışı Hayatı</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>395</v>
+        <v>195</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786051863610</t>
+          <t>9786051865348</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Neymar - Bir Futbol Sihirbazının İzinde</t>
+          <t>Messi - Futbol'un Mozart'ı</t>
         </is>
       </c>
       <c r="C524" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>3990000077763</t>
+          <t>9786051864952</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Ted Dekker - Çember Serisi (4 Kitap Takım)</t>
+          <t>Profesör Moriarty 2 - Öldürülmesi Gereken Hikaye</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>99.9</v>
+        <v>150</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786051863375</t>
+          <t>9786051864624</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Saklı Vaha</t>
+          <t>Ve Bir Americano</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786051863535</t>
+          <t>9786051863627</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Nadal - Benim Hikayem</t>
+          <t>Ev Yapımı Makarnalar</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>79</v>
+        <v>149</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786051863542</t>
+          <t>9786051864563</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Ronaldo - Mükemmelliğe Giden Yol</t>
+          <t>Miçolojik Dünya</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>195</v>
+        <v>80</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786051869377</t>
+          <t>9786050322217</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Sahte Krallık</t>
+          <t>Yerçekimi Melodisi</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>395</v>
+        <v>150</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786051862712</t>
+          <t>9786051864280</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Zentangle - Çizgilerle Rahatla</t>
+          <t>Benden Başka Herkes</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786051860343</t>
+          <t>9786053489962</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Sahibinin Kullanım Kılavuzu</t>
+          <t>Kobe Bryant</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>195</v>
+        <v>395</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>3996051861517</t>
+          <t>9786051863610</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Benim Vücudum ve Senin Vücudun</t>
+          <t>Neymar - Bir Futbol Sihirbazının İzinde</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>17</v>
+        <v>225</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786051862538</t>
+          <t>3990000077763</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş (Ciltli)</t>
+          <t>Ted Dekker - Çember Serisi (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>210</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786051861784</t>
+          <t>9786051863375</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Tekrar Ergen Olsam</t>
+          <t>Saklı Vaha</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>130</v>
+        <v>85</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786051862477</t>
+          <t>9786051863535</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Michael Schumacher</t>
+          <t>Nadal - Benim Hikayem</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>130</v>
+        <v>79</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>8681251040070</t>
+          <t>9786051863542</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Find Twins Hafıza ve Eşleştirme Oyunu - Sevimli Minikler 54 Parça</t>
+          <t>Ronaldo - Mükemmelliğe Giden Yol</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>12.9</v>
+        <v>195</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>8681251040018</t>
+          <t>9786051869377</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Find Twins Hafıza ve Eşleştirme Oyunu - Oyuncular Serisi 54 Parça</t>
+          <t>Sahte Krallık</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>12.9</v>
+        <v>395</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>8681251040056</t>
+          <t>9786051862712</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Find Twins Hafıza ve Eşleştirme Oyunu - Vahşi Hayvanlar 54 Parça</t>
+          <t>Zentangle - Çizgilerle Rahatla</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>12.9</v>
+        <v>80</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>8681251040063</t>
+          <t>9786051860343</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Find Twins Hafıza ve Eşleştirme Oyunu - Alfabe Öğreniyorum 54 Parça</t>
+          <t>Çocuk Sahibinin Kullanım Kılavuzu</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>12.9</v>
+        <v>195</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>8681251040049</t>
+          <t>3996051861517</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Find Twins Hafıza ve Eşleştirme Oyunu - Sevimli Hayvanlar 54 Parça</t>
+          <t>Benim Vücudum ve Senin Vücudun</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>12.9</v>
+        <v>17</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>8681251040032</t>
+          <t>9786051862538</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Find Twins Hafıza ve Eşleştirme Oyunu - Sevimli Hayvanlar Büyük 54 Parça</t>
+          <t>Bir Varmış Bir Yokmuş (Ciltli)</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>12.9</v>
+        <v>210</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786051862156</t>
+          <t>9786051861784</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Tek Mazereti Aşktı</t>
+          <t>Tekrar Ergen Olsam</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786051861746</t>
+          <t>9786051862477</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Yirmi Dokuz Buçuk Neden</t>
+          <t>Michael Schumacher</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>3990000070059</t>
+          <t>8681251040070</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Martı Sherlock Holmes - Aklın Şüphesi Suçun Gerçeğidir (Defter)</t>
+          <t>Find Twins Hafıza ve Eşleştirme Oyunu - Sevimli Minikler 54 Parça</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>6</v>
+        <v>12.9</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786051860633</t>
+          <t>8681251040018</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Karanlıkta Bir Çığlık</t>
+          <t>Find Twins Hafıza ve Eşleştirme Oyunu - Oyuncular Serisi 54 Parça</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>160</v>
+        <v>12.9</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>3990000033719</t>
+          <t>8681251040056</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mucizeler Dükkanı (Defter)</t>
+          <t>Find Twins Hafıza ve Eşleştirme Oyunu - Vahşi Hayvanlar 54 Parça</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>5.08</v>
+        <v>12.9</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786051860138</t>
+          <t>8681251040063</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Ev Yapımı Turtalar ve Tartlar</t>
+          <t>Find Twins Hafıza ve Eşleştirme Oyunu - Alfabe Öğreniyorum 54 Parça</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>149</v>
+        <v>12.9</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786051861074</t>
+          <t>8681251040049</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Ateşli</t>
+          <t>Find Twins Hafıza ve Eşleştirme Oyunu - Sevimli Hayvanlar 54 Parça</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>130</v>
+        <v>12.9</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>8681322346087</t>
+          <t>8681251040032</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Yörünge (Defter)</t>
+          <t>Find Twins Hafıza ve Eşleştirme Oyunu - Sevimli Hayvanlar Büyük 54 Parça</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>6</v>
+        <v>12.9</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786051866345</t>
+          <t>9786051862156</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Ali / Dünyanın Kralı</t>
+          <t>Tek Mazereti Aşktı</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786053489115</t>
+          <t>9786051861746</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Eskort 2. Kitap</t>
+          <t>Yirmi Dokuz Buçuk Neden</t>
         </is>
       </c>
       <c r="C551" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786053489573</t>
+          <t>3990000070059</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Biraz Yağmur Biraz Güneş</t>
+          <t>Martı Sherlock Holmes - Aklın Şüphesi Suçun Gerçeğidir (Defter)</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>160</v>
+        <v>6</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786053488897</t>
+          <t>9786051860633</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Sevme Beni Yanarsın</t>
+          <t>Sessiz Karanlıkta Bir Çığlık</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786050321357</t>
+          <t>3990000033719</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Gibi Düşünmek</t>
+          <t>Küçük Mucizeler Dükkanı (Defter)</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>155</v>
+        <v>5.08</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786053488378</t>
+          <t>9786051860138</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Kösem Dört Devrin Sultanı (Ciltli)</t>
+          <t>Ev Yapımı Turtalar ve Tartlar</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>225</v>
+        <v>149</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786254485466</t>
+          <t>9786051861074</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Kadınlar</t>
+          <t>Ateşli</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>3990053488743</t>
+          <t>8681322346087</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yıl Büyüsü</t>
+          <t>Yörünge (Defter)</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>3990000029138</t>
+          <t>9786051866345</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Psikopat (Günlük)</t>
+          <t>Muhammed Ali / Dünyanın Kralı</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>16.1</v>
+        <v>290</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>8681322346032</t>
+          <t>9786053489115</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Martı Küçük Hırsız (Günlük)</t>
+          <t>Eskort 2. Kitap</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>20</v>
+        <v>160</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>3001428100119</t>
+          <t>9786053489573</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Martı Yörünge (Defter)</t>
+          <t>Biraz Yağmur Biraz Güneş</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>6</v>
+        <v>160</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>3990000029129</t>
+          <t>9786053488897</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Martı Psikopat (Defter)</t>
+          <t>Sevme Beni Yanarsın</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>5.08</v>
+        <v>100</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>3990000029127</t>
+          <t>9786050321357</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Martı Küçük Mucizeler Dükkanı (Günlük)</t>
+          <t>Sherlock Gibi Düşünmek</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>5.08</v>
+        <v>155</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>3990000029120</t>
+          <t>9786053488378</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Martı Küçük Hırsız (Defter)</t>
+          <t>Kösem Dört Devrin Sultanı (Ciltli)</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>5.08</v>
+        <v>225</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>3990000029121</t>
+          <t>9786254485466</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Martı Kitap Hırsızı (Defter)</t>
+          <t>Güçlü Kadınlar</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>5.08</v>
+        <v>170</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>3990000029119</t>
+          <t>3990053488743</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Martı Benim Yolum (Defter)</t>
+          <t>Yeni Yıl Büyüsü</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>5.08</v>
+        <v>14</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786053487548</t>
+          <t>3990000029138</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Engerek</t>
+          <t>Psikopat (Günlük)</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>160</v>
+        <v>16.1</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786050321876</t>
+          <t>8681322346032</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Kafes</t>
+          <t>Martı Küçük Hırsız (Günlük)</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>160</v>
+        <v>20</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786053485551</t>
+          <t>3001428100119</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar</t>
+          <t>Martı Yörünge (Defter)</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>160</v>
+        <v>6</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786051869353</t>
+          <t>3990000029129</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Çöküş ve Yükseliş</t>
+          <t>Martı Psikopat (Defter)</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>395</v>
+        <v>5.08</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786053480273</t>
+          <t>3990000029127</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Gerçekler Kanıt İster - Sherlock Holmes</t>
+          <t>Martı Küçük Mucizeler Dükkanı (Günlük)</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>130</v>
+        <v>5.08</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786053480563</t>
+          <t>3990000029120</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Aklın Şüphesi Suçun Gerçeğidir - Sherlock Holmes</t>
+          <t>Martı Küçük Hırsız (Defter)</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>120</v>
+        <v>5.08</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786053484608</t>
+          <t>3990000029121</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Rafael Nadal - Benim Hikayem</t>
+          <t>Martı Kitap Hırsızı (Defter)</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>39</v>
+        <v>5.08</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786053482802</t>
+          <t>3990000029119</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Postacı Kapıyı Çalmayacak</t>
+          <t>Martı Benim Yolum (Defter)</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>295</v>
+        <v>5.08</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786051869247</t>
+          <t>9786053487548</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Kuşatma ve Fırtına</t>
+          <t>Engerek</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786053485339</t>
+          <t>9786050321876</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Uyurgezer Anılar</t>
+          <t>Kafes</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>21</v>
+        <v>160</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786053482703</t>
+          <t>9786053485551</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Üç Oda Bir Yanlızlık</t>
+          <t>Kadınlar</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>28</v>
+        <v>160</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786053489108</t>
+          <t>9786051869353</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Eskort</t>
+          <t>Çöküş ve Yükseliş</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>160</v>
+        <v>395</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786053483366</t>
+          <t>9786053480273</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Oxford Kitaplığı Set 2 (12 Kitap Takım)</t>
+          <t>Gerçekler Kanıt İster - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>67</v>
+        <v>130</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786053483359</t>
+          <t>9786053480563</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Oxford Kitaplığı Set 1 (12 Kitap Takım)</t>
+          <t>Aklın Şüphesi Suçun Gerçeğidir - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>67</v>
+        <v>120</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786053482642</t>
+          <t>9786053484608</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Spartaküs: Ölüm Yolcuları</t>
+          <t>Rafael Nadal - Benim Hikayem</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>25</v>
+        <v>39</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786053483403</t>
+          <t>9786053482802</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Hoşça Kal Demeden</t>
+          <t>Postacı Kapıyı Çalmayacak</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>59</v>
+        <v>295</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786053483878</t>
+          <t>9786051869247</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Güzel Bir Gün</t>
+          <t>Kuşatma ve Fırtına</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>69</v>
+        <v>350</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786254483776</t>
+          <t>9786053485339</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Tek Başına - Dedektif D.D. Warren Serisi</t>
+          <t>Uyurgezer Anılar</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>69</v>
+        <v>21</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>3996053482932</t>
+          <t>9786053482703</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Büyük Minik Dinozor</t>
+          <t>Üç Oda Bir Yanlızlık</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>7.5</v>
+        <v>28</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786053482222</t>
+          <t>9786053489108</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Cenneti Öldürmek</t>
+          <t>Eskort</t>
         </is>
       </c>
       <c r="C585" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9789758461745</t>
+          <t>9786053483366</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Vittorio</t>
+          <t>Oxford Kitaplığı Set 2 (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>19</v>
+        <v>67</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9789758461011</t>
+          <t>9786053483359</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Vampir Vittorio</t>
+          <t>Oxford Kitaplığı Set 1 (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>11.57</v>
+        <v>67</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786054335558</t>
+          <t>9786053482642</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Talih</t>
+          <t>Spartaküs: Ölüm Yolcuları</t>
         </is>
       </c>
       <c r="C588" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786051869629</t>
+          <t>9786053483403</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Hükümdar</t>
+          <t>Hoşça Kal Demeden</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>10</v>
+        <v>59</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786053480204</t>
+          <t>9786053483878</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Hiç Kimse Sıradan Değildir</t>
+          <t>Güzel Bir Gün</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>350</v>
+        <v>69</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786053482208</t>
+          <t>9786254483776</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Tüm Hikayeleri - Tek Kitap (Ciltli)</t>
+          <t>Tek Başına - Dedektif D.D. Warren Serisi</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>69.5</v>
+        <v>69</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786055420659</t>
+          <t>3996053482932</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Bir Yumak Mutluluk</t>
+          <t>Büyük Minik Dinozor</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>26</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786053481096</t>
+          <t>9786053482222</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Bir Dilekle Başladı Her şey (Ciltli)</t>
+          <t>Cenneti Öldürmek</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>29</v>
+        <v>160</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786053481645</t>
+          <t>9789758461745</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Son Detay - Myron Bolitar Serisi</t>
+          <t>Vittorio</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>30</v>
+        <v>19</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786053482468</t>
+          <t>9789758461011</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Zayıflamak İçin Biraz Vaktiniz Var mı?</t>
+          <t>Vampir Vittorio</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>28</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786053482284</t>
+          <t>9786054335558</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Karanlık: Merrick</t>
+          <t>Lanetli Talih</t>
         </is>
       </c>
       <c r="C596" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786053482024</t>
+          <t>9786051869629</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Kurtlara Söyle Eve Döndüm</t>
+          <t>Hükümdar</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>395</v>
+        <v>10</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786053480174</t>
+          <t>9786053480204</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Benim Çılgın Ailem</t>
+          <t>Hiç Kimse Sıradan Değildir</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>20.5</v>
+        <v>350</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786053481911</t>
+          <t>9786053482208</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Bahçemde Yeşeren Umutlar</t>
+          <t>Sherlock Holmes Tüm Hikayeleri - Tek Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>15</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786053481157</t>
+          <t>9786055420659</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Unutulan Çocukları</t>
+          <t>Bir Yumak Mutluluk</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>225</v>
+        <v>26</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>3990000004759</t>
+          <t>9786053481096</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Süper Sudoku</t>
+          <t>Bir Dilekle Başladı Her şey (Ciltli)</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>7</v>
+        <v>29</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786053480808</t>
+          <t>9786053481645</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Sır Perdesi Aralanıyor - Kızıl Dosya</t>
+          <t>Son Detay - Myron Bolitar Serisi</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786053480044</t>
+          <t>9786053482468</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Çığlık - Dedektif D.D. Warren Serisi</t>
+          <t>Zayıflamak İçin Biraz Vaktiniz Var mı?</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>170</v>
+        <v>28</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786054335022</t>
+          <t>9786053482284</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Anne Mutlu Bebek</t>
+          <t>Sonsuz Karanlık: Merrick</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>90</v>
+        <v>25</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786254485442</t>
+          <t>9786053482024</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Düşünce Gücüyle Yaşam Boyu Mutluluk</t>
+          <t>Kurtlara Söyle Eve Döndüm</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>195</v>
+        <v>395</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
+          <t>9786053480174</t>
+        </is>
+      </c>
+      <c r="B606" s="1" t="inlineStr">
+        <is>
+          <t>Benim Çılgın Ailem</t>
+        </is>
+      </c>
+      <c r="C606" s="1">
+        <v>20.5</v>
+      </c>
+    </row>
+    <row r="607" spans="1:3">
+      <c r="A607" s="1" t="inlineStr">
+        <is>
+          <t>9786053481911</t>
+        </is>
+      </c>
+      <c r="B607" s="1" t="inlineStr">
+        <is>
+          <t>Bahçemde Yeşeren Umutlar</t>
+        </is>
+      </c>
+      <c r="C607" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="608" spans="1:3">
+      <c r="A608" s="1" t="inlineStr">
+        <is>
+          <t>9786053481157</t>
+        </is>
+      </c>
+      <c r="B608" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı'nın Unutulan Çocukları</t>
+        </is>
+      </c>
+      <c r="C608" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="609" spans="1:3">
+      <c r="A609" s="1" t="inlineStr">
+        <is>
+          <t>3990000004759</t>
+        </is>
+      </c>
+      <c r="B609" s="1" t="inlineStr">
+        <is>
+          <t>Süper Sudoku</t>
+        </is>
+      </c>
+      <c r="C609" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="610" spans="1:3">
+      <c r="A610" s="1" t="inlineStr">
+        <is>
+          <t>9786053480808</t>
+        </is>
+      </c>
+      <c r="B610" s="1" t="inlineStr">
+        <is>
+          <t>Sır Perdesi Aralanıyor - Kızıl Dosya</t>
+        </is>
+      </c>
+      <c r="C610" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="611" spans="1:3">
+      <c r="A611" s="1" t="inlineStr">
+        <is>
+          <t>9786053480044</t>
+        </is>
+      </c>
+      <c r="B611" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz Çığlık - Dedektif D.D. Warren Serisi</t>
+        </is>
+      </c>
+      <c r="C611" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="612" spans="1:3">
+      <c r="A612" s="1" t="inlineStr">
+        <is>
+          <t>9786054335022</t>
+        </is>
+      </c>
+      <c r="B612" s="1" t="inlineStr">
+        <is>
+          <t>Sağlıklı Anne Mutlu Bebek</t>
+        </is>
+      </c>
+      <c r="C612" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="613" spans="1:3">
+      <c r="A613" s="1" t="inlineStr">
+        <is>
+          <t>9786254485442</t>
+        </is>
+      </c>
+      <c r="B613" s="1" t="inlineStr">
+        <is>
+          <t>Pozitif Düşünce Gücüyle Yaşam Boyu Mutluluk</t>
+        </is>
+      </c>
+      <c r="C613" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="614" spans="1:3">
+      <c r="A614" s="1" t="inlineStr">
+        <is>
           <t>9786051866420</t>
         </is>
       </c>
-      <c r="B606" s="1" t="inlineStr">
+      <c r="B614" s="1" t="inlineStr">
         <is>
           <t>Kusursuz</t>
         </is>
       </c>
-      <c r="C606" s="1">
+      <c r="C614" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>