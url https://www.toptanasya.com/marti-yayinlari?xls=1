--- v2 (2026-02-04)
+++ v3 (2026-03-22)
@@ -85,9235 +85,24490 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786253662608</t>
+          <t>9786254488085</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Son Bir Parti</t>
+          <t>Aşkın Peşinde</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786253662622</t>
+          <t>9786253662684</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Veba</t>
+          <t>Ölümün Efendileri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786253662530</t>
+          <t>9786253662646</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kemiğe Oyulu Lanet (Ciltli)</t>
+          <t>Kötü Şöhret</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786253662547</t>
+          <t>9786253662653</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Şeytanla Yakınlaşma</t>
+          <t>Bir Çeşit Mükemmellik</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>590</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786253662615</t>
+          <t>9786253662660</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>King - İttifak Serisi 2. Kitap</t>
+          <t>Yeter ki Sen Mutlu Ol</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786253662448</t>
+          <t>9786254488078</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yaktığımız Gerçekler</t>
+          <t>Birlikçi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>350</v>
+        <v>310</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786253662455</t>
+          <t>9786253662677</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Arzuladığımız Kan Kısım 1</t>
+          <t>Kainat (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>290</v>
+        <v>495</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786253662325</t>
+          <t>9786253662639</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Çaldığımız Yalanlar</t>
+          <t>Monty Jay Hollow Erkekleri Serisi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>320</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786253662516</t>
+          <t>9786253662554</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kemeraltı - Gazi Paşa'ya Suikast</t>
+          <t>Benimle Oyna</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>395</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786253662585</t>
+          <t>9786253662363</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kıskançlık Kralı</t>
+          <t>Bana Şans Ver</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786253662578</t>
+          <t>9786253662592</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Suikastçının Kalbi (Ciltli)</t>
+          <t>Ettiğimiz Yemin</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786253662394</t>
+          <t>9786253662523</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Haris</t>
+          <t>Arzuladığımız Kan Kısım 2</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786253662561</t>
+          <t>9786253661960</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Tutkunun Tanrısı 1 (Ciltli)</t>
+          <t>Küller ve Yıldızların Lanetlediği Kral</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786053486077</t>
+          <t>9786253661977</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo (3 Boyutlu) (Ciltli)</t>
+          <t>Küller ve Yıldızların Lanetlediği Kral (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055420727</t>
+          <t>9786253661533</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz</t>
+          <t>Karışık Kaset</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>130</v>
+        <v>99</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786253662318</t>
+          <t>9786253660987</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sonu Olmayan Yol</t>
+          <t>Hiçbir Dünyanın Kızı (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>490</v>
+        <v>495</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786253662479</t>
+          <t>9786253660871</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bana Söz Verme</t>
+          <t>Unofficial Harry Potter Karakter İncelemesi (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>325</v>
+        <v>395</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786253662493</t>
+          <t>9786253660581</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Yeminler ve Yıkıntılar</t>
+          <t>Twisted Serisi (4 Kitap)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>350</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786253662509</t>
+          <t>9786253660147</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kan ve Çelik</t>
+          <t>Saklambaç ve Sobe İkili Set</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786253662349</t>
+          <t>9786253660383</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ben Gittiğimde Bile</t>
+          <t>Gecenin Hikayesi (Kutulu Set)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>290</v>
+        <v>965</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786253662462</t>
+          <t>9786253660130</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Gözlerini Aç</t>
+          <t>Saklambaç - Sobe İkili Set</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>290</v>
+        <v>435</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786253662486</t>
+          <t>9786253660123</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Forvet</t>
+          <t>Saklambaç - Sobe İkili Set (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>390</v>
+        <v>620</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786253662356</t>
+          <t>9786253660048</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Yıldızları</t>
+          <t>Paramparça Bir Kız</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>325</v>
+        <v>170</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786253662295</t>
+          <t>9786254485732</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Nehrin Tanıdık Şarkısı</t>
+          <t>Umursamaz - Amato Kardeşler 2. Kitap</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>325</v>
+        <v>49</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786253662301</t>
+          <t>3036066620107</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Enigma</t>
+          <t>Kişisel Gelişim Seti</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>375</v>
+        <v>109</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786253662233</t>
+          <t>9786254489679</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Nero</t>
+          <t>Sobe</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>350</v>
+        <v>99</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786253662424</t>
+          <t>9786254489150</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Geriye Sadece Karanlık Kaldı (Ciltli)</t>
+          <t>Sobe (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>390</v>
+        <v>315</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786253662417</t>
+          <t>9786254489167</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Haris (Kutulu) (Ciltli)</t>
+          <t>Sobe</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>599</v>
+        <v>225</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055420956</t>
+          <t>9786254489143</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Suç Detayda Saklıdır - Sherlock Holmes</t>
+          <t>Korsan Kralın Kızı Serisi - Kutulu Set</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786053487142</t>
+          <t>9786254481925</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>İhanetin Beş Yüzü</t>
+          <t>Aydınlıkta</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>160</v>
+        <v>22</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786254486524</t>
+          <t>9786254488726</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Orion (Ciltli)</t>
+          <t>Gençlik Serüveni (4 Kitap Takım - Cep Boy)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>315</v>
+        <v>420</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786051869889</t>
+          <t>9786254481963</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Gencim Doğruyum - Genç Olmak</t>
+          <t>Gölge</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>110</v>
+        <v>69</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786253662332</t>
+          <t>9786254487507</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Altı'yı Kazanmak</t>
+          <t>Odaklanmanın Gücü</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>495</v>
+        <v>90</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786253662387</t>
+          <t>9786254488016</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Cambaz - 7 Tutsak 1 Ölü</t>
+          <t>Saklambaç</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>325</v>
+        <v>99</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786253662400</t>
+          <t>9786051861203</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Cambaz - 7 Tutsak 1 Ölü (Kutulu) (Ciltli)</t>
+          <t>Hayvanlar Dünyası Çocuklar İçin Sayılarla Boyama Kitabı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>599</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786253662226</t>
+          <t>9786051869971</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Gazabı (Ciltli)</t>
+          <t>Ben Ölürsem</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>495</v>
+        <v>59</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786253662219</t>
+          <t>9786254487781</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Gazabı</t>
+          <t>Saklambaç</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786253662165</t>
+          <t>9785550341607</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kanla Yazılı Kader</t>
+          <t>Okul Öncesi Boyama Serisi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>450</v>
+        <v>60</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786253662257</t>
+          <t>9786055420802</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Savaş (Ciltli)</t>
+          <t>Rüzgarı Dizginleyen Çocuk</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>395</v>
+        <v>25</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786253662264</t>
+          <t>2786057865058</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Savaş</t>
+          <t>Sporcular Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>295</v>
+        <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786253662271</t>
+          <t>9786254487514</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Sınırında</t>
+          <t>Harry Potter Büyü Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>295</v>
+        <v>490</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786253661939</t>
+          <t>9786051869537</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Geride Bıraktığımız Şeyler</t>
+          <t>Kar Tanelerinin Bir Bildiği Var</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>295</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786253662240</t>
+          <t>9786051861197</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Keyif Kralı</t>
+          <t>Yeni Yıl Büyüsü Boyama Kitabı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>295</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786253662189</t>
+          <t>9786254487217</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Batı Dalgaları</t>
+          <t>Hepimiz Gökyüzü Olmak İstedik - Krallar ve Soytarıları</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>250</v>
+        <v>245</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786253662202</t>
+          <t>9786254482168</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Riley Thorn ve Geçmişten Gelen Öfke</t>
+          <t>Yalan Oyunu Serisi 6 Kitap Kutulu</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>350</v>
+        <v>319</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786253662172</t>
+          <t>9786254487279</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ateşi Körükle</t>
+          <t>Sherlock Holmes Seti - 5 Kitap Takım - 125x195 Yeni Ebatlı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>395</v>
+        <v>854</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786253661441</t>
+          <t>4440000000254</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Yılan ve Gecenin Kanatları</t>
+          <t>Martı Fırsat Seti 10</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>350</v>
+        <v>46</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786254482748</t>
+          <t>9786254484087</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Grishaverse Serisi Kutulu - (6 Kitap Takım)</t>
+          <t>Minyatür Kitaplar Hediye Kutusu -1</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>2225</v>
+        <v>190</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786254489037</t>
+          <t>9786254484186</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Made Serisi Kutulu - 3 Kitap</t>
+          <t>Sabahattin Ali Bütün Eserleri Hediye Kutulu (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>1050</v>
+        <v>290</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786254487996</t>
+          <t>9786254484094</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>02:02 Ayçiçeği Karnavalı</t>
+          <t>Minyatür Kitaplar Hediye Kutusu - 2</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>99</v>
+        <v>290</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786254487736</t>
+          <t>9786254487156</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>En Tatlı Kaçış</t>
+          <t>Suç Detayda Saklıdır</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786253662066</t>
+          <t>9786254487149</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Şeytanla Tatil</t>
+          <t>Akıl Oyunlarının Gölgesinde</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>225</v>
+        <v>140</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786253662158</t>
+          <t>9786254481956</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Son</t>
+          <t>Rüya</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>59</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786253662196</t>
+          <t>9786254481949</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Raven'ın Peşinde (Ciltli)</t>
+          <t>Toz</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>350</v>
+        <v>79</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786253662042</t>
+          <t>9786051863672</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kargalar Meclisi (Ciltli)</t>
+          <t>Toz Serisi - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>490</v>
+        <v>81</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786253662059</t>
+          <t>9781644180013</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Sahte Krallık (Ciltli)</t>
+          <t>Özlüyorum Seni - Aşktan ya da Korkudan</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>490</v>
+        <v>97</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786254487224</t>
+          <t>9780618249060</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Gökyüzü Olmak İstedik - Lordlar ve Varisler</t>
+          <t>Affet Ama Unutma - Ben Ölürsem 2 Kitap Set</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>265</v>
+        <v>60</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786253662134</t>
+          <t>9786254486838</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Altı'yı Kurtarmak</t>
+          <t>Gençlik Serüveni (Ciltli - 4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>350</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786253662073</t>
+          <t>9786254486999</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>On Üç'ü Bağlamak</t>
+          <t>Hepimiz Gökyüzü Olmak İstedik: Krallar ve Soytarıları - Su (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786253662080</t>
+          <t>9786254487019</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>On Üç'ü Saklamak</t>
+          <t>Krallar ve Soytarıları - Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>395</v>
+        <v>410</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786253662127</t>
+          <t>9786051869612</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Ölüm ve Şafağın Annesi (Ciltli)</t>
+          <t>Bugün Farklı Olacak</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>495</v>
+        <v>20</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786253662110</t>
+          <t>9786051866475</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ölüm ve Şafağın Annesi</t>
+          <t>Sana Kalbim Geçti!</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>395</v>
+        <v>100</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786253662011</t>
+          <t>9786050322606</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Doğu Işıkları</t>
+          <t>Krallığı Öldürmek (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786253662028</t>
+          <t>9786050322316</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kargalar Meclisi</t>
+          <t>Kargalar Meclisi (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>350</v>
+        <v>245</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786253662035</t>
+          <t>9786051868721</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Sahte Krallık</t>
+          <t>Eva Tatilde</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786253662141</t>
+          <t>9786051868981</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Düzenbaz - 7 Tutsak 1 Ölü (Kutulu) (Ciltli)</t>
+          <t>Üçgen Çatılar - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>450</v>
+        <v>80</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786253662097</t>
+          <t>9786051868899</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Düzenbaz - 7 Tutsak 1 Ölü</t>
+          <t>Ölüm Döşeğinde - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>250</v>
+        <v>12</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786253662004</t>
+          <t>9786051868936</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yok Edici</t>
+          <t>Kızıl Dosya - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>195</v>
+        <v>19</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786254486333</t>
+          <t>9786051868844</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Lordlar ve Varisler - Hepimiz Gökyüzü Olmak İstedik (Ciltli)</t>
+          <t>Kızıl Çember - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>345</v>
+        <v>12</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786253661984</t>
+          <t>9786051868837</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki İblis</t>
+          <t>Kara Vaka - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>325</v>
+        <v>80</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786253661878</t>
+          <t>9786051868882</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Gölge ve Kemik Üçlemesi</t>
+          <t>Zümrüt Taç - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>850</v>
+        <v>19</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786253661946</t>
+          <t>9786051868868</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Riley Thorn ve Dolaptaki Ceset</t>
+          <t>Son Vaka - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>225</v>
+        <v>80</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786253661915</t>
+          <t>9786051867687</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Tükenmiş Günahkarlar</t>
+          <t>Sevme Beni Yanarsın (Özel Seri)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>275</v>
+        <v>15</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786253661953</t>
+          <t>9786051867694</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Güney Fırtınaları</t>
+          <t>Sırrım Kokunda Saklı (Özel Seri)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>180</v>
+        <v>15</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786253661991</t>
+          <t>9786051867793</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Raven Suikastçısı (Ciltli)</t>
+          <t>Kötü Ruhlar Defteri (Özel Seri)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>350</v>
+        <v>15</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786253661885</t>
+          <t>9786051867892</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Gizli Şanghay Dünyası (Ciltli)</t>
+          <t>Mucizeler Sahnesi (Özel Seri)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>1250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786253661922</t>
+          <t>9786051867908</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Hırs Kralı</t>
+          <t>Olmadı Baştan Alalım (Özel Seri)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>195</v>
+        <v>15</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256312364</t>
+          <t>9786051867915</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Küçük Olimposlular - Hermes</t>
+          <t>Pijamalı Kediler Kulübü (Özel Seri)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>100</v>
+        <v>15</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256312371</t>
+          <t>9786051867762</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Küçük Olimposlular - Artemis</t>
+          <t>Postacı Kapıyı Çalmayacak (Özel Seri)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>100</v>
+        <v>15</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256312357</t>
+          <t>9786051867779</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Küçük Olimposlular - Athena</t>
+          <t>Gecenin Kanatları (Özel Seri)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>100</v>
+        <v>15</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256312340</t>
+          <t>9786051867786</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Küçük Olimposlular - Zeus</t>
+          <t>Gecenin Ölümsüzleri (Özel Seri)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>100</v>
+        <v>15</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786253661908</t>
+          <t>9786051867861</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Atlas Serisi (Ciltli)</t>
+          <t>İmparator (Özel Seri)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>1350</v>
+        <v>15</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786253661892</t>
+          <t>9786051867885</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Atlas Serisi</t>
+          <t>Kasap (Özel Seri)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>950</v>
+        <v>15</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786254487798</t>
+          <t>9786051867748</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Saklambaç (Ciltli)</t>
+          <t>Gecenin Hakimleri (Özel Seri)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>315</v>
+        <v>15</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786254485893</t>
+          <t>9786051867731</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Paha Biçilmez - Amato Kardeşler 3. Kitap</t>
+          <t>Gecenin Aynası (Özel Seri)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>49</v>
+        <v>15</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786050321517</t>
+          <t>9786051867724</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Hades</t>
+          <t>Davetsiz Sesler (Özel Seri)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>49</v>
+        <v>15</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786254485299</t>
+          <t>9786051867700</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Dikenlerin Dili (Ciltli)</t>
+          <t>İyi Kız (Özel Seri)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>210</v>
+        <v>15</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786253661854</t>
+          <t>9786051867878</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Sahtekar Kalpli Avcı</t>
+          <t>Charlotte Bronte’nin Gizli Maceraları: Manastır (Özel Seri)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>350</v>
+        <v>15</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786253661861</t>
+          <t>9786051867847</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sahtekar Kalpli Avcı (Ciltli)</t>
+          <t>Benden Başka Herkes (Özel Seri)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>495</v>
+        <v>15</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786051868554</t>
+          <t>9786051867830</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk</t>
+          <t>Baharın Peşinde (Özel Seri)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>39</v>
+        <v>15</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786051866321</t>
+          <t>9786051867717</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Suarez - Sıfırdan Zirveye</t>
+          <t>Ateşin Şarkısı (Özel Seri)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>100</v>
+        <v>15</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786050320398</t>
+          <t>9786051867823</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Bir Kış Büyüsü</t>
+          <t>Aşktan Kareler (Özel Seri)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>160</v>
+        <v>15</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786253661779</t>
+          <t>9786051867816</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Masum Bir Yalan</t>
+          <t>Anarşi (Özel Seri)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>190</v>
+        <v>15</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786253661700</t>
+          <t>9786051867663</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Atlas Kompleksi (Ciltli)</t>
+          <t>Gece Düşü</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>495</v>
+        <v>23</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786253661823</t>
+          <t>9786051865584</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Bir Umuda Âşık Oldum</t>
+          <t>İş Yaşamında Hayatta Kalma Rehberi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>250</v>
+        <v>28</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786254485886</t>
+          <t>9786053489443</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Pogba - Mbappe - Griezmann</t>
+          <t>Luiz Suarez</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>150</v>
+        <v>18</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786254485831</t>
+          <t>9786050320329</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Messi-Neymar-Ronaldo</t>
+          <t>Ormanın Gözleri</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>150</v>
+        <v>22</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786253661816</t>
+          <t>9786050321500</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Hades X Persephone</t>
+          <t>Terapide 5 Soluk</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>995</v>
+        <v>90</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786253661847</t>
+          <t>9786051861005</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Korkunç Kabuslar Listesi</t>
+          <t>Sonsuz Arzuya Uyanış (Cep Boy)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>295</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786253661793</t>
+          <t>9786051868462</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kuşatma ve Fırtına</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>295</v>
+        <v>30</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786253661786</t>
+          <t>9786051865287</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Gölge ve Kemik</t>
+          <t>Kan ve Altın</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>295</v>
+        <v>39</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786253661809</t>
+          <t>9786051865010</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Çöküş ve Yükseliş</t>
+          <t>Rüyalarda Buluşuruz</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>295</v>
+        <v>21</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786253661694</t>
+          <t>9786051865386</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Atlas Kompleksi</t>
+          <t>SS-GB İşgal</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>350</v>
+        <v>35</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786253661830</t>
+          <t>9786051864310</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Dek Bağımlı</t>
+          <t>Aşkın Vasiyeti</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>350</v>
+        <v>21</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786253661298</t>
+          <t>9786051862378</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Mahkum Günahkarlar</t>
+          <t>Donmuş - Soğuk Uyanış Serisi 1. Kitap</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>250</v>
+        <v>49</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786253661755</t>
+          <t>9786051868219</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Cellat</t>
+          <t>Otuz Bir Buçuk Pişmanlık</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786253661687</t>
+          <t>9786051869841</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir İyilik</t>
+          <t>Özlüyorum Seni</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>190</v>
+        <v>69</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786253661731</t>
+          <t>9786051866123</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Taht</t>
+          <t>Aşktan Ya Da Korkudan</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>190</v>
+        <v>30</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786253661748</t>
+          <t>9786051866215</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Taht (Ciltli)</t>
+          <t>İpek - Uyumaya Hazırlanıyor</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>250</v>
+        <v>55</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786254484100</t>
+          <t>9786051869452</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Amato Kardeşler 1. Kitap - Kalpsiz</t>
+          <t>Kara Kutu</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>49</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786253661762</t>
+          <t>9786051868875</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Oyunbaz - 7 Tutsak 1 Ölü (Kutulu Set) (Ciltli)</t>
+          <t>Baskerville’lerin Köpeği - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>450</v>
+        <v>19</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786253661717</t>
+          <t>9786051868790</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Oyunbaz - 7 Tutsak 1 Ölü</t>
+          <t>Altın Gözlüğün Esrarı - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>250</v>
+        <v>19</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256312043</t>
+          <t>9786051868783</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Bir Bitin Hikayesi</t>
+          <t>Albayın Ölümü - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>95</v>
+        <v>80</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786253661670</t>
+          <t>9786053485261</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Şeytanla Anlaşma</t>
+          <t>Gençler İçin Shakespeare Set 1 (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>225</v>
+        <v>73.98</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786253661656</t>
+          <t>9786051868912</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Çaresiz Atış</t>
+          <t>Leigh Bardugo Set (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>225</v>
+        <v>475</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256312166</t>
+          <t>9786051864525</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Elmas Gezegen ve Kayıp Elmas</t>
+          <t>Ev Yapımı Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>115</v>
+        <v>166.67</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786253661663</t>
+          <t>9786254481734</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kaosun Dokunuşu</t>
+          <t>Yıldızlar Sönünceye Dek</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>325</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786253661595</t>
+          <t>9786051869513</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Düşmüş Tanrıların Çocukları (Ciltli)</t>
+          <t>Neden Olmasın?</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>450</v>
+        <v>39</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786253661601</t>
+          <t>9786051868813</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Düşmüş Tanrıların Çocukları</t>
+          <t>Gümüş Şimşek - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>350</v>
+        <v>80</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786253661625</t>
+          <t>9786051868776</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Yazar</t>
+          <t>Dörtlerin İmzası - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>215</v>
+        <v>19</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786253661649</t>
+          <t>9786051868806</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>İmparator</t>
+          <t>Dans Eden Adamlar - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>230</v>
+        <v>12</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786253661588</t>
+          <t>9786051866116</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Benimle Kal</t>
+          <t>Küçük Güzel Şeyler</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>290</v>
+        <v>28</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786253661571</t>
+          <t>9786051862910</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Bana Söz Ver</t>
+          <t>Sığınak</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786253661632</t>
+          <t>9786051863399</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Son Şans</t>
+          <t>Cennetin Çocukları</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>250</v>
+        <v>59</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786253661618</t>
+          <t>9786051863078</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Gurur Kralı</t>
+          <t>Benimle Saklan</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>215</v>
+        <v>28</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786253661526</t>
+          <t>9786051863177</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Işıktan Sakladığımız Şeyler</t>
+          <t>Tek Bir Bakış</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>275</v>
+        <v>160</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786253661557</t>
+          <t>9786051862798</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Yanan Altı Gül (Ciltli)</t>
+          <t>İyileştiren Tat</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>190</v>
+        <v>12</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786253661540</t>
+          <t>9786051862590</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Yanan Altı Gül</t>
+          <t>Sanat Terapisi Frida Kahlo - Gerçekliğin Renkleri</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>120</v>
+        <v>44</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786253661564</t>
+          <t>9786051862859</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Azrail</t>
+          <t>Özgürlüğün Görkemli Savaşı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>195</v>
+        <v>29</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786254489853</t>
+          <t>9786053489337</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Çarpık Aşk</t>
+          <t>Bebek Sahibinin Kullanım Kılavuzu</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>350</v>
+        <v>49</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786253661502</t>
+          <t>9786051866086</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Şiddetin Son Çağrısı</t>
+          <t>Kanlı Ahit</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>225</v>
+        <v>37</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786253661519</t>
+          <t>9786051862729</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Şiddetin Son Çağrısı (Ciltli)</t>
+          <t>Zentangle - Sanat Terapisi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>350</v>
+        <v>19</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786253661496</t>
+          <t>9786051861777</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Seninle Birlikte</t>
+          <t>Sadece Kız Kardeşler Bilir</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>395</v>
+        <v>25</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786253660536</t>
+          <t>9786051860367</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Unofficial Harry Potter Eksiksiz Bulmaca Kitabı</t>
+          <t>Karlar Düşerken</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>295</v>
+        <v>79</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786253661403</t>
+          <t>9786051860220</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Oyun Kurucu</t>
+          <t>Davetsiz Sesler</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>295</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786253661472</t>
+          <t>9786053487937</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Bir</t>
+          <t>Yörünge (Ciltli)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>150</v>
+        <v>41</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786253661489</t>
+          <t>9786051865171</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>İsimsiz Günahkarlar</t>
+          <t>1. Sınıf MEB Tavsiyeli 100 Temel Eserden Seçmeler (20 Kitap Takım)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>350</v>
+        <v>55</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786253661465</t>
+          <t>9786051865621</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>On Üç’ü Saklamak</t>
+          <t>Melt Metodu</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>395</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786253661410</t>
+          <t>9786051865911</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Oniksin Şafağı</t>
+          <t>Ateş Böceklerinin Işığı</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>295</v>
+        <v>28</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786253661328</t>
+          <t>9786051862750</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Yetersiz Varis (Ciltli)</t>
+          <t>Osiris Labirenti</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>495</v>
+        <v>85</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786253661281</t>
+          <t>9786051861586</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>... Sonra</t>
+          <t>Yukarıda Ne Var?</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>125</v>
+        <v>21</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786253661458</t>
+          <t>9786051861517</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Yılan ve Gecenin Kanatları (Ciltli)</t>
+          <t>Benim Vücudum ve Senin Vücudun</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>450</v>
+        <v>21</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786253661366</t>
+          <t>9786053486626</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Mousai Serisi</t>
+          <t>Toz Maymunu</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>985</v>
+        <v>12</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786253661359</t>
+          <t>9786053486589</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Mousai Serisi (Ciltli)</t>
+          <t>Futbol Şovları</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>1285</v>
+        <v>20</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786253661373</t>
+          <t>9786053486558</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Bir Aile Trajedisi</t>
+          <t>Bracken Tepesi'nin Hayaletleri</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>295</v>
+        <v>20</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786253661335</t>
+          <t>9786053486619</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Yetersiz Varis</t>
+          <t>Paradise Lisesindeki Uzaylılar</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>395</v>
+        <v>20</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786253661380</t>
+          <t>9786051860602</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kazanova</t>
+          <t>Suda Bıçak İzleri</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>350</v>
+        <v>37</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786253661427</t>
+          <t>9786051860688</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Düşmanım İçin</t>
+          <t>Ben Nojoud 10 Yaşındayım ve Dulum</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>350</v>
+        <v>39</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786253661434</t>
+          <t>9786051863016</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Düşmanım İçin (Ciltli)</t>
+          <t>Masal Boyama 3</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>495</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786253661342</t>
+          <t>9786051863023</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalar İmparatorluğu Serisi (3 Kitap)</t>
+          <t>Masal Boyama 4</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>1120</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786253661304</t>
+          <t>9786051866239</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kan ve Bora: Fırtınalar İmparatorluğu - 3</t>
+          <t>Vordonisi - Kayıp Ada</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>350</v>
+        <v>19</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786253661311</t>
+          <t>9786051865362</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Yırtıcı</t>
+          <t>Karanlıktaki İz</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>295</v>
+        <v>29</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786253661397</t>
+          <t>9786051866048</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Öfke Kralı</t>
+          <t>Blackwood Çiftliği</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>295</v>
+        <v>95</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786253661236</t>
+          <t>9786051863085</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Sahtekar Leydi Talih</t>
+          <t>Bak ve Öğren - Hayvanlar</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>350</v>
+        <v>47</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786253661243</t>
+          <t>9786051863108</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Sahtekar Leydi Talih (Ciltli)</t>
+          <t>Bak ve Öğren - Sayılar</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>495</v>
+        <v>47</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786253661212</t>
+          <t>9786051863207</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Korunmuş Serisi Kutu</t>
+          <t>Bak ve Öğren - Sözcükler</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>690</v>
+        <v>47</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786253661205</t>
+          <t>9786051862880</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Jane Doe Serisi Kutu</t>
+          <t>Ev Yapımı Vejetaryen Tarifler</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>580</v>
+        <v>149</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786253661199</t>
+          <t>9786051862767</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Ejderhanın Gazabı (Ciltli)</t>
+          <t>Hayal Et</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>400</v>
+        <v>20</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786253661182</t>
+          <t>9786051861678</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Yankısı</t>
+          <t>Sosyopat Pislik: Karanlık Sırlar (Ciltli)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>165</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786253661250</t>
+          <t>9786051861487</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Sakın Gelini Öpme</t>
+          <t>Ateşin Şarkısı</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>295</v>
+        <v>25</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786053480129</t>
+          <t>9786051860701</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Şüphe Asla Uyumaz - Sherlock Holmes</t>
+          <t>Bütün Renkleriyle Aamir Khan</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>140</v>
+        <v>25</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786253661229</t>
+          <t>9786050320343</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Kötülüğün Dokunuşu</t>
+          <t>Sabahattin Ali 3 Kitap Set</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>395</v>
+        <v>450</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786253661267</t>
+          <t>9786053489276</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Tahtın Senfonisi</t>
+          <t>Ross Poldark (Ciltli)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>295</v>
+        <v>35</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786253661274</t>
+          <t>9786053481041</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Tahtın Senfonisi (Ciltli)</t>
+          <t>Hükümdar (Ciltli)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>395</v>
+        <v>15</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786254487774</t>
+          <t>9786051868851</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Köprü Krallığı</t>
+          <t>Kızıl Saçlılar Kulübü - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>350</v>
+        <v>19</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786253661168</t>
+          <t>9786051864884</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Açlığı</t>
+          <t>Yıldız Tozu - Carl Sagan ve Kozmosun Gizemi</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>395</v>
+        <v>39</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786253661175</t>
+          <t>9786051866222</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Açlığı (Ciltli)</t>
+          <t>İpek - Prenses Oluyor</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>495</v>
+        <v>55</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786253661144</t>
+          <t>9786051866260</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>İkimizin Yıkımı</t>
+          <t>Sonsuza Dek Şimdiki Zaman</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>295</v>
+        <v>35</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786253661151</t>
+          <t>9786051866178</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>On Üç’ü Bağlamak</t>
+          <t>İpek - Bahçede</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>395</v>
+        <v>55</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786253661120</t>
+          <t>9786051866192</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Tepedeki Gizemli Ev</t>
+          <t>İpek - Ormanda</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>295</v>
+        <v>55</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786253660895</t>
+          <t>9786051865300</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Alevlerin Arasından</t>
+          <t>Online Alemin Flört Rehberi (Ciltli)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>295</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786253661113</t>
+          <t>9786051860800</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Anlaşma</t>
+          <t>Atlantis'in Uyanışı (Cep Boy)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>350</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786253661076</t>
+          <t>9786053480938</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Işıltılı Gözler</t>
+          <t>Gölgesizlerin Tutkulu Dansı</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>295</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786253661106</t>
+          <t>9786053480822</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Riley Thorn ve Ölü Komşusu</t>
+          <t>Gölgelerin Kanı</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>350</v>
+        <v>22</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786253660994</t>
+          <t>9786051869346</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Tanık</t>
+          <t>Gölge ve Kemik</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786253661069</t>
+          <t>9789758461820</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Hollow Kardeşler</t>
+          <t>Goriot Baba</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>295</v>
+        <v>4.58</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786253661090</t>
+          <t>9786054335251</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Zincirsiz</t>
+          <t>Gizli Sembol</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>350</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786253661083</t>
+          <t>9786055420703</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kör Nokta</t>
+          <t>Gizemli Oyun</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>295</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786253661137</t>
+          <t>9786053480761</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Baş Belası</t>
+          <t>Gizemli Kapının Muhafızları</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>295</v>
+        <v>22</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786253661052</t>
+          <t>9786053480297</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Sultan’ın Şehri</t>
+          <t>Gizemli Aşık</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>295</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786253661045</t>
+          <t>9786053480686</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Neredeyse Sıradan Bir Aile</t>
+          <t>Geri Dönüş (Özel Baskı)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>395</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786253661014</t>
+          <t>9786055420611</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Atlas Paradoksu</t>
+          <t>Geri Dönüş - Myron Bolitar Serisi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>395</v>
+        <v>69</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786253661021</t>
+          <t>9786053480488</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Atlas Paradoksu (Ciltli)</t>
+          <t>Genetik Miras</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>495</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786253660970</t>
+          <t>9789758461868</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Ustura Gözyaşları</t>
+          <t>Genç Werther’in Acıları</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>295</v>
+        <v>2.73</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786253661007</t>
+          <t>9786053480280</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Seninle Eterde Yalnız</t>
+          <t>Gelin Koleksiyoncusu</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>295</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786253661038</t>
+          <t>9786053480235</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Seninle Eterde Yalnız (Ciltli)</t>
+          <t>Geçmişle Dans</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>315</v>
+        <v>79</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786253660949</t>
+          <t>9786055420789</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Ekran Kraliçeleri</t>
+          <t>Geçmişin Karanlık Yüzü</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>295</v>
+        <v>28</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786253660932</t>
+          <t>9786053480815</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Uçaktaki Yabancı</t>
+          <t>Geçmişin Kanı</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>350</v>
+        <v>16</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786253660956</t>
+          <t>9786055420147</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Üstesinden Gelemediğimiz Şeyler</t>
+          <t>Gece Nöbeti (Ciltli)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>395</v>
+        <v>36.11</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786253660963</t>
+          <t>9786054335510</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Dünyanın Kızı</t>
+          <t>Fırtına</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>395</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786253660925</t>
+          <t>9789758461929</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Adil Oyun</t>
+          <t>Ekmeğimi Kazanırken</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>295</v>
+        <v>4.58</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786253660918</t>
+          <t>9786054335602</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Yanan Denizin Dansı (Ciltli)</t>
+          <t>Ejderha Cadı</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>495</v>
+        <v>29</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786253660901</t>
+          <t>9786053481317</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Yanan Denizin Dansı</t>
+          <t>Dünya: Yeni Bir Başlangıç</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>395</v>
+        <v>35</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786253660888</t>
+          <t>9786053481287</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Einsteın’ın Beynini Bulmak</t>
+          <t>Kayıp Hikayenin İzinde - Dörtlerin İmzası</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>295</v>
+        <v>16</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786253660628</t>
+          <t>9786053481270</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Şifacı Serisi (2 Kitap)</t>
+          <t>Doğum Lekesi</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>210</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786253660826</t>
+          <t>9789758461936</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Gölgesi (Ciltli)</t>
+          <t>Diriliş</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>495</v>
+        <v>5.51</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786253660819</t>
+          <t>9786055420376</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Gölgesi</t>
+          <t>Değişim (Özel Baskı)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>395</v>
+        <v>12</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786253660659</t>
+          <t>9786053480631</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Dilekler</t>
+          <t>Debbie Macomber Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>225</v>
+        <v>119.44</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786253660666</t>
+          <t>9789758461004</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Mercan ve İnci Tacı</t>
+          <t>David Copperfield</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>295</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786253660604</t>
+          <t>9789758461912</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Pazarlıkçı Serisi (4 Kitap Kutulu)</t>
+          <t>Çocukluğum</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>1250</v>
+        <v>3.66</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786253660611</t>
+          <t>9786054335268</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Pazarlıkçı Serisi (4 Kitap Kutulu) (Ciltli)</t>
+          <t>Çin Mucizesi</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>1760</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786253660642</t>
+          <t>9786053480303</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Yıkımın Dokunuşu</t>
+          <t>Çırak (Özel Baskı)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>350</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786253660802</t>
+          <t>9786055872236</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kuralların Yıkıldığı Yaz</t>
+          <t>Çırak</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>295</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786253660598</t>
+          <t>9786053485209</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Sera Çiçeği</t>
+          <t>Çırak (Ciltli)</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>350</v>
+        <v>30</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786253660635</t>
+          <t>9786053482840</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Tatil</t>
+          <t>Çırak</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>225</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786253660499</t>
+          <t>9786054335367</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Lebron James Oyunun Kralı</t>
+          <t>Çakalın Yılı</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>135</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786253660543</t>
+          <t>9786055420277</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kayıp</t>
+          <t>Cennette Bir Yılan</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>99</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786253660550</t>
+          <t>9786053480693</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Orion</t>
+          <t>Cehennem Köşesi (Özel Baskı)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>99</v>
+        <v>12</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786253660567</t>
+          <t>9786055420628</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Her Bir Sır</t>
+          <t>Cehennem Köşesi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>295</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786253660574</t>
+          <t>9786055420369</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Çarpık Yalanlar</t>
+          <t>Cadı (Özel Baskı)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>395</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786253660529</t>
+          <t>9786054335084</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Camdan ve Kardan Kızlar</t>
+          <t>Cadı</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>295</v>
+        <v>28</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786253660512</t>
+          <t>9786055420253</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Akşam Yıldızlarının İmparatoru (Ciltli)</t>
+          <t>Büyük Vuruş (Özel Baskı)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>395</v>
+        <v>12</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786253660505</t>
+          <t>9786054335589</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Akşam Yıldızlarının İmparatoru</t>
+          <t>Büyük Vuruş - Myron Bolitar Serisi</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>225</v>
+        <v>30</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786253660451</t>
+          <t>9786055872014</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Şifacı Serisi (2 Kitap)</t>
+          <t>Burçlar ve Yıldızlar</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>420</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786253660437</t>
+          <t>9789758461738</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Şifacı Serisi (2 Kitap) (Ciltli)</t>
+          <t>Bugün Ne Pişirsem Denenmiş Pratik Yemek Tarifleri</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>600</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786253660376</t>
+          <t>9786053480075</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>İyi Komşular</t>
+          <t>Bizi Birleştiren Oyun</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>139</v>
+        <v>25</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786253660482</t>
+          <t>9789758461653</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Hain Kraliçe (Ciltli)</t>
+          <t>Bir Zafer Öyküsü Çanakkale</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>395</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786253660468</t>
+          <t>9786053481065</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Yağmurların Şarkısı (Ciltli)</t>
+          <t>Bir Yumak Mutluluk (Ciltli)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>395</v>
+        <v>30</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786253660420</t>
+          <t>9786055872526</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük ve Devrim: Fırtınalar İmparatorluğu - 2</t>
+          <t>Bir Yaz Gülüşü</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>395</v>
+        <v>5.46</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786253660208</t>
+          <t>9786055872168</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Küçük Güzel Şeyler</t>
+          <t>Bir Yaz Gülüşü</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>129</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786253660444</t>
+          <t>9786055872830</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Yağmurların Şarkısı</t>
+          <t>Bir Düşten İbaret</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>295</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786253660475</t>
+          <t>9786053480556</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Hain Kraliçe</t>
+          <t>Bir Dilekle Başladı Her Şey</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>295</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786253660352</t>
+          <t>9786053481430</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Çarpık Nefret</t>
+          <t>Bir Beslemenin Günlüğü</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>395</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786253660369</t>
+          <t>9786054335664</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünü Öp</t>
+          <t>Bilinmeyen Kadının Portresi</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>350</v>
+        <v>25</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786253660413</t>
+          <t>9786053480365</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi (4 Kitap - Deri Cilt) (Ciltli)</t>
+          <t>Bıçak Sırtı (Özel Baskı)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>1550</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786253660338</t>
+          <t>9786054335893</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi - Dora (Deri Kapak) (Ciltli)</t>
+          <t>Beyin Kapılarınızı Açın</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>385</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786253660314</t>
+          <t>9789758461882</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi - Aylema (Deri Kapak) (Ciltli)</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>385</v>
+        <v>1.81</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786253660321</t>
+          <t>9786055420390</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi - Aşeka (Deri Kapak) (Ciltli)</t>
+          <t>Beyaz</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>385</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786253660345</t>
+          <t>9786055872298</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi - Amelya (Deri Kapak) (Ciltli)</t>
+          <t>Beşinci Tüp</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>385</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786253660390</t>
+          <t>9789758461721</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi (Kutulu Set) (Ciltli)</t>
+          <t>Beşinci Tüp</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>1350</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786253660239</t>
+          <t>9789758461899</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi - Dora</t>
+          <t>Benim Üniversitelerim</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>240</v>
+        <v>2.73</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786253660253</t>
+          <t>9786055420567</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi - Aylema</t>
+          <t>Bıçak Sırtı (Ciltli)</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>240</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786253660277</t>
+          <t>9786053480976</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi - Aşeka</t>
+          <t>Ben Ölmeden Önce (Özel Baskı)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>240</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786253660291</t>
+          <t>9786053480082</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi - Amelya</t>
+          <t>Ben Ölmeden Önce</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>265</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786253660307</t>
+          <t>9786054335954</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi - Amelya (Ciltli)</t>
+          <t>Ben Nojoud 10 Yaşında Bir Dulum</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>345</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786253660284</t>
+          <t>9786054335527</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi - Aşeka (Ciltli)</t>
+          <t>Beden Hırsızı</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>345</v>
+        <v>25</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786253660260</t>
+          <t>9786053480709</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi - Aylema (Ciltli)</t>
+          <t>Bedeli Ödenen Günahlar (Özel Basım)</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>345</v>
+        <v>12</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786253660246</t>
+          <t>9786053480068</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hikayesi - Dora (Ciltli)</t>
+          <t>Bedeli Ödenen Günahlar</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>345</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786253660215</t>
+          <t>9786054335329</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>İpi Kopuk Kuklalar</t>
+          <t>Batıdan Gelen İblis</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>225</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786253660222</t>
+          <t>9786053481072</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>İpi Kopuk Kuklalar (Ciltli)</t>
+          <t>Bahçemde Yeşeren Umutlar (Ciltli)</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>315</v>
+        <v>30</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786253660062</t>
+          <t>9786053480037</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Tolkien Evreni’nden Yemek Tarifleri (Ciltli)</t>
+          <t>Bahçemde Yeşeren Umutlar</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>395</v>
+        <v>25.5</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786253660154</t>
+          <t>9786053480495</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Dokunuşu</t>
+          <t>Baharat Kokulu Hayatlar</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>295</v>
+        <v>19</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786254489921</t>
+          <t>9786055872137</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>İşin Aslı: Kısa - Sert - Şiddet, Zorun ve Çokun Değeri Üzerine</t>
+          <t>Babalığa İlk Adımlar (Ciltli)</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>195</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786253660192</t>
+          <t>9786053480860</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Kayıp - Kutulu (Ciltli)</t>
+          <t>Atlantis’in Yükselişi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>410</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786253660178</t>
+          <t>9786053481423</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Kayıp (Ciltli)</t>
+          <t>Aşkın Baharına Uyanmak</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>315</v>
+        <v>29</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786253660161</t>
+          <t>9786053480358</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Kayıp</t>
+          <t>Gece Nöbeti</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>210</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786253660109</t>
+          <t>9786055420819</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Hiç Kimse Sıradan Değildir</t>
+          <t>Aşk ve Gurur</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>295</v>
+        <v>160</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786253660093</t>
+          <t>9786053480990</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Serüveni Seti</t>
+          <t>Aşk Tuzağı (Özel Baskı)</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>870</v>
+        <v>12</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786254487682</t>
+          <t>9786055420437</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Beni Kandıramazsın</t>
+          <t>Aşk Tuzağı</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>295</v>
+        <v>28</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786254489938</t>
+          <t>9786053480099</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Güç ve İntikam - Fırtınalar İmparatorluğu 1</t>
+          <t>Aşk Tanrıçası’nın Yemek Okulu</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>395</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786253660000</t>
+          <t>9786053481485</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Şiddetli Hazlar Serisi Set</t>
+          <t>Aşk Ölümden Uyanıştır</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>790</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786253660079</t>
+          <t>9789758461172</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Sana Hala Bağımlı</t>
+          <t>Aşk Kokulu Güller</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>395</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786253660086</t>
+          <t>9786053481263</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Çarpık Oyunlar</t>
+          <t>Aşk Bir Ayrılık Ötede</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>350</v>
+        <v>25</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786254489914</t>
+          <t>9786055420482</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Harmoni (Ciltli)</t>
+          <t>Asla Vazgeçme (Özel Baskı)</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>495</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786254489907</t>
+          <t>9786055872250</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Harmoni</t>
+          <t>Asla Vazgeçme</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>395</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786254489976</t>
+          <t>9786055872045</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>03:03 Dolunayda Açan Çiçek</t>
+          <t>Asla Vazgeçme</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>225</v>
+        <v>160</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786254489969</t>
+          <t>9786053480051</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>02:02 Ayçiçeği Karnavalı</t>
+          <t>Asla Arkana Bakma</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>225</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786254489952</t>
+          <t>9786053480969</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>01:01 Bugün Adımı Sen Koy</t>
+          <t>Asıl Gerçek (Özel Baskı)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>225</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786254489945</t>
+          <t>9786054335930</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>00:00 Biri Sizi Düşünüyor</t>
+          <t>Asıl Gerçek</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>225</v>
+        <v>39</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786254489983</t>
+          <t>9786055872823</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Görev</t>
+          <t>Anneliğe İlk Adımlar</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>225</v>
+        <v>65</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786253660024</t>
+          <t>9786053480792</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Lexi Ryan Kutulu Set</t>
+          <t>Anna Karenina</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>790</v>
+        <v>190</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786254489990</t>
+          <t>9786053480747</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Şiddetli Sonlar</t>
+          <t>Anlatmak İçin Yaşa - Dedektif D.D. Warren Serisi</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>395</v>
+        <v>85</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786253660017</t>
+          <t>9786055872069</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Şiddetli Hazlar</t>
+          <t>Almanca Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>395</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786253660031</t>
+          <t>9786053481102</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Lexi Ryan Kutulu Set (Ciltli)</t>
+          <t>Akıl Oyunlarının Gölgesinde - Sherlock Holmes (Ciltli)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>720</v>
+        <v>29</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786254489884</t>
+          <t>9789758461974</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Karmaşık Bağlar (Ciltli)</t>
+          <t>Bana Bir Masal Anlat (Ciltli)</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>495</v>
+        <v>7.04</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786254489891</t>
+          <t>9786055420796</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Karmaşık Bağlar</t>
+          <t>Akıl Oyunlarının Gölgesinde - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>395</v>
+        <v>140</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786254489778</t>
+          <t>9786055872076</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Bayan March</t>
+          <t>A’dan Z’ye Rüya Yorumları</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>150</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786254489877</t>
+          <t>9786053481027</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Solucan 2: Acı (Ciltli)</t>
+          <t>Adaletin Gizli Mezarlığı</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>315</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786254489860</t>
+          <t>9786055420239</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Solucan 2: Acı</t>
+          <t>Ada (Özel Basım)</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>210</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786254489846</t>
+          <t>9786054335657</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Senden Ayrı</t>
+          <t>Ada</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>295</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786254486357</t>
+          <t>9786051866413</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Lordlar ve Varisler - Hepimiz Gökyüzü Olmak İstedik (Yeşil Şömiz) (Ciltli)</t>
+          <t>Acımasız</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>345</v>
+        <v>49</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786254489457</t>
+          <t>9789758461097</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Kapısı</t>
+          <t>80 Günde Devri Alem</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>160</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786254489785</t>
+          <t>9786055872304</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Unofficial Harry Potter Fantastik Canavarlar Rehberi (Ciltli)</t>
+          <t>60 Saniyede Organize Olun</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>395</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786254489662</t>
+          <t>9786050081015</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük İçin Çalmak - Genç Bir Afgan Kızın Yolculuğu</t>
+          <t>60 Saniyede Organize Olun</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>195</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786254489709</t>
+          <t>9786055872144</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Psikopat - 4</t>
+          <t>60 Saniyede Harekete Geçin</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>295</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786254489716</t>
+          <t>9786054335572</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Psikopat - 5</t>
+          <t>60 Saniyede Evet</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>295</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786254489396</t>
+          <t>9786055420208</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Yüz Karası</t>
+          <t>25. Madde (Özel Baskı)</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>350</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786254489822</t>
+          <t>9786055420840</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Atlas Altılısı (Ciltli)</t>
+          <t>25. Madde</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>495</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786254489815</t>
+          <t>9786054335596</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Atlas Altılısı</t>
+          <t>25. Madde</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>395</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786254489808</t>
+          <t>9786053480532</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Azizlerin Yaşamı (Ciltli)</t>
+          <t>13 - Değişim Başlıyor</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>395</v>
+        <v>19</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786254489792</t>
+          <t>9786054335886</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Azizlerin Yaşamı</t>
+          <t>100 Yaşına Kadar Sağlıklı Yaşamak Sizin Elinizde</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>150</v>
+        <v>15</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786254489761</t>
+          <t>9786053482192</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Aramızdaki Gölgeler</t>
+          <t>İlk Son Öpücük</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>295</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786254489655</t>
+          <t>9786055872403</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Seninle Tanışana Dek</t>
+          <t>Oyun</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>295</v>
+        <v>7.31</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786254489112</t>
+          <t>9786053480518</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Jane Doe</t>
+          <t>Ormanın Esrarengiz Gözleri</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>295</v>
+        <v>16</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786254489518</t>
+          <t>9786055872663</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Zan - Bir Arifin Fantastik Romanı</t>
+          <t>Orman</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>75</v>
+        <v>79</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786254489754</t>
+          <t>9786054335275</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Gothikana (Ciltli)</t>
+          <t>Onlardan Biri Olduğunu Söyle</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>395</v>
+        <v>35</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786254489730</t>
+          <t>9789758461042</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Gothikana</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>295</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786254489631</t>
+          <t>9786051866406</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Bir İlahi (Ciltli)</t>
+          <t>Mükemmel</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>495</v>
+        <v>25</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786254489624</t>
+          <t>9786055872120</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Bir İlahi</t>
+          <t>Mutlu Çiftlerin Sırları</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>350</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786254489433</t>
+          <t>9786053481225</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>İçi Boş Yeminler (Ciltli)</t>
+          <t>Muhteşem Gatsby</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>495</v>
+        <v>15</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786254489440</t>
+          <t>9786055420413</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>İçi Boş Yeminler</t>
+          <t>Orman (Özel Basım)</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>350</v>
+        <v>12</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786254489648</t>
+          <t>9786053481089</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Sana Bağımlı</t>
+          <t>Mucizeler Dükkanına Dönüş (Ciltli)</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>350</v>
+        <v>35</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786254489617</t>
+          <t>9786053480167</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Arafta</t>
+          <t>Mucizeler Dükkanına Dönüş</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>150</v>
+        <v>25.5</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786254489419</t>
+          <t>9786054335336</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Solucan 1: Umut (Ciltli)</t>
+          <t>Metabolizmanızı Yönetin</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>315</v>
+        <v>29</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786254489402</t>
+          <t>9786055420130</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Solucan 1: Umut</t>
+          <t>Mesajınız Var!</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>225</v>
+        <v>19</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786254489075</t>
+          <t>9786053480440</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Balarısı</t>
+          <t>Masumiyetin İçin Savaş</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>295</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786254489105</t>
+          <t>9789758461837</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Şiddetli Hazlar Serisi Kutulu Set - 2 Kitap (Ciltli)</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>890</v>
+        <v>4.58</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786254488733</t>
+          <t>9786053480655</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Şiddetli Sonlar (Ciltli)</t>
+          <t>Mahzen (Özel Baskı)</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>495</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786254488771</t>
+          <t>9786055872724</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Hırsızların Dansı Seti (Ciltli)</t>
+          <t>Mahzen</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>990</v>
+        <v>7.31</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786254489013</t>
+          <t>9786055872182</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Hırsızların Dansı Seti</t>
+          <t>Mahzen</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>790</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786254488795</t>
+          <t>9789758461141</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>En Karanlık Günah</t>
+          <t>Madam Bovary</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>350</v>
+        <v>4.58</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786254488740</t>
+          <t>9786053481058</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Rapsodi</t>
+          <t>Küçük Mucizeler Dükkanı (Ciltli)</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>295</v>
+        <v>30</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786254488757</t>
+          <t>9786055420314</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Rapsodi (Ciltli)</t>
+          <t>Küçük Mucizeler Dükkanı</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>395</v>
+        <v>25.5</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786254488689</t>
+          <t>9786053480259</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Hırsızların Yemini</t>
+          <t>Kutsanmış Kan</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>395</v>
+        <v>16</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786254488696</t>
+          <t>9786053480112</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Hırsızların Yemini (Ciltli)</t>
+          <t>Kutsal Mezarın Günahkar Misafiri</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>495</v>
+        <v>25</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786254488184</t>
+          <t>9786055872380</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Köprü Krallığı (Ciltli)</t>
+          <t>Kutsal Meclis</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>495</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786254488191</t>
+          <t>9786053480662</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Korunmuş</t>
+          <t>Kuşku (Özel Baskı)</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>350</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786254488139</t>
+          <t>9786054335015</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Psikopat - 3 (Ciltli)</t>
+          <t>Kuşku</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>395</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786254488245</t>
+          <t>9786055872816</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>En Çılgın Takıntı</t>
+          <t>Kusursuz Tuzak</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>350</v>
+        <v>7.31</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786254487286</t>
+          <t>9786055872397</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>39 Basamak</t>
+          <t>Kusursuz Tuzak</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>70</v>
+        <v>69</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786254487231</t>
+          <t>9786054335824</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Bu Kusurlu Mükemmel Dünya</t>
+          <t>Kobranın Yılı</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>150</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786254487248</t>
+          <t>9786054335848</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Ana Şifre</t>
+          <t>Kleopatra</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>150</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9781642753288</t>
+          <t>9786053483250</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Bizi Arıyorum - Biraz Şarkı Biraz Gözyaşı</t>
+          <t>Kitap Hırsızı</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>109</v>
+        <v>395</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786051869223</t>
+          <t>9786050081039</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Saklambaç</t>
+          <t>Kişisel Çekim Gücü Karizma</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>49</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786254489068</t>
+          <t>9786055872311</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Kazanırsak Kaybederiz 2 - Yazıyor</t>
+          <t>Kişisel Çekim Gücü - Karizma</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>99</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786254489020</t>
+          <t>9786053481416</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Lambadaki Cin: Sosyal Medya</t>
+          <t>Kızım İçin Son Kez - Dedektif D.D. Warren Serisi</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>75</v>
+        <v>85</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786254489136</t>
+          <t>9786055872366</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Siren Kraliçesinin Kızı</t>
+          <t>Kız Kardeşim Madonna</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>295</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786254487255</t>
+          <t>9780435286163</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Kalbimi Beşe Kur</t>
+          <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>170</v>
+        <v>2.08</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786254489129</t>
+          <t>9786055420123</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Orion</t>
+          <t>Kırmızı</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>225</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786254488764</t>
+          <t>9786055872717</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Neredeyse Alex</t>
+          <t>Kırılma Noktası</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>295</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786254488788</t>
+          <t>9786053480884</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaz Boyunca</t>
+          <t>Kırık Kalpler Tamircisi</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>295</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786254488535</t>
+          <t>9786053480952</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Korsan Kralın Kızı</t>
+          <t>Kemik Büyüsü (Özel Baskı)</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>295</v>
+        <v>12</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786254486319</t>
+          <t>9786053480150</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Alemlerin Savaşı</t>
+          <t>Kemik Büyüsü</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>225</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786254488177</t>
+          <t>9786053480402</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Bebek</t>
+          <t>Kayıp (Özel Baskı)</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>160</v>
+        <v>12</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786254488511</t>
+          <t>9786054335688</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Kazanırsak Kaybederiz 2 - Yazıyor (Ciltli)</t>
+          <t>Karanlıkta Islık Çalmak</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>315</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786254488528</t>
+          <t>9786053480136</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Kazanırsak Kaybederiz 2 - Yazıyor</t>
+          <t>Karanlık Gölgeler Evi</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>210</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786254487767</t>
+          <t>9786055420543</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Viking Şövalye</t>
+          <t>Karanlık (Özel Baskı)</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>150</v>
+        <v>12</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786254488023</t>
+          <t>9786054335350</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Kimse Gerçek Değil</t>
+          <t>Karanlık</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>99</v>
+        <v>21</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786254488047</t>
+          <t>9786055420185</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Kazanırsak Kaybederiz: Çevrimiçi</t>
+          <t>Kara Melek (Özel Baskı)</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>99</v>
+        <v>28</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786254488153</t>
+          <t>9786053480419</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Psikopat - 5 (Ciltli)</t>
+          <t>Kapan</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>395</v>
+        <v>12</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786254488146</t>
+          <t>9786054335497</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Psikopat - 4 (Ciltli)</t>
+          <t>Kanatsız Kuşlar</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>395</v>
+        <v>29</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786254488122</t>
+          <t>9786054335053</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Psikopat - 2 (Ciltli)</t>
+          <t>Kayıp - Myron Bolitar Serisi</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>395</v>
+        <v>150</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786254488115</t>
+          <t>9786053481188</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Psikopat - 1 (Ciltli)</t>
+          <t>Kanatlarını Arayan Melekler</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>395</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786254488054</t>
+          <t>9786053480341</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>01:01 Bugün Adımı Sen Koy</t>
+          <t>Kan Gölü (Özel Baskı)</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>99</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786254488009</t>
+          <t>9786055872588</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>00:00 Biri Sizi Düşünüyor</t>
+          <t>Kan Gölü</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>99</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786254488030</t>
+          <t>9786055420468</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>03:03 Dolunayda Açan Çiçek</t>
+          <t>Kan Gölü (Ciltli)</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>99</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786254488061</t>
+          <t>9786053480891</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Dumbledore: Hogwarts’ın Tanınmış Müdürünün Hayatı ve Yalanları (Ciltli)</t>
+          <t>Kan Gölü</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>395</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786254483790</t>
+          <t>9786053480471</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Sınırların Ötesinde</t>
+          <t>Kamelyalı Kadın</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>100</v>
+        <v>19</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786254487750</t>
+          <t>9786053480785</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Hırsızların Dansı</t>
+          <t>Kalpsiz</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>395</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786254487743</t>
+          <t>9789758461035</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Hırsızların Dansı (Ciltli)</t>
+          <t>Jane Eyre</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>495</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786254486807</t>
+          <t>9786055420154</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Yabancı</t>
+          <t>Jane Eyre</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>295</v>
+        <v>85</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786254486968</t>
+          <t>9786055420765</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Lestat</t>
+          <t>İz Bırakanlar Unutulmaz</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>190</v>
+        <v>28</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786254487729</t>
+          <t>9786055872700</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Parçalar</t>
+          <t>İş Yaşamında Başarısızlık İçin On Emir (Ciltli)</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>240</v>
+        <v>15</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786254486821</t>
+          <t>9786050081008</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Kız, Yılan, Diken (Ciltli)</t>
+          <t>Kan Dökülecek</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>395</v>
+        <v>18</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786254487200</t>
+          <t>9786053480020</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Kazanırsak Kaybederiz</t>
+          <t>İpekler Kraliçesi</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>225</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786254486692</t>
+          <t>9789758461684</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Kimse Gerçek Değil</t>
+          <t>İngilizce Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>225</v>
+        <v>4.58</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786254486432</t>
+          <t>9786051866390</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Kanla Yazılı</t>
+          <t>İnanılmaz</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786254487170</t>
+          <t>9786053481256</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Gerçekler Kanıt İster</t>
+          <t>İlk Saldırı</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>295</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786254487187</t>
+          <t>9786053480327</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Aklın Şüphesi Suçun Gerçeğidir</t>
+          <t>İkiz Bedenler (Özel Baskı)</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>130</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786254487163</t>
+          <t>9786053485179</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Şüphe Asla Uyumaz</t>
+          <t>İkiz Bedenler (Ciltli)</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>140</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786254486500</t>
+          <t>9786053482833</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Vincent ve Theo - Van Gogh Kardeşler</t>
+          <t>İkiz Bedenler</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>160</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786254486470</t>
+          <t>9789758461813</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Topuklar Çıplak Ruhlar (Ciltli)</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>225</v>
+        <v>4.58</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786254486418</t>
+          <t>9786055420826</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Tutunduğumuz Gerçekler (Ciltli)</t>
+          <t>Hep Aşk Vardı</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>395</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786254486982</t>
+          <t>9786055872427</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Gökyüzü Olmak İstedik: Krallar ve Soytarıları - Hava (Ciltli)</t>
+          <t>Hayat Kurtaran Şifalı Bitkiler</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>345</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786254487002</t>
+          <t>9786055872106</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Gökyüzü Olmak İstedik: Krallar ve Soytarıları - Toprak (Ciltli)</t>
+          <t>Hayat Kurtaran 101 Yiyecek</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>345</v>
+        <v>14.07</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786254486623</t>
+          <t>9786055872151</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Kimse Gerçek Değil - Kutulu (Ciltli)</t>
+          <t>Havva</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>410</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786254486326</t>
+          <t>9786053480587</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlangıçlar Kitapçısı</t>
+          <t>Hasat Avı</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>150</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786254486678</t>
+          <t>9786055872267</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Şiddetli Hazlar (Ciltli)</t>
+          <t>Hakkınızdaki Gerçek (Özel Baskı)</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>395</v>
+        <v>6</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786254486647</t>
+          <t>9786050081022</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>03:03 Dolunayda Açan Çiçek (Ciltli)</t>
+          <t>Hakkınızdaki Gerçek</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>315</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786254486654</t>
+          <t>9786055872274</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>02:02 Ayçiçeği Karnavalı (Ciltli)</t>
+          <t>Güzel Yaşama Sanatı - Cömertlik</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>315</v>
+        <v>15</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786254486661</t>
+          <t>9786053480839</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>01:01 Bugün Adımı Sen Koy (Ciltli)</t>
+          <t>Güven Bana (Özel Baskı)</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>315</v>
+        <v>12</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786254486630</t>
+          <t>9786054335923</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>00:00 Biri Sizi Düşünüyor (Ciltli)</t>
+          <t>Güven Bana</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>315</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786254486685</t>
+          <t>9786053480310</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Kimse Gerçek Değil (Ciltli)</t>
+          <t>Günahkar (Özel Baskı)</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>315</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786254486517</t>
+          <t>9786055872786</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Mürekkepsiz Günlükler</t>
+          <t>Günahkar</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>80</v>
+        <v>7.31</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786254485930</t>
+          <t>9786053485193</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Gölge Anahtar</t>
+          <t>Günahkar (Ciltli)</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>130</v>
+        <v>30</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786254485954</t>
+          <t>9786053481034</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Erkekler Neden Evleni̇r?</t>
+          <t>Kıyıya Vuran Hayatlar</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>100</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786254486296</t>
+          <t>9786053482857</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Sanctuary</t>
+          <t>Günahkar</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>160</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786254486227</t>
+          <t>9786055872021</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Neredeyse Sıradan Bir Aile</t>
+          <t>Güldüren Seçme Fıkralar</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>170</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786254486531</t>
+          <t>9786053481171</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Amato Kardeşler Serisi (3 Kitap Takım)</t>
+          <t>Gözyaşlarımı Sildiğim Gün</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>210</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786254485756</t>
+          <t>9789758461943</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Nefes</t>
+          <t>Kırmızı Siyah</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>120</v>
+        <v>6.44</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786254486302</t>
+          <t>9786055420772</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Hancının Seyir Defteri</t>
+          <t>Her Gün Yeni Bir Hayat (Ciltli)</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>80</v>
+        <v>16</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786254486425</t>
+          <t>9786055420635</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Kazanırsak Kaybederiz: Çevrimiçi (Ciltli)</t>
+          <t>Kemik Adamın Kızları</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>315</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786254486241</t>
+          <t>9786053482031</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Kurtların Hükmü</t>
+          <t>Zamanın Rengi Aşktır</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>395</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786254486371</t>
+          <t>9786053487531</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Lordlar ve Varisler - Hepimiz Gökyüzü Olmak İstedik (Beyaz Şömiz) (Ciltli)</t>
+          <t>Emanet Mezar</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>345</v>
+        <v>29</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786254485718</t>
+          <t>9786053487296</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Vajina Kitabı</t>
+          <t>Gündüz Düşleri Boyama</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>395</v>
+        <v>26</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786254486234</t>
+          <t>9786053485612</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Kurtların Hükmü (Ciltli)</t>
+          <t>Şantaj</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>495</v>
+        <v>85</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786254485565</t>
+          <t>9786053482758</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Sırlar ve Affedişler</t>
+          <t>Benim On Altıncı Yüzyılım</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>150</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786254485558</t>
+          <t>9786053482543</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Anılardan Kartpostallar</t>
+          <t>Gözyaşlarıma Rağmen Babam</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>150</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786254485602</t>
+          <t>9786053482253</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Örgü Adası'na Veda</t>
+          <t>Soğuk Bir Dokunuş</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>160</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786254485848</t>
+          <t>9786053485582</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Billie Eilish (Ciltli)</t>
+          <t>Gecenin Hakimleri</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>750</v>
+        <v>25</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786254485572</t>
+          <t>9786051863955</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Düğünçiçeği Gelini</t>
+          <t>Kuğu</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>170</v>
+        <v>18</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786254485428</t>
+          <t>9786053482154</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Kraliçenin Rakipleri</t>
+          <t>Hayalevi Kralları Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>160</v>
+        <v>92.5</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786254484537</t>
+          <t>9786053482123</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Düşgezginleri</t>
+          <t>Paul Doherty Seti - Mısır Üçlemesi (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>150</v>
+        <v>64.72</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786254484940</t>
+          <t>9786053482116</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Gezgin</t>
+          <t>Debbie Macomber Seti (8 Kitap)</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>40</v>
+        <v>138.8</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786254484889</t>
+          <t>9786053480846</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Vadinin Perileri</t>
+          <t>Moloka'i Bir Düşten İbaret (Özel Baskı)</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>30</v>
+        <v>12</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786254484896</t>
+          <t>9786053481829</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Kum ve Köpük</t>
+          <t>Küçük Mucizeler Dükkanı</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>30</v>
+        <v>12</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786254484926</t>
+          <t>9786053481935</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kanatlar</t>
+          <t>Mucizeler Dükkanına Dönüş</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>35</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786254484919</t>
+          <t>9786053485698</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Üstadın Sesi</t>
+          <t>Kayıp Yüzlerin Fısıltısı</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>40</v>
+        <v>28</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786254484902</t>
+          <t>9786053485766</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>İnsanoğlu İsa</t>
+          <t>Kafası Güzel Serseriler</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>100</v>
+        <v>19</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786254484957</t>
+          <t>9786053485285</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Ermişin Bahçesi</t>
+          <t>Rüzgarı Dinleyenler</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786254484964</t>
+          <t>9786254485541</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Şeftali Kokan Bir Yaz</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786254484971</t>
+          <t>9786053482697</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Deli</t>
+          <t>Çıplak Sırlar</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>35</v>
+        <v>25</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786254484988</t>
+          <t>9786053482499</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Bir Damla Yaş Bir Tebessüm</t>
+          <t>Gecenin Masumiyeti</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>40</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786254484995</t>
+          <t>9786053482512</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Asi Ruhlar</t>
+          <t>Her Sokakta Suç Vardı</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>19</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786254485527</t>
+          <t>9786053480594</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Şeftali Kokan Sırlar</t>
+          <t>Zor Oyun - Myron Bolitar Serisi</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786254485534</t>
+          <t>9786055872762</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Şeftali Kokan Bir Aşk</t>
+          <t>Zebani</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>100</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786254482885</t>
+          <t>9786055872243</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Babaya Mektup</t>
+          <t>Zebani</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>30</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786254482946</t>
+          <t>9786053481201</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Bir Açlık Sanatçısı</t>
+          <t>Zamanın Ötesine Yolculuk - Hayalevi Kralları 4</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>35</v>
+        <v>16</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786254482953</t>
+          <t>9786055420215</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Taşrada Düğün Hazırlıkları</t>
+          <t>Zalim Cazibe (Özel Baskı)</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>40</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786254482908</t>
+          <t>9786054335534</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Gözlem</t>
+          <t>Zalim Cazibe</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>40</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786254482915</t>
+          <t>9786053480723</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Ceza Kolonisinde</t>
+          <t>Yıllar Sonra (Özel Baskı)</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>35</v>
+        <v>12</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786254482939</t>
+          <t>9786054335619</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Bir Köy Hekimi</t>
+          <t>Yeşil</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>30</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786254485145</t>
+          <t>9789758461905</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Zenobia</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>130</v>
+        <v>2.73</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786254484520</t>
+          <t>9786053480853</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Zor Kadınlar</t>
+          <t>Yeni Başlangıçlar Mevsimi</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>100</v>
+        <v>26</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786254485282</t>
+          <t>9786053481614</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Dikenlerin Dili</t>
+          <t>Yasaklı</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>225</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786254485312</t>
+          <t>9786053481461</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Grisha Verse - 6 Kitap Set</t>
+          <t>Yaprak Suya Düşünce</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>2050</v>
+        <v>35</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786254484117</t>
+          <t>9786053481010</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Sen De Mi?</t>
+          <t>Yanlış Bir Adım - Myron Bolitar Serisi</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>130</v>
+        <v>30</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786254483189</t>
+          <t>9786055872465</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Büyüler İçindir</t>
+          <t>Yakuza Cinayeti</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>150</v>
+        <v>5.46</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786050320756</t>
+          <t>9789758461691</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Kodlayan Çocuk</t>
+          <t>Yakuza Cinayeti</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>90</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786254482083</t>
+          <t>9786053480877</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Açlık</t>
+          <t>Yahudi Dükkanı</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>160</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786254482854</t>
+          <t>9789758461714</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Ursari’nin Oğlu</t>
+          <t>Wal-Mart Etkisi Dünya’nın En Büyük Şirketinin Öyküsü</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>100</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786254483523</t>
+          <t>9786055872571</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Senden Çok Uzakta</t>
+          <t>Vittorio</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>160</v>
+        <v>5.46</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786254483653</t>
+          <t>9786053480464</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>İnanılmaz</t>
+          <t>Vampir Armand</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>130</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786254482793</t>
+          <t>9786053480013</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Hasbahçede Sonbahar</t>
+          <t>Uykudan Önce Bana Bir Masal Anlat (Ciltli)</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>85</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786254483196</t>
+          <t>9786055420987</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Masa</t>
+          <t>Uykudan Önce Andersen’den Bana Bir Masal Anlat (Ciltli)</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>100</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786254483387</t>
+          <t>9786054335398</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Masal'dan Kaçış</t>
+          <t>Uykudan Önce Andersen Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>100</v>
+        <v>5.51</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786254483639</t>
+          <t>9786055872854</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Aşk Burada Çekmiyor</t>
+          <t>Unutulan Kraliçe</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>160</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786254481932</t>
+          <t>9786053481195</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlarda Yazılı</t>
+          <t>Unika - Yeniden Doğuş</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>100</v>
+        <v>39</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786254482236</t>
+          <t>9786053480143</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Pipo (6 Kitap Kutulu Set)</t>
+          <t>Uğultulu Tepeler - Aşk Nefrete Dönüşürse</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>153</v>
+        <v>35</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786254482212</t>
+          <t>9789758461059</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Büyüteç (6 Kitap Kutulu Set)</t>
+          <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>165</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786254482151</t>
+          <t>9789758461998</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Umut Mevsimi</t>
+          <t>Ten</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>160</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786254481819</t>
+          <t>9786053480730</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Gökler Bi̇zi̇m</t>
+          <t>Tek Tadımlık Hayat</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>160</v>
+        <v>16</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786254482144</t>
+          <t>9786053480716</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk Kurabiye Kulübü</t>
+          <t>Tehlikeli İlişkiler (Özel Baskı)</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>59</v>
+        <v>12</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786254482106</t>
+          <t>9786055872595</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Isaac Newton-Bi̇li̇msel Devri̇m</t>
+          <t>Tehlikeli İlişkiler</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>170</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786254482434</t>
+          <t>9786053480457</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bir Masal</t>
+          <t>Tehlikeli</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>100</v>
+        <v>28</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786254480416</t>
+          <t>9786055872779</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali - Bütün Eserleri (Özel Deri Ciltli Kutulu)</t>
+          <t>Tavşan Uykusu</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>1500</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786254482076</t>
+          <t>9786053481126</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Bir Yumak Aşk</t>
+          <t>Şüphe Asla Uyumaz - Sherlock Holmes (Ciltli)</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>160</v>
+        <v>29</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786050322262</t>
+          <t>9786055872441</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Esir Kuşun Şarkısı</t>
+          <t>Şirket Kurtaran Kararlar</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>160</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786254480201</t>
+          <t>9786055420321</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Gece Yarısı Karnavalı</t>
+          <t>Şeytanla Dans</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>150</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786050322231</t>
+          <t>9786055872533</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Canavar Oğlan</t>
+          <t>Şeytanın Sağ Eli</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>160</v>
+        <v>7.31</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786050321722</t>
+          <t>9786055872618</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Elektrik'te Gece Yarısı</t>
+          <t>Şeytanın Labirenti</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>100</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786254481338</t>
+          <t>9786053480983</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Topuklar Yeni Heyecanlar (Ciltli)</t>
+          <t>Şeytan Kadın (Özel Baskı)</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>225</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786254481345</t>
+          <t>9786055872540</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Topuklar Karışık İlişkiler (Ciltli)</t>
+          <t>Sweeney</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>225</v>
+        <v>5.46</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786254481352</t>
+          <t>9789758461950</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Topuklar Kararsız Kalpler (Ciltli)</t>
+          <t>Sweeney</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>225</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786254481703</t>
+          <t>9789758461783</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Bir Dilek Kadar Yakın</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>100</v>
+        <v>4.58</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786254481086</t>
+          <t>9786053481119</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Mesaj</t>
+          <t>Suç Detayda Saklıdır - Sherlock Holmes (Ciltli)</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>160</v>
+        <v>29</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786254481710</t>
+          <t>9786053480549</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Uzun Metrajlı Hüzünler</t>
+          <t>Sonsuzluktan Uzak Ölüme Yakın</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>150</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786254481741</t>
+          <t>9786053480945</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>O Son Bakış</t>
+          <t>Sonsuz Arzuyla Hesaplaşma</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>190</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786254480331</t>
+          <t>9786053480525</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Yara İzi Kralı</t>
+          <t>Sonsuz Arzuya Uyanış</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>395</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786050322224</t>
+          <t>9786054335725</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Michael Jordan</t>
+          <t>Siyah</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>215</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786050321753</t>
+          <t>9786053480334</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Paul Verlaine</t>
+          <t>Siliniş</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>35</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786050321890</t>
+          <t>9789758461066</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Da Vinci ve Kadınları</t>
+          <t>Şeytanın Sağ Eli</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>160</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786050321234</t>
+          <t>9786053485186</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Ejderhanın Yükselişi</t>
+          <t>Siliniş (Ciltli)</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>160</v>
+        <v>30</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786254480225</t>
+          <t>9786054335701</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Ejderhanın Yükselişi (Ciltli)</t>
+          <t>Siliniş</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>495</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786050321791</t>
+          <t>9786053480501</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Değirmen Esirler</t>
+          <t>Sırlar Aşka Engel mi?</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>100</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786050322002</t>
+          <t>9786053480617</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ölümler</t>
+          <t>Sırçalan</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>160</v>
+        <v>16</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786051868752</t>
+          <t>9786053483267</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Yeminler ve Yalanlar</t>
+          <t>Operadaki Hayalet</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>100</v>
+        <v>28</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786050321746</t>
+          <t>9786053482741</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Sabırsız Yürek</t>
+          <t>Siyaha Çalan Bahar</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>160</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786050322590</t>
+          <t>9786053482307</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Yara İzi Kralı (Ciltli)</t>
+          <t>Şaheser</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>495</v>
+        <v>18</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786050321739</t>
+          <t>9786053482260</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Krallığı Öldürmek</t>
+          <t>Bataklığın Kayıp Tanrıları</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>350</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786050322309</t>
+          <t>9786053482666</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Sahte Krallık (Ciltli)</t>
+          <t>Mephisto Çıkmazı</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>375</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786050322286</t>
+          <t>9786053484578</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Kuşatma ve Fırtına (Ciltli)</t>
+          <t>Novak Djokovic - Kazanmak İçin Varım!</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>225</v>
+        <v>19</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786050322293</t>
+          <t>9786053482680</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Çöküş ve Yükseliş (Ciltli)</t>
+          <t>Adalet - 26 Yazardan Tek Bir Hikaye</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>495</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786050320961</t>
+          <t>9786053482567</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Beni Asla Bırakma</t>
+          <t>Dehanın Esrarengiz Yüzü - Korku Vadisi</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>240</v>
+        <v>49</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786050321821</t>
+          <t>9786053484554</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Edison’ın İzinde</t>
+          <t>Kayıp Element</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>295</v>
+        <v>19</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786050322132</t>
+          <t>9786053482215</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Anna ve Kırlangıç Adam</t>
+          <t>Sherlock Holmes Tüm Hikayeleri - Tek Kitap</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>90</v>
+        <v>80</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786051869643</t>
+          <t>9786053482628</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kalpler Müzesi</t>
+          <t>Geri Sayım</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>118</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786254485459</t>
+          <t>9786053482451</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Düşünce Gücüyle Mutlu Yaşamın Sırları</t>
+          <t>Tepetaklak</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>195</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786050321456</t>
+          <t>9786053481942</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Her Gün Yeni Bir Hayat</t>
+          <t>Sherlock Holmes - Suç Detayda Saklıdır</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>195</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786050321432</t>
+          <t>9786053482239</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Kötü Feminist</t>
+          <t>Unika - Son Kapı</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>160</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786051867489</t>
+          <t>9786053482109</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Elitleri</t>
+          <t>Hayalevinin Son Kapısı</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>130</v>
+        <v>16</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786051865966</t>
+          <t>9786053482376</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Gerçeği</t>
+          <t>Deşifre Deha</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>160</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786050321104</t>
+          <t>9786051869490</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Boşanalım Aşkım</t>
+          <t>Profesyonel</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>295</v>
+        <v>28</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786050321074</t>
+          <t>9786051862996</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Alibaba'nın Dünyası</t>
+          <t>Masal Boyama 1</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>100</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786050320145</t>
+          <t>9786051863009</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Atlantis’in Kalbi</t>
+          <t>Masal Boyama 2</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>69</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786050320350</t>
+          <t>9786051866536</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Öyküler</t>
+          <t>Küllerin Ötesi</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>60</v>
+        <v>28</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786050320497</t>
+          <t>9786051865980</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Kabuslar Baronu</t>
+          <t>Şüpheli</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>150</v>
+        <v>28</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786050320503</t>
+          <t>9786051865867</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Bay Doğru</t>
+          <t>Son İyi Adam</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>100</v>
+        <v>39</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786051869872</t>
+          <t>9786051862606</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim - Genç Olmak</t>
+          <t>Vega</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>195</v>
+        <v>29</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786051869865</t>
+          <t>9786051862576</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Mesleğini Kendin Seç - Genç Olmak</t>
+          <t>Psikopat 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>120</v>
+        <v>95</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786050320794</t>
+          <t>9786051862514</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Regl Kitabı</t>
+          <t>Mavi Kabuslar İçindir</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>109</v>
+        <v>25</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786051869858</t>
+          <t>9786051862439</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Sonbahar Fısıltıları</t>
+          <t>Kızıl Pusu</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>160</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786051869902</t>
+          <t>9786051862491</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Aynadakiler</t>
+          <t>İyileştiren Sevgili</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>130</v>
+        <v>12</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786051869421</t>
+          <t>9786051861371</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kitap Kurtları Yetiştirme Rehberi</t>
+          <t>Affet Ama Unutma</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>150</v>
+        <v>79</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786254489723</t>
+          <t>9786053489207</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Psikopat</t>
+          <t>Gölgenin Gözleri</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>350</v>
+        <v>29</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786254489693</t>
+          <t>9786053489825</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Psikopat 3</t>
+          <t>Sherlock Holmes - Karanlık Mirasın Laneti</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>350</v>
+        <v>69</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786254489686</t>
+          <t>9786053484721</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Psikopat 2</t>
+          <t>Süper Dedektif Shelley Holmes</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>295</v>
+        <v>8</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786051869964</t>
+          <t>9786053484806</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Küçük Hırsız</t>
+          <t>Papatya Sokağı'ndaki Kedicik</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786051869216</t>
+          <t>9786053484783</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Eva ve Gizli Günlük</t>
+          <t>Babalar Ödülü Alır</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>128</v>
+        <v>10</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786051869704</t>
+          <t>9786053489061</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Sen Her Şeydesin</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>59</v>
+        <v>28</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786051869711</t>
+          <t>9786053489078</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Pijamalı Kediler Kulübü</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>49</v>
+        <v>25</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786051869407</t>
+          <t>9786053487906</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Hayalperest Boyama</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>39</v>
+        <v>13</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786051869599</t>
+          <t>9786053487722</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Einstein Gibi Düşünmek</t>
+          <t>Adı Çıkmış Serseriler</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>90</v>
+        <v>19</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786051869483</t>
+          <t>9786053487753</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Şarkısı</t>
+          <t>Küçük Hırsız (Ciltli)</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>69</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786051869605</t>
+          <t>9786051868226</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Kül</t>
+          <t>Sherlock Holmes - Savaş Tanrıları</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>150</v>
+        <v>59</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786254480218</t>
+          <t>9786051863528</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Ejderhanın Kızı (Ciltli)</t>
+          <t>Büyülü Ay</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>495</v>
+        <v>28</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786051869469</t>
+          <t>9786051864228</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Serbest Düşüş</t>
+          <t>Çiçi Masal Serisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786051869520</t>
+          <t>9786051863948</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>My Mad Fat Diary - Benim Çılgın Tombul Günlüğüm 1</t>
+          <t>Ada’nın Savaşı</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>59</v>
+        <v>29</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786051869582</t>
+          <t>9786051861227</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Bizi Arıyorum</t>
+          <t>Bu İş Burada Biter (Ciltli)</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>160</v>
+        <v>22</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786051868714</t>
+          <t>9786051861661</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Eva</t>
+          <t>Perslerin Kayıp Ordusu</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>128</v>
+        <v>160</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786051869230</t>
+          <t>9786051861173</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Benimle Asla Tanışamayacaksın</t>
+          <t>Salman Olmak</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>150</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786051868820</t>
+          <t>9786053489146</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>İkinci Lekenin Esrarı - Sherlock Holmes</t>
+          <t>Hamilelik Kullanım Kılavuzu</t>
         </is>
       </c>
       <c r="C493" s="1">
         <v>19</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786051869001</t>
+          <t>9786053487470</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Perde Kapanıyor - Sherlock Holmes</t>
+          <t>365 Gün Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>40</v>
+        <v>35</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786051868974</t>
+          <t>9786053489313</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Sürünen Adam - Sherlock Holmes</t>
+          <t>Adele</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>40</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>2789788614242</t>
+          <t>9786053488729</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Sen Kalbinden Vazgeçme</t>
+          <t>Altıncı Adam</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>2789788614244</t>
+          <t>9786053488026</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Aramızda Ne Var? Aşk</t>
+          <t>Bana Söz Ver - Myron Bolitar Serisi</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>25</v>
+        <v>85</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786051868950</t>
+          <t>9786053488217</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Af</t>
+          <t>Kasabada Bir Cadı</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786051868387</t>
+          <t>9786053486039</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Düşünceler</t>
+          <t>Tanrıçaların Savaşı</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>100</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786051868547</t>
+          <t>9786051860862</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Virata Ya Da Ölümsüz Bir Kardeşin Gözleri</t>
+          <t>Gardiyan</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>60</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786051868288</t>
+          <t>9786051869094</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde (Tam Metin)</t>
+          <t>Büyük Tenisçiler Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>195</v>
+        <v>55</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786051868455</t>
+          <t>9786051869179</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Fantastik Roman Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>90</v>
+        <v>36.5</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786051868479</t>
+          <t>9786051868493</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Dürtü</t>
+          <t>Gömülü Şamdan</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>60</v>
+        <v>12</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786051868509</t>
+          <t>9786051868486</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Geçmişe Yolculuk</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>75</v>
+        <v>7</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786051868271</t>
+          <t>9786051868523</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Kim Demiş Yiyemezsin?</t>
+          <t>Sahaf Mendel</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>114</v>
+        <v>80</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786053485278</t>
+          <t>9786051868516</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Shakespeare Set 2 (10 Kitap Takım)</t>
+          <t>Postacı Kız</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>73.98</v>
+        <v>19</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786051868356</t>
+          <t>9786051868530</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Kilden Köprü</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>190</v>
+        <v>80</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786051868103</t>
+          <t>9786051867809</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Kafam Bi Dünya</t>
+          <t>Albino’nun Hazinesi (Özel Seri)</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786051866093</t>
+          <t>9786051866154</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>İki Gerçek Bir Yalan</t>
+          <t>Belki Bir Gün Özlersin</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>49</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786051867922</t>
+          <t>9786051864433</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Yolcusu Abdülüver’in Tuhaf Seyahatleri</t>
+          <t>Yüz Yıllık İtiraf</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>150</v>
+        <v>29</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786051866376</t>
+          <t>9786051865850</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Kibirli Yeşil</t>
+          <t>Kimseye Söyleme</t>
         </is>
       </c>
       <c r="C511" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>3990022346018</t>
+          <t>9786051864938</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Martı Tanrı'nın Unutulan Çocukları (Defter)</t>
+          <t>Ailelere Rehber Kitaplar Dizisi: Çocukta Uyum ve Davranış Bozuklukları</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786051866277</t>
+          <t>9786051864921</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Mayıs Sineği</t>
+          <t>Ailelere Rehber Kitaplar Dizisi: Çocuk ve Kişilik</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>350</v>
+        <v>14</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786051866529</t>
+          <t>9786051864914</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Şahane Kitap</t>
+          <t>Ailelere Rehber Kitaplar Dizisi: Çocuk ve İletişim</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>150</v>
+        <v>12</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786051866147</t>
+          <t>9786051864907</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Amazon</t>
+          <t>Ailelere Rehber Kitaplar Dizisi: Çocuk ve Eğitim</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>38</v>
+        <v>12</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786051865744</t>
+          <t>9786051864891</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Kardaki Zulu</t>
+          <t>Ailelere Rehber Kitaplar Dizisi: Çocuk ve Aile</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>120</v>
+        <v>14</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786051865881</t>
+          <t>9786051864648</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Bir Daha Asla</t>
+          <t>Travma Çağı</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>49</v>
+        <v>90</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786051865638</t>
+          <t>9786051864440</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Biraz Şarkı Biraz Gözyaşı</t>
+          <t>Sherlock Holmes - Tanrının Nefesi</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>85</v>
+        <v>16</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786051865959</t>
+          <t>9786051864945</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Atların Plakası Olmaz</t>
+          <t>Ailelere Rehber Kitaplar Dizisi: Çocuğun Gelişim Dönemleri</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>100</v>
+        <v>14</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786051862392</t>
+          <t>9786053485988</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Parçalanmış - Soğuk Uyanış Serisi 3. Kitap</t>
+          <t>Truvalı Helen</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786051862385</t>
+          <t>9786053485957</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Kırılmış - Soğuk Uyanış Serisi 2. Kitap</t>
+          <t>Kış Mevsimi Oluşumu</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>150</v>
+        <v>10</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786051865904</t>
+          <t>9786053485933</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Haydi Gel Vazgeçme</t>
+          <t>Paradise Lisesi</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>47</v>
+        <v>19</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786051865591</t>
+          <t>9786053485940</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Nikola Tesla’nın Sıra Dışı Hayatı</t>
+          <t>Büyük Dert Büyüsü</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>195</v>
+        <v>20</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786051865348</t>
+          <t>9786051861432</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Messi - Futbol'un Mozart'ı</t>
+          <t>Kasap</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>225</v>
+        <v>35</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786051864952</t>
+          <t>9786051860763</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Profesör Moriarty 2 - Öldürülmesi Gereken Hikaye</t>
+          <t>İçimdeki Yaz</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>150</v>
+        <v>69</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786051864624</t>
+          <t>9786051861067</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Ve Bir Americano</t>
+          <t>Yüzyılın Soygunu</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>100</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786051863627</t>
+          <t>9786053489160</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Ev Yapımı Makarnalar</t>
+          <t>Toz (Ciltli)</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>149</v>
+        <v>45</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786051864563</t>
+          <t>9786051864457</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Miçolojik Dünya</t>
+          <t>Beklenmedik Bir An</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>80</v>
+        <v>35</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786050322217</t>
+          <t>9786051863368</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Yerçekimi Melodisi</t>
+          <t>Bebeğimin İlk Kitabı - Su Sıçrat!</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786051864280</t>
+          <t>9786051863344</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Benden Başka Herkes</t>
+          <t>Bebeğimin İlk Kitabı - Sayılar</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786053489962</t>
+          <t>9786051863351</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Kobe Bryant</t>
+          <t>Bebeğimin İlk Kitabı - Çiftlik</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>395</v>
+        <v>25</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786051863610</t>
+          <t>9786051863337</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Neymar - Bir Futbol Sihirbazının İzinde</t>
+          <t>Bebeğimin İlk Kitabı - Taşıtlar</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>225</v>
+        <v>25</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>3990000077763</t>
+          <t>9786051860916</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Ted Dekker - Çember Serisi (4 Kitap Takım)</t>
+          <t>Anna: Kan Giyinmiş Kız (Özel Seri)</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>99.9</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786051863375</t>
+          <t>9786051863931</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Saklı Vaha</t>
+          <t>Profesör Moriarty: Karanlık Sokağın Dehası</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786051863535</t>
+          <t>9786051860206</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Nadal - Benim Hikayem</t>
+          <t>Jane Austen’la Çay Saati</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>79</v>
+        <v>19</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786051863542</t>
+          <t>9786051861128</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Ronaldo - Mükemmelliğe Giden Yol</t>
+          <t>Tanrı’nın Çılgın Planı</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>195</v>
+        <v>25.5</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786051869377</t>
+          <t>9786051860718</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Sahte Krallık</t>
+          <t>Son</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>395</v>
+        <v>28</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786051862712</t>
+          <t>9786051860350</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Zentangle - Çizgilerle Rahatla</t>
+          <t>Gecenin Ölümsüzleri</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>80</v>
+        <v>49</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786051860343</t>
+          <t>9786051860244</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Sahibinin Kullanım Kılavuzu</t>
+          <t>Yirmi Sekiz Buçuk Dilek</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>195</v>
+        <v>29</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>3996051861517</t>
+          <t>9786053489474</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Benim Vücudum ve Senin Vücudun</t>
+          <t>Aldatma Çağı</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>17</v>
+        <v>28</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786051862538</t>
+          <t>9786051860121</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş (Ciltli)</t>
+          <t>Başarının Yolu</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>210</v>
+        <v>21</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786051861784</t>
+          <t>9786053485919</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Tekrar Ergen Olsam</t>
+          <t>Asla Saçını Yıkama</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>130</v>
+        <v>10</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786051862477</t>
+          <t>9786053489122</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Michael Schumacher</t>
+          <t>Hırsızlar Kanunu</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>130</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>8681251040070</t>
+          <t>9786053487074</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Find Twins Hafıza ve Eşleştirme Oyunu - Sevimli Minikler 54 Parça</t>
+          <t>Minik Masallar - Pinokyo</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>12.9</v>
+        <v>21</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>8681251040018</t>
+          <t>9786053487050</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Find Twins Hafıza ve Eşleştirme Oyunu - Oyuncular Serisi 54 Parça</t>
+          <t>Minik Masallar - Pamuk Prenses</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>12.9</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>8681251040056</t>
+          <t>9786053487036</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Find Twins Hafıza ve Eşleştirme Oyunu - Vahşi Hayvanlar 54 Parça</t>
+          <t>Minik Masallar - Külkedisi</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>12.9</v>
+        <v>21</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>8681251040063</t>
+          <t>9786053487043</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Find Twins Hafıza ve Eşleştirme Oyunu - Alfabe Öğreniyorum 54 Parça</t>
+          <t>Minik Masallar - Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>12.9</v>
+        <v>21</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>8681251040049</t>
+          <t>9786053487067</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Find Twins Hafıza ve Eşleştirme Oyunu - Sevimli Hayvanlar 54 Parça</t>
+          <t>Minik Masallar - Çizmeli Kedi</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>12.9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>8681251040032</t>
+          <t>9786053487111</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Find Twins Hafıza ve Eşleştirme Oyunu - Sevimli Hayvanlar Büyük 54 Parça</t>
+          <t>Şekiller ve Renkler - 100 Kanatçıkta Öğren Serisi</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>12.9</v>
+        <v>75</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786051862156</t>
+          <t>9786053487081</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Tek Mazereti Aşktı</t>
+          <t>Hayvanlar - 100 Kanatçıkta Öğren Serisi</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>160</v>
+        <v>75</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786051861746</t>
+          <t>9786053487104</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Yirmi Dokuz Buçuk Neden</t>
+          <t>Sayılar - 100 Kanatçıkta Öğren Serisi</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>160</v>
+        <v>75</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>3990000070059</t>
+          <t>9786053487098</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Martı Sherlock Holmes - Aklın Şüphesi Suçun Gerçeğidir (Defter)</t>
+          <t>Kelimeler - 100 Kanatçıkta Öğren Serisi</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>6</v>
+        <v>75</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786051860633</t>
+          <t>9786053488408</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Karanlıkta Bir Çığlık</t>
+          <t>Suikastçının Duası</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>160</v>
+        <v>29</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>3990000033719</t>
+          <t>9786053488392</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mucizeler Dükkanı (Defter)</t>
+          <t>Erkek Lisesi</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>5.08</v>
+        <v>49</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786051860138</t>
+          <t>9786053487760</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Ev Yapımı Turtalar ve Tartlar</t>
+          <t>Soğuk Öpücük</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>149</v>
+        <v>39</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786051861074</t>
+          <t>9786053487739</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Ateşli</t>
+          <t>Sanrılar ve Düğümler</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>130</v>
+        <v>37</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>8681322346087</t>
+          <t>9786053487777</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Yörünge (Defter)</t>
+          <t>Yaratıcı Renklerle Boyama</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>6</v>
+        <v>80</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786051866345</t>
+          <t>9786053485773</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Ali / Dünyanın Kralı</t>
+          <t>Kaosun Görkemli Dünyası</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>290</v>
+        <v>35</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786053489115</t>
+          <t>9786053485575</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Eskort 2. Kitap</t>
+          <t>Mutlu Ailelerin Sırları</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>160</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786053489573</t>
+          <t>9786053484950</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Biraz Yağmur Biraz Güneş</t>
+          <t>13: Kurtuluşa Doğru</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>160</v>
+        <v>29</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786053488897</t>
+          <t>9786053484561</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Sevme Beni Yanarsın</t>
+          <t>Şaşkın</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>100</v>
+        <v>19</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786050321357</t>
+          <t>9786053484530</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Gibi Düşünmek</t>
+          <t>Son Beş Gün</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>155</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786053488378</t>
+          <t>9786053484547</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Kösem Dört Devrin Sultanı (Ciltli)</t>
+          <t>Son Adım Aşk</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>225</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786254485466</t>
+          <t>9786051865614</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Kadınlar</t>
+          <t>Mucize Kız</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>170</v>
+        <v>25.5</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>3990053488743</t>
+          <t>9786053489955</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yıl Büyüsü</t>
+          <t>Federer - Tenisin Yaşayan Efsanesi</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>14</v>
+        <v>150</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>3990000029138</t>
+          <t>9786053485216</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Psikopat (Günlük)</t>
+          <t>Sona Kalan (Ciltli)</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>16.1</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>8681322346032</t>
+          <t>9786053482178</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Martı Küçük Hırsız (Günlük)</t>
+          <t>World Romance Klasikleri Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>20</v>
+        <v>100</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>3001428100119</t>
+          <t>9786051862613</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Martı Yörünge (Defter)</t>
+          <t>İyileştiren Nefes</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>3990000029129</t>
+          <t>9786254480188</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Martı Psikopat (Defter)</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>5.08</v>
+        <v>80</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>3990000029127</t>
+          <t>9786051860596</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Martı Küçük Mucizeler Dükkanı (Günlük)</t>
+          <t>Bir Leydinin Sırları</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>5.08</v>
+        <v>28</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>3990000029120</t>
+          <t>9786051860626</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Martı Küçük Hırsız (Defter)</t>
+          <t>Yalnız Cadı</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>5.08</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>3990000029121</t>
+          <t>9786053489283</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Martı Kitap Hırsızı (Defter)</t>
+          <t>Bir Tutam Mutluluk (Ciltli)</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>5.08</v>
+        <v>30</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>3990000029119</t>
+          <t>9786053489467</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Martı Benim Yolum (Defter)</t>
+          <t>Gerçeğin Parçaları</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>5.08</v>
+        <v>16</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786053487548</t>
+          <t>9786051863924</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Engerek</t>
+          <t>Jeremy Poldark (Ciltli)</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>160</v>
+        <v>27</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786050321876</t>
+          <t>9786053489245</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Kafes</t>
+          <t>Zamansız Fırtına</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>160</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786053485551</t>
+          <t>9786051869360</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar</t>
+          <t>Kargalar Meclisi</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>160</v>
+        <v>395</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786051869353</t>
+          <t>9786053486510</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Çöküş ve Yükseliş</t>
+          <t>Gecenin Aynası</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>395</v>
+        <v>28</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786053480273</t>
+          <t>9786053487128</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Gerçekler Kanıt İster - Sherlock Holmes</t>
+          <t>Eyvah! Baba Oluyorum</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>130</v>
+        <v>19</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786053480563</t>
+          <t>9786053486954</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Aklın Şüphesi Suçun Gerçeğidir - Sherlock Holmes</t>
+          <t>Cesur Yanınızı Kucaklayın</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>120</v>
+        <v>18</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786053484608</t>
+          <t>9786053487166</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Rafael Nadal - Benim Hikayem</t>
+          <t>Anti-Stres Boyama</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>39</v>
+        <v>16</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786053482802</t>
+          <t>9786051864303</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Postacı Kapıyı Çalmayacak</t>
+          <t>Tetikte</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>295</v>
+        <v>29</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786051869247</t>
+          <t>9786051864273</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Kuşatma ve Fırtına</t>
+          <t>İyileştiren Sükunet - Farkına Var</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>350</v>
+        <v>12</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786053485339</t>
+          <t>9786051861715</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Uyurgezer Anılar</t>
+          <t>Charlotte Bronte'nin Gizli Maceraları Seti (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>21</v>
+        <v>54</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786053482703</t>
+          <t>9786051862736</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Üç Oda Bir Yanlızlık</t>
+          <t>Rüya (Ciltli)</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>28</v>
+        <v>45</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786053489108</t>
+          <t>9786051862583</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Eskort</t>
+          <t>Bir Yanımız Bahar</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>160</v>
+        <v>69</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786053483366</t>
+          <t>9786051860374</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Oxford Kitaplığı Set 2 (12 Kitap Takım)</t>
+          <t>Sanat Terapisi Picasso - Renklerin Ötesinde</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>67</v>
+        <v>23</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786053483359</t>
+          <t>9786053489597</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Oxford Kitaplığı Set 1 (12 Kitap Takım)</t>
+          <t>Sanat Terapisi Van Gogh - Renklere Yolculuk</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>67</v>
+        <v>35</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786053482642</t>
+          <t>9786051862552</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Spartaküs: Ölüm Yolcuları</t>
+          <t>Muhalif</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>25</v>
+        <v>29</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786053483403</t>
+          <t>9786053488460</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Hoşça Kal Demeden</t>
+          <t>Bebeğimin İlk Kütüphanesi (Mavi) (Ciltli)</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>59</v>
+        <v>45</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786053483878</t>
+          <t>9786053488453</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Güzel Bir Gün</t>
+          <t>Bebeğimin İlk Kütüphanesi (Pembe) (Ciltli)</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>69</v>
+        <v>45</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786254483776</t>
+          <t>9786053489085</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Tek Başına - Dedektif D.D. Warren Serisi</t>
+          <t>Bir Tutam Aşk (Ciltli)</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>69</v>
+        <v>30</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>3996053482932</t>
+          <t>9786053489047</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Büyük Minik Dinozor</t>
+          <t>Shah Rukh Khan</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>7.5</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786053482222</t>
+          <t>9786053487920</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Cenneti Öldürmek</t>
+          <t>Yörünge</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>160</v>
+        <v>35</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9789758461745</t>
+          <t>9786051865294</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Vittorio</t>
+          <t>Soğuk Uyanış Serisi (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>19</v>
+        <v>79</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9789758461011</t>
+          <t>9786051861760</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Vampir Vittorio</t>
+          <t>Dışarıdakiler (Ciltli)</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>11.57</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786054335558</t>
+          <t>9786051861425</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Talih</t>
+          <t>Vadideki Zambak (Ciltli)</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786051869629</t>
+          <t>9786051861418</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Hükümdar</t>
+          <t>Uğultulu Tepeler (Ciltli)</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>10</v>
+        <v>39</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786053480204</t>
+          <t>9786051861401</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Hiç Kimse Sıradan Değildir</t>
+          <t>Masumiyet Çağı (Ciltli)</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>350</v>
+        <v>29</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786053482208</t>
+          <t>9786051861388</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Tüm Hikayeleri - Tek Kitap (Ciltli)</t>
+          <t>Jane Eyre (Ciltli)</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>69.5</v>
+        <v>39</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786055420659</t>
+          <t>9786051861395</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Bir Yumak Mutluluk</t>
+          <t>Aşk ve Gurur (Ciltli)</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>26</v>
+        <v>37</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786053481096</t>
+          <t>9786051862347</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Bir Dilekle Başladı Her şey (Ciltli)</t>
+          <t>Albino'nun Hazinesi</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>29</v>
+        <v>49</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786053481645</t>
+          <t>9786051861500</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Son Detay - Myron Bolitar Serisi</t>
+          <t>İçi Geçmiş Büyüler</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>30</v>
+        <v>22</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786053482468</t>
+          <t>9786051861685</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Zayıflamak İçin Biraz Vaktiniz Var mı?</t>
+          <t>Çocuklar İçin Sayılarla Eğitici Oyunlar Boyama Kitabı</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>28</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786053482284</t>
+          <t>9786053488866</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Karanlık: Merrick</t>
+          <t>Yeni Yıl Büyüsü Boyama Kitabı</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>25</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786053482024</t>
+          <t>9786051861142</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Kurtlara Söyle Eve Döndüm</t>
+          <t>Hayvan Dostlarımızın Sevdiği Yiyecekler Boyama Kitabı</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>395</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786053480174</t>
+          <t>9786051861166</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Benim Çılgın Ailem</t>
+          <t>Renklerle Matematik Öğreniyorum Boyama Kitabı</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>20.5</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786053481911</t>
+          <t>9786053488705</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Bahçemde Yeşeren Umutlar</t>
+          <t>Hayvanlar Dünyası Çocuklar İçin Sayılarla Boyama Kitabı</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>15</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786053481157</t>
+          <t>9786053489016</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Unutulan Çocukları</t>
+          <t>Olmadı Baştan Alalım</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>225</v>
+        <v>28</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>3990000004759</t>
+          <t>9786053488743</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Süper Sudoku</t>
+          <t>Yeni Yıl Büyüsü</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786053480808</t>
+          <t>9786053487975</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Sır Perdesi Aralanıyor - Kızıl Dosya</t>
+          <t>Uykudan Önce Prenseslere Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>15</v>
+        <v>58</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786053480044</t>
+          <t>9786053486473</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Çığlık - Dedektif D.D. Warren Serisi</t>
+          <t>Federer</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>170</v>
+        <v>35</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786054335022</t>
+          <t>9786053486411</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Anne Mutlu Bebek</t>
+          <t>Diriliş</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>90</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786254485442</t>
+          <t>9786053483335</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Düşünce Gücüyle Yaşam Boyu Mutluluk</t>
+          <t>Bebeğimin İlk Kitabı: Renkler ve Şekiller (Ciltli)</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>195</v>
+        <v>25</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
+          <t>9786053483311</t>
+        </is>
+      </c>
+      <c r="B614" s="1" t="inlineStr">
+        <is>
+          <t>Bebeğimin İlk Kitabı: Zıt Kavramlar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C614" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="615" spans="1:3">
+      <c r="A615" s="1" t="inlineStr">
+        <is>
+          <t>9786053483328</t>
+        </is>
+      </c>
+      <c r="B615" s="1" t="inlineStr">
+        <is>
+          <t>Bebeğimin İlk Kitabı: Hayvanlar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C615" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="616" spans="1:3">
+      <c r="A616" s="1" t="inlineStr">
+        <is>
+          <t>9786053483304</t>
+        </is>
+      </c>
+      <c r="B616" s="1" t="inlineStr">
+        <is>
+          <t>Bebeğimin İlk Kitabı: Kelimeler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C616" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="617" spans="1:3">
+      <c r="A617" s="1" t="inlineStr">
+        <is>
+          <t>9786053483908</t>
+        </is>
+      </c>
+      <c r="B617" s="1" t="inlineStr">
+        <is>
+          <t>Unika 3 - Gizli Bölüm</t>
+        </is>
+      </c>
+      <c r="C617" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="618" spans="1:3">
+      <c r="A618" s="1" t="inlineStr">
+        <is>
+          <t>9786051864426</t>
+        </is>
+      </c>
+      <c r="B618" s="1" t="inlineStr">
+        <is>
+          <t>Atlantis’in Vampirleri</t>
+        </is>
+      </c>
+      <c r="C618" s="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="619" spans="1:3">
+      <c r="A619" s="1" t="inlineStr">
+        <is>
+          <t>9786051863849</t>
+        </is>
+      </c>
+      <c r="B619" s="1" t="inlineStr">
+        <is>
+          <t>Yağ Satarım</t>
+        </is>
+      </c>
+      <c r="C619" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="620" spans="1:3">
+      <c r="A620" s="1" t="inlineStr">
+        <is>
+          <t>9786051863832</t>
+        </is>
+      </c>
+      <c r="B620" s="1" t="inlineStr">
+        <is>
+          <t>Siyah Gözlüklü Kuş</t>
+        </is>
+      </c>
+      <c r="C620" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="621" spans="1:3">
+      <c r="A621" s="1" t="inlineStr">
+        <is>
+          <t>9786051863825</t>
+        </is>
+      </c>
+      <c r="B621" s="1" t="inlineStr">
+        <is>
+          <t>Piknik</t>
+        </is>
+      </c>
+      <c r="C621" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="622" spans="1:3">
+      <c r="A622" s="1" t="inlineStr">
+        <is>
+          <t>9786051863863</t>
+        </is>
+      </c>
+      <c r="B622" s="1" t="inlineStr">
+        <is>
+          <t>Kardan Kuzu</t>
+        </is>
+      </c>
+      <c r="C622" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="623" spans="1:3">
+      <c r="A623" s="1" t="inlineStr">
+        <is>
+          <t>9786051863818</t>
+        </is>
+      </c>
+      <c r="B623" s="1" t="inlineStr">
+        <is>
+          <t>Güler Yüz</t>
+        </is>
+      </c>
+      <c r="C623" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="624" spans="1:3">
+      <c r="A624" s="1" t="inlineStr">
+        <is>
+          <t>9786053489993</t>
+        </is>
+      </c>
+      <c r="B624" s="1" t="inlineStr">
+        <is>
+          <t>Bulut Kuş</t>
+        </is>
+      </c>
+      <c r="C624" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="625" spans="1:3">
+      <c r="A625" s="1" t="inlineStr">
+        <is>
+          <t>9786053489986</t>
+        </is>
+      </c>
+      <c r="B625" s="1" t="inlineStr">
+        <is>
+          <t>Başarının Sırrı</t>
+        </is>
+      </c>
+      <c r="C625" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="626" spans="1:3">
+      <c r="A626" s="1" t="inlineStr">
+        <is>
+          <t>9786051863894</t>
+        </is>
+      </c>
+      <c r="B626" s="1" t="inlineStr">
+        <is>
+          <t>Özlem</t>
+        </is>
+      </c>
+      <c r="C626" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="627" spans="1:3">
+      <c r="A627" s="1" t="inlineStr">
+        <is>
+          <t>9786051863856</t>
+        </is>
+      </c>
+      <c r="B627" s="1" t="inlineStr">
+        <is>
+          <t>Bayram Şenliği</t>
+        </is>
+      </c>
+      <c r="C627" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="628" spans="1:3">
+      <c r="A628" s="1" t="inlineStr">
+        <is>
+          <t>9786053489979</t>
+        </is>
+      </c>
+      <c r="B628" s="1" t="inlineStr">
+        <is>
+          <t>Balkondaki Dinozor</t>
+        </is>
+      </c>
+      <c r="C628" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="629" spans="1:3">
+      <c r="A629" s="1" t="inlineStr">
+        <is>
+          <t>9786051861791</t>
+        </is>
+      </c>
+      <c r="B629" s="1" t="inlineStr">
+        <is>
+          <t>Ev Yapımı Wok Tavada Kızartmalar</t>
+        </is>
+      </c>
+      <c r="C629" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="630" spans="1:3">
+      <c r="A630" s="1" t="inlineStr">
+        <is>
+          <t>9786053487944</t>
+        </is>
+      </c>
+      <c r="B630" s="1" t="inlineStr">
+        <is>
+          <t>Uykudan Önce Eğlenceli Masallar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C630" s="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="631" spans="1:3">
+      <c r="A631" s="1" t="inlineStr">
+        <is>
+          <t>9786053487951</t>
+        </is>
+      </c>
+      <c r="B631" s="1" t="inlineStr">
+        <is>
+          <t>Uykudan Önce Gizemli Masallar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C631" s="1">
+        <v>37.5</v>
+      </c>
+    </row>
+    <row r="632" spans="1:3">
+      <c r="A632" s="1" t="inlineStr">
+        <is>
+          <t>9786053487968</t>
+        </is>
+      </c>
+      <c r="B632" s="1" t="inlineStr">
+        <is>
+          <t>Uykudan Önce Klasik Masallar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C632" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="633" spans="1:3">
+      <c r="A633" s="1" t="inlineStr">
+        <is>
+          <t>9786051862835</t>
+        </is>
+      </c>
+      <c r="B633" s="1" t="inlineStr">
+        <is>
+          <t>İyileştiren Adımlar</t>
+        </is>
+      </c>
+      <c r="C633" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="634" spans="1:3">
+      <c r="A634" s="1" t="inlineStr">
+        <is>
+          <t>9786051862781</t>
+        </is>
+      </c>
+      <c r="B634" s="1" t="inlineStr">
+        <is>
+          <t>Mucizeler Sahnesi</t>
+        </is>
+      </c>
+      <c r="C634" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="635" spans="1:3">
+      <c r="A635" s="1" t="inlineStr">
+        <is>
+          <t>9786051861654</t>
+        </is>
+      </c>
+      <c r="B635" s="1" t="inlineStr">
+        <is>
+          <t>Poldark (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C635" s="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="636" spans="1:3">
+      <c r="A636" s="1" t="inlineStr">
+        <is>
+          <t>9786051862545</t>
+        </is>
+      </c>
+      <c r="B636" s="1" t="inlineStr">
+        <is>
+          <t>Dönüş Yok</t>
+        </is>
+      </c>
+      <c r="C636" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="637" spans="1:3">
+      <c r="A637" s="1" t="inlineStr">
+        <is>
+          <t>9786051861807</t>
+        </is>
+      </c>
+      <c r="B637" s="1" t="inlineStr">
+        <is>
+          <t>Madam Bovary</t>
+        </is>
+      </c>
+      <c r="C637" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="638" spans="1:3">
+      <c r="A638" s="1" t="inlineStr">
+        <is>
+          <t>9786053486718</t>
+        </is>
+      </c>
+      <c r="B638" s="1" t="inlineStr">
+        <is>
+          <t>Yıldız Meyvesi Ağacı ve Diğer Öyküler</t>
+        </is>
+      </c>
+      <c r="C638" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="639" spans="1:3">
+      <c r="A639" s="1" t="inlineStr">
+        <is>
+          <t>9786053486657</t>
+        </is>
+      </c>
+      <c r="B639" s="1" t="inlineStr">
+        <is>
+          <t>Fare Takımı</t>
+        </is>
+      </c>
+      <c r="C639" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="640" spans="1:3">
+      <c r="A640" s="1" t="inlineStr">
+        <is>
+          <t>9786053486701</t>
+        </is>
+      </c>
+      <c r="B640" s="1" t="inlineStr">
+        <is>
+          <t>Tahta Çubuklar</t>
+        </is>
+      </c>
+      <c r="C640" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="641" spans="1:3">
+      <c r="A641" s="1" t="inlineStr">
+        <is>
+          <t>9786053486695</t>
+        </is>
+      </c>
+      <c r="B641" s="1" t="inlineStr">
+        <is>
+          <t>Ejderha Öyküleri</t>
+        </is>
+      </c>
+      <c r="C641" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="642" spans="1:3">
+      <c r="A642" s="1" t="inlineStr">
+        <is>
+          <t>9786053486640</t>
+        </is>
+      </c>
+      <c r="B642" s="1" t="inlineStr">
+        <is>
+          <t>Vikinglerin Yüz Karası</t>
+        </is>
+      </c>
+      <c r="C642" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="643" spans="1:3">
+      <c r="A643" s="1" t="inlineStr">
+        <is>
+          <t>9786053486602</t>
+        </is>
+      </c>
+      <c r="B643" s="1" t="inlineStr">
+        <is>
+          <t>Luke Lively ve Uyku Şatosu</t>
+        </is>
+      </c>
+      <c r="C643" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="644" spans="1:3">
+      <c r="A644" s="1" t="inlineStr">
+        <is>
+          <t>9786051860213</t>
+        </is>
+      </c>
+      <c r="B644" s="1" t="inlineStr">
+        <is>
+          <t>Dayanılmaz</t>
+        </is>
+      </c>
+      <c r="C644" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="645" spans="1:3">
+      <c r="A645" s="1" t="inlineStr">
+        <is>
+          <t>9786051860169</t>
+        </is>
+      </c>
+      <c r="B645" s="1" t="inlineStr">
+        <is>
+          <t>Kötü Ruhlar Defteri</t>
+        </is>
+      </c>
+      <c r="C645" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="646" spans="1:3">
+      <c r="A646" s="1" t="inlineStr">
+        <is>
+          <t>9786053488873</t>
+        </is>
+      </c>
+      <c r="B646" s="1" t="inlineStr">
+        <is>
+          <t>So Ji Sub’un Yolu</t>
+        </is>
+      </c>
+      <c r="C646" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="647" spans="1:3">
+      <c r="A647" s="1" t="inlineStr">
+        <is>
+          <t>9786051864631</t>
+        </is>
+      </c>
+      <c r="B647" s="1" t="inlineStr">
+        <is>
+          <t>Yalan Oyunu</t>
+        </is>
+      </c>
+      <c r="C647" s="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="648" spans="1:3">
+      <c r="A648" s="1" t="inlineStr">
+        <is>
+          <t>9786051862101</t>
+        </is>
+      </c>
+      <c r="B648" s="1" t="inlineStr">
+        <is>
+          <t>Atlantis’in Muhafızları</t>
+        </is>
+      </c>
+      <c r="C648" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="649" spans="1:3">
+      <c r="A649" s="1" t="inlineStr">
+        <is>
+          <t>9786051861210</t>
+        </is>
+      </c>
+      <c r="B649" s="1" t="inlineStr">
+        <is>
+          <t>Başka Şansın Yok</t>
+        </is>
+      </c>
+      <c r="C649" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="650" spans="1:3">
+      <c r="A650" s="1" t="inlineStr">
+        <is>
+          <t>9786051862149</t>
+        </is>
+      </c>
+      <c r="B650" s="1" t="inlineStr">
+        <is>
+          <t>Karanlığın Yükselişi</t>
+        </is>
+      </c>
+      <c r="C650" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="651" spans="1:3">
+      <c r="A651" s="1" t="inlineStr">
+        <is>
+          <t>9786053489306</t>
+        </is>
+      </c>
+      <c r="B651" s="1" t="inlineStr">
+        <is>
+          <t>Aşık Cadı</t>
+        </is>
+      </c>
+      <c r="C651" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="652" spans="1:3">
+      <c r="A652" s="1" t="inlineStr">
+        <is>
+          <t>9786053488972</t>
+        </is>
+      </c>
+      <c r="B652" s="1" t="inlineStr">
+        <is>
+          <t>İyi Kız</t>
+        </is>
+      </c>
+      <c r="C652" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="653" spans="1:3">
+      <c r="A653" s="1" t="inlineStr">
+        <is>
+          <t>9786053487524</t>
+        </is>
+      </c>
+      <c r="B653" s="1" t="inlineStr">
+        <is>
+          <t>Avcının Soğuk Nefesi</t>
+        </is>
+      </c>
+      <c r="C653" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="654" spans="1:3">
+      <c r="A654" s="1" t="inlineStr">
+        <is>
+          <t>9786053486732</t>
+        </is>
+      </c>
+      <c r="B654" s="1" t="inlineStr">
+        <is>
+          <t>Seyyah (2 Kitap Takım Kutulu)</t>
+        </is>
+      </c>
+      <c r="C654" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="655" spans="1:3">
+      <c r="A655" s="1" t="inlineStr">
+        <is>
+          <t>9786053486725</t>
+        </is>
+      </c>
+      <c r="B655" s="1" t="inlineStr">
+        <is>
+          <t>Wolfe Kardeşler Serisi (Kutulu Set)</t>
+        </is>
+      </c>
+      <c r="C655" s="1">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="656" spans="1:3">
+      <c r="A656" s="1" t="inlineStr">
+        <is>
+          <t>9786053485858</t>
+        </is>
+      </c>
+      <c r="B656" s="1" t="inlineStr">
+        <is>
+          <t>Keşfetmenin Coşkusu</t>
+        </is>
+      </c>
+      <c r="C656" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="657" spans="1:3">
+      <c r="A657" s="1" t="inlineStr">
+        <is>
+          <t>9786053485995</t>
+        </is>
+      </c>
+      <c r="B657" s="1" t="inlineStr">
+        <is>
+          <t>Seyyah</t>
+        </is>
+      </c>
+      <c r="C657" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="658" spans="1:3">
+      <c r="A658" s="1" t="inlineStr">
+        <is>
+          <t>9786054335862</t>
+        </is>
+      </c>
+      <c r="B658" s="1" t="inlineStr">
+        <is>
+          <t>Kapan</t>
+        </is>
+      </c>
+      <c r="C658" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="659" spans="1:3">
+      <c r="A659" s="1" t="inlineStr">
+        <is>
+          <t>9786053483885</t>
+        </is>
+      </c>
+      <c r="B659" s="1" t="inlineStr">
+        <is>
+          <t>Hasar Kontrol</t>
+        </is>
+      </c>
+      <c r="C659" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="660" spans="1:3">
+      <c r="A660" s="1" t="inlineStr">
+        <is>
+          <t>9786053483915</t>
+        </is>
+      </c>
+      <c r="B660" s="1" t="inlineStr">
+        <is>
+          <t>Çakalların Yurdu</t>
+        </is>
+      </c>
+      <c r="C660" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="661" spans="1:3">
+      <c r="A661" s="1" t="inlineStr">
+        <is>
+          <t>9786053482482</t>
+        </is>
+      </c>
+      <c r="B661" s="1" t="inlineStr">
+        <is>
+          <t>Atlantis'in Kurtuluşu</t>
+        </is>
+      </c>
+      <c r="C661" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="662" spans="1:3">
+      <c r="A662" s="1" t="inlineStr">
+        <is>
+          <t>9786053482413</t>
+        </is>
+      </c>
+      <c r="B662" s="1" t="inlineStr">
+        <is>
+          <t>Sona Kalan</t>
+        </is>
+      </c>
+      <c r="C662" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="663" spans="1:3">
+      <c r="A663" s="1" t="inlineStr">
+        <is>
+          <t>9786053481782</t>
+        </is>
+      </c>
+      <c r="B663" s="1" t="inlineStr">
+        <is>
+          <t>Çemberin Dışındakiler</t>
+        </is>
+      </c>
+      <c r="C663" s="1">
+        <v>25.5</v>
+      </c>
+    </row>
+    <row r="664" spans="1:3">
+      <c r="A664" s="1" t="inlineStr">
+        <is>
+          <t>9786053482550</t>
+        </is>
+      </c>
+      <c r="B664" s="1" t="inlineStr">
+        <is>
+          <t>Ben Zavallı Değilim (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C664" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="665" spans="1:3">
+      <c r="A665" s="1" t="inlineStr">
+        <is>
+          <t>9786053482437</t>
+        </is>
+      </c>
+      <c r="B665" s="1" t="inlineStr">
+        <is>
+          <t>Masumiyet Çağı</t>
+        </is>
+      </c>
+      <c r="C665" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="666" spans="1:3">
+      <c r="A666" s="1" t="inlineStr">
+        <is>
+          <t>9786053482406</t>
+        </is>
+      </c>
+      <c r="B666" s="1" t="inlineStr">
+        <is>
+          <t>Umuda Uyandığım Gün</t>
+        </is>
+      </c>
+      <c r="C666" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="667" spans="1:3">
+      <c r="A667" s="1" t="inlineStr">
+        <is>
+          <t>9786053481140</t>
+        </is>
+      </c>
+      <c r="B667" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes: Aklın Şüphesi Suçun Gerçeğidir (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C667" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="668" spans="1:3">
+      <c r="A668" s="1" t="inlineStr">
+        <is>
+          <t>9786053480648</t>
+        </is>
+      </c>
+      <c r="B668" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes Seti (5 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C668" s="1">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="669" spans="1:3">
+      <c r="A669" s="1" t="inlineStr">
+        <is>
+          <t>9786053483458</t>
+        </is>
+      </c>
+      <c r="B669" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes Mavi Yakut</t>
+        </is>
+      </c>
+      <c r="C669" s="1">
+        <v>4.54</v>
+      </c>
+    </row>
+    <row r="670" spans="1:3">
+      <c r="A670" s="1" t="inlineStr">
+        <is>
+          <t>9786053483441</t>
+        </is>
+      </c>
+      <c r="B670" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes Kızıl Saçlılar Kulübü</t>
+        </is>
+      </c>
+      <c r="C670" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="671" spans="1:3">
+      <c r="A671" s="1" t="inlineStr">
+        <is>
+          <t>9789758461844</t>
+        </is>
+      </c>
+      <c r="B671" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes Gümüş Şimşek</t>
+        </is>
+      </c>
+      <c r="C671" s="1">
+        <v>4.58</v>
+      </c>
+    </row>
+    <row r="672" spans="1:3">
+      <c r="A672" s="1" t="inlineStr">
+        <is>
+          <t>9789758461851</t>
+        </is>
+      </c>
+      <c r="B672" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes Dans Eden Adamlar</t>
+        </is>
+      </c>
+      <c r="C672" s="1">
+        <v>4.58</v>
+      </c>
+    </row>
+    <row r="673" spans="1:3">
+      <c r="A673" s="1" t="inlineStr">
+        <is>
+          <t>9786053481133</t>
+        </is>
+      </c>
+      <c r="B673" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes - Gerçekler Kanıt İster (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C673" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="674" spans="1:3">
+      <c r="A674" s="1" t="inlineStr">
+        <is>
+          <t>9786053480211</t>
+        </is>
+      </c>
+      <c r="B674" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Dosyaları - 100 Yıllık Sır (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C674" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="675" spans="1:3">
+      <c r="A675" s="1" t="inlineStr">
+        <is>
+          <t>9786051866383</t>
+        </is>
+      </c>
+      <c r="B675" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Küçük Yalancılar</t>
+        </is>
+      </c>
+      <c r="C675" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="676" spans="1:3">
+      <c r="A676" s="1" t="inlineStr">
+        <is>
+          <t>9786053481454</t>
+        </is>
+      </c>
+      <c r="B676" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Küçük Sırlar</t>
+        </is>
+      </c>
+      <c r="C676" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="677" spans="1:3">
+      <c r="A677" s="1" t="inlineStr">
+        <is>
+          <t>9786053481232</t>
+        </is>
+      </c>
+      <c r="B677" s="1" t="inlineStr">
+        <is>
+          <t>Sevginin Son Dileği</t>
+        </is>
+      </c>
+      <c r="C677" s="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="678" spans="1:3">
+      <c r="A678" s="1" t="inlineStr">
+        <is>
+          <t>9786055420222</t>
+        </is>
+      </c>
+      <c r="B678" s="1" t="inlineStr">
+        <is>
+          <t>Sevgi Bağı (Özel Baskı)</t>
+        </is>
+      </c>
+      <c r="C678" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="679" spans="1:3">
+      <c r="A679" s="1" t="inlineStr">
+        <is>
+          <t>9786054335343</t>
+        </is>
+      </c>
+      <c r="B679" s="1" t="inlineStr">
+        <is>
+          <t>Sevgi Bağı</t>
+        </is>
+      </c>
+      <c r="C679" s="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="680" spans="1:3">
+      <c r="A680" s="1" t="inlineStr">
+        <is>
+          <t>9786053480679</t>
+        </is>
+      </c>
+      <c r="B680" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz Oda (Özel Basım)</t>
+        </is>
+      </c>
+      <c r="C680" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="681" spans="1:3">
+      <c r="A681" s="1" t="inlineStr">
+        <is>
+          <t>9786054335749</t>
+        </is>
+      </c>
+      <c r="B681" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz Oda</t>
+        </is>
+      </c>
+      <c r="C681" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="682" spans="1:3">
+      <c r="A682" s="1" t="inlineStr">
+        <is>
+          <t>9786055420550</t>
+        </is>
+      </c>
+      <c r="B682" s="1" t="inlineStr">
+        <is>
+          <t>Serseri Kalbim</t>
+        </is>
+      </c>
+      <c r="C682" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="683" spans="1:3">
+      <c r="A683" s="1" t="inlineStr">
+        <is>
+          <t>9789758461202</t>
+        </is>
+      </c>
+      <c r="B683" s="1" t="inlineStr">
+        <is>
+          <t>Sefiller</t>
+        </is>
+      </c>
+      <c r="C683" s="1">
+        <v>4.58</v>
+      </c>
+    </row>
+    <row r="684" spans="1:3">
+      <c r="A684" s="1" t="inlineStr">
+        <is>
+          <t>9786053481003</t>
+        </is>
+      </c>
+      <c r="B684" s="1" t="inlineStr">
+        <is>
+          <t>Seçilmiş Bedenler</t>
+        </is>
+      </c>
+      <c r="C684" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="685" spans="1:3">
+      <c r="A685" s="1" t="inlineStr">
+        <is>
+          <t>9789758461790</t>
+        </is>
+      </c>
+      <c r="B685" s="1" t="inlineStr">
+        <is>
+          <t>Savaş ve Barış</t>
+        </is>
+      </c>
+      <c r="C685" s="1">
+        <v>4.58</v>
+      </c>
+    </row>
+    <row r="686" spans="1:3">
+      <c r="A686" s="1" t="inlineStr">
+        <is>
+          <t>9786053480266</t>
+        </is>
+      </c>
+      <c r="B686" s="1" t="inlineStr">
+        <is>
+          <t>Sarhoştum Hatırlamıyorum</t>
+        </is>
+      </c>
+      <c r="C686" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="687" spans="1:3">
+      <c r="A687" s="1" t="inlineStr">
+        <is>
+          <t>9786054335718</t>
+        </is>
+      </c>
+      <c r="B687" s="1" t="inlineStr">
+        <is>
+          <t>Samaritin Sırrı</t>
+        </is>
+      </c>
+      <c r="C687" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="688" spans="1:3">
+      <c r="A688" s="1" t="inlineStr">
+        <is>
+          <t>9786053480198</t>
+        </is>
+      </c>
+      <c r="B688" s="1" t="inlineStr">
+        <is>
+          <t>Saklı Geçit</t>
+        </is>
+      </c>
+      <c r="C688" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="689" spans="1:3">
+      <c r="A689" s="1" t="inlineStr">
+        <is>
+          <t>9786055872281</t>
+        </is>
+      </c>
+      <c r="B689" s="1" t="inlineStr">
+        <is>
+          <t>Saklambaç</t>
+        </is>
+      </c>
+      <c r="C689" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="690" spans="1:3">
+      <c r="A690" s="1" t="inlineStr">
+        <is>
+          <t>9789758461967</t>
+        </is>
+      </c>
+      <c r="B690" s="1" t="inlineStr">
+        <is>
+          <t>Saklambaç - Dedektif D.D. Warren Serisi</t>
+        </is>
+      </c>
+      <c r="C690" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="691" spans="1:3">
+      <c r="A691" s="1" t="inlineStr">
+        <is>
+          <t>9786053480754</t>
+        </is>
+      </c>
+      <c r="B691" s="1" t="inlineStr">
+        <is>
+          <t>Sadakatin Rengi</t>
+        </is>
+      </c>
+      <c r="C691" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="692" spans="1:3">
+      <c r="A692" s="1" t="inlineStr">
+        <is>
+          <t>9786254485435</t>
+        </is>
+      </c>
+      <c r="B692" s="1" t="inlineStr">
+        <is>
+          <t>Rüzgarı Dizginleyen Çocuk</t>
+        </is>
+      </c>
+      <c r="C692" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="693" spans="1:3">
+      <c r="A693" s="1" t="inlineStr">
+        <is>
+          <t>9786053480570</t>
+        </is>
+      </c>
+      <c r="B693" s="1" t="inlineStr">
+        <is>
+          <t>Ruhundaki Zehirle Yüzleş</t>
+        </is>
+      </c>
+      <c r="C693" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="694" spans="1:3">
+      <c r="A694" s="1" t="inlineStr">
+        <is>
+          <t>9786055872229</t>
+        </is>
+      </c>
+      <c r="B694" s="1" t="inlineStr">
+        <is>
+          <t>Pozitif Düşünce Gücüyle Mutlu Yaşamın Sırları</t>
+        </is>
+      </c>
+      <c r="C694" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="695" spans="1:3">
+      <c r="A695" s="1" t="inlineStr">
+        <is>
+          <t>9786053481300</t>
+        </is>
+      </c>
+      <c r="B695" s="1" t="inlineStr">
+        <is>
+          <t>Poseidon Savaşçıları - Atlantis’in Uyanışı</t>
+        </is>
+      </c>
+      <c r="C695" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="696" spans="1:3">
+      <c r="A696" s="1" t="inlineStr">
+        <is>
+          <t>9786055872175</t>
+        </is>
+      </c>
+      <c r="B696" s="1" t="inlineStr">
+        <is>
+          <t>Platin Kural</t>
+        </is>
+      </c>
+      <c r="C696" s="1">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="697" spans="1:3">
+      <c r="A697" s="1" t="inlineStr">
+        <is>
+          <t>9789758461660</t>
+        </is>
+      </c>
+      <c r="B697" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberimiz Hz. Muhammed’in (s.a.s) Hayatı</t>
+        </is>
+      </c>
+      <c r="C697" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="698" spans="1:3">
+      <c r="A698" s="1" t="inlineStr">
+        <is>
+          <t>9786055420475</t>
+        </is>
+      </c>
+      <c r="B698" s="1" t="inlineStr">
+        <is>
+          <t>Panik (Özel Baskı)</t>
+        </is>
+      </c>
+      <c r="C698" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="699" spans="1:3">
+      <c r="A699" s="1" t="inlineStr">
+        <is>
+          <t>9786055872564</t>
+        </is>
+      </c>
+      <c r="B699" s="1" t="inlineStr">
+        <is>
+          <t>Panik</t>
+        </is>
+      </c>
+      <c r="C699" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="700" spans="1:3">
+      <c r="A700" s="1" t="inlineStr">
+        <is>
+          <t>9786055872489</t>
+        </is>
+      </c>
+      <c r="B700" s="1" t="inlineStr">
+        <is>
+          <t>Pandora</t>
+        </is>
+      </c>
+      <c r="C700" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="701" spans="1:3">
+      <c r="A701" s="1" t="inlineStr">
+        <is>
+          <t>9789758461707</t>
+        </is>
+      </c>
+      <c r="B701" s="1" t="inlineStr">
+        <is>
+          <t>Pandora</t>
+        </is>
+      </c>
+      <c r="C701" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="702" spans="1:3">
+      <c r="A702" s="1" t="inlineStr">
+        <is>
+          <t>9786053481218</t>
+        </is>
+      </c>
+      <c r="B702" s="1" t="inlineStr">
+        <is>
+          <t>Örtülü Günahlar</t>
+        </is>
+      </c>
+      <c r="C702" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="703" spans="1:3">
+      <c r="A703" s="1" t="inlineStr">
+        <is>
+          <t>9786054335299</t>
+        </is>
+      </c>
+      <c r="B703" s="1" t="inlineStr">
+        <is>
+          <t>Ölümcül Hafta Sonu</t>
+        </is>
+      </c>
+      <c r="C703" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="704" spans="1:3">
+      <c r="A704" s="1" t="inlineStr">
+        <is>
+          <t>9786055872670</t>
+        </is>
+      </c>
+      <c r="B704" s="1" t="inlineStr">
+        <is>
+          <t>Ölümcül</t>
+        </is>
+      </c>
+      <c r="C704" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="705" spans="1:3">
+      <c r="A705" s="1" t="inlineStr">
+        <is>
+          <t>9786055420444</t>
+        </is>
+      </c>
+      <c r="B705" s="1" t="inlineStr">
+        <is>
+          <t>Ölüm Labirenti</t>
+        </is>
+      </c>
+      <c r="C705" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="706" spans="1:3">
+      <c r="A706" s="1" t="inlineStr">
+        <is>
+          <t>9786055872373</t>
+        </is>
+      </c>
+      <c r="B706" s="1" t="inlineStr">
+        <is>
+          <t>Oyun Bozan - Myron Bolitar Serisi</t>
+        </is>
+      </c>
+      <c r="C706" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="707" spans="1:3">
+      <c r="A707" s="1" t="inlineStr">
+        <is>
+          <t>9786053480105</t>
+        </is>
+      </c>
+      <c r="B707" s="1" t="inlineStr">
+        <is>
+          <t>Pamuk Prenses ve Avcı</t>
+        </is>
+      </c>
+      <c r="C707" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="708" spans="1:3">
+      <c r="A708" s="1" t="inlineStr">
+        <is>
+          <t>9786053482086</t>
+        </is>
+      </c>
+      <c r="B708" s="1" t="inlineStr">
+        <is>
+          <t>Lady Chatterley'in Aşığı</t>
+        </is>
+      </c>
+      <c r="C708" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="709" spans="1:3">
+      <c r="A709" s="1" t="inlineStr">
+        <is>
+          <t>9786053481805</t>
+        </is>
+      </c>
+      <c r="B709" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes Aklın Şüphesi Suçun Gerçeğidir</t>
+        </is>
+      </c>
+      <c r="C709" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="710" spans="1:3">
+      <c r="A710" s="1" t="inlineStr">
+        <is>
+          <t>9786053481928</t>
+        </is>
+      </c>
+      <c r="B710" s="1" t="inlineStr">
+        <is>
+          <t>Bir Dilekle Başladı Her Şey (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C710" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="711" spans="1:3">
+      <c r="A711" s="1" t="inlineStr">
+        <is>
+          <t>9786053481959</t>
+        </is>
+      </c>
+      <c r="B711" s="1" t="inlineStr">
+        <is>
+          <t>Bir Yumak Mutluluk</t>
+        </is>
+      </c>
+      <c r="C711" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="712" spans="1:3">
+      <c r="A712" s="1" t="inlineStr">
+        <is>
+          <t>9786053482048</t>
+        </is>
+      </c>
+      <c r="B712" s="1" t="inlineStr">
+        <is>
+          <t>İt Dalaşı</t>
+        </is>
+      </c>
+      <c r="C712" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="713" spans="1:3">
+      <c r="A713" s="1" t="inlineStr">
+        <is>
+          <t>9786053481690</t>
+        </is>
+      </c>
+      <c r="B713" s="1" t="inlineStr">
+        <is>
+          <t>Köpek Düşleri</t>
+        </is>
+      </c>
+      <c r="C713" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="714" spans="1:3">
+      <c r="A714" s="1" t="inlineStr">
+        <is>
+          <t>9786053481843</t>
+        </is>
+      </c>
+      <c r="B714" s="1" t="inlineStr">
+        <is>
+          <t>Çiçeklerimi Rüzgara Verdim</t>
+        </is>
+      </c>
+      <c r="C714" s="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="715" spans="1:3">
+      <c r="A715" s="1" t="inlineStr">
+        <is>
+          <t>9786053480914</t>
+        </is>
+      </c>
+      <c r="B715" s="1" t="inlineStr">
+        <is>
+          <t>Bıçak Sırtı</t>
+        </is>
+      </c>
+      <c r="C715" s="1">
+        <v>25.46</v>
+      </c>
+    </row>
+    <row r="716" spans="1:3">
+      <c r="A716" s="1" t="inlineStr">
+        <is>
+          <t>9786054335183</t>
+        </is>
+      </c>
+      <c r="B716" s="1" t="inlineStr">
+        <is>
+          <t>Değişim</t>
+        </is>
+      </c>
+      <c r="C716" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="717" spans="1:3">
+      <c r="A717" s="1" t="inlineStr">
+        <is>
+          <t>9786053481683</t>
+        </is>
+      </c>
+      <c r="B717" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Kıtanın Kaşifleri</t>
+        </is>
+      </c>
+      <c r="C717" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="718" spans="1:3">
+      <c r="A718" s="1" t="inlineStr">
+        <is>
+          <t>9786053481768</t>
+        </is>
+      </c>
+      <c r="B718" s="1" t="inlineStr">
+        <is>
+          <t>Sefil Şehir</t>
+        </is>
+      </c>
+      <c r="C718" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="719" spans="1:3">
+      <c r="A719" s="1" t="inlineStr">
+        <is>
+          <t>9786053481867</t>
+        </is>
+      </c>
+      <c r="B719" s="1" t="inlineStr">
+        <is>
+          <t>Yalan Bahçesinde Bir Gül Tess</t>
+        </is>
+      </c>
+      <c r="C719" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="720" spans="1:3">
+      <c r="A720" s="1" t="inlineStr">
+        <is>
+          <t>9786054335244</t>
+        </is>
+      </c>
+      <c r="B720" s="1" t="inlineStr">
+        <is>
+          <t>Kuralsız</t>
+        </is>
+      </c>
+      <c r="C720" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="721" spans="1:3">
+      <c r="A721" s="1" t="inlineStr">
+        <is>
+          <t>9786053481751</t>
+        </is>
+      </c>
+      <c r="B721" s="1" t="inlineStr">
+        <is>
+          <t>Düş Bahçelerinin Uzağında</t>
+        </is>
+      </c>
+      <c r="C721" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="722" spans="1:3">
+      <c r="A722" s="1" t="inlineStr">
+        <is>
+          <t>9786053481966</t>
+        </is>
+      </c>
+      <c r="B722" s="1" t="inlineStr">
+        <is>
+          <t>Anılarımla Yatak Odasında</t>
+        </is>
+      </c>
+      <c r="C722" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="723" spans="1:3">
+      <c r="A723" s="1" t="inlineStr">
+        <is>
+          <t>9786053481492</t>
+        </is>
+      </c>
+      <c r="B723" s="1" t="inlineStr">
+        <is>
+          <t>İblis</t>
+        </is>
+      </c>
+      <c r="C723" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="724" spans="1:3">
+      <c r="A724" s="1" t="inlineStr">
+        <is>
+          <t>9786053481652</t>
+        </is>
+      </c>
+      <c r="B724" s="1" t="inlineStr">
+        <is>
+          <t>Kelimelerin Derin Sessizliği</t>
+        </is>
+      </c>
+      <c r="C724" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="725" spans="1:3">
+      <c r="A725" s="1" t="inlineStr">
+        <is>
+          <t>9786054335640</t>
+        </is>
+      </c>
+      <c r="B725" s="1" t="inlineStr">
+        <is>
+          <t>Oyun</t>
+        </is>
+      </c>
+      <c r="C725" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="726" spans="1:3">
+      <c r="A726" s="1" t="inlineStr">
+        <is>
+          <t>9786053481904</t>
+        </is>
+      </c>
+      <c r="B726" s="1" t="inlineStr">
+        <is>
+          <t>Son Yüzleşme - Dedektif D.D. Warren Serisi</t>
+        </is>
+      </c>
+      <c r="C726" s="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="727" spans="1:3">
+      <c r="A727" s="1" t="inlineStr">
+        <is>
+          <t>9786053481775</t>
+        </is>
+      </c>
+      <c r="B727" s="1" t="inlineStr">
+        <is>
+          <t>Kehanetin Çağrısı</t>
+        </is>
+      </c>
+      <c r="C727" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="728" spans="1:3">
+      <c r="A728" s="1" t="inlineStr">
+        <is>
+          <t>9786053481737</t>
+        </is>
+      </c>
+      <c r="B728" s="1" t="inlineStr">
+        <is>
+          <t>Kiralık Ten</t>
+        </is>
+      </c>
+      <c r="C728" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="729" spans="1:3">
+      <c r="A729" s="1" t="inlineStr">
+        <is>
+          <t>9786053481850</t>
+        </is>
+      </c>
+      <c r="B729" s="1" t="inlineStr">
+        <is>
+          <t>Aşka Davet</t>
+        </is>
+      </c>
+      <c r="C729" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="730" spans="1:3">
+      <c r="A730" s="1" t="inlineStr">
+        <is>
+          <t>9786053481164</t>
+        </is>
+      </c>
+      <c r="B730" s="1" t="inlineStr">
+        <is>
+          <t>13 Dönüşümün Ardından</t>
+        </is>
+      </c>
+      <c r="C730" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="731" spans="1:3">
+      <c r="A731" s="1" t="inlineStr">
+        <is>
+          <t>9786054335305</t>
+        </is>
+      </c>
+      <c r="B731" s="1" t="inlineStr">
+        <is>
+          <t>Kara Melek</t>
+        </is>
+      </c>
+      <c r="C731" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="732" spans="1:3">
+      <c r="A732" s="1" t="inlineStr">
+        <is>
+          <t>9786053481744</t>
+        </is>
+      </c>
+      <c r="B732" s="1" t="inlineStr">
+        <is>
+          <t>Spartacus Kılıçlar ve Küller</t>
+        </is>
+      </c>
+      <c r="C732" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="733" spans="1:3">
+      <c r="A733" s="1" t="inlineStr">
+        <is>
+          <t>9786053481676</t>
+        </is>
+      </c>
+      <c r="B733" s="1" t="inlineStr">
+        <is>
+          <t>Alt Üst</t>
+        </is>
+      </c>
+      <c r="C733" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="734" spans="1:3">
+      <c r="A734" s="1" t="inlineStr">
+        <is>
+          <t>9786053481898</t>
+        </is>
+      </c>
+      <c r="B734" s="1" t="inlineStr">
+        <is>
+          <t>Kanlı Seçim</t>
+        </is>
+      </c>
+      <c r="C734" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="735" spans="1:3">
+      <c r="A735" s="1" t="inlineStr">
+        <is>
+          <t>9786053481881</t>
+        </is>
+      </c>
+      <c r="B735" s="1" t="inlineStr">
+        <is>
+          <t>Kağıtttan İtiraflar</t>
+        </is>
+      </c>
+      <c r="C735" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="736" spans="1:3">
+      <c r="A736" s="1" t="inlineStr">
+        <is>
+          <t>9786053481799</t>
+        </is>
+      </c>
+      <c r="B736" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes - Akıl Oyunlarının Gölgesinde</t>
+        </is>
+      </c>
+      <c r="C736" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="737" spans="1:3">
+      <c r="A737" s="1" t="inlineStr">
+        <is>
+          <t>9786051863771</t>
+        </is>
+      </c>
+      <c r="B737" s="1" t="inlineStr">
+        <is>
+          <t>Otuz Buçuk Mazeret</t>
+        </is>
+      </c>
+      <c r="C737" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="738" spans="1:3">
+      <c r="A738" s="1" t="inlineStr">
+        <is>
+          <t>9786051862989</t>
+        </is>
+      </c>
+      <c r="B738" s="1" t="inlineStr">
+        <is>
+          <t>Kolaydan Zora Boyama - 4</t>
+        </is>
+      </c>
+      <c r="C738" s="1">
+        <v>3.24</v>
+      </c>
+    </row>
+    <row r="739" spans="1:3">
+      <c r="A739" s="1" t="inlineStr">
+        <is>
+          <t>9786051862972</t>
+        </is>
+      </c>
+      <c r="B739" s="1" t="inlineStr">
+        <is>
+          <t>Kolaydan Zora Boyama - 3</t>
+        </is>
+      </c>
+      <c r="C739" s="1">
+        <v>3.24</v>
+      </c>
+    </row>
+    <row r="740" spans="1:3">
+      <c r="A740" s="1" t="inlineStr">
+        <is>
+          <t>9786051862958</t>
+        </is>
+      </c>
+      <c r="B740" s="1" t="inlineStr">
+        <is>
+          <t>Kolaydan Zora Boyama - 1</t>
+        </is>
+      </c>
+      <c r="C740" s="1">
+        <v>3.24</v>
+      </c>
+    </row>
+    <row r="741" spans="1:3">
+      <c r="A741" s="1" t="inlineStr">
+        <is>
+          <t>9786051862743</t>
+        </is>
+      </c>
+      <c r="B741" s="1" t="inlineStr">
+        <is>
+          <t>Acımasız Hikaye</t>
+        </is>
+      </c>
+      <c r="C741" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="742" spans="1:3">
+      <c r="A742" s="1" t="inlineStr">
+        <is>
+          <t>9786051862965</t>
+        </is>
+      </c>
+      <c r="B742" s="1" t="inlineStr">
+        <is>
+          <t>Kolaydan Zora Boyama - 2</t>
+        </is>
+      </c>
+      <c r="C742" s="1">
+        <v>3.24</v>
+      </c>
+    </row>
+    <row r="743" spans="1:3">
+      <c r="A743" s="1" t="inlineStr">
+        <is>
+          <t>9786053487500</t>
+        </is>
+      </c>
+      <c r="B743" s="1" t="inlineStr">
+        <is>
+          <t>101 Çiftlik Hikayesi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C743" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="744" spans="1:3">
+      <c r="A744" s="1" t="inlineStr">
+        <is>
+          <t>9786053487487</t>
+        </is>
+      </c>
+      <c r="B744" s="1" t="inlineStr">
+        <is>
+          <t>101 Büyüleyici Hikaye (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C744" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="745" spans="1:3">
+      <c r="A745" s="1" t="inlineStr">
+        <is>
+          <t>9786053488927</t>
+        </is>
+      </c>
+      <c r="B745" s="1" t="inlineStr">
+        <is>
+          <t>Menekşeler Açarken</t>
+        </is>
+      </c>
+      <c r="C745" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="746" spans="1:3">
+      <c r="A746" s="1" t="inlineStr">
+        <is>
+          <t>9786053487869</t>
+        </is>
+      </c>
+      <c r="B746" s="1" t="inlineStr">
+        <is>
+          <t>Bir Köpeğin Gözlerinden</t>
+        </is>
+      </c>
+      <c r="C746" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="747" spans="1:3">
+      <c r="A747" s="1" t="inlineStr">
+        <is>
+          <t>9786053487852</t>
+        </is>
+      </c>
+      <c r="B747" s="1" t="inlineStr">
+        <is>
+          <t>Benim Yolum: Aamir Khan'ın İnanılmaz Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C747" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="748" spans="1:3">
+      <c r="A748" s="1" t="inlineStr">
+        <is>
+          <t>9786053482604</t>
+        </is>
+      </c>
+      <c r="B748" s="1" t="inlineStr">
+        <is>
+          <t>Sahtekar</t>
+        </is>
+      </c>
+      <c r="C748" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="749" spans="1:3">
+      <c r="A749" s="1" t="inlineStr">
+        <is>
+          <t>9786053482796</t>
+        </is>
+      </c>
+      <c r="B749" s="1" t="inlineStr">
+        <is>
+          <t>Av</t>
+        </is>
+      </c>
+      <c r="C749" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="750" spans="1:3">
+      <c r="A750" s="1" t="inlineStr">
+        <is>
+          <t>9786051862927</t>
+        </is>
+      </c>
+      <c r="B750" s="1" t="inlineStr">
+        <is>
+          <t>Potansiyeli Olan Bir Kız (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C750" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="751" spans="1:3">
+      <c r="A751" s="1" t="inlineStr">
+        <is>
+          <t>9786051861692</t>
+        </is>
+      </c>
+      <c r="B751" s="1" t="inlineStr">
+        <is>
+          <t>Charlotte Bronte’nin Gizli Maceraları: Manastır (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C751" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="752" spans="1:3">
+      <c r="A752" s="1" t="inlineStr">
+        <is>
+          <t>9786051861708</t>
+        </is>
+      </c>
+      <c r="B752" s="1" t="inlineStr">
+        <is>
+          <t>Charlotte Bronte’nin Gizli Maceraları: Akıl Hastanesi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C752" s="1">
+        <v>34.5</v>
+      </c>
+    </row>
+    <row r="753" spans="1:3">
+      <c r="A753" s="1" t="inlineStr">
+        <is>
+          <t>9786053486596</t>
+        </is>
+      </c>
+      <c r="B753" s="1" t="inlineStr">
+        <is>
+          <t>Kabus Makinesi</t>
+        </is>
+      </c>
+      <c r="C753" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="754" spans="1:3">
+      <c r="A754" s="1" t="inlineStr">
+        <is>
+          <t>9786053486572</t>
+        </is>
+      </c>
+      <c r="B754" s="1" t="inlineStr">
+        <is>
+          <t>Ejderha Yaratıcısına Gidiş</t>
+        </is>
+      </c>
+      <c r="C754" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="755" spans="1:3">
+      <c r="A755" s="1" t="inlineStr">
+        <is>
+          <t>9786053486633</t>
+        </is>
+      </c>
+      <c r="B755" s="1" t="inlineStr">
+        <is>
+          <t>Benim Masum Kobayım</t>
+        </is>
+      </c>
+      <c r="C755" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="756" spans="1:3">
+      <c r="A756" s="1" t="inlineStr">
+        <is>
+          <t>9786051861272</t>
+        </is>
+      </c>
+      <c r="B756" s="1" t="inlineStr">
+        <is>
+          <t>Ulduz Kız'ın Konuşan Bebeği</t>
+        </is>
+      </c>
+      <c r="C756" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="757" spans="1:3">
+      <c r="A757" s="1" t="inlineStr">
+        <is>
+          <t>9786053488880</t>
+        </is>
+      </c>
+      <c r="B757" s="1" t="inlineStr">
+        <is>
+          <t>Aşktan Kareler</t>
+        </is>
+      </c>
+      <c r="C757" s="1">
+        <v>25.5</v>
+      </c>
+    </row>
+    <row r="758" spans="1:3">
+      <c r="A758" s="1" t="inlineStr">
+        <is>
+          <t>9786053488736</t>
+        </is>
+      </c>
+      <c r="B758" s="1" t="inlineStr">
+        <is>
+          <t>Son Karşılaşma</t>
+        </is>
+      </c>
+      <c r="C758" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="759" spans="1:3">
+      <c r="A759" s="1" t="inlineStr">
+        <is>
+          <t>9786053488361</t>
+        </is>
+      </c>
+      <c r="B759" s="1" t="inlineStr">
+        <is>
+          <t>Saklı Ay</t>
+        </is>
+      </c>
+      <c r="C759" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="760" spans="1:3">
+      <c r="A760" s="1" t="inlineStr">
+        <is>
+          <t>9786053487913</t>
+        </is>
+      </c>
+      <c r="B760" s="1" t="inlineStr">
+        <is>
+          <t>Yanımda Kal</t>
+        </is>
+      </c>
+      <c r="C760" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="761" spans="1:3">
+      <c r="A761" s="1" t="inlineStr">
+        <is>
+          <t>9786053488415</t>
+        </is>
+      </c>
+      <c r="B761" s="1" t="inlineStr">
+        <is>
+          <t>Oyunun Sessiz Tanığı</t>
+        </is>
+      </c>
+      <c r="C761" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="762" spans="1:3">
+      <c r="A762" s="1" t="inlineStr">
+        <is>
+          <t>9786053488002</t>
+        </is>
+      </c>
+      <c r="B762" s="1" t="inlineStr">
+        <is>
+          <t>Psikopat (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C762" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="763" spans="1:3">
+      <c r="A763" s="1" t="inlineStr">
+        <is>
+          <t>9786053487876</t>
+        </is>
+      </c>
+      <c r="B763" s="1" t="inlineStr">
+        <is>
+          <t>Duygusuz</t>
+        </is>
+      </c>
+      <c r="C763" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="764" spans="1:3">
+      <c r="A764" s="1" t="inlineStr">
+        <is>
+          <t>9786053487784</t>
+        </is>
+      </c>
+      <c r="B764" s="1" t="inlineStr">
+        <is>
+          <t>Ana Kuzusu</t>
+        </is>
+      </c>
+      <c r="C764" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="765" spans="1:3">
+      <c r="A765" s="1" t="inlineStr">
+        <is>
+          <t>9786053487746</t>
+        </is>
+      </c>
+      <c r="B765" s="1" t="inlineStr">
+        <is>
+          <t>Gölge Kadın</t>
+        </is>
+      </c>
+      <c r="C765" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="766" spans="1:3">
+      <c r="A766" s="1" t="inlineStr">
+        <is>
+          <t>9786053486091</t>
+        </is>
+      </c>
+      <c r="B766" s="1" t="inlineStr">
+        <is>
+          <t>Fatih’in Gözdesi</t>
+        </is>
+      </c>
+      <c r="C766" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="767" spans="1:3">
+      <c r="A767" s="1" t="inlineStr">
+        <is>
+          <t>9786053485605</t>
+        </is>
+      </c>
+      <c r="B767" s="1" t="inlineStr">
+        <is>
+          <t>Gizemli Pençelerin Laneti - Baskerville'lerin Köpeği</t>
+        </is>
+      </c>
+      <c r="C767" s="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="768" spans="1:3">
+      <c r="A768" s="1" t="inlineStr">
+        <is>
+          <t>9786053485599</t>
+        </is>
+      </c>
+      <c r="B768" s="1" t="inlineStr">
+        <is>
+          <t>Çıplak Yalanlar</t>
+        </is>
+      </c>
+      <c r="C768" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="769" spans="1:3">
+      <c r="A769" s="1" t="inlineStr">
+        <is>
+          <t>9786053484967</t>
+        </is>
+      </c>
+      <c r="B769" s="1" t="inlineStr">
+        <is>
+          <t>Mevsim Hep Sonbahar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C769" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="770" spans="1:3">
+      <c r="A770" s="1" t="inlineStr">
+        <is>
+          <t>9786053483243</t>
+        </is>
+      </c>
+      <c r="B770" s="1" t="inlineStr">
+        <is>
+          <t>Anna - Lanetli Kızın Hayaleti</t>
+        </is>
+      </c>
+      <c r="C770" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="771" spans="1:3">
+      <c r="A771" s="1" t="inlineStr">
+        <is>
+          <t>9786053482963</t>
+        </is>
+      </c>
+      <c r="B771" s="1" t="inlineStr">
+        <is>
+          <t>Kibirli Örümcek</t>
+        </is>
+      </c>
+      <c r="C771" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="772" spans="1:3">
+      <c r="A772" s="1" t="inlineStr">
+        <is>
+          <t>9786051860657</t>
+        </is>
+      </c>
+      <c r="B772" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Kurtaran 101 Yiyecek</t>
+        </is>
+      </c>
+      <c r="C772" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="773" spans="1:3">
+      <c r="A773" s="1" t="inlineStr">
+        <is>
+          <t>9786051860312</t>
+        </is>
+      </c>
+      <c r="B773" s="1" t="inlineStr">
+        <is>
+          <t>Gölge (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C773" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="774" spans="1:3">
+      <c r="A774" s="1" t="inlineStr">
+        <is>
+          <t>9786053482611</t>
+        </is>
+      </c>
+      <c r="B774" s="1" t="inlineStr">
+        <is>
+          <t>Raydan Çıkanlar</t>
+        </is>
+      </c>
+      <c r="C774" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="775" spans="1:3">
+      <c r="A775" s="1" t="inlineStr">
+        <is>
+          <t>9786053484189</t>
+        </is>
+      </c>
+      <c r="B775" s="1" t="inlineStr">
+        <is>
+          <t>Bob ve Benny'nin Tuhaf İşi</t>
+        </is>
+      </c>
+      <c r="C775" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="776" spans="1:3">
+      <c r="A776" s="1" t="inlineStr">
+        <is>
+          <t>9786053487494</t>
+        </is>
+      </c>
+      <c r="B776" s="1" t="inlineStr">
+        <is>
+          <t>101 Uyku Vakti Hikayesi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C776" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="777" spans="1:3">
+      <c r="A777" s="1" t="inlineStr">
+        <is>
+          <t>9786053487517</t>
+        </is>
+      </c>
+      <c r="B777" s="1" t="inlineStr">
+        <is>
+          <t>Hayvan Dostlarımızdan 101 Hikaye (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C777" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="778" spans="1:3">
+      <c r="A778" s="1" t="inlineStr">
+        <is>
+          <t>9786053489252</t>
+        </is>
+      </c>
+      <c r="B778" s="1" t="inlineStr">
+        <is>
+          <t>Sonbahar Kokusu</t>
+        </is>
+      </c>
+      <c r="C778" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="779" spans="1:3">
+      <c r="A779" s="1" t="inlineStr">
+        <is>
+          <t>9786053488224</t>
+        </is>
+      </c>
+      <c r="B779" s="1" t="inlineStr">
+        <is>
+          <t>Tozlu Rüyalar Kitapçısı</t>
+        </is>
+      </c>
+      <c r="C779" s="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="780" spans="1:3">
+      <c r="A780" s="1" t="inlineStr">
+        <is>
+          <t>9786053489092</t>
+        </is>
+      </c>
+      <c r="B780" s="1" t="inlineStr">
+        <is>
+          <t>Psikopat 2 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C780" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="781" spans="1:3">
+      <c r="A781" s="1" t="inlineStr">
+        <is>
+          <t>9786053487982</t>
+        </is>
+      </c>
+      <c r="B781" s="1" t="inlineStr">
+        <is>
+          <t>Kimlik Hırsızı</t>
+        </is>
+      </c>
+      <c r="C781" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="782" spans="1:3">
+      <c r="A782" s="1" t="inlineStr">
+        <is>
+          <t>9786053484646</t>
+        </is>
+      </c>
+      <c r="B782" s="1" t="inlineStr">
+        <is>
+          <t>Gecenin Ardından Gün Doğar</t>
+        </is>
+      </c>
+      <c r="C782" s="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="783" spans="1:3">
+      <c r="A783" s="1" t="inlineStr">
+        <is>
+          <t>9786053483861</t>
+        </is>
+      </c>
+      <c r="B783" s="1" t="inlineStr">
+        <is>
+          <t>Sahile Düşen Gölgeler</t>
+        </is>
+      </c>
+      <c r="C783" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="784" spans="1:3">
+      <c r="A784" s="1" t="inlineStr">
+        <is>
+          <t>9786053482062</t>
+        </is>
+      </c>
+      <c r="B784" s="1" t="inlineStr">
+        <is>
+          <t>Ronaldo - Onu Tarif Edecek Sıfat Yok</t>
+        </is>
+      </c>
+      <c r="C784" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="785" spans="1:3">
+      <c r="A785" s="1" t="inlineStr">
+        <is>
+          <t>9786053482055</t>
+        </is>
+      </c>
+      <c r="B785" s="1" t="inlineStr">
+        <is>
+          <t>Messi - Düzeni Yıkan Futbolcu</t>
+        </is>
+      </c>
+      <c r="C785" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="786" spans="1:3">
+      <c r="A786" s="1" t="inlineStr">
+        <is>
+          <t>9786053481980</t>
+        </is>
+      </c>
+      <c r="B786" s="1" t="inlineStr">
+        <is>
+          <t>Gökyüzünde Yıldızlar Parladıkça</t>
+        </is>
+      </c>
+      <c r="C786" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="787" spans="1:3">
+      <c r="A787" s="1" t="inlineStr">
+        <is>
+          <t>9786053482000</t>
+        </is>
+      </c>
+      <c r="B787" s="1" t="inlineStr">
+        <is>
+          <t>Proje: Ölümcül Virüs</t>
+        </is>
+      </c>
+      <c r="C787" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="788" spans="1:3">
+      <c r="A788" s="1" t="inlineStr">
+        <is>
+          <t>9786051861494</t>
+        </is>
+      </c>
+      <c r="B788" s="1" t="inlineStr">
+        <is>
+          <t>Eskort Serisi Set (2 Kitap)</t>
+        </is>
+      </c>
+      <c r="C788" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="789" spans="1:3">
+      <c r="A789" s="1" t="inlineStr">
+        <is>
+          <t>9786051861623</t>
+        </is>
+      </c>
+      <c r="B789" s="1" t="inlineStr">
+        <is>
+          <t>Kasabada Bir Cadı Serisi (3 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C789" s="1">
+        <v>55.46</v>
+      </c>
+    </row>
+    <row r="790" spans="1:3">
+      <c r="A790" s="1" t="inlineStr">
+        <is>
+          <t>9786051861630</t>
+        </is>
+      </c>
+      <c r="B790" s="1" t="inlineStr">
+        <is>
+          <t>Jack Christie Serisi (4 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C790" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="791" spans="1:3">
+      <c r="A791" s="1" t="inlineStr">
+        <is>
+          <t>9786051861289</t>
+        </is>
+      </c>
+      <c r="B791" s="1" t="inlineStr">
+        <is>
+          <t>Bir Tutam Aşk Serisi</t>
+        </is>
+      </c>
+      <c r="C791" s="1">
+        <v>55.46</v>
+      </c>
+    </row>
+    <row r="792" spans="1:3">
+      <c r="A792" s="1" t="inlineStr">
+        <is>
+          <t>9786051860619</t>
+        </is>
+      </c>
+      <c r="B792" s="1" t="inlineStr">
+        <is>
+          <t>Atlantis'in Maskesiz Yüzü</t>
+        </is>
+      </c>
+      <c r="C792" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="793" spans="1:3">
+      <c r="A793" s="1" t="inlineStr">
+        <is>
+          <t>9786051860572</t>
+        </is>
+      </c>
+      <c r="B793" s="1" t="inlineStr">
+        <is>
+          <t>Tarikat</t>
+        </is>
+      </c>
+      <c r="C793" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="794" spans="1:3">
+      <c r="A794" s="1" t="inlineStr">
+        <is>
+          <t>9786053489634</t>
+        </is>
+      </c>
+      <c r="B794" s="1" t="inlineStr">
+        <is>
+          <t>Baharın Peşinde</t>
+        </is>
+      </c>
+      <c r="C794" s="1">
+        <v>25.5</v>
+      </c>
+    </row>
+    <row r="795" spans="1:3">
+      <c r="A795" s="1" t="inlineStr">
+        <is>
+          <t>9786053488019</t>
+        </is>
+      </c>
+      <c r="B795" s="1" t="inlineStr">
+        <is>
+          <t>Gecenin Kanatları</t>
+        </is>
+      </c>
+      <c r="C795" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="796" spans="1:3">
+      <c r="A796" s="1" t="inlineStr">
+        <is>
+          <t>9786053488323</t>
+        </is>
+      </c>
+      <c r="B796" s="1" t="inlineStr">
+        <is>
+          <t>Aşktan Başka Herşey</t>
+        </is>
+      </c>
+      <c r="C796" s="1">
+        <v>25.5</v>
+      </c>
+    </row>
+    <row r="797" spans="1:3">
+      <c r="A797" s="1" t="inlineStr">
+        <is>
+          <t>9786053487807</t>
+        </is>
+      </c>
+      <c r="B797" s="1" t="inlineStr">
+        <is>
+          <t>Sana Söyleyemediğim Her Şey</t>
+        </is>
+      </c>
+      <c r="C797" s="1">
+        <v>25.5</v>
+      </c>
+    </row>
+    <row r="798" spans="1:3">
+      <c r="A798" s="1" t="inlineStr">
+        <is>
+          <t>9786053485810</t>
+        </is>
+      </c>
+      <c r="B798" s="1" t="inlineStr">
+        <is>
+          <t>Bacak Arasından Türkiye</t>
+        </is>
+      </c>
+      <c r="C798" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="799" spans="1:3">
+      <c r="A799" s="1" t="inlineStr">
+        <is>
+          <t>9786053484059</t>
+        </is>
+      </c>
+      <c r="B799" s="1" t="inlineStr">
+        <is>
+          <t>Gençler İçin Shakespeare: Kuru Gürültü</t>
+        </is>
+      </c>
+      <c r="C799" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="800" spans="1:3">
+      <c r="A800" s="1" t="inlineStr">
+        <is>
+          <t>9786053484035</t>
+        </is>
+      </c>
+      <c r="B800" s="1" t="inlineStr">
+        <is>
+          <t>Gençler İçin Shakespeare: Jül Sezar</t>
+        </is>
+      </c>
+      <c r="C800" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="801" spans="1:3">
+      <c r="A801" s="1" t="inlineStr">
+        <is>
+          <t>9786053484042</t>
+        </is>
+      </c>
+      <c r="B801" s="1" t="inlineStr">
+        <is>
+          <t>Gençler İçin Shakespeare: Kral Lear</t>
+        </is>
+      </c>
+      <c r="C801" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="802" spans="1:3">
+      <c r="A802" s="1" t="inlineStr">
+        <is>
+          <t>9786053484462</t>
+        </is>
+      </c>
+      <c r="B802" s="1" t="inlineStr">
+        <is>
+          <t>Gençler İçin Shakespeare: Fırtına</t>
+        </is>
+      </c>
+      <c r="C802" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="803" spans="1:3">
+      <c r="A803" s="1" t="inlineStr">
+        <is>
+          <t>9786053484431</t>
+        </is>
+      </c>
+      <c r="B803" s="1" t="inlineStr">
+        <is>
+          <t>Gençler İçin Shakespeare: Atinalı Timon</t>
+        </is>
+      </c>
+      <c r="C803" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="804" spans="1:3">
+      <c r="A804" s="1" t="inlineStr">
+        <is>
+          <t>9786053484011</t>
+        </is>
+      </c>
+      <c r="B804" s="1" t="inlineStr">
+        <is>
+          <t>Gençler İçin Shakespeare: Bir Yaz Gecesi Rüyası</t>
+        </is>
+      </c>
+      <c r="C804" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="805" spans="1:3">
+      <c r="A805" s="1" t="inlineStr">
+        <is>
+          <t>9786053484097</t>
+        </is>
+      </c>
+      <c r="B805" s="1" t="inlineStr">
+        <is>
+          <t>Gençler İçin Shakespeare: Venedik Taciri</t>
+        </is>
+      </c>
+      <c r="C805" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="806" spans="1:3">
+      <c r="A806" s="1" t="inlineStr">
+        <is>
+          <t>9786053484028</t>
+        </is>
+      </c>
+      <c r="B806" s="1" t="inlineStr">
+        <is>
+          <t>Gençler İçin Shakespeare: Cymbeline</t>
+        </is>
+      </c>
+      <c r="C806" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="807" spans="1:3">
+      <c r="A807" s="1" t="inlineStr">
+        <is>
+          <t>9786053484073</t>
+        </is>
+      </c>
+      <c r="B807" s="1" t="inlineStr">
+        <is>
+          <t>Gençler İçin Shakespeare: Othello</t>
+        </is>
+      </c>
+      <c r="C807" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="808" spans="1:3">
+      <c r="A808" s="1" t="inlineStr">
+        <is>
+          <t>9786053484103</t>
+        </is>
+      </c>
+      <c r="B808" s="1" t="inlineStr">
+        <is>
+          <t>Veronalı İki Centilmen - Gençler İçin Shakespeare</t>
+        </is>
+      </c>
+      <c r="C808" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="809" spans="1:3">
+      <c r="A809" s="1" t="inlineStr">
+        <is>
+          <t>9786053484448</t>
+        </is>
+      </c>
+      <c r="B809" s="1" t="inlineStr">
+        <is>
+          <t>Gençler İçin Shakespeare: Hamlet</t>
+        </is>
+      </c>
+      <c r="C809" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="810" spans="1:3">
+      <c r="A810" s="1" t="inlineStr">
+        <is>
+          <t>9786053484479</t>
+        </is>
+      </c>
+      <c r="B810" s="1" t="inlineStr">
+        <is>
+          <t>Gençler İçin Shakespeare: Hırçın Kız</t>
+        </is>
+      </c>
+      <c r="C810" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="811" spans="1:3">
+      <c r="A811" s="1" t="inlineStr">
+        <is>
+          <t>9786053484455</t>
+        </is>
+      </c>
+      <c r="B811" s="1" t="inlineStr">
+        <is>
+          <t>Gençler İçin Shakespeare: On İkinci Gece</t>
+        </is>
+      </c>
+      <c r="C811" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="812" spans="1:3">
+      <c r="A812" s="1" t="inlineStr">
+        <is>
+          <t>9786053484066</t>
+        </is>
+      </c>
+      <c r="B812" s="1" t="inlineStr">
+        <is>
+          <t>Gençler İçin Shakespeare: Macbeth</t>
+        </is>
+      </c>
+      <c r="C812" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="813" spans="1:3">
+      <c r="A813" s="1" t="inlineStr">
+        <is>
+          <t>9786053484684</t>
+        </is>
+      </c>
+      <c r="B813" s="1" t="inlineStr">
+        <is>
+          <t>Yüzbaşının Kızı</t>
+        </is>
+      </c>
+      <c r="C813" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="814" spans="1:3">
+      <c r="A814" s="1" t="inlineStr">
+        <is>
+          <t>9786053484080</t>
+        </is>
+      </c>
+      <c r="B814" s="1" t="inlineStr">
+        <is>
+          <t>Gençler İçin Shakespeare: Romeo ve Juliet</t>
+        </is>
+      </c>
+      <c r="C814" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="815" spans="1:3">
+      <c r="A815" s="1" t="inlineStr">
+        <is>
+          <t>9786053483380</t>
+        </is>
+      </c>
+      <c r="B815" s="1" t="inlineStr">
+        <is>
+          <t>Limitsiz Bir Siz</t>
+        </is>
+      </c>
+      <c r="C815" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="816" spans="1:3">
+      <c r="A816" s="1" t="inlineStr">
+        <is>
+          <t>9786053483922</t>
+        </is>
+      </c>
+      <c r="B816" s="1" t="inlineStr">
+        <is>
+          <t>Neymar - Dünya Futbolunun Yeni 10 Numarası</t>
+        </is>
+      </c>
+      <c r="C816" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="817" spans="1:3">
+      <c r="A817" s="1" t="inlineStr">
+        <is>
+          <t>9786053482079</t>
+        </is>
+      </c>
+      <c r="B817" s="1" t="inlineStr">
+        <is>
+          <t>Zaman Tükeniyor - Myron Bolitar Serisi</t>
+        </is>
+      </c>
+      <c r="C817" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="818" spans="1:3">
+      <c r="A818" s="1" t="inlineStr">
+        <is>
+          <t>9786053482017</t>
+        </is>
+      </c>
+      <c r="B818" s="1" t="inlineStr">
+        <is>
+          <t>Başka Topraklarda Rüzgar Sert Eser</t>
+        </is>
+      </c>
+      <c r="C818" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="819" spans="1:3">
+      <c r="A819" s="1" t="inlineStr">
+        <is>
+          <t>9786053489399</t>
+        </is>
+      </c>
+      <c r="B819" s="1" t="inlineStr">
+        <is>
+          <t>Anarşi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C819" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="820" spans="1:3">
+      <c r="A820" s="1" t="inlineStr">
+        <is>
+          <t>9786051860039</t>
+        </is>
+      </c>
+      <c r="B820" s="1" t="inlineStr">
+        <is>
+          <t>Tay Taylor Swift'in Hikayesi</t>
+        </is>
+      </c>
+      <c r="C820" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="821" spans="1:3">
+      <c r="A821" s="1" t="inlineStr">
+        <is>
+          <t>9786053484745</t>
+        </is>
+      </c>
+      <c r="B821" s="1" t="inlineStr">
+        <is>
+          <t>Hurda Adam ve Hurda Kedi</t>
+        </is>
+      </c>
+      <c r="C821" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="822" spans="1:3">
+      <c r="A822" s="1" t="inlineStr">
+        <is>
+          <t>9786053485872</t>
+        </is>
+      </c>
+      <c r="B822" s="1" t="inlineStr">
+        <is>
+          <t>Joey Kones'un Gürleyen Kramponları</t>
+        </is>
+      </c>
+      <c r="C822" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="823" spans="1:3">
+      <c r="A823" s="1" t="inlineStr">
+        <is>
+          <t>9786053484486</t>
+        </is>
+      </c>
+      <c r="B823" s="1" t="inlineStr">
+        <is>
+          <t>Benim Bebek Albümüm</t>
+        </is>
+      </c>
+      <c r="C823" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="824" spans="1:3">
+      <c r="A824" s="1" t="inlineStr">
+        <is>
+          <t>9786053484127</t>
+        </is>
+      </c>
+      <c r="B824" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanları Tanıyalım - Bahçe (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C824" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="825" spans="1:3">
+      <c r="A825" s="1" t="inlineStr">
+        <is>
+          <t>9786053484110</t>
+        </is>
+      </c>
+      <c r="B825" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanları Tanıyalım - Çiftlik (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C825" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="826" spans="1:3">
+      <c r="A826" s="1" t="inlineStr">
+        <is>
+          <t>9786053484134</t>
+        </is>
+      </c>
+      <c r="B826" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanları Tanıyalım - Okyanus (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C826" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="827" spans="1:3">
+      <c r="A827" s="1" t="inlineStr">
+        <is>
+          <t>9786053484141</t>
+        </is>
+      </c>
+      <c r="B827" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanları Tanıyalım - Safari (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C827" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="828" spans="1:3">
+      <c r="A828" s="1" t="inlineStr">
+        <is>
+          <t>9786053485841</t>
+        </is>
+      </c>
+      <c r="B828" s="1" t="inlineStr">
+        <is>
+          <t>Hükümdar</t>
+        </is>
+      </c>
+      <c r="C828" s="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="829" spans="1:3">
+      <c r="A829" s="1" t="inlineStr">
+        <is>
+          <t>9786053486046</t>
+        </is>
+      </c>
+      <c r="B829" s="1" t="inlineStr">
+        <is>
+          <t>Vadideki Zambak</t>
+        </is>
+      </c>
+      <c r="C829" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="830" spans="1:3">
+      <c r="A830" s="1" t="inlineStr">
+        <is>
+          <t>9786053486886</t>
+        </is>
+      </c>
+      <c r="B830" s="1" t="inlineStr">
+        <is>
+          <t>Yanılgı</t>
+        </is>
+      </c>
+      <c r="C830" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="831" spans="1:3">
+      <c r="A831" s="1" t="inlineStr">
+        <is>
+          <t>9786053485704</t>
+        </is>
+      </c>
+      <c r="B831" s="1" t="inlineStr">
+        <is>
+          <t>Yaşam Yanı Başınızda</t>
+        </is>
+      </c>
+      <c r="C831" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="832" spans="1:3">
+      <c r="A832" s="1" t="inlineStr">
+        <is>
+          <t>9786053487821</t>
+        </is>
+      </c>
+      <c r="B832" s="1" t="inlineStr">
+        <is>
+          <t>Açık</t>
+        </is>
+      </c>
+      <c r="C832" s="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="833" spans="1:3">
+      <c r="A833" s="1" t="inlineStr">
+        <is>
+          <t>9786053485537</t>
+        </is>
+      </c>
+      <c r="B833" s="1" t="inlineStr">
+        <is>
+          <t>Hayatımın Yedi Rengi</t>
+        </is>
+      </c>
+      <c r="C833" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="834" spans="1:3">
+      <c r="A834" s="1" t="inlineStr">
+        <is>
+          <t>9786053485483</t>
+        </is>
+      </c>
+      <c r="B834" s="1" t="inlineStr">
+        <is>
+          <t>Nefes</t>
+        </is>
+      </c>
+      <c r="C834" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="835" spans="1:3">
+      <c r="A835" s="1" t="inlineStr">
+        <is>
+          <t>9786053485346</t>
+        </is>
+      </c>
+      <c r="B835" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Yakalı Serseriler</t>
+        </is>
+      </c>
+      <c r="C835" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="836" spans="1:3">
+      <c r="A836" s="1" t="inlineStr">
+        <is>
+          <t>9786053485254</t>
+        </is>
+      </c>
+      <c r="B836" s="1" t="inlineStr">
+        <is>
+          <t>Karanlığın Ayak İzleri</t>
+        </is>
+      </c>
+      <c r="C836" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="837" spans="1:3">
+      <c r="A837" s="1" t="inlineStr">
+        <is>
+          <t>9786053485018</t>
+        </is>
+      </c>
+      <c r="B837" s="1" t="inlineStr">
+        <is>
+          <t>Köpekler Ağladığında</t>
+        </is>
+      </c>
+      <c r="C837" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="838" spans="1:3">
+      <c r="A838" s="1" t="inlineStr">
+        <is>
+          <t>9786053484004</t>
+        </is>
+      </c>
+      <c r="B838" s="1" t="inlineStr">
+        <is>
+          <t>Çıplak Gerçekler</t>
+        </is>
+      </c>
+      <c r="C838" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="839" spans="1:3">
+      <c r="A839" s="1" t="inlineStr">
+        <is>
+          <t>9786053484158</t>
+        </is>
+      </c>
+      <c r="B839" s="1" t="inlineStr">
+        <is>
+          <t>Sonsuz Arzuyla Buluşma</t>
+        </is>
+      </c>
+      <c r="C839" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="840" spans="1:3">
+      <c r="A840" s="1" t="inlineStr">
+        <is>
+          <t>9786053482895</t>
+        </is>
+      </c>
+      <c r="B840" s="1" t="inlineStr">
+        <is>
+          <t>Demir'in Dinozorları</t>
+        </is>
+      </c>
+      <c r="C840" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="841" spans="1:3">
+      <c r="A841" s="1" t="inlineStr">
+        <is>
+          <t>9786053482888</t>
+        </is>
+      </c>
+      <c r="B841" s="1" t="inlineStr">
+        <is>
+          <t>Çiçek Caddesi'nin Köpek Patronu</t>
+        </is>
+      </c>
+      <c r="C841" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="842" spans="1:3">
+      <c r="A842" s="1" t="inlineStr">
+        <is>
+          <t>9786053482932</t>
+        </is>
+      </c>
+      <c r="B842" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Minik Dinozor</t>
+        </is>
+      </c>
+      <c r="C842" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="843" spans="1:3">
+      <c r="A843" s="1" t="inlineStr">
+        <is>
+          <t>9786053483342</t>
+        </is>
+      </c>
+      <c r="B843" s="1" t="inlineStr">
+        <is>
+          <t>Çin Diyeti - Kansere Karşı Doğru Beslenme Rehberi</t>
+        </is>
+      </c>
+      <c r="C843" s="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="844" spans="1:3">
+      <c r="A844" s="1" t="inlineStr">
+        <is>
+          <t>9786051860756</t>
+        </is>
+      </c>
+      <c r="B844" s="1" t="inlineStr">
+        <is>
+          <t>Piyonun Son Hamlesi</t>
+        </is>
+      </c>
+      <c r="C844" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="845" spans="1:3">
+      <c r="A845" s="1" t="inlineStr">
+        <is>
+          <t>9786053482765</t>
+        </is>
+      </c>
+      <c r="B845" s="1" t="inlineStr">
+        <is>
+          <t>Tanrılara Adanmış Bedenler</t>
+        </is>
+      </c>
+      <c r="C845" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="846" spans="1:3">
+      <c r="A846" s="1" t="inlineStr">
+        <is>
+          <t>9786053482772</t>
+        </is>
+      </c>
+      <c r="B846" s="1" t="inlineStr">
+        <is>
+          <t>Karanlığa Davet</t>
+        </is>
+      </c>
+      <c r="C846" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="847" spans="1:3">
+      <c r="A847" s="1" t="inlineStr">
+        <is>
+          <t>9786053489795</t>
+        </is>
+      </c>
+      <c r="B847" s="1" t="inlineStr">
+        <is>
+          <t>İmparator</t>
+        </is>
+      </c>
+      <c r="C847" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="848" spans="1:3">
+      <c r="A848" s="1" t="inlineStr">
+        <is>
+          <t>9786053489801</t>
+        </is>
+      </c>
+      <c r="B848" s="1" t="inlineStr">
+        <is>
+          <t>Kaplan Yürekli Çocuk (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C848" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="849" spans="1:3">
+      <c r="A849" s="1" t="inlineStr">
+        <is>
+          <t>9786053489610</t>
+        </is>
+      </c>
+      <c r="B849" s="1" t="inlineStr">
+        <is>
+          <t>Yüksek Gerilim - Myron Bolitar Serisi</t>
+        </is>
+      </c>
+      <c r="C849" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="850" spans="1:3">
+      <c r="A850" s="1" t="inlineStr">
+        <is>
+          <t>9786053487371</t>
+        </is>
+      </c>
+      <c r="B850" s="1" t="inlineStr">
+        <is>
+          <t>Renklerle Terapi Boyama</t>
+        </is>
+      </c>
+      <c r="C850" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="851" spans="1:3">
+      <c r="A851" s="1" t="inlineStr">
+        <is>
+          <t>9786053486527</t>
+        </is>
+      </c>
+      <c r="B851" s="1" t="inlineStr">
+        <is>
+          <t>Diriliş (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C851" s="1">
+        <v>36.11</v>
+      </c>
+    </row>
+    <row r="852" spans="1:3">
+      <c r="A852" s="1" t="inlineStr">
+        <is>
+          <t>9786053486008</t>
+        </is>
+      </c>
+      <c r="B852" s="1" t="inlineStr">
+        <is>
+          <t>Seyyah 2</t>
+        </is>
+      </c>
+      <c r="C852" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="853" spans="1:3">
+      <c r="A853" s="1" t="inlineStr">
+        <is>
+          <t>9786053486480</t>
+        </is>
+      </c>
+      <c r="B853" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes : Örümcek Ağında Dans</t>
+        </is>
+      </c>
+      <c r="C853" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="854" spans="1:3">
+      <c r="A854" s="1" t="inlineStr">
+        <is>
+          <t>9786053486497</t>
+        </is>
+      </c>
+      <c r="B854" s="1" t="inlineStr">
+        <is>
+          <t>Hasat Zamanı</t>
+        </is>
+      </c>
+      <c r="C854" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="855" spans="1:3">
+      <c r="A855" s="1" t="inlineStr">
+        <is>
+          <t>9786053485544</t>
+        </is>
+      </c>
+      <c r="B855" s="1" t="inlineStr">
+        <is>
+          <t>Jack Christie Zaman Avcısı : İsyan Günü</t>
+        </is>
+      </c>
+      <c r="C855" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="856" spans="1:3">
+      <c r="A856" s="1" t="inlineStr">
+        <is>
+          <t>9786053485315</t>
+        </is>
+      </c>
+      <c r="B856" s="1" t="inlineStr">
+        <is>
+          <t>Kovan</t>
+        </is>
+      </c>
+      <c r="C856" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="857" spans="1:3">
+      <c r="A857" s="1" t="inlineStr">
+        <is>
+          <t>9786053485308</t>
+        </is>
+      </c>
+      <c r="B857" s="1" t="inlineStr">
+        <is>
+          <t>Unutmanın Büyüsü</t>
+        </is>
+      </c>
+      <c r="C857" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="858" spans="1:3">
+      <c r="A858" s="1" t="inlineStr">
+        <is>
+          <t>9786053485032</t>
+        </is>
+      </c>
+      <c r="B858" s="1" t="inlineStr">
+        <is>
+          <t>Görkemli</t>
+        </is>
+      </c>
+      <c r="C858" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="859" spans="1:3">
+      <c r="A859" s="1" t="inlineStr">
+        <is>
+          <t>9786053481973</t>
+        </is>
+      </c>
+      <c r="B859" s="1" t="inlineStr">
+        <is>
+          <t>Asil Kan</t>
+        </is>
+      </c>
+      <c r="C859" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="860" spans="1:3">
+      <c r="A860" s="1" t="inlineStr">
+        <is>
+          <t>9786053481997</t>
+        </is>
+      </c>
+      <c r="B860" s="1" t="inlineStr">
+        <is>
+          <t>Kumsalda Kaybolan İzler</t>
+        </is>
+      </c>
+      <c r="C860" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="861" spans="1:3">
+      <c r="A861" s="1" t="inlineStr">
+        <is>
+          <t>9786053481836</t>
+        </is>
+      </c>
+      <c r="B861" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes - Şüphe Asla Uyumaz</t>
+        </is>
+      </c>
+      <c r="C861" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="862" spans="1:3">
+      <c r="A862" s="1" t="inlineStr">
+        <is>
+          <t>9786053487845</t>
+        </is>
+      </c>
+      <c r="B862" s="1" t="inlineStr">
+        <is>
+          <t>Kader Kitabı</t>
+        </is>
+      </c>
+      <c r="C862" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="863" spans="1:3">
+      <c r="A863" s="1" t="inlineStr">
+        <is>
+          <t>9786053487388</t>
+        </is>
+      </c>
+      <c r="B863" s="1" t="inlineStr">
+        <is>
+          <t>Çıplak ve Karanlık</t>
+        </is>
+      </c>
+      <c r="C863" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="864" spans="1:3">
+      <c r="A864" s="1" t="inlineStr">
+        <is>
+          <t>9786053485230</t>
+        </is>
+      </c>
+      <c r="B864" s="1" t="inlineStr">
+        <is>
+          <t>Korkuya Yer Yok - Dedektif D.D. Warren Serisi</t>
+        </is>
+      </c>
+      <c r="C864" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="865" spans="1:3">
+      <c r="A865" s="1" t="inlineStr">
+        <is>
+          <t>9786053485223</t>
+        </is>
+      </c>
+      <c r="B865" s="1" t="inlineStr">
+        <is>
+          <t>Çocukluğumun Mavi Düşleri</t>
+        </is>
+      </c>
+      <c r="C865" s="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="866" spans="1:3">
+      <c r="A866" s="1" t="inlineStr">
+        <is>
+          <t>9786053484677</t>
+        </is>
+      </c>
+      <c r="B866" s="1" t="inlineStr">
+        <is>
+          <t>Sonsuz Yemin</t>
+        </is>
+      </c>
+      <c r="C866" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="867" spans="1:3">
+      <c r="A867" s="1" t="inlineStr">
+        <is>
+          <t>9786053484493</t>
+        </is>
+      </c>
+      <c r="B867" s="1" t="inlineStr">
+        <is>
+          <t>Gece Yarısından Sonra</t>
+        </is>
+      </c>
+      <c r="C867" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="868" spans="1:3">
+      <c r="A868" s="1" t="inlineStr">
+        <is>
+          <t>9786053484516</t>
+        </is>
+      </c>
+      <c r="B868" s="1" t="inlineStr">
+        <is>
+          <t>Beni Bulun - Çünkü Bu Sizin de Hikayeniz Olabilir</t>
+        </is>
+      </c>
+      <c r="C868" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="869" spans="1:3">
+      <c r="A869" s="1" t="inlineStr">
+        <is>
+          <t>9786254481789</t>
+        </is>
+      </c>
+      <c r="B869" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes - Bütün Eserleri (Özel Deri Ciltli Kutulu)</t>
+        </is>
+      </c>
+      <c r="C869" s="1">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="870" spans="1:3">
+      <c r="A870" s="1" t="inlineStr">
+        <is>
+          <t>9786254483172</t>
+        </is>
+      </c>
+      <c r="B870" s="1" t="inlineStr">
+        <is>
+          <t>Muhteşem Gatsby - Minyatür Kitaplar Serisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C870" s="1">
+        <v>25.8</v>
+      </c>
+    </row>
+    <row r="871" spans="1:3">
+      <c r="A871" s="1" t="inlineStr">
+        <is>
+          <t>9786254482830</t>
+        </is>
+      </c>
+      <c r="B871" s="1" t="inlineStr">
+        <is>
+          <t>Nikola Tesla'nın Sıra Dışı Hayatı - Minyatür Kitaplar Serisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C871" s="1">
+        <v>25.8</v>
+      </c>
+    </row>
+    <row r="872" spans="1:3">
+      <c r="A872" s="1" t="inlineStr">
+        <is>
+          <t>9786254483165</t>
+        </is>
+      </c>
+      <c r="B872" s="1" t="inlineStr">
+        <is>
+          <t>Romeo ve Juliet - Minyatür Kitaplar Serisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C872" s="1">
+        <v>19.8</v>
+      </c>
+    </row>
+    <row r="873" spans="1:3">
+      <c r="A873" s="1" t="inlineStr">
+        <is>
+          <t>9786254482823</t>
+        </is>
+      </c>
+      <c r="B873" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes Seçme Hikayeler Cilt 2 - Minyatür Kitaplar Serisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C873" s="1">
+        <v>19.8</v>
+      </c>
+    </row>
+    <row r="874" spans="1:3">
+      <c r="A874" s="1" t="inlineStr">
+        <is>
+          <t>9786254482809</t>
+        </is>
+      </c>
+      <c r="B874" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes Seçme Hikayeler Cilt 1 - Minyatür Kitaplar Serisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C874" s="1">
+        <v>19.8</v>
+      </c>
+    </row>
+    <row r="875" spans="1:3">
+      <c r="A875" s="1" t="inlineStr">
+        <is>
+          <t>9786254483356</t>
+        </is>
+      </c>
+      <c r="B875" s="1" t="inlineStr">
+        <is>
+          <t>Tembellik Hakkı - Minyatür Kitaplar Serisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C875" s="1">
+        <v>19.8</v>
+      </c>
+    </row>
+    <row r="876" spans="1:3">
+      <c r="A876" s="1" t="inlineStr">
+        <is>
+          <t>9786254483080</t>
+        </is>
+      </c>
+      <c r="B876" s="1" t="inlineStr">
+        <is>
+          <t>Vadideki Zambak Cilt 1 - Minyatür Kitaplar Serisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C876" s="1">
+        <v>25.8</v>
+      </c>
+    </row>
+    <row r="877" spans="1:3">
+      <c r="A877" s="1" t="inlineStr">
+        <is>
+          <t>9786254483110</t>
+        </is>
+      </c>
+      <c r="B877" s="1" t="inlineStr">
+        <is>
+          <t>Vadideki Zambak Cilt 2 - Minyatür Kitaplar Serisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C877" s="1">
+        <v>25.8</v>
+      </c>
+    </row>
+    <row r="878" spans="1:3">
+      <c r="A878" s="1" t="inlineStr">
+        <is>
+          <t>9786254483158</t>
+        </is>
+      </c>
+      <c r="B878" s="1" t="inlineStr">
+        <is>
+          <t>Yer Altından Notlar - Minyatür Kitaplar Serisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C878" s="1">
+        <v>25.8</v>
+      </c>
+    </row>
+    <row r="879" spans="1:3">
+      <c r="A879" s="1" t="inlineStr">
+        <is>
+          <t>9786254482779</t>
+        </is>
+      </c>
+      <c r="B879" s="1" t="inlineStr">
+        <is>
+          <t>Yeşilin Kızı Anne Cilt 1 - Minyatür Kitaplar Serisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C879" s="1">
+        <v>25.8</v>
+      </c>
+    </row>
+    <row r="880" spans="1:3">
+      <c r="A880" s="1" t="inlineStr">
+        <is>
+          <t>9786254482786</t>
+        </is>
+      </c>
+      <c r="B880" s="1" t="inlineStr">
+        <is>
+          <t>Yeşilin Kızı Anne Cilt 2 - Minyatür Kitaplar Serisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C880" s="1">
+        <v>25.8</v>
+      </c>
+    </row>
+    <row r="881" spans="1:3">
+      <c r="A881" s="1" t="inlineStr">
+        <is>
+          <t>9786254482007</t>
+        </is>
+      </c>
+      <c r="B881" s="1" t="inlineStr">
+        <is>
+          <t>Yüzbaşının Kızı - Minyatür Kitaplar Serisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C881" s="1">
+        <v>19.8</v>
+      </c>
+    </row>
+    <row r="882" spans="1:3">
+      <c r="A882" s="1" t="inlineStr">
+        <is>
+          <t>9786254482762</t>
+        </is>
+      </c>
+      <c r="B882" s="1" t="inlineStr">
+        <is>
+          <t>Amok Koşucusu - Minyatür Kitaplar Serisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C882" s="1">
+        <v>19.8</v>
+      </c>
+    </row>
+    <row r="883" spans="1:3">
+      <c r="A883" s="1" t="inlineStr">
+        <is>
+          <t>9786254481888</t>
+        </is>
+      </c>
+      <c r="B883" s="1" t="inlineStr">
+        <is>
+          <t>Aşk ve Gurur Cilt 1 - Minyatür Kitaplar Serisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C883" s="1">
+        <v>25.8</v>
+      </c>
+    </row>
+    <row r="884" spans="1:3">
+      <c r="A884" s="1" t="inlineStr">
+        <is>
+          <t>9786254482021</t>
+        </is>
+      </c>
+      <c r="B884" s="1" t="inlineStr">
+        <is>
+          <t>Aşk ve Gurur Cilt 2 - Minyatür Kitaplar Serisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C884" s="1">
+        <v>25.8</v>
+      </c>
+    </row>
+    <row r="885" spans="1:3">
+      <c r="A885" s="1" t="inlineStr">
+        <is>
+          <t>9786254483127</t>
+        </is>
+      </c>
+      <c r="B885" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Geceler - Minyatür Kitaplar Serisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C885" s="1">
+        <v>19.8</v>
+      </c>
+    </row>
+    <row r="886" spans="1:3">
+      <c r="A886" s="1" t="inlineStr">
+        <is>
+          <t>9786254481970</t>
+        </is>
+      </c>
+      <c r="B886" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Zambaklar Ülkesinde - Minyatür Kitaplar Serisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C886" s="1">
+        <v>19.8</v>
+      </c>
+    </row>
+    <row r="887" spans="1:3">
+      <c r="A887" s="1" t="inlineStr">
+        <is>
+          <t>9786254481895</t>
+        </is>
+      </c>
+      <c r="B887" s="1" t="inlineStr">
+        <is>
+          <t>Bilinmeyen Bir Kadının Mektubu ve Dürtü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C887" s="1">
+        <v>19.8</v>
+      </c>
+    </row>
+    <row r="888" spans="1:3">
+      <c r="A888" s="1" t="inlineStr">
+        <is>
+          <t>9786254483134</t>
+        </is>
+      </c>
+      <c r="B888" s="1" t="inlineStr">
+        <is>
+          <t>Bir Delinin Hatıra Defteri - Minyatür Kitaplar Serisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C888" s="1">
+        <v>19.8</v>
+      </c>
+    </row>
+    <row r="889" spans="1:3">
+      <c r="A889" s="1" t="inlineStr">
+        <is>
+          <t>9786254481901</t>
+        </is>
+      </c>
+      <c r="B889" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kadının Yaşamından Yirmi Dört Saat - Minyatür Kitaplar Serisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C889" s="1">
+        <v>19.8</v>
+      </c>
+    </row>
+    <row r="890" spans="1:3">
+      <c r="A890" s="1" t="inlineStr">
+        <is>
+          <t>9786254482090</t>
+        </is>
+      </c>
+      <c r="B890" s="1" t="inlineStr">
+        <is>
+          <t>Dönüşüm - Minyatür Kitaplar Serisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C890" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="891" spans="1:3">
+      <c r="A891" s="1" t="inlineStr">
+        <is>
+          <t>9786254483141</t>
+        </is>
+      </c>
+      <c r="B891" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Ne İle Yaşar - Minyatür Kitaplar Serisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C891" s="1">
+        <v>19.8</v>
+      </c>
+    </row>
+    <row r="892" spans="1:3">
+      <c r="A892" s="1" t="inlineStr">
+        <is>
+          <t>9786254483103</t>
+        </is>
+      </c>
+      <c r="B892" s="1" t="inlineStr">
+        <is>
+          <t>Kendine Ait Bir Oda - Minyatür Kitaplar Serisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C892" s="1">
+        <v>19.8</v>
+      </c>
+    </row>
+    <row r="893" spans="1:3">
+      <c r="A893" s="1" t="inlineStr">
+        <is>
+          <t>9786254481994</t>
+        </is>
+      </c>
+      <c r="B893" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Prens - Minyatür Kitaplar Serisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C893" s="1">
+        <v>12.9</v>
+      </c>
+    </row>
+    <row r="894" spans="1:3">
+      <c r="A894" s="1" t="inlineStr">
+        <is>
+          <t>9786254481987</t>
+        </is>
+      </c>
+      <c r="B894" s="1" t="inlineStr">
+        <is>
+          <t>Kürk Mantolu Madonna - Minyatür Kitaplar Serisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C894" s="1">
+        <v>25.8</v>
+      </c>
+    </row>
+    <row r="895" spans="1:3">
+      <c r="A895" s="1" t="inlineStr">
+        <is>
+          <t>9786254482816</t>
+        </is>
+      </c>
+      <c r="B895" s="1" t="inlineStr">
+        <is>
+          <t>Milena'ya Mektuplar  Cilt 1 - Minyatür Kitaplar Serisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C895" s="1">
+        <v>25.8</v>
+      </c>
+    </row>
+    <row r="896" spans="1:3">
+      <c r="A896" s="1" t="inlineStr">
+        <is>
+          <t>9786254483097</t>
+        </is>
+      </c>
+      <c r="B896" s="1" t="inlineStr">
+        <is>
+          <t>Milena'ya Mektuplar Cilt 2 - Minyatür Kitaplar Serisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C896" s="1">
+        <v>25.8</v>
+      </c>
+    </row>
+    <row r="897" spans="1:3">
+      <c r="A897" s="1" t="inlineStr">
+        <is>
+          <t>9786254482014</t>
+        </is>
+      </c>
+      <c r="B897" s="1" t="inlineStr">
+        <is>
+          <t>Satranç - Minyatür Kitaplar Serisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C897" s="1">
+        <v>19.8</v>
+      </c>
+    </row>
+    <row r="898" spans="1:3">
+      <c r="A898" s="1" t="inlineStr">
+        <is>
+          <t>9786053480907</t>
+        </is>
+      </c>
+      <c r="B898" s="1" t="inlineStr">
+        <is>
+          <t>Gece Nöbeti</t>
+        </is>
+      </c>
+      <c r="C898" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="899" spans="1:3">
+      <c r="A899" s="1" t="inlineStr">
+        <is>
+          <t>9786054335732</t>
+        </is>
+      </c>
+      <c r="B899" s="1" t="inlineStr">
+        <is>
+          <t>Gece Avcısı</t>
+        </is>
+      </c>
+      <c r="C899" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="900" spans="1:3">
+      <c r="A900" s="1" t="inlineStr">
+        <is>
+          <t>9789758461073</t>
+        </is>
+      </c>
+      <c r="B900" s="1" t="inlineStr">
+        <is>
+          <t>Firavunun Gözü</t>
+        </is>
+      </c>
+      <c r="C900" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="901" spans="1:3">
+      <c r="A901" s="1" t="inlineStr">
+        <is>
+          <t>9786053480181</t>
+        </is>
+      </c>
+      <c r="B901" s="1" t="inlineStr">
+        <is>
+          <t>Kalbimde Bıraktığın Boşluk Hala Dolmamıştı</t>
+        </is>
+      </c>
+      <c r="C901" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="902" spans="1:3">
+      <c r="A902" s="1" t="inlineStr">
+        <is>
+          <t>9786055872052</t>
+        </is>
+      </c>
+      <c r="B902" s="1" t="inlineStr">
+        <is>
+          <t>Kaçakcılıkla Mücadele Mevzuat El Kitabı</t>
+        </is>
+      </c>
+      <c r="C902" s="1">
+        <v>37.04</v>
+      </c>
+    </row>
+    <row r="903" spans="1:3">
+      <c r="A903" s="1" t="inlineStr">
+        <is>
+          <t>9786055872809</t>
+        </is>
+      </c>
+      <c r="B903" s="1" t="inlineStr">
+        <is>
+          <t>Oyunbozan</t>
+        </is>
+      </c>
+      <c r="C903" s="1">
+        <v>7.31</v>
+      </c>
+    </row>
+    <row r="904" spans="1:3">
+      <c r="A904" s="1" t="inlineStr">
+        <is>
+          <t>9786055420284</t>
+        </is>
+      </c>
+      <c r="B904" s="1" t="inlineStr">
+        <is>
+          <t>Şeytan Kadın</t>
+        </is>
+      </c>
+      <c r="C904" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="905" spans="1:3">
+      <c r="A905" s="1" t="inlineStr">
+        <is>
+          <t>9786053480242</t>
+        </is>
+      </c>
+      <c r="B905" s="1" t="inlineStr">
+        <is>
+          <t>Şehrin Sahte Azizleri</t>
+        </is>
+      </c>
+      <c r="C905" s="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="906" spans="1:3">
+      <c r="A906" s="1" t="inlineStr">
+        <is>
+          <t>9786254484872</t>
+        </is>
+      </c>
+      <c r="B906" s="1" t="inlineStr">
+        <is>
+          <t>Yeryüzü Tanrıları</t>
+        </is>
+      </c>
+      <c r="C906" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="907" spans="1:3">
+      <c r="A907" s="1" t="inlineStr">
+        <is>
+          <t>9786254484933</t>
+        </is>
+      </c>
+      <c r="B907" s="1" t="inlineStr">
+        <is>
+          <t>Haberci</t>
+        </is>
+      </c>
+      <c r="C907" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="908" spans="1:3">
+      <c r="A908" s="1" t="inlineStr">
+        <is>
+          <t>9786254483936</t>
+        </is>
+      </c>
+      <c r="B908" s="1" t="inlineStr">
+        <is>
+          <t>Brenda Novak Kutulu Set (6 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C908" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="909" spans="1:3">
+      <c r="A909" s="1" t="inlineStr">
+        <is>
+          <t>9786254480492</t>
+        </is>
+      </c>
+      <c r="B909" s="1" t="inlineStr">
+        <is>
+          <t>Dracula</t>
+        </is>
+      </c>
+      <c r="C909" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="910" spans="1:3">
+      <c r="A910" s="1" t="inlineStr">
+        <is>
+          <t>9786254481246</t>
+        </is>
+      </c>
+      <c r="B910" s="1" t="inlineStr">
+        <is>
+          <t>Si̇ci̇lya’da Bi̇r Aşk Hi̇kayesi̇</t>
+        </is>
+      </c>
+      <c r="C910" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="911" spans="1:3">
+      <c r="A911" s="1" t="inlineStr">
+        <is>
+          <t>9786050322125</t>
+        </is>
+      </c>
+      <c r="B911" s="1" t="inlineStr">
+        <is>
+          <t>Kadınlar Neden Evlenir?</t>
+        </is>
+      </c>
+      <c r="C911" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="912" spans="1:3">
+      <c r="A912" s="1" t="inlineStr">
+        <is>
+          <t>9786254481758</t>
+        </is>
+      </c>
+      <c r="B912" s="1" t="inlineStr">
+        <is>
+          <t>Kızıl Damga</t>
+        </is>
+      </c>
+      <c r="C912" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="913" spans="1:3">
+      <c r="A913" s="1" t="inlineStr">
+        <is>
+          <t>9786050322187</t>
+        </is>
+      </c>
+      <c r="B913" s="1" t="inlineStr">
+        <is>
+          <t>Şahane Bir Ölüm</t>
+        </is>
+      </c>
+      <c r="C913" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="914" spans="1:3">
+      <c r="A914" s="1" t="inlineStr">
+        <is>
+          <t>9786055872090</t>
+        </is>
+      </c>
+      <c r="B914" s="1" t="inlineStr">
+        <is>
+          <t>Güldüren Öğrenci Fıkraları</t>
+        </is>
+      </c>
+      <c r="C914" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="915" spans="1:3">
+      <c r="A915" s="1" t="inlineStr">
+        <is>
+          <t>9786055872083</t>
+        </is>
+      </c>
+      <c r="B915" s="1" t="inlineStr">
+        <is>
+          <t>Güldüren Nasreddin Hoca Fıkraları</t>
+        </is>
+      </c>
+      <c r="C915" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="916" spans="1:3">
+      <c r="A916" s="1" t="inlineStr">
+        <is>
+          <t>9786050081053</t>
+        </is>
+      </c>
+      <c r="B916" s="1" t="inlineStr">
+        <is>
+          <t>Güldüren Karadeniz Fıkraları</t>
+        </is>
+      </c>
+      <c r="C916" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="917" spans="1:3">
+      <c r="A917" s="1" t="inlineStr">
+        <is>
+          <t>9786254485855</t>
+        </is>
+      </c>
+      <c r="B917" s="1" t="inlineStr">
+        <is>
+          <t>Franz Kafka Set (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C917" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="918" spans="1:3">
+      <c r="A918" s="1" t="inlineStr">
+        <is>
+          <t>9786254481796</t>
+        </is>
+      </c>
+      <c r="B918" s="1" t="inlineStr">
+        <is>
+          <t>Altı yıl</t>
+        </is>
+      </c>
+      <c r="C918" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="919" spans="1:3">
+      <c r="A919" s="1" t="inlineStr">
+        <is>
+          <t>9786254483646</t>
+        </is>
+      </c>
+      <c r="B919" s="1" t="inlineStr">
+        <is>
+          <t>Altı Yıl (Beyaz Kapak)</t>
+        </is>
+      </c>
+      <c r="C919" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="920" spans="1:3">
+      <c r="A920" s="1" t="inlineStr">
+        <is>
+          <t>9786254484643</t>
+        </is>
+      </c>
+      <c r="B920" s="1" t="inlineStr">
+        <is>
+          <t>Kaçış Odası</t>
+        </is>
+      </c>
+      <c r="C920" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="921" spans="1:3">
+      <c r="A921" s="1" t="inlineStr">
+        <is>
+          <t>9786050321760</t>
+        </is>
+      </c>
+      <c r="B921" s="1" t="inlineStr">
+        <is>
+          <t>Mary Stuart</t>
+        </is>
+      </c>
+      <c r="C921" s="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="922" spans="1:3">
+      <c r="A922" s="1" t="inlineStr">
+        <is>
+          <t>9786051866109</t>
+        </is>
+      </c>
+      <c r="B922" s="1" t="inlineStr">
+        <is>
+          <t>Paramparça Bir Kız</t>
+        </is>
+      </c>
+      <c r="C922" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="923" spans="1:3">
+      <c r="A923" s="1" t="inlineStr">
+        <is>
+          <t>9786254481918</t>
+        </is>
+      </c>
+      <c r="B923" s="1" t="inlineStr">
+        <is>
+          <t>Yeşilin Kızı Anne</t>
+        </is>
+      </c>
+      <c r="C923" s="1">
+        <v>19.9</v>
+      </c>
+    </row>
+    <row r="924" spans="1:3">
+      <c r="A924" s="1" t="inlineStr">
+        <is>
+          <t>9786254486395</t>
+        </is>
+      </c>
+      <c r="B924" s="1" t="inlineStr">
+        <is>
+          <t>Leigh Bardugo (2'li Kutu Set)</t>
+        </is>
+      </c>
+      <c r="C924" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="925" spans="1:3">
+      <c r="A925" s="1" t="inlineStr">
+        <is>
+          <t>9786053482390</t>
+        </is>
+      </c>
+      <c r="B925" s="1" t="inlineStr">
+        <is>
+          <t>Kan Giyinmiş Kız</t>
+        </is>
+      </c>
+      <c r="C925" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="926" spans="1:3">
+      <c r="A926" s="1" t="inlineStr">
+        <is>
+          <t>9786254483370</t>
+        </is>
+      </c>
+      <c r="B926" s="1" t="inlineStr">
+        <is>
+          <t>Harlan Coben - Myron Bolitar Serisi Set -2 (5 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C926" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="927" spans="1:3">
+      <c r="A927" s="1" t="inlineStr">
+        <is>
+          <t>9786254483363</t>
+        </is>
+      </c>
+      <c r="B927" s="1" t="inlineStr">
+        <is>
+          <t>Harlan Coben - Myron Bolitar Serisi Set-1 (5 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C927" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="928" spans="1:3">
+      <c r="A928" s="1" t="inlineStr">
+        <is>
+          <t>9786054335411</t>
+        </is>
+      </c>
+      <c r="B928" s="1" t="inlineStr">
+        <is>
+          <t>Uykudan Önce Grimm Masalları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C928" s="1">
+        <v>5.51</v>
+      </c>
+    </row>
+    <row r="929" spans="1:3">
+      <c r="A929" s="1" t="inlineStr">
+        <is>
+          <t>9786055420963</t>
+        </is>
+      </c>
+      <c r="B929" s="1" t="inlineStr">
+        <is>
+          <t>Uykudan Önce Ezop’tan Bana Bir Masal Anlat (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C929" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="930" spans="1:3">
+      <c r="A930" s="1" t="inlineStr">
+        <is>
+          <t>9786055420994</t>
+        </is>
+      </c>
+      <c r="B930" s="1" t="inlineStr">
+        <is>
+          <t>Uykudan Önce Dünya’dan Bana Bir Masal Anlat (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C930" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="931" spans="1:3">
+      <c r="A931" s="1" t="inlineStr">
+        <is>
+          <t>9789758461806</t>
+        </is>
+      </c>
+      <c r="B931" s="1" t="inlineStr">
+        <is>
+          <t>Vadideki Zambak</t>
+        </is>
+      </c>
+      <c r="C931" s="1">
+        <v>4.58</v>
+      </c>
+    </row>
+    <row r="932" spans="1:3">
+      <c r="A932" s="1" t="inlineStr">
+        <is>
+          <t>9786054335459</t>
+        </is>
+      </c>
+      <c r="B932" s="1" t="inlineStr">
+        <is>
+          <t>Uzaklarda Bir Yerde</t>
+        </is>
+      </c>
+      <c r="C932" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="933" spans="1:3">
+      <c r="A933" s="1" t="inlineStr">
+        <is>
+          <t>9786055420970</t>
+        </is>
+      </c>
+      <c r="B933" s="1" t="inlineStr">
+        <is>
+          <t>Uykudan Önce La Fonten’den Bana Bir Masal Anlat (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C933" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="934" spans="1:3">
+      <c r="A934" s="1" t="inlineStr">
+        <is>
+          <t>9786053480006</t>
+        </is>
+      </c>
+      <c r="B934" s="1" t="inlineStr">
+        <is>
+          <t>Uykudan Önce Grimm’den Bana Bir Masal Anlat (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C934" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="935" spans="1:3">
+      <c r="A935" s="1" t="inlineStr">
+        <is>
+          <t>9786254483622</t>
+        </is>
+      </c>
+      <c r="B935" s="1" t="inlineStr">
+        <is>
+          <t>Doğruluk Cadısı</t>
+        </is>
+      </c>
+      <c r="C935" s="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="936" spans="1:3">
+      <c r="A936" s="1" t="inlineStr">
+        <is>
+          <t>9786254480300</t>
+        </is>
+      </c>
+      <c r="B936" s="1" t="inlineStr">
+        <is>
+          <t>Kanlı İlahi</t>
+        </is>
+      </c>
+      <c r="C936" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="937" spans="1:3">
+      <c r="A937" s="1" t="inlineStr">
+        <is>
+          <t>9786254485701</t>
+        </is>
+      </c>
+      <c r="B937" s="1" t="inlineStr">
+        <is>
+          <t>Demir Yumruk</t>
+        </is>
+      </c>
+      <c r="C937" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="938" spans="1:3">
+      <c r="A938" s="1" t="inlineStr">
+        <is>
+          <t>9786254485725</t>
+        </is>
+      </c>
+      <c r="B938" s="1" t="inlineStr">
+        <is>
+          <t>Halil Cibran Kutu Set (13 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C938" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="939" spans="1:3">
+      <c r="A939" s="1" t="inlineStr">
+        <is>
+          <t>9786254480133</t>
+        </is>
+      </c>
+      <c r="B939" s="1" t="inlineStr">
+        <is>
+          <t>Her Zaman Aklımdasın</t>
+        </is>
+      </c>
+      <c r="C939" s="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="940" spans="1:3">
+      <c r="A940" s="1" t="inlineStr">
+        <is>
+          <t>9786051867557</t>
+        </is>
+      </c>
+      <c r="B940" s="1" t="inlineStr">
+        <is>
+          <t>Felsefecinin Diyeti</t>
+        </is>
+      </c>
+      <c r="C940" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="941" spans="1:3">
+      <c r="A941" s="1" t="inlineStr">
+        <is>
+          <t>9786254485862</t>
+        </is>
+      </c>
+      <c r="B941" s="1" t="inlineStr">
+        <is>
+          <t>Şeftali Serisi (3 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C941" s="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="942" spans="1:3">
+      <c r="A942" s="1" t="inlineStr">
+        <is>
+          <t>9786254482755</t>
+        </is>
+      </c>
+      <c r="B942" s="1" t="inlineStr">
+        <is>
+          <t>Nimona</t>
+        </is>
+      </c>
+      <c r="C942" s="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="943" spans="1:3">
+      <c r="A943" s="1" t="inlineStr">
+        <is>
+          <t>9786050322248</t>
+        </is>
+      </c>
+      <c r="B943" s="1" t="inlineStr">
+        <is>
+          <t>Kalbinin Peşinde</t>
+        </is>
+      </c>
+      <c r="C943" s="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="944" spans="1:3">
+      <c r="A944" s="1" t="inlineStr">
+        <is>
+          <t>9786051865218</t>
+        </is>
+      </c>
+      <c r="B944" s="1" t="inlineStr">
+        <is>
+          <t>Set 1-2. Sınıf MEB Tavsiyeli 100 Temel Eser Seçmeler 10 Kitap Takım</t>
+        </is>
+      </c>
+      <c r="C944" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="945" spans="1:3">
+      <c r="A945" s="1" t="inlineStr">
+        <is>
+          <t>9786254486401</t>
+        </is>
+      </c>
+      <c r="B945" s="1" t="inlineStr">
+        <is>
+          <t>Leigh Bardugo (2'li Kutu Set - Ciltli)</t>
+        </is>
+      </c>
+      <c r="C945" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="946" spans="1:3">
+      <c r="A946" s="1" t="inlineStr">
+        <is>
+          <t>9786053481812</t>
+        </is>
+      </c>
+      <c r="B946" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes - Gerçekler Kanıt İster</t>
+        </is>
+      </c>
+      <c r="C946" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="947" spans="1:3">
+      <c r="A947" s="1" t="inlineStr">
+        <is>
+          <t>9786053482093</t>
+        </is>
+      </c>
+      <c r="B947" s="1" t="inlineStr">
+        <is>
+          <t>Ölümlü</t>
+        </is>
+      </c>
+      <c r="C947" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="948" spans="1:3">
+      <c r="A948" s="1" t="inlineStr">
+        <is>
+          <t>9786254481697</t>
+        </is>
+      </c>
+      <c r="B948" s="1" t="inlineStr">
+        <is>
+          <t>Dileğim Sensin</t>
+        </is>
+      </c>
+      <c r="C948" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="949" spans="1:3">
+      <c r="A949" s="1" t="inlineStr">
+        <is>
+          <t>9786254486340</t>
+        </is>
+      </c>
+      <c r="B949" s="1" t="inlineStr">
+        <is>
+          <t>Lordlar ve Varisler - Hepimiz Gökyüzü Olmak İstedik (Mavi Şömiz) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C949" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="950" spans="1:3">
+      <c r="A950" s="1" t="inlineStr">
+        <is>
+          <t>9786254486364</t>
+        </is>
+      </c>
+      <c r="B950" s="1" t="inlineStr">
+        <is>
+          <t>Lordlar ve Varisler - Hepimiz Gökyüzü Olmak İstedik (Kırmızı Şömiz) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C950" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="951" spans="1:3">
+      <c r="A951" s="1" t="inlineStr">
+        <is>
+          <t>9786254486388</t>
+        </is>
+      </c>
+      <c r="B951" s="1" t="inlineStr">
+        <is>
+          <t>Lordlar ve Varisler - Hepimiz Gökyüzü Olmak İstedik (Kutulu) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C951" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="952" spans="1:3">
+      <c r="A952" s="1" t="inlineStr">
+        <is>
+          <t>9786050320435</t>
+        </is>
+      </c>
+      <c r="B952" s="1" t="inlineStr">
+        <is>
+          <t>Sosyopat Pislik: Karanlık Sırlar</t>
+        </is>
+      </c>
+      <c r="C952" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="953" spans="1:3">
+      <c r="A953" s="1" t="inlineStr">
+        <is>
+          <t>9786051869506</t>
+        </is>
+      </c>
+      <c r="B953" s="1" t="inlineStr">
+        <is>
+          <t>Melek Deneyi</t>
+        </is>
+      </c>
+      <c r="C953" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="954" spans="1:3">
+      <c r="A954" s="1" t="inlineStr">
+        <is>
+          <t>9786254485961</t>
+        </is>
+      </c>
+      <c r="B954" s="1" t="inlineStr">
+        <is>
+          <t>Gayriresmi Harry Potter Yemek Kitabı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C954" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="955" spans="1:3">
+      <c r="A955" s="1" t="inlineStr">
+        <is>
+          <t>9786254485305</t>
+        </is>
+      </c>
+      <c r="B955" s="1" t="inlineStr">
+        <is>
+          <t>Grisha Verse (Poster-Çanta-Defter Hediyeli - 6 Kitap Set) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C955" s="1">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="956" spans="1:3">
+      <c r="A956" s="1" t="inlineStr">
+        <is>
+          <t>9786254481833</t>
+        </is>
+      </c>
+      <c r="B956" s="1" t="inlineStr">
+        <is>
+          <t>Kimsin Sen?</t>
+        </is>
+      </c>
+      <c r="C956" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="957" spans="1:3">
+      <c r="A957" s="1" t="inlineStr">
+        <is>
+          <t>9786254480836</t>
+        </is>
+      </c>
+      <c r="B957" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes-Hüznün Zirvesinde Cinayet</t>
+        </is>
+      </c>
+      <c r="C957" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="958" spans="1:3">
+      <c r="A958" s="1" t="inlineStr">
+        <is>
+          <t>9786050321777</t>
+        </is>
+      </c>
+      <c r="B958" s="1" t="inlineStr">
+        <is>
+          <t>Macellan</t>
+        </is>
+      </c>
+      <c r="C958" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="959" spans="1:3">
+      <c r="A959" s="1" t="inlineStr">
+        <is>
+          <t>9786050321784</t>
+        </is>
+      </c>
+      <c r="B959" s="1" t="inlineStr">
+        <is>
+          <t>Dünün Dünyası</t>
+        </is>
+      </c>
+      <c r="C959" s="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="960" spans="1:3">
+      <c r="A960" s="1" t="inlineStr">
+        <is>
+          <t>9786051869391</t>
+        </is>
+      </c>
+      <c r="B960" s="1" t="inlineStr">
+        <is>
+          <t>Ejderhanın Kızı</t>
+        </is>
+      </c>
+      <c r="C960" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="961" spans="1:3">
+      <c r="A961" s="1" t="inlineStr">
+        <is>
+          <t>9786254483783</t>
+        </is>
+      </c>
+      <c r="B961" s="1" t="inlineStr">
+        <is>
+          <t>Minyatür Kitaplar Serisi (28 Kitap Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C961" s="1">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="962" spans="1:3">
+      <c r="A962" s="1" t="inlineStr">
+        <is>
+          <t>9786254482861</t>
+        </is>
+      </c>
+      <c r="B962" s="1" t="inlineStr">
+        <is>
+          <t>Milena'ya Mektuplar</t>
+        </is>
+      </c>
+      <c r="C962" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="963" spans="1:3">
+      <c r="A963" s="1" t="inlineStr">
+        <is>
+          <t>9786254482878</t>
+        </is>
+      </c>
+      <c r="B963" s="1" t="inlineStr">
+        <is>
+          <t>Dönüşüm</t>
+        </is>
+      </c>
+      <c r="C963" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="964" spans="1:3">
+      <c r="A964" s="1" t="inlineStr">
+        <is>
+          <t>9786254482922</t>
+        </is>
+      </c>
+      <c r="B964" s="1" t="inlineStr">
+        <is>
+          <t>Bir Savaşın Tasviri</t>
+        </is>
+      </c>
+      <c r="C964" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="965" spans="1:3">
+      <c r="A965" s="1" t="inlineStr">
+        <is>
+          <t>9786254482892</t>
+        </is>
+      </c>
+      <c r="B965" s="1" t="inlineStr">
+        <is>
+          <t>Aforizmalar</t>
+        </is>
+      </c>
+      <c r="C965" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="966" spans="1:3">
+      <c r="A966" s="1" t="inlineStr">
+        <is>
+          <t>9786050322279</t>
+        </is>
+      </c>
+      <c r="B966" s="1" t="inlineStr">
+        <is>
+          <t>Gölge ve Kemik (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C966" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="967" spans="1:3">
+      <c r="A967" s="1" t="inlineStr">
+        <is>
+          <t>9786254482229</t>
+        </is>
+      </c>
+      <c r="B967" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes - Şapka (6 Kitap Kutulu Set)</t>
+        </is>
+      </c>
+      <c r="C967" s="1">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="968" spans="1:3">
+      <c r="A968" s="1" t="inlineStr">
+        <is>
+          <t>9786254480966</t>
+        </is>
+      </c>
+      <c r="B968" s="1" t="inlineStr">
+        <is>
+          <t>Leigh Bardugo Kutu Set - 2 (3 Kitap Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C968" s="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="969" spans="1:3">
+      <c r="A969" s="1" t="inlineStr">
+        <is>
+          <t>9786051865942</t>
+        </is>
+      </c>
+      <c r="B969" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz Kalan</t>
+        </is>
+      </c>
+      <c r="C969" s="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="970" spans="1:3">
+      <c r="A970" s="1" t="inlineStr">
+        <is>
+          <t>9786051869988</t>
+        </is>
+      </c>
+      <c r="B970" s="1" t="inlineStr">
+        <is>
+          <t>Charlotte Brontenin Gizli Maceraları: Manastır</t>
+        </is>
+      </c>
+      <c r="C970" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="971" spans="1:3">
+      <c r="A971" s="1" t="inlineStr">
+        <is>
+          <t>9786254484124</t>
+        </is>
+      </c>
+      <c r="B971" s="1" t="inlineStr">
+        <is>
+          <t>Ben Ölürsem</t>
+        </is>
+      </c>
+      <c r="C971" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="972" spans="1:3">
+      <c r="A972" s="1" t="inlineStr">
+        <is>
+          <t>9786254483769</t>
+        </is>
+      </c>
+      <c r="B972" s="1" t="inlineStr">
+        <is>
+          <t>Kimsin Sen? - Dedektif D.D. Warren Serisi</t>
+        </is>
+      </c>
+      <c r="C972" s="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="973" spans="1:3">
+      <c r="A973" s="1" t="inlineStr">
+        <is>
+          <t>9786050321371</t>
+        </is>
+      </c>
+      <c r="B973" s="1" t="inlineStr">
+        <is>
+          <t>Kağnı Ses</t>
+        </is>
+      </c>
+      <c r="C973" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="974" spans="1:3">
+      <c r="A974" s="1" t="inlineStr">
+        <is>
+          <t>9786050321319</t>
+        </is>
+      </c>
+      <c r="B974" s="1" t="inlineStr">
+        <is>
+          <t>Sırça Köşk</t>
+        </is>
+      </c>
+      <c r="C974" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="975" spans="1:3">
+      <c r="A975" s="1" t="inlineStr">
+        <is>
+          <t>9786050321920</t>
+        </is>
+      </c>
+      <c r="B975" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Dünya</t>
+        </is>
+      </c>
+      <c r="C975" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="976" spans="1:3">
+      <c r="A976" s="1" t="inlineStr">
+        <is>
+          <t>9786051868943</t>
+        </is>
+      </c>
+      <c r="B976" s="1" t="inlineStr">
+        <is>
+          <t>Cennette Yedi Dakika</t>
+        </is>
+      </c>
+      <c r="C976" s="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="977" spans="1:3">
+      <c r="A977" s="1" t="inlineStr">
+        <is>
+          <t>9786050321487</t>
+        </is>
+      </c>
+      <c r="B977" s="1" t="inlineStr">
+        <is>
+          <t>Psikopat 4</t>
+        </is>
+      </c>
+      <c r="C977" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="978" spans="1:3">
+      <c r="A978" s="1" t="inlineStr">
+        <is>
+          <t>9786051868738</t>
+        </is>
+      </c>
+      <c r="B978" s="1" t="inlineStr">
+        <is>
+          <t>Farkındalık Alışkanlığı</t>
+        </is>
+      </c>
+      <c r="C978" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="979" spans="1:3">
+      <c r="A979" s="1" t="inlineStr">
+        <is>
+          <t>9786051866741</t>
+        </is>
+      </c>
+      <c r="B979" s="1" t="inlineStr">
+        <is>
+          <t>Pembe İncili Kaftan</t>
+        </is>
+      </c>
+      <c r="C979" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="980" spans="1:3">
+      <c r="A980" s="1" t="inlineStr">
+        <is>
+          <t>9786051866758</t>
+        </is>
+      </c>
+      <c r="B980" s="1" t="inlineStr">
+        <is>
+          <t>Perili Köşk</t>
+        </is>
+      </c>
+      <c r="C980" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="981" spans="1:3">
+      <c r="A981" s="1" t="inlineStr">
+        <is>
+          <t>9786051866734</t>
+        </is>
+      </c>
+      <c r="B981" s="1" t="inlineStr">
+        <is>
+          <t>Kedi İle Fare</t>
+        </is>
+      </c>
+      <c r="C981" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="982" spans="1:3">
+      <c r="A982" s="1" t="inlineStr">
+        <is>
+          <t>9786051866697</t>
+        </is>
+      </c>
+      <c r="B982" s="1" t="inlineStr">
+        <is>
+          <t>Parmak Kız</t>
+        </is>
+      </c>
+      <c r="C982" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="983" spans="1:3">
+      <c r="A983" s="1" t="inlineStr">
+        <is>
+          <t>9786051866666</t>
+        </is>
+      </c>
+      <c r="B983" s="1" t="inlineStr">
+        <is>
+          <t>Eşek ile Köpek</t>
+        </is>
+      </c>
+      <c r="C983" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="984" spans="1:3">
+      <c r="A984" s="1" t="inlineStr">
+        <is>
+          <t>9786051866598</t>
+        </is>
+      </c>
+      <c r="B984" s="1" t="inlineStr">
+        <is>
+          <t>Alice Harikalar Diyarında</t>
+        </is>
+      </c>
+      <c r="C984" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="985" spans="1:3">
+      <c r="A985" s="1" t="inlineStr">
+        <is>
+          <t>9786051866611</t>
+        </is>
+      </c>
+      <c r="B985" s="1" t="inlineStr">
+        <is>
+          <t>Guliver'in Gezileri</t>
+        </is>
+      </c>
+      <c r="C985" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="986" spans="1:3">
+      <c r="A986" s="1" t="inlineStr">
+        <is>
+          <t>9786051868929</t>
+        </is>
+      </c>
+      <c r="B986" s="1" t="inlineStr">
+        <is>
+          <t>Stefan Zweig (8 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C986" s="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="987" spans="1:3">
+      <c r="A987" s="1" t="inlineStr">
+        <is>
+          <t>9786051869148</t>
+        </is>
+      </c>
+      <c r="B987" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Gelişimi Seti (6 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C987" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="988" spans="1:3">
+      <c r="A988" s="1" t="inlineStr">
+        <is>
+          <t>9786051869186</t>
+        </is>
+      </c>
+      <c r="B988" s="1" t="inlineStr">
+        <is>
+          <t>Fantastik Roman Seti (4 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C988" s="1">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="989" spans="1:3">
+      <c r="A989" s="1" t="inlineStr">
+        <is>
+          <t>9786051869162</t>
+        </is>
+      </c>
+      <c r="B989" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Roman Seti (4 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C989" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="990" spans="1:3">
+      <c r="A990" s="1" t="inlineStr">
+        <is>
+          <t>9786051869063</t>
+        </is>
+      </c>
+      <c r="B990" s="1" t="inlineStr">
+        <is>
+          <t>Anne ve Bebek Bakımı Seti (3 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C990" s="1">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="991" spans="1:3">
+      <c r="A991" s="1" t="inlineStr">
+        <is>
+          <t>9786051869155</t>
+        </is>
+      </c>
+      <c r="B991" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Roman Seti (3 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C991" s="1">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="992" spans="1:3">
+      <c r="A992" s="1" t="inlineStr">
+        <is>
+          <t>9786051869070</t>
+        </is>
+      </c>
+      <c r="B992" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Klasikleri Seti (4 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C992" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="993" spans="1:3">
+      <c r="A993" s="1" t="inlineStr">
+        <is>
+          <t>9786051869193</t>
+        </is>
+      </c>
+      <c r="B993" s="1" t="inlineStr">
+        <is>
+          <t>Roman Seti (5 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C993" s="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="994" spans="1:3">
+      <c r="A994" s="1" t="inlineStr">
+        <is>
+          <t>9786050321524</t>
+        </is>
+      </c>
+      <c r="B994" s="1" t="inlineStr">
+        <is>
+          <t>Psikopat 4 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C994" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="995" spans="1:3">
+      <c r="A995" s="1" t="inlineStr">
+        <is>
+          <t>9786050320992</t>
+        </is>
+      </c>
+      <c r="B995" s="1" t="inlineStr">
+        <is>
+          <t>Yakıcı Sır</t>
+        </is>
+      </c>
+      <c r="C995" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="996" spans="1:3">
+      <c r="A996" s="1" t="inlineStr">
+        <is>
+          <t>9786050320978</t>
+        </is>
+      </c>
+      <c r="B996" s="1" t="inlineStr">
+        <is>
+          <t>Hayatın Mucizeleri</t>
+        </is>
+      </c>
+      <c r="C996" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="997" spans="1:3">
+      <c r="A997" s="1" t="inlineStr">
+        <is>
+          <t>9786050321036</t>
+        </is>
+      </c>
+      <c r="B997" s="1" t="inlineStr">
+        <is>
+          <t>Rahel Tanrı’yla Hesaplaşıyor</t>
+        </is>
+      </c>
+      <c r="C997" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="998" spans="1:3">
+      <c r="A998" s="1" t="inlineStr">
+        <is>
+          <t>9786050321005</t>
+        </is>
+      </c>
+      <c r="B998" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kalbin Ölümü</t>
+        </is>
+      </c>
+      <c r="C998" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="999" spans="1:3">
+      <c r="A999" s="1" t="inlineStr">
+        <is>
+          <t>9786050321067</t>
+        </is>
+      </c>
+      <c r="B999" s="1" t="inlineStr">
+        <is>
+          <t>Karmaşık Duygular</t>
+        </is>
+      </c>
+      <c r="C999" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1000" spans="1:3">
+      <c r="A1000" s="1" t="inlineStr">
+        <is>
+          <t>9786050321012</t>
+        </is>
+      </c>
+      <c r="B1000" s="1" t="inlineStr">
+        <is>
+          <t>Bir Çöküşün Öyküsü</t>
+        </is>
+      </c>
+      <c r="C1000" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:3">
+      <c r="A1001" s="1" t="inlineStr">
+        <is>
+          <t>9786050321050</t>
+        </is>
+      </c>
+      <c r="B1001" s="1" t="inlineStr">
+        <is>
+          <t>Clarissa</t>
+        </is>
+      </c>
+      <c r="C1001" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:3">
+      <c r="A1002" s="1" t="inlineStr">
+        <is>
+          <t>9786050321029</t>
+        </is>
+      </c>
+      <c r="B1002" s="1" t="inlineStr">
+        <is>
+          <t>O Muydu?</t>
+        </is>
+      </c>
+      <c r="C1002" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:3">
+      <c r="A1003" s="1" t="inlineStr">
+        <is>
+          <t>9786050320985</t>
+        </is>
+      </c>
+      <c r="B1003" s="1" t="inlineStr">
+        <is>
+          <t>Mürebbiye</t>
+        </is>
+      </c>
+      <c r="C1003" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1004" spans="1:3">
+      <c r="A1004" s="1" t="inlineStr">
+        <is>
+          <t>9786050321043</t>
+        </is>
+      </c>
+      <c r="B1004" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kadının Yaşamından Yirmi Dört Saat</t>
+        </is>
+      </c>
+      <c r="C1004" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:3">
+      <c r="A1005" s="1" t="inlineStr">
+        <is>
+          <t>9786051869995</t>
+        </is>
+      </c>
+      <c r="B1005" s="1" t="inlineStr">
+        <is>
+          <t>Bir Astronota Sorun</t>
+        </is>
+      </c>
+      <c r="C1005" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1006" spans="1:3">
+      <c r="A1006" s="1" t="inlineStr">
+        <is>
+          <t>9786254481727</t>
+        </is>
+      </c>
+      <c r="B1006" s="1" t="inlineStr">
+        <is>
+          <t>Dostluk Tüm Mevsimlerin Adıydı</t>
+        </is>
+      </c>
+      <c r="C1006" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:3">
+      <c r="A1007" s="1" t="inlineStr">
+        <is>
+          <t>9786254480942</t>
+        </is>
+      </c>
+      <c r="B1007" s="1" t="inlineStr">
+        <is>
+          <t>Leigh Bardugo Seti (3 Kitap Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1007" s="1">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:3">
+      <c r="A1008" s="1" t="inlineStr">
+        <is>
+          <t>9786050321425</t>
+        </is>
+      </c>
+      <c r="B1008" s="1" t="inlineStr">
+        <is>
+          <t>Bu İş Burada Biter</t>
+        </is>
+      </c>
+      <c r="C1008" s="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:3">
+      <c r="A1009" s="1" t="inlineStr">
+        <is>
+          <t>9786051867984</t>
+        </is>
+      </c>
+      <c r="B1009" s="1" t="inlineStr">
+        <is>
+          <t>Bts</t>
+        </is>
+      </c>
+      <c r="C1009" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:3">
+      <c r="A1010" s="1" t="inlineStr">
+        <is>
+          <t>9786051868998</t>
+        </is>
+      </c>
+      <c r="B1010" s="1" t="inlineStr">
+        <is>
+          <t>Mavi Yakut - Sherlock Holmes</t>
+        </is>
+      </c>
+      <c r="C1010" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:3">
+      <c r="A1011" s="1" t="inlineStr">
+        <is>
+          <t>9786254484209</t>
+        </is>
+      </c>
+      <c r="B1011" s="1" t="inlineStr">
+        <is>
+          <t>Dedektif D.D. Warren Serisi Set 1 (4 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C1011" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:3">
+      <c r="A1012" s="1" t="inlineStr">
+        <is>
+          <t>9786254484216</t>
+        </is>
+      </c>
+      <c r="B1012" s="1" t="inlineStr">
+        <is>
+          <t>Dedektif D.D. Warren Serisi Set 2 (4 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C1012" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:3">
+      <c r="A1013" s="1" t="inlineStr">
+        <is>
+          <t>9786254483929</t>
+        </is>
+      </c>
+      <c r="B1013" s="1" t="inlineStr">
+        <is>
+          <t>Markus Zusak Seti (3 Kitap Kutulu)</t>
+        </is>
+      </c>
+      <c r="C1013" s="1">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:3">
+      <c r="A1014" s="1" t="inlineStr">
+        <is>
+          <t>9786254480959</t>
+        </is>
+      </c>
+      <c r="B1014" s="1" t="inlineStr">
+        <is>
+          <t>Sabahattin Ali Seti (7 Kitap Takım Kutulu)</t>
+        </is>
+      </c>
+      <c r="C1014" s="1">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:3">
+      <c r="A1015" s="1" t="inlineStr">
+        <is>
+          <t>9786254480973</t>
+        </is>
+      </c>
+      <c r="B1015" s="1" t="inlineStr">
+        <is>
+          <t>Leigh Bardugo (6 Kitap Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1015" s="1">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:3">
+      <c r="A1016" s="1" t="inlineStr">
+        <is>
+          <t>9786051868240</t>
+        </is>
+      </c>
+      <c r="B1016" s="1" t="inlineStr">
+        <is>
+          <t>Durdurulamaz</t>
+        </is>
+      </c>
+      <c r="C1016" s="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:3">
+      <c r="A1017" s="1" t="inlineStr">
+        <is>
+          <t>9786051866284</t>
+        </is>
+      </c>
+      <c r="B1017" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Nutuk</t>
+        </is>
+      </c>
+      <c r="C1017" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:3">
+      <c r="A1018" s="1" t="inlineStr">
+        <is>
+          <t>9786051866161</t>
+        </is>
+      </c>
+      <c r="B1018" s="1" t="inlineStr">
+        <is>
+          <t>Saniyeler Kala</t>
+        </is>
+      </c>
+      <c r="C1018" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:3">
+      <c r="A1019" s="1" t="inlineStr">
+        <is>
+          <t>9786253662608</t>
+        </is>
+      </c>
+      <c r="B1019" s="1" t="inlineStr">
+        <is>
+          <t>Son Bir Parti</t>
+        </is>
+      </c>
+      <c r="C1019" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1020" spans="1:3">
+      <c r="A1020" s="1" t="inlineStr">
+        <is>
+          <t>9786253662622</t>
+        </is>
+      </c>
+      <c r="B1020" s="1" t="inlineStr">
+        <is>
+          <t>Veba</t>
+        </is>
+      </c>
+      <c r="C1020" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1021" spans="1:3">
+      <c r="A1021" s="1" t="inlineStr">
+        <is>
+          <t>9786253662530</t>
+        </is>
+      </c>
+      <c r="B1021" s="1" t="inlineStr">
+        <is>
+          <t>Kemiğe Oyulu Lanet (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1021" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1022" spans="1:3">
+      <c r="A1022" s="1" t="inlineStr">
+        <is>
+          <t>9786253662547</t>
+        </is>
+      </c>
+      <c r="B1022" s="1" t="inlineStr">
+        <is>
+          <t>Şeytanla Yakınlaşma</t>
+        </is>
+      </c>
+      <c r="C1022" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1023" spans="1:3">
+      <c r="A1023" s="1" t="inlineStr">
+        <is>
+          <t>9786253662615</t>
+        </is>
+      </c>
+      <c r="B1023" s="1" t="inlineStr">
+        <is>
+          <t>King - İttifak Serisi 2. Kitap</t>
+        </is>
+      </c>
+      <c r="C1023" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:3">
+      <c r="A1024" s="1" t="inlineStr">
+        <is>
+          <t>9786253662448</t>
+        </is>
+      </c>
+      <c r="B1024" s="1" t="inlineStr">
+        <is>
+          <t>Yaktığımız Gerçekler</t>
+        </is>
+      </c>
+      <c r="C1024" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1025" spans="1:3">
+      <c r="A1025" s="1" t="inlineStr">
+        <is>
+          <t>9786253662455</t>
+        </is>
+      </c>
+      <c r="B1025" s="1" t="inlineStr">
+        <is>
+          <t>Arzuladığımız Kan Kısım 1</t>
+        </is>
+      </c>
+      <c r="C1025" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1026" spans="1:3">
+      <c r="A1026" s="1" t="inlineStr">
+        <is>
+          <t>9786253662325</t>
+        </is>
+      </c>
+      <c r="B1026" s="1" t="inlineStr">
+        <is>
+          <t>Çaldığımız Yalanlar</t>
+        </is>
+      </c>
+      <c r="C1026" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1027" spans="1:3">
+      <c r="A1027" s="1" t="inlineStr">
+        <is>
+          <t>9786253662516</t>
+        </is>
+      </c>
+      <c r="B1027" s="1" t="inlineStr">
+        <is>
+          <t>Kemeraltı - Gazi Paşa'ya Suikast</t>
+        </is>
+      </c>
+      <c r="C1027" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1028" spans="1:3">
+      <c r="A1028" s="1" t="inlineStr">
+        <is>
+          <t>9786253662585</t>
+        </is>
+      </c>
+      <c r="B1028" s="1" t="inlineStr">
+        <is>
+          <t>Kıskançlık Kralı</t>
+        </is>
+      </c>
+      <c r="C1028" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1029" spans="1:3">
+      <c r="A1029" s="1" t="inlineStr">
+        <is>
+          <t>9786253662578</t>
+        </is>
+      </c>
+      <c r="B1029" s="1" t="inlineStr">
+        <is>
+          <t>Suikastçının Kalbi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1029" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1030" spans="1:3">
+      <c r="A1030" s="1" t="inlineStr">
+        <is>
+          <t>9786253662394</t>
+        </is>
+      </c>
+      <c r="B1030" s="1" t="inlineStr">
+        <is>
+          <t>Haris</t>
+        </is>
+      </c>
+      <c r="C1030" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="1031" spans="1:3">
+      <c r="A1031" s="1" t="inlineStr">
+        <is>
+          <t>9786253662561</t>
+        </is>
+      </c>
+      <c r="B1031" s="1" t="inlineStr">
+        <is>
+          <t>Tutkunun Tanrısı 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1031" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="1032" spans="1:3">
+      <c r="A1032" s="1" t="inlineStr">
+        <is>
+          <t>9786053486077</t>
+        </is>
+      </c>
+      <c r="B1032" s="1" t="inlineStr">
+        <is>
+          <t>Pinokyo (3 Boyutlu) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1032" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1033" spans="1:3">
+      <c r="A1033" s="1" t="inlineStr">
+        <is>
+          <t>9786055420727</t>
+        </is>
+      </c>
+      <c r="B1033" s="1" t="inlineStr">
+        <is>
+          <t>Kusursuz</t>
+        </is>
+      </c>
+      <c r="C1033" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1034" spans="1:3">
+      <c r="A1034" s="1" t="inlineStr">
+        <is>
+          <t>9786253662318</t>
+        </is>
+      </c>
+      <c r="B1034" s="1" t="inlineStr">
+        <is>
+          <t>Sonu Olmayan Yol</t>
+        </is>
+      </c>
+      <c r="C1034" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="1035" spans="1:3">
+      <c r="A1035" s="1" t="inlineStr">
+        <is>
+          <t>9786253662479</t>
+        </is>
+      </c>
+      <c r="B1035" s="1" t="inlineStr">
+        <is>
+          <t>Bana Söz Verme</t>
+        </is>
+      </c>
+      <c r="C1035" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="1036" spans="1:3">
+      <c r="A1036" s="1" t="inlineStr">
+        <is>
+          <t>9786253662493</t>
+        </is>
+      </c>
+      <c r="B1036" s="1" t="inlineStr">
+        <is>
+          <t>Yeminler ve Yıkıntılar</t>
+        </is>
+      </c>
+      <c r="C1036" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1037" spans="1:3">
+      <c r="A1037" s="1" t="inlineStr">
+        <is>
+          <t>9786253662509</t>
+        </is>
+      </c>
+      <c r="B1037" s="1" t="inlineStr">
+        <is>
+          <t>Kan ve Çelik</t>
+        </is>
+      </c>
+      <c r="C1037" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1038" spans="1:3">
+      <c r="A1038" s="1" t="inlineStr">
+        <is>
+          <t>9786253662349</t>
+        </is>
+      </c>
+      <c r="B1038" s="1" t="inlineStr">
+        <is>
+          <t>Ben Gittiğimde Bile</t>
+        </is>
+      </c>
+      <c r="C1038" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1039" spans="1:3">
+      <c r="A1039" s="1" t="inlineStr">
+        <is>
+          <t>9786253662462</t>
+        </is>
+      </c>
+      <c r="B1039" s="1" t="inlineStr">
+        <is>
+          <t>Şimdi Gözlerini Aç</t>
+        </is>
+      </c>
+      <c r="C1039" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1040" spans="1:3">
+      <c r="A1040" s="1" t="inlineStr">
+        <is>
+          <t>9786253662486</t>
+        </is>
+      </c>
+      <c r="B1040" s="1" t="inlineStr">
+        <is>
+          <t>Forvet</t>
+        </is>
+      </c>
+      <c r="C1040" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1041" spans="1:3">
+      <c r="A1041" s="1" t="inlineStr">
+        <is>
+          <t>9786253662356</t>
+        </is>
+      </c>
+      <c r="B1041" s="1" t="inlineStr">
+        <is>
+          <t>Kuzey Yıldızları</t>
+        </is>
+      </c>
+      <c r="C1041" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="1042" spans="1:3">
+      <c r="A1042" s="1" t="inlineStr">
+        <is>
+          <t>9786253662295</t>
+        </is>
+      </c>
+      <c r="B1042" s="1" t="inlineStr">
+        <is>
+          <t>Nehrin Tanıdık Şarkısı</t>
+        </is>
+      </c>
+      <c r="C1042" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="1043" spans="1:3">
+      <c r="A1043" s="1" t="inlineStr">
+        <is>
+          <t>9786253662301</t>
+        </is>
+      </c>
+      <c r="B1043" s="1" t="inlineStr">
+        <is>
+          <t>Enigma</t>
+        </is>
+      </c>
+      <c r="C1043" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1044" spans="1:3">
+      <c r="A1044" s="1" t="inlineStr">
+        <is>
+          <t>9786253662233</t>
+        </is>
+      </c>
+      <c r="B1044" s="1" t="inlineStr">
+        <is>
+          <t>Nero</t>
+        </is>
+      </c>
+      <c r="C1044" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1045" spans="1:3">
+      <c r="A1045" s="1" t="inlineStr">
+        <is>
+          <t>9786253662424</t>
+        </is>
+      </c>
+      <c r="B1045" s="1" t="inlineStr">
+        <is>
+          <t>Geriye Sadece Karanlık Kaldı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1045" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="1046" spans="1:3">
+      <c r="A1046" s="1" t="inlineStr">
+        <is>
+          <t>9786253662417</t>
+        </is>
+      </c>
+      <c r="B1046" s="1" t="inlineStr">
+        <is>
+          <t>Haris (Kutulu) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1046" s="1">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="1047" spans="1:3">
+      <c r="A1047" s="1" t="inlineStr">
+        <is>
+          <t>9786055420956</t>
+        </is>
+      </c>
+      <c r="B1047" s="1" t="inlineStr">
+        <is>
+          <t>Suç Detayda Saklıdır - Sherlock Holmes</t>
+        </is>
+      </c>
+      <c r="C1047" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1048" spans="1:3">
+      <c r="A1048" s="1" t="inlineStr">
+        <is>
+          <t>9786053487142</t>
+        </is>
+      </c>
+      <c r="B1048" s="1" t="inlineStr">
+        <is>
+          <t>İhanetin Beş Yüzü</t>
+        </is>
+      </c>
+      <c r="C1048" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1049" spans="1:3">
+      <c r="A1049" s="1" t="inlineStr">
+        <is>
+          <t>9786254486524</t>
+        </is>
+      </c>
+      <c r="B1049" s="1" t="inlineStr">
+        <is>
+          <t>Orion (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1049" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1050" spans="1:3">
+      <c r="A1050" s="1" t="inlineStr">
+        <is>
+          <t>9786051869889</t>
+        </is>
+      </c>
+      <c r="B1050" s="1" t="inlineStr">
+        <is>
+          <t>Gencim Doğruyum - Genç Olmak</t>
+        </is>
+      </c>
+      <c r="C1050" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="1051" spans="1:3">
+      <c r="A1051" s="1" t="inlineStr">
+        <is>
+          <t>9786253662332</t>
+        </is>
+      </c>
+      <c r="B1051" s="1" t="inlineStr">
+        <is>
+          <t>Altı'yı Kazanmak</t>
+        </is>
+      </c>
+      <c r="C1051" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1052" spans="1:3">
+      <c r="A1052" s="1" t="inlineStr">
+        <is>
+          <t>9786253662387</t>
+        </is>
+      </c>
+      <c r="B1052" s="1" t="inlineStr">
+        <is>
+          <t>Cambaz - 7 Tutsak 1 Ölü</t>
+        </is>
+      </c>
+      <c r="C1052" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="1053" spans="1:3">
+      <c r="A1053" s="1" t="inlineStr">
+        <is>
+          <t>9786253662400</t>
+        </is>
+      </c>
+      <c r="B1053" s="1" t="inlineStr">
+        <is>
+          <t>Cambaz - 7 Tutsak 1 Ölü (Kutulu) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1053" s="1">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="1054" spans="1:3">
+      <c r="A1054" s="1" t="inlineStr">
+        <is>
+          <t>9786253662226</t>
+        </is>
+      </c>
+      <c r="B1054" s="1" t="inlineStr">
+        <is>
+          <t>Tanrıların Gazabı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1054" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1055" spans="1:3">
+      <c r="A1055" s="1" t="inlineStr">
+        <is>
+          <t>9786253662219</t>
+        </is>
+      </c>
+      <c r="B1055" s="1" t="inlineStr">
+        <is>
+          <t>Tanrıların Gazabı</t>
+        </is>
+      </c>
+      <c r="C1055" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1056" spans="1:3">
+      <c r="A1056" s="1" t="inlineStr">
+        <is>
+          <t>9786253662165</t>
+        </is>
+      </c>
+      <c r="B1056" s="1" t="inlineStr">
+        <is>
+          <t>Kanla Yazılı Kader</t>
+        </is>
+      </c>
+      <c r="C1056" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1057" spans="1:3">
+      <c r="A1057" s="1" t="inlineStr">
+        <is>
+          <t>9786253662257</t>
+        </is>
+      </c>
+      <c r="B1057" s="1" t="inlineStr">
+        <is>
+          <t>Sonsuz Savaş (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1057" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1058" spans="1:3">
+      <c r="A1058" s="1" t="inlineStr">
+        <is>
+          <t>9786253662264</t>
+        </is>
+      </c>
+      <c r="B1058" s="1" t="inlineStr">
+        <is>
+          <t>Sonsuz Savaş</t>
+        </is>
+      </c>
+      <c r="C1058" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1059" spans="1:3">
+      <c r="A1059" s="1" t="inlineStr">
+        <is>
+          <t>9786253662271</t>
+        </is>
+      </c>
+      <c r="B1059" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Sınırında</t>
+        </is>
+      </c>
+      <c r="C1059" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1060" spans="1:3">
+      <c r="A1060" s="1" t="inlineStr">
+        <is>
+          <t>9786253661939</t>
+        </is>
+      </c>
+      <c r="B1060" s="1" t="inlineStr">
+        <is>
+          <t>Geride Bıraktığımız Şeyler</t>
+        </is>
+      </c>
+      <c r="C1060" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1061" spans="1:3">
+      <c r="A1061" s="1" t="inlineStr">
+        <is>
+          <t>9786253662240</t>
+        </is>
+      </c>
+      <c r="B1061" s="1" t="inlineStr">
+        <is>
+          <t>Keyif Kralı</t>
+        </is>
+      </c>
+      <c r="C1061" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="1062" spans="1:3">
+      <c r="A1062" s="1" t="inlineStr">
+        <is>
+          <t>9786253662189</t>
+        </is>
+      </c>
+      <c r="B1062" s="1" t="inlineStr">
+        <is>
+          <t>Batı Dalgaları</t>
+        </is>
+      </c>
+      <c r="C1062" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1063" spans="1:3">
+      <c r="A1063" s="1" t="inlineStr">
+        <is>
+          <t>9786253662202</t>
+        </is>
+      </c>
+      <c r="B1063" s="1" t="inlineStr">
+        <is>
+          <t>Riley Thorn ve Geçmişten Gelen Öfke</t>
+        </is>
+      </c>
+      <c r="C1063" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1064" spans="1:3">
+      <c r="A1064" s="1" t="inlineStr">
+        <is>
+          <t>9786253662172</t>
+        </is>
+      </c>
+      <c r="B1064" s="1" t="inlineStr">
+        <is>
+          <t>Ateşi Körükle</t>
+        </is>
+      </c>
+      <c r="C1064" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1065" spans="1:3">
+      <c r="A1065" s="1" t="inlineStr">
+        <is>
+          <t>9786253661441</t>
+        </is>
+      </c>
+      <c r="B1065" s="1" t="inlineStr">
+        <is>
+          <t>Yılan ve Gecenin Kanatları</t>
+        </is>
+      </c>
+      <c r="C1065" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1066" spans="1:3">
+      <c r="A1066" s="1" t="inlineStr">
+        <is>
+          <t>9786254482748</t>
+        </is>
+      </c>
+      <c r="B1066" s="1" t="inlineStr">
+        <is>
+          <t>Grishaverse Serisi Kutulu - (6 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C1066" s="1">
+        <v>2225</v>
+      </c>
+    </row>
+    <row r="1067" spans="1:3">
+      <c r="A1067" s="1" t="inlineStr">
+        <is>
+          <t>9786254489037</t>
+        </is>
+      </c>
+      <c r="B1067" s="1" t="inlineStr">
+        <is>
+          <t>Made Serisi Kutulu - 3 Kitap</t>
+        </is>
+      </c>
+      <c r="C1067" s="1">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="1068" spans="1:3">
+      <c r="A1068" s="1" t="inlineStr">
+        <is>
+          <t>9786254487996</t>
+        </is>
+      </c>
+      <c r="B1068" s="1" t="inlineStr">
+        <is>
+          <t>02:02 Ayçiçeği Karnavalı</t>
+        </is>
+      </c>
+      <c r="C1068" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="1069" spans="1:3">
+      <c r="A1069" s="1" t="inlineStr">
+        <is>
+          <t>9786254487736</t>
+        </is>
+      </c>
+      <c r="B1069" s="1" t="inlineStr">
+        <is>
+          <t>En Tatlı Kaçış</t>
+        </is>
+      </c>
+      <c r="C1069" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1070" spans="1:3">
+      <c r="A1070" s="1" t="inlineStr">
+        <is>
+          <t>9786253662066</t>
+        </is>
+      </c>
+      <c r="B1070" s="1" t="inlineStr">
+        <is>
+          <t>Şeytanla Tatil</t>
+        </is>
+      </c>
+      <c r="C1070" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1071" spans="1:3">
+      <c r="A1071" s="1" t="inlineStr">
+        <is>
+          <t>9786253662158</t>
+        </is>
+      </c>
+      <c r="B1071" s="1" t="inlineStr">
+        <is>
+          <t>Mutlu Son</t>
+        </is>
+      </c>
+      <c r="C1071" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1072" spans="1:3">
+      <c r="A1072" s="1" t="inlineStr">
+        <is>
+          <t>9786253662196</t>
+        </is>
+      </c>
+      <c r="B1072" s="1" t="inlineStr">
+        <is>
+          <t>Raven'ın Peşinde (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1072" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1073" spans="1:3">
+      <c r="A1073" s="1" t="inlineStr">
+        <is>
+          <t>9786253662042</t>
+        </is>
+      </c>
+      <c r="B1073" s="1" t="inlineStr">
+        <is>
+          <t>Kargalar Meclisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1073" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="1074" spans="1:3">
+      <c r="A1074" s="1" t="inlineStr">
+        <is>
+          <t>9786253662059</t>
+        </is>
+      </c>
+      <c r="B1074" s="1" t="inlineStr">
+        <is>
+          <t>Sahte Krallık (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1074" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="1075" spans="1:3">
+      <c r="A1075" s="1" t="inlineStr">
+        <is>
+          <t>9786254487224</t>
+        </is>
+      </c>
+      <c r="B1075" s="1" t="inlineStr">
+        <is>
+          <t>Hepimiz Gökyüzü Olmak İstedik - Lordlar ve Varisler</t>
+        </is>
+      </c>
+      <c r="C1075" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="1076" spans="1:3">
+      <c r="A1076" s="1" t="inlineStr">
+        <is>
+          <t>9786253662134</t>
+        </is>
+      </c>
+      <c r="B1076" s="1" t="inlineStr">
+        <is>
+          <t>Altı'yı Kurtarmak</t>
+        </is>
+      </c>
+      <c r="C1076" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1077" spans="1:3">
+      <c r="A1077" s="1" t="inlineStr">
+        <is>
+          <t>9786253662073</t>
+        </is>
+      </c>
+      <c r="B1077" s="1" t="inlineStr">
+        <is>
+          <t>On Üç'ü Bağlamak</t>
+        </is>
+      </c>
+      <c r="C1077" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="1078" spans="1:3">
+      <c r="A1078" s="1" t="inlineStr">
+        <is>
+          <t>9786253662080</t>
+        </is>
+      </c>
+      <c r="B1078" s="1" t="inlineStr">
+        <is>
+          <t>On Üç'ü Saklamak</t>
+        </is>
+      </c>
+      <c r="C1078" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1079" spans="1:3">
+      <c r="A1079" s="1" t="inlineStr">
+        <is>
+          <t>9786253662127</t>
+        </is>
+      </c>
+      <c r="B1079" s="1" t="inlineStr">
+        <is>
+          <t>Ölüm ve Şafağın Annesi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1079" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1080" spans="1:3">
+      <c r="A1080" s="1" t="inlineStr">
+        <is>
+          <t>9786253662110</t>
+        </is>
+      </c>
+      <c r="B1080" s="1" t="inlineStr">
+        <is>
+          <t>Ölüm ve Şafağın Annesi</t>
+        </is>
+      </c>
+      <c r="C1080" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1081" spans="1:3">
+      <c r="A1081" s="1" t="inlineStr">
+        <is>
+          <t>9786253662011</t>
+        </is>
+      </c>
+      <c r="B1081" s="1" t="inlineStr">
+        <is>
+          <t>Doğu Işıkları</t>
+        </is>
+      </c>
+      <c r="C1081" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1082" spans="1:3">
+      <c r="A1082" s="1" t="inlineStr">
+        <is>
+          <t>9786253662028</t>
+        </is>
+      </c>
+      <c r="B1082" s="1" t="inlineStr">
+        <is>
+          <t>Kargalar Meclisi</t>
+        </is>
+      </c>
+      <c r="C1082" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1083" spans="1:3">
+      <c r="A1083" s="1" t="inlineStr">
+        <is>
+          <t>9786253662035</t>
+        </is>
+      </c>
+      <c r="B1083" s="1" t="inlineStr">
+        <is>
+          <t>Sahte Krallık</t>
+        </is>
+      </c>
+      <c r="C1083" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1084" spans="1:3">
+      <c r="A1084" s="1" t="inlineStr">
+        <is>
+          <t>9786253662141</t>
+        </is>
+      </c>
+      <c r="B1084" s="1" t="inlineStr">
+        <is>
+          <t>Düzenbaz - 7 Tutsak 1 Ölü (Kutulu) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1084" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1085" spans="1:3">
+      <c r="A1085" s="1" t="inlineStr">
+        <is>
+          <t>9786253662097</t>
+        </is>
+      </c>
+      <c r="B1085" s="1" t="inlineStr">
+        <is>
+          <t>Düzenbaz - 7 Tutsak 1 Ölü</t>
+        </is>
+      </c>
+      <c r="C1085" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1086" spans="1:3">
+      <c r="A1086" s="1" t="inlineStr">
+        <is>
+          <t>9786253662004</t>
+        </is>
+      </c>
+      <c r="B1086" s="1" t="inlineStr">
+        <is>
+          <t>Yok Edici</t>
+        </is>
+      </c>
+      <c r="C1086" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1087" spans="1:3">
+      <c r="A1087" s="1" t="inlineStr">
+        <is>
+          <t>9786254486333</t>
+        </is>
+      </c>
+      <c r="B1087" s="1" t="inlineStr">
+        <is>
+          <t>Lordlar ve Varisler - Hepimiz Gökyüzü Olmak İstedik (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1087" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="1088" spans="1:3">
+      <c r="A1088" s="1" t="inlineStr">
+        <is>
+          <t>9786253661984</t>
+        </is>
+      </c>
+      <c r="B1088" s="1" t="inlineStr">
+        <is>
+          <t>Ormandaki İblis</t>
+        </is>
+      </c>
+      <c r="C1088" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="1089" spans="1:3">
+      <c r="A1089" s="1" t="inlineStr">
+        <is>
+          <t>9786253661878</t>
+        </is>
+      </c>
+      <c r="B1089" s="1" t="inlineStr">
+        <is>
+          <t>Gölge ve Kemik Üçlemesi</t>
+        </is>
+      </c>
+      <c r="C1089" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="1090" spans="1:3">
+      <c r="A1090" s="1" t="inlineStr">
+        <is>
+          <t>9786253661946</t>
+        </is>
+      </c>
+      <c r="B1090" s="1" t="inlineStr">
+        <is>
+          <t>Riley Thorn ve Dolaptaki Ceset</t>
+        </is>
+      </c>
+      <c r="C1090" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1091" spans="1:3">
+      <c r="A1091" s="1" t="inlineStr">
+        <is>
+          <t>9786253661915</t>
+        </is>
+      </c>
+      <c r="B1091" s="1" t="inlineStr">
+        <is>
+          <t>Tükenmiş Günahkarlar</t>
+        </is>
+      </c>
+      <c r="C1091" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1092" spans="1:3">
+      <c r="A1092" s="1" t="inlineStr">
+        <is>
+          <t>9786253661953</t>
+        </is>
+      </c>
+      <c r="B1092" s="1" t="inlineStr">
+        <is>
+          <t>Güney Fırtınaları</t>
+        </is>
+      </c>
+      <c r="C1092" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1093" spans="1:3">
+      <c r="A1093" s="1" t="inlineStr">
+        <is>
+          <t>9786253661991</t>
+        </is>
+      </c>
+      <c r="B1093" s="1" t="inlineStr">
+        <is>
+          <t>Raven Suikastçısı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1093" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1094" spans="1:3">
+      <c r="A1094" s="1" t="inlineStr">
+        <is>
+          <t>9786253661885</t>
+        </is>
+      </c>
+      <c r="B1094" s="1" t="inlineStr">
+        <is>
+          <t>Gizli Şanghay Dünyası (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1094" s="1">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="1095" spans="1:3">
+      <c r="A1095" s="1" t="inlineStr">
+        <is>
+          <t>9786253661922</t>
+        </is>
+      </c>
+      <c r="B1095" s="1" t="inlineStr">
+        <is>
+          <t>Hırs Kralı</t>
+        </is>
+      </c>
+      <c r="C1095" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1096" spans="1:3">
+      <c r="A1096" s="1" t="inlineStr">
+        <is>
+          <t>9786256312364</t>
+        </is>
+      </c>
+      <c r="B1096" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Olimposlular - Hermes</t>
+        </is>
+      </c>
+      <c r="C1096" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1097" spans="1:3">
+      <c r="A1097" s="1" t="inlineStr">
+        <is>
+          <t>9786256312371</t>
+        </is>
+      </c>
+      <c r="B1097" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Olimposlular - Artemis</t>
+        </is>
+      </c>
+      <c r="C1097" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1098" spans="1:3">
+      <c r="A1098" s="1" t="inlineStr">
+        <is>
+          <t>9786256312357</t>
+        </is>
+      </c>
+      <c r="B1098" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Olimposlular - Athena</t>
+        </is>
+      </c>
+      <c r="C1098" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1099" spans="1:3">
+      <c r="A1099" s="1" t="inlineStr">
+        <is>
+          <t>9786256312340</t>
+        </is>
+      </c>
+      <c r="B1099" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Olimposlular - Zeus</t>
+        </is>
+      </c>
+      <c r="C1099" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1100" spans="1:3">
+      <c r="A1100" s="1" t="inlineStr">
+        <is>
+          <t>9786253661908</t>
+        </is>
+      </c>
+      <c r="B1100" s="1" t="inlineStr">
+        <is>
+          <t>Atlas Serisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1100" s="1">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="1101" spans="1:3">
+      <c r="A1101" s="1" t="inlineStr">
+        <is>
+          <t>9786253661892</t>
+        </is>
+      </c>
+      <c r="B1101" s="1" t="inlineStr">
+        <is>
+          <t>Atlas Serisi</t>
+        </is>
+      </c>
+      <c r="C1101" s="1">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="1102" spans="1:3">
+      <c r="A1102" s="1" t="inlineStr">
+        <is>
+          <t>9786254487798</t>
+        </is>
+      </c>
+      <c r="B1102" s="1" t="inlineStr">
+        <is>
+          <t>Saklambaç (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1102" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1103" spans="1:3">
+      <c r="A1103" s="1" t="inlineStr">
+        <is>
+          <t>9786254485893</t>
+        </is>
+      </c>
+      <c r="B1103" s="1" t="inlineStr">
+        <is>
+          <t>Paha Biçilmez - Amato Kardeşler 3. Kitap</t>
+        </is>
+      </c>
+      <c r="C1103" s="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="1104" spans="1:3">
+      <c r="A1104" s="1" t="inlineStr">
+        <is>
+          <t>9786050321517</t>
+        </is>
+      </c>
+      <c r="B1104" s="1" t="inlineStr">
+        <is>
+          <t>Hades</t>
+        </is>
+      </c>
+      <c r="C1104" s="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="1105" spans="1:3">
+      <c r="A1105" s="1" t="inlineStr">
+        <is>
+          <t>9786254485299</t>
+        </is>
+      </c>
+      <c r="B1105" s="1" t="inlineStr">
+        <is>
+          <t>Dikenlerin Dili (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1105" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1106" spans="1:3">
+      <c r="A1106" s="1" t="inlineStr">
+        <is>
+          <t>9786253661854</t>
+        </is>
+      </c>
+      <c r="B1106" s="1" t="inlineStr">
+        <is>
+          <t>Sahtekar Kalpli Avcı</t>
+        </is>
+      </c>
+      <c r="C1106" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1107" spans="1:3">
+      <c r="A1107" s="1" t="inlineStr">
+        <is>
+          <t>9786253661861</t>
+        </is>
+      </c>
+      <c r="B1107" s="1" t="inlineStr">
+        <is>
+          <t>Sahtekar Kalpli Avcı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1107" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1108" spans="1:3">
+      <c r="A1108" s="1" t="inlineStr">
+        <is>
+          <t>9786051868554</t>
+        </is>
+      </c>
+      <c r="B1108" s="1" t="inlineStr">
+        <is>
+          <t>Yolculuk</t>
+        </is>
+      </c>
+      <c r="C1108" s="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="1109" spans="1:3">
+      <c r="A1109" s="1" t="inlineStr">
+        <is>
+          <t>9786051866321</t>
+        </is>
+      </c>
+      <c r="B1109" s="1" t="inlineStr">
+        <is>
+          <t>Suarez - Sıfırdan Zirveye</t>
+        </is>
+      </c>
+      <c r="C1109" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1110" spans="1:3">
+      <c r="A1110" s="1" t="inlineStr">
+        <is>
+          <t>9786050320398</t>
+        </is>
+      </c>
+      <c r="B1110" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kış Büyüsü</t>
+        </is>
+      </c>
+      <c r="C1110" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1111" spans="1:3">
+      <c r="A1111" s="1" t="inlineStr">
+        <is>
+          <t>9786253661779</t>
+        </is>
+      </c>
+      <c r="B1111" s="1" t="inlineStr">
+        <is>
+          <t>Masum Bir Yalan</t>
+        </is>
+      </c>
+      <c r="C1111" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1112" spans="1:3">
+      <c r="A1112" s="1" t="inlineStr">
+        <is>
+          <t>9786253661700</t>
+        </is>
+      </c>
+      <c r="B1112" s="1" t="inlineStr">
+        <is>
+          <t>Atlas Kompleksi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1112" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1113" spans="1:3">
+      <c r="A1113" s="1" t="inlineStr">
+        <is>
+          <t>9786253661823</t>
+        </is>
+      </c>
+      <c r="B1113" s="1" t="inlineStr">
+        <is>
+          <t>Bir Umuda Âşık Oldum</t>
+        </is>
+      </c>
+      <c r="C1113" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1114" spans="1:3">
+      <c r="A1114" s="1" t="inlineStr">
+        <is>
+          <t>9786254485886</t>
+        </is>
+      </c>
+      <c r="B1114" s="1" t="inlineStr">
+        <is>
+          <t>Pogba - Mbappe - Griezmann</t>
+        </is>
+      </c>
+      <c r="C1114" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1115" spans="1:3">
+      <c r="A1115" s="1" t="inlineStr">
+        <is>
+          <t>9786254485831</t>
+        </is>
+      </c>
+      <c r="B1115" s="1" t="inlineStr">
+        <is>
+          <t>Messi-Neymar-Ronaldo</t>
+        </is>
+      </c>
+      <c r="C1115" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1116" spans="1:3">
+      <c r="A1116" s="1" t="inlineStr">
+        <is>
+          <t>9786253661816</t>
+        </is>
+      </c>
+      <c r="B1116" s="1" t="inlineStr">
+        <is>
+          <t>Hades X Persephone</t>
+        </is>
+      </c>
+      <c r="C1116" s="1">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="1117" spans="1:3">
+      <c r="A1117" s="1" t="inlineStr">
+        <is>
+          <t>9786253661847</t>
+        </is>
+      </c>
+      <c r="B1117" s="1" t="inlineStr">
+        <is>
+          <t>Korkunç Kabuslar Listesi</t>
+        </is>
+      </c>
+      <c r="C1117" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1118" spans="1:3">
+      <c r="A1118" s="1" t="inlineStr">
+        <is>
+          <t>9786253661793</t>
+        </is>
+      </c>
+      <c r="B1118" s="1" t="inlineStr">
+        <is>
+          <t>Kuşatma ve Fırtına</t>
+        </is>
+      </c>
+      <c r="C1118" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1119" spans="1:3">
+      <c r="A1119" s="1" t="inlineStr">
+        <is>
+          <t>9786253661786</t>
+        </is>
+      </c>
+      <c r="B1119" s="1" t="inlineStr">
+        <is>
+          <t>Gölge ve Kemik</t>
+        </is>
+      </c>
+      <c r="C1119" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1120" spans="1:3">
+      <c r="A1120" s="1" t="inlineStr">
+        <is>
+          <t>9786253661809</t>
+        </is>
+      </c>
+      <c r="B1120" s="1" t="inlineStr">
+        <is>
+          <t>Çöküş ve Yükseliş</t>
+        </is>
+      </c>
+      <c r="C1120" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1121" spans="1:3">
+      <c r="A1121" s="1" t="inlineStr">
+        <is>
+          <t>9786253661694</t>
+        </is>
+      </c>
+      <c r="B1121" s="1" t="inlineStr">
+        <is>
+          <t>Atlas Kompleksi</t>
+        </is>
+      </c>
+      <c r="C1121" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1122" spans="1:3">
+      <c r="A1122" s="1" t="inlineStr">
+        <is>
+          <t>9786253661830</t>
+        </is>
+      </c>
+      <c r="B1122" s="1" t="inlineStr">
+        <is>
+          <t>Sonsuza Dek Bağımlı</t>
+        </is>
+      </c>
+      <c r="C1122" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1123" spans="1:3">
+      <c r="A1123" s="1" t="inlineStr">
+        <is>
+          <t>9786253661298</t>
+        </is>
+      </c>
+      <c r="B1123" s="1" t="inlineStr">
+        <is>
+          <t>Mahkum Günahkarlar</t>
+        </is>
+      </c>
+      <c r="C1123" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1124" spans="1:3">
+      <c r="A1124" s="1" t="inlineStr">
+        <is>
+          <t>9786253661755</t>
+        </is>
+      </c>
+      <c r="B1124" s="1" t="inlineStr">
+        <is>
+          <t>Cellat</t>
+        </is>
+      </c>
+      <c r="C1124" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1125" spans="1:3">
+      <c r="A1125" s="1" t="inlineStr">
+        <is>
+          <t>9786253661687</t>
+        </is>
+      </c>
+      <c r="B1125" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Bir İyilik</t>
+        </is>
+      </c>
+      <c r="C1125" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1126" spans="1:3">
+      <c r="A1126" s="1" t="inlineStr">
+        <is>
+          <t>9786253661731</t>
+        </is>
+      </c>
+      <c r="B1126" s="1" t="inlineStr">
+        <is>
+          <t>Gümüş Taht</t>
+        </is>
+      </c>
+      <c r="C1126" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1127" spans="1:3">
+      <c r="A1127" s="1" t="inlineStr">
+        <is>
+          <t>9786253661748</t>
+        </is>
+      </c>
+      <c r="B1127" s="1" t="inlineStr">
+        <is>
+          <t>Gümüş Taht (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1127" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1128" spans="1:3">
+      <c r="A1128" s="1" t="inlineStr">
+        <is>
+          <t>9786254484100</t>
+        </is>
+      </c>
+      <c r="B1128" s="1" t="inlineStr">
+        <is>
+          <t>Amato Kardeşler 1. Kitap - Kalpsiz</t>
+        </is>
+      </c>
+      <c r="C1128" s="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="1129" spans="1:3">
+      <c r="A1129" s="1" t="inlineStr">
+        <is>
+          <t>9786253661762</t>
+        </is>
+      </c>
+      <c r="B1129" s="1" t="inlineStr">
+        <is>
+          <t>Oyunbaz - 7 Tutsak 1 Ölü (Kutulu Set) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1129" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1130" spans="1:3">
+      <c r="A1130" s="1" t="inlineStr">
+        <is>
+          <t>9786253661717</t>
+        </is>
+      </c>
+      <c r="B1130" s="1" t="inlineStr">
+        <is>
+          <t>Oyunbaz - 7 Tutsak 1 Ölü</t>
+        </is>
+      </c>
+      <c r="C1130" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1131" spans="1:3">
+      <c r="A1131" s="1" t="inlineStr">
+        <is>
+          <t>9786256312043</t>
+        </is>
+      </c>
+      <c r="B1131" s="1" t="inlineStr">
+        <is>
+          <t>Bir Bitin Hikayesi</t>
+        </is>
+      </c>
+      <c r="C1131" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="1132" spans="1:3">
+      <c r="A1132" s="1" t="inlineStr">
+        <is>
+          <t>9786253661670</t>
+        </is>
+      </c>
+      <c r="B1132" s="1" t="inlineStr">
+        <is>
+          <t>Şeytanla Anlaşma</t>
+        </is>
+      </c>
+      <c r="C1132" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1133" spans="1:3">
+      <c r="A1133" s="1" t="inlineStr">
+        <is>
+          <t>9786253661656</t>
+        </is>
+      </c>
+      <c r="B1133" s="1" t="inlineStr">
+        <is>
+          <t>Çaresiz Atış</t>
+        </is>
+      </c>
+      <c r="C1133" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1134" spans="1:3">
+      <c r="A1134" s="1" t="inlineStr">
+        <is>
+          <t>9786256312166</t>
+        </is>
+      </c>
+      <c r="B1134" s="1" t="inlineStr">
+        <is>
+          <t>Elmas Gezegen ve Kayıp Elmas</t>
+        </is>
+      </c>
+      <c r="C1134" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1135" spans="1:3">
+      <c r="A1135" s="1" t="inlineStr">
+        <is>
+          <t>9786253661663</t>
+        </is>
+      </c>
+      <c r="B1135" s="1" t="inlineStr">
+        <is>
+          <t>Kaosun Dokunuşu</t>
+        </is>
+      </c>
+      <c r="C1135" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="1136" spans="1:3">
+      <c r="A1136" s="1" t="inlineStr">
+        <is>
+          <t>9786253661595</t>
+        </is>
+      </c>
+      <c r="B1136" s="1" t="inlineStr">
+        <is>
+          <t>Düşmüş Tanrıların Çocukları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1136" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1137" spans="1:3">
+      <c r="A1137" s="1" t="inlineStr">
+        <is>
+          <t>9786253661601</t>
+        </is>
+      </c>
+      <c r="B1137" s="1" t="inlineStr">
+        <is>
+          <t>Düşmüş Tanrıların Çocukları</t>
+        </is>
+      </c>
+      <c r="C1137" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1138" spans="1:3">
+      <c r="A1138" s="1" t="inlineStr">
+        <is>
+          <t>9786253661625</t>
+        </is>
+      </c>
+      <c r="B1138" s="1" t="inlineStr">
+        <is>
+          <t>Hayalet Yazar</t>
+        </is>
+      </c>
+      <c r="C1138" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1139" spans="1:3">
+      <c r="A1139" s="1" t="inlineStr">
+        <is>
+          <t>9786253661649</t>
+        </is>
+      </c>
+      <c r="B1139" s="1" t="inlineStr">
+        <is>
+          <t>İmparator</t>
+        </is>
+      </c>
+      <c r="C1139" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1140" spans="1:3">
+      <c r="A1140" s="1" t="inlineStr">
+        <is>
+          <t>9786253661588</t>
+        </is>
+      </c>
+      <c r="B1140" s="1" t="inlineStr">
+        <is>
+          <t>Benimle Kal</t>
+        </is>
+      </c>
+      <c r="C1140" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1141" spans="1:3">
+      <c r="A1141" s="1" t="inlineStr">
+        <is>
+          <t>9786253661571</t>
+        </is>
+      </c>
+      <c r="B1141" s="1" t="inlineStr">
+        <is>
+          <t>Bana Söz Ver</t>
+        </is>
+      </c>
+      <c r="C1141" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1142" spans="1:3">
+      <c r="A1142" s="1" t="inlineStr">
+        <is>
+          <t>9786253661632</t>
+        </is>
+      </c>
+      <c r="B1142" s="1" t="inlineStr">
+        <is>
+          <t>Son Şans</t>
+        </is>
+      </c>
+      <c r="C1142" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1143" spans="1:3">
+      <c r="A1143" s="1" t="inlineStr">
+        <is>
+          <t>9786253661618</t>
+        </is>
+      </c>
+      <c r="B1143" s="1" t="inlineStr">
+        <is>
+          <t>Gurur Kralı</t>
+        </is>
+      </c>
+      <c r="C1143" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1144" spans="1:3">
+      <c r="A1144" s="1" t="inlineStr">
+        <is>
+          <t>9786253661526</t>
+        </is>
+      </c>
+      <c r="B1144" s="1" t="inlineStr">
+        <is>
+          <t>Işıktan Sakladığımız Şeyler</t>
+        </is>
+      </c>
+      <c r="C1144" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1145" spans="1:3">
+      <c r="A1145" s="1" t="inlineStr">
+        <is>
+          <t>9786253661557</t>
+        </is>
+      </c>
+      <c r="B1145" s="1" t="inlineStr">
+        <is>
+          <t>Yanan Altı Gül (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1145" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1146" spans="1:3">
+      <c r="A1146" s="1" t="inlineStr">
+        <is>
+          <t>9786253661540</t>
+        </is>
+      </c>
+      <c r="B1146" s="1" t="inlineStr">
+        <is>
+          <t>Yanan Altı Gül</t>
+        </is>
+      </c>
+      <c r="C1146" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1147" spans="1:3">
+      <c r="A1147" s="1" t="inlineStr">
+        <is>
+          <t>9786253661564</t>
+        </is>
+      </c>
+      <c r="B1147" s="1" t="inlineStr">
+        <is>
+          <t>Azrail</t>
+        </is>
+      </c>
+      <c r="C1147" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1148" spans="1:3">
+      <c r="A1148" s="1" t="inlineStr">
+        <is>
+          <t>9786254489853</t>
+        </is>
+      </c>
+      <c r="B1148" s="1" t="inlineStr">
+        <is>
+          <t>Çarpık Aşk</t>
+        </is>
+      </c>
+      <c r="C1148" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1149" spans="1:3">
+      <c r="A1149" s="1" t="inlineStr">
+        <is>
+          <t>9786253661502</t>
+        </is>
+      </c>
+      <c r="B1149" s="1" t="inlineStr">
+        <is>
+          <t>Şiddetin Son Çağrısı</t>
+        </is>
+      </c>
+      <c r="C1149" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1150" spans="1:3">
+      <c r="A1150" s="1" t="inlineStr">
+        <is>
+          <t>9786253661519</t>
+        </is>
+      </c>
+      <c r="B1150" s="1" t="inlineStr">
+        <is>
+          <t>Şiddetin Son Çağrısı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1150" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1151" spans="1:3">
+      <c r="A1151" s="1" t="inlineStr">
+        <is>
+          <t>9786253661496</t>
+        </is>
+      </c>
+      <c r="B1151" s="1" t="inlineStr">
+        <is>
+          <t>Seninle Birlikte</t>
+        </is>
+      </c>
+      <c r="C1151" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1152" spans="1:3">
+      <c r="A1152" s="1" t="inlineStr">
+        <is>
+          <t>9786253660536</t>
+        </is>
+      </c>
+      <c r="B1152" s="1" t="inlineStr">
+        <is>
+          <t>Unofficial Harry Potter Eksiksiz Bulmaca Kitabı</t>
+        </is>
+      </c>
+      <c r="C1152" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1153" spans="1:3">
+      <c r="A1153" s="1" t="inlineStr">
+        <is>
+          <t>9786253661403</t>
+        </is>
+      </c>
+      <c r="B1153" s="1" t="inlineStr">
+        <is>
+          <t>Oyun Kurucu</t>
+        </is>
+      </c>
+      <c r="C1153" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1154" spans="1:3">
+      <c r="A1154" s="1" t="inlineStr">
+        <is>
+          <t>9786253661472</t>
+        </is>
+      </c>
+      <c r="B1154" s="1" t="inlineStr">
+        <is>
+          <t>Bir</t>
+        </is>
+      </c>
+      <c r="C1154" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1155" spans="1:3">
+      <c r="A1155" s="1" t="inlineStr">
+        <is>
+          <t>9786253661489</t>
+        </is>
+      </c>
+      <c r="B1155" s="1" t="inlineStr">
+        <is>
+          <t>İsimsiz Günahkarlar</t>
+        </is>
+      </c>
+      <c r="C1155" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1156" spans="1:3">
+      <c r="A1156" s="1" t="inlineStr">
+        <is>
+          <t>9786253661465</t>
+        </is>
+      </c>
+      <c r="B1156" s="1" t="inlineStr">
+        <is>
+          <t>On Üç’ü Saklamak</t>
+        </is>
+      </c>
+      <c r="C1156" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1157" spans="1:3">
+      <c r="A1157" s="1" t="inlineStr">
+        <is>
+          <t>9786253661410</t>
+        </is>
+      </c>
+      <c r="B1157" s="1" t="inlineStr">
+        <is>
+          <t>Oniksin Şafağı</t>
+        </is>
+      </c>
+      <c r="C1157" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1158" spans="1:3">
+      <c r="A1158" s="1" t="inlineStr">
+        <is>
+          <t>9786253661328</t>
+        </is>
+      </c>
+      <c r="B1158" s="1" t="inlineStr">
+        <is>
+          <t>Yetersiz Varis (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1158" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1159" spans="1:3">
+      <c r="A1159" s="1" t="inlineStr">
+        <is>
+          <t>9786253661281</t>
+        </is>
+      </c>
+      <c r="B1159" s="1" t="inlineStr">
+        <is>
+          <t>... Sonra</t>
+        </is>
+      </c>
+      <c r="C1159" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1160" spans="1:3">
+      <c r="A1160" s="1" t="inlineStr">
+        <is>
+          <t>9786253661458</t>
+        </is>
+      </c>
+      <c r="B1160" s="1" t="inlineStr">
+        <is>
+          <t>Yılan ve Gecenin Kanatları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1160" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1161" spans="1:3">
+      <c r="A1161" s="1" t="inlineStr">
+        <is>
+          <t>9786253661366</t>
+        </is>
+      </c>
+      <c r="B1161" s="1" t="inlineStr">
+        <is>
+          <t>Mousai Serisi</t>
+        </is>
+      </c>
+      <c r="C1161" s="1">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="1162" spans="1:3">
+      <c r="A1162" s="1" t="inlineStr">
+        <is>
+          <t>9786253661359</t>
+        </is>
+      </c>
+      <c r="B1162" s="1" t="inlineStr">
+        <is>
+          <t>Mousai Serisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1162" s="1">
+        <v>1285</v>
+      </c>
+    </row>
+    <row r="1163" spans="1:3">
+      <c r="A1163" s="1" t="inlineStr">
+        <is>
+          <t>9786253661373</t>
+        </is>
+      </c>
+      <c r="B1163" s="1" t="inlineStr">
+        <is>
+          <t>Bir Aile Trajedisi</t>
+        </is>
+      </c>
+      <c r="C1163" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1164" spans="1:3">
+      <c r="A1164" s="1" t="inlineStr">
+        <is>
+          <t>9786253661335</t>
+        </is>
+      </c>
+      <c r="B1164" s="1" t="inlineStr">
+        <is>
+          <t>Yetersiz Varis</t>
+        </is>
+      </c>
+      <c r="C1164" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1165" spans="1:3">
+      <c r="A1165" s="1" t="inlineStr">
+        <is>
+          <t>9786253661380</t>
+        </is>
+      </c>
+      <c r="B1165" s="1" t="inlineStr">
+        <is>
+          <t>Kazanova</t>
+        </is>
+      </c>
+      <c r="C1165" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1166" spans="1:3">
+      <c r="A1166" s="1" t="inlineStr">
+        <is>
+          <t>9786253661427</t>
+        </is>
+      </c>
+      <c r="B1166" s="1" t="inlineStr">
+        <is>
+          <t>Düşmanım İçin</t>
+        </is>
+      </c>
+      <c r="C1166" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1167" spans="1:3">
+      <c r="A1167" s="1" t="inlineStr">
+        <is>
+          <t>9786253661434</t>
+        </is>
+      </c>
+      <c r="B1167" s="1" t="inlineStr">
+        <is>
+          <t>Düşmanım İçin (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1167" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1168" spans="1:3">
+      <c r="A1168" s="1" t="inlineStr">
+        <is>
+          <t>9786253661342</t>
+        </is>
+      </c>
+      <c r="B1168" s="1" t="inlineStr">
+        <is>
+          <t>Fırtınalar İmparatorluğu Serisi (3 Kitap)</t>
+        </is>
+      </c>
+      <c r="C1168" s="1">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="1169" spans="1:3">
+      <c r="A1169" s="1" t="inlineStr">
+        <is>
+          <t>9786253661304</t>
+        </is>
+      </c>
+      <c r="B1169" s="1" t="inlineStr">
+        <is>
+          <t>Kan ve Bora: Fırtınalar İmparatorluğu - 3</t>
+        </is>
+      </c>
+      <c r="C1169" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1170" spans="1:3">
+      <c r="A1170" s="1" t="inlineStr">
+        <is>
+          <t>9786253661311</t>
+        </is>
+      </c>
+      <c r="B1170" s="1" t="inlineStr">
+        <is>
+          <t>Yırtıcı</t>
+        </is>
+      </c>
+      <c r="C1170" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1171" spans="1:3">
+      <c r="A1171" s="1" t="inlineStr">
+        <is>
+          <t>9786253661397</t>
+        </is>
+      </c>
+      <c r="B1171" s="1" t="inlineStr">
+        <is>
+          <t>Öfke Kralı</t>
+        </is>
+      </c>
+      <c r="C1171" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1172" spans="1:3">
+      <c r="A1172" s="1" t="inlineStr">
+        <is>
+          <t>9786253661236</t>
+        </is>
+      </c>
+      <c r="B1172" s="1" t="inlineStr">
+        <is>
+          <t>Sahtekar Leydi Talih</t>
+        </is>
+      </c>
+      <c r="C1172" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1173" spans="1:3">
+      <c r="A1173" s="1" t="inlineStr">
+        <is>
+          <t>9786253661243</t>
+        </is>
+      </c>
+      <c r="B1173" s="1" t="inlineStr">
+        <is>
+          <t>Sahtekar Leydi Talih (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1173" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1174" spans="1:3">
+      <c r="A1174" s="1" t="inlineStr">
+        <is>
+          <t>9786253661212</t>
+        </is>
+      </c>
+      <c r="B1174" s="1" t="inlineStr">
+        <is>
+          <t>Korunmuş Serisi Kutu</t>
+        </is>
+      </c>
+      <c r="C1174" s="1">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="1175" spans="1:3">
+      <c r="A1175" s="1" t="inlineStr">
+        <is>
+          <t>9786253661205</t>
+        </is>
+      </c>
+      <c r="B1175" s="1" t="inlineStr">
+        <is>
+          <t>Jane Doe Serisi Kutu</t>
+        </is>
+      </c>
+      <c r="C1175" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="1176" spans="1:3">
+      <c r="A1176" s="1" t="inlineStr">
+        <is>
+          <t>9786253661199</t>
+        </is>
+      </c>
+      <c r="B1176" s="1" t="inlineStr">
+        <is>
+          <t>Ejderhanın Gazabı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1176" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1177" spans="1:3">
+      <c r="A1177" s="1" t="inlineStr">
+        <is>
+          <t>9786253661182</t>
+        </is>
+      </c>
+      <c r="B1177" s="1" t="inlineStr">
+        <is>
+          <t>Zamanın Yankısı</t>
+        </is>
+      </c>
+      <c r="C1177" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="1178" spans="1:3">
+      <c r="A1178" s="1" t="inlineStr">
+        <is>
+          <t>9786253661250</t>
+        </is>
+      </c>
+      <c r="B1178" s="1" t="inlineStr">
+        <is>
+          <t>Sakın Gelini Öpme</t>
+        </is>
+      </c>
+      <c r="C1178" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1179" spans="1:3">
+      <c r="A1179" s="1" t="inlineStr">
+        <is>
+          <t>9786053480129</t>
+        </is>
+      </c>
+      <c r="B1179" s="1" t="inlineStr">
+        <is>
+          <t>Şüphe Asla Uyumaz - Sherlock Holmes</t>
+        </is>
+      </c>
+      <c r="C1179" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="1180" spans="1:3">
+      <c r="A1180" s="1" t="inlineStr">
+        <is>
+          <t>9786253661229</t>
+        </is>
+      </c>
+      <c r="B1180" s="1" t="inlineStr">
+        <is>
+          <t>Kötülüğün Dokunuşu</t>
+        </is>
+      </c>
+      <c r="C1180" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1181" spans="1:3">
+      <c r="A1181" s="1" t="inlineStr">
+        <is>
+          <t>9786253661267</t>
+        </is>
+      </c>
+      <c r="B1181" s="1" t="inlineStr">
+        <is>
+          <t>Ölümcül Tahtın Senfonisi</t>
+        </is>
+      </c>
+      <c r="C1181" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1182" spans="1:3">
+      <c r="A1182" s="1" t="inlineStr">
+        <is>
+          <t>9786253661274</t>
+        </is>
+      </c>
+      <c r="B1182" s="1" t="inlineStr">
+        <is>
+          <t>Ölümcül Tahtın Senfonisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1182" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1183" spans="1:3">
+      <c r="A1183" s="1" t="inlineStr">
+        <is>
+          <t>9786254487774</t>
+        </is>
+      </c>
+      <c r="B1183" s="1" t="inlineStr">
+        <is>
+          <t>Köprü Krallığı</t>
+        </is>
+      </c>
+      <c r="C1183" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1184" spans="1:3">
+      <c r="A1184" s="1" t="inlineStr">
+        <is>
+          <t>9786253661168</t>
+        </is>
+      </c>
+      <c r="B1184" s="1" t="inlineStr">
+        <is>
+          <t>Tanrıların Açlığı</t>
+        </is>
+      </c>
+      <c r="C1184" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1185" spans="1:3">
+      <c r="A1185" s="1" t="inlineStr">
+        <is>
+          <t>9786253661175</t>
+        </is>
+      </c>
+      <c r="B1185" s="1" t="inlineStr">
+        <is>
+          <t>Tanrıların Açlığı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1185" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1186" spans="1:3">
+      <c r="A1186" s="1" t="inlineStr">
+        <is>
+          <t>9786253661144</t>
+        </is>
+      </c>
+      <c r="B1186" s="1" t="inlineStr">
+        <is>
+          <t>İkimizin Yıkımı</t>
+        </is>
+      </c>
+      <c r="C1186" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1187" spans="1:3">
+      <c r="A1187" s="1" t="inlineStr">
+        <is>
+          <t>9786253661151</t>
+        </is>
+      </c>
+      <c r="B1187" s="1" t="inlineStr">
+        <is>
+          <t>On Üç’ü Bağlamak</t>
+        </is>
+      </c>
+      <c r="C1187" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1188" spans="1:3">
+      <c r="A1188" s="1" t="inlineStr">
+        <is>
+          <t>9786253661120</t>
+        </is>
+      </c>
+      <c r="B1188" s="1" t="inlineStr">
+        <is>
+          <t>Tepedeki Gizemli Ev</t>
+        </is>
+      </c>
+      <c r="C1188" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1189" spans="1:3">
+      <c r="A1189" s="1" t="inlineStr">
+        <is>
+          <t>9786253660895</t>
+        </is>
+      </c>
+      <c r="B1189" s="1" t="inlineStr">
+        <is>
+          <t>Alevlerin Arasından</t>
+        </is>
+      </c>
+      <c r="C1189" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1190" spans="1:3">
+      <c r="A1190" s="1" t="inlineStr">
+        <is>
+          <t>9786253661113</t>
+        </is>
+      </c>
+      <c r="B1190" s="1" t="inlineStr">
+        <is>
+          <t>Anlaşma</t>
+        </is>
+      </c>
+      <c r="C1190" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1191" spans="1:3">
+      <c r="A1191" s="1" t="inlineStr">
+        <is>
+          <t>9786253661076</t>
+        </is>
+      </c>
+      <c r="B1191" s="1" t="inlineStr">
+        <is>
+          <t>Işıltılı Gözler</t>
+        </is>
+      </c>
+      <c r="C1191" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1192" spans="1:3">
+      <c r="A1192" s="1" t="inlineStr">
+        <is>
+          <t>9786253661106</t>
+        </is>
+      </c>
+      <c r="B1192" s="1" t="inlineStr">
+        <is>
+          <t>Riley Thorn ve Ölü Komşusu</t>
+        </is>
+      </c>
+      <c r="C1192" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1193" spans="1:3">
+      <c r="A1193" s="1" t="inlineStr">
+        <is>
+          <t>9786253660994</t>
+        </is>
+      </c>
+      <c r="B1193" s="1" t="inlineStr">
+        <is>
+          <t>Yalancı Tanık</t>
+        </is>
+      </c>
+      <c r="C1193" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1194" spans="1:3">
+      <c r="A1194" s="1" t="inlineStr">
+        <is>
+          <t>9786253661069</t>
+        </is>
+      </c>
+      <c r="B1194" s="1" t="inlineStr">
+        <is>
+          <t>Hollow Kardeşler</t>
+        </is>
+      </c>
+      <c r="C1194" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1195" spans="1:3">
+      <c r="A1195" s="1" t="inlineStr">
+        <is>
+          <t>9786253661090</t>
+        </is>
+      </c>
+      <c r="B1195" s="1" t="inlineStr">
+        <is>
+          <t>Zincirsiz</t>
+        </is>
+      </c>
+      <c r="C1195" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1196" spans="1:3">
+      <c r="A1196" s="1" t="inlineStr">
+        <is>
+          <t>9786253661083</t>
+        </is>
+      </c>
+      <c r="B1196" s="1" t="inlineStr">
+        <is>
+          <t>Kör Nokta</t>
+        </is>
+      </c>
+      <c r="C1196" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1197" spans="1:3">
+      <c r="A1197" s="1" t="inlineStr">
+        <is>
+          <t>9786253661137</t>
+        </is>
+      </c>
+      <c r="B1197" s="1" t="inlineStr">
+        <is>
+          <t>Baş Belası</t>
+        </is>
+      </c>
+      <c r="C1197" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1198" spans="1:3">
+      <c r="A1198" s="1" t="inlineStr">
+        <is>
+          <t>9786253661052</t>
+        </is>
+      </c>
+      <c r="B1198" s="1" t="inlineStr">
+        <is>
+          <t>Sultan’ın Şehri</t>
+        </is>
+      </c>
+      <c r="C1198" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1199" spans="1:3">
+      <c r="A1199" s="1" t="inlineStr">
+        <is>
+          <t>9786253661045</t>
+        </is>
+      </c>
+      <c r="B1199" s="1" t="inlineStr">
+        <is>
+          <t>Neredeyse Sıradan Bir Aile</t>
+        </is>
+      </c>
+      <c r="C1199" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1200" spans="1:3">
+      <c r="A1200" s="1" t="inlineStr">
+        <is>
+          <t>9786253661014</t>
+        </is>
+      </c>
+      <c r="B1200" s="1" t="inlineStr">
+        <is>
+          <t>Atlas Paradoksu</t>
+        </is>
+      </c>
+      <c r="C1200" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1201" spans="1:3">
+      <c r="A1201" s="1" t="inlineStr">
+        <is>
+          <t>9786253661021</t>
+        </is>
+      </c>
+      <c r="B1201" s="1" t="inlineStr">
+        <is>
+          <t>Atlas Paradoksu (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1201" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1202" spans="1:3">
+      <c r="A1202" s="1" t="inlineStr">
+        <is>
+          <t>9786253660970</t>
+        </is>
+      </c>
+      <c r="B1202" s="1" t="inlineStr">
+        <is>
+          <t>Ustura Gözyaşları</t>
+        </is>
+      </c>
+      <c r="C1202" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1203" spans="1:3">
+      <c r="A1203" s="1" t="inlineStr">
+        <is>
+          <t>9786253661007</t>
+        </is>
+      </c>
+      <c r="B1203" s="1" t="inlineStr">
+        <is>
+          <t>Seninle Eterde Yalnız</t>
+        </is>
+      </c>
+      <c r="C1203" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1204" spans="1:3">
+      <c r="A1204" s="1" t="inlineStr">
+        <is>
+          <t>9786253661038</t>
+        </is>
+      </c>
+      <c r="B1204" s="1" t="inlineStr">
+        <is>
+          <t>Seninle Eterde Yalnız (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1204" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1205" spans="1:3">
+      <c r="A1205" s="1" t="inlineStr">
+        <is>
+          <t>9786253660949</t>
+        </is>
+      </c>
+      <c r="B1205" s="1" t="inlineStr">
+        <is>
+          <t>Ekran Kraliçeleri</t>
+        </is>
+      </c>
+      <c r="C1205" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1206" spans="1:3">
+      <c r="A1206" s="1" t="inlineStr">
+        <is>
+          <t>9786253660932</t>
+        </is>
+      </c>
+      <c r="B1206" s="1" t="inlineStr">
+        <is>
+          <t>Uçaktaki Yabancı</t>
+        </is>
+      </c>
+      <c r="C1206" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1207" spans="1:3">
+      <c r="A1207" s="1" t="inlineStr">
+        <is>
+          <t>9786253660956</t>
+        </is>
+      </c>
+      <c r="B1207" s="1" t="inlineStr">
+        <is>
+          <t>Üstesinden Gelemediğimiz Şeyler</t>
+        </is>
+      </c>
+      <c r="C1207" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1208" spans="1:3">
+      <c r="A1208" s="1" t="inlineStr">
+        <is>
+          <t>9786253660963</t>
+        </is>
+      </c>
+      <c r="B1208" s="1" t="inlineStr">
+        <is>
+          <t>Hiçbir Dünyanın Kızı</t>
+        </is>
+      </c>
+      <c r="C1208" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1209" spans="1:3">
+      <c r="A1209" s="1" t="inlineStr">
+        <is>
+          <t>9786253660925</t>
+        </is>
+      </c>
+      <c r="B1209" s="1" t="inlineStr">
+        <is>
+          <t>Adil Oyun</t>
+        </is>
+      </c>
+      <c r="C1209" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1210" spans="1:3">
+      <c r="A1210" s="1" t="inlineStr">
+        <is>
+          <t>9786253660918</t>
+        </is>
+      </c>
+      <c r="B1210" s="1" t="inlineStr">
+        <is>
+          <t>Yanan Denizin Dansı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1210" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1211" spans="1:3">
+      <c r="A1211" s="1" t="inlineStr">
+        <is>
+          <t>9786253660901</t>
+        </is>
+      </c>
+      <c r="B1211" s="1" t="inlineStr">
+        <is>
+          <t>Yanan Denizin Dansı</t>
+        </is>
+      </c>
+      <c r="C1211" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1212" spans="1:3">
+      <c r="A1212" s="1" t="inlineStr">
+        <is>
+          <t>9786253660888</t>
+        </is>
+      </c>
+      <c r="B1212" s="1" t="inlineStr">
+        <is>
+          <t>Einsteın’ın Beynini Bulmak</t>
+        </is>
+      </c>
+      <c r="C1212" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1213" spans="1:3">
+      <c r="A1213" s="1" t="inlineStr">
+        <is>
+          <t>9786253660628</t>
+        </is>
+      </c>
+      <c r="B1213" s="1" t="inlineStr">
+        <is>
+          <t>Yaralı Şifacı Serisi (2 Kitap)</t>
+        </is>
+      </c>
+      <c r="C1213" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1214" spans="1:3">
+      <c r="A1214" s="1" t="inlineStr">
+        <is>
+          <t>9786253660826</t>
+        </is>
+      </c>
+      <c r="B1214" s="1" t="inlineStr">
+        <is>
+          <t>Tanrıların Gölgesi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1214" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1215" spans="1:3">
+      <c r="A1215" s="1" t="inlineStr">
+        <is>
+          <t>9786253660819</t>
+        </is>
+      </c>
+      <c r="B1215" s="1" t="inlineStr">
+        <is>
+          <t>Tanrıların Gölgesi</t>
+        </is>
+      </c>
+      <c r="C1215" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1216" spans="1:3">
+      <c r="A1216" s="1" t="inlineStr">
+        <is>
+          <t>9786253660659</t>
+        </is>
+      </c>
+      <c r="B1216" s="1" t="inlineStr">
+        <is>
+          <t>Vahşi Dilekler</t>
+        </is>
+      </c>
+      <c r="C1216" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1217" spans="1:3">
+      <c r="A1217" s="1" t="inlineStr">
+        <is>
+          <t>9786253660666</t>
+        </is>
+      </c>
+      <c r="B1217" s="1" t="inlineStr">
+        <is>
+          <t>Mercan ve İnci Tacı</t>
+        </is>
+      </c>
+      <c r="C1217" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1218" spans="1:3">
+      <c r="A1218" s="1" t="inlineStr">
+        <is>
+          <t>9786253660604</t>
+        </is>
+      </c>
+      <c r="B1218" s="1" t="inlineStr">
+        <is>
+          <t>Pazarlıkçı Serisi (4 Kitap Kutulu)</t>
+        </is>
+      </c>
+      <c r="C1218" s="1">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="1219" spans="1:3">
+      <c r="A1219" s="1" t="inlineStr">
+        <is>
+          <t>9786253660611</t>
+        </is>
+      </c>
+      <c r="B1219" s="1" t="inlineStr">
+        <is>
+          <t>Pazarlıkçı Serisi (4 Kitap Kutulu) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1219" s="1">
+        <v>1760</v>
+      </c>
+    </row>
+    <row r="1220" spans="1:3">
+      <c r="A1220" s="1" t="inlineStr">
+        <is>
+          <t>9786253660642</t>
+        </is>
+      </c>
+      <c r="B1220" s="1" t="inlineStr">
+        <is>
+          <t>Yıkımın Dokunuşu</t>
+        </is>
+      </c>
+      <c r="C1220" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1221" spans="1:3">
+      <c r="A1221" s="1" t="inlineStr">
+        <is>
+          <t>9786253660802</t>
+        </is>
+      </c>
+      <c r="B1221" s="1" t="inlineStr">
+        <is>
+          <t>Kuralların Yıkıldığı Yaz</t>
+        </is>
+      </c>
+      <c r="C1221" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1222" spans="1:3">
+      <c r="A1222" s="1" t="inlineStr">
+        <is>
+          <t>9786253660598</t>
+        </is>
+      </c>
+      <c r="B1222" s="1" t="inlineStr">
+        <is>
+          <t>Sera Çiçeği</t>
+        </is>
+      </c>
+      <c r="C1222" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1223" spans="1:3">
+      <c r="A1223" s="1" t="inlineStr">
+        <is>
+          <t>9786253660635</t>
+        </is>
+      </c>
+      <c r="B1223" s="1" t="inlineStr">
+        <is>
+          <t>Ölümcül Tatil</t>
+        </is>
+      </c>
+      <c r="C1223" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1224" spans="1:3">
+      <c r="A1224" s="1" t="inlineStr">
+        <is>
+          <t>9786253660499</t>
+        </is>
+      </c>
+      <c r="B1224" s="1" t="inlineStr">
+        <is>
+          <t>Lebron James Oyunun Kralı</t>
+        </is>
+      </c>
+      <c r="C1224" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="1225" spans="1:3">
+      <c r="A1225" s="1" t="inlineStr">
+        <is>
+          <t>9786253660543</t>
+        </is>
+      </c>
+      <c r="B1225" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp</t>
+        </is>
+      </c>
+      <c r="C1225" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="1226" spans="1:3">
+      <c r="A1226" s="1" t="inlineStr">
+        <is>
+          <t>9786253660550</t>
+        </is>
+      </c>
+      <c r="B1226" s="1" t="inlineStr">
+        <is>
+          <t>Orion</t>
+        </is>
+      </c>
+      <c r="C1226" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="1227" spans="1:3">
+      <c r="A1227" s="1" t="inlineStr">
+        <is>
+          <t>9786253660567</t>
+        </is>
+      </c>
+      <c r="B1227" s="1" t="inlineStr">
+        <is>
+          <t>Her Bir Sır</t>
+        </is>
+      </c>
+      <c r="C1227" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1228" spans="1:3">
+      <c r="A1228" s="1" t="inlineStr">
+        <is>
+          <t>9786253660574</t>
+        </is>
+      </c>
+      <c r="B1228" s="1" t="inlineStr">
+        <is>
+          <t>Çarpık Yalanlar</t>
+        </is>
+      </c>
+      <c r="C1228" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1229" spans="1:3">
+      <c r="A1229" s="1" t="inlineStr">
+        <is>
+          <t>9786253660529</t>
+        </is>
+      </c>
+      <c r="B1229" s="1" t="inlineStr">
+        <is>
+          <t>Camdan ve Kardan Kızlar</t>
+        </is>
+      </c>
+      <c r="C1229" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1230" spans="1:3">
+      <c r="A1230" s="1" t="inlineStr">
+        <is>
+          <t>9786253660512</t>
+        </is>
+      </c>
+      <c r="B1230" s="1" t="inlineStr">
+        <is>
+          <t>Akşam Yıldızlarının İmparatoru (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1230" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1231" spans="1:3">
+      <c r="A1231" s="1" t="inlineStr">
+        <is>
+          <t>9786253660505</t>
+        </is>
+      </c>
+      <c r="B1231" s="1" t="inlineStr">
+        <is>
+          <t>Akşam Yıldızlarının İmparatoru</t>
+        </is>
+      </c>
+      <c r="C1231" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1232" spans="1:3">
+      <c r="A1232" s="1" t="inlineStr">
+        <is>
+          <t>9786253660451</t>
+        </is>
+      </c>
+      <c r="B1232" s="1" t="inlineStr">
+        <is>
+          <t>Yaralı Şifacı Serisi (2 Kitap)</t>
+        </is>
+      </c>
+      <c r="C1232" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="1233" spans="1:3">
+      <c r="A1233" s="1" t="inlineStr">
+        <is>
+          <t>9786253660437</t>
+        </is>
+      </c>
+      <c r="B1233" s="1" t="inlineStr">
+        <is>
+          <t>Yaralı Şifacı Serisi (2 Kitap) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1233" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1234" spans="1:3">
+      <c r="A1234" s="1" t="inlineStr">
+        <is>
+          <t>9786253660376</t>
+        </is>
+      </c>
+      <c r="B1234" s="1" t="inlineStr">
+        <is>
+          <t>İyi Komşular</t>
+        </is>
+      </c>
+      <c r="C1234" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="1235" spans="1:3">
+      <c r="A1235" s="1" t="inlineStr">
+        <is>
+          <t>9786253660482</t>
+        </is>
+      </c>
+      <c r="B1235" s="1" t="inlineStr">
+        <is>
+          <t>Hain Kraliçe (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1235" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1236" spans="1:3">
+      <c r="A1236" s="1" t="inlineStr">
+        <is>
+          <t>9786253660468</t>
+        </is>
+      </c>
+      <c r="B1236" s="1" t="inlineStr">
+        <is>
+          <t>Sonsuz Yağmurların Şarkısı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1236" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1237" spans="1:3">
+      <c r="A1237" s="1" t="inlineStr">
+        <is>
+          <t>9786253660420</t>
+        </is>
+      </c>
+      <c r="B1237" s="1" t="inlineStr">
+        <is>
+          <t>Özgürlük ve Devrim: Fırtınalar İmparatorluğu - 2</t>
+        </is>
+      </c>
+      <c r="C1237" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1238" spans="1:3">
+      <c r="A1238" s="1" t="inlineStr">
+        <is>
+          <t>9786253660208</t>
+        </is>
+      </c>
+      <c r="B1238" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Güzel Şeyler</t>
+        </is>
+      </c>
+      <c r="C1238" s="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="1239" spans="1:3">
+      <c r="A1239" s="1" t="inlineStr">
+        <is>
+          <t>9786253660444</t>
+        </is>
+      </c>
+      <c r="B1239" s="1" t="inlineStr">
+        <is>
+          <t>Sonsuz Yağmurların Şarkısı</t>
+        </is>
+      </c>
+      <c r="C1239" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1240" spans="1:3">
+      <c r="A1240" s="1" t="inlineStr">
+        <is>
+          <t>9786253660475</t>
+        </is>
+      </c>
+      <c r="B1240" s="1" t="inlineStr">
+        <is>
+          <t>Hain Kraliçe</t>
+        </is>
+      </c>
+      <c r="C1240" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1241" spans="1:3">
+      <c r="A1241" s="1" t="inlineStr">
+        <is>
+          <t>9786253660352</t>
+        </is>
+      </c>
+      <c r="B1241" s="1" t="inlineStr">
+        <is>
+          <t>Çarpık Nefret</t>
+        </is>
+      </c>
+      <c r="C1241" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1242" spans="1:3">
+      <c r="A1242" s="1" t="inlineStr">
+        <is>
+          <t>9786253660369</t>
+        </is>
+      </c>
+      <c r="B1242" s="1" t="inlineStr">
+        <is>
+          <t>Gökyüzünü Öp</t>
+        </is>
+      </c>
+      <c r="C1242" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1243" spans="1:3">
+      <c r="A1243" s="1" t="inlineStr">
+        <is>
+          <t>9786253660413</t>
+        </is>
+      </c>
+      <c r="B1243" s="1" t="inlineStr">
+        <is>
+          <t>Gecenin Hikayesi (4 Kitap - Deri Cilt) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1243" s="1">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="1244" spans="1:3">
+      <c r="A1244" s="1" t="inlineStr">
+        <is>
+          <t>9786253660338</t>
+        </is>
+      </c>
+      <c r="B1244" s="1" t="inlineStr">
+        <is>
+          <t>Gecenin Hikayesi - Dora (Deri Kapak) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1244" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="1245" spans="1:3">
+      <c r="A1245" s="1" t="inlineStr">
+        <is>
+          <t>9786253660314</t>
+        </is>
+      </c>
+      <c r="B1245" s="1" t="inlineStr">
+        <is>
+          <t>Gecenin Hikayesi - Aylema (Deri Kapak) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1245" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="1246" spans="1:3">
+      <c r="A1246" s="1" t="inlineStr">
+        <is>
+          <t>9786253660321</t>
+        </is>
+      </c>
+      <c r="B1246" s="1" t="inlineStr">
+        <is>
+          <t>Gecenin Hikayesi - Aşeka (Deri Kapak) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1246" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="1247" spans="1:3">
+      <c r="A1247" s="1" t="inlineStr">
+        <is>
+          <t>9786253660345</t>
+        </is>
+      </c>
+      <c r="B1247" s="1" t="inlineStr">
+        <is>
+          <t>Gecenin Hikayesi - Amelya (Deri Kapak) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1247" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="1248" spans="1:3">
+      <c r="A1248" s="1" t="inlineStr">
+        <is>
+          <t>9786253660390</t>
+        </is>
+      </c>
+      <c r="B1248" s="1" t="inlineStr">
+        <is>
+          <t>Gecenin Hikayesi (Kutulu Set) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1248" s="1">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="1249" spans="1:3">
+      <c r="A1249" s="1" t="inlineStr">
+        <is>
+          <t>9786253660239</t>
+        </is>
+      </c>
+      <c r="B1249" s="1" t="inlineStr">
+        <is>
+          <t>Gecenin Hikayesi - Dora</t>
+        </is>
+      </c>
+      <c r="C1249" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1250" spans="1:3">
+      <c r="A1250" s="1" t="inlineStr">
+        <is>
+          <t>9786253660253</t>
+        </is>
+      </c>
+      <c r="B1250" s="1" t="inlineStr">
+        <is>
+          <t>Gecenin Hikayesi - Aylema</t>
+        </is>
+      </c>
+      <c r="C1250" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1251" spans="1:3">
+      <c r="A1251" s="1" t="inlineStr">
+        <is>
+          <t>9786253660277</t>
+        </is>
+      </c>
+      <c r="B1251" s="1" t="inlineStr">
+        <is>
+          <t>Gecenin Hikayesi - Aşeka</t>
+        </is>
+      </c>
+      <c r="C1251" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1252" spans="1:3">
+      <c r="A1252" s="1" t="inlineStr">
+        <is>
+          <t>9786253660291</t>
+        </is>
+      </c>
+      <c r="B1252" s="1" t="inlineStr">
+        <is>
+          <t>Gecenin Hikayesi - Amelya</t>
+        </is>
+      </c>
+      <c r="C1252" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="1253" spans="1:3">
+      <c r="A1253" s="1" t="inlineStr">
+        <is>
+          <t>9786253660307</t>
+        </is>
+      </c>
+      <c r="B1253" s="1" t="inlineStr">
+        <is>
+          <t>Gecenin Hikayesi - Amelya (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1253" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="1254" spans="1:3">
+      <c r="A1254" s="1" t="inlineStr">
+        <is>
+          <t>9786253660284</t>
+        </is>
+      </c>
+      <c r="B1254" s="1" t="inlineStr">
+        <is>
+          <t>Gecenin Hikayesi - Aşeka (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1254" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="1255" spans="1:3">
+      <c r="A1255" s="1" t="inlineStr">
+        <is>
+          <t>9786253660260</t>
+        </is>
+      </c>
+      <c r="B1255" s="1" t="inlineStr">
+        <is>
+          <t>Gecenin Hikayesi - Aylema (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1255" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="1256" spans="1:3">
+      <c r="A1256" s="1" t="inlineStr">
+        <is>
+          <t>9786253660246</t>
+        </is>
+      </c>
+      <c r="B1256" s="1" t="inlineStr">
+        <is>
+          <t>Gecenin Hikayesi - Dora (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1256" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="1257" spans="1:3">
+      <c r="A1257" s="1" t="inlineStr">
+        <is>
+          <t>9786253660215</t>
+        </is>
+      </c>
+      <c r="B1257" s="1" t="inlineStr">
+        <is>
+          <t>İpi Kopuk Kuklalar</t>
+        </is>
+      </c>
+      <c r="C1257" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1258" spans="1:3">
+      <c r="A1258" s="1" t="inlineStr">
+        <is>
+          <t>9786253660222</t>
+        </is>
+      </c>
+      <c r="B1258" s="1" t="inlineStr">
+        <is>
+          <t>İpi Kopuk Kuklalar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1258" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1259" spans="1:3">
+      <c r="A1259" s="1" t="inlineStr">
+        <is>
+          <t>9786253660062</t>
+        </is>
+      </c>
+      <c r="B1259" s="1" t="inlineStr">
+        <is>
+          <t>Tolkien Evreni’nden Yemek Tarifleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1259" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1260" spans="1:3">
+      <c r="A1260" s="1" t="inlineStr">
+        <is>
+          <t>9786253660154</t>
+        </is>
+      </c>
+      <c r="B1260" s="1" t="inlineStr">
+        <is>
+          <t>Karanlığın Dokunuşu</t>
+        </is>
+      </c>
+      <c r="C1260" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1261" spans="1:3">
+      <c r="A1261" s="1" t="inlineStr">
+        <is>
+          <t>9786254489921</t>
+        </is>
+      </c>
+      <c r="B1261" s="1" t="inlineStr">
+        <is>
+          <t>İşin Aslı: Kısa - Sert - Şiddet, Zorun ve Çokun Değeri Üzerine</t>
+        </is>
+      </c>
+      <c r="C1261" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1262" spans="1:3">
+      <c r="A1262" s="1" t="inlineStr">
+        <is>
+          <t>9786253660192</t>
+        </is>
+      </c>
+      <c r="B1262" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp - Kutulu (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1262" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="1263" spans="1:3">
+      <c r="A1263" s="1" t="inlineStr">
+        <is>
+          <t>9786253660178</t>
+        </is>
+      </c>
+      <c r="B1263" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1263" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1264" spans="1:3">
+      <c r="A1264" s="1" t="inlineStr">
+        <is>
+          <t>9786253660161</t>
+        </is>
+      </c>
+      <c r="B1264" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp</t>
+        </is>
+      </c>
+      <c r="C1264" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1265" spans="1:3">
+      <c r="A1265" s="1" t="inlineStr">
+        <is>
+          <t>9786253660109</t>
+        </is>
+      </c>
+      <c r="B1265" s="1" t="inlineStr">
+        <is>
+          <t>Hiç Kimse Sıradan Değildir</t>
+        </is>
+      </c>
+      <c r="C1265" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1266" spans="1:3">
+      <c r="A1266" s="1" t="inlineStr">
+        <is>
+          <t>9786253660093</t>
+        </is>
+      </c>
+      <c r="B1266" s="1" t="inlineStr">
+        <is>
+          <t>Gençlik Serüveni Seti</t>
+        </is>
+      </c>
+      <c r="C1266" s="1">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="1267" spans="1:3">
+      <c r="A1267" s="1" t="inlineStr">
+        <is>
+          <t>9786254487682</t>
+        </is>
+      </c>
+      <c r="B1267" s="1" t="inlineStr">
+        <is>
+          <t>Beni Kandıramazsın</t>
+        </is>
+      </c>
+      <c r="C1267" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1268" spans="1:3">
+      <c r="A1268" s="1" t="inlineStr">
+        <is>
+          <t>9786254489938</t>
+        </is>
+      </c>
+      <c r="B1268" s="1" t="inlineStr">
+        <is>
+          <t>Güç ve İntikam - Fırtınalar İmparatorluğu 1</t>
+        </is>
+      </c>
+      <c r="C1268" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1269" spans="1:3">
+      <c r="A1269" s="1" t="inlineStr">
+        <is>
+          <t>9786253660000</t>
+        </is>
+      </c>
+      <c r="B1269" s="1" t="inlineStr">
+        <is>
+          <t>Şiddetli Hazlar Serisi Set</t>
+        </is>
+      </c>
+      <c r="C1269" s="1">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="1270" spans="1:3">
+      <c r="A1270" s="1" t="inlineStr">
+        <is>
+          <t>9786253660079</t>
+        </is>
+      </c>
+      <c r="B1270" s="1" t="inlineStr">
+        <is>
+          <t>Sana Hala Bağımlı</t>
+        </is>
+      </c>
+      <c r="C1270" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1271" spans="1:3">
+      <c r="A1271" s="1" t="inlineStr">
+        <is>
+          <t>9786253660086</t>
+        </is>
+      </c>
+      <c r="B1271" s="1" t="inlineStr">
+        <is>
+          <t>Çarpık Oyunlar</t>
+        </is>
+      </c>
+      <c r="C1271" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1272" spans="1:3">
+      <c r="A1272" s="1" t="inlineStr">
+        <is>
+          <t>9786254489914</t>
+        </is>
+      </c>
+      <c r="B1272" s="1" t="inlineStr">
+        <is>
+          <t>Karanlık Harmoni (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1272" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1273" spans="1:3">
+      <c r="A1273" s="1" t="inlineStr">
+        <is>
+          <t>9786254489907</t>
+        </is>
+      </c>
+      <c r="B1273" s="1" t="inlineStr">
+        <is>
+          <t>Karanlık Harmoni</t>
+        </is>
+      </c>
+      <c r="C1273" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1274" spans="1:3">
+      <c r="A1274" s="1" t="inlineStr">
+        <is>
+          <t>9786254489976</t>
+        </is>
+      </c>
+      <c r="B1274" s="1" t="inlineStr">
+        <is>
+          <t>03:03 Dolunayda Açan Çiçek</t>
+        </is>
+      </c>
+      <c r="C1274" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1275" spans="1:3">
+      <c r="A1275" s="1" t="inlineStr">
+        <is>
+          <t>9786254489969</t>
+        </is>
+      </c>
+      <c r="B1275" s="1" t="inlineStr">
+        <is>
+          <t>02:02 Ayçiçeği Karnavalı</t>
+        </is>
+      </c>
+      <c r="C1275" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1276" spans="1:3">
+      <c r="A1276" s="1" t="inlineStr">
+        <is>
+          <t>9786254489952</t>
+        </is>
+      </c>
+      <c r="B1276" s="1" t="inlineStr">
+        <is>
+          <t>01:01 Bugün Adımı Sen Koy</t>
+        </is>
+      </c>
+      <c r="C1276" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1277" spans="1:3">
+      <c r="A1277" s="1" t="inlineStr">
+        <is>
+          <t>9786254489945</t>
+        </is>
+      </c>
+      <c r="B1277" s="1" t="inlineStr">
+        <is>
+          <t>00:00 Biri Sizi Düşünüyor</t>
+        </is>
+      </c>
+      <c r="C1277" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1278" spans="1:3">
+      <c r="A1278" s="1" t="inlineStr">
+        <is>
+          <t>9786254489983</t>
+        </is>
+      </c>
+      <c r="B1278" s="1" t="inlineStr">
+        <is>
+          <t>Tehlikeli Görev</t>
+        </is>
+      </c>
+      <c r="C1278" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1279" spans="1:3">
+      <c r="A1279" s="1" t="inlineStr">
+        <is>
+          <t>9786253660024</t>
+        </is>
+      </c>
+      <c r="B1279" s="1" t="inlineStr">
+        <is>
+          <t>Lexi Ryan Kutulu Set</t>
+        </is>
+      </c>
+      <c r="C1279" s="1">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="1280" spans="1:3">
+      <c r="A1280" s="1" t="inlineStr">
+        <is>
+          <t>9786254489990</t>
+        </is>
+      </c>
+      <c r="B1280" s="1" t="inlineStr">
+        <is>
+          <t>Şiddetli Sonlar</t>
+        </is>
+      </c>
+      <c r="C1280" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1281" spans="1:3">
+      <c r="A1281" s="1" t="inlineStr">
+        <is>
+          <t>9786253660017</t>
+        </is>
+      </c>
+      <c r="B1281" s="1" t="inlineStr">
+        <is>
+          <t>Şiddetli Hazlar</t>
+        </is>
+      </c>
+      <c r="C1281" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1282" spans="1:3">
+      <c r="A1282" s="1" t="inlineStr">
+        <is>
+          <t>9786253660031</t>
+        </is>
+      </c>
+      <c r="B1282" s="1" t="inlineStr">
+        <is>
+          <t>Lexi Ryan Kutulu Set (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1282" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="1283" spans="1:3">
+      <c r="A1283" s="1" t="inlineStr">
+        <is>
+          <t>9786254489884</t>
+        </is>
+      </c>
+      <c r="B1283" s="1" t="inlineStr">
+        <is>
+          <t>Karmaşık Bağlar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1283" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1284" spans="1:3">
+      <c r="A1284" s="1" t="inlineStr">
+        <is>
+          <t>9786254489891</t>
+        </is>
+      </c>
+      <c r="B1284" s="1" t="inlineStr">
+        <is>
+          <t>Karmaşık Bağlar</t>
+        </is>
+      </c>
+      <c r="C1284" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1285" spans="1:3">
+      <c r="A1285" s="1" t="inlineStr">
+        <is>
+          <t>9786254489778</t>
+        </is>
+      </c>
+      <c r="B1285" s="1" t="inlineStr">
+        <is>
+          <t>Bayan March</t>
+        </is>
+      </c>
+      <c r="C1285" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1286" spans="1:3">
+      <c r="A1286" s="1" t="inlineStr">
+        <is>
+          <t>9786254489877</t>
+        </is>
+      </c>
+      <c r="B1286" s="1" t="inlineStr">
+        <is>
+          <t>Solucan 2: Acı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1286" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1287" spans="1:3">
+      <c r="A1287" s="1" t="inlineStr">
+        <is>
+          <t>9786254489860</t>
+        </is>
+      </c>
+      <c r="B1287" s="1" t="inlineStr">
+        <is>
+          <t>Solucan 2: Acı</t>
+        </is>
+      </c>
+      <c r="C1287" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1288" spans="1:3">
+      <c r="A1288" s="1" t="inlineStr">
+        <is>
+          <t>9786254489846</t>
+        </is>
+      </c>
+      <c r="B1288" s="1" t="inlineStr">
+        <is>
+          <t>Senden Ayrı</t>
+        </is>
+      </c>
+      <c r="C1288" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1289" spans="1:3">
+      <c r="A1289" s="1" t="inlineStr">
+        <is>
+          <t>9786254486357</t>
+        </is>
+      </c>
+      <c r="B1289" s="1" t="inlineStr">
+        <is>
+          <t>Lordlar ve Varisler - Hepimiz Gökyüzü Olmak İstedik (Yeşil Şömiz) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1289" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="1290" spans="1:3">
+      <c r="A1290" s="1" t="inlineStr">
+        <is>
+          <t>9786254489457</t>
+        </is>
+      </c>
+      <c r="B1290" s="1" t="inlineStr">
+        <is>
+          <t>Şeytan Kapısı</t>
+        </is>
+      </c>
+      <c r="C1290" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1291" spans="1:3">
+      <c r="A1291" s="1" t="inlineStr">
+        <is>
+          <t>9786254489785</t>
+        </is>
+      </c>
+      <c r="B1291" s="1" t="inlineStr">
+        <is>
+          <t>Unofficial Harry Potter Fantastik Canavarlar Rehberi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1291" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1292" spans="1:3">
+      <c r="A1292" s="1" t="inlineStr">
+        <is>
+          <t>9786254489662</t>
+        </is>
+      </c>
+      <c r="B1292" s="1" t="inlineStr">
+        <is>
+          <t>Özgürlük İçin Çalmak - Genç Bir Afgan Kızın Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C1292" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1293" spans="1:3">
+      <c r="A1293" s="1" t="inlineStr">
+        <is>
+          <t>9786254489709</t>
+        </is>
+      </c>
+      <c r="B1293" s="1" t="inlineStr">
+        <is>
+          <t>Psikopat - 4</t>
+        </is>
+      </c>
+      <c r="C1293" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1294" spans="1:3">
+      <c r="A1294" s="1" t="inlineStr">
+        <is>
+          <t>9786254489716</t>
+        </is>
+      </c>
+      <c r="B1294" s="1" t="inlineStr">
+        <is>
+          <t>Psikopat - 5</t>
+        </is>
+      </c>
+      <c r="C1294" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1295" spans="1:3">
+      <c r="A1295" s="1" t="inlineStr">
+        <is>
+          <t>9786254489396</t>
+        </is>
+      </c>
+      <c r="B1295" s="1" t="inlineStr">
+        <is>
+          <t>Yüz Karası</t>
+        </is>
+      </c>
+      <c r="C1295" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1296" spans="1:3">
+      <c r="A1296" s="1" t="inlineStr">
+        <is>
+          <t>9786254489822</t>
+        </is>
+      </c>
+      <c r="B1296" s="1" t="inlineStr">
+        <is>
+          <t>Atlas Altılısı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1296" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1297" spans="1:3">
+      <c r="A1297" s="1" t="inlineStr">
+        <is>
+          <t>9786254489815</t>
+        </is>
+      </c>
+      <c r="B1297" s="1" t="inlineStr">
+        <is>
+          <t>Atlas Altılısı</t>
+        </is>
+      </c>
+      <c r="C1297" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1298" spans="1:3">
+      <c r="A1298" s="1" t="inlineStr">
+        <is>
+          <t>9786254489808</t>
+        </is>
+      </c>
+      <c r="B1298" s="1" t="inlineStr">
+        <is>
+          <t>Azizlerin Yaşamı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1298" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1299" spans="1:3">
+      <c r="A1299" s="1" t="inlineStr">
+        <is>
+          <t>9786254489792</t>
+        </is>
+      </c>
+      <c r="B1299" s="1" t="inlineStr">
+        <is>
+          <t>Azizlerin Yaşamı</t>
+        </is>
+      </c>
+      <c r="C1299" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1300" spans="1:3">
+      <c r="A1300" s="1" t="inlineStr">
+        <is>
+          <t>9786254489761</t>
+        </is>
+      </c>
+      <c r="B1300" s="1" t="inlineStr">
+        <is>
+          <t>Aramızdaki Gölgeler</t>
+        </is>
+      </c>
+      <c r="C1300" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1301" spans="1:3">
+      <c r="A1301" s="1" t="inlineStr">
+        <is>
+          <t>9786254489655</t>
+        </is>
+      </c>
+      <c r="B1301" s="1" t="inlineStr">
+        <is>
+          <t>Seninle Tanışana Dek</t>
+        </is>
+      </c>
+      <c r="C1301" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1302" spans="1:3">
+      <c r="A1302" s="1" t="inlineStr">
+        <is>
+          <t>9786254489112</t>
+        </is>
+      </c>
+      <c r="B1302" s="1" t="inlineStr">
+        <is>
+          <t>Jane Doe</t>
+        </is>
+      </c>
+      <c r="C1302" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1303" spans="1:3">
+      <c r="A1303" s="1" t="inlineStr">
+        <is>
+          <t>9786254489518</t>
+        </is>
+      </c>
+      <c r="B1303" s="1" t="inlineStr">
+        <is>
+          <t>Zan - Bir Arifin Fantastik Romanı</t>
+        </is>
+      </c>
+      <c r="C1303" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1304" spans="1:3">
+      <c r="A1304" s="1" t="inlineStr">
+        <is>
+          <t>9786254489754</t>
+        </is>
+      </c>
+      <c r="B1304" s="1" t="inlineStr">
+        <is>
+          <t>Gothikana (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1304" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1305" spans="1:3">
+      <c r="A1305" s="1" t="inlineStr">
+        <is>
+          <t>9786254489730</t>
+        </is>
+      </c>
+      <c r="B1305" s="1" t="inlineStr">
+        <is>
+          <t>Gothikana</t>
+        </is>
+      </c>
+      <c r="C1305" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1306" spans="1:3">
+      <c r="A1306" s="1" t="inlineStr">
+        <is>
+          <t>9786254489631</t>
+        </is>
+      </c>
+      <c r="B1306" s="1" t="inlineStr">
+        <is>
+          <t>Yabancı Bir İlahi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1306" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1307" spans="1:3">
+      <c r="A1307" s="1" t="inlineStr">
+        <is>
+          <t>9786254489624</t>
+        </is>
+      </c>
+      <c r="B1307" s="1" t="inlineStr">
+        <is>
+          <t>Yabancı Bir İlahi</t>
+        </is>
+      </c>
+      <c r="C1307" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1308" spans="1:3">
+      <c r="A1308" s="1" t="inlineStr">
+        <is>
+          <t>9786254489433</t>
+        </is>
+      </c>
+      <c r="B1308" s="1" t="inlineStr">
+        <is>
+          <t>İçi Boş Yeminler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1308" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1309" spans="1:3">
+      <c r="A1309" s="1" t="inlineStr">
+        <is>
+          <t>9786254489440</t>
+        </is>
+      </c>
+      <c r="B1309" s="1" t="inlineStr">
+        <is>
+          <t>İçi Boş Yeminler</t>
+        </is>
+      </c>
+      <c r="C1309" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1310" spans="1:3">
+      <c r="A1310" s="1" t="inlineStr">
+        <is>
+          <t>9786254489648</t>
+        </is>
+      </c>
+      <c r="B1310" s="1" t="inlineStr">
+        <is>
+          <t>Sana Bağımlı</t>
+        </is>
+      </c>
+      <c r="C1310" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1311" spans="1:3">
+      <c r="A1311" s="1" t="inlineStr">
+        <is>
+          <t>9786254489617</t>
+        </is>
+      </c>
+      <c r="B1311" s="1" t="inlineStr">
+        <is>
+          <t>Arafta</t>
+        </is>
+      </c>
+      <c r="C1311" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1312" spans="1:3">
+      <c r="A1312" s="1" t="inlineStr">
+        <is>
+          <t>9786254489419</t>
+        </is>
+      </c>
+      <c r="B1312" s="1" t="inlineStr">
+        <is>
+          <t>Solucan 1: Umut (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1312" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1313" spans="1:3">
+      <c r="A1313" s="1" t="inlineStr">
+        <is>
+          <t>9786254489402</t>
+        </is>
+      </c>
+      <c r="B1313" s="1" t="inlineStr">
+        <is>
+          <t>Solucan 1: Umut</t>
+        </is>
+      </c>
+      <c r="C1313" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1314" spans="1:3">
+      <c r="A1314" s="1" t="inlineStr">
+        <is>
+          <t>9786254489075</t>
+        </is>
+      </c>
+      <c r="B1314" s="1" t="inlineStr">
+        <is>
+          <t>Balarısı</t>
+        </is>
+      </c>
+      <c r="C1314" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1315" spans="1:3">
+      <c r="A1315" s="1" t="inlineStr">
+        <is>
+          <t>9786254489105</t>
+        </is>
+      </c>
+      <c r="B1315" s="1" t="inlineStr">
+        <is>
+          <t>Şiddetli Hazlar Serisi Kutulu Set - 2 Kitap (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1315" s="1">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="1316" spans="1:3">
+      <c r="A1316" s="1" t="inlineStr">
+        <is>
+          <t>9786254488733</t>
+        </is>
+      </c>
+      <c r="B1316" s="1" t="inlineStr">
+        <is>
+          <t>Şiddetli Sonlar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1316" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1317" spans="1:3">
+      <c r="A1317" s="1" t="inlineStr">
+        <is>
+          <t>9786254488771</t>
+        </is>
+      </c>
+      <c r="B1317" s="1" t="inlineStr">
+        <is>
+          <t>Hırsızların Dansı Seti (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1317" s="1">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="1318" spans="1:3">
+      <c r="A1318" s="1" t="inlineStr">
+        <is>
+          <t>9786254489013</t>
+        </is>
+      </c>
+      <c r="B1318" s="1" t="inlineStr">
+        <is>
+          <t>Hırsızların Dansı Seti</t>
+        </is>
+      </c>
+      <c r="C1318" s="1">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="1319" spans="1:3">
+      <c r="A1319" s="1" t="inlineStr">
+        <is>
+          <t>9786254488795</t>
+        </is>
+      </c>
+      <c r="B1319" s="1" t="inlineStr">
+        <is>
+          <t>En Karanlık Günah</t>
+        </is>
+      </c>
+      <c r="C1319" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1320" spans="1:3">
+      <c r="A1320" s="1" t="inlineStr">
+        <is>
+          <t>9786254488740</t>
+        </is>
+      </c>
+      <c r="B1320" s="1" t="inlineStr">
+        <is>
+          <t>Rapsodi</t>
+        </is>
+      </c>
+      <c r="C1320" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1321" spans="1:3">
+      <c r="A1321" s="1" t="inlineStr">
+        <is>
+          <t>9786254488757</t>
+        </is>
+      </c>
+      <c r="B1321" s="1" t="inlineStr">
+        <is>
+          <t>Rapsodi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1321" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1322" spans="1:3">
+      <c r="A1322" s="1" t="inlineStr">
+        <is>
+          <t>9786254488689</t>
+        </is>
+      </c>
+      <c r="B1322" s="1" t="inlineStr">
+        <is>
+          <t>Hırsızların Yemini</t>
+        </is>
+      </c>
+      <c r="C1322" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1323" spans="1:3">
+      <c r="A1323" s="1" t="inlineStr">
+        <is>
+          <t>9786254488696</t>
+        </is>
+      </c>
+      <c r="B1323" s="1" t="inlineStr">
+        <is>
+          <t>Hırsızların Yemini (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1323" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1324" spans="1:3">
+      <c r="A1324" s="1" t="inlineStr">
+        <is>
+          <t>9786254488184</t>
+        </is>
+      </c>
+      <c r="B1324" s="1" t="inlineStr">
+        <is>
+          <t>Köprü Krallığı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1324" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1325" spans="1:3">
+      <c r="A1325" s="1" t="inlineStr">
+        <is>
+          <t>9786254488191</t>
+        </is>
+      </c>
+      <c r="B1325" s="1" t="inlineStr">
+        <is>
+          <t>Korunmuş</t>
+        </is>
+      </c>
+      <c r="C1325" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1326" spans="1:3">
+      <c r="A1326" s="1" t="inlineStr">
+        <is>
+          <t>9786254488139</t>
+        </is>
+      </c>
+      <c r="B1326" s="1" t="inlineStr">
+        <is>
+          <t>Psikopat - 3 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1326" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1327" spans="1:3">
+      <c r="A1327" s="1" t="inlineStr">
+        <is>
+          <t>9786254488245</t>
+        </is>
+      </c>
+      <c r="B1327" s="1" t="inlineStr">
+        <is>
+          <t>En Çılgın Takıntı</t>
+        </is>
+      </c>
+      <c r="C1327" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1328" spans="1:3">
+      <c r="A1328" s="1" t="inlineStr">
+        <is>
+          <t>9786254487286</t>
+        </is>
+      </c>
+      <c r="B1328" s="1" t="inlineStr">
+        <is>
+          <t>39 Basamak</t>
+        </is>
+      </c>
+      <c r="C1328" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="1329" spans="1:3">
+      <c r="A1329" s="1" t="inlineStr">
+        <is>
+          <t>9786254487231</t>
+        </is>
+      </c>
+      <c r="B1329" s="1" t="inlineStr">
+        <is>
+          <t>Bu Kusurlu Mükemmel Dünya</t>
+        </is>
+      </c>
+      <c r="C1329" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1330" spans="1:3">
+      <c r="A1330" s="1" t="inlineStr">
+        <is>
+          <t>9786254487248</t>
+        </is>
+      </c>
+      <c r="B1330" s="1" t="inlineStr">
+        <is>
+          <t>Ana Şifre</t>
+        </is>
+      </c>
+      <c r="C1330" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1331" spans="1:3">
+      <c r="A1331" s="1" t="inlineStr">
+        <is>
+          <t>9781642753288</t>
+        </is>
+      </c>
+      <c r="B1331" s="1" t="inlineStr">
+        <is>
+          <t>Bizi Arıyorum - Biraz Şarkı Biraz Gözyaşı</t>
+        </is>
+      </c>
+      <c r="C1331" s="1">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="1332" spans="1:3">
+      <c r="A1332" s="1" t="inlineStr">
+        <is>
+          <t>9786051869223</t>
+        </is>
+      </c>
+      <c r="B1332" s="1" t="inlineStr">
+        <is>
+          <t>Saklambaç</t>
+        </is>
+      </c>
+      <c r="C1332" s="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="1333" spans="1:3">
+      <c r="A1333" s="1" t="inlineStr">
+        <is>
+          <t>9786254489068</t>
+        </is>
+      </c>
+      <c r="B1333" s="1" t="inlineStr">
+        <is>
+          <t>Kazanırsak Kaybederiz 2 - Yazıyor</t>
+        </is>
+      </c>
+      <c r="C1333" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="1334" spans="1:3">
+      <c r="A1334" s="1" t="inlineStr">
+        <is>
+          <t>9786254489020</t>
+        </is>
+      </c>
+      <c r="B1334" s="1" t="inlineStr">
+        <is>
+          <t>Lambadaki Cin: Sosyal Medya</t>
+        </is>
+      </c>
+      <c r="C1334" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1335" spans="1:3">
+      <c r="A1335" s="1" t="inlineStr">
+        <is>
+          <t>9786254489136</t>
+        </is>
+      </c>
+      <c r="B1335" s="1" t="inlineStr">
+        <is>
+          <t>Siren Kraliçesinin Kızı</t>
+        </is>
+      </c>
+      <c r="C1335" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1336" spans="1:3">
+      <c r="A1336" s="1" t="inlineStr">
+        <is>
+          <t>9786254487255</t>
+        </is>
+      </c>
+      <c r="B1336" s="1" t="inlineStr">
+        <is>
+          <t>Kalbimi Beşe Kur</t>
+        </is>
+      </c>
+      <c r="C1336" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1337" spans="1:3">
+      <c r="A1337" s="1" t="inlineStr">
+        <is>
+          <t>9786254489129</t>
+        </is>
+      </c>
+      <c r="B1337" s="1" t="inlineStr">
+        <is>
+          <t>Orion</t>
+        </is>
+      </c>
+      <c r="C1337" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1338" spans="1:3">
+      <c r="A1338" s="1" t="inlineStr">
+        <is>
+          <t>9786254488764</t>
+        </is>
+      </c>
+      <c r="B1338" s="1" t="inlineStr">
+        <is>
+          <t>Neredeyse Alex</t>
+        </is>
+      </c>
+      <c r="C1338" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1339" spans="1:3">
+      <c r="A1339" s="1" t="inlineStr">
+        <is>
+          <t>9786254488788</t>
+        </is>
+      </c>
+      <c r="B1339" s="1" t="inlineStr">
+        <is>
+          <t>Bir Yaz Boyunca</t>
+        </is>
+      </c>
+      <c r="C1339" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1340" spans="1:3">
+      <c r="A1340" s="1" t="inlineStr">
+        <is>
+          <t>9786254488535</t>
+        </is>
+      </c>
+      <c r="B1340" s="1" t="inlineStr">
+        <is>
+          <t>Korsan Kralın Kızı</t>
+        </is>
+      </c>
+      <c r="C1340" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1341" spans="1:3">
+      <c r="A1341" s="1" t="inlineStr">
+        <is>
+          <t>9786254486319</t>
+        </is>
+      </c>
+      <c r="B1341" s="1" t="inlineStr">
+        <is>
+          <t>Alemlerin Savaşı</t>
+        </is>
+      </c>
+      <c r="C1341" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1342" spans="1:3">
+      <c r="A1342" s="1" t="inlineStr">
+        <is>
+          <t>9786254488177</t>
+        </is>
+      </c>
+      <c r="B1342" s="1" t="inlineStr">
+        <is>
+          <t>Bebek</t>
+        </is>
+      </c>
+      <c r="C1342" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1343" spans="1:3">
+      <c r="A1343" s="1" t="inlineStr">
+        <is>
+          <t>9786254488511</t>
+        </is>
+      </c>
+      <c r="B1343" s="1" t="inlineStr">
+        <is>
+          <t>Kazanırsak Kaybederiz 2 - Yazıyor (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1343" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1344" spans="1:3">
+      <c r="A1344" s="1" t="inlineStr">
+        <is>
+          <t>9786254488528</t>
+        </is>
+      </c>
+      <c r="B1344" s="1" t="inlineStr">
+        <is>
+          <t>Kazanırsak Kaybederiz 2 - Yazıyor</t>
+        </is>
+      </c>
+      <c r="C1344" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1345" spans="1:3">
+      <c r="A1345" s="1" t="inlineStr">
+        <is>
+          <t>9786254487767</t>
+        </is>
+      </c>
+      <c r="B1345" s="1" t="inlineStr">
+        <is>
+          <t>Viking Şövalye</t>
+        </is>
+      </c>
+      <c r="C1345" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1346" spans="1:3">
+      <c r="A1346" s="1" t="inlineStr">
+        <is>
+          <t>9786254488023</t>
+        </is>
+      </c>
+      <c r="B1346" s="1" t="inlineStr">
+        <is>
+          <t>Kimse Gerçek Değil</t>
+        </is>
+      </c>
+      <c r="C1346" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="1347" spans="1:3">
+      <c r="A1347" s="1" t="inlineStr">
+        <is>
+          <t>9786254488047</t>
+        </is>
+      </c>
+      <c r="B1347" s="1" t="inlineStr">
+        <is>
+          <t>Kazanırsak Kaybederiz: Çevrimiçi</t>
+        </is>
+      </c>
+      <c r="C1347" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="1348" spans="1:3">
+      <c r="A1348" s="1" t="inlineStr">
+        <is>
+          <t>9786254488153</t>
+        </is>
+      </c>
+      <c r="B1348" s="1" t="inlineStr">
+        <is>
+          <t>Psikopat - 5 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1348" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1349" spans="1:3">
+      <c r="A1349" s="1" t="inlineStr">
+        <is>
+          <t>9786254488146</t>
+        </is>
+      </c>
+      <c r="B1349" s="1" t="inlineStr">
+        <is>
+          <t>Psikopat - 4 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1349" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1350" spans="1:3">
+      <c r="A1350" s="1" t="inlineStr">
+        <is>
+          <t>9786254488122</t>
+        </is>
+      </c>
+      <c r="B1350" s="1" t="inlineStr">
+        <is>
+          <t>Psikopat - 2 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1350" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1351" spans="1:3">
+      <c r="A1351" s="1" t="inlineStr">
+        <is>
+          <t>9786254488115</t>
+        </is>
+      </c>
+      <c r="B1351" s="1" t="inlineStr">
+        <is>
+          <t>Psikopat - 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1351" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1352" spans="1:3">
+      <c r="A1352" s="1" t="inlineStr">
+        <is>
+          <t>9786254488054</t>
+        </is>
+      </c>
+      <c r="B1352" s="1" t="inlineStr">
+        <is>
+          <t>01:01 Bugün Adımı Sen Koy</t>
+        </is>
+      </c>
+      <c r="C1352" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="1353" spans="1:3">
+      <c r="A1353" s="1" t="inlineStr">
+        <is>
+          <t>9786254488009</t>
+        </is>
+      </c>
+      <c r="B1353" s="1" t="inlineStr">
+        <is>
+          <t>00:00 Biri Sizi Düşünüyor</t>
+        </is>
+      </c>
+      <c r="C1353" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="1354" spans="1:3">
+      <c r="A1354" s="1" t="inlineStr">
+        <is>
+          <t>9786254488030</t>
+        </is>
+      </c>
+      <c r="B1354" s="1" t="inlineStr">
+        <is>
+          <t>03:03 Dolunayda Açan Çiçek</t>
+        </is>
+      </c>
+      <c r="C1354" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="1355" spans="1:3">
+      <c r="A1355" s="1" t="inlineStr">
+        <is>
+          <t>9786254488061</t>
+        </is>
+      </c>
+      <c r="B1355" s="1" t="inlineStr">
+        <is>
+          <t>Dumbledore: Hogwarts’ın Tanınmış Müdürünün Hayatı ve Yalanları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1355" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1356" spans="1:3">
+      <c r="A1356" s="1" t="inlineStr">
+        <is>
+          <t>9786254483790</t>
+        </is>
+      </c>
+      <c r="B1356" s="1" t="inlineStr">
+        <is>
+          <t>Sınırların Ötesinde</t>
+        </is>
+      </c>
+      <c r="C1356" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1357" spans="1:3">
+      <c r="A1357" s="1" t="inlineStr">
+        <is>
+          <t>9786254487750</t>
+        </is>
+      </c>
+      <c r="B1357" s="1" t="inlineStr">
+        <is>
+          <t>Hırsızların Dansı</t>
+        </is>
+      </c>
+      <c r="C1357" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1358" spans="1:3">
+      <c r="A1358" s="1" t="inlineStr">
+        <is>
+          <t>9786254487743</t>
+        </is>
+      </c>
+      <c r="B1358" s="1" t="inlineStr">
+        <is>
+          <t>Hırsızların Dansı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1358" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1359" spans="1:3">
+      <c r="A1359" s="1" t="inlineStr">
+        <is>
+          <t>9786254486807</t>
+        </is>
+      </c>
+      <c r="B1359" s="1" t="inlineStr">
+        <is>
+          <t>Yabancı</t>
+        </is>
+      </c>
+      <c r="C1359" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1360" spans="1:3">
+      <c r="A1360" s="1" t="inlineStr">
+        <is>
+          <t>9786254486968</t>
+        </is>
+      </c>
+      <c r="B1360" s="1" t="inlineStr">
+        <is>
+          <t>Lestat</t>
+        </is>
+      </c>
+      <c r="C1360" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1361" spans="1:3">
+      <c r="A1361" s="1" t="inlineStr">
+        <is>
+          <t>9786254487729</t>
+        </is>
+      </c>
+      <c r="B1361" s="1" t="inlineStr">
+        <is>
+          <t>Parçalar</t>
+        </is>
+      </c>
+      <c r="C1361" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1362" spans="1:3">
+      <c r="A1362" s="1" t="inlineStr">
+        <is>
+          <t>9786254486821</t>
+        </is>
+      </c>
+      <c r="B1362" s="1" t="inlineStr">
+        <is>
+          <t>Kız, Yılan, Diken (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1362" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1363" spans="1:3">
+      <c r="A1363" s="1" t="inlineStr">
+        <is>
+          <t>9786254487200</t>
+        </is>
+      </c>
+      <c r="B1363" s="1" t="inlineStr">
+        <is>
+          <t>Kazanırsak Kaybederiz</t>
+        </is>
+      </c>
+      <c r="C1363" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1364" spans="1:3">
+      <c r="A1364" s="1" t="inlineStr">
+        <is>
+          <t>9786254486692</t>
+        </is>
+      </c>
+      <c r="B1364" s="1" t="inlineStr">
+        <is>
+          <t>Kimse Gerçek Değil</t>
+        </is>
+      </c>
+      <c r="C1364" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1365" spans="1:3">
+      <c r="A1365" s="1" t="inlineStr">
+        <is>
+          <t>9786254486432</t>
+        </is>
+      </c>
+      <c r="B1365" s="1" t="inlineStr">
+        <is>
+          <t>Kanla Yazılı</t>
+        </is>
+      </c>
+      <c r="C1365" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1366" spans="1:3">
+      <c r="A1366" s="1" t="inlineStr">
+        <is>
+          <t>9786254487170</t>
+        </is>
+      </c>
+      <c r="B1366" s="1" t="inlineStr">
+        <is>
+          <t>Gerçekler Kanıt İster</t>
+        </is>
+      </c>
+      <c r="C1366" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1367" spans="1:3">
+      <c r="A1367" s="1" t="inlineStr">
+        <is>
+          <t>9786254487187</t>
+        </is>
+      </c>
+      <c r="B1367" s="1" t="inlineStr">
+        <is>
+          <t>Aklın Şüphesi Suçun Gerçeğidir</t>
+        </is>
+      </c>
+      <c r="C1367" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1368" spans="1:3">
+      <c r="A1368" s="1" t="inlineStr">
+        <is>
+          <t>9786254487163</t>
+        </is>
+      </c>
+      <c r="B1368" s="1" t="inlineStr">
+        <is>
+          <t>Şüphe Asla Uyumaz</t>
+        </is>
+      </c>
+      <c r="C1368" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="1369" spans="1:3">
+      <c r="A1369" s="1" t="inlineStr">
+        <is>
+          <t>9786254486500</t>
+        </is>
+      </c>
+      <c r="B1369" s="1" t="inlineStr">
+        <is>
+          <t>Vincent ve Theo - Van Gogh Kardeşler</t>
+        </is>
+      </c>
+      <c r="C1369" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1370" spans="1:3">
+      <c r="A1370" s="1" t="inlineStr">
+        <is>
+          <t>9786254486470</t>
+        </is>
+      </c>
+      <c r="B1370" s="1" t="inlineStr">
+        <is>
+          <t>Yüksek Topuklar Çıplak Ruhlar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1370" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1371" spans="1:3">
+      <c r="A1371" s="1" t="inlineStr">
+        <is>
+          <t>9786254486418</t>
+        </is>
+      </c>
+      <c r="B1371" s="1" t="inlineStr">
+        <is>
+          <t>Tutunduğumuz Gerçekler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1371" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1372" spans="1:3">
+      <c r="A1372" s="1" t="inlineStr">
+        <is>
+          <t>9786254486982</t>
+        </is>
+      </c>
+      <c r="B1372" s="1" t="inlineStr">
+        <is>
+          <t>Hepimiz Gökyüzü Olmak İstedik: Krallar ve Soytarıları - Hava (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1372" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="1373" spans="1:3">
+      <c r="A1373" s="1" t="inlineStr">
+        <is>
+          <t>9786254487002</t>
+        </is>
+      </c>
+      <c r="B1373" s="1" t="inlineStr">
+        <is>
+          <t>Hepimiz Gökyüzü Olmak İstedik: Krallar ve Soytarıları - Toprak (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1373" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="1374" spans="1:3">
+      <c r="A1374" s="1" t="inlineStr">
+        <is>
+          <t>9786254486623</t>
+        </is>
+      </c>
+      <c r="B1374" s="1" t="inlineStr">
+        <is>
+          <t>Kimse Gerçek Değil - Kutulu (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1374" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="1375" spans="1:3">
+      <c r="A1375" s="1" t="inlineStr">
+        <is>
+          <t>9786254486326</t>
+        </is>
+      </c>
+      <c r="B1375" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Başlangıçlar Kitapçısı</t>
+        </is>
+      </c>
+      <c r="C1375" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1376" spans="1:3">
+      <c r="A1376" s="1" t="inlineStr">
+        <is>
+          <t>9786254486678</t>
+        </is>
+      </c>
+      <c r="B1376" s="1" t="inlineStr">
+        <is>
+          <t>Şiddetli Hazlar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1376" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1377" spans="1:3">
+      <c r="A1377" s="1" t="inlineStr">
+        <is>
+          <t>9786254486647</t>
+        </is>
+      </c>
+      <c r="B1377" s="1" t="inlineStr">
+        <is>
+          <t>03:03 Dolunayda Açan Çiçek (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1377" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1378" spans="1:3">
+      <c r="A1378" s="1" t="inlineStr">
+        <is>
+          <t>9786254486654</t>
+        </is>
+      </c>
+      <c r="B1378" s="1" t="inlineStr">
+        <is>
+          <t>02:02 Ayçiçeği Karnavalı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1378" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1379" spans="1:3">
+      <c r="A1379" s="1" t="inlineStr">
+        <is>
+          <t>9786254486661</t>
+        </is>
+      </c>
+      <c r="B1379" s="1" t="inlineStr">
+        <is>
+          <t>01:01 Bugün Adımı Sen Koy (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1379" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1380" spans="1:3">
+      <c r="A1380" s="1" t="inlineStr">
+        <is>
+          <t>9786254486630</t>
+        </is>
+      </c>
+      <c r="B1380" s="1" t="inlineStr">
+        <is>
+          <t>00:00 Biri Sizi Düşünüyor (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1380" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1381" spans="1:3">
+      <c r="A1381" s="1" t="inlineStr">
+        <is>
+          <t>9786254486685</t>
+        </is>
+      </c>
+      <c r="B1381" s="1" t="inlineStr">
+        <is>
+          <t>Kimse Gerçek Değil (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1381" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1382" spans="1:3">
+      <c r="A1382" s="1" t="inlineStr">
+        <is>
+          <t>9786254486517</t>
+        </is>
+      </c>
+      <c r="B1382" s="1" t="inlineStr">
+        <is>
+          <t>Mürekkepsiz Günlükler</t>
+        </is>
+      </c>
+      <c r="C1382" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="1383" spans="1:3">
+      <c r="A1383" s="1" t="inlineStr">
+        <is>
+          <t>9786254485930</t>
+        </is>
+      </c>
+      <c r="B1383" s="1" t="inlineStr">
+        <is>
+          <t>Gölge Anahtar</t>
+        </is>
+      </c>
+      <c r="C1383" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1384" spans="1:3">
+      <c r="A1384" s="1" t="inlineStr">
+        <is>
+          <t>9786254485954</t>
+        </is>
+      </c>
+      <c r="B1384" s="1" t="inlineStr">
+        <is>
+          <t>Erkekler Neden Evleni̇r?</t>
+        </is>
+      </c>
+      <c r="C1384" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1385" spans="1:3">
+      <c r="A1385" s="1" t="inlineStr">
+        <is>
+          <t>9786254486296</t>
+        </is>
+      </c>
+      <c r="B1385" s="1" t="inlineStr">
+        <is>
+          <t>Sanctuary</t>
+        </is>
+      </c>
+      <c r="C1385" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1386" spans="1:3">
+      <c r="A1386" s="1" t="inlineStr">
+        <is>
+          <t>9786254486227</t>
+        </is>
+      </c>
+      <c r="B1386" s="1" t="inlineStr">
+        <is>
+          <t>Neredeyse Sıradan Bir Aile</t>
+        </is>
+      </c>
+      <c r="C1386" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1387" spans="1:3">
+      <c r="A1387" s="1" t="inlineStr">
+        <is>
+          <t>9786254486531</t>
+        </is>
+      </c>
+      <c r="B1387" s="1" t="inlineStr">
+        <is>
+          <t>Amato Kardeşler Serisi (3 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C1387" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1388" spans="1:3">
+      <c r="A1388" s="1" t="inlineStr">
+        <is>
+          <t>9786254485756</t>
+        </is>
+      </c>
+      <c r="B1388" s="1" t="inlineStr">
+        <is>
+          <t>Nefes</t>
+        </is>
+      </c>
+      <c r="C1388" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1389" spans="1:3">
+      <c r="A1389" s="1" t="inlineStr">
+        <is>
+          <t>9786254486302</t>
+        </is>
+      </c>
+      <c r="B1389" s="1" t="inlineStr">
+        <is>
+          <t>Hancının Seyir Defteri</t>
+        </is>
+      </c>
+      <c r="C1389" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="1390" spans="1:3">
+      <c r="A1390" s="1" t="inlineStr">
+        <is>
+          <t>9786254486425</t>
+        </is>
+      </c>
+      <c r="B1390" s="1" t="inlineStr">
+        <is>
+          <t>Kazanırsak Kaybederiz: Çevrimiçi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1390" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1391" spans="1:3">
+      <c r="A1391" s="1" t="inlineStr">
+        <is>
+          <t>9786254486241</t>
+        </is>
+      </c>
+      <c r="B1391" s="1" t="inlineStr">
+        <is>
+          <t>Kurtların Hükmü</t>
+        </is>
+      </c>
+      <c r="C1391" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1392" spans="1:3">
+      <c r="A1392" s="1" t="inlineStr">
+        <is>
+          <t>9786254486371</t>
+        </is>
+      </c>
+      <c r="B1392" s="1" t="inlineStr">
+        <is>
+          <t>Lordlar ve Varisler - Hepimiz Gökyüzü Olmak İstedik (Beyaz Şömiz) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1392" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="1393" spans="1:3">
+      <c r="A1393" s="1" t="inlineStr">
+        <is>
+          <t>9786254485718</t>
+        </is>
+      </c>
+      <c r="B1393" s="1" t="inlineStr">
+        <is>
+          <t>Vajina Kitabı</t>
+        </is>
+      </c>
+      <c r="C1393" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1394" spans="1:3">
+      <c r="A1394" s="1" t="inlineStr">
+        <is>
+          <t>9786254486234</t>
+        </is>
+      </c>
+      <c r="B1394" s="1" t="inlineStr">
+        <is>
+          <t>Kurtların Hükmü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1394" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1395" spans="1:3">
+      <c r="A1395" s="1" t="inlineStr">
+        <is>
+          <t>9786254485565</t>
+        </is>
+      </c>
+      <c r="B1395" s="1" t="inlineStr">
+        <is>
+          <t>Sırlar ve Affedişler</t>
+        </is>
+      </c>
+      <c r="C1395" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1396" spans="1:3">
+      <c r="A1396" s="1" t="inlineStr">
+        <is>
+          <t>9786254485558</t>
+        </is>
+      </c>
+      <c r="B1396" s="1" t="inlineStr">
+        <is>
+          <t>Anılardan Kartpostallar</t>
+        </is>
+      </c>
+      <c r="C1396" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1397" spans="1:3">
+      <c r="A1397" s="1" t="inlineStr">
+        <is>
+          <t>9786254485602</t>
+        </is>
+      </c>
+      <c r="B1397" s="1" t="inlineStr">
+        <is>
+          <t>Örgü Adası'na Veda</t>
+        </is>
+      </c>
+      <c r="C1397" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1398" spans="1:3">
+      <c r="A1398" s="1" t="inlineStr">
+        <is>
+          <t>9786254485848</t>
+        </is>
+      </c>
+      <c r="B1398" s="1" t="inlineStr">
+        <is>
+          <t>Billie Eilish (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1398" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1399" spans="1:3">
+      <c r="A1399" s="1" t="inlineStr">
+        <is>
+          <t>9786254485572</t>
+        </is>
+      </c>
+      <c r="B1399" s="1" t="inlineStr">
+        <is>
+          <t>Düğünçiçeği Gelini</t>
+        </is>
+      </c>
+      <c r="C1399" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1400" spans="1:3">
+      <c r="A1400" s="1" t="inlineStr">
+        <is>
+          <t>9786254485428</t>
+        </is>
+      </c>
+      <c r="B1400" s="1" t="inlineStr">
+        <is>
+          <t>Kraliçenin Rakipleri</t>
+        </is>
+      </c>
+      <c r="C1400" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1401" spans="1:3">
+      <c r="A1401" s="1" t="inlineStr">
+        <is>
+          <t>9786254484537</t>
+        </is>
+      </c>
+      <c r="B1401" s="1" t="inlineStr">
+        <is>
+          <t>Düşgezginleri</t>
+        </is>
+      </c>
+      <c r="C1401" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1402" spans="1:3">
+      <c r="A1402" s="1" t="inlineStr">
+        <is>
+          <t>9786254484940</t>
+        </is>
+      </c>
+      <c r="B1402" s="1" t="inlineStr">
+        <is>
+          <t>Gezgin</t>
+        </is>
+      </c>
+      <c r="C1402" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1403" spans="1:3">
+      <c r="A1403" s="1" t="inlineStr">
+        <is>
+          <t>9786254484889</t>
+        </is>
+      </c>
+      <c r="B1403" s="1" t="inlineStr">
+        <is>
+          <t>Vadinin Perileri</t>
+        </is>
+      </c>
+      <c r="C1403" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="1404" spans="1:3">
+      <c r="A1404" s="1" t="inlineStr">
+        <is>
+          <t>9786254484896</t>
+        </is>
+      </c>
+      <c r="B1404" s="1" t="inlineStr">
+        <is>
+          <t>Kum ve Köpük</t>
+        </is>
+      </c>
+      <c r="C1404" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="1405" spans="1:3">
+      <c r="A1405" s="1" t="inlineStr">
+        <is>
+          <t>9786254484926</t>
+        </is>
+      </c>
+      <c r="B1405" s="1" t="inlineStr">
+        <is>
+          <t>Kırık Kanatlar</t>
+        </is>
+      </c>
+      <c r="C1405" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="1406" spans="1:3">
+      <c r="A1406" s="1" t="inlineStr">
+        <is>
+          <t>9786254484919</t>
+        </is>
+      </c>
+      <c r="B1406" s="1" t="inlineStr">
+        <is>
+          <t>Üstadın Sesi</t>
+        </is>
+      </c>
+      <c r="C1406" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1407" spans="1:3">
+      <c r="A1407" s="1" t="inlineStr">
+        <is>
+          <t>9786254484902</t>
+        </is>
+      </c>
+      <c r="B1407" s="1" t="inlineStr">
+        <is>
+          <t>İnsanoğlu İsa</t>
+        </is>
+      </c>
+      <c r="C1407" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1408" spans="1:3">
+      <c r="A1408" s="1" t="inlineStr">
+        <is>
+          <t>9786254484957</t>
+        </is>
+      </c>
+      <c r="B1408" s="1" t="inlineStr">
+        <is>
+          <t>Ermişin Bahçesi</t>
+        </is>
+      </c>
+      <c r="C1408" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="1409" spans="1:3">
+      <c r="A1409" s="1" t="inlineStr">
+        <is>
+          <t>9786254484964</t>
+        </is>
+      </c>
+      <c r="B1409" s="1" t="inlineStr">
+        <is>
+          <t>Ermiş</t>
+        </is>
+      </c>
+      <c r="C1409" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1410" spans="1:3">
+      <c r="A1410" s="1" t="inlineStr">
+        <is>
+          <t>9786254484971</t>
+        </is>
+      </c>
+      <c r="B1410" s="1" t="inlineStr">
+        <is>
+          <t>Deli</t>
+        </is>
+      </c>
+      <c r="C1410" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="1411" spans="1:3">
+      <c r="A1411" s="1" t="inlineStr">
+        <is>
+          <t>9786254484988</t>
+        </is>
+      </c>
+      <c r="B1411" s="1" t="inlineStr">
+        <is>
+          <t>Bir Damla Yaş Bir Tebessüm</t>
+        </is>
+      </c>
+      <c r="C1411" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1412" spans="1:3">
+      <c r="A1412" s="1" t="inlineStr">
+        <is>
+          <t>9786254484995</t>
+        </is>
+      </c>
+      <c r="B1412" s="1" t="inlineStr">
+        <is>
+          <t>Asi Ruhlar</t>
+        </is>
+      </c>
+      <c r="C1412" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="1413" spans="1:3">
+      <c r="A1413" s="1" t="inlineStr">
+        <is>
+          <t>9786254485527</t>
+        </is>
+      </c>
+      <c r="B1413" s="1" t="inlineStr">
+        <is>
+          <t>Şeftali Kokan Sırlar</t>
+        </is>
+      </c>
+      <c r="C1413" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1414" spans="1:3">
+      <c r="A1414" s="1" t="inlineStr">
+        <is>
+          <t>9786254485534</t>
+        </is>
+      </c>
+      <c r="B1414" s="1" t="inlineStr">
+        <is>
+          <t>Şeftali Kokan Bir Aşk</t>
+        </is>
+      </c>
+      <c r="C1414" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1415" spans="1:3">
+      <c r="A1415" s="1" t="inlineStr">
+        <is>
+          <t>9786254482885</t>
+        </is>
+      </c>
+      <c r="B1415" s="1" t="inlineStr">
+        <is>
+          <t>Babaya Mektup</t>
+        </is>
+      </c>
+      <c r="C1415" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="1416" spans="1:3">
+      <c r="A1416" s="1" t="inlineStr">
+        <is>
+          <t>9786254482946</t>
+        </is>
+      </c>
+      <c r="B1416" s="1" t="inlineStr">
+        <is>
+          <t>Bir Açlık Sanatçısı</t>
+        </is>
+      </c>
+      <c r="C1416" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="1417" spans="1:3">
+      <c r="A1417" s="1" t="inlineStr">
+        <is>
+          <t>9786254482953</t>
+        </is>
+      </c>
+      <c r="B1417" s="1" t="inlineStr">
+        <is>
+          <t>Taşrada Düğün Hazırlıkları</t>
+        </is>
+      </c>
+      <c r="C1417" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1418" spans="1:3">
+      <c r="A1418" s="1" t="inlineStr">
+        <is>
+          <t>9786254482908</t>
+        </is>
+      </c>
+      <c r="B1418" s="1" t="inlineStr">
+        <is>
+          <t>Gözlem</t>
+        </is>
+      </c>
+      <c r="C1418" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1419" spans="1:3">
+      <c r="A1419" s="1" t="inlineStr">
+        <is>
+          <t>9786254482915</t>
+        </is>
+      </c>
+      <c r="B1419" s="1" t="inlineStr">
+        <is>
+          <t>Ceza Kolonisinde</t>
+        </is>
+      </c>
+      <c r="C1419" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="1420" spans="1:3">
+      <c r="A1420" s="1" t="inlineStr">
+        <is>
+          <t>9786254482939</t>
+        </is>
+      </c>
+      <c r="B1420" s="1" t="inlineStr">
+        <is>
+          <t>Bir Köy Hekimi</t>
+        </is>
+      </c>
+      <c r="C1420" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="1421" spans="1:3">
+      <c r="A1421" s="1" t="inlineStr">
+        <is>
+          <t>9786254485145</t>
+        </is>
+      </c>
+      <c r="B1421" s="1" t="inlineStr">
+        <is>
+          <t>Zenobia</t>
+        </is>
+      </c>
+      <c r="C1421" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1422" spans="1:3">
+      <c r="A1422" s="1" t="inlineStr">
+        <is>
+          <t>9786254484520</t>
+        </is>
+      </c>
+      <c r="B1422" s="1" t="inlineStr">
+        <is>
+          <t>Zor Kadınlar</t>
+        </is>
+      </c>
+      <c r="C1422" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1423" spans="1:3">
+      <c r="A1423" s="1" t="inlineStr">
+        <is>
+          <t>9786254485282</t>
+        </is>
+      </c>
+      <c r="B1423" s="1" t="inlineStr">
+        <is>
+          <t>Dikenlerin Dili</t>
+        </is>
+      </c>
+      <c r="C1423" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1424" spans="1:3">
+      <c r="A1424" s="1" t="inlineStr">
+        <is>
+          <t>9786254485312</t>
+        </is>
+      </c>
+      <c r="B1424" s="1" t="inlineStr">
+        <is>
+          <t>Grisha Verse - 6 Kitap Set</t>
+        </is>
+      </c>
+      <c r="C1424" s="1">
+        <v>2050</v>
+      </c>
+    </row>
+    <row r="1425" spans="1:3">
+      <c r="A1425" s="1" t="inlineStr">
+        <is>
+          <t>9786254484117</t>
+        </is>
+      </c>
+      <c r="B1425" s="1" t="inlineStr">
+        <is>
+          <t>Sen De Mi?</t>
+        </is>
+      </c>
+      <c r="C1425" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1426" spans="1:3">
+      <c r="A1426" s="1" t="inlineStr">
+        <is>
+          <t>9786254483189</t>
+        </is>
+      </c>
+      <c r="B1426" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Büyüler İçindir</t>
+        </is>
+      </c>
+      <c r="C1426" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1427" spans="1:3">
+      <c r="A1427" s="1" t="inlineStr">
+        <is>
+          <t>9786050320756</t>
+        </is>
+      </c>
+      <c r="B1427" s="1" t="inlineStr">
+        <is>
+          <t>Geleceği Kodlayan Çocuk</t>
+        </is>
+      </c>
+      <c r="C1427" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1428" spans="1:3">
+      <c r="A1428" s="1" t="inlineStr">
+        <is>
+          <t>9786254482083</t>
+        </is>
+      </c>
+      <c r="B1428" s="1" t="inlineStr">
+        <is>
+          <t>Açlık</t>
+        </is>
+      </c>
+      <c r="C1428" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1429" spans="1:3">
+      <c r="A1429" s="1" t="inlineStr">
+        <is>
+          <t>9786254482854</t>
+        </is>
+      </c>
+      <c r="B1429" s="1" t="inlineStr">
+        <is>
+          <t>Ursari’nin Oğlu</t>
+        </is>
+      </c>
+      <c r="C1429" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1430" spans="1:3">
+      <c r="A1430" s="1" t="inlineStr">
+        <is>
+          <t>9786254483523</t>
+        </is>
+      </c>
+      <c r="B1430" s="1" t="inlineStr">
+        <is>
+          <t>Senden Çok Uzakta</t>
+        </is>
+      </c>
+      <c r="C1430" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1431" spans="1:3">
+      <c r="A1431" s="1" t="inlineStr">
+        <is>
+          <t>9786254483653</t>
+        </is>
+      </c>
+      <c r="B1431" s="1" t="inlineStr">
+        <is>
+          <t>İnanılmaz</t>
+        </is>
+      </c>
+      <c r="C1431" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1432" spans="1:3">
+      <c r="A1432" s="1" t="inlineStr">
+        <is>
+          <t>9786254482793</t>
+        </is>
+      </c>
+      <c r="B1432" s="1" t="inlineStr">
+        <is>
+          <t>Hasbahçede Sonbahar</t>
+        </is>
+      </c>
+      <c r="C1432" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="1433" spans="1:3">
+      <c r="A1433" s="1" t="inlineStr">
+        <is>
+          <t>9786254483196</t>
+        </is>
+      </c>
+      <c r="B1433" s="1" t="inlineStr">
+        <is>
+          <t>Lanetli Masa</t>
+        </is>
+      </c>
+      <c r="C1433" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1434" spans="1:3">
+      <c r="A1434" s="1" t="inlineStr">
+        <is>
+          <t>9786254483387</t>
+        </is>
+      </c>
+      <c r="B1434" s="1" t="inlineStr">
+        <is>
+          <t>Masal'dan Kaçış</t>
+        </is>
+      </c>
+      <c r="C1434" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1435" spans="1:3">
+      <c r="A1435" s="1" t="inlineStr">
+        <is>
+          <t>9786254483639</t>
+        </is>
+      </c>
+      <c r="B1435" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Burada Çekmiyor</t>
+        </is>
+      </c>
+      <c r="C1435" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1436" spans="1:3">
+      <c r="A1436" s="1" t="inlineStr">
+        <is>
+          <t>9786254481932</t>
+        </is>
+      </c>
+      <c r="B1436" s="1" t="inlineStr">
+        <is>
+          <t>Yıldızlarda Yazılı</t>
+        </is>
+      </c>
+      <c r="C1436" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1437" spans="1:3">
+      <c r="A1437" s="1" t="inlineStr">
+        <is>
+          <t>9786254482236</t>
+        </is>
+      </c>
+      <c r="B1437" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes - Pipo (6 Kitap Kutulu Set)</t>
+        </is>
+      </c>
+      <c r="C1437" s="1">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="1438" spans="1:3">
+      <c r="A1438" s="1" t="inlineStr">
+        <is>
+          <t>9786254482212</t>
+        </is>
+      </c>
+      <c r="B1438" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes - Büyüteç (6 Kitap Kutulu Set)</t>
+        </is>
+      </c>
+      <c r="C1438" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="1439" spans="1:3">
+      <c r="A1439" s="1" t="inlineStr">
+        <is>
+          <t>9786254482151</t>
+        </is>
+      </c>
+      <c r="B1439" s="1" t="inlineStr">
+        <is>
+          <t>Umut Mevsimi</t>
+        </is>
+      </c>
+      <c r="C1439" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1440" spans="1:3">
+      <c r="A1440" s="1" t="inlineStr">
+        <is>
+          <t>9786254481819</t>
+        </is>
+      </c>
+      <c r="B1440" s="1" t="inlineStr">
+        <is>
+          <t>Gökler Bi̇zi̇m</t>
+        </is>
+      </c>
+      <c r="C1440" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1441" spans="1:3">
+      <c r="A1441" s="1" t="inlineStr">
+        <is>
+          <t>9786254482144</t>
+        </is>
+      </c>
+      <c r="B1441" s="1" t="inlineStr">
+        <is>
+          <t>İlk Aşk Kurabiye Kulübü</t>
+        </is>
+      </c>
+      <c r="C1441" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="1442" spans="1:3">
+      <c r="A1442" s="1" t="inlineStr">
+        <is>
+          <t>9786254482106</t>
+        </is>
+      </c>
+      <c r="B1442" s="1" t="inlineStr">
+        <is>
+          <t>Isaac Newton-Bi̇li̇msel Devri̇m</t>
+        </is>
+      </c>
+      <c r="C1442" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1443" spans="1:3">
+      <c r="A1443" s="1" t="inlineStr">
+        <is>
+          <t>9786254482434</t>
+        </is>
+      </c>
+      <c r="B1443" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Bir Masal</t>
+        </is>
+      </c>
+      <c r="C1443" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1444" spans="1:3">
+      <c r="A1444" s="1" t="inlineStr">
+        <is>
+          <t>9786254480416</t>
+        </is>
+      </c>
+      <c r="B1444" s="1" t="inlineStr">
+        <is>
+          <t>Sabahattin Ali - Bütün Eserleri (Özel Deri Ciltli Kutulu)</t>
+        </is>
+      </c>
+      <c r="C1444" s="1">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="1445" spans="1:3">
+      <c r="A1445" s="1" t="inlineStr">
+        <is>
+          <t>9786254482076</t>
+        </is>
+      </c>
+      <c r="B1445" s="1" t="inlineStr">
+        <is>
+          <t>Bir Yumak Aşk</t>
+        </is>
+      </c>
+      <c r="C1445" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1446" spans="1:3">
+      <c r="A1446" s="1" t="inlineStr">
+        <is>
+          <t>9786050322262</t>
+        </is>
+      </c>
+      <c r="B1446" s="1" t="inlineStr">
+        <is>
+          <t>Esir Kuşun Şarkısı</t>
+        </is>
+      </c>
+      <c r="C1446" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1447" spans="1:3">
+      <c r="A1447" s="1" t="inlineStr">
+        <is>
+          <t>9786254480201</t>
+        </is>
+      </c>
+      <c r="B1447" s="1" t="inlineStr">
+        <is>
+          <t>Gece Yarısı Karnavalı</t>
+        </is>
+      </c>
+      <c r="C1447" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1448" spans="1:3">
+      <c r="A1448" s="1" t="inlineStr">
+        <is>
+          <t>9786050322231</t>
+        </is>
+      </c>
+      <c r="B1448" s="1" t="inlineStr">
+        <is>
+          <t>Canavar Oğlan</t>
+        </is>
+      </c>
+      <c r="C1448" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1449" spans="1:3">
+      <c r="A1449" s="1" t="inlineStr">
+        <is>
+          <t>9786050321722</t>
+        </is>
+      </c>
+      <c r="B1449" s="1" t="inlineStr">
+        <is>
+          <t>Elektrik'te Gece Yarısı</t>
+        </is>
+      </c>
+      <c r="C1449" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1450" spans="1:3">
+      <c r="A1450" s="1" t="inlineStr">
+        <is>
+          <t>9786254481338</t>
+        </is>
+      </c>
+      <c r="B1450" s="1" t="inlineStr">
+        <is>
+          <t>Yüksek Topuklar Yeni Heyecanlar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1450" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1451" spans="1:3">
+      <c r="A1451" s="1" t="inlineStr">
+        <is>
+          <t>9786254481345</t>
+        </is>
+      </c>
+      <c r="B1451" s="1" t="inlineStr">
+        <is>
+          <t>Yüksek Topuklar Karışık İlişkiler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1451" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1452" spans="1:3">
+      <c r="A1452" s="1" t="inlineStr">
+        <is>
+          <t>9786254481352</t>
+        </is>
+      </c>
+      <c r="B1452" s="1" t="inlineStr">
+        <is>
+          <t>Yüksek Topuklar Kararsız Kalpler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1452" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1453" spans="1:3">
+      <c r="A1453" s="1" t="inlineStr">
+        <is>
+          <t>9786254481703</t>
+        </is>
+      </c>
+      <c r="B1453" s="1" t="inlineStr">
+        <is>
+          <t>Bir Dilek Kadar Yakın</t>
+        </is>
+      </c>
+      <c r="C1453" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1454" spans="1:3">
+      <c r="A1454" s="1" t="inlineStr">
+        <is>
+          <t>9786254481086</t>
+        </is>
+      </c>
+      <c r="B1454" s="1" t="inlineStr">
+        <is>
+          <t>Mesaj</t>
+        </is>
+      </c>
+      <c r="C1454" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1455" spans="1:3">
+      <c r="A1455" s="1" t="inlineStr">
+        <is>
+          <t>9786254481710</t>
+        </is>
+      </c>
+      <c r="B1455" s="1" t="inlineStr">
+        <is>
+          <t>Uzun Metrajlı Hüzünler</t>
+        </is>
+      </c>
+      <c r="C1455" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1456" spans="1:3">
+      <c r="A1456" s="1" t="inlineStr">
+        <is>
+          <t>9786254481741</t>
+        </is>
+      </c>
+      <c r="B1456" s="1" t="inlineStr">
+        <is>
+          <t>O Son Bakış</t>
+        </is>
+      </c>
+      <c r="C1456" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1457" spans="1:3">
+      <c r="A1457" s="1" t="inlineStr">
+        <is>
+          <t>9786254480331</t>
+        </is>
+      </c>
+      <c r="B1457" s="1" t="inlineStr">
+        <is>
+          <t>Yara İzi Kralı</t>
+        </is>
+      </c>
+      <c r="C1457" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1458" spans="1:3">
+      <c r="A1458" s="1" t="inlineStr">
+        <is>
+          <t>9786050322224</t>
+        </is>
+      </c>
+      <c r="B1458" s="1" t="inlineStr">
+        <is>
+          <t>Michael Jordan</t>
+        </is>
+      </c>
+      <c r="C1458" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1459" spans="1:3">
+      <c r="A1459" s="1" t="inlineStr">
+        <is>
+          <t>9786050321753</t>
+        </is>
+      </c>
+      <c r="B1459" s="1" t="inlineStr">
+        <is>
+          <t>Paul Verlaine</t>
+        </is>
+      </c>
+      <c r="C1459" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="1460" spans="1:3">
+      <c r="A1460" s="1" t="inlineStr">
+        <is>
+          <t>9786050321890</t>
+        </is>
+      </c>
+      <c r="B1460" s="1" t="inlineStr">
+        <is>
+          <t>Leonardo Da Vinci ve Kadınları</t>
+        </is>
+      </c>
+      <c r="C1460" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1461" spans="1:3">
+      <c r="A1461" s="1" t="inlineStr">
+        <is>
+          <t>9786050321234</t>
+        </is>
+      </c>
+      <c r="B1461" s="1" t="inlineStr">
+        <is>
+          <t>Ejderhanın Yükselişi</t>
+        </is>
+      </c>
+      <c r="C1461" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1462" spans="1:3">
+      <c r="A1462" s="1" t="inlineStr">
+        <is>
+          <t>9786254480225</t>
+        </is>
+      </c>
+      <c r="B1462" s="1" t="inlineStr">
+        <is>
+          <t>Ejderhanın Yükselişi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1462" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1463" spans="1:3">
+      <c r="A1463" s="1" t="inlineStr">
+        <is>
+          <t>9786050321791</t>
+        </is>
+      </c>
+      <c r="B1463" s="1" t="inlineStr">
+        <is>
+          <t>Değirmen Esirler</t>
+        </is>
+      </c>
+      <c r="C1463" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1464" spans="1:3">
+      <c r="A1464" s="1" t="inlineStr">
+        <is>
+          <t>9786050322002</t>
+        </is>
+      </c>
+      <c r="B1464" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Ölümler</t>
+        </is>
+      </c>
+      <c r="C1464" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1465" spans="1:3">
+      <c r="A1465" s="1" t="inlineStr">
+        <is>
+          <t>9786051868752</t>
+        </is>
+      </c>
+      <c r="B1465" s="1" t="inlineStr">
+        <is>
+          <t>Yeminler ve Yalanlar</t>
+        </is>
+      </c>
+      <c r="C1465" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1466" spans="1:3">
+      <c r="A1466" s="1" t="inlineStr">
+        <is>
+          <t>9786050321746</t>
+        </is>
+      </c>
+      <c r="B1466" s="1" t="inlineStr">
+        <is>
+          <t>Sabırsız Yürek</t>
+        </is>
+      </c>
+      <c r="C1466" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1467" spans="1:3">
+      <c r="A1467" s="1" t="inlineStr">
+        <is>
+          <t>9786050322590</t>
+        </is>
+      </c>
+      <c r="B1467" s="1" t="inlineStr">
+        <is>
+          <t>Yara İzi Kralı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1467" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1468" spans="1:3">
+      <c r="A1468" s="1" t="inlineStr">
+        <is>
+          <t>9786050321739</t>
+        </is>
+      </c>
+      <c r="B1468" s="1" t="inlineStr">
+        <is>
+          <t>Krallığı Öldürmek</t>
+        </is>
+      </c>
+      <c r="C1468" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1469" spans="1:3">
+      <c r="A1469" s="1" t="inlineStr">
+        <is>
+          <t>9786050322309</t>
+        </is>
+      </c>
+      <c r="B1469" s="1" t="inlineStr">
+        <is>
+          <t>Sahte Krallık (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1469" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1470" spans="1:3">
+      <c r="A1470" s="1" t="inlineStr">
+        <is>
+          <t>9786050322286</t>
+        </is>
+      </c>
+      <c r="B1470" s="1" t="inlineStr">
+        <is>
+          <t>Kuşatma ve Fırtına (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1470" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1471" spans="1:3">
+      <c r="A1471" s="1" t="inlineStr">
+        <is>
+          <t>9786050322293</t>
+        </is>
+      </c>
+      <c r="B1471" s="1" t="inlineStr">
+        <is>
+          <t>Çöküş ve Yükseliş (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1471" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1472" spans="1:3">
+      <c r="A1472" s="1" t="inlineStr">
+        <is>
+          <t>9786050320961</t>
+        </is>
+      </c>
+      <c r="B1472" s="1" t="inlineStr">
+        <is>
+          <t>Beni Asla Bırakma</t>
+        </is>
+      </c>
+      <c r="C1472" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1473" spans="1:3">
+      <c r="A1473" s="1" t="inlineStr">
+        <is>
+          <t>9786050321821</t>
+        </is>
+      </c>
+      <c r="B1473" s="1" t="inlineStr">
+        <is>
+          <t>Edison’ın İzinde</t>
+        </is>
+      </c>
+      <c r="C1473" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1474" spans="1:3">
+      <c r="A1474" s="1" t="inlineStr">
+        <is>
+          <t>9786050322132</t>
+        </is>
+      </c>
+      <c r="B1474" s="1" t="inlineStr">
+        <is>
+          <t>Anna ve Kırlangıç Adam</t>
+        </is>
+      </c>
+      <c r="C1474" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1475" spans="1:3">
+      <c r="A1475" s="1" t="inlineStr">
+        <is>
+          <t>9786051869643</t>
+        </is>
+      </c>
+      <c r="B1475" s="1" t="inlineStr">
+        <is>
+          <t>Kırık Kalpler Müzesi</t>
+        </is>
+      </c>
+      <c r="C1475" s="1">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="1476" spans="1:3">
+      <c r="A1476" s="1" t="inlineStr">
+        <is>
+          <t>9786254485459</t>
+        </is>
+      </c>
+      <c r="B1476" s="1" t="inlineStr">
+        <is>
+          <t>Pozitif Düşünce Gücüyle Mutlu Yaşamın Sırları</t>
+        </is>
+      </c>
+      <c r="C1476" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1477" spans="1:3">
+      <c r="A1477" s="1" t="inlineStr">
+        <is>
+          <t>9786050321456</t>
+        </is>
+      </c>
+      <c r="B1477" s="1" t="inlineStr">
+        <is>
+          <t>Her Gün Yeni Bir Hayat</t>
+        </is>
+      </c>
+      <c r="C1477" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1478" spans="1:3">
+      <c r="A1478" s="1" t="inlineStr">
+        <is>
+          <t>9786050321432</t>
+        </is>
+      </c>
+      <c r="B1478" s="1" t="inlineStr">
+        <is>
+          <t>Kötü Feminist</t>
+        </is>
+      </c>
+      <c r="C1478" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1479" spans="1:3">
+      <c r="A1479" s="1" t="inlineStr">
+        <is>
+          <t>9786051867489</t>
+        </is>
+      </c>
+      <c r="B1479" s="1" t="inlineStr">
+        <is>
+          <t>Cennetin Elitleri</t>
+        </is>
+      </c>
+      <c r="C1479" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1480" spans="1:3">
+      <c r="A1480" s="1" t="inlineStr">
+        <is>
+          <t>9786051865966</t>
+        </is>
+      </c>
+      <c r="B1480" s="1" t="inlineStr">
+        <is>
+          <t>Kalbimin Gerçeği</t>
+        </is>
+      </c>
+      <c r="C1480" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1481" spans="1:3">
+      <c r="A1481" s="1" t="inlineStr">
+        <is>
+          <t>9786050321104</t>
+        </is>
+      </c>
+      <c r="B1481" s="1" t="inlineStr">
+        <is>
+          <t>Boşanalım Aşkım</t>
+        </is>
+      </c>
+      <c r="C1481" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1482" spans="1:3">
+      <c r="A1482" s="1" t="inlineStr">
+        <is>
+          <t>9786050321074</t>
+        </is>
+      </c>
+      <c r="B1482" s="1" t="inlineStr">
+        <is>
+          <t>Alibaba'nın Dünyası</t>
+        </is>
+      </c>
+      <c r="C1482" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1483" spans="1:3">
+      <c r="A1483" s="1" t="inlineStr">
+        <is>
+          <t>9786050320145</t>
+        </is>
+      </c>
+      <c r="B1483" s="1" t="inlineStr">
+        <is>
+          <t>Atlantis’in Kalbi</t>
+        </is>
+      </c>
+      <c r="C1483" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="1484" spans="1:3">
+      <c r="A1484" s="1" t="inlineStr">
+        <is>
+          <t>9786050320350</t>
+        </is>
+      </c>
+      <c r="B1484" s="1" t="inlineStr">
+        <is>
+          <t>Öyküler</t>
+        </is>
+      </c>
+      <c r="C1484" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="1485" spans="1:3">
+      <c r="A1485" s="1" t="inlineStr">
+        <is>
+          <t>9786050320497</t>
+        </is>
+      </c>
+      <c r="B1485" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes - Kabuslar Baronu</t>
+        </is>
+      </c>
+      <c r="C1485" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1486" spans="1:3">
+      <c r="A1486" s="1" t="inlineStr">
+        <is>
+          <t>9786050320503</t>
+        </is>
+      </c>
+      <c r="B1486" s="1" t="inlineStr">
+        <is>
+          <t>Bay Doğru</t>
+        </is>
+      </c>
+      <c r="C1486" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1487" spans="1:3">
+      <c r="A1487" s="1" t="inlineStr">
+        <is>
+          <t>9786051869872</t>
+        </is>
+      </c>
+      <c r="B1487" s="1" t="inlineStr">
+        <is>
+          <t>Ben Kimim - Genç Olmak</t>
+        </is>
+      </c>
+      <c r="C1487" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1488" spans="1:3">
+      <c r="A1488" s="1" t="inlineStr">
+        <is>
+          <t>9786051869865</t>
+        </is>
+      </c>
+      <c r="B1488" s="1" t="inlineStr">
+        <is>
+          <t>Mesleğini Kendin Seç - Genç Olmak</t>
+        </is>
+      </c>
+      <c r="C1488" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1489" spans="1:3">
+      <c r="A1489" s="1" t="inlineStr">
+        <is>
+          <t>9786050320794</t>
+        </is>
+      </c>
+      <c r="B1489" s="1" t="inlineStr">
+        <is>
+          <t>Regl Kitabı</t>
+        </is>
+      </c>
+      <c r="C1489" s="1">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="1490" spans="1:3">
+      <c r="A1490" s="1" t="inlineStr">
+        <is>
+          <t>9786051869858</t>
+        </is>
+      </c>
+      <c r="B1490" s="1" t="inlineStr">
+        <is>
+          <t>Sonbahar Fısıltıları</t>
+        </is>
+      </c>
+      <c r="C1490" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1491" spans="1:3">
+      <c r="A1491" s="1" t="inlineStr">
+        <is>
+          <t>9786051869902</t>
+        </is>
+      </c>
+      <c r="B1491" s="1" t="inlineStr">
+        <is>
+          <t>Aynadakiler</t>
+        </is>
+      </c>
+      <c r="C1491" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1492" spans="1:3">
+      <c r="A1492" s="1" t="inlineStr">
+        <is>
+          <t>9786051869421</t>
+        </is>
+      </c>
+      <c r="B1492" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Kitap Kurtları Yetiştirme Rehberi</t>
+        </is>
+      </c>
+      <c r="C1492" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1493" spans="1:3">
+      <c r="A1493" s="1" t="inlineStr">
+        <is>
+          <t>9786254489723</t>
+        </is>
+      </c>
+      <c r="B1493" s="1" t="inlineStr">
+        <is>
+          <t>Psikopat</t>
+        </is>
+      </c>
+      <c r="C1493" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1494" spans="1:3">
+      <c r="A1494" s="1" t="inlineStr">
+        <is>
+          <t>9786254489693</t>
+        </is>
+      </c>
+      <c r="B1494" s="1" t="inlineStr">
+        <is>
+          <t>Psikopat 3</t>
+        </is>
+      </c>
+      <c r="C1494" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1495" spans="1:3">
+      <c r="A1495" s="1" t="inlineStr">
+        <is>
+          <t>9786254489686</t>
+        </is>
+      </c>
+      <c r="B1495" s="1" t="inlineStr">
+        <is>
+          <t>Psikopat 2</t>
+        </is>
+      </c>
+      <c r="C1495" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1496" spans="1:3">
+      <c r="A1496" s="1" t="inlineStr">
+        <is>
+          <t>9786051869964</t>
+        </is>
+      </c>
+      <c r="B1496" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Hırsız</t>
+        </is>
+      </c>
+      <c r="C1496" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1497" spans="1:3">
+      <c r="A1497" s="1" t="inlineStr">
+        <is>
+          <t>9786051869216</t>
+        </is>
+      </c>
+      <c r="B1497" s="1" t="inlineStr">
+        <is>
+          <t>Eva ve Gizli Günlük</t>
+        </is>
+      </c>
+      <c r="C1497" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1498" spans="1:3">
+      <c r="A1498" s="1" t="inlineStr">
+        <is>
+          <t>9786051869704</t>
+        </is>
+      </c>
+      <c r="B1498" s="1" t="inlineStr">
+        <is>
+          <t>İçimizdeki Şeytan</t>
+        </is>
+      </c>
+      <c r="C1498" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1499" spans="1:3">
+      <c r="A1499" s="1" t="inlineStr">
+        <is>
+          <t>9786051869711</t>
+        </is>
+      </c>
+      <c r="B1499" s="1" t="inlineStr">
+        <is>
+          <t>Kuyucaklı Yusuf</t>
+        </is>
+      </c>
+      <c r="C1499" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1500" spans="1:3">
+      <c r="A1500" s="1" t="inlineStr">
+        <is>
+          <t>9786051869407</t>
+        </is>
+      </c>
+      <c r="B1500" s="1" t="inlineStr">
+        <is>
+          <t>Kürk Mantolu Madonna</t>
+        </is>
+      </c>
+      <c r="C1500" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1501" spans="1:3">
+      <c r="A1501" s="1" t="inlineStr">
+        <is>
+          <t>9786051869599</t>
+        </is>
+      </c>
+      <c r="B1501" s="1" t="inlineStr">
+        <is>
+          <t>Einstein Gibi Düşünmek</t>
+        </is>
+      </c>
+      <c r="C1501" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1502" spans="1:3">
+      <c r="A1502" s="1" t="inlineStr">
+        <is>
+          <t>9786051869483</t>
+        </is>
+      </c>
+      <c r="B1502" s="1" t="inlineStr">
+        <is>
+          <t>Rüzgarın Şarkısı</t>
+        </is>
+      </c>
+      <c r="C1502" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="1503" spans="1:3">
+      <c r="A1503" s="1" t="inlineStr">
+        <is>
+          <t>9786051869605</t>
+        </is>
+      </c>
+      <c r="B1503" s="1" t="inlineStr">
+        <is>
+          <t>Kül</t>
+        </is>
+      </c>
+      <c r="C1503" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1504" spans="1:3">
+      <c r="A1504" s="1" t="inlineStr">
+        <is>
+          <t>9786254480218</t>
+        </is>
+      </c>
+      <c r="B1504" s="1" t="inlineStr">
+        <is>
+          <t>Ejderhanın Kızı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1504" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1505" spans="1:3">
+      <c r="A1505" s="1" t="inlineStr">
+        <is>
+          <t>9786051869469</t>
+        </is>
+      </c>
+      <c r="B1505" s="1" t="inlineStr">
+        <is>
+          <t>Serbest Düşüş</t>
+        </is>
+      </c>
+      <c r="C1505" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1506" spans="1:3">
+      <c r="A1506" s="1" t="inlineStr">
+        <is>
+          <t>9786051869520</t>
+        </is>
+      </c>
+      <c r="B1506" s="1" t="inlineStr">
+        <is>
+          <t>My Mad Fat Diary - Benim Çılgın Tombul Günlüğüm 1</t>
+        </is>
+      </c>
+      <c r="C1506" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="1507" spans="1:3">
+      <c r="A1507" s="1" t="inlineStr">
+        <is>
+          <t>9786051869582</t>
+        </is>
+      </c>
+      <c r="B1507" s="1" t="inlineStr">
+        <is>
+          <t>Bizi Arıyorum</t>
+        </is>
+      </c>
+      <c r="C1507" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1508" spans="1:3">
+      <c r="A1508" s="1" t="inlineStr">
+        <is>
+          <t>9786051868714</t>
+        </is>
+      </c>
+      <c r="B1508" s="1" t="inlineStr">
+        <is>
+          <t>Eva</t>
+        </is>
+      </c>
+      <c r="C1508" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1509" spans="1:3">
+      <c r="A1509" s="1" t="inlineStr">
+        <is>
+          <t>9786051869230</t>
+        </is>
+      </c>
+      <c r="B1509" s="1" t="inlineStr">
+        <is>
+          <t>Benimle Asla Tanışamayacaksın</t>
+        </is>
+      </c>
+      <c r="C1509" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1510" spans="1:3">
+      <c r="A1510" s="1" t="inlineStr">
+        <is>
+          <t>9786051868820</t>
+        </is>
+      </c>
+      <c r="B1510" s="1" t="inlineStr">
+        <is>
+          <t>İkinci Lekenin Esrarı - Sherlock Holmes</t>
+        </is>
+      </c>
+      <c r="C1510" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="1511" spans="1:3">
+      <c r="A1511" s="1" t="inlineStr">
+        <is>
+          <t>9786051869001</t>
+        </is>
+      </c>
+      <c r="B1511" s="1" t="inlineStr">
+        <is>
+          <t>Perde Kapanıyor - Sherlock Holmes</t>
+        </is>
+      </c>
+      <c r="C1511" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="1512" spans="1:3">
+      <c r="A1512" s="1" t="inlineStr">
+        <is>
+          <t>9786051868974</t>
+        </is>
+      </c>
+      <c r="B1512" s="1" t="inlineStr">
+        <is>
+          <t>Sürünen Adam - Sherlock Holmes</t>
+        </is>
+      </c>
+      <c r="C1512" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="1513" spans="1:3">
+      <c r="A1513" s="1" t="inlineStr">
+        <is>
+          <t>2789788614242</t>
+        </is>
+      </c>
+      <c r="B1513" s="1" t="inlineStr">
+        <is>
+          <t>Sen Kalbinden Vazgeçme</t>
+        </is>
+      </c>
+      <c r="C1513" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="1514" spans="1:3">
+      <c r="A1514" s="1" t="inlineStr">
+        <is>
+          <t>2789788614244</t>
+        </is>
+      </c>
+      <c r="B1514" s="1" t="inlineStr">
+        <is>
+          <t>Aramızda Ne Var? Aşk</t>
+        </is>
+      </c>
+      <c r="C1514" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="1515" spans="1:3">
+      <c r="A1515" s="1" t="inlineStr">
+        <is>
+          <t>9786051868950</t>
+        </is>
+      </c>
+      <c r="B1515" s="1" t="inlineStr">
+        <is>
+          <t>Af</t>
+        </is>
+      </c>
+      <c r="C1515" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1516" spans="1:3">
+      <c r="A1516" s="1" t="inlineStr">
+        <is>
+          <t>9786051868387</t>
+        </is>
+      </c>
+      <c r="B1516" s="1" t="inlineStr">
+        <is>
+          <t>Sıra Dışı Düşünceler</t>
+        </is>
+      </c>
+      <c r="C1516" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1517" spans="1:3">
+      <c r="A1517" s="1" t="inlineStr">
+        <is>
+          <t>9786051868547</t>
+        </is>
+      </c>
+      <c r="B1517" s="1" t="inlineStr">
+        <is>
+          <t>Virata Ya Da Ölümsüz Bir Kardeşin Gözleri</t>
+        </is>
+      </c>
+      <c r="C1517" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="1518" spans="1:3">
+      <c r="A1518" s="1" t="inlineStr">
+        <is>
+          <t>9786051868288</t>
+        </is>
+      </c>
+      <c r="B1518" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Zambaklar Ülkesinde (Tam Metin)</t>
+        </is>
+      </c>
+      <c r="C1518" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1519" spans="1:3">
+      <c r="A1519" s="1" t="inlineStr">
+        <is>
+          <t>9786051868455</t>
+        </is>
+      </c>
+      <c r="B1519" s="1" t="inlineStr">
+        <is>
+          <t>Amok Koşucusu</t>
+        </is>
+      </c>
+      <c r="C1519" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1520" spans="1:3">
+      <c r="A1520" s="1" t="inlineStr">
+        <is>
+          <t>9786051868479</t>
+        </is>
+      </c>
+      <c r="B1520" s="1" t="inlineStr">
+        <is>
+          <t>Dürtü</t>
+        </is>
+      </c>
+      <c r="C1520" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="1521" spans="1:3">
+      <c r="A1521" s="1" t="inlineStr">
+        <is>
+          <t>9786051868509</t>
+        </is>
+      </c>
+      <c r="B1521" s="1" t="inlineStr">
+        <is>
+          <t>Korku</t>
+        </is>
+      </c>
+      <c r="C1521" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1522" spans="1:3">
+      <c r="A1522" s="1" t="inlineStr">
+        <is>
+          <t>9786051868271</t>
+        </is>
+      </c>
+      <c r="B1522" s="1" t="inlineStr">
+        <is>
+          <t>Kim Demiş Yiyemezsin?</t>
+        </is>
+      </c>
+      <c r="C1522" s="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="1523" spans="1:3">
+      <c r="A1523" s="1" t="inlineStr">
+        <is>
+          <t>9786053485278</t>
+        </is>
+      </c>
+      <c r="B1523" s="1" t="inlineStr">
+        <is>
+          <t>Gençler İçin Shakespeare Set 2 (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C1523" s="1">
+        <v>73.98</v>
+      </c>
+    </row>
+    <row r="1524" spans="1:3">
+      <c r="A1524" s="1" t="inlineStr">
+        <is>
+          <t>9786051868356</t>
+        </is>
+      </c>
+      <c r="B1524" s="1" t="inlineStr">
+        <is>
+          <t>Kilden Köprü</t>
+        </is>
+      </c>
+      <c r="C1524" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1525" spans="1:3">
+      <c r="A1525" s="1" t="inlineStr">
+        <is>
+          <t>9786051868103</t>
+        </is>
+      </c>
+      <c r="B1525" s="1" t="inlineStr">
+        <is>
+          <t>Kafam Bi Dünya</t>
+        </is>
+      </c>
+      <c r="C1525" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1526" spans="1:3">
+      <c r="A1526" s="1" t="inlineStr">
+        <is>
+          <t>9786051866093</t>
+        </is>
+      </c>
+      <c r="B1526" s="1" t="inlineStr">
+        <is>
+          <t>İki Gerçek Bir Yalan</t>
+        </is>
+      </c>
+      <c r="C1526" s="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="1527" spans="1:3">
+      <c r="A1527" s="1" t="inlineStr">
+        <is>
+          <t>9786051867922</t>
+        </is>
+      </c>
+      <c r="B1527" s="1" t="inlineStr">
+        <is>
+          <t>Ölüm Yolcusu Abdülüver’in Tuhaf Seyahatleri</t>
+        </is>
+      </c>
+      <c r="C1527" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1528" spans="1:3">
+      <c r="A1528" s="1" t="inlineStr">
+        <is>
+          <t>9786051866376</t>
+        </is>
+      </c>
+      <c r="B1528" s="1" t="inlineStr">
+        <is>
+          <t>Kibirli Yeşil</t>
+        </is>
+      </c>
+      <c r="C1528" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1529" spans="1:3">
+      <c r="A1529" s="1" t="inlineStr">
+        <is>
+          <t>3990022346018</t>
+        </is>
+      </c>
+      <c r="B1529" s="1" t="inlineStr">
+        <is>
+          <t>Martı Tanrı'nın Unutulan Çocukları (Defter)</t>
+        </is>
+      </c>
+      <c r="C1529" s="1">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="1530" spans="1:3">
+      <c r="A1530" s="1" t="inlineStr">
+        <is>
+          <t>9786051866277</t>
+        </is>
+      </c>
+      <c r="B1530" s="1" t="inlineStr">
+        <is>
+          <t>Mayıs Sineği</t>
+        </is>
+      </c>
+      <c r="C1530" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1531" spans="1:3">
+      <c r="A1531" s="1" t="inlineStr">
+        <is>
+          <t>9786051866529</t>
+        </is>
+      </c>
+      <c r="B1531" s="1" t="inlineStr">
+        <is>
+          <t>Şahane Kitap</t>
+        </is>
+      </c>
+      <c r="C1531" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1532" spans="1:3">
+      <c r="A1532" s="1" t="inlineStr">
+        <is>
+          <t>9786051866147</t>
+        </is>
+      </c>
+      <c r="B1532" s="1" t="inlineStr">
+        <is>
+          <t>Amazon</t>
+        </is>
+      </c>
+      <c r="C1532" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="1533" spans="1:3">
+      <c r="A1533" s="1" t="inlineStr">
+        <is>
+          <t>9786051865744</t>
+        </is>
+      </c>
+      <c r="B1533" s="1" t="inlineStr">
+        <is>
+          <t>Kardaki Zulu</t>
+        </is>
+      </c>
+      <c r="C1533" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1534" spans="1:3">
+      <c r="A1534" s="1" t="inlineStr">
+        <is>
+          <t>9786051865881</t>
+        </is>
+      </c>
+      <c r="B1534" s="1" t="inlineStr">
+        <is>
+          <t>Bir Daha Asla</t>
+        </is>
+      </c>
+      <c r="C1534" s="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="1535" spans="1:3">
+      <c r="A1535" s="1" t="inlineStr">
+        <is>
+          <t>9786051865638</t>
+        </is>
+      </c>
+      <c r="B1535" s="1" t="inlineStr">
+        <is>
+          <t>Biraz Şarkı Biraz Gözyaşı</t>
+        </is>
+      </c>
+      <c r="C1535" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="1536" spans="1:3">
+      <c r="A1536" s="1" t="inlineStr">
+        <is>
+          <t>9786051865959</t>
+        </is>
+      </c>
+      <c r="B1536" s="1" t="inlineStr">
+        <is>
+          <t>Atların Plakası Olmaz</t>
+        </is>
+      </c>
+      <c r="C1536" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1537" spans="1:3">
+      <c r="A1537" s="1" t="inlineStr">
+        <is>
+          <t>9786051862392</t>
+        </is>
+      </c>
+      <c r="B1537" s="1" t="inlineStr">
+        <is>
+          <t>Parçalanmış - Soğuk Uyanış Serisi 3. Kitap</t>
+        </is>
+      </c>
+      <c r="C1537" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1538" spans="1:3">
+      <c r="A1538" s="1" t="inlineStr">
+        <is>
+          <t>9786051862385</t>
+        </is>
+      </c>
+      <c r="B1538" s="1" t="inlineStr">
+        <is>
+          <t>Kırılmış - Soğuk Uyanış Serisi 2. Kitap</t>
+        </is>
+      </c>
+      <c r="C1538" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1539" spans="1:3">
+      <c r="A1539" s="1" t="inlineStr">
+        <is>
+          <t>9786051865904</t>
+        </is>
+      </c>
+      <c r="B1539" s="1" t="inlineStr">
+        <is>
+          <t>Haydi Gel Vazgeçme</t>
+        </is>
+      </c>
+      <c r="C1539" s="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="1540" spans="1:3">
+      <c r="A1540" s="1" t="inlineStr">
+        <is>
+          <t>9786051865591</t>
+        </is>
+      </c>
+      <c r="B1540" s="1" t="inlineStr">
+        <is>
+          <t>Nikola Tesla’nın Sıra Dışı Hayatı</t>
+        </is>
+      </c>
+      <c r="C1540" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1541" spans="1:3">
+      <c r="A1541" s="1" t="inlineStr">
+        <is>
+          <t>9786051865348</t>
+        </is>
+      </c>
+      <c r="B1541" s="1" t="inlineStr">
+        <is>
+          <t>Messi - Futbol'un Mozart'ı</t>
+        </is>
+      </c>
+      <c r="C1541" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1542" spans="1:3">
+      <c r="A1542" s="1" t="inlineStr">
+        <is>
+          <t>9786051864952</t>
+        </is>
+      </c>
+      <c r="B1542" s="1" t="inlineStr">
+        <is>
+          <t>Profesör Moriarty 2 - Öldürülmesi Gereken Hikaye</t>
+        </is>
+      </c>
+      <c r="C1542" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1543" spans="1:3">
+      <c r="A1543" s="1" t="inlineStr">
+        <is>
+          <t>9786051864624</t>
+        </is>
+      </c>
+      <c r="B1543" s="1" t="inlineStr">
+        <is>
+          <t>Ve Bir Americano</t>
+        </is>
+      </c>
+      <c r="C1543" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1544" spans="1:3">
+      <c r="A1544" s="1" t="inlineStr">
+        <is>
+          <t>9786051863627</t>
+        </is>
+      </c>
+      <c r="B1544" s="1" t="inlineStr">
+        <is>
+          <t>Ev Yapımı Makarnalar</t>
+        </is>
+      </c>
+      <c r="C1544" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="1545" spans="1:3">
+      <c r="A1545" s="1" t="inlineStr">
+        <is>
+          <t>9786051864563</t>
+        </is>
+      </c>
+      <c r="B1545" s="1" t="inlineStr">
+        <is>
+          <t>Miçolojik Dünya</t>
+        </is>
+      </c>
+      <c r="C1545" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="1546" spans="1:3">
+      <c r="A1546" s="1" t="inlineStr">
+        <is>
+          <t>9786050322217</t>
+        </is>
+      </c>
+      <c r="B1546" s="1" t="inlineStr">
+        <is>
+          <t>Yerçekimi Melodisi</t>
+        </is>
+      </c>
+      <c r="C1546" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1547" spans="1:3">
+      <c r="A1547" s="1" t="inlineStr">
+        <is>
+          <t>9786051864280</t>
+        </is>
+      </c>
+      <c r="B1547" s="1" t="inlineStr">
+        <is>
+          <t>Benden Başka Herkes</t>
+        </is>
+      </c>
+      <c r="C1547" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1548" spans="1:3">
+      <c r="A1548" s="1" t="inlineStr">
+        <is>
+          <t>9786053489962</t>
+        </is>
+      </c>
+      <c r="B1548" s="1" t="inlineStr">
+        <is>
+          <t>Kobe Bryant</t>
+        </is>
+      </c>
+      <c r="C1548" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1549" spans="1:3">
+      <c r="A1549" s="1" t="inlineStr">
+        <is>
+          <t>9786051863610</t>
+        </is>
+      </c>
+      <c r="B1549" s="1" t="inlineStr">
+        <is>
+          <t>Neymar - Bir Futbol Sihirbazının İzinde</t>
+        </is>
+      </c>
+      <c r="C1549" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1550" spans="1:3">
+      <c r="A1550" s="1" t="inlineStr">
+        <is>
+          <t>3990000077763</t>
+        </is>
+      </c>
+      <c r="B1550" s="1" t="inlineStr">
+        <is>
+          <t>Ted Dekker - Çember Serisi (4 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C1550" s="1">
+        <v>99.9</v>
+      </c>
+    </row>
+    <row r="1551" spans="1:3">
+      <c r="A1551" s="1" t="inlineStr">
+        <is>
+          <t>9786051863375</t>
+        </is>
+      </c>
+      <c r="B1551" s="1" t="inlineStr">
+        <is>
+          <t>Saklı Vaha</t>
+        </is>
+      </c>
+      <c r="C1551" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="1552" spans="1:3">
+      <c r="A1552" s="1" t="inlineStr">
+        <is>
+          <t>9786051863535</t>
+        </is>
+      </c>
+      <c r="B1552" s="1" t="inlineStr">
+        <is>
+          <t>Nadal - Benim Hikayem</t>
+        </is>
+      </c>
+      <c r="C1552" s="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="1553" spans="1:3">
+      <c r="A1553" s="1" t="inlineStr">
+        <is>
+          <t>9786051863542</t>
+        </is>
+      </c>
+      <c r="B1553" s="1" t="inlineStr">
+        <is>
+          <t>Ronaldo - Mükemmelliğe Giden Yol</t>
+        </is>
+      </c>
+      <c r="C1553" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1554" spans="1:3">
+      <c r="A1554" s="1" t="inlineStr">
+        <is>
+          <t>9786051869377</t>
+        </is>
+      </c>
+      <c r="B1554" s="1" t="inlineStr">
+        <is>
+          <t>Sahte Krallık</t>
+        </is>
+      </c>
+      <c r="C1554" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1555" spans="1:3">
+      <c r="A1555" s="1" t="inlineStr">
+        <is>
+          <t>9786051862712</t>
+        </is>
+      </c>
+      <c r="B1555" s="1" t="inlineStr">
+        <is>
+          <t>Zentangle - Çizgilerle Rahatla</t>
+        </is>
+      </c>
+      <c r="C1555" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="1556" spans="1:3">
+      <c r="A1556" s="1" t="inlineStr">
+        <is>
+          <t>9786051860343</t>
+        </is>
+      </c>
+      <c r="B1556" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Sahibinin Kullanım Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C1556" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1557" spans="1:3">
+      <c r="A1557" s="1" t="inlineStr">
+        <is>
+          <t>3996051861517</t>
+        </is>
+      </c>
+      <c r="B1557" s="1" t="inlineStr">
+        <is>
+          <t>Benim Vücudum ve Senin Vücudun</t>
+        </is>
+      </c>
+      <c r="C1557" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="1558" spans="1:3">
+      <c r="A1558" s="1" t="inlineStr">
+        <is>
+          <t>9786051862538</t>
+        </is>
+      </c>
+      <c r="B1558" s="1" t="inlineStr">
+        <is>
+          <t>Bir Varmış Bir Yokmuş (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1558" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1559" spans="1:3">
+      <c r="A1559" s="1" t="inlineStr">
+        <is>
+          <t>9786051861784</t>
+        </is>
+      </c>
+      <c r="B1559" s="1" t="inlineStr">
+        <is>
+          <t>Tekrar Ergen Olsam</t>
+        </is>
+      </c>
+      <c r="C1559" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1560" spans="1:3">
+      <c r="A1560" s="1" t="inlineStr">
+        <is>
+          <t>9786051862477</t>
+        </is>
+      </c>
+      <c r="B1560" s="1" t="inlineStr">
+        <is>
+          <t>Michael Schumacher</t>
+        </is>
+      </c>
+      <c r="C1560" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1561" spans="1:3">
+      <c r="A1561" s="1" t="inlineStr">
+        <is>
+          <t>8681251040070</t>
+        </is>
+      </c>
+      <c r="B1561" s="1" t="inlineStr">
+        <is>
+          <t>Find Twins Hafıza ve Eşleştirme Oyunu - Sevimli Minikler 54 Parça</t>
+        </is>
+      </c>
+      <c r="C1561" s="1">
+        <v>12.9</v>
+      </c>
+    </row>
+    <row r="1562" spans="1:3">
+      <c r="A1562" s="1" t="inlineStr">
+        <is>
+          <t>8681251040018</t>
+        </is>
+      </c>
+      <c r="B1562" s="1" t="inlineStr">
+        <is>
+          <t>Find Twins Hafıza ve Eşleştirme Oyunu - Oyuncular Serisi 54 Parça</t>
+        </is>
+      </c>
+      <c r="C1562" s="1">
+        <v>12.9</v>
+      </c>
+    </row>
+    <row r="1563" spans="1:3">
+      <c r="A1563" s="1" t="inlineStr">
+        <is>
+          <t>8681251040056</t>
+        </is>
+      </c>
+      <c r="B1563" s="1" t="inlineStr">
+        <is>
+          <t>Find Twins Hafıza ve Eşleştirme Oyunu - Vahşi Hayvanlar 54 Parça</t>
+        </is>
+      </c>
+      <c r="C1563" s="1">
+        <v>12.9</v>
+      </c>
+    </row>
+    <row r="1564" spans="1:3">
+      <c r="A1564" s="1" t="inlineStr">
+        <is>
+          <t>8681251040063</t>
+        </is>
+      </c>
+      <c r="B1564" s="1" t="inlineStr">
+        <is>
+          <t>Find Twins Hafıza ve Eşleştirme Oyunu - Alfabe Öğreniyorum 54 Parça</t>
+        </is>
+      </c>
+      <c r="C1564" s="1">
+        <v>12.9</v>
+      </c>
+    </row>
+    <row r="1565" spans="1:3">
+      <c r="A1565" s="1" t="inlineStr">
+        <is>
+          <t>8681251040049</t>
+        </is>
+      </c>
+      <c r="B1565" s="1" t="inlineStr">
+        <is>
+          <t>Find Twins Hafıza ve Eşleştirme Oyunu - Sevimli Hayvanlar 54 Parça</t>
+        </is>
+      </c>
+      <c r="C1565" s="1">
+        <v>12.9</v>
+      </c>
+    </row>
+    <row r="1566" spans="1:3">
+      <c r="A1566" s="1" t="inlineStr">
+        <is>
+          <t>8681251040032</t>
+        </is>
+      </c>
+      <c r="B1566" s="1" t="inlineStr">
+        <is>
+          <t>Find Twins Hafıza ve Eşleştirme Oyunu - Sevimli Hayvanlar Büyük 54 Parça</t>
+        </is>
+      </c>
+      <c r="C1566" s="1">
+        <v>12.9</v>
+      </c>
+    </row>
+    <row r="1567" spans="1:3">
+      <c r="A1567" s="1" t="inlineStr">
+        <is>
+          <t>9786051862156</t>
+        </is>
+      </c>
+      <c r="B1567" s="1" t="inlineStr">
+        <is>
+          <t>Tek Mazereti Aşktı</t>
+        </is>
+      </c>
+      <c r="C1567" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1568" spans="1:3">
+      <c r="A1568" s="1" t="inlineStr">
+        <is>
+          <t>9786051861746</t>
+        </is>
+      </c>
+      <c r="B1568" s="1" t="inlineStr">
+        <is>
+          <t>Yirmi Dokuz Buçuk Neden</t>
+        </is>
+      </c>
+      <c r="C1568" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1569" spans="1:3">
+      <c r="A1569" s="1" t="inlineStr">
+        <is>
+          <t>3990000070059</t>
+        </is>
+      </c>
+      <c r="B1569" s="1" t="inlineStr">
+        <is>
+          <t>Martı Sherlock Holmes - Aklın Şüphesi Suçun Gerçeğidir (Defter)</t>
+        </is>
+      </c>
+      <c r="C1569" s="1">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="1570" spans="1:3">
+      <c r="A1570" s="1" t="inlineStr">
+        <is>
+          <t>9786051860633</t>
+        </is>
+      </c>
+      <c r="B1570" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz Karanlıkta Bir Çığlık</t>
+        </is>
+      </c>
+      <c r="C1570" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1571" spans="1:3">
+      <c r="A1571" s="1" t="inlineStr">
+        <is>
+          <t>3990000033719</t>
+        </is>
+      </c>
+      <c r="B1571" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Mucizeler Dükkanı (Defter)</t>
+        </is>
+      </c>
+      <c r="C1571" s="1">
+        <v>5.08</v>
+      </c>
+    </row>
+    <row r="1572" spans="1:3">
+      <c r="A1572" s="1" t="inlineStr">
+        <is>
+          <t>9786051860138</t>
+        </is>
+      </c>
+      <c r="B1572" s="1" t="inlineStr">
+        <is>
+          <t>Ev Yapımı Turtalar ve Tartlar</t>
+        </is>
+      </c>
+      <c r="C1572" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="1573" spans="1:3">
+      <c r="A1573" s="1" t="inlineStr">
+        <is>
+          <t>9786051861074</t>
+        </is>
+      </c>
+      <c r="B1573" s="1" t="inlineStr">
+        <is>
+          <t>Ateşli</t>
+        </is>
+      </c>
+      <c r="C1573" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1574" spans="1:3">
+      <c r="A1574" s="1" t="inlineStr">
+        <is>
+          <t>8681322346087</t>
+        </is>
+      </c>
+      <c r="B1574" s="1" t="inlineStr">
+        <is>
+          <t>Yörünge (Defter)</t>
+        </is>
+      </c>
+      <c r="C1574" s="1">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="1575" spans="1:3">
+      <c r="A1575" s="1" t="inlineStr">
+        <is>
+          <t>9786051866345</t>
+        </is>
+      </c>
+      <c r="B1575" s="1" t="inlineStr">
+        <is>
+          <t>Muhammed Ali / Dünyanın Kralı</t>
+        </is>
+      </c>
+      <c r="C1575" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1576" spans="1:3">
+      <c r="A1576" s="1" t="inlineStr">
+        <is>
+          <t>9786053489115</t>
+        </is>
+      </c>
+      <c r="B1576" s="1" t="inlineStr">
+        <is>
+          <t>Eskort 2. Kitap</t>
+        </is>
+      </c>
+      <c r="C1576" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1577" spans="1:3">
+      <c r="A1577" s="1" t="inlineStr">
+        <is>
+          <t>9786053489573</t>
+        </is>
+      </c>
+      <c r="B1577" s="1" t="inlineStr">
+        <is>
+          <t>Biraz Yağmur Biraz Güneş</t>
+        </is>
+      </c>
+      <c r="C1577" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1578" spans="1:3">
+      <c r="A1578" s="1" t="inlineStr">
+        <is>
+          <t>9786053488897</t>
+        </is>
+      </c>
+      <c r="B1578" s="1" t="inlineStr">
+        <is>
+          <t>Sevme Beni Yanarsın</t>
+        </is>
+      </c>
+      <c r="C1578" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1579" spans="1:3">
+      <c r="A1579" s="1" t="inlineStr">
+        <is>
+          <t>9786050321357</t>
+        </is>
+      </c>
+      <c r="B1579" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Gibi Düşünmek</t>
+        </is>
+      </c>
+      <c r="C1579" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="1580" spans="1:3">
+      <c r="A1580" s="1" t="inlineStr">
+        <is>
+          <t>9786053488378</t>
+        </is>
+      </c>
+      <c r="B1580" s="1" t="inlineStr">
+        <is>
+          <t>Kösem Dört Devrin Sultanı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1580" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1581" spans="1:3">
+      <c r="A1581" s="1" t="inlineStr">
+        <is>
+          <t>9786254485466</t>
+        </is>
+      </c>
+      <c r="B1581" s="1" t="inlineStr">
+        <is>
+          <t>Güçlü Kadınlar</t>
+        </is>
+      </c>
+      <c r="C1581" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1582" spans="1:3">
+      <c r="A1582" s="1" t="inlineStr">
+        <is>
+          <t>3990053488743</t>
+        </is>
+      </c>
+      <c r="B1582" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Yıl Büyüsü</t>
+        </is>
+      </c>
+      <c r="C1582" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="1583" spans="1:3">
+      <c r="A1583" s="1" t="inlineStr">
+        <is>
+          <t>3990000029138</t>
+        </is>
+      </c>
+      <c r="B1583" s="1" t="inlineStr">
+        <is>
+          <t>Psikopat (Günlük)</t>
+        </is>
+      </c>
+      <c r="C1583" s="1">
+        <v>16.1</v>
+      </c>
+    </row>
+    <row r="1584" spans="1:3">
+      <c r="A1584" s="1" t="inlineStr">
+        <is>
+          <t>8681322346032</t>
+        </is>
+      </c>
+      <c r="B1584" s="1" t="inlineStr">
+        <is>
+          <t>Martı Küçük Hırsız (Günlük)</t>
+        </is>
+      </c>
+      <c r="C1584" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="1585" spans="1:3">
+      <c r="A1585" s="1" t="inlineStr">
+        <is>
+          <t>3001428100119</t>
+        </is>
+      </c>
+      <c r="B1585" s="1" t="inlineStr">
+        <is>
+          <t>Martı Yörünge (Defter)</t>
+        </is>
+      </c>
+      <c r="C1585" s="1">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="1586" spans="1:3">
+      <c r="A1586" s="1" t="inlineStr">
+        <is>
+          <t>3990000029129</t>
+        </is>
+      </c>
+      <c r="B1586" s="1" t="inlineStr">
+        <is>
+          <t>Martı Psikopat (Defter)</t>
+        </is>
+      </c>
+      <c r="C1586" s="1">
+        <v>5.08</v>
+      </c>
+    </row>
+    <row r="1587" spans="1:3">
+      <c r="A1587" s="1" t="inlineStr">
+        <is>
+          <t>3990000029127</t>
+        </is>
+      </c>
+      <c r="B1587" s="1" t="inlineStr">
+        <is>
+          <t>Martı Küçük Mucizeler Dükkanı (Günlük)</t>
+        </is>
+      </c>
+      <c r="C1587" s="1">
+        <v>5.08</v>
+      </c>
+    </row>
+    <row r="1588" spans="1:3">
+      <c r="A1588" s="1" t="inlineStr">
+        <is>
+          <t>3990000029120</t>
+        </is>
+      </c>
+      <c r="B1588" s="1" t="inlineStr">
+        <is>
+          <t>Martı Küçük Hırsız (Defter)</t>
+        </is>
+      </c>
+      <c r="C1588" s="1">
+        <v>5.08</v>
+      </c>
+    </row>
+    <row r="1589" spans="1:3">
+      <c r="A1589" s="1" t="inlineStr">
+        <is>
+          <t>3990000029121</t>
+        </is>
+      </c>
+      <c r="B1589" s="1" t="inlineStr">
+        <is>
+          <t>Martı Kitap Hırsızı (Defter)</t>
+        </is>
+      </c>
+      <c r="C1589" s="1">
+        <v>5.08</v>
+      </c>
+    </row>
+    <row r="1590" spans="1:3">
+      <c r="A1590" s="1" t="inlineStr">
+        <is>
+          <t>3990000029119</t>
+        </is>
+      </c>
+      <c r="B1590" s="1" t="inlineStr">
+        <is>
+          <t>Martı Benim Yolum (Defter)</t>
+        </is>
+      </c>
+      <c r="C1590" s="1">
+        <v>5.08</v>
+      </c>
+    </row>
+    <row r="1591" spans="1:3">
+      <c r="A1591" s="1" t="inlineStr">
+        <is>
+          <t>9786053487548</t>
+        </is>
+      </c>
+      <c r="B1591" s="1" t="inlineStr">
+        <is>
+          <t>Engerek</t>
+        </is>
+      </c>
+      <c r="C1591" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1592" spans="1:3">
+      <c r="A1592" s="1" t="inlineStr">
+        <is>
+          <t>9786050321876</t>
+        </is>
+      </c>
+      <c r="B1592" s="1" t="inlineStr">
+        <is>
+          <t>Kafes</t>
+        </is>
+      </c>
+      <c r="C1592" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1593" spans="1:3">
+      <c r="A1593" s="1" t="inlineStr">
+        <is>
+          <t>9786053485551</t>
+        </is>
+      </c>
+      <c r="B1593" s="1" t="inlineStr">
+        <is>
+          <t>Kadınlar</t>
+        </is>
+      </c>
+      <c r="C1593" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1594" spans="1:3">
+      <c r="A1594" s="1" t="inlineStr">
+        <is>
+          <t>9786051869353</t>
+        </is>
+      </c>
+      <c r="B1594" s="1" t="inlineStr">
+        <is>
+          <t>Çöküş ve Yükseliş</t>
+        </is>
+      </c>
+      <c r="C1594" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1595" spans="1:3">
+      <c r="A1595" s="1" t="inlineStr">
+        <is>
+          <t>9786053480273</t>
+        </is>
+      </c>
+      <c r="B1595" s="1" t="inlineStr">
+        <is>
+          <t>Gerçekler Kanıt İster - Sherlock Holmes</t>
+        </is>
+      </c>
+      <c r="C1595" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1596" spans="1:3">
+      <c r="A1596" s="1" t="inlineStr">
+        <is>
+          <t>9786053480563</t>
+        </is>
+      </c>
+      <c r="B1596" s="1" t="inlineStr">
+        <is>
+          <t>Aklın Şüphesi Suçun Gerçeğidir - Sherlock Holmes</t>
+        </is>
+      </c>
+      <c r="C1596" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1597" spans="1:3">
+      <c r="A1597" s="1" t="inlineStr">
+        <is>
+          <t>9786053484608</t>
+        </is>
+      </c>
+      <c r="B1597" s="1" t="inlineStr">
+        <is>
+          <t>Rafael Nadal - Benim Hikayem</t>
+        </is>
+      </c>
+      <c r="C1597" s="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="1598" spans="1:3">
+      <c r="A1598" s="1" t="inlineStr">
+        <is>
+          <t>9786053482802</t>
+        </is>
+      </c>
+      <c r="B1598" s="1" t="inlineStr">
+        <is>
+          <t>Postacı Kapıyı Çalmayacak</t>
+        </is>
+      </c>
+      <c r="C1598" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1599" spans="1:3">
+      <c r="A1599" s="1" t="inlineStr">
+        <is>
+          <t>9786051869247</t>
+        </is>
+      </c>
+      <c r="B1599" s="1" t="inlineStr">
+        <is>
+          <t>Kuşatma ve Fırtına</t>
+        </is>
+      </c>
+      <c r="C1599" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1600" spans="1:3">
+      <c r="A1600" s="1" t="inlineStr">
+        <is>
+          <t>9786053485339</t>
+        </is>
+      </c>
+      <c r="B1600" s="1" t="inlineStr">
+        <is>
+          <t>Uyurgezer Anılar</t>
+        </is>
+      </c>
+      <c r="C1600" s="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="1601" spans="1:3">
+      <c r="A1601" s="1" t="inlineStr">
+        <is>
+          <t>9786053482703</t>
+        </is>
+      </c>
+      <c r="B1601" s="1" t="inlineStr">
+        <is>
+          <t>Üç Oda Bir Yanlızlık</t>
+        </is>
+      </c>
+      <c r="C1601" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1602" spans="1:3">
+      <c r="A1602" s="1" t="inlineStr">
+        <is>
+          <t>9786053489108</t>
+        </is>
+      </c>
+      <c r="B1602" s="1" t="inlineStr">
+        <is>
+          <t>Eskort</t>
+        </is>
+      </c>
+      <c r="C1602" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1603" spans="1:3">
+      <c r="A1603" s="1" t="inlineStr">
+        <is>
+          <t>9786053483366</t>
+        </is>
+      </c>
+      <c r="B1603" s="1" t="inlineStr">
+        <is>
+          <t>Oxford Kitaplığı Set 2 (12 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C1603" s="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="1604" spans="1:3">
+      <c r="A1604" s="1" t="inlineStr">
+        <is>
+          <t>9786053483359</t>
+        </is>
+      </c>
+      <c r="B1604" s="1" t="inlineStr">
+        <is>
+          <t>Oxford Kitaplığı Set 1 (12 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C1604" s="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="1605" spans="1:3">
+      <c r="A1605" s="1" t="inlineStr">
+        <is>
+          <t>9786053482642</t>
+        </is>
+      </c>
+      <c r="B1605" s="1" t="inlineStr">
+        <is>
+          <t>Spartaküs: Ölüm Yolcuları</t>
+        </is>
+      </c>
+      <c r="C1605" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="1606" spans="1:3">
+      <c r="A1606" s="1" t="inlineStr">
+        <is>
+          <t>9786053483403</t>
+        </is>
+      </c>
+      <c r="B1606" s="1" t="inlineStr">
+        <is>
+          <t>Hoşça Kal Demeden</t>
+        </is>
+      </c>
+      <c r="C1606" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="1607" spans="1:3">
+      <c r="A1607" s="1" t="inlineStr">
+        <is>
+          <t>9786053483878</t>
+        </is>
+      </c>
+      <c r="B1607" s="1" t="inlineStr">
+        <is>
+          <t>Güzel Bir Gün</t>
+        </is>
+      </c>
+      <c r="C1607" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="1608" spans="1:3">
+      <c r="A1608" s="1" t="inlineStr">
+        <is>
+          <t>9786254483776</t>
+        </is>
+      </c>
+      <c r="B1608" s="1" t="inlineStr">
+        <is>
+          <t>Tek Başına - Dedektif D.D. Warren Serisi</t>
+        </is>
+      </c>
+      <c r="C1608" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="1609" spans="1:3">
+      <c r="A1609" s="1" t="inlineStr">
+        <is>
+          <t>3996053482932</t>
+        </is>
+      </c>
+      <c r="B1609" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Minik Dinozor</t>
+        </is>
+      </c>
+      <c r="C1609" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="1610" spans="1:3">
+      <c r="A1610" s="1" t="inlineStr">
+        <is>
+          <t>9786053482222</t>
+        </is>
+      </c>
+      <c r="B1610" s="1" t="inlineStr">
+        <is>
+          <t>Cenneti Öldürmek</t>
+        </is>
+      </c>
+      <c r="C1610" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1611" spans="1:3">
+      <c r="A1611" s="1" t="inlineStr">
+        <is>
+          <t>9789758461745</t>
+        </is>
+      </c>
+      <c r="B1611" s="1" t="inlineStr">
+        <is>
+          <t>Vittorio</t>
+        </is>
+      </c>
+      <c r="C1611" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="1612" spans="1:3">
+      <c r="A1612" s="1" t="inlineStr">
+        <is>
+          <t>9789758461011</t>
+        </is>
+      </c>
+      <c r="B1612" s="1" t="inlineStr">
+        <is>
+          <t>Vampir Vittorio</t>
+        </is>
+      </c>
+      <c r="C1612" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="1613" spans="1:3">
+      <c r="A1613" s="1" t="inlineStr">
+        <is>
+          <t>9786054335558</t>
+        </is>
+      </c>
+      <c r="B1613" s="1" t="inlineStr">
+        <is>
+          <t>Lanetli Talih</t>
+        </is>
+      </c>
+      <c r="C1613" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="1614" spans="1:3">
+      <c r="A1614" s="1" t="inlineStr">
+        <is>
+          <t>9786051869629</t>
+        </is>
+      </c>
+      <c r="B1614" s="1" t="inlineStr">
+        <is>
+          <t>Hükümdar</t>
+        </is>
+      </c>
+      <c r="C1614" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1615" spans="1:3">
+      <c r="A1615" s="1" t="inlineStr">
+        <is>
+          <t>9786053480204</t>
+        </is>
+      </c>
+      <c r="B1615" s="1" t="inlineStr">
+        <is>
+          <t>Hiç Kimse Sıradan Değildir</t>
+        </is>
+      </c>
+      <c r="C1615" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1616" spans="1:3">
+      <c r="A1616" s="1" t="inlineStr">
+        <is>
+          <t>9786053482208</t>
+        </is>
+      </c>
+      <c r="B1616" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes Tüm Hikayeleri - Tek Kitap (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1616" s="1">
+        <v>69.5</v>
+      </c>
+    </row>
+    <row r="1617" spans="1:3">
+      <c r="A1617" s="1" t="inlineStr">
+        <is>
+          <t>9786055420659</t>
+        </is>
+      </c>
+      <c r="B1617" s="1" t="inlineStr">
+        <is>
+          <t>Bir Yumak Mutluluk</t>
+        </is>
+      </c>
+      <c r="C1617" s="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="1618" spans="1:3">
+      <c r="A1618" s="1" t="inlineStr">
+        <is>
+          <t>9786053481096</t>
+        </is>
+      </c>
+      <c r="B1618" s="1" t="inlineStr">
+        <is>
+          <t>Bir Dilekle Başladı Her şey (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1618" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1619" spans="1:3">
+      <c r="A1619" s="1" t="inlineStr">
+        <is>
+          <t>9786053481645</t>
+        </is>
+      </c>
+      <c r="B1619" s="1" t="inlineStr">
+        <is>
+          <t>Son Detay - Myron Bolitar Serisi</t>
+        </is>
+      </c>
+      <c r="C1619" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="1620" spans="1:3">
+      <c r="A1620" s="1" t="inlineStr">
+        <is>
+          <t>9786053482468</t>
+        </is>
+      </c>
+      <c r="B1620" s="1" t="inlineStr">
+        <is>
+          <t>Zayıflamak İçin Biraz Vaktiniz Var mı?</t>
+        </is>
+      </c>
+      <c r="C1620" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1621" spans="1:3">
+      <c r="A1621" s="1" t="inlineStr">
+        <is>
+          <t>9786053482284</t>
+        </is>
+      </c>
+      <c r="B1621" s="1" t="inlineStr">
+        <is>
+          <t>Sonsuz Karanlık: Merrick</t>
+        </is>
+      </c>
+      <c r="C1621" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="1622" spans="1:3">
+      <c r="A1622" s="1" t="inlineStr">
+        <is>
+          <t>9786053482024</t>
+        </is>
+      </c>
+      <c r="B1622" s="1" t="inlineStr">
+        <is>
+          <t>Kurtlara Söyle Eve Döndüm</t>
+        </is>
+      </c>
+      <c r="C1622" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1623" spans="1:3">
+      <c r="A1623" s="1" t="inlineStr">
+        <is>
+          <t>9786053480174</t>
+        </is>
+      </c>
+      <c r="B1623" s="1" t="inlineStr">
+        <is>
+          <t>Benim Çılgın Ailem</t>
+        </is>
+      </c>
+      <c r="C1623" s="1">
+        <v>20.5</v>
+      </c>
+    </row>
+    <row r="1624" spans="1:3">
+      <c r="A1624" s="1" t="inlineStr">
+        <is>
+          <t>9786053481911</t>
+        </is>
+      </c>
+      <c r="B1624" s="1" t="inlineStr">
+        <is>
+          <t>Bahçemde Yeşeren Umutlar</t>
+        </is>
+      </c>
+      <c r="C1624" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="1625" spans="1:3">
+      <c r="A1625" s="1" t="inlineStr">
+        <is>
+          <t>9786053481157</t>
+        </is>
+      </c>
+      <c r="B1625" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı'nın Unutulan Çocukları</t>
+        </is>
+      </c>
+      <c r="C1625" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1626" spans="1:3">
+      <c r="A1626" s="1" t="inlineStr">
+        <is>
+          <t>3990000004759</t>
+        </is>
+      </c>
+      <c r="B1626" s="1" t="inlineStr">
+        <is>
+          <t>Süper Sudoku</t>
+        </is>
+      </c>
+      <c r="C1626" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="1627" spans="1:3">
+      <c r="A1627" s="1" t="inlineStr">
+        <is>
+          <t>9786053480808</t>
+        </is>
+      </c>
+      <c r="B1627" s="1" t="inlineStr">
+        <is>
+          <t>Sır Perdesi Aralanıyor - Kızıl Dosya</t>
+        </is>
+      </c>
+      <c r="C1627" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="1628" spans="1:3">
+      <c r="A1628" s="1" t="inlineStr">
+        <is>
+          <t>9786053480044</t>
+        </is>
+      </c>
+      <c r="B1628" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz Çığlık - Dedektif D.D. Warren Serisi</t>
+        </is>
+      </c>
+      <c r="C1628" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1629" spans="1:3">
+      <c r="A1629" s="1" t="inlineStr">
+        <is>
+          <t>9786054335022</t>
+        </is>
+      </c>
+      <c r="B1629" s="1" t="inlineStr">
+        <is>
+          <t>Sağlıklı Anne Mutlu Bebek</t>
+        </is>
+      </c>
+      <c r="C1629" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1630" spans="1:3">
+      <c r="A1630" s="1" t="inlineStr">
+        <is>
+          <t>9786254485442</t>
+        </is>
+      </c>
+      <c r="B1630" s="1" t="inlineStr">
+        <is>
+          <t>Pozitif Düşünce Gücüyle Yaşam Boyu Mutluluk</t>
+        </is>
+      </c>
+      <c r="C1630" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1631" spans="1:3">
+      <c r="A1631" s="1" t="inlineStr">
+        <is>
           <t>9786051866420</t>
         </is>
       </c>
-      <c r="B614" s="1" t="inlineStr">
+      <c r="B1631" s="1" t="inlineStr">
         <is>
           <t>Kusursuz</t>
         </is>
       </c>
-      <c r="C614" s="1">
+      <c r="C1631" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>