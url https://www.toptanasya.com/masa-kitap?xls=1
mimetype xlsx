--- v0 (2025-10-24)
+++ v1 (2025-12-21)
@@ -85,550 +85,790 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259398730</t>
+          <t>9786259373294</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar</t>
+          <t>Kirli Beyaz Yaka</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259398716</t>
+          <t>9786259373287</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kötü Bir Gün</t>
+          <t>Atatürk</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>220</v>
+        <v>460</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259398723</t>
+          <t>9786259398747</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Köy</t>
+          <t>Temzilikçi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259398709</t>
+          <t>9786259398754</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Tercih</t>
+          <t>Annem Aşure Gönderdi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259760384</t>
+          <t>9786259373263</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ben Buradayım</t>
+          <t>Dostluk Olmasaydı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259760391</t>
+          <t>9786259373256</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar</t>
+          <t>Doğa Olmasaydı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>500</v>
+        <v>240</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259760377</t>
+          <t>9786259373249</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Anlatabildim Mi?</t>
+          <t>Beyoğlu Olmasaydı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259760353</t>
+          <t>9786259373270</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Edebiyat Haritası</t>
+          <t>Suikast Olmasaydı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>700</v>
+        <v>240</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259760360</t>
+          <t>9786259373218</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Şarkı Hikayeleri</t>
+          <t>Kadınlar Olmasaydı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259760346</t>
+          <t>9786259373225</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yarının Adamı 5 - Halaskar Gazi</t>
+          <t>Tesadüf Olmasaydı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>460</v>
+        <v>240</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259760322</t>
+          <t>9786259373201</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bir Sanatı Sevmekle Başlar Her Şey</t>
+          <t>Kediler Olmasaydı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259760339</t>
+          <t>9786259373232</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitabı Tersten Okuyun</t>
+          <t>İsyan Olmasaydı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>295</v>
+        <v>240</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259760308</t>
+          <t>9786259398785</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ben Buyum İşte!</t>
+          <t>Masallar Olmasaydı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259760315</t>
+          <t>9786259398792</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>İyilik Olmasaydı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259454290</t>
+          <t>9786259398778</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Cehennemdeki Üniversiteliler</t>
+          <t>İçecekler Olmasaydı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259454283</t>
+          <t>9786259398761</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yarının Adamı 4 - Başkomutan</t>
+          <t>Aşk Olmasaydı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259454276</t>
+          <t>9786259398730</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kimse Tek Başına Delirmiyor</t>
+          <t>Toplu Oyunlar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259454269</t>
+          <t>9786259398716</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Benimle Beraber</t>
+          <t>Kötü Bir Gün</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259454252</t>
+          <t>9786259398723</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sesimi Duymayan Kaldı mı?</t>
+          <t>Karanlık Köy</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259454245</t>
+          <t>9786259398709</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Garip Bir Yer</t>
+          <t>Tercih</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259454238</t>
+          <t>9786259760384</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Kadınlar İçin Hayatta Kalma Rehberi</t>
+          <t>Ben Buradayım</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259454221</t>
+          <t>9786259760391</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Cehaletten Kurtulma Sanatı Ne Nedir?</t>
+          <t>Bir Zamanlar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259454214</t>
+          <t>9786259760377</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Cehaletten Kurtulma Sanatı - Kim Kimdir?</t>
+          <t>Anlatabildim Mi?</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259454207</t>
+          <t>9786259760353</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yarının Adamı 3 - Ya İstiklal Ya Ölüm</t>
+          <t>İstanbul Edebiyat Haritası</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057301888</t>
+          <t>9786259760360</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Beni Özletmeyin - Türkan Saylan Destanı</t>
+          <t>Şarkı Hikayeleri</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057301895</t>
+          <t>9786259760346</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Her Şeye Hakkınız Olabilir Umutsuz Olmaya Asla!</t>
+          <t>Yarının Adamı 5 - Halaskar Gazi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>300</v>
+        <v>460</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057301871</t>
+          <t>9786259760322</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Biraz Sert</t>
+          <t>Bir Sanatı Sevmekle Başlar Her Şey</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057301864</t>
+          <t>9786259760339</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yarının Adamı - Gaflet, Dalalet, Hıyanet</t>
+          <t>Bu Kitabı Tersten Okuyun</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>360</v>
+        <v>295</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057301857</t>
+          <t>9786259760308</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Senin Cahilliğin Benim Yaşamımı Etkiliyor</t>
+          <t>Ben Buyum İşte!</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057301833</t>
+          <t>9786259760315</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bana Rağmen</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057301840</t>
+          <t>9786259454290</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Bodrum Katları</t>
+          <t>Cehennemdeki Üniversiteliler</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057301802</t>
+          <t>9786259454283</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Yarının Adamı - Mustafa Kemal'i Anlamak</t>
+          <t>Yarının Adamı 4 - Başkomutan</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057301826</t>
+          <t>9786259454276</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İyi Hissettiren Yazılar</t>
+          <t>Kimse Tek Başına Delirmiyor</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
+          <t>9786259454269</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Benimle Beraber</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786259454252</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Sesimi Duymayan Kaldı mı?</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786259454245</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Garip Bir Yer</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786259454238</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Çirkin Kadınlar İçin Hayatta Kalma Rehberi</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786259454221</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Cehaletten Kurtulma Sanatı Ne Nedir?</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786259454214</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Cehaletten Kurtulma Sanatı - Kim Kimdir?</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786259454207</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Yarının Adamı 3 - Ya İstiklal Ya Ölüm</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786057301888</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Beni Özletmeyin - Türkan Saylan Destanı</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786057301895</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Her Şeye Hakkınız Olabilir Umutsuz Olmaya Asla!</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786057301871</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Biraz Sert</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786057301864</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Yarının Adamı - Gaflet, Dalalet, Hıyanet</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786057301857</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Senin Cahilliğin Benim Yaşamımı Etkiliyor</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9786057301833</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Bana Rağmen</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786057301840</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul’un Bodrum Katları</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786057301802</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Yarının Adamı - Mustafa Kemal'i Anlamak</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786057301826</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>İyi Hissettiren Yazılar</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
           <t>9786057301819</t>
         </is>
       </c>
-      <c r="B35" s="1" t="inlineStr">
+      <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Özgür Çocuk</t>
         </is>
       </c>
-      <c r="C35" s="1">
+      <c r="C51" s="1">
         <v>240</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>