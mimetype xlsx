--- v1 (2025-12-21)
+++ v2 (2026-02-14)
@@ -85,790 +85,820 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259373294</t>
+          <t>9786259342719</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kirli Beyaz Yaka</t>
+          <t>Mizah Olmasaydı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259373287</t>
+          <t>9786259342702</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Atatürk</t>
+          <t>Bilim Olmasaydı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>460</v>
+        <v>320</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259398747</t>
+          <t>9786259373294</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Temzilikçi</t>
+          <t>Kirli Beyaz Yaka</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259398754</t>
+          <t>9786259373287</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Annem Aşure Gönderdi</t>
+          <t>Atatürk</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>240</v>
+        <v>580</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259373263</t>
+          <t>9786259398747</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Olmasaydı</t>
+          <t>Temzilikçi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259373256</t>
+          <t>9786259398754</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Doğa Olmasaydı</t>
+          <t>Annem Aşure Gönderdi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259373249</t>
+          <t>9786259373263</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Beyoğlu Olmasaydı</t>
+          <t>Dostluk Olmasaydı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259373270</t>
+          <t>9786259373256</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Suikast Olmasaydı</t>
+          <t>Doğa Olmasaydı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259373218</t>
+          <t>9786259373249</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Olmasaydı</t>
+          <t>Beyoğlu Olmasaydı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259373225</t>
+          <t>9786259373270</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Tesadüf Olmasaydı</t>
+          <t>Suikast Olmasaydı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259373201</t>
+          <t>9786259373218</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kediler Olmasaydı</t>
+          <t>Kadınlar Olmasaydı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259373232</t>
+          <t>9786259373225</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İsyan Olmasaydı</t>
+          <t>Tesadüf Olmasaydı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259398785</t>
+          <t>9786259373201</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Masallar Olmasaydı</t>
+          <t>Kediler Olmasaydı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259398792</t>
+          <t>9786259373232</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İyilik Olmasaydı</t>
+          <t>İsyan Olmasaydı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259398778</t>
+          <t>9786259398785</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İçecekler Olmasaydı</t>
+          <t>Masallar Olmasaydı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259398761</t>
+          <t>9786259398792</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Aşk Olmasaydı</t>
+          <t>İyilik Olmasaydı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259398730</t>
+          <t>9786259398778</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar</t>
+          <t>İçecekler Olmasaydı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259398716</t>
+          <t>9786259398761</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kötü Bir Gün</t>
+          <t>Aşk Olmasaydı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259398723</t>
+          <t>9786259398730</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Köy</t>
+          <t>Toplu Oyunlar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259398709</t>
+          <t>9786259398716</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Tercih</t>
+          <t>Kötü Bir Gün</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259760384</t>
+          <t>9786259398723</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ben Buradayım</t>
+          <t>Karanlık Köy</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259760391</t>
+          <t>9786259398709</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar</t>
+          <t>Tercih</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>500</v>
+        <v>440</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259760377</t>
+          <t>9786259760384</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Anlatabildim Mi?</t>
+          <t>Ben Buradayım</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259760353</t>
+          <t>9786259760391</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Edebiyat Haritası</t>
+          <t>Bir Zamanlar</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>700</v>
+        <v>620</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259760360</t>
+          <t>9786259760377</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Şarkı Hikayeleri</t>
+          <t>Anlatabildim Mi?</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259760346</t>
+          <t>9786259760353</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Yarının Adamı 5 - Halaskar Gazi</t>
+          <t>İstanbul Edebiyat Haritası</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>460</v>
+        <v>850</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259760322</t>
+          <t>9786259760360</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bir Sanatı Sevmekle Başlar Her Şey</t>
+          <t>Şarkı Hikayeleri</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>300</v>
+        <v>520</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259760339</t>
+          <t>9786259760346</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitabı Tersten Okuyun</t>
+          <t>Yarının Adamı 5 - Halaskar Gazi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>295</v>
+        <v>560</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259760308</t>
+          <t>9786259760322</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Ben Buyum İşte!</t>
+          <t>Bir Sanatı Sevmekle Başlar Her Şey</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259760315</t>
+          <t>9786259760339</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Bu Kitabı Tersten Okuyun</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259454290</t>
+          <t>9786259760308</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Cehennemdeki Üniversiteliler</t>
+          <t>Ben Buyum İşte!</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259454283</t>
+          <t>9786259760315</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Yarının Adamı 4 - Başkomutan</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259454276</t>
+          <t>9786259454290</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kimse Tek Başına Delirmiyor</t>
+          <t>Cehennemdeki Üniversiteliler</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259454269</t>
+          <t>9786259454283</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Benimle Beraber</t>
+          <t>Yarının Adamı 4 - Başkomutan</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>320</v>
+        <v>520</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259454252</t>
+          <t>9786259454276</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Sesimi Duymayan Kaldı mı?</t>
+          <t>Kimse Tek Başına Delirmiyor</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259454245</t>
+          <t>9786259454269</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Garip Bir Yer</t>
+          <t>Benimle Beraber</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259454238</t>
+          <t>9786259454252</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Kadınlar İçin Hayatta Kalma Rehberi</t>
+          <t>Sesimi Duymayan Kaldı mı?</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259454221</t>
+          <t>9786259454245</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Cehaletten Kurtulma Sanatı Ne Nedir?</t>
+          <t>Garip Bir Yer</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259454214</t>
+          <t>9786259454238</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Cehaletten Kurtulma Sanatı - Kim Kimdir?</t>
+          <t>Çirkin Kadınlar İçin Hayatta Kalma Rehberi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259454207</t>
+          <t>9786259454221</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yarının Adamı 3 - Ya İstiklal Ya Ölüm</t>
+          <t>Cehaletten Kurtulma Sanatı Ne Nedir?</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057301888</t>
+          <t>9786259454214</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Beni Özletmeyin - Türkan Saylan Destanı</t>
+          <t>Cehaletten Kurtulma Sanatı - Kim Kimdir?</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057301895</t>
+          <t>9786259454207</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Her Şeye Hakkınız Olabilir Umutsuz Olmaya Asla!</t>
+          <t>Yarının Adamı 3 - Ya İstiklal Ya Ölüm</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>300</v>
+        <v>520</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057301871</t>
+          <t>9786057301888</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Biraz Sert</t>
+          <t>Beni Özletmeyin - Türkan Saylan Destanı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057301864</t>
+          <t>9786057301895</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yarının Adamı - Gaflet, Dalalet, Hıyanet</t>
+          <t>Her Şeye Hakkınız Olabilir Umutsuz Olmaya Asla!</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>360</v>
+        <v>380</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057301857</t>
+          <t>9786057301871</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Senin Cahilliğin Benim Yaşamımı Etkiliyor</t>
+          <t>Biraz Sert</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057301833</t>
+          <t>9786057301864</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bana Rağmen</t>
+          <t>Yarının Adamı - Gaflet, Dalalet, Hıyanet</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>320</v>
+        <v>460</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057301840</t>
+          <t>9786057301857</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Bodrum Katları</t>
+          <t>Senin Cahilliğin Benim Yaşamımı Etkiliyor</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057301802</t>
+          <t>9786057301833</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yarının Adamı - Mustafa Kemal'i Anlamak</t>
+          <t>Bana Rağmen</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>380</v>
+        <v>420</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057301826</t>
+          <t>9786057301840</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İyi Hissettiren Yazılar</t>
+          <t>İstanbul’un Bodrum Katları</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
+          <t>9786057301802</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Yarının Adamı - Mustafa Kemal'i Anlamak</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786057301826</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>İyi Hissettiren Yazılar</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
           <t>9786057301819</t>
         </is>
       </c>
-      <c r="B51" s="1" t="inlineStr">
+      <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Özgür Çocuk</t>
         </is>
       </c>
-      <c r="C51" s="1">
-        <v>240</v>
+      <c r="C53" s="1">
+        <v>320</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>