--- v0 (2025-11-13)
+++ v1 (2026-02-14)
@@ -85,820 +85,865 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789757710592</t>
+          <t>9786059194525</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Holiday - Tatil</t>
+          <t>Balat (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>850</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059194075</t>
+          <t>9786059194426</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Matrakçı Nasuh and His Menazilname (2 Cilt, Takım) (Ciltli)</t>
+          <t>Rhome (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>9500</v>
+        <v>850</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059194068</t>
+          <t>9786059194310</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Matrakçı Nasuh ve Menazilname'si (3 Cilt Takım) (Ciltli)</t>
+          <t>Post-it Works (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>9500</v>
+        <v>850</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059194051</t>
+          <t>9789757710592</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Reflexive Fluidities</t>
+          <t>Holiday - Tatil</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>550</v>
+        <v>850</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786056471115</t>
+          <t>9786059194075</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyılda Bir Hazarfen: Sabit Karamani</t>
+          <t>Matrakçı Nasuh and His Menazilname (2 Cilt, Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>950</v>
+        <v>9500</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786059194143</t>
+          <t>9786059194068</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Sarayı Tasvir Sanatı (Ciltli)</t>
+          <t>Matrakçı Nasuh ve Menazilname'si (3 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>2500</v>
+        <v>9500</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059194211</t>
+          <t>9786059194051</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Reason Purpose</t>
+          <t>Reflexive Fluidities</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>950</v>
+        <v>550</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059194082</t>
+          <t>9786056471115</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Lost In The Wilderness (Ciltli)</t>
+          <t>20. Yüzyılda Bir Hazarfen: Sabit Karamani</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>850</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059194150</t>
+          <t>9786059194143</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Muhibbi Divanı / Tıpkıbasım (3 Cilt) (Ciltli)</t>
+          <t>Osmanlı Sarayı Tasvir Sanatı (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>12500</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059194693</t>
+          <t>9786059194211</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ottoman Royal Garments - Kaftan (Ciltli)</t>
+          <t>Reason Purpose</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>3500</v>
+        <v>950</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059194686</t>
+          <t>9786059194082</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Saray Giyimi - Kaftan (Ciltli)</t>
+          <t>Lost In The Wilderness (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>3250</v>
+        <v>850</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059194303</t>
+          <t>9786059194150</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sacred Covers (Ciltli)</t>
+          <t>Muhibbi Divanı / Tıpkıbasım (3 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>3000</v>
+        <v>12500</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789757710226</t>
+          <t>9786059194693</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'u Dinliyorum 1950-2010 (Ciltli)</t>
+          <t>Ottoman Royal Garments - Kaftan (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>3600</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059194419</t>
+          <t>9786059194686</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Islak Hüzün (Ciltli)</t>
+          <t>Osmanlı Saray Giyimi - Kaftan (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>850</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059194464</t>
+          <t>9786059194303</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Gülistan (Ciltli)</t>
+          <t>Sacred Covers (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>850</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059194549</t>
+          <t>9789757710226</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Gravity of You (Ciltli)</t>
+          <t>İstanbul'u Dinliyorum 1950-2010 (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>950</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789757953142</t>
+          <t>9786059194419</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Görsel Kayıt / Visual Log (Ciltli)</t>
+          <t>Islak Hüzün (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>2500</v>
+        <v>850</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059194471</t>
+          <t>9786059194464</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Gölge</t>
+          <t>Gülistan (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>350</v>
+        <v>850</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786058883222</t>
+          <t>9786059194549</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Fatma Tülin (Ciltli)</t>
+          <t>Gravity of You (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>1250</v>
+        <v>950</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059194327</t>
+          <t>9789757953142</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Contemporary Turkish Architecture 2017</t>
+          <t>Görsel Kayıt / Visual Log (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>850</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789757710073</t>
+          <t>9786059194471</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yaşamdan Alıntılar (Ciltli)</t>
+          <t>Gölge</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>850</v>
+        <v>350</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059194242</t>
+          <t>9786058883222</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bir İstanbul Panoraması 1955 (Gri) - An Istanbul Panorama 1955 (Ciltli)</t>
+          <t>Fatma Tülin (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>3600</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059194235</t>
+          <t>9786059194327</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bir İstanbul Panoraması 1890 (Kırmızı) - Panoraman de Constantinople Beyazıt (Ciltli)</t>
+          <t>Contemporary Turkish Architecture 2017</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>3600</v>
+        <v>850</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059194228</t>
+          <t>9789757710073</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bir İstanbul Panoraması 1888 (Mavi) - Panoraman de Constantinople Galata (Ciltli)</t>
+          <t>Yaşamdan Alıntılar (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>3600</v>
+        <v>850</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059194532</t>
+          <t>9786059194242</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>System Error</t>
+          <t>Bir İstanbul Panoraması 1955 (Gri) - An Istanbul Panorama 1955 (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>850</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786056474446</t>
+          <t>9786059194235</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Last Stop (Ciltli)</t>
+          <t>Bir İstanbul Panoraması 1890 (Kırmızı) - Panoraman de Constantinople Beyazıt (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>106.48</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789757710233</t>
+          <t>9786059194228</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>I’m Listening to Istanbul 1950 - 2010 (Ciltli)</t>
+          <t>Bir İstanbul Panoraması 1888 (Mavi) - Panoraman de Constantinople Galata (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>231.48</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789757710677</t>
+          <t>9786059194532</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sarıkamış</t>
+          <t>System Error</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>92.59</v>
+        <v>850</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786056353833</t>
+          <t>9786056474446</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Gizli Yüz - Hidden Face</t>
+          <t>Last Stop (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>27.78</v>
+        <v>106.48</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786056353802</t>
+          <t>9789757710233</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Panorama İstanbul 1955 (Ciltli)</t>
+          <t>I’m Listening to Istanbul 1950 - 2010 (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>231.48</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789757710059</t>
+          <t>9789757710677</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Panorama De Constantinople Beyazıt 1980 (Ciltli)</t>
+          <t>Sarıkamış</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>231.48</v>
+        <v>92.59</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789757710066</t>
+          <t>9786056353833</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Panorama De Constantinople Galata 1888 (Ciltli)</t>
+          <t>Gizli Yüz - Hidden Face</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>231.48</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789757710448</t>
+          <t>9786056353802</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Yakın Tarihimizin Gerçekleri</t>
+          <t>Panorama İstanbul 1955 (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>45.37</v>
+        <v>231.48</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059194006</t>
+          <t>9789757710059</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Cömert Sofralar</t>
+          <t>Panorama De Constantinople Beyazıt 1980 (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>27.78</v>
+        <v>231.48</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>3990000029259</t>
+          <t>9789757710066</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'u Dinliyorum 1950-2010 (Ciltli)</t>
+          <t>Panorama De Constantinople Galata 1888 (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>231.48</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789757710080</t>
+          <t>9789757710448</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ressam Portreleri</t>
+          <t>Yakın Tarihimizin Gerçekleri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>800</v>
+        <v>45.37</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786054382095</t>
+          <t>9786059194006</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Lokman</t>
+          <t>Cömert Sofralar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>1500</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789757710202</t>
+          <t>3990000029259</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İki Ama İki Değil</t>
+          <t>İstanbul'u Dinliyorum 1950-2010 (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>300</v>
+        <v>231.48</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786058883291</t>
+          <t>9789757710080</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyılın 20 Modern Türk Sanatçısı 1940-2000 / 20 Modern Turkish Artists of the XXth Century</t>
+          <t>Ressam Portreleri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>850</v>
+        <v>900</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786058883277</t>
+          <t>9786054382095</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyılın 20 Modern Türk Sanatçısı (3 Cilt Takım - Kutulu) (Ciltli)</t>
+          <t>Lokman</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>3000</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786058883284</t>
+          <t>9789757710202</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>20 Modern Turkish Artists of the XXth Century : Papko / Öner Kocabeyoğlu Collection (Kutulu 3 Cilt Takım)</t>
+          <t>İki Ama İki Değil</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>3000</v>
+        <v>350</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789757710301</t>
+          <t>9786058883291</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türkiye - New Turkey (Ciltli)</t>
+          <t>20. Yüzyılın 20 Modern Türk Sanatçısı 1940-2000 / 20 Modern Turkish Artists of the XXth Century</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>2500</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789757710295</t>
+          <t>9786058883277</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Seyhun</t>
+          <t>20. Yüzyılın 20 Modern Türk Sanatçısı (3 Cilt Takım - Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>1000</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789757710486</t>
+          <t>9786058883284</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Çapraz Yansımalar: Mimarlık Fotoğraf ve Metin / Cross Reflections: Architecture Photography and Text (Ciltli)</t>
+          <t>20 Modern Turkish Artists of the XXth Century : Papko / Öner Kocabeyoğlu Collection (Kutulu 3 Cilt Takım)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>3250</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059194013</t>
+          <t>9789757710301</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalar ve Düşündürdükleri</t>
+          <t>Yeni Türkiye - New Turkey (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>400</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786056474477</t>
+          <t>9789757710295</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kültür İmleri / Cultural Sings</t>
+          <t>Seyhun</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>1250</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786056353819</t>
+          <t>9789757710486</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ben Bienal Sanatçısı Değilim (Ciltli)</t>
+          <t>Çapraz Yansımalar: Mimarlık Fotoğraf ve Metin / Cross Reflections: Architecture Photography and Text (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>850</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786056353826</t>
+          <t>9786059194013</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>I’m Not a Biennial Artist (Ciltli)</t>
+          <t>Karşılaştırmalar ve Düşündürdükleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>850</v>
+        <v>450</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786058883260</t>
+          <t>9786056474477</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İranabak (Ciltli)</t>
+          <t>Kültür İmleri / Cultural Sings</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>1500</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786056474491</t>
+          <t>9786056353819</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Life Portraits From the Far Side of the West (Ciltli)</t>
+          <t>Ben Bienal Sanatçısı Değilim (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>850</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786056474484</t>
+          <t>9786056353826</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Batının Uzağından Hayat Portreleri (Ciltli)</t>
+          <t>I’m Not a Biennial Artist (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>850</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
+          <t>9786058883260</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>İranabak (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>2500</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786056474491</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Life Portraits From the Far Side of the West (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9786056474484</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Batının Uzağından Hayat Portreleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
           <t>9786059194297</t>
         </is>
       </c>
-      <c r="B53" s="1" t="inlineStr">
+      <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Kutsal Mekanlarda Kutsanmış Örtüler: Topkapı Sarayı'ndan Örneklerle Kabe Örtüleri (Ciltli)</t>
         </is>
       </c>
-      <c r="C53" s="1">
-        <v>3000</v>
+      <c r="C56" s="1">
+        <v>4000</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>