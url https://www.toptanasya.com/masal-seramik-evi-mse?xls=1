--- v0 (2025-12-21)
+++ v1 (2026-02-26)
@@ -85,360 +85,360 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786058125295</t>
+          <t>9786259724331</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Dinozor</t>
+          <t>Zeynep - Hayal Et, Gayret Et, Harekete Geç!</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259724331</t>
+          <t>9786259724348</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Zeynep - Hayal Et, Gayret Et, Harekete Geç!</t>
+          <t>Valizim ve Ben</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259724348</t>
+          <t>9786259724379</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Valizim ve Ben</t>
+          <t>Suphi ve Safiye'nin Gerçek ve Gerçeküstü Maceraları</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259724379</t>
+          <t>9786259974293</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Suphi ve Safiye'nin Gerçek ve Gerçeküstü Maceraları</t>
+          <t>Nokta ile Çizgi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259974293</t>
+          <t>9786259974262</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Nokta ile Çizgi</t>
+          <t>Ne Yapılır Bir Avuç Hayal Kırıklığıyla?</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259974262</t>
+          <t>9786259724300</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ne Yapılır Bir Avuç Hayal Kırıklığıyla?</t>
+          <t>Komşum Bir Uzaylı - Yeni Çocuk</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259724300</t>
+          <t>9786259724317</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Komşum Bir Uzaylı - Yeni Çocuk</t>
+          <t>Komşum Bir Uzaylı - Uzaylılar Akşam Yemeğinde!</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259724317</t>
+          <t>9786259974286</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Komşum Bir Uzaylı - Uzaylılar Akşam Yemeğinde!</t>
+          <t>Kırmızı Ayakkabılar</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259974286</t>
+          <t>9786259974279</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Ayakkabılar</t>
+          <t>Kayıp Hazine (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259974279</t>
+          <t>9786259724324</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Hazine (Ciltli)</t>
+          <t>Kaybetmek</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259724324</t>
+          <t>9786259724355</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kaybetmek</t>
+          <t>İnsanın İçinde Ne Var?</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259724355</t>
+          <t>9786259974255</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İnsanın İçinde Ne Var?</t>
+          <t>Dada’nın Evi</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259974255</t>
+          <t>9786259724362</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Dada’nın Evi</t>
+          <t>Pampas</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259724362</t>
+          <t>9786259974231</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Pampas</t>
+          <t>Bir Özlebek Hikayesi</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259974231</t>
+          <t>9786259974248</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bir Özlebek Hikayesi</t>
+          <t>Annemin Çocukluğuyla Arkadaş Oldum</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259974248</t>
+          <t>9786259974224</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Annemin Çocukluğuyla Arkadaş Oldum</t>
+          <t>Zeynep Kız - Oku, Paylaş, Sevindir</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259974224</t>
+          <t>9786057449382</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Zeynep Kız - Oku, Paylaş, Sevindir</t>
+          <t>Ornitorenk ve Arkadaşları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057449382</t>
+          <t>9786259974200</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ornitorenk ve Arkadaşları</t>
+          <t>Küçük Kız ve Şehir</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259974200</t>
+          <t>9786259974217</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kız ve Şehir</t>
+          <t>Küçük Kız ve Ayıcık</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259974217</t>
+          <t>9786057449399</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kız ve Ayıcık</t>
+          <t>Evim</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057449399</t>
+          <t>2016000021028</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Evim</t>
+          <t>Ben (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786057449375</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Uçurtma</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786057449368</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
@@ -505,145 +505,235 @@
           <t>Sadece Bir Armadillo</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9786050621044</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Beyaz Kaz Albi</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786050621068</t>
+          <t>9786050621051</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bu Durum Bambam'ı Asla İlgilendirmez (Ciltli)</t>
+          <t>Kapıların Ardındaki</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057449313</t>
+          <t>9786050621068</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kelimesiz Ela (Ciltli)</t>
+          <t>Bu Durum Bambam'ı Asla İlgilendirmez (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057449320</t>
+          <t>9786057449306</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Tiki İz Peşinde (Ciltli)</t>
+          <t>Tiko Tavuk Mahallesine Taşınıyor</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057449337</t>
+          <t>9786057449313</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Fikir Ismarlama Merkezi</t>
+          <t>Kelimesiz Ela (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786058125230</t>
+          <t>9786057449320</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Benekler</t>
+          <t>Tiki İz Peşinde (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786058125254</t>
+          <t>9786057449337</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kelimeler</t>
+          <t>Fikir Ismarlama Merkezi</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
+          <t>9786058125230</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Sihirli Benekler</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786058125247</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Kurbağa Alkara Origamili Masallar</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786058125254</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Sihirli Kelimeler</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786058125261</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Hayalmatik</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786058125278</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Origamili Masallar Küçük Prens ile Origamiyi Keşfet</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
           <t>9786058125285</t>
         </is>
       </c>
-      <c r="B36" s="1" t="inlineStr">
+      <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Ahtapot Pol'ün Hikayesi</t>
         </is>
       </c>
-      <c r="C36" s="1">
-        <v>300</v>
+      <c r="C41" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786058125295</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Dinozor</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>