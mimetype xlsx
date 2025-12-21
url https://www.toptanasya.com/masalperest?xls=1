--- v0 (2025-10-24)
+++ v1 (2025-12-21)
@@ -85,4060 +85,4435 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257032186</t>
+          <t>9786256322585</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Çilek Kokan Fil</t>
+          <t>Neden? - Vücudumuz (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>168.5</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256322929</t>
+          <t>9786256322592</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Çalışmadığım Yerden Çıktı</t>
+          <t>Neden? - Taşıtlar (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>178.5</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256322936</t>
+          <t>9786256322578</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Gökten Üç Elma Düştü 3 - Lakırtı'nın Hatırası</t>
+          <t>Neden? - Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>168.5</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256322912</t>
+          <t>9786256322608</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Öfke Büyürse Patlar mı?</t>
+          <t>Neden? - Dünyamız (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>168.5</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258113945</t>
+          <t>9786256322981</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Bir Öykü Nasıl Yazılır ki?</t>
+          <t>Solenta'nın Çocukları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>168</v>
+        <v>248</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257032650</t>
+          <t>9786256322974</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Tarihe İz Bırakan Olaylar</t>
+          <t>Gizemli Hikaye Küpleri - Uzay Macerası</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>154</v>
+        <v>228</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257032315</t>
+          <t>9786256322967</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf STEM Aktivite Kitabı</t>
+          <t>Ron ve Rubi Kurtarma Operasyonu</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>225</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257032148</t>
+          <t>9786258113150</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Çöl Prensi ve Buz</t>
+          <t>Şaşkın Köpek Poko</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>168</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257032162</t>
+          <t>9786258113860</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sakız Hanım’ın Eteği</t>
+          <t>Kalbin Dili</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>168.5</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257032056</t>
+          <t>9786257359801</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hepsi Taşıt 3</t>
+          <t>Büyük Kaşifler Atlası</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>168.5</v>
+        <v>415</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257032223</t>
+          <t>9786257032247</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabım 2 - Sayılar</t>
+          <t>İlk Kitabım 5 - Kıyafetler</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>168.5</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257032063</t>
+          <t>9786058043039</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hepsi Mutlu 4</t>
+          <t>Senede Bir Gün Dükkanı</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>168.5</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256322790</t>
+          <t>9786256322943</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bir Tat</t>
+          <t>Gizemli Hikaye Küpleri - Vahşi Orman</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>179</v>
+        <v>228</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257032551</t>
+          <t>9786256322950</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Şeyden Sonra Yaşam</t>
+          <t>Gizemli Hikaye Küpleri - Kütüphanedeki Tehlike</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>179</v>
+        <v>228</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256322776</t>
+          <t>9786052164488</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Gökten Üç Elma Düştü 2 - Ay'ın Fısıltısı</t>
+          <t>Hepsi Renkli 2</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>168.5</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256322769</t>
+          <t>9786052164471</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sebze Olmak İsteyen Domates</t>
+          <t>Hepsi Bebek 1</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>148.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256322271</t>
+          <t>9786257032230</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim? Doğada (Ciltli)</t>
+          <t>İlk Kitabım 3 - Şekiller</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>175</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256322264</t>
+          <t>9786257032216</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim? Çiftlikte (Ciltli)</t>
+          <t>İlk Kitabım 1 - Meyveler</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>175</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256322707</t>
+          <t>9786056977534</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Çınar Kulübü İş Başında</t>
+          <t>İştah Açan Kitap</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>168.5</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256322714</t>
+          <t>9786052164907</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Gökten Üç Elma Düştü 1 - Sihirli Yolculuk</t>
+          <t>Var Olmak Haktır</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>168.5</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256322097</t>
+          <t>9786257032261</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>3 Yaş Hikayeleri</t>
+          <t>Dişimin Süsü</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>249</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256322080</t>
+          <t>9786256322530</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>2 Yaş Hikâyeleri (Ciltli)</t>
+          <t>Tavşan’nın Kitabını Kim Yedi? (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>249</v>
+        <v>350</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256322073</t>
+          <t>9786256322547</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>1 Yaş Hikâyeleri (Ciltli)</t>
+          <t>Panda’nın Kitabını Kim Yedi? (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>249</v>
+        <v>350</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786258113778</t>
+          <t>9786256322554</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Gerçekler / Keşif Zamanı: Güneş Sistemi (Ciltli)</t>
+          <t>Kaplumbağa’nın Kitabını Kim Yedi? (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>345</v>
+        <v>350</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256322356</t>
+          <t>9786256322561</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Gerçekler / Keşif Zamanı: İnsan Vücudu (Ciltli)</t>
+          <t>Dino’nun Kitabını Kim Yedi? (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>345</v>
+        <v>350</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786258113761</t>
+          <t>9786257032186</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Gerçekler / Keşif Zamanı: Dinozorlar</t>
+          <t>Çilek Kokan Fil</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>345</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256322325</t>
+          <t>9786256322929</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar - Oynat Keşfet (Ciltli)</t>
+          <t>Çalışmadığım Yerden Çıktı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>345</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256322332</t>
+          <t>9786256322936</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İtfaiyeciler - Oynat Keşfet (Ciltli)</t>
+          <t>Gökten Üç Elma Düştü 3 - Lakırtı'nın Hatırası</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>345</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256322318</t>
+          <t>9786256322912</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Gece Hayvanları - Oynat Keşfet (Ciltli)</t>
+          <t>Öfke Büyürse Patlar mı?</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>345</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256322349</t>
+          <t>9786258113945</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Denizler - Oynat Keşfet (Ciltli)</t>
+          <t>Bir Öykü Nasıl Yazılır ki?</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>345</v>
+        <v>168</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256322387</t>
+          <t>9786257032650</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Mini Pop Up - Afacan Dinolar (Ciltli)</t>
+          <t>Tarihe İz Bırakan Olaylar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>249</v>
+        <v>154</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256322394</t>
+          <t>9786257032315</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Mini Pop Up - Bebek Hayvanlar (Ciltli)</t>
+          <t>6. Sınıf STEM Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>249</v>
+        <v>225</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256322370</t>
+          <t>9786257032148</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Mini Pop Up - Merhaba Dünya (Ciltli)</t>
+          <t>Çöl Prensi ve Buz</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>249</v>
+        <v>168</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256322363</t>
+          <t>9786257032162</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Mini Pop Up - Vahşi Ormanda (Ciltli)</t>
+          <t>Sakız Hanım’ın Eteği</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>249</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256322196</t>
+          <t>9786257032056</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Pencereler - Kelimeler (Ciltli)</t>
+          <t>Hepsi Taşıt 3</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>395</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256322189</t>
+          <t>9786257032223</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Pencereler - Renkler (Ciltli)</t>
+          <t>İlk Kitabım 2 - Sayılar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>395</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256322165</t>
+          <t>9786257032063</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kaydırmalı Bulmaca Kitabım - Vahşi Hayvanlar (Ciltli)</t>
+          <t>Hepsi Mutlu 4</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>375</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256322158</t>
+          <t>9786256322790</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kaydırmalı Bulmaca Kitabım - Çiftlik Hayvanlar (Ciltli)</t>
+          <t>Bir Tat</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>375</v>
+        <v>179</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256322172</t>
+          <t>9786257032551</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kaydırmalı Bulmaca Kitabım - Bebek Hayvanlar (Ciltli)</t>
+          <t>Şeyden Sonra Yaşam</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>375</v>
+        <v>179</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256322202</t>
+          <t>9786256322776</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Pencereler- Hayvanlar (Ciltli)</t>
+          <t>Gökten Üç Elma Düştü 2 - Ay'ın Fısıltısı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>395</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256322691</t>
+          <t>9786256322769</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Çevre Kahramanları/ İleri Dönüşüm Peşinde</t>
+          <t>Sebze Olmak İsteyen Domates</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>148</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258113396</t>
+          <t>9786256322271</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Neşe Mutsuzgil - Kampta</t>
+          <t>Ben Kimim? Doğada (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>168</v>
+        <v>175</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256322523</t>
+          <t>9786256322264</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Dili</t>
+          <t>Ben Kimim? Çiftlikte (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>179</v>
+        <v>175</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256322516</t>
+          <t>9786256322707</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bizim Sokakta Şenlik Var</t>
+          <t>Çınar Kulübü İş Başında</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>168</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256322509</t>
+          <t>9786256322714</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Süper İşler Takımı Tatlı Bir Macera</t>
+          <t>Gökten Üç Elma Düştü 1 - Sihirli Yolculuk</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>168</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256322493</t>
+          <t>9786256322097</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ben Sokak Kedisi Miyim?</t>
+          <t>3 Yaş Hikayeleri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>168.5</v>
+        <v>249</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258113631</t>
+          <t>9786256322080</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Işık Tut Keşfet Büyük Mavi Okyanus (Ciltli)</t>
+          <t>2 Yaş Hikâyeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>425</v>
+        <v>249</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256322226</t>
+          <t>9786256322073</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Işık Tut Keşfet Dinozorlar (Ciltli)</t>
+          <t>1 Yaş Hikâyeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>425</v>
+        <v>249</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256322219</t>
+          <t>9786258113778</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Işık Tut Keşfet Uzay (Ciltli)</t>
+          <t>Eğlenceli Gerçekler / Keşif Zamanı: Güneş Sistemi (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>425</v>
+        <v>345</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256322462</t>
+          <t>9786256322356</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kültürlü Kurt</t>
+          <t>Eğlenceli Gerçekler / Keşif Zamanı: İnsan Vücudu (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>179</v>
+        <v>345</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256322042</t>
+          <t>9786258113761</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Rapunzel (Ciltli)</t>
+          <t>Eğlenceli Gerçekler / Keşif Zamanı: Dinozorlar</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>249</v>
+        <v>345</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258113495</t>
+          <t>9786256322325</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>3 Yaş Hikayelerim (Ciltli)</t>
+          <t>Dinozorlar - Oynat Keşfet (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>249</v>
+        <v>345</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256322486</t>
+          <t>9786256322332</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Anlayarak Hızlı Okuma</t>
+          <t>İtfaiyeciler - Oynat Keşfet (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>278.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256322479</t>
+          <t>9786256322318</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Mağara</t>
+          <t>Gece Hayvanları - Oynat Keşfet (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>148</v>
+        <v>345</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258113990</t>
+          <t>9786256322349</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kutu Kutu Kavramlar</t>
+          <t>Denizler - Oynat Keşfet (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>399</v>
+        <v>345</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256322059</t>
+          <t>9786256322387</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Küçük Deniz Kızı (Ciltli)</t>
+          <t>Mini Pop Up - Afacan Dinolar (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256322035</t>
+          <t>9786256322394</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Jack ve Fasulye Sırığı (Ciltli)</t>
+          <t>Mini Pop Up - Bebek Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256322066</t>
+          <t>9786256322370</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Kedi (Ciltli)</t>
+          <t>Mini Pop Up - Merhaba Dünya (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256322431</t>
+          <t>9786256322363</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Süper İşler Takımı Yemek Yapıyor</t>
+          <t>Mini Pop Up - Vahşi Ormanda (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>168</v>
+        <v>249</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256322448</t>
+          <t>9786256322196</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Süper İşler Takımı Temizlik Yapıyor</t>
+          <t>Sihirli Pencereler - Kelimeler (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>168</v>
+        <v>395</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256322424</t>
+          <t>9786256322189</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kabuğumdan Çıkabilir miyim?</t>
+          <t>Sihirli Pencereler - Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>168.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256322455</t>
+          <t>9786256322165</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Bir Doku</t>
+          <t>Kaydırmalı Bulmaca Kitabım - Vahşi Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>179</v>
+        <v>375</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256322288</t>
+          <t>9786256322158</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Mürekkepbalığı Olmak İsteyen Martı</t>
+          <t>Kaydırmalı Bulmaca Kitabım - Çiftlik Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>168.5</v>
+        <v>375</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256322417</t>
+          <t>9786256322172</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük Evim</t>
+          <t>Kaydırmalı Bulmaca Kitabım - Bebek Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>179</v>
+        <v>375</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256322400</t>
+          <t>9786256322202</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcusu Kalmasın</t>
+          <t>Sihirli Pencereler- Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>168</v>
+        <v>395</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256322295</t>
+          <t>9786256322691</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Zamana Açılan Kapı</t>
+          <t>Çevre Kahramanları/ İleri Dönüşüm Peşinde</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>168.5</v>
+        <v>148</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256322301</t>
+          <t>9786258113396</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Hanako ve Balinanın Şarkısı</t>
+          <t>Neşe Mutsuzgil - Kampta</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>179</v>
+        <v>168</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258113167</t>
+          <t>9786256322523</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Kedi Yoyo</t>
+          <t>Sevginin Dili</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>178.5</v>
+        <v>179</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257032964</t>
+          <t>9786256322516</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Karıştır ve Değiştir-Alfabe (Ciltli)</t>
+          <t>Bizim Sokakta Şenlik Var</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>219</v>
+        <v>168</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257032919</t>
+          <t>9786256322509</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Karıştır ve Değiştir Hayvanlar 2 (Ciltli)</t>
+          <t>Süper İşler Takımı Tatlı Bir Macera</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>219</v>
+        <v>168</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257032902</t>
+          <t>9786256322493</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Karıştır ve Değiştir - Hayvanlar 1 (Ciltli)</t>
+          <t>Ben Sokak Kedisi Miyim?</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>219</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257032940</t>
+          <t>9786258113631</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Karıştır ve Değiştir Kim ne Sever (Ciltli)</t>
+          <t>Işık Tut Keşfet Büyük Mavi Okyanus (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>219</v>
+        <v>425</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258113907</t>
+          <t>9786256322226</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İlk 100+ Kelime (Ciltli)</t>
+          <t>Işık Tut Keşfet Dinozorlar (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>249</v>
+        <v>425</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258113921</t>
+          <t>9786256322219</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İlk 100 Kelime Akıllı Bıdıklar İçin (Ciltli)</t>
+          <t>Işık Tut Keşfet Uzay (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>249</v>
+        <v>425</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258113914</t>
+          <t>9786256322462</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>İlk 100 Hayvan (Ciltli)</t>
+          <t>Kültürlü Kurt</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>249</v>
+        <v>179</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257032629</t>
+          <t>9786256322042</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İlk Masallar 1 (Ciltli)</t>
+          <t>Rapunzel (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257032605</t>
+          <t>9786258113495</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>İlk Masallar 3 (Ciltli)</t>
+          <t>3 Yaş Hikayelerim (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257032612</t>
+          <t>9786256322486</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İlk Masallar 2 (Ciltli)</t>
+          <t>Çocuklar İçin Anlayarak Hızlı Okuma</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>249</v>
+        <v>278.5</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257032773</t>
+          <t>9786256322479</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitabım Robotlar</t>
+          <t>Yeşil Mağara</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>89</v>
+        <v>148</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257032797</t>
+          <t>9786258113990</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitabım Oyuncaklar</t>
+          <t>Kutu Kutu Kavramlar</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>89</v>
+        <v>399</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257032780</t>
+          <t>9786256322059</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitabım Kelebekler</t>
+          <t>Küçük Deniz Kızı (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>89</v>
+        <v>249</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257032759</t>
+          <t>9786256322035</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitabım Dinozorlar</t>
+          <t>Jack ve Fasulye Sırığı (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>89</v>
+        <v>249</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257032766</t>
+          <t>9786256322066</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitabım Hayvanlar</t>
+          <t>Çizmeli Kedi (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>89</v>
+        <v>249</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258113440</t>
+          <t>9786256322431</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>2 Yaş Hikayelerim (Ciltli)</t>
+          <t>Süper İşler Takımı Yemek Yapıyor</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>249</v>
+        <v>168</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258113426</t>
+          <t>9786256322448</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>1 Yaş Hikayelerim (Ciltli)</t>
+          <t>Süper İşler Takımı Temizlik Yapıyor</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>249</v>
+        <v>168</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258113136</t>
+          <t>9786256322424</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kuzu Melo</t>
+          <t>Kabuğumdan Çıkabilir miyim?</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>178.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258113143</t>
+          <t>9786256322455</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Tavşan Bugi</t>
+          <t>Bir Doku</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>178.5</v>
+        <v>179</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786258113853</t>
+          <t>9786256322288</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Uç ve Bitsin - Ayda’nın Okul Günlüğü</t>
+          <t>Mürekkepbalığı Olmak İsteyen Martı</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>168.5</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786058068551</t>
+          <t>9786256322417</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Huysuz Kaktüs</t>
+          <t>Benim Küçük Evim</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>44</v>
+        <v>179</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052164808</t>
+          <t>9786256322400</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Şaşkın Korsanının Kayıp ve Çok Gizli Günlüğü (Ciltli)</t>
+          <t>Zaman Yolcusu Kalmasın</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>39</v>
+        <v>168</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052164815</t>
+          <t>9786256322295</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Şaşkın Gladyatörünün Kayıp ve Çok Gizli Günlüğü (Ciltli)</t>
+          <t>Zamana Açılan Kapı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>148.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052164723</t>
+          <t>9786256322301</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Şaşkın Dinozor Avcısının Kayıp ve Çok Gizli Günlüğü (Ciltli)</t>
+          <t>Hanako ve Balinanın Şarkısı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>39</v>
+        <v>179</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052164730</t>
+          <t>9786258113167</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Şaşkın Şövalyesinin Kayıp ve Çok Gizli Günlüğü (Ciltli)</t>
+          <t>Tatlı Kedi Yoyo</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>148.5</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052164679</t>
+          <t>9786257032964</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Elmakurdu Rüyaları (Ciltli)</t>
+          <t>Karıştır ve Değiştir-Alfabe (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>129</v>
+        <v>219</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052164716</t>
+          <t>9786257032919</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Şaşkın Astronotunun Kayıp ve Çok Gizli Günlüğü (Ciltli)</t>
+          <t>Karıştır ve Değiştir Hayvanlar 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>42.5</v>
+        <v>219</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786058068568</t>
+          <t>9786257032902</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Lui</t>
+          <t>Karıştır ve Değiştir - Hayvanlar 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>168.5</v>
+        <v>219</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052164594</t>
+          <t>9786257032940</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İlk Kelimeler (Ciltli)</t>
+          <t>Karıştır ve Değiştir Kim ne Sever (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>99.5</v>
+        <v>219</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052164525</t>
+          <t>9786258113907</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Bronti - Teneke Pijamalı Dinozor (Ciltli)</t>
+          <t>İlk 100+ Kelime (Ciltli)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>54</v>
+        <v>249</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052164501</t>
+          <t>9786258113921</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Bronti - Evcil Dinozor (Ciltli)</t>
+          <t>İlk 100 Kelime Akıllı Bıdıklar İçin (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>142</v>
+        <v>249</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257032346</t>
+          <t>9786258113914</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Anneannemin Yeşil Kuyruğu</t>
+          <t>İlk 100 Hayvan (Ciltli)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>179</v>
+        <v>249</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257032353</t>
+          <t>9786257032629</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Çöp Adam</t>
+          <t>İlk Masallar 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>168.5</v>
+        <v>249</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257032292</t>
+          <t>9786257032605</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Miniart - Sanat ve Boyama</t>
+          <t>İlk Masallar 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>149</v>
+        <v>249</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257032193</t>
+          <t>9786257032612</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Yıldızları Sayabilir misin?</t>
+          <t>İlk Masallar 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>148.5</v>
+        <v>249</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257032117</t>
+          <t>9786257032773</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Merkezine Yolculuk</t>
+          <t>İlk Boyama Kitabım Robotlar</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>36</v>
+        <v>89</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786056977596</t>
+          <t>9786257032797</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Buna Hakkın Var!</t>
+          <t>İlk Boyama Kitabım Oyuncaklar</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>249</v>
+        <v>89</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786058043008</t>
+          <t>9786257032780</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Dev ile Üç Cüce</t>
+          <t>İlk Boyama Kitabım Kelebekler</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>136.5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257032049</t>
+          <t>9786257032759</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Hepsi Zıt 5</t>
+          <t>İlk Boyama Kitabım Dinozorlar</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>168.5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257032254</t>
+          <t>9786257032766</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabım 4 - Duygular</t>
+          <t>İlk Boyama Kitabım Hayvanlar</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>168.5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256322233</t>
+          <t>9786258113440</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Sümbüllü Köşk</t>
+          <t>2 Yaş Hikayelerim (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>178</v>
+        <v>249</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258113709</t>
+          <t>9786258113426</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Bir Sürprizim Var - Sayılar</t>
+          <t>1 Yaş Hikayelerim (Ciltli)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258113693</t>
+          <t>9786258113136</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Bir Sürprizim Var - Zıtlıklar</t>
+          <t>Küçük Kuzu Melo</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>299</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256322110</t>
+          <t>9786258113143</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Bir Canavarı Nasıl Korkutursun?</t>
+          <t>Neşeli Tavşan Bugi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>199</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256322141</t>
+          <t>9786258113853</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Arayan Çocuk</t>
+          <t>Uç ve Bitsin - Ayda’nın Okul Günlüğü</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>168.5</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256322134</t>
+          <t>9786058068551</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Fil Olmak İsteyen Fare</t>
+          <t>Huysuz Kaktüs</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>168.5</v>
+        <v>44</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256322103</t>
+          <t>9786052164808</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Bin Kuş</t>
+          <t>Dünyanın En Şaşkın Korsanının Kayıp ve Çok Gizli Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>228</v>
+        <v>39</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258113730</t>
+          <t>9786052164815</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Parola 1923</t>
+          <t>Dünyanın En Şaşkın Gladyatörünün Kayıp ve Çok Gizli Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>188</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257032001</t>
+          <t>9786052164723</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Fabrikası</t>
+          <t>Dünyanın En Şaşkın Dinozor Avcısının Kayıp ve Çok Gizli Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>168</v>
+        <v>39</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258113686</t>
+          <t>9786052164730</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Çevre Kahramanları - Geri Dönüşüm Peşinde</t>
+          <t>Dünyanın En Şaşkın Şövalyesinin Kayıp ve Çok Gizli Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>148</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258113129</t>
+          <t>9786052164679</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Simidin Ortası - Düşünce Deneyleri 3</t>
+          <t>Elmakurdu Rüyaları (Ciltli)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>168</v>
+        <v>129</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257032711</t>
+          <t>9786052164716</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Doğum Günü - Ezo ve Samba</t>
+          <t>Dünyanın En Şaşkın Astronotunun Kayıp ve Çok Gizli Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>249</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257032384</t>
+          <t>9786058068568</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Mindfulness - Çocuklar İçin Bilinçli Farkındalık</t>
+          <t>Lui</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>275</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256322028</t>
+          <t>9786052164594</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Bir Koku</t>
+          <t>İlk Kelimeler (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>179</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256322004</t>
+          <t>9786052164525</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Zebra'nın Yolu</t>
+          <t>Bronti - Teneke Pijamalı Dinozor (Ciltli)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>260</v>
+        <v>54</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256322011</t>
+          <t>9786052164501</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Orhun Yazıtları</t>
+          <t>Bronti - Evcil Dinozor (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>148</v>
+        <v>142</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258113570</t>
+          <t>9786257032346</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Çevre Kahramanları Sıfır Atık Peşinde</t>
+          <t>Anneannemin Yeşil Kuyruğu</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>148</v>
+        <v>179</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258113754</t>
+          <t>9786257032353</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Uzayda da Oyun Oynanır</t>
+          <t>Çöp Adam</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>179</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258113563</t>
+          <t>9786257032292</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Küçük Porsuk ve Kelimeler</t>
+          <t>Miniart - Sanat ve Boyama</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>179</v>
+        <v>149</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258113747</t>
+          <t>9786257032193</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Küçük Porsuk ve Mutluluk</t>
+          <t>Yıldızları Sayabilir misin?</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>179</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258113846</t>
+          <t>9786257032117</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Söyle Tamana</t>
+          <t>Dünyanın Merkezine Yolculuk</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>168</v>
+        <v>36</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258113723</t>
+          <t>9786056977596</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Yöntemlerle Seslere Yolculuk 3</t>
+          <t>Buna Hakkın Var!</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>168.5</v>
+        <v>249</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258113716</t>
+          <t>9786058043008</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Yöntemlerle Seslere Yolculuk 2</t>
+          <t>Dev ile Üç Cüce</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>168.5</v>
+        <v>136.5</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258113969</t>
+          <t>9786257032049</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Keşke Horoz Olsam</t>
+          <t>Hepsi Zıt 5</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>179</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258113983</t>
+          <t>9786257032254</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Odysseus'un Serüveni - Çocuklar için Odysseia</t>
+          <t>İlk Kitabım 4 - Duygular</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>168.5</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258113976</t>
+          <t>9786256322233</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Köpek Olmak İsteyen Kedi</t>
+          <t>Sümbüllü Köşk</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>168.5</v>
+        <v>178</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258113952</t>
+          <t>9786258113709</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Bay Bir Tuhaflık Var</t>
+          <t>Bir Sürprizim Var - Sayılar</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>179</v>
+        <v>299</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786258113808</t>
+          <t>9786258113693</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Tori’nin Maceraları Bir Aslan Büyüyor</t>
+          <t>Bir Sürprizim Var - Zıtlıklar</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>148.5</v>
+        <v>299</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786258113938</t>
+          <t>9786256322110</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Hanako ve Sedir Ağacı</t>
+          <t>Bir Canavarı Nasıl Korkutursun?</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>179</v>
+        <v>199</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786258113884</t>
+          <t>9786256322141</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kediyiz, Haklıyız!</t>
+          <t>Güneşi Arayan Çocuk</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>148</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258113891</t>
+          <t>9786256322134</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Ezo ve Samba Pijama Partisi</t>
+          <t>Fil Olmak İsteyen Fare</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>249</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258113877</t>
+          <t>9786256322103</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Zamanperest Takımı</t>
+          <t>Bin Kuş</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>168.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786258113822</t>
+          <t>9786258113730</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Dünya'nın Egzersizi - Deprem</t>
+          <t>Parola 1923</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>179</v>
+        <v>188</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786258113839</t>
+          <t>9786257032001</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Canavarlar da Kibardır!</t>
+          <t>Oyuncak Fabrikası</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>179</v>
+        <v>168</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786258113815</t>
+          <t>9786258113686</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Babaannem Bir Astronot mu?</t>
+          <t>Çevre Kahramanları - Geri Dönüşüm Peşinde</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>179</v>
+        <v>148</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786258113785</t>
+          <t>9786258113129</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Uçangöz</t>
+          <t>Simidin Ortası - Düşünce Deneyleri 3</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>168.5</v>
+        <v>168</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786258113457</t>
+          <t>9786257032711</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ten Seçme Öyküler</t>
+          <t>Doğum Günü - Ezo ve Samba</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>228</v>
+        <v>249</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786258113662</t>
+          <t>9786257032384</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Yöntemlerle Seslere Yolculuk 1</t>
+          <t>Mindfulness - Çocuklar İçin Bilinçli Farkındalık</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>168.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258113792</t>
+          <t>9786256322028</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Ah Şu Uydurukçu</t>
+          <t>Bir Koku</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>168</v>
+        <v>179</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786258113648</t>
+          <t>9786256322004</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Atomik Basketçiler</t>
+          <t>Zebra'nın Yolu</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>148</v>
+        <v>260</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786258113679</t>
+          <t>9786256322011</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Leylek Misi ve Lak Lak Hastanesi</t>
+          <t>Gizemli Orhun Yazıtları</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>149</v>
+        <v>148</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786258113655</t>
+          <t>9786258113570</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Patiler</t>
+          <t>Çevre Kahramanları Sıfır Atık Peşinde</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>198.5</v>
+        <v>148</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786258113617</t>
+          <t>9786258113754</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Maymun Muga Neden Gülmüyor?</t>
+          <t>Uzayda da Oyun Oynanır</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>179</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786258113624</t>
+          <t>9786258113563</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Başıma Gelen En İyi Şey</t>
+          <t>Küçük Porsuk ve Kelimeler</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>148</v>
+        <v>179</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258113600</t>
+          <t>9786258113747</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Beni Dinler misin Acaba?</t>
+          <t>Küçük Porsuk ve Mutluluk</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>179</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258113594</t>
+          <t>9786258113846</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Mucitler Ay’a Yolculuk</t>
+          <t>Söyle Tamana</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>179</v>
+        <v>168</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786258113587</t>
+          <t>9786258113723</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Bu İşi Kim Yapacak?</t>
+          <t>Yeni Nesil Yöntemlerle Seslere Yolculuk 3</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>148</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786258113556</t>
+          <t>9786258113716</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Bir Kutup Ayısı Olsaydın Nasıl Hayatta Kalırdın?</t>
+          <t>Yeni Nesil Yöntemlerle Seslere Yolculuk 2</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>179</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258113433</t>
+          <t>9786258113969</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Az Bilinen Ülkeler Atlası</t>
+          <t>Keşke Horoz Olsam</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>295</v>
+        <v>179</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258113525</t>
+          <t>9786258113983</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş Kahramanın El Kitabı 3 Yeni Başlangıçlar Seçilmiş Kahramanın El Kitabı 4 Gümen Taşı</t>
+          <t>Odysseus'un Serüveni - Çocuklar için Odysseia</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>179</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258113549</t>
+          <t>9786258113976</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş Kahramanın El Kitabı</t>
+          <t>Köpek Olmak İsteyen Kedi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>179</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258113471</t>
+          <t>9786258113952</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Okuldaki İlk Günüm</t>
+          <t>Bay Bir Tuhaflık Var</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>168.5</v>
+        <v>179</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258113518</t>
+          <t>9786258113808</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Bir Katil Balina Olsaydın Nasıl Hayatta Kalırdın?</t>
+          <t>Tori’nin Maceraları Bir Aslan Büyüyor</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>179</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258113501</t>
+          <t>9786258113938</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Süper Güç</t>
+          <t>Hanako ve Sedir Ağacı</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>179</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786258113037</t>
+          <t>9786258113884</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Çınar Kulübü Tatilde</t>
+          <t>Kediyiz, Haklıyız!</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>168.5</v>
+        <v>148</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258113532</t>
+          <t>9786258113891</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Ne Olsam?</t>
+          <t>Ezo ve Samba Pijama Partisi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>168.5</v>
+        <v>249</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258113402</t>
+          <t>9786258113877</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Ben ve Mikroplar</t>
+          <t>Zamanperest Takımı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>179</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258113419</t>
+          <t>9786258113822</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Bir Aslan Olsaydın Nasıl Hayatta Kalırdın?</t>
+          <t>Dünya'nın Egzersizi - Deprem</t>
         </is>
       </c>
       <c r="C167" s="1">
         <v>179</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258113488</t>
+          <t>9786258113839</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Oyun Evi</t>
+          <t>Canavarlar da Kibardır!</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>179</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258113372</t>
+          <t>9786258113815</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kral Olmak İstemeyen Aslan</t>
+          <t>Babaannem Bir Astronot mu?</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>249</v>
+        <v>179</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258113464</t>
+          <t>9786258113785</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Birimiz Hepimiz İçin</t>
+          <t>Uçangöz</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>148</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786052164648</t>
+          <t>9786258113457</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Bir Renk</t>
+          <t>Atatürk’ten Seçme Öyküler</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>179</v>
+        <v>228</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258113075</t>
+          <t>9786258113662</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Ne Uzak Ne Yakın</t>
+          <t>Yeni Nesil Yöntemlerle Seslere Yolculuk 1</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>179</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258113389</t>
+          <t>9786258113792</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Eşsiz Mavi</t>
+          <t>Ah Şu Uydurukçu</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>179</v>
+        <v>168</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258113280</t>
+          <t>9786258113648</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Ayı ve Hurma Ağacı</t>
+          <t>Atomik Basketçiler</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>210</v>
+        <v>148</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258113297</t>
+          <t>9786258113679</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Ayı ve Balon</t>
+          <t>Leylek Misi ve Lak Lak Hastanesi</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>184</v>
+        <v>149</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258113303</t>
+          <t>9786258113655</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Bir Arı Olsaydın Nasıl Hayatta Kalırdın?</t>
+          <t>Patiler</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>179</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258113365</t>
+          <t>9786258113617</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Gezegenin Sana İhtiyacı Var!</t>
+          <t>Maymun Muga Neden Gülmüyor?</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>179</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258113105</t>
+          <t>9786258113624</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Dünyalılar!</t>
+          <t>Başıma Gelen En İyi Şey</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>168</v>
+        <v>148</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258113112</t>
+          <t>9786258113600</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Saklı Boyut</t>
+          <t>Beni Dinler misin Acaba?</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>168</v>
+        <v>179</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258113273</t>
+          <t>9786258113594</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Yetmeyen Zaman - Sevimli Dostlar</t>
+          <t>Meraklı Mucitler Ay’a Yolculuk</t>
         </is>
       </c>
       <c r="C180" s="1">
         <v>179</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258113013</t>
+          <t>9786258113587</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Ezo ve Samba Sır Peşinde</t>
+          <t>Bu İşi Kim Yapacak?</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>249</v>
+        <v>148</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258113099</t>
+          <t>9786258113556</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostlar - Unutkan Balık</t>
+          <t>Bir Kutup Ayısı Olsaydın Nasıl Hayatta Kalırdın?</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>179</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258113082</t>
+          <t>9786258113433</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Mucitler Uzay Seyahati</t>
+          <t>Az Bilinen Ülkeler Atlası</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>179</v>
+        <v>295</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258113020</t>
+          <t>9786258113525</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Oynayalım Mı? - Sevimli Dostlar</t>
+          <t>Seçilmiş Kahramanın El Kitabı 3 Yeni Başlangıçlar Seçilmiş Kahramanın El Kitabı 4 Gümen Taşı</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>179</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257032841</t>
+          <t>9786258113549</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Unutkan Balık Yeni Bir Ev Arıyor - Sevimli Dostlar</t>
+          <t>Seçilmiş Kahramanın El Kitabı</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>179</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258113068</t>
+          <t>9786258113471</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Evini Arayan Ayı</t>
+          <t>Okuldaki İlk Günüm</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>168.5</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257032698</t>
+          <t>9786258113518</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Sesini Arayan Zürafa</t>
+          <t>Bir Katil Balina Olsaydın Nasıl Hayatta Kalırdın?</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>249</v>
+        <v>179</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257032995</t>
+          <t>9786258113501</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Şaşkın Ördek</t>
+          <t>Süper Güç</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>199</v>
+        <v>179</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257032988</t>
+          <t>9786258113037</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Ailemin Soyağacı</t>
+          <t>Çınar Kulübü Tatilde</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>179</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257032896</t>
+          <t>9786258113532</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Bay Kamuki</t>
+          <t>Büyüyünce Ne Olsam?</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>199</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257032865</t>
+          <t>9786258113402</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Fanus</t>
+          <t>Ben ve Mikroplar</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>168</v>
+        <v>179</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257032889</t>
+          <t>9786258113419</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Neşe Mutsuzgil Okulda: İş Başa Düştü (Ciltli)</t>
+          <t>Bir Aslan Olsaydın Nasıl Hayatta Kalırdın?</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>194</v>
+        <v>179</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257032872</t>
+          <t>9786258113488</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Baharat Sınıfı</t>
+          <t>Oyun Evi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>168</v>
+        <v>179</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257032858</t>
+          <t>9786258113372</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Cup Çiş Kaka</t>
+          <t>Kral Olmak İstemeyen Aslan</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>225</v>
+        <v>249</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257032834</t>
+          <t>9786258113464</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş Kahramanın El Kitabı (Ciltli)</t>
+          <t>Birimiz Hepimiz İçin</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>248</v>
+        <v>148</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257032704</t>
+          <t>9786052164648</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Yaz Tatili - Ezo ve Samba</t>
+          <t>Bir Renk</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>249</v>
+        <v>179</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257032728</t>
+          <t>9786258113075</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Renkler - Ezo ve Samba</t>
+          <t>Ne Uzak Ne Yakın</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>249</v>
+        <v>179</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257032452</t>
+          <t>9786258113389</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Büyükanne Lola</t>
+          <t>Eşsiz Mavi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>199</v>
+        <v>179</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257032636</t>
+          <t>9786258113280</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>İplik Ailesi - Kesirler</t>
+          <t>Ayı ve Hurma Ağacı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>225</v>
+        <v>210</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257032681</t>
+          <t>9786258113297</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Hayalperest Koala</t>
+          <t>Ayı ve Balon</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>225</v>
+        <v>184</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257032667</t>
+          <t>9786258113303</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Dinozor</t>
+          <t>Bir Arı Olsaydın Nasıl Hayatta Kalırdın?</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>225</v>
+        <v>179</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257032674</t>
+          <t>9786258113365</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>İp Kuyruklu Tavşan</t>
+          <t>Gezegenin Sana İhtiyacı Var!</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>225</v>
+        <v>179</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257032643</t>
+          <t>9786258113105</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Annem De Çocukmuş!</t>
+          <t>Eyvah Dünyalılar!</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>199</v>
+        <v>168</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257032568</t>
+          <t>9786258113112</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Acaba Nerede?</t>
+          <t>Saklı Boyut</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>179</v>
+        <v>168</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257032575</t>
+          <t>9786258113273</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Yardımsever Kanguru</t>
+          <t>Yetmeyen Zaman - Sevimli Dostlar</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>249</v>
+        <v>179</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257032582</t>
+          <t>9786258113013</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Mis Kokulu Kokarca</t>
+          <t>Ezo ve Samba Sır Peşinde</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257032599</t>
+          <t>9786258113099</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Evi Eriyen Kutup Ayısı</t>
+          <t>Sevimli Dostlar - Unutkan Balık</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>249</v>
+        <v>179</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257032544</t>
+          <t>9786258113082</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Neden Olmasın?</t>
+          <t>Meraklı Mucitler Uzay Seyahati</t>
         </is>
       </c>
       <c r="C208" s="1">
         <v>179</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257032537</t>
+          <t>9786258113020</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Dünyalar Vardır</t>
+          <t>Birlikte Oynayalım Mı? - Sevimli Dostlar</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>148</v>
+        <v>179</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257032476</t>
+          <t>9786257032841</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Ne Yapmalı? - Çocuklar İçin İlkyardım</t>
+          <t>Unutkan Balık Yeni Bir Ev Arıyor - Sevimli Dostlar</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>249</v>
+        <v>179</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257032513</t>
+          <t>9786258113068</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Büyüyorum - Bebeğimle Okuyorum 9-12 Ay</t>
+          <t>Evini Arayan Ayı</t>
         </is>
       </c>
       <c r="C211" s="1">
         <v>168.5</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257032520</t>
+          <t>9786257032698</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Keşfediyorum - Bebeğimle Okuyorum 6-9 Ay</t>
+          <t>Sesini Arayan Zürafa</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>168.5</v>
+        <v>249</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257032490</t>
+          <t>9786257032995</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Dünya - Bebeğimle Okuyorum 0-3 Ay</t>
+          <t>Şaşkın Ördek</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>168.5</v>
+        <v>199</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257032506</t>
+          <t>9786257032988</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Alışıyorum - Bebeğimle Okuyorum 3-6 Ay</t>
+          <t>Ailemin Soyağacı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>168.5</v>
+        <v>179</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257032483</t>
+          <t>9786257032896</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Ormanı</t>
+          <t>Bay Kamuki</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>168</v>
+        <v>199</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257032469</t>
+          <t>9786257032865</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Tıkır Tıkır Merdiven</t>
+          <t>Fanus</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>179</v>
+        <v>168</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257032407</t>
+          <t>9786257032889</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Tavuk - Mini Hikayeler 1</t>
+          <t>Neşe Mutsuzgil Okulda: İş Başa Düştü (Ciltli)</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>98.5</v>
+        <v>194</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257032445</t>
+          <t>9786257032872</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Ottoloyo - Bandırma Vapuru Demir Aldı</t>
+          <t>Baharat Sınıfı</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>178</v>
+        <v>168</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257032421</t>
+          <t>9786257032858</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Dağ - Mini Hikaye 3</t>
+          <t>Cup Çiş Kaka</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>98.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257032438</t>
+          <t>9786257032834</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Ottoloyo - Truva Atı Doludizgin</t>
+          <t>Seçilmiş Kahramanın El Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>178</v>
+        <v>248</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257032414</t>
+          <t>9786257032704</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Çiftçi - Mini Hikayeler 2</t>
+          <t>Yaz Tatili - Ezo ve Samba</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>98.5</v>
+        <v>249</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257032391</t>
+          <t>9786257032728</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Pırt!</t>
+          <t>Renkler - Ezo ve Samba</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>225</v>
+        <v>249</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257032377</t>
+          <t>9786257032452</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Hayatın Sırları</t>
+          <t>Büyükanne Lola</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>275</v>
+        <v>199</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257032339</t>
+          <t>9786257032636</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>İplik Ailesi - Çarpma</t>
+          <t>İplik Ailesi - Kesirler</t>
         </is>
       </c>
       <c r="C224" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257032308</t>
+          <t>9786257032681</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf STEM Aktivite Kitabı</t>
+          <t>Hayalperest Koala</t>
         </is>
       </c>
       <c r="C225" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257032322</t>
+          <t>9786257032667</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf STEM Aktivite Kitabı</t>
+          <t>Kaybolan Dinozor</t>
         </is>
       </c>
       <c r="C226" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257032285</t>
+          <t>9786257032674</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Adını Arayan Aslan</t>
+          <t>İp Kuyruklu Tavşan</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>210</v>
+        <v>225</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257032209</t>
+          <t>9786257032643</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Öykülü Tekerlemeler</t>
+          <t>Annem De Çocukmuş!</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>168</v>
+        <v>199</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257032278</t>
+          <t>9786257032568</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Meslekler</t>
+          <t>Acaba Nerede?</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>178.5</v>
+        <v>179</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257032155</t>
+          <t>9786257032575</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar İçin Felsefi Hikayeler (Ciltli)</t>
+          <t>Yardımsever Kanguru</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>485</v>
+        <v>249</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786058043015</t>
+          <t>9786257032582</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Hamsiden Yengeç Olur mu?</t>
+          <t>Mis Kokulu Kokarca</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>179</v>
+        <v>249</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786058043022</t>
+          <t>9786257032599</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Tekerlekten Telefon Olur mu?</t>
+          <t>Evi Eriyen Kutup Ayısı</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>199</v>
+        <v>249</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786058043046</t>
+          <t>9786257032544</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Antarktika'dan Avrupa Olur mu?</t>
+          <t>Neden Olmasın?</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>199</v>
+        <v>178</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257032094</t>
+          <t>9786257032537</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Ne İstersen Makinesi</t>
+          <t>Dünyalar Vardır</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>168</v>
+        <v>148</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257032124</t>
+          <t>9786257032476</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Hafızasını Kaybeden Kuş</t>
+          <t>Ne Yapmalı? - Çocuklar İçin İlkyardım</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>168</v>
+        <v>249</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257032100</t>
+          <t>9786257032513</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Büyüyorum - Bebeğimle Okuyorum 9-12 Ay</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>129</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257032025</t>
+          <t>9786257032520</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Vilivele Oteli</t>
+          <t>Keşfediyorum - Bebeğimle Okuyorum 6-9 Ay</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>178.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257032087</t>
+          <t>9786257032490</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Gençler İçin - Nutuk</t>
+          <t>Merhaba Dünya - Bebeğimle Okuyorum 0-3 Ay</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>118</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257032070</t>
+          <t>9786257032506</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Dut Ağacındaki Hayalet</t>
+          <t>Alışıyorum - Bebeğimle Okuyorum 3-6 Ay</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>168</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257032018</t>
+          <t>9786257032483</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefeste Türk Tarihi</t>
+          <t>Sırlar Ormanı</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>248</v>
+        <v>168</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257032032</t>
+          <t>9786257032469</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Yeter ki Sev!</t>
+          <t>Tıkır Tıkır Merdiven</t>
         </is>
       </c>
       <c r="C241" s="1">
         <v>179</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786056977572</t>
+          <t>9786257032407</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>İnek Möli Asla Unutmaz</t>
+          <t>Tavuk - Mini Hikayeler 1</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>179</v>
+        <v>98.5</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786056977589</t>
+          <t>9786257032445</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Tavuk Rola Şarkı Söylemek İstiyor</t>
+          <t>Ottoloyo - Bandırma Vapuru Demir Aldı</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>179</v>
+        <v>178</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786056977541</t>
+          <t>9786257032421</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>İsimsizler - İki Kıta Bir Destan</t>
+          <t>Dağ - Mini Hikaye 3</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>168</v>
+        <v>98.5</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786056977510</t>
+          <t>9786257032438</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Hula ve Acayip Şemsiyesi</t>
+          <t>Ottoloyo - Truva Atı Doludizgin</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>168.5</v>
+        <v>178</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786056977503</t>
+          <t>9786257032414</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Olimpos Masalları</t>
+          <t>Çiftçi - Mini Hikayeler 2</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>148</v>
+        <v>98.5</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786056977527</t>
+          <t>9786257032391</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Kuş Ağacı (Ciltli)</t>
+          <t>Pırt!</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786058043084</t>
+          <t>9786257032377</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Karnı Acıkan Kedi</t>
+          <t>Yeni Başlayanlar İçin Hayatın Sırları</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>249</v>
+        <v>275</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786058043077</t>
+          <t>9786257032339</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Uykusu Kaçan Kaplumbağa</t>
+          <t>İplik Ailesi - Çarpma</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>249</v>
+        <v>225</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786058043091</t>
+          <t>9786257032308</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Kabuğuna Sığmayan Yengeç</t>
+          <t>4. Sınıf STEM Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>249</v>
+        <v>225</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786058043060</t>
+          <t>9786257032322</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Enerjik</t>
+          <t>5. Sınıf STEM Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>168</v>
+        <v>225</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786058043053</t>
+          <t>9786257032285</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Bay Fısıltı’nın Kütüphanesi</t>
+          <t>Adını Arayan Aslan</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>189</v>
+        <v>210</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786058068582</t>
+          <t>9786257032209</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Panda</t>
+          <t>A'dan Z'ye Öykülü Tekerlemeler</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>179</v>
+        <v>168</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786058068575</t>
+          <t>9786257032278</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Saç Terzisi</t>
+          <t>A'dan Z'ye Meslekler</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>179</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786058068599</t>
+          <t>9786257032155</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Yakalayan Çivi</t>
+          <t>Meraklı Çocuklar İçin Felsefi Hikayeler (Ciltli)</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>199</v>
+        <v>485</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786058068537</t>
+          <t>9786058043015</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’lü Yıllar</t>
+          <t>Hamsiden Yengeç Olur mu?</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786058068513</t>
+          <t>9786058043022</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Tahtına Aşık Kral</t>
+          <t>Tekerlekten Telefon Olur mu?</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>179</v>
+        <v>199</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786058068544</t>
+          <t>9786058043046</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Bir Ses</t>
+          <t>Antarktika'dan Avrupa Olur mu?</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>179</v>
+        <v>199</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786058068520</t>
+          <t>9786257032094</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Peruğuna Saklanan Kraliçe</t>
+          <t>Ne İstersen Makinesi</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>179</v>
+        <v>168</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786052164945</t>
+          <t>9786257032124</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Canavarların da Duyguları Var!</t>
+          <t>Hafızasını Kaybeden Kuş</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>179</v>
+        <v>168</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786052164860</t>
+          <t>9786257032100</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Sanat Sevgisi</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>169</v>
+        <v>129</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786052164877</t>
+          <t>9786257032025</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Cesaret</t>
+          <t>Vilivele Oteli</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>169</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786052164686</t>
+          <t>9786257032087</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimle Günlüğüm (Ciltli)</t>
+          <t>Çocuklar ve Gençler İçin - Nutuk</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>345</v>
+        <v>118</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786052164655</t>
+          <t>9786257032070</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Vatan Sevgisi</t>
+          <t>Dut Ağacındaki Hayalet</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>169</v>
+        <v>168</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786052164662</t>
+          <t>9786257032018</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Merhamet</t>
+          <t>Bir Nefeste Türk Tarihi</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>169</v>
+        <v>248</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786052164587</t>
+          <t>9786257032032</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Çocuk Sevgisi</t>
+          <t>Yeter ki Sev!</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>169</v>
+        <v>179</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786052164631</t>
+          <t>9786056977572</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Öteki Aslanlar</t>
+          <t>İnek Möli Asla Unutmaz</t>
         </is>
       </c>
       <c r="C267" s="1">
         <v>179</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786052164518</t>
+          <t>9786056977589</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Bronti - Dinozorlar Çağına Yolculuk (Ciltli)</t>
+          <t>Tavuk Rola Şarkı Söylemek İstiyor</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>142</v>
+        <v>179</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
+          <t>9786056977541</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>İsimsizler - İki Kıta Bir Destan</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9786056977510</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Hula ve Acayip Şemsiyesi</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>168.5</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9786056977503</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Olimpos Masalları</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9786056977527</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>Kuş Ağacı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9786058043084</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>Karnı Acıkan Kedi</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9786058043077</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>Uykusu Kaçan Kaplumbağa</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>9786058043091</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Kabuğuna Sığmayan Yengeç</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>9786058043060</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>Enerjik</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>9786058043053</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>Bay Fısıltı’nın Kütüphanesi</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>9786058068582</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>Yalnız Panda</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>9786058068575</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>Saç Terzisi</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>9786058068599</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>Güneşi Yakalayan Çivi</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>9786058068537</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk’lü Yıllar</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>9786058068513</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>Tahtına Aşık Kral</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9786058068544</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>Bir Ses</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9786058068520</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>Peruğuna Saklanan Kraliçe</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>9786052164945</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>Canavarların da Duyguları Var!</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>9786052164860</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk ve Sanat Sevgisi</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9786052164877</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk ve Cesaret</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>9786052164686</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>Bebeğimle Günlüğüm (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>9786052164655</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk ve Vatan Sevgisi</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>9786052164662</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk ve Merhamet</t>
+        </is>
+      </c>
+      <c r="C290" s="1">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>9786052164587</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk ve Çocuk Sevgisi</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9786052164631</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Öteki Aslanlar</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9786052164518</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Bronti - Dinozorlar Çağına Yolculuk (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
           <t>9786052164426</t>
         </is>
       </c>
-      <c r="B269" s="1" t="inlineStr">
+      <c r="B294" s="1" t="inlineStr">
         <is>
           <t>Bir Çizgi</t>
         </is>
       </c>
-      <c r="C269" s="1">
+      <c r="C294" s="1">
         <v>179</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>