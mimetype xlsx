--- v1 (2025-12-21)
+++ v2 (2026-02-14)
@@ -85,4435 +85,4510 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256322585</t>
+          <t>9786256322998</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Neden? - Vücudumuz (Ciltli)</t>
+          <t>Ron ve Rubi Müzedeki Tuzak</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>350</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256322592</t>
+          <t>9786258690033</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Neden? - Taşıtlar (Ciltli)</t>
+          <t>Ben Dünya: Anlatacaklarım Var</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256322578</t>
+          <t>9786258690002</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Neden? - Hayvanlar (Ciltli)</t>
+          <t>Dedemin Mandalina Ağacı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256322608</t>
+          <t>9786258690026</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Neden? - Dünyamız (Ciltli)</t>
+          <t>Ron ve Rubi Hırçın Yanardağ</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>228</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256322981</t>
+          <t>9786258690019</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Solenta'nın Çocukları</t>
+          <t>Bu Nasıl Ada?</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>248</v>
+        <v>228</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256322974</t>
+          <t>9786256322585</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Hikaye Küpleri - Uzay Macerası</t>
+          <t>Neden? - Vücudumuz (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>228</v>
+        <v>350</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256322967</t>
+          <t>9786256322592</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Ron ve Rubi Kurtarma Operasyonu</t>
+          <t>Neden? - Taşıtlar (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>198.5</v>
+        <v>350</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258113150</t>
+          <t>9786256322578</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Şaşkın Köpek Poko</t>
+          <t>Neden? - Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>178.5</v>
+        <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258113860</t>
+          <t>9786256322608</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Dili</t>
+          <t>Neden? - Dünyamız (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>148.5</v>
+        <v>350</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257359801</t>
+          <t>9786256322981</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kaşifler Atlası</t>
+          <t>Solenta'nın Çocukları</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>415</v>
+        <v>248</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257032247</t>
+          <t>9786256322974</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabım 5 - Kıyafetler</t>
+          <t>Gizemli Hikaye Küpleri - Uzay Macerası</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>168.5</v>
+        <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786058043039</t>
+          <t>9786256322967</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Senede Bir Gün Dükkanı</t>
+          <t>Ron ve Rubi Kurtarma Operasyonu</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>168.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256322943</t>
+          <t>9786258113150</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Hikaye Küpleri - Vahşi Orman</t>
+          <t>Şaşkın Köpek Poko</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>228</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256322950</t>
+          <t>9786258113860</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Hikaye Küpleri - Kütüphanedeki Tehlike</t>
+          <t>Kalbin Dili</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>228</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052164488</t>
+          <t>9786257359801</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hepsi Renkli 2</t>
+          <t>Büyük Kaşifler Atlası</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>168.5</v>
+        <v>415</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786052164471</t>
+          <t>9786257032247</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Hepsi Bebek 1</t>
+          <t>İlk Kitabım 5 - Kıyafetler</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>168.5</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257032230</t>
+          <t>9786058043039</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabım 3 - Şekiller</t>
+          <t>Senede Bir Gün Dükkanı</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>168.5</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257032216</t>
+          <t>9786256322943</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabım 1 - Meyveler</t>
+          <t>Gizemli Hikaye Küpleri - Vahşi Orman</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>168.5</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786056977534</t>
+          <t>9786256322950</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İştah Açan Kitap</t>
+          <t>Gizemli Hikaye Küpleri - Kütüphanedeki Tehlike</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>168.5</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052164907</t>
+          <t>9786052164488</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Var Olmak Haktır</t>
+          <t>Hepsi Renkli 2</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>168.5</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257032261</t>
+          <t>9786052164471</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Dişimin Süsü</t>
+          <t>Hepsi Bebek 1</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>168.5</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256322530</t>
+          <t>9786257032230</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Tavşan’nın Kitabını Kim Yedi? (Ciltli)</t>
+          <t>İlk Kitabım 3 - Şekiller</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>350</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256322547</t>
+          <t>9786257032216</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Panda’nın Kitabını Kim Yedi? (Ciltli)</t>
+          <t>İlk Kitabım 1 - Meyveler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>350</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256322554</t>
+          <t>9786056977534</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağa’nın Kitabını Kim Yedi? (Ciltli)</t>
+          <t>İştah Açan Kitap</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>350</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256322561</t>
+          <t>9786052164907</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Dino’nun Kitabını Kim Yedi? (Ciltli)</t>
+          <t>Var Olmak Haktır</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>350</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257032186</t>
+          <t>9786257032261</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Çilek Kokan Fil</t>
+          <t>Dişimin Süsü</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>168.5</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256322929</t>
+          <t>9786256322530</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Çalışmadığım Yerden Çıktı</t>
+          <t>Tavşan’nın Kitabını Kim Yedi? (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>178.5</v>
+        <v>350</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256322936</t>
+          <t>9786256322547</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Gökten Üç Elma Düştü 3 - Lakırtı'nın Hatırası</t>
+          <t>Panda’nın Kitabını Kim Yedi? (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>168.5</v>
+        <v>350</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256322912</t>
+          <t>9786256322554</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Öfke Büyürse Patlar mı?</t>
+          <t>Kaplumbağa’nın Kitabını Kim Yedi? (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>168.5</v>
+        <v>350</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258113945</t>
+          <t>9786256322561</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bir Öykü Nasıl Yazılır ki?</t>
+          <t>Dino’nun Kitabını Kim Yedi? (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>168</v>
+        <v>350</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257032650</t>
+          <t>9786257032186</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Tarihe İz Bırakan Olaylar</t>
+          <t>Çilek Kokan Fil</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>154</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257032315</t>
+          <t>9786256322929</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf STEM Aktivite Kitabı</t>
+          <t>Çalışmadığım Yerden Çıktı</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257032148</t>
+          <t>9786256322936</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Çöl Prensi ve Buz</t>
+          <t>Gökten Üç Elma Düştü 3 - Lakırtı'nın Hatırası</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>168</v>
+        <v>210</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257032162</t>
+          <t>9786256322912</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sakız Hanım’ın Eteği</t>
+          <t>Öfke Büyürse Patlar mı?</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>168.5</v>
+        <v>210</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257032056</t>
+          <t>9786258113945</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Hepsi Taşıt 3</t>
+          <t>Bir Öykü Nasıl Yazılır ki?</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>168.5</v>
+        <v>210</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257032223</t>
+          <t>9786257032650</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabım 2 - Sayılar</t>
+          <t>Tarihe İz Bırakan Olaylar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>168.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257032063</t>
+          <t>9786257032315</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Hepsi Mutlu 4</t>
+          <t>6. Sınıf STEM Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>168.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256322790</t>
+          <t>9786257032148</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Bir Tat</t>
+          <t>Çöl Prensi ve Buz</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>179</v>
+        <v>210</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257032551</t>
+          <t>9786257032162</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Şeyden Sonra Yaşam</t>
+          <t>Sakız Hanım’ın Eteği</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>179</v>
+        <v>225</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256322776</t>
+          <t>9786257032056</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Gökten Üç Elma Düştü 2 - Ay'ın Fısıltısı</t>
+          <t>Hepsi Taşıt 3</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>168.5</v>
+        <v>210</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256322769</t>
+          <t>9786257032223</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sebze Olmak İsteyen Domates</t>
+          <t>İlk Kitabım 2 - Sayılar</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>148.5</v>
+        <v>210</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256322271</t>
+          <t>9786257032063</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim? Doğada (Ciltli)</t>
+          <t>Hepsi Mutlu 4</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>175</v>
+        <v>210</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256322264</t>
+          <t>9786256322790</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim? Çiftlikte (Ciltli)</t>
+          <t>Bir Tat</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256322707</t>
+          <t>9786257032551</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Çınar Kulübü İş Başında</t>
+          <t>Şeyden Sonra Yaşam</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>168.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256322714</t>
+          <t>9786256322776</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Gökten Üç Elma Düştü 1 - Sihirli Yolculuk</t>
+          <t>Gökten Üç Elma Düştü 2 - Ay'ın Fısıltısı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>168.5</v>
+        <v>210</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256322097</t>
+          <t>9786256322769</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>3 Yaş Hikayeleri</t>
+          <t>Sebze Olmak İsteyen Domates</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>249</v>
+        <v>198</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256322080</t>
+          <t>9786256322271</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>2 Yaş Hikâyeleri (Ciltli)</t>
+          <t>Ben Kimim? Doğada (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>249</v>
+        <v>210</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256322073</t>
+          <t>9786256322264</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>1 Yaş Hikâyeleri (Ciltli)</t>
+          <t>Ben Kimim? Çiftlikte (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>249</v>
+        <v>210</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258113778</t>
+          <t>9786256322707</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Gerçekler / Keşif Zamanı: Güneş Sistemi (Ciltli)</t>
+          <t>Çınar Kulübü İş Başında</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>345</v>
+        <v>210</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256322356</t>
+          <t>9786256322714</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Gerçekler / Keşif Zamanı: İnsan Vücudu (Ciltli)</t>
+          <t>Gökten Üç Elma Düştü 1 - Sihirli Yolculuk</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>345</v>
+        <v>210</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786258113761</t>
+          <t>9786256322097</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Gerçekler / Keşif Zamanı: Dinozorlar</t>
+          <t>3 Yaş Hikayeleri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256322325</t>
+          <t>9786256322080</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar - Oynat Keşfet (Ciltli)</t>
+          <t>2 Yaş Hikâyeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256322332</t>
+          <t>9786256322073</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İtfaiyeciler - Oynat Keşfet (Ciltli)</t>
+          <t>1 Yaş Hikâyeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256322318</t>
+          <t>9786258113778</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Gece Hayvanları - Oynat Keşfet (Ciltli)</t>
+          <t>Eğlenceli Gerçekler / Keşif Zamanı: Güneş Sistemi (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256322349</t>
+          <t>9786256322356</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Denizler - Oynat Keşfet (Ciltli)</t>
+          <t>Eğlenceli Gerçekler / Keşif Zamanı: İnsan Vücudu (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256322387</t>
+          <t>9786258113761</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Mini Pop Up - Afacan Dinolar (Ciltli)</t>
+          <t>Eğlenceli Gerçekler / Keşif Zamanı: Dinozorlar</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>249</v>
+        <v>395</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256322394</t>
+          <t>9786256322325</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Mini Pop Up - Bebek Hayvanlar (Ciltli)</t>
+          <t>Dinozorlar - Oynat Keşfet (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>249</v>
+        <v>395</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256322370</t>
+          <t>9786256322332</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Mini Pop Up - Merhaba Dünya (Ciltli)</t>
+          <t>İtfaiyeciler - Oynat Keşfet (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>249</v>
+        <v>395</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256322363</t>
+          <t>9786256322318</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Mini Pop Up - Vahşi Ormanda (Ciltli)</t>
+          <t>Gece Hayvanları - Oynat Keşfet (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>249</v>
+        <v>395</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256322196</t>
+          <t>9786256322349</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Pencereler - Kelimeler (Ciltli)</t>
+          <t>Denizler - Oynat Keşfet (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256322189</t>
+          <t>9786256322387</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Pencereler - Renkler (Ciltli)</t>
+          <t>Mini Pop Up - Afacan Dinolar (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256322165</t>
+          <t>9786256322394</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kaydırmalı Bulmaca Kitabım - Vahşi Hayvanlar (Ciltli)</t>
+          <t>Mini Pop Up - Bebek Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>375</v>
+        <v>295</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256322158</t>
+          <t>9786256322370</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kaydırmalı Bulmaca Kitabım - Çiftlik Hayvanlar (Ciltli)</t>
+          <t>Mini Pop Up - Merhaba Dünya (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>375</v>
+        <v>295</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256322172</t>
+          <t>9786256322363</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kaydırmalı Bulmaca Kitabım - Bebek Hayvanlar (Ciltli)</t>
+          <t>Mini Pop Up - Vahşi Ormanda (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>375</v>
+        <v>295</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256322202</t>
+          <t>9786256322196</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Pencereler- Hayvanlar (Ciltli)</t>
+          <t>Sihirli Pencereler - Kelimeler (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>395</v>
+        <v>450</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256322691</t>
+          <t>9786256322189</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Çevre Kahramanları/ İleri Dönüşüm Peşinde</t>
+          <t>Sihirli Pencereler - Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>148</v>
+        <v>450</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258113396</t>
+          <t>9786256322165</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Neşe Mutsuzgil - Kampta</t>
+          <t>Kaydırmalı Bulmaca Kitabım - Vahşi Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>168</v>
+        <v>450</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256322523</t>
+          <t>9786256322158</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Dili</t>
+          <t>Kaydırmalı Bulmaca Kitabım - Çiftlik Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>179</v>
+        <v>450</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256322516</t>
+          <t>9786256322172</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bizim Sokakta Şenlik Var</t>
+          <t>Kaydırmalı Bulmaca Kitabım - Bebek Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>168</v>
+        <v>450</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256322509</t>
+          <t>9786256322202</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Süper İşler Takımı Tatlı Bir Macera</t>
+          <t>Sihirli Pencereler- Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>168</v>
+        <v>450</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256322493</t>
+          <t>9786256322691</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Ben Sokak Kedisi Miyim?</t>
+          <t>Çevre Kahramanları/ İleri Dönüşüm Peşinde</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>168.5</v>
+        <v>185</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258113631</t>
+          <t>9786258113396</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Işık Tut Keşfet Büyük Mavi Okyanus (Ciltli)</t>
+          <t>Neşe Mutsuzgil - Kampta</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>425</v>
+        <v>210</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256322226</t>
+          <t>9786256322523</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Işık Tut Keşfet Dinozorlar (Ciltli)</t>
+          <t>Sevginin Dili</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>425</v>
+        <v>225</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256322219</t>
+          <t>9786256322516</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Işık Tut Keşfet Uzay (Ciltli)</t>
+          <t>Bizim Sokakta Şenlik Var</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>425</v>
+        <v>210</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256322462</t>
+          <t>9786256322509</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kültürlü Kurt</t>
+          <t>Süper İşler Takımı Tatlı Bir Macera</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>179</v>
+        <v>210</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256322042</t>
+          <t>9786256322493</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Rapunzel (Ciltli)</t>
+          <t>Ben Sokak Kedisi Miyim?</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>249</v>
+        <v>210</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258113495</t>
+          <t>9786258113631</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>3 Yaş Hikayelerim (Ciltli)</t>
+          <t>Işık Tut Keşfet Büyük Mavi Okyanus (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>249</v>
+        <v>495</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256322486</t>
+          <t>9786256322226</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Anlayarak Hızlı Okuma</t>
+          <t>Işık Tut Keşfet Dinozorlar (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>278.5</v>
+        <v>495</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256322479</t>
+          <t>9786256322219</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Mağara</t>
+          <t>Işık Tut Keşfet Uzay (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>148</v>
+        <v>495</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258113990</t>
+          <t>9786256322462</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kutu Kutu Kavramlar</t>
+          <t>Kültürlü Kurt</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>399</v>
+        <v>225</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256322059</t>
+          <t>9786256322042</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Küçük Deniz Kızı (Ciltli)</t>
+          <t>Rapunzel (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>249</v>
+        <v>310</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256322035</t>
+          <t>9786258113495</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Jack ve Fasulye Sırığı (Ciltli)</t>
+          <t>3 Yaş Hikayelerim (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>249</v>
+        <v>295</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256322066</t>
+          <t>9786256322486</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Kedi (Ciltli)</t>
+          <t>Çocuklar İçin Anlayarak Hızlı Okuma</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>249</v>
+        <v>350</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256322431</t>
+          <t>9786256322479</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Süper İşler Takımı Yemek Yapıyor</t>
+          <t>Yeşil Mağara</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>168</v>
+        <v>185</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256322448</t>
+          <t>9786258113990</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Süper İşler Takımı Temizlik Yapıyor</t>
+          <t>Kutu Kutu Kavramlar</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>168</v>
+        <v>498</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256322424</t>
+          <t>9786256322059</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kabuğumdan Çıkabilir miyim?</t>
+          <t>Küçük Deniz Kızı (Ciltli)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>168.5</v>
+        <v>310</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256322455</t>
+          <t>9786256322035</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Bir Doku</t>
+          <t>Jack ve Fasulye Sırığı (Ciltli)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>179</v>
+        <v>310</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256322288</t>
+          <t>9786256322066</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Mürekkepbalığı Olmak İsteyen Martı</t>
+          <t>Çizmeli Kedi (Ciltli)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>168.5</v>
+        <v>310</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256322417</t>
+          <t>9786256322431</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük Evim</t>
+          <t>Süper İşler Takımı Yemek Yapıyor</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>179</v>
+        <v>210</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256322400</t>
+          <t>9786256322448</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcusu Kalmasın</t>
+          <t>Süper İşler Takımı Temizlik Yapıyor</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>168</v>
+        <v>210</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256322295</t>
+          <t>9786256322424</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Zamana Açılan Kapı</t>
+          <t>Kabuğumdan Çıkabilir miyim?</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>168.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256322301</t>
+          <t>9786256322455</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Hanako ve Balinanın Şarkısı</t>
+          <t>Bir Doku</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>179</v>
+        <v>225</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258113167</t>
+          <t>9786256322288</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Kedi Yoyo</t>
+          <t>Mürekkepbalığı Olmak İsteyen Martı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>178.5</v>
+        <v>210</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257032964</t>
+          <t>9786256322417</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Karıştır ve Değiştir-Alfabe (Ciltli)</t>
+          <t>Benim Küçük Evim</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>219</v>
+        <v>225</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257032919</t>
+          <t>9786256322400</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Karıştır ve Değiştir Hayvanlar 2 (Ciltli)</t>
+          <t>Zaman Yolcusu Kalmasın</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>219</v>
+        <v>210</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257032902</t>
+          <t>9786256322295</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Karıştır ve Değiştir - Hayvanlar 1 (Ciltli)</t>
+          <t>Zamana Açılan Kapı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>219</v>
+        <v>210</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257032940</t>
+          <t>9786256322301</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Karıştır ve Değiştir Kim ne Sever (Ciltli)</t>
+          <t>Hanako ve Balinanın Şarkısı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>219</v>
+        <v>225</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258113907</t>
+          <t>9786258113167</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>İlk 100+ Kelime (Ciltli)</t>
+          <t>Tatlı Kedi Yoyo</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>249</v>
+        <v>225</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258113921</t>
+          <t>9786257032964</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İlk 100 Kelime Akıllı Bıdıklar İçin (Ciltli)</t>
+          <t>Karıştır ve Değiştir-Alfabe (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>249</v>
+        <v>275</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258113914</t>
+          <t>9786257032919</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>İlk 100 Hayvan (Ciltli)</t>
+          <t>Karıştır ve Değiştir Hayvanlar 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>249</v>
+        <v>275</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257032629</t>
+          <t>9786257032902</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İlk Masallar 1 (Ciltli)</t>
+          <t>Karıştır ve Değiştir - Hayvanlar 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>249</v>
+        <v>275</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257032605</t>
+          <t>9786257032940</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>İlk Masallar 3 (Ciltli)</t>
+          <t>Karıştır ve Değiştir Kim ne Sever (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>249</v>
+        <v>275</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257032612</t>
+          <t>9786258113907</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>İlk Masallar 2 (Ciltli)</t>
+          <t>İlk 100+ Kelime (Ciltli)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>249</v>
+        <v>295</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257032773</t>
+          <t>9786258113921</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitabım Robotlar</t>
+          <t>İlk 100 Kelime Akıllı Bıdıklar İçin (Ciltli)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>89</v>
+        <v>295</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257032797</t>
+          <t>9786258113914</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitabım Oyuncaklar</t>
+          <t>İlk 100 Hayvan (Ciltli)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>89</v>
+        <v>295</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257032780</t>
+          <t>9786257032629</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitabım Kelebekler</t>
+          <t>İlk Masallar 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>89</v>
+        <v>295</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257032759</t>
+          <t>9786257032605</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitabım Dinozorlar</t>
+          <t>İlk Masallar 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>89</v>
+        <v>295</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257032766</t>
+          <t>9786257032612</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitabım Hayvanlar</t>
+          <t>İlk Masallar 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>89</v>
+        <v>295</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258113440</t>
+          <t>9786257032773</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>2 Yaş Hikayelerim (Ciltli)</t>
+          <t>İlk Boyama Kitabım Robotlar</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>249</v>
+        <v>110</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258113426</t>
+          <t>9786257032797</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>1 Yaş Hikayelerim (Ciltli)</t>
+          <t>İlk Boyama Kitabım Oyuncaklar</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>249</v>
+        <v>110</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258113136</t>
+          <t>9786257032780</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kuzu Melo</t>
+          <t>İlk Boyama Kitabım Kelebekler</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>178.5</v>
+        <v>110</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258113143</t>
+          <t>9786257032759</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Tavşan Bugi</t>
+          <t>İlk Boyama Kitabım Dinozorlar</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>178.5</v>
+        <v>110</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258113853</t>
+          <t>9786257032766</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Uç ve Bitsin - Ayda’nın Okul Günlüğü</t>
+          <t>İlk Boyama Kitabım Hayvanlar</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>168.5</v>
+        <v>110</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786058068551</t>
+          <t>9786258113440</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Huysuz Kaktüs</t>
+          <t>2 Yaş Hikayelerim (Ciltli)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>44</v>
+        <v>295</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052164808</t>
+          <t>9786258113426</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Şaşkın Korsanının Kayıp ve Çok Gizli Günlüğü (Ciltli)</t>
+          <t>1 Yaş Hikayelerim (Ciltli)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>39</v>
+        <v>295</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052164815</t>
+          <t>9786258113136</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Şaşkın Gladyatörünün Kayıp ve Çok Gizli Günlüğü (Ciltli)</t>
+          <t>Küçük Kuzu Melo</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>148.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052164723</t>
+          <t>9786258113143</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Şaşkın Dinozor Avcısının Kayıp ve Çok Gizli Günlüğü (Ciltli)</t>
+          <t>Neşeli Tavşan Bugi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>39</v>
+        <v>225</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052164730</t>
+          <t>9786258113853</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Şaşkın Şövalyesinin Kayıp ve Çok Gizli Günlüğü (Ciltli)</t>
+          <t>Uç ve Bitsin - Ayda’nın Okul Günlüğü</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>148.5</v>
+        <v>210</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052164679</t>
+          <t>9786058068551</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Elmakurdu Rüyaları (Ciltli)</t>
+          <t>Huysuz Kaktüs</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>129</v>
+        <v>44</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786052164716</t>
+          <t>9786052164808</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Şaşkın Astronotunun Kayıp ve Çok Gizli Günlüğü (Ciltli)</t>
+          <t>Dünyanın En Şaşkın Korsanının Kayıp ve Çok Gizli Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>42.5</v>
+        <v>39</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786058068568</t>
+          <t>9786052164815</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Lui</t>
+          <t>Dünyanın En Şaşkın Gladyatörünün Kayıp ve Çok Gizli Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>168.5</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052164594</t>
+          <t>9786052164723</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>İlk Kelimeler (Ciltli)</t>
+          <t>Dünyanın En Şaşkın Dinozor Avcısının Kayıp ve Çok Gizli Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>99.5</v>
+        <v>39</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052164525</t>
+          <t>9786052164730</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Bronti - Teneke Pijamalı Dinozor (Ciltli)</t>
+          <t>Dünyanın En Şaşkın Şövalyesinin Kayıp ve Çok Gizli Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>54</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052164501</t>
+          <t>9786052164679</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Bronti - Evcil Dinozor (Ciltli)</t>
+          <t>Elmakurdu Rüyaları (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>142</v>
+        <v>129</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257032346</t>
+          <t>9786052164716</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Anneannemin Yeşil Kuyruğu</t>
+          <t>Dünyanın En Şaşkın Astronotunun Kayıp ve Çok Gizli Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>179</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257032353</t>
+          <t>9786058068568</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Çöp Adam</t>
+          <t>Lui</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>168.5</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257032292</t>
+          <t>9786052164594</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Miniart - Sanat ve Boyama</t>
+          <t>İlk Kelimeler (Ciltli)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>149</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257032193</t>
+          <t>9786052164525</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Yıldızları Sayabilir misin?</t>
+          <t>Bronti - Teneke Pijamalı Dinozor (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>148.5</v>
+        <v>54</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257032117</t>
+          <t>9786052164501</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Merkezine Yolculuk</t>
+          <t>Bronti - Evcil Dinozor (Ciltli)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>36</v>
+        <v>142</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786056977596</t>
+          <t>9786257032346</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Buna Hakkın Var!</t>
+          <t>Anneannemin Yeşil Kuyruğu</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>249</v>
+        <v>225</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786058043008</t>
+          <t>9786257032353</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Dev ile Üç Cüce</t>
+          <t>Çöp Adam</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>136.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257032049</t>
+          <t>9786257032292</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Hepsi Zıt 5</t>
+          <t>Miniart - Sanat ve Boyama</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>168.5</v>
+        <v>149</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257032254</t>
+          <t>9786257032193</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabım 4 - Duygular</t>
+          <t>Yıldızları Sayabilir misin?</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>168.5</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256322233</t>
+          <t>9786257032117</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Sümbüllü Köşk</t>
+          <t>Dünyanın Merkezine Yolculuk</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>178</v>
+        <v>36</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258113709</t>
+          <t>9786056977596</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Bir Sürprizim Var - Sayılar</t>
+          <t>Buna Hakkın Var!</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>299</v>
+        <v>310</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786258113693</t>
+          <t>9786058043008</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Bir Sürprizim Var - Zıtlıklar</t>
+          <t>Dev ile Üç Cüce</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>299</v>
+        <v>136.5</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256322110</t>
+          <t>9786257032049</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Bir Canavarı Nasıl Korkutursun?</t>
+          <t>Hepsi Zıt 5</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>199</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256322141</t>
+          <t>9786257032254</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Arayan Çocuk</t>
+          <t>İlk Kitabım 4 - Duygular</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>168.5</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256322134</t>
+          <t>9786256322233</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Fil Olmak İsteyen Fare</t>
+          <t>Sümbüllü Köşk</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>168.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256322103</t>
+          <t>9786258113709</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Bin Kuş</t>
+          <t>Bir Sürprizim Var - Sayılar</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>228</v>
+        <v>375</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786258113730</t>
+          <t>9786258113693</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Parola 1923</t>
+          <t>Bir Sürprizim Var - Zıtlıklar</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>188</v>
+        <v>375</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257032001</t>
+          <t>9786256322110</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Fabrikası</t>
+          <t>Bir Canavarı Nasıl Korkutursun?</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>168</v>
+        <v>199</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786258113686</t>
+          <t>9786256322141</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Çevre Kahramanları - Geri Dönüşüm Peşinde</t>
+          <t>Güneşi Arayan Çocuk</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>148</v>
+        <v>210</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786258113129</t>
+          <t>9786256322134</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Simidin Ortası - Düşünce Deneyleri 3</t>
+          <t>Fil Olmak İsteyen Fare</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>168</v>
+        <v>210</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257032711</t>
+          <t>9786256322103</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Doğum Günü - Ezo ve Samba</t>
+          <t>Bin Kuş</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>249</v>
+        <v>285</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257032384</t>
+          <t>9786258113730</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Mindfulness - Çocuklar İçin Bilinçli Farkındalık</t>
+          <t>Parola 1923</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>275</v>
+        <v>235</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256322028</t>
+          <t>9786257032001</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Bir Koku</t>
+          <t>Oyuncak Fabrikası</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>179</v>
+        <v>210</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256322004</t>
+          <t>9786258113686</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Zebra'nın Yolu</t>
+          <t>Çevre Kahramanları - Geri Dönüşüm Peşinde</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>260</v>
+        <v>185</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256322011</t>
+          <t>9786258113129</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Orhun Yazıtları</t>
+          <t>Simidin Ortası - Düşünce Deneyleri 3</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>148</v>
+        <v>210</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786258113570</t>
+          <t>9786257032711</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Çevre Kahramanları Sıfır Atık Peşinde</t>
+          <t>Doğum Günü - Ezo ve Samba</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>148</v>
+        <v>295</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786258113754</t>
+          <t>9786257032384</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Uzayda da Oyun Oynanır</t>
+          <t>Mindfulness - Çocuklar İçin Bilinçli Farkındalık</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>179</v>
+        <v>345</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786258113563</t>
+          <t>9786256322028</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Küçük Porsuk ve Kelimeler</t>
+          <t>Bir Koku</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>179</v>
+        <v>225</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258113747</t>
+          <t>9786256322004</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Küçük Porsuk ve Mutluluk</t>
+          <t>Zebra'nın Yolu</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>179</v>
+        <v>299</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258113846</t>
+          <t>9786256322011</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Söyle Tamana</t>
+          <t>Gizemli Orhun Yazıtları</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>168</v>
+        <v>185</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786258113723</t>
+          <t>9786258113570</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Yöntemlerle Seslere Yolculuk 3</t>
+          <t>Çevre Kahramanları Sıfır Atık Peşinde</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>168.5</v>
+        <v>185</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786258113716</t>
+          <t>9786258113754</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Yöntemlerle Seslere Yolculuk 2</t>
+          <t>Uzayda da Oyun Oynanır</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>168.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258113969</t>
+          <t>9786258113563</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Keşke Horoz Olsam</t>
+          <t>Küçük Porsuk ve Kelimeler</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>179</v>
+        <v>225</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258113983</t>
+          <t>9786258113747</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Odysseus'un Serüveni - Çocuklar için Odysseia</t>
+          <t>Küçük Porsuk ve Mutluluk</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>168.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258113976</t>
+          <t>9786258113846</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Köpek Olmak İsteyen Kedi</t>
+          <t>Söyle Tamana</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>168.5</v>
+        <v>210</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258113952</t>
+          <t>9786258113723</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Bay Bir Tuhaflık Var</t>
+          <t>Yeni Nesil Yöntemlerle Seslere Yolculuk 3</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>179</v>
+        <v>210</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258113808</t>
+          <t>9786258113716</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Tori’nin Maceraları Bir Aslan Büyüyor</t>
+          <t>Yeni Nesil Yöntemlerle Seslere Yolculuk 2</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>148.5</v>
+        <v>210</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258113938</t>
+          <t>9786258113969</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Hanako ve Sedir Ağacı</t>
+          <t>Keşke Horoz Olsam</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>179</v>
+        <v>225</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786258113884</t>
+          <t>9786258113983</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kediyiz, Haklıyız!</t>
+          <t>Odysseus'un Serüveni - Çocuklar için Odysseia</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>148</v>
+        <v>210</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258113891</t>
+          <t>9786258113976</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Ezo ve Samba Pijama Partisi</t>
+          <t>Köpek Olmak İsteyen Kedi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>249</v>
+        <v>210</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258113877</t>
+          <t>9786258113952</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Zamanperest Takımı</t>
+          <t>Bay Bir Tuhaflık Var</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>168.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258113822</t>
+          <t>9786258113808</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Dünya'nın Egzersizi - Deprem</t>
+          <t>Tori’nin Maceraları Bir Aslan Büyüyor</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>179</v>
+        <v>185</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258113839</t>
+          <t>9786258113938</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Canavarlar da Kibardır!</t>
+          <t>Hanako ve Sedir Ağacı</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>179</v>
+        <v>225</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258113815</t>
+          <t>9786258113884</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Babaannem Bir Astronot mu?</t>
+          <t>Kediyiz, Haklıyız!</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>179</v>
+        <v>185</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258113785</t>
+          <t>9786258113891</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Uçangöz</t>
+          <t>Ezo ve Samba Pijama Partisi</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>168.5</v>
+        <v>295</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258113457</t>
+          <t>9786258113877</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ten Seçme Öyküler</t>
+          <t>Zamanperest Takımı</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>228</v>
+        <v>210</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258113662</t>
+          <t>9786258113822</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Yöntemlerle Seslere Yolculuk 1</t>
+          <t>Dünya'nın Egzersizi - Deprem</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>168.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258113792</t>
+          <t>9786258113839</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Ah Şu Uydurukçu</t>
+          <t>Canavarlar da Kibardır!</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>168</v>
+        <v>225</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258113648</t>
+          <t>9786258113815</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Atomik Basketçiler</t>
+          <t>Babaannem Bir Astronot mu?</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>148</v>
+        <v>225</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258113679</t>
+          <t>9786258113785</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Leylek Misi ve Lak Lak Hastanesi</t>
+          <t>Uçangöz</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>149</v>
+        <v>210</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258113655</t>
+          <t>9786258113457</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Patiler</t>
+          <t>Atatürk’ten Seçme Öyküler</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>198.5</v>
+        <v>285</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258113617</t>
+          <t>9786258113662</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Maymun Muga Neden Gülmüyor?</t>
+          <t>Yeni Nesil Yöntemlerle Seslere Yolculuk 1</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>179</v>
+        <v>210</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258113624</t>
+          <t>9786258113792</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Başıma Gelen En İyi Şey</t>
+          <t>Ah Şu Uydurukçu</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>148</v>
+        <v>210</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258113600</t>
+          <t>9786258113648</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Beni Dinler misin Acaba?</t>
+          <t>Atomik Basketçiler</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>179</v>
+        <v>185</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258113594</t>
+          <t>9786258113679</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Mucitler Ay’a Yolculuk</t>
+          <t>Leylek Misi ve Lak Lak Hastanesi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>179</v>
+        <v>185</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258113587</t>
+          <t>9786258113655</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Bu İşi Kim Yapacak?</t>
+          <t>Patiler</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>148</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258113556</t>
+          <t>9786258113617</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Bir Kutup Ayısı Olsaydın Nasıl Hayatta Kalırdın?</t>
+          <t>Maymun Muga Neden Gülmüyor?</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>179</v>
+        <v>225</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258113433</t>
+          <t>9786258113624</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Az Bilinen Ülkeler Atlası</t>
+          <t>Başıma Gelen En İyi Şey</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>295</v>
+        <v>185</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258113525</t>
+          <t>9786258113600</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş Kahramanın El Kitabı 3 Yeni Başlangıçlar Seçilmiş Kahramanın El Kitabı 4 Gümen Taşı</t>
+          <t>Beni Dinler misin Acaba?</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>179</v>
+        <v>225</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786258113549</t>
+          <t>9786258113594</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş Kahramanın El Kitabı</t>
+          <t>Meraklı Mucitler Ay’a Yolculuk</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>179</v>
+        <v>225</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258113471</t>
+          <t>9786258113587</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Okuldaki İlk Günüm</t>
+          <t>Bu İşi Kim Yapacak?</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>168.5</v>
+        <v>185</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258113518</t>
+          <t>9786258113556</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Bir Katil Balina Olsaydın Nasıl Hayatta Kalırdın?</t>
+          <t>Bir Kutup Ayısı Olsaydın Nasıl Hayatta Kalırdın?</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>179</v>
+        <v>225</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786258113501</t>
+          <t>9786258113433</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Süper Güç</t>
+          <t>Az Bilinen Ülkeler Atlası</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>179</v>
+        <v>295</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786258113037</t>
+          <t>9786258113525</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Çınar Kulübü Tatilde</t>
+          <t>Seçilmiş Kahramanın El Kitabı 3 Yeni Başlangıçlar Seçilmiş Kahramanın El Kitabı 4 Gümen Taşı</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>168.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786258113532</t>
+          <t>9786258113549</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Ne Olsam?</t>
+          <t>Seçilmiş Kahramanın El Kitabı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>168.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786258113402</t>
+          <t>9786258113471</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Ben ve Mikroplar</t>
+          <t>Okuldaki İlk Günüm</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>179</v>
+        <v>210</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786258113419</t>
+          <t>9786258113518</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Bir Aslan Olsaydın Nasıl Hayatta Kalırdın?</t>
+          <t>Bir Katil Balina Olsaydın Nasıl Hayatta Kalırdın?</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>179</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786258113488</t>
+          <t>9786258113501</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Oyun Evi</t>
+          <t>Süper Güç</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>179</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786258113372</t>
+          <t>9786258113037</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Kral Olmak İstemeyen Aslan</t>
+          <t>Çınar Kulübü Tatilde</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>249</v>
+        <v>210</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786258113464</t>
+          <t>9786258113532</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Birimiz Hepimiz İçin</t>
+          <t>Büyüyünce Ne Olsam?</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>148</v>
+        <v>210</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052164648</t>
+          <t>9786258113402</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Bir Renk</t>
+          <t>Ben ve Mikroplar</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>179</v>
+        <v>225</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786258113075</t>
+          <t>9786258113419</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Ne Uzak Ne Yakın</t>
+          <t>Bir Aslan Olsaydın Nasıl Hayatta Kalırdın?</t>
         </is>
       </c>
       <c r="C197" s="1">
         <v>179</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786258113389</t>
+          <t>9786258113488</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Eşsiz Mavi</t>
+          <t>Oyun Evi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>179</v>
+        <v>225</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786258113280</t>
+          <t>9786258113372</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Ayı ve Hurma Ağacı</t>
+          <t>Kral Olmak İstemeyen Aslan</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>210</v>
+        <v>295</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786258113297</t>
+          <t>9786258113464</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Ayı ve Balon</t>
+          <t>Birimiz Hepimiz İçin</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786258113303</t>
+          <t>9786052164648</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Bir Arı Olsaydın Nasıl Hayatta Kalırdın?</t>
+          <t>Bir Renk</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>179</v>
+        <v>225</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786258113365</t>
+          <t>9786258113075</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Gezegenin Sana İhtiyacı Var!</t>
+          <t>Ne Uzak Ne Yakın</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>179</v>
+        <v>225</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786258113105</t>
+          <t>9786258113389</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Dünyalılar!</t>
+          <t>Eşsiz Mavi</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>168</v>
+        <v>225</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786258113112</t>
+          <t>9786258113280</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Saklı Boyut</t>
+          <t>Ayı ve Hurma Ağacı</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>168</v>
+        <v>260</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786258113273</t>
+          <t>9786258113297</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Yetmeyen Zaman - Sevimli Dostlar</t>
+          <t>Ayı ve Balon</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>179</v>
+        <v>230</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786258113013</t>
+          <t>9786258113303</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Ezo ve Samba Sır Peşinde</t>
+          <t>Bir Arı Olsaydın Nasıl Hayatta Kalırdın?</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>249</v>
+        <v>179</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786258113099</t>
+          <t>9786258113365</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostlar - Unutkan Balık</t>
+          <t>Gezegenin Sana İhtiyacı Var!</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>179</v>
+        <v>225</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786258113082</t>
+          <t>9786258113105</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Mucitler Uzay Seyahati</t>
+          <t>Eyvah Dünyalılar!</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>179</v>
+        <v>210</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786258113020</t>
+          <t>9786258113112</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Oynayalım Mı? - Sevimli Dostlar</t>
+          <t>Saklı Boyut</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>179</v>
+        <v>210</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257032841</t>
+          <t>9786258113273</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Unutkan Balık Yeni Bir Ev Arıyor - Sevimli Dostlar</t>
+          <t>Yetmeyen Zaman - Sevimli Dostlar</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>179</v>
+        <v>225</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786258113068</t>
+          <t>9786258113013</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Evini Arayan Ayı</t>
+          <t>Ezo ve Samba Sır Peşinde</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>168.5</v>
+        <v>295</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257032698</t>
+          <t>9786258113099</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Sesini Arayan Zürafa</t>
+          <t>Sevimli Dostlar - Unutkan Balık</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>249</v>
+        <v>225</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257032995</t>
+          <t>9786258113082</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Şaşkın Ördek</t>
+          <t>Meraklı Mucitler Uzay Seyahati</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>199</v>
+        <v>225</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257032988</t>
+          <t>9786258113020</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Ailemin Soyağacı</t>
+          <t>Birlikte Oynayalım Mı? - Sevimli Dostlar</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>179</v>
+        <v>225</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257032896</t>
+          <t>9786257032841</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Bay Kamuki</t>
+          <t>Unutkan Balık Yeni Bir Ev Arıyor - Sevimli Dostlar</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>199</v>
+        <v>225</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257032865</t>
+          <t>9786258113068</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Fanus</t>
+          <t>Evini Arayan Ayı</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>168</v>
+        <v>210</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257032889</t>
+          <t>9786257032698</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Neşe Mutsuzgil Okulda: İş Başa Düştü (Ciltli)</t>
+          <t>Sesini Arayan Zürafa</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>194</v>
+        <v>295</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257032872</t>
+          <t>9786257032995</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Baharat Sınıfı</t>
+          <t>Şaşkın Ördek</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>168</v>
+        <v>248</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257032858</t>
+          <t>9786257032988</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Cup Çiş Kaka</t>
+          <t>Ailemin Soyağacı</t>
         </is>
       </c>
       <c r="C219" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257032834</t>
+          <t>9786257032896</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş Kahramanın El Kitabı (Ciltli)</t>
+          <t>Bay Kamuki</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>248</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257032704</t>
+          <t>9786257032865</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Yaz Tatili - Ezo ve Samba</t>
+          <t>Fanus</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>249</v>
+        <v>210</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257032728</t>
+          <t>9786257032889</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Renkler - Ezo ve Samba</t>
+          <t>Neşe Mutsuzgil Okulda: İş Başa Düştü (Ciltli)</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>249</v>
+        <v>245</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257032452</t>
+          <t>9786257032872</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Büyükanne Lola</t>
+          <t>Baharat Sınıfı</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>199</v>
+        <v>210</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257032636</t>
+          <t>9786257032858</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>İplik Ailesi - Kesirler</t>
+          <t>Cup Çiş Kaka</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>225</v>
+        <v>280</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257032681</t>
+          <t>9786257032834</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Hayalperest Koala</t>
+          <t>Seçilmiş Kahramanın El Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>225</v>
+        <v>310</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257032667</t>
+          <t>9786257032704</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Dinozor</t>
+          <t>Yaz Tatili - Ezo ve Samba</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257032674</t>
+          <t>9786257032728</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>İp Kuyruklu Tavşan</t>
+          <t>Renkler - Ezo ve Samba</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257032643</t>
+          <t>9786257032452</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Annem De Çocukmuş!</t>
+          <t>Büyükanne Lola</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>199</v>
+        <v>248</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257032568</t>
+          <t>9786257032636</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Acaba Nerede?</t>
+          <t>İplik Ailesi - Kesirler</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>179</v>
+        <v>280</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257032575</t>
+          <t>9786257032681</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Yardımsever Kanguru</t>
+          <t>Hayalperest Koala</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>249</v>
+        <v>280</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257032582</t>
+          <t>9786257032667</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Mis Kokulu Kokarca</t>
+          <t>Kaybolan Dinozor</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>249</v>
+        <v>280</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257032599</t>
+          <t>9786257032674</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Evi Eriyen Kutup Ayısı</t>
+          <t>İp Kuyruklu Tavşan</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>249</v>
+        <v>280</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257032544</t>
+          <t>9786257032643</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Neden Olmasın?</t>
+          <t>Annem De Çocukmuş!</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>178</v>
+        <v>248</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257032537</t>
+          <t>9786257032568</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Dünyalar Vardır</t>
+          <t>Acaba Nerede?</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>148</v>
+        <v>225</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257032476</t>
+          <t>9786257032575</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Ne Yapmalı? - Çocuklar İçin İlkyardım</t>
+          <t>Yardımsever Kanguru</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>249</v>
+        <v>295</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257032513</t>
+          <t>9786257032582</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Büyüyorum - Bebeğimle Okuyorum 9-12 Ay</t>
+          <t>Mis Kokulu Kokarca</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>168.5</v>
+        <v>295</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257032520</t>
+          <t>9786257032599</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Keşfediyorum - Bebeğimle Okuyorum 6-9 Ay</t>
+          <t>Evi Eriyen Kutup Ayısı</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>168.5</v>
+        <v>295</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257032490</t>
+          <t>9786257032544</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Dünya - Bebeğimle Okuyorum 0-3 Ay</t>
+          <t>Neden Olmasın?</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>168.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257032506</t>
+          <t>9786257032537</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Alışıyorum - Bebeğimle Okuyorum 3-6 Ay</t>
+          <t>Dünyalar Vardır</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>168.5</v>
+        <v>185</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257032483</t>
+          <t>9786257032476</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Ormanı</t>
+          <t>Ne Yapmalı? - Çocuklar İçin İlkyardım</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>168</v>
+        <v>249</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257032469</t>
+          <t>9786257032513</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Tıkır Tıkır Merdiven</t>
+          <t>Büyüyorum - Bebeğimle Okuyorum 9-12 Ay</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>179</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257032407</t>
+          <t>9786257032520</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Tavuk - Mini Hikayeler 1</t>
+          <t>Keşfediyorum - Bebeğimle Okuyorum 6-9 Ay</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>98.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257032445</t>
+          <t>9786257032490</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Ottoloyo - Bandırma Vapuru Demir Aldı</t>
+          <t>Merhaba Dünya - Bebeğimle Okuyorum 0-3 Ay</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>178</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257032421</t>
+          <t>9786257032506</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Dağ - Mini Hikaye 3</t>
+          <t>Alışıyorum - Bebeğimle Okuyorum 3-6 Ay</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>98.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257032438</t>
+          <t>9786257032483</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Ottoloyo - Truva Atı Doludizgin</t>
+          <t>Sırlar Ormanı</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>178</v>
+        <v>210</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257032414</t>
+          <t>9786257032469</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Çiftçi - Mini Hikayeler 2</t>
+          <t>Tıkır Tıkır Merdiven</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>98.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257032391</t>
+          <t>9786257032407</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Pırt!</t>
+          <t>Tavuk - Mini Hikayeler 1</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>225</v>
+        <v>98.5</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257032377</t>
+          <t>9786257032445</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Hayatın Sırları</t>
+          <t>Ottoloyo - Bandırma Vapuru Demir Aldı</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257032339</t>
+          <t>9786257032421</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>İplik Ailesi - Çarpma</t>
+          <t>Dağ - Mini Hikaye 3</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>225</v>
+        <v>98.5</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257032308</t>
+          <t>9786257032438</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf STEM Aktivite Kitabı</t>
+          <t>Ottoloyo - Truva Atı Doludizgin</t>
         </is>
       </c>
       <c r="C250" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257032322</t>
+          <t>9786257032414</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf STEM Aktivite Kitabı</t>
+          <t>Çiftçi - Mini Hikayeler 2</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>225</v>
+        <v>98.5</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257032285</t>
+          <t>9786257032391</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Adını Arayan Aslan</t>
+          <t>Pırt!</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>210</v>
+        <v>295</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257032209</t>
+          <t>9786257032377</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Öykülü Tekerlemeler</t>
+          <t>Yeni Başlayanlar İçin Hayatın Sırları</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>168</v>
+        <v>345</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786257032278</t>
+          <t>9786257032339</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Meslekler</t>
+          <t>İplik Ailesi - Çarpma</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>178.5</v>
+        <v>280</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257032155</t>
+          <t>9786257032308</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar İçin Felsefi Hikayeler (Ciltli)</t>
+          <t>4. Sınıf STEM Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>485</v>
+        <v>225</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786058043015</t>
+          <t>9786257032322</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Hamsiden Yengeç Olur mu?</t>
+          <t>5. Sınıf STEM Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>179</v>
+        <v>225</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786058043022</t>
+          <t>9786257032285</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Tekerlekten Telefon Olur mu?</t>
+          <t>Adını Arayan Aslan</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>199</v>
+        <v>260</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786058043046</t>
+          <t>9786257032209</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Antarktika'dan Avrupa Olur mu?</t>
+          <t>A'dan Z'ye Öykülü Tekerlemeler</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>199</v>
+        <v>210</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257032094</t>
+          <t>9786257032278</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Ne İstersen Makinesi</t>
+          <t>A'dan Z'ye Meslekler</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>168</v>
+        <v>225</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786257032124</t>
+          <t>9786257032155</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Hafızasını Kaybeden Kuş</t>
+          <t>Meraklı Çocuklar İçin Felsefi Hikayeler (Ciltli)</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>168</v>
+        <v>600</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257032100</t>
+          <t>9786058043015</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Hamsiden Yengeç Olur mu?</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>129</v>
+        <v>225</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257032025</t>
+          <t>9786058043022</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Vilivele Oteli</t>
+          <t>Tekerlekten Telefon Olur mu?</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>178.5</v>
+        <v>248</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786257032087</t>
+          <t>9786058043046</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Gençler İçin - Nutuk</t>
+          <t>Antarktika'dan Avrupa Olur mu?</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>118</v>
+        <v>248</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786257032070</t>
+          <t>9786257032094</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Dut Ağacındaki Hayalet</t>
+          <t>Ne İstersen Makinesi</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>168</v>
+        <v>210</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257032018</t>
+          <t>9786257032124</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefeste Türk Tarihi</t>
+          <t>Hafızasını Kaybeden Kuş</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>248</v>
+        <v>210</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786257032032</t>
+          <t>9786257032100</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Yeter ki Sev!</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>179</v>
+        <v>160</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786056977572</t>
+          <t>9786257032025</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>İnek Möli Asla Unutmaz</t>
+          <t>Vilivele Oteli</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>179</v>
+        <v>225</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786056977589</t>
+          <t>9786257032087</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Tavuk Rola Şarkı Söylemek İstiyor</t>
+          <t>Çocuklar ve Gençler İçin - Nutuk</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>179</v>
+        <v>147.5</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786056977541</t>
+          <t>9786257032070</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>İsimsizler - İki Kıta Bir Destan</t>
+          <t>Dut Ağacındaki Hayalet</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>168</v>
+        <v>210</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786056977510</t>
+          <t>9786257032018</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Hula ve Acayip Şemsiyesi</t>
+          <t>Bir Nefeste Türk Tarihi</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>168.5</v>
+        <v>310</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786056977503</t>
+          <t>9786257032032</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Olimpos Masalları</t>
+          <t>Yeter ki Sev!</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>148</v>
+        <v>225</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786056977527</t>
+          <t>9786056977572</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Kuş Ağacı (Ciltli)</t>
+          <t>İnek Möli Asla Unutmaz</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786058043084</t>
+          <t>9786056977589</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Karnı Acıkan Kedi</t>
+          <t>Tavuk Rola Şarkı Söylemek İstiyor</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>249</v>
+        <v>225</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786058043077</t>
+          <t>9786056977541</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Uykusu Kaçan Kaplumbağa</t>
+          <t>İsimsizler - İki Kıta Bir Destan</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>249</v>
+        <v>210</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786058043091</t>
+          <t>9786056977510</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Kabuğuna Sığmayan Yengeç</t>
+          <t>Hula ve Acayip Şemsiyesi</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>249</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786058043060</t>
+          <t>9786056977503</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Enerjik</t>
+          <t>Olimpos Masalları</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>168</v>
+        <v>185</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786058043053</t>
+          <t>9786056977527</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Bay Fısıltı’nın Kütüphanesi</t>
+          <t>Kuş Ağacı (Ciltli)</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>189</v>
+        <v>368</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786058068582</t>
+          <t>9786058043084</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Panda</t>
+          <t>Karnı Acıkan Kedi</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>179</v>
+        <v>295</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786058068575</t>
+          <t>9786058043077</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Saç Terzisi</t>
+          <t>Uykusu Kaçan Kaplumbağa</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>179</v>
+        <v>295</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786058068599</t>
+          <t>9786058043091</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Yakalayan Çivi</t>
+          <t>Kabuğuna Sığmayan Yengeç</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>199</v>
+        <v>295</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786058068537</t>
+          <t>9786058043060</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’lü Yıllar</t>
+          <t>Enerjik</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>178</v>
+        <v>210</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786058068513</t>
+          <t>9786058043053</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Tahtına Aşık Kral</t>
+          <t>Bay Fısıltı’nın Kütüphanesi</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>179</v>
+        <v>235</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786058068544</t>
+          <t>9786058068582</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Bir Ses</t>
+          <t>Yalnız Panda</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>179</v>
+        <v>225</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786058068520</t>
+          <t>9786058068575</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Peruğuna Saklanan Kraliçe</t>
+          <t>Saç Terzisi</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>179</v>
+        <v>225</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786052164945</t>
+          <t>9786058068599</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Canavarların da Duyguları Var!</t>
+          <t>Güneşi Yakalayan Çivi</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>179</v>
+        <v>248</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786052164860</t>
+          <t>9786058068537</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Sanat Sevgisi</t>
+          <t>Atatürk’lü Yıllar</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>169</v>
+        <v>225</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786052164877</t>
+          <t>9786058068513</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Cesaret</t>
+          <t>Tahtına Aşık Kral</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>169</v>
+        <v>225</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786052164686</t>
+          <t>9786058068544</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimle Günlüğüm (Ciltli)</t>
+          <t>Bir Ses</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>345</v>
+        <v>225</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786052164655</t>
+          <t>9786058068520</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Vatan Sevgisi</t>
+          <t>Peruğuna Saklanan Kraliçe</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>169</v>
+        <v>225</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786052164662</t>
+          <t>9786052164945</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Merhamet</t>
+          <t>Canavarların da Duyguları Var!</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>169</v>
+        <v>225</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786052164587</t>
+          <t>9786052164860</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Çocuk Sevgisi</t>
+          <t>Atatürk ve Sanat Sevgisi</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>169</v>
+        <v>210</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786052164631</t>
+          <t>9786052164877</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Öteki Aslanlar</t>
+          <t>Atatürk ve Cesaret</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>179</v>
+        <v>210</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786052164518</t>
+          <t>9786052164686</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Bronti - Dinozorlar Çağına Yolculuk (Ciltli)</t>
+          <t>Bebeğimle Günlüğüm (Ciltli)</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>142</v>
+        <v>345</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
+          <t>9786052164655</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk ve Vatan Sevgisi</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9786052164662</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk ve Merhamet</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9786052164587</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk ve Çocuk Sevgisi</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9786052164631</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Öteki Aslanlar</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9786052164518</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Bronti - Dinozorlar Çağına Yolculuk (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
           <t>9786052164426</t>
         </is>
       </c>
-      <c r="B294" s="1" t="inlineStr">
+      <c r="B299" s="1" t="inlineStr">
         <is>
           <t>Bir Çizgi</t>
         </is>
       </c>
-      <c r="C294" s="1">
-        <v>179</v>
+      <c r="C299" s="1">
+        <v>225</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>