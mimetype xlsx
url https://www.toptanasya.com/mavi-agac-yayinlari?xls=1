--- v0 (2025-10-24)
+++ v1 (2026-02-14)
@@ -94,436 +94,436 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786057525062</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786057525079</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Milena'ya Mektuplar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786057525055</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Dava</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786057525086</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Şato</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>450</v>
+        <v>540</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786056995002</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Urqun (Orhun) Yazıtları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786057525109</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Sırlar Okulu - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786057525116</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Ölüm Vadisi - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786057525123</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Gölge Adam - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786057525093</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Fısıltı - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786057525130</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Gizemli Lanet - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786057525307</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>İstanbul Sendromu</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786057525420</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Kardelenler Misali</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786057525208</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Anahtarınız Bende Kalmış</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9789759968915</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Bendeki Aşk Sende (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9789759968649</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Sucuklu Yumurta</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9789759960018</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Hayata Dair...</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9799758456252</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Ömrüm</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>260</v>
+        <v>310</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9789759964566</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Ört Üstüme Sesini</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9789759964238</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Yeryüzünde Yar Yüzü</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9789758456574</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Veda Hikayeleri</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9789759963415</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Tutkulu Aşklar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>430</v>
+        <v>510</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9789759963835</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Sonsuz</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>220</v>
+        <v>265</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9789759962234</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Siyah Beyaz Hikayeler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9789759962265</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Kadına Dair</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9789758456864</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Bu Şarkılar Kimin İçin</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>220</v>
+        <v>265</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9789759960865</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Aşka Dair</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9789759963224</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Allen Iverson Efsanesi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>420</v>
+        <v>510</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>