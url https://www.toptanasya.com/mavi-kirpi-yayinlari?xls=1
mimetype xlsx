--- v0 (2025-10-24)
+++ v1 (2025-12-21)
@@ -85,1645 +85,1690 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257947831</t>
+          <t>9789752452343</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Karavanla Maceralar - Mucit Mete ve Tayfası - 3. Sınıf Hikaye Seti (8. Kitap)</t>
+          <t>Kahramanım Mevlana - Kahraman Avcısı Kerem 5</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257947732</t>
+          <t>9789752452534</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Pek de Uzay Değilmiş - Mucit Mete ve Tayfası - 3. Sınıf Hikaye Seti (1. Kitap)</t>
+          <t>Afacan Tayfa 1. Sınıf İlk Okuma Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257947763</t>
+          <t>9786257947299</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bir Otobüs Kitap - Mucit Mete ve Tayfası - 3. Sınıf Hikaye Seti (2. Kitap)</t>
+          <t>Kıkırtılı Hikayeler - 3. Sınıf Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>50</v>
+        <v>425</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257947848</t>
+          <t>9786257947831</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kamptan Yükselen Sesler - Mucit Mete ve Tayfası - 3. Sınıf Hikaye Seti (10. Kitap)</t>
+          <t>Karavanla Maceralar - Mucit Mete ve Tayfası - 3. Sınıf Hikaye Seti (8. Kitap)</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257947756</t>
+          <t>9786257947732</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İşte Bu Benim Hayalim - Mucit Mete Ve Tayfası - 3. Sınıf Hikaye Seti (3. Kitap)</t>
+          <t>Pek de Uzay Değilmiş - Mucit Mete ve Tayfası - 3. Sınıf Hikaye Seti (1. Kitap)</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257574471</t>
+          <t>9786257947763</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bu İşte Bir Oyun Var Set (10 Kitap)</t>
+          <t>Bir Otobüs Kitap - Mucit Mete ve Tayfası - 3. Sınıf Hikaye Seti (2. Kitap)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>350</v>
+        <v>50</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257947787</t>
+          <t>9786257947848</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Ivırtılı Zıvırtılı Alışverişler - Mucit Mete ve Tayfası - 3. Sınıf Hikaye Seti (5. Kitap)</t>
+          <t>Kamptan Yükselen Sesler - Mucit Mete ve Tayfası - 3. Sınıf Hikaye Seti (10. Kitap)</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257574310</t>
+          <t>9786257947756</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Gökdeniz Türkiye Turunda 4. Sınıf Seti (10 Kitap)</t>
+          <t>İşte Bu Benim Hayalim - Mucit Mete Ve Tayfası - 3. Sınıf Hikaye Seti (3. Kitap)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>550</v>
+        <v>50</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257947770</t>
+          <t>9786257574471</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Bir Fincan Hikaye - Mucit Mete Ve Tayfası - 3. Sınıf Hikaye Seti (4. Kitap)</t>
+          <t>Bu İşte Bir Oyun Var Set (10 Kitap)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>50</v>
+        <v>350</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257947442</t>
+          <t>9786257947787</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yılın Mucidi - Beşi Bir Yerde 8. Kitap (4. Sınıf)</t>
+          <t>Ivırtılı Zıvırtılı Alışverişler - Mucit Mete ve Tayfası - 3. Sınıf Hikaye Seti (5. Kitap)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257947893</t>
+          <t>9786257574310</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Durun Bir Dakika! - Mucit Mete ve Tayfası - 3. Sınıf Hikaye Seti (6. Kitap)</t>
+          <t>Gökdeniz Türkiye Turunda 4. Sınıf Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>50</v>
+        <v>550</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789752452732</t>
+          <t>9786257947770</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Göç Edemeyen Leylek - Akıl Almaz Maceralar 10</t>
+          <t>Bir Fincan Hikaye - Mucit Mete Ve Tayfası - 3. Sınıf Hikaye Seti (4. Kitap)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789752452749</t>
+          <t>9786257947442</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Göktaşının Peşinde - Akıl Almaz Maceralar 9</t>
+          <t>Yılın Mucidi - Beşi Bir Yerde 8. Kitap (4. Sınıf)</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789752452794</t>
+          <t>9786257947893</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kütüphanede Bir Gece - Akıl Almaz Maceralar 8</t>
+          <t>Durun Bir Dakika! - Mucit Mete ve Tayfası - 3. Sınıf Hikaye Seti (6. Kitap)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789752452787</t>
+          <t>9789752452732</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Manolya Kurtarma Operasyonu - Akıl Almaz Maceralar 7</t>
+          <t>Göç Edemeyen Leylek - Akıl Almaz Maceralar 10</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789752452725</t>
+          <t>9789752452749</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Denizin Ortasında Bir Macera - Akıl Almaz Maceralar 6</t>
+          <t>Göktaşının Peşinde - Akıl Almaz Maceralar 9</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789752452800</t>
+          <t>9789752452794</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Patik'in Macerası - Akıl Almaz Maceralar 5</t>
+          <t>Kütüphanede Bir Gece - Akıl Almaz Maceralar 8</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789752452817</t>
+          <t>9789752452787</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Uçan Balon Peşinde - Akıl Almaz Maceralar 1</t>
+          <t>Manolya Kurtarma Operasyonu - Akıl Almaz Maceralar 7</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789752452718</t>
+          <t>9789752452725</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Akıl Almaz Maceralar 4. Sınıf Okuma Seti (10 Kitap Takım)</t>
+          <t>Denizin Ortasında Bir Macera - Akıl Almaz Maceralar 6</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>600</v>
+        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789752452770</t>
+          <t>9789752452800</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağa Macerası - Akıl Almaz Maceralar 4</t>
+          <t>Patik'in Macerası - Akıl Almaz Maceralar 5</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789752452756</t>
+          <t>9789752452817</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Buluşması - Akıl Almaz Maceralar 3</t>
+          <t>Uçan Balon Peşinde - Akıl Almaz Maceralar 1</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789752452763</t>
+          <t>9789752452718</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Havadan Gelen Mektup - Akıl Almaz Maceralar 2</t>
+          <t>Akıl Almaz Maceralar 4. Sınıf Okuma Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>60</v>
+        <v>600</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257947817</t>
+          <t>9789752452770</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Mete İle Çetin İşler Beklemesin 4. Sınıf Hikaye Seti (10 Kitap Takım)</t>
+          <t>Kaplumbağa Macerası - Akıl Almaz Maceralar 4</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>600</v>
+        <v>60</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257947749</t>
+          <t>9789752452756</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Mucit Mete ve Tayfası 3. Sınıf Hikaye Seti (10 Kitap Takım)</t>
+          <t>Gökyüzü Buluşması - Akıl Almaz Maceralar 3</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>500</v>
+        <v>60</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257947428</t>
+          <t>9789752452763</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Kralın Mesajı - Beşi Bir Yerde 4. Kitap (4. Sınıf)</t>
+          <t>Havadan Gelen Mektup - Akıl Almaz Maceralar 2</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257947282</t>
+          <t>9786257947817</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Beşi Bir Yerde - 4. Sınıf Okuma Kitabı (10 Kitap Takım)</t>
+          <t>Mete İle Çetin İşler Beklemesin 4. Sınıf Hikaye Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257947473</t>
+          <t>9786257947749</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Kahramanlar - Beşi Bir Yerde 10. Kitap (4. Sınıf)</t>
+          <t>Mucit Mete ve Tayfası 3. Sınıf Hikaye Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>60</v>
+        <v>500</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257947466</t>
+          <t>9786257947428</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hak Eden Kazansın - Beşi Bir Yerde 9. Kitap (4. Sınıf)</t>
+          <t>Tavşan Kralın Mesajı - Beşi Bir Yerde 4. Kitap (4. Sınıf)</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257947459</t>
+          <t>9786257947282</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sakarlıktan Liderliğe - Beşi Bir Yerde 7. Kitap (4. Sınıf)</t>
+          <t>Beşi Bir Yerde - 4. Sınıf Okuma Kitabı (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>60</v>
+        <v>600</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257947497</t>
+          <t>9786257947473</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Emeksiz Başarı mı? - Beşi Bir Yerde 6. Kitap (4. Sınıf)</t>
+          <t>Gerçek Kahramanlar - Beşi Bir Yerde 10. Kitap (4. Sınıf)</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257947480</t>
+          <t>9786257947466</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Garip Haritanın Şifresi - Beşi Bir Yerde 5. Kitap (4. Sınıf)</t>
+          <t>Hak Eden Kazansın - Beşi Bir Yerde 9. Kitap (4. Sınıf)</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257947435</t>
+          <t>9786257947459</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Yandık İşte - Beşi Bir Yerde 3. Kitap (4. Sınıf)</t>
+          <t>Sakarlıktan Liderliğe - Beşi Bir Yerde 7. Kitap (4. Sınıf)</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257947411</t>
+          <t>9786257947497</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Böğürtlenle Başlayan Macera - Beşi Bir Yerde 2. Kitap (4. Sınıf)</t>
+          <t>Emeksiz Başarı mı? - Beşi Bir Yerde 6. Kitap (4. Sınıf)</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257947381</t>
+          <t>9786257947480</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Yok Artık - Beşi Bir Yerde 1. Kitap (4. Sınıf)</t>
+          <t>Garip Haritanın Şifresi - Beşi Bir Yerde 5. Kitap (4. Sınıf)</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789752452466</t>
+          <t>9786257947435</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kelime Günlüğü - Selim’in Renkli Dünyası / 3. Sınıf Okuma Kitabı</t>
+          <t>Şimdi Yandık İşte - Beşi Bir Yerde 3. Kitap (4. Sınıf)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789752452527</t>
+          <t>9786257947411</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Hem Kirpili Hem Empatili - Selim’in Renkli Dünyası / 3. Sınıf Okuma Kitabı</t>
+          <t>Böğürtlenle Başlayan Macera - Beşi Bir Yerde 2. Kitap (4. Sınıf)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789752452565</t>
+          <t>9786257947381</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Fil Mil; Karga Marga; Ceviz Meviz - Selim’in Renkli Dünyası / 3. Sınıf Okuma Kitabı</t>
+          <t>Yok Artık - Beşi Bir Yerde 1. Kitap (4. Sınıf)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789752452459</t>
+          <t>9789752452466</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kimler Gelmiş? - Selim’in Renkli Dünyası / 3. Sınıf Okuma Kitabı</t>
+          <t>Kelime Günlüğü - Selim’in Renkli Dünyası / 3. Sınıf Okuma Kitabı</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789752452589</t>
+          <t>9789752452527</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Hayal Perdesi - Selim’in Renkli Dünyası / 3. Sınıf Okuma Kitabı</t>
+          <t>Hem Kirpili Hem Empatili - Selim’in Renkli Dünyası / 3. Sınıf Okuma Kitabı</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789752452497</t>
+          <t>9789752452565</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kampta Oyun Var - Selim’in Renkli Dünyası / 3. Sınıf Okuma Kitabı</t>
+          <t>Fil Mil; Karga Marga; Ceviz Meviz - Selim’in Renkli Dünyası / 3. Sınıf Okuma Kitabı</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789752452473</t>
+          <t>9789752452459</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kavanozdaki İyilik - Selim’in Renkli Dünyası / 3. Sınıf Okuma Kitabı</t>
+          <t>Kimler Gelmiş? - Selim’in Renkli Dünyası / 3. Sınıf Okuma Kitabı</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789752452404</t>
+          <t>9789752452589</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Uçurtma Spor Kulübü - Selim’in Renkli Dünyası / 3. Sınıf Okuma Kitabı</t>
+          <t>Hayal Perdesi - Selim’in Renkli Dünyası / 3. Sınıf Okuma Kitabı</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789752452503</t>
+          <t>9789752452497</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İzci Kampı - Selim’in Renkli Dünyası / 3. Sınıf Okuma Kitabı</t>
+          <t>Kampta Oyun Var - Selim’in Renkli Dünyası / 3. Sınıf Okuma Kitabı</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789752452510</t>
+          <t>9789752452473</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İncir Çekirdeğini Doldurmaz - Selim’in Renkli Dünyası / 3. Sınıf Okuma Kitabı</t>
+          <t>Kavanozdaki İyilik - Selim’in Renkli Dünyası / 3. Sınıf Okuma Kitabı</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789752452442</t>
+          <t>9789752452404</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Selimin Renkli Dünyası 3. Sınıf Okuma Seti (10 Kitap)</t>
+          <t>Uçurtma Spor Kulübü - Selim’in Renkli Dünyası / 3. Sınıf Okuma Kitabı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789752452602</t>
+          <t>9789752452503</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Gökdeniz Dünya Turunda 2. Sınıf Okuma Seti (10 Kitap)</t>
+          <t>İzci Kampı - Selim’in Renkli Dünyası / 3. Sınıf Okuma Kitabı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>350</v>
+        <v>50</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257574624</t>
+          <t>9789752452510</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Gökdeniz Medeniyetler Turunda – 3. Sınıf Hikaye Seti (10 Kitap)</t>
+          <t>İncir Çekirdeğini Doldurmaz - Selim’in Renkli Dünyası / 3. Sınıf Okuma Kitabı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>425</v>
+        <v>50</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257574600</t>
+          <t>9789752452442</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Uygarlık – Gökdeniz Medeniyetler Turunda – 3. Sınıf</t>
+          <t>Selimin Renkli Dünyası 3. Sınıf Okuma Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>42.5</v>
+        <v>500</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257574617</t>
+          <t>9789752452602</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kardeşlik İçin Kadeş – Gökdeniz Medeniyetler Turunda – 3. Sınıf</t>
+          <t>Gökdeniz Dünya Turunda 2. Sınıf Okuma Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>42.5</v>
+        <v>350</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257574648</t>
+          <t>9786257574624</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Eski Mucitler – Gökdeniz Medeniyetler Turunda – 3. Sınıf</t>
+          <t>Gökdeniz Medeniyetler Turunda – 3. Sınıf Hikaye Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>42.5</v>
+        <v>425</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>1520508003222</t>
+          <t>9786257574600</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Popüler Bilim Coğrafya Set (5 Kitap)</t>
+          <t>Dünyayı Değiştiren Uygarlık – Gökdeniz Medeniyetler Turunda – 3. Sınıf</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>300</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256557215</t>
+          <t>9786257574617</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünü Kaplayan Sular – Popüler Bilim Coğrafya Dizisi 3</t>
+          <t>Kardeşlik İçin Kadeş – Gökdeniz Medeniyetler Turunda – 3. Sınıf</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>60</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256557208</t>
+          <t>9786257574648</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü – Popüler Bilim Coğrafya Dizisi 2</t>
+          <t>Eski Mucitler – Gökdeniz Medeniyetler Turunda – 3. Sınıf</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>60</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256557246</t>
+          <t>1520508003222</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bitkilerin Dünyası – Popüler Bilim Coğrafya Dizisi 4</t>
+          <t>Popüler Bilim Coğrafya Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256557239</t>
+          <t>9786256557215</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Doğal Afetler – Popüler Bilim Coğrafya Dizisi 5</t>
+          <t>Yeryüzünü Kaplayan Sular – Popüler Bilim Coğrafya Dizisi 3</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>1520508003406</t>
+          <t>9786256557208</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Popüler Bilim Vücudumuz Set (10 Kitap)</t>
+          <t>Yeryüzü – Popüler Bilim Coğrafya Dizisi 2</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>600</v>
+        <v>60</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>1520508003345</t>
+          <t>9786256557246</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Popüler Bilim Hayvanlar Set (5 Kitap)</t>
+          <t>Bitkilerin Dünyası – Popüler Bilim Coğrafya Dizisi 4</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>1520508003284</t>
+          <t>9786256557239</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Popüler Bilim Evren Set (5 Kitap)</t>
+          <t>Doğal Afetler – Popüler Bilim Coğrafya Dizisi 5</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256557949</t>
+          <t>1520508003406</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>In The Forest – Happy Kids Stories 3 (3. Sınıf İngilizce Hikaye)</t>
+          <t>Popüler Bilim Vücudumuz Set (10 Kitap)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>50</v>
+        <v>600</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256557925</t>
+          <t>1520508003345</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>A Trip By Train – Happy Kids Stories 3 (3. Sınıf İngilizce Hikaye)</t>
+          <t>Popüler Bilim Hayvanlar Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256557918</t>
+          <t>1520508003284</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>In My City – Happy Kids Stories 3 (3. Sınıf İngilizce Hikaye)</t>
+          <t>Popüler Bilim Evren Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256557901</t>
+          <t>9786256557949</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Where Is Milo? – Happy Kids Stories 3 (3. Sınıf İngilizce Hikaye)</t>
+          <t>In The Forest – Happy Kids Stories 3 (3. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256557895</t>
+          <t>9786256557925</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Nina Helps Nick – Happy Kids Stories 3 (3. Sınıf İngilizce Hikaye)</t>
+          <t>A Trip By Train – Happy Kids Stories 3 (3. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256557888</t>
+          <t>9786256557918</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Fun At The Picnic – Happy Kids Stories 3 (3. Sınıf İngilizce Hikaye)</t>
+          <t>In My City – Happy Kids Stories 3 (3. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256557871</t>
+          <t>9786256557901</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Gym Class – Happy Kids Stories 3 (3. Sınıf İngilizce Hikaye)</t>
+          <t>Where Is Milo? – Happy Kids Stories 3 (3. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256557864</t>
+          <t>9786256557895</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>My Family Tree – Happy Kids Stories 3 (3. Sınıf İngilizce Hikaye)</t>
+          <t>Nina Helps Nick – Happy Kids Stories 3 (3. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256557857</t>
+          <t>9786256557888</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>First Day At School – Happy Kids Stories 3 (3. Sınıf İngilizce Hikaye)</t>
+          <t>Fun At The Picnic – Happy Kids Stories 3 (3. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>1520508003956</t>
+          <t>9786256557871</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Happy Kids Stories 3 – 10 Kitap (3. Sınıf İngilizce Hikaye Seti)</t>
+          <t>Gym Class – Happy Kids Stories 3 (3. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256557840</t>
+          <t>9786256557864</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>What Can You Do? – Happy Kids Stories 2 (2. Sınıf İngilizce Hikaye)</t>
+          <t>My Family Tree – Happy Kids Stories 3 (3. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256557833</t>
+          <t>9786256557857</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Fruit Salad – Happy Kids Stories 2 (2. Sınıf İngilizce Hikaye)</t>
+          <t>First Day At School – Happy Kids Stories 3 (3. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256557826</t>
+          <t>1520508003956</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>At The Pet Shop – Happy Kids Stories 2 (2. Sınıf İngilizce Hikaye)</t>
+          <t>Happy Kids Stories 3 – 10 Kitap (3. Sınıf İngilizce Hikaye Seti)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>50</v>
+        <v>500</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256557796</t>
+          <t>9786256557840</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>At The Festival – Happy Kids Stories 2 (2. Sınıf İngilizce Hikaye)</t>
+          <t>What Can You Do? – Happy Kids Stories 2 (2. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256557789</t>
+          <t>9786256557833</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Let’s Count! – Happy Kids Stories 2 (2. Sınıf İngilizce Hikaye)</t>
+          <t>Fruit Salad – Happy Kids Stories 2 (2. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256557758</t>
+          <t>9786256557826</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>At The Zoo – Happy Kids Stories 2 (2. Sınıf İngilizce Hikaye)</t>
+          <t>At The Pet Shop – Happy Kids Stories 2 (2. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>1520508003840</t>
+          <t>9786256557796</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Happy Kids Stories 2 – 10 Kitap (2. Sınıf İngilizce Hikaye Seti)</t>
+          <t>At The Festival – Happy Kids Stories 2 (2. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256101043</t>
+          <t>9786256557789</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Ready For Winter – Happy Kids Stories 4 (4. Sınıf İngilizce Hikaye )</t>
+          <t>Let’s Count! – Happy Kids Stories 2 (2. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256101036</t>
+          <t>9786256557758</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Where Are They? – Happy Kids Stories 4 (4. Sınıf İngilizce Hikaye)</t>
+          <t>At The Zoo – Happy Kids Stories 2 (2. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256101012</t>
+          <t>1520508003840</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Guess My Job – Happy Kids Stories 4 (4. Sınıf İngilizce Hikaye)</t>
+          <t>Happy Kids Stories 2 – 10 Kitap (2. Sınıf İngilizce Hikaye Seti)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>50</v>
+        <v>500</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256101005</t>
+          <t>9786256101043</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>At The Lab – Happy Kids Stories 4 (4. Sınıf İngilizce Hikaye)</t>
+          <t>Ready For Winter – Happy Kids Stories 4 (4. Sınıf İngilizce Hikaye )</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>52</v>
+        <v>50</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256557994</t>
+          <t>9786256101036</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>My Day – Happy Kids Stories 4 (4. Sınıf İngilizce Hikaye)</t>
+          <t>Where Are They? – Happy Kids Stories 4 (4. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256557987</t>
+          <t>9786256101012</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>What Do You Like Doing? – Happy Kids Stories 4 (4. Sınıf İngilizce Hikaye)</t>
+          <t>Guess My Job – Happy Kids Stories 4 (4. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256557970</t>
+          <t>9786256101005</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>At The Costume Party – Happy Kids Stories 4 (4. Sınıf İngilizce Hikaye)</t>
+          <t>At The Lab – Happy Kids Stories 4 (4. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>50</v>
+        <v>52</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256557963</t>
+          <t>9786256557994</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Children Around The World – Happy Kids Stories 4 (4. Sınıf İngilizce Hikaye)</t>
+          <t>My Day – Happy Kids Stories 4 (4. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>1520508004069</t>
+          <t>9786256557987</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Happy Kids Stories 4 – 10 Kitap (4. Sınıf İngilizce Hikaye Seti)</t>
+          <t>What Do You Like Doing? – Happy Kids Stories 4 (4. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>1520508003116</t>
+          <t>9786256557970</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Asya’nın Dünyası İlk Okuma Kitaplarım Set – 1. Sınıf Hikaye Seti (10 kitap)</t>
+          <t>At The Costume Party – Happy Kids Stories 4 (4. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>1520508003000</t>
+          <t>9786256557963</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Gökdeniz Dünya Turunda 3 – 2. Sınıf Hikaye Seti (10 Kitap)</t>
+          <t>Children Around The World – Happy Kids Stories 4 (4. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>350</v>
+        <v>50</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>1520508002560</t>
+          <t>1520508004069</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kirpi Çocuk Klasikleri 2 Set (10 Kitap)</t>
+          <t>Happy Kids Stories 4 – 10 Kitap (4. Sınıf İngilizce Hikaye Seti)</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257574839</t>
+          <t>1520508003116</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Dünya Turu – Mavi Kirpi Çocuk Klasikleri 2</t>
+          <t>Asya’nın Dünyası İlk Okuma Kitaplarım Set – 1. Sınıf Hikaye Seti (10 kitap)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>40</v>
+        <v>300</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257574716</t>
+          <t>1520508003000</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Huckleberry Finn – Mavi Kirpi Çocuk Klasikleri 1</t>
+          <t>Gökdeniz Dünya Turunda 3 – 2. Sınıf Hikaye Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>40</v>
+        <v>350</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257574747</t>
+          <t>1520508002560</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Gulliver Devler Ülkesinde – Mavi Kirpi Çocuk Klasikleri 1</t>
+          <t>Mavi Kirpi Çocuk Klasikleri 2 Set (10 Kitap)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>40</v>
+        <v>500</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257574730</t>
+          <t>9786257574839</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Dünya’nın Merkezine Yolculuk – Mavi Kirpi Çocuk Klasikleri 1</t>
+          <t>Seksen Günde Dünya Turu – Mavi Kirpi Çocuk Klasikleri 2</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257574785</t>
+          <t>9786257574716</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Ay’a Yolculuk – Mavi Kirpi Çocuk Klasikleri 1</t>
+          <t>Huckleberry Finn – Mavi Kirpi Çocuk Klasikleri 1</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>1520508002454</t>
+          <t>9786257574747</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kirpi Çocuk Klasikleri 1 Set (10 Kitap)</t>
+          <t>Gulliver Devler Ülkesinde – Mavi Kirpi Çocuk Klasikleri 1</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>500</v>
+        <v>40</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>1520508002898</t>
+          <t>9786257574730</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Cancan Kardeşler Değerler Hazinesi – 2. Sınıf Hikaye Seti (10 Kitap)</t>
+          <t>Dünya’nın Merkezine Yolculuk – Mavi Kirpi Çocuk Klasikleri 1</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>350</v>
+        <v>40</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>1520508003512</t>
+          <t>9786257574785</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Felsefe İstasyonu – 3. Sınıf Hikaye Seti (10 Kitap)</t>
+          <t>Ay’a Yolculuk – Mavi Kirpi Çocuk Klasikleri 1</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>425</v>
+        <v>40</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>1520508002782</t>
+          <t>1520508002454</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Okumak Çok Kolay – 1. Sınıf Hikaye Seti (10 Kitap)</t>
+          <t>Mavi Kirpi Çocuk Klasikleri 1 Set (10 Kitap)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>1520508002676</t>
+          <t>1520508002898</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Gökdeniz Türkiye Turunda 2 – 4. Sınıf Hikaye Seti (10 Kitap)</t>
+          <t>Cancan Kardeşler Değerler Hazinesi – 2. Sınıf Hikaye Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257574372</t>
+          <t>1520508003512</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Tünel Meğer Gizli Değilmiş! – Bu İşte Bir Oyun Var - 10</t>
+          <t>Felsefe İstasyonu – 3. Sınıf Hikaye Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>35</v>
+        <v>425</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257574389</t>
+          <t>1520508002782</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Su Savaşı Başlasın – Bu İşte Bir Oyun Var - 9</t>
+          <t>Okumak Çok Kolay – 1. Sınıf Hikaye Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>35</v>
+        <v>300</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257574402</t>
+          <t>1520508002676</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Rüyaymış – Bu İşte Bir Oyun Var - 7</t>
+          <t>Gökdeniz Türkiye Turunda 2 – 4. Sınıf Hikaye Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>35</v>
+        <v>550</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257574433</t>
+          <t>9786257574372</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Turgut, Orada Ne İşin Var? – Bu İşte Bir Oyun Var - 4</t>
+          <t>Tünel Meğer Gizli Değilmiş! – Bu İşte Bir Oyun Var - 10</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257947909</t>
+          <t>9786257574389</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Avucumdaki Ağaç - Mucit Mete Ve Tayfası - 3. Sınıf Hikaye Seti (9. Kitap)</t>
+          <t>Su Savaşı Başlasın – Bu İşte Bir Oyun Var - 9</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257947824</t>
+          <t>9786257574402</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kış Günlüğüm - Mucit Mete Ve Tayfası - 3. Sınıf Hikaye Seti (7. Kitap)</t>
+          <t>Her Şey Rüyaymış – Bu İşte Bir Oyun Var - 7</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>1520508003628</t>
+          <t>9786257574433</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Dahiler Sineması 3. Sınıf Hikaye Seti (10 Kitap)</t>
+          <t>Turgut, Orada Ne İşin Var? – Bu İşte Bir Oyun Var - 4</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>425</v>
+        <v>35</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>1520508003734</t>
+          <t>9786257947909</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri ve Deyimler Hikayeleri – 3. Sınıf Hikaye Seti (10 Kitap)</t>
+          <t>Avucumdaki Ağaç - Mucit Mete Ve Tayfası - 3. Sınıf Hikaye Seti (9. Kitap)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789752452862</t>
+          <t>9786257947824</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Pelerinsiz Kahraman - Gerçek Süper Güç</t>
+          <t>Kış Günlüğüm - Mucit Mete Ve Tayfası - 3. Sınıf Hikaye Seti (7. Kitap)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
+          <t>1520508003628</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Dahiler Sineması 3. Sınıf Hikaye Seti (10 Kitap)</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>1520508003734</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Atasözleri ve Deyimler Hikayeleri – 3. Sınıf Hikaye Seti (10 Kitap)</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9789752452862</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Pelerinsiz Kahraman - Gerçek Süper Güç</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
           <t>3990000047442</t>
         </is>
       </c>
-      <c r="B108" s="1" t="inlineStr">
+      <c r="B111" s="1" t="inlineStr">
         <is>
           <t>Yılın Mucidi - Beşi Bir Yerde 8. Kitap</t>
         </is>
       </c>
-      <c r="C108" s="1">
+      <c r="C111" s="1">
         <v>16</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>