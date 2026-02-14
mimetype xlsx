--- v1 (2025-12-21)
+++ v2 (2026-02-14)
@@ -85,1690 +85,1930 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789752452343</t>
+          <t>9786257574631</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kahramanım Mevlana - Kahraman Avcısı Kerem 5</t>
+          <t>Denizlerin Efendisi – Gökdeniz Medeniyetler Turunda – 3. Sınıf</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789752452534</t>
+          <t>9786257574686</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Afacan Tayfa 1. Sınıf İlk Okuma Seti (10 Kitap)</t>
+          <t>Gizemli İnsanlar ve Kayıp Kıta – Gökdeniz Medeniyetler Turunda – 3. Sınıf</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257947299</t>
+          <t>9786257574693</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kıkırtılı Hikayeler - 3. Sınıf Seti (10 Kitap)</t>
+          <t>Çöldeki Cennet – Gökdeniz Medeniyetler Turunda – 3. Sınıf</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>425</v>
+        <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257947831</t>
+          <t>9786257574655</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Karavanla Maceralar - Mucit Mete ve Tayfası - 3. Sınıf Hikaye Seti (8. Kitap)</t>
+          <t>Baharat Yolu’nun Sahipleri – Gökdeniz Medeniyetler Turunda – 3. Sınıf</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257947732</t>
+          <t>9786257574167</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Pek de Uzay Değilmiş - Mucit Mete ve Tayfası - 3. Sınıf Hikaye Seti (1. Kitap)</t>
+          <t>Gizemli Çarkın Peşinde 3. Sınıf Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>50</v>
+        <v>500</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257947763</t>
+          <t>9786257947404</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bir Otobüs Kitap - Mucit Mete ve Tayfası - 3. Sınıf Hikaye Seti (2. Kitap)</t>
+          <t>Bakalım Sonu Nereye Varacak - Kıkırtılı Hikayeler (3. Sınıf)</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257947848</t>
+          <t>9786257947398</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kamptan Yükselen Sesler - Mucit Mete ve Tayfası - 3. Sınıf Hikaye Seti (10. Kitap)</t>
+          <t>Tıkırtılı Şeyler - Kıkırtılı Hikayeler (3. Sınıf)</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257947756</t>
+          <t>9786257947374</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İşte Bu Benim Hayalim - Mucit Mete Ve Tayfası - 3. Sınıf Hikaye Seti (3. Kitap)</t>
+          <t>Kaç Adım Demiştin - Kıkırtılı Hikayeler (3. Sınıf)</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257574471</t>
+          <t>9786257947367</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Bu İşte Bir Oyun Var Set (10 Kitap)</t>
+          <t>Ah Bir Bilsem - Kıkırtılı Hikayeler (3. Sınıf)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>350</v>
+        <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257947787</t>
+          <t>9786257947350</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ivırtılı Zıvırtılı Alışverişler - Mucit Mete ve Tayfası - 3. Sınıf Hikaye Seti (5. Kitap)</t>
+          <t>Beş Kuruş Mu - Kıkırtılı Hikayeler (3. Sınıf)</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257574310</t>
+          <t>9786257947343</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Gökdeniz Türkiye Turunda 4. Sınıf Seti (10 Kitap)</t>
+          <t>Kördüğüm Olmadan - Kıkırtılı Hikayeler (3. Sınıf)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>550</v>
+        <v>50</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257947770</t>
+          <t>9786257947305</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Bir Fincan Hikaye - Mucit Mete Ve Tayfası - 3. Sınıf Hikaye Seti (4. Kitap)</t>
+          <t>Yakından Gelen Sesler - Kıkırtılı Hikayeler (3. Sınıf)</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257947442</t>
+          <t>9786257947336</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yılın Mucidi - Beşi Bir Yerde 8. Kitap (4. Sınıf)</t>
+          <t>Abimin İlginç Deneyleri - Kıkırtılı Hikayeler (3. Sınıf)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257947893</t>
+          <t>9786257947329</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Durun Bir Dakika! - Mucit Mete ve Tayfası - 3. Sınıf Hikaye Seti (6. Kitap)</t>
+          <t>Bu Gelen de Kim - Kıkırtılı Hikayeler (3. Sınıf)</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789752452732</t>
+          <t>9786257947312</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Göç Edemeyen Leylek - Akıl Almaz Maceralar 10</t>
+          <t>Mutlu Eden Baloncuklar - Kıkırtılı Hikayeler (3. Sınıf)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789752452749</t>
+          <t>9789752452152</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Göktaşının Peşinde - Akıl Almaz Maceralar 9</t>
+          <t>Tarihin İzinde - 3 Kafadar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789752452794</t>
+          <t>9789752452343</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kütüphanede Bir Gece - Akıl Almaz Maceralar 8</t>
+          <t>Kahramanım Mevlana - Kahraman Avcısı Kerem 5</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789752452787</t>
+          <t>9789752452534</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Manolya Kurtarma Operasyonu - Akıl Almaz Maceralar 7</t>
+          <t>Afacan Tayfa 1. Sınıf İlk Okuma Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789752452725</t>
+          <t>9786257947299</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Denizin Ortasında Bir Macera - Akıl Almaz Maceralar 6</t>
+          <t>Kıkırtılı Hikayeler - 3. Sınıf Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>60</v>
+        <v>500</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789752452800</t>
+          <t>9786257947831</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Patik'in Macerası - Akıl Almaz Maceralar 5</t>
+          <t>Karavanla Maceralar - Mucit Mete ve Tayfası - 3. Sınıf Hikaye Seti (8. Kitap)</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789752452817</t>
+          <t>9786257947732</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Uçan Balon Peşinde - Akıl Almaz Maceralar 1</t>
+          <t>Pek de Uzay Değilmiş - Mucit Mete ve Tayfası - 3. Sınıf Hikaye Seti (1. Kitap)</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789752452718</t>
+          <t>9786257947763</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Akıl Almaz Maceralar 4. Sınıf Okuma Seti (10 Kitap Takım)</t>
+          <t>Bir Otobüs Kitap - Mucit Mete ve Tayfası - 3. Sınıf Hikaye Seti (2. Kitap)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>600</v>
+        <v>60</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789752452770</t>
+          <t>9786257947848</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağa Macerası - Akıl Almaz Maceralar 4</t>
+          <t>Kamptan Yükselen Sesler - Mucit Mete ve Tayfası - 3. Sınıf Hikaye Seti (10. Kitap)</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789752452756</t>
+          <t>9786257947756</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Buluşması - Akıl Almaz Maceralar 3</t>
+          <t>İşte Bu Benim Hayalim - Mucit Mete Ve Tayfası - 3. Sınıf Hikaye Seti (3. Kitap)</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789752452763</t>
+          <t>9786257574471</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Havadan Gelen Mektup - Akıl Almaz Maceralar 2</t>
+          <t>Bu İşte Bir Oyun Var Set (10 Kitap)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>60</v>
+        <v>350</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257947817</t>
+          <t>9786257947787</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Mete İle Çetin İşler Beklemesin 4. Sınıf Hikaye Seti (10 Kitap Takım)</t>
+          <t>Ivırtılı Zıvırtılı Alışverişler - Mucit Mete ve Tayfası - 3. Sınıf Hikaye Seti (5. Kitap)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>600</v>
+        <v>60</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257947749</t>
+          <t>9786257574310</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Mucit Mete ve Tayfası 3. Sınıf Hikaye Seti (10 Kitap Takım)</t>
+          <t>Gökdeniz Türkiye Turunda 4. Sınıf Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>500</v>
+        <v>650</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257947428</t>
+          <t>9786257947770</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Kralın Mesajı - Beşi Bir Yerde 4. Kitap (4. Sınıf)</t>
+          <t>Bir Fincan Hikaye - Mucit Mete Ve Tayfası - 3. Sınıf Hikaye Seti (4. Kitap)</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257947282</t>
+          <t>9786257947442</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Beşi Bir Yerde - 4. Sınıf Okuma Kitabı (10 Kitap Takım)</t>
+          <t>Yılın Mucidi - Beşi Bir Yerde 8. Kitap (4. Sınıf)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>600</v>
+        <v>70</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257947473</t>
+          <t>9786257947893</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Kahramanlar - Beşi Bir Yerde 10. Kitap (4. Sınıf)</t>
+          <t>Durun Bir Dakika! - Mucit Mete ve Tayfası - 3. Sınıf Hikaye Seti (6. Kitap)</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257947466</t>
+          <t>9789752452732</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hak Eden Kazansın - Beşi Bir Yerde 9. Kitap (4. Sınıf)</t>
+          <t>Göç Edemeyen Leylek - Akıl Almaz Maceralar 10</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257947459</t>
+          <t>9789752452749</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sakarlıktan Liderliğe - Beşi Bir Yerde 7. Kitap (4. Sınıf)</t>
+          <t>Göktaşının Peşinde - Akıl Almaz Maceralar 9</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257947497</t>
+          <t>9789752452794</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Emeksiz Başarı mı? - Beşi Bir Yerde 6. Kitap (4. Sınıf)</t>
+          <t>Kütüphanede Bir Gece - Akıl Almaz Maceralar 8</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257947480</t>
+          <t>9789752452787</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Garip Haritanın Şifresi - Beşi Bir Yerde 5. Kitap (4. Sınıf)</t>
+          <t>Manolya Kurtarma Operasyonu - Akıl Almaz Maceralar 7</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257947435</t>
+          <t>9789752452725</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Yandık İşte - Beşi Bir Yerde 3. Kitap (4. Sınıf)</t>
+          <t>Denizin Ortasında Bir Macera - Akıl Almaz Maceralar 6</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257947411</t>
+          <t>9789752452800</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Böğürtlenle Başlayan Macera - Beşi Bir Yerde 2. Kitap (4. Sınıf)</t>
+          <t>Patik'in Macerası - Akıl Almaz Maceralar 5</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257947381</t>
+          <t>9789752452817</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Yok Artık - Beşi Bir Yerde 1. Kitap (4. Sınıf)</t>
+          <t>Uçan Balon Peşinde - Akıl Almaz Maceralar 1</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789752452466</t>
+          <t>9789752452718</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kelime Günlüğü - Selim’in Renkli Dünyası / 3. Sınıf Okuma Kitabı</t>
+          <t>Akıl Almaz Maceralar 4. Sınıf Okuma Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>50</v>
+        <v>700</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789752452527</t>
+          <t>9789752452770</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Hem Kirpili Hem Empatili - Selim’in Renkli Dünyası / 3. Sınıf Okuma Kitabı</t>
+          <t>Kaplumbağa Macerası - Akıl Almaz Maceralar 4</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789752452565</t>
+          <t>9789752452756</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Fil Mil; Karga Marga; Ceviz Meviz - Selim’in Renkli Dünyası / 3. Sınıf Okuma Kitabı</t>
+          <t>Gökyüzü Buluşması - Akıl Almaz Maceralar 3</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789752452459</t>
+          <t>9789752452763</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kimler Gelmiş? - Selim’in Renkli Dünyası / 3. Sınıf Okuma Kitabı</t>
+          <t>Havadan Gelen Mektup - Akıl Almaz Maceralar 2</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789752452589</t>
+          <t>9786257947817</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Hayal Perdesi - Selim’in Renkli Dünyası / 3. Sınıf Okuma Kitabı</t>
+          <t>Mete İle Çetin İşler Beklemesin 4. Sınıf Hikaye Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>50</v>
+        <v>700</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789752452497</t>
+          <t>9786257947749</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kampta Oyun Var - Selim’in Renkli Dünyası / 3. Sınıf Okuma Kitabı</t>
+          <t>Mucit Mete ve Tayfası 3. Sınıf Hikaye Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>50</v>
+        <v>600</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789752452473</t>
+          <t>9786257947428</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kavanozdaki İyilik - Selim’in Renkli Dünyası / 3. Sınıf Okuma Kitabı</t>
+          <t>Tavşan Kralın Mesajı - Beşi Bir Yerde 4. Kitap (4. Sınıf)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789752452404</t>
+          <t>9786257947282</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Uçurtma Spor Kulübü - Selim’in Renkli Dünyası / 3. Sınıf Okuma Kitabı</t>
+          <t>Beşi Bir Yerde - 4. Sınıf Okuma Kitabı (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>50</v>
+        <v>700</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789752452503</t>
+          <t>9786257947473</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İzci Kampı - Selim’in Renkli Dünyası / 3. Sınıf Okuma Kitabı</t>
+          <t>Gerçek Kahramanlar - Beşi Bir Yerde 10. Kitap (4. Sınıf)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789752452510</t>
+          <t>9786257947466</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İncir Çekirdeğini Doldurmaz - Selim’in Renkli Dünyası / 3. Sınıf Okuma Kitabı</t>
+          <t>Hak Eden Kazansın - Beşi Bir Yerde 9. Kitap (4. Sınıf)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789752452442</t>
+          <t>9786257947459</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Selimin Renkli Dünyası 3. Sınıf Okuma Seti (10 Kitap)</t>
+          <t>Sakarlıktan Liderliğe - Beşi Bir Yerde 7. Kitap (4. Sınıf)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>500</v>
+        <v>70</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789752452602</t>
+          <t>9786257947497</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Gökdeniz Dünya Turunda 2. Sınıf Okuma Seti (10 Kitap)</t>
+          <t>Emeksiz Başarı mı? - Beşi Bir Yerde 6. Kitap (4. Sınıf)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>350</v>
+        <v>70</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257574624</t>
+          <t>9786257947480</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Gökdeniz Medeniyetler Turunda – 3. Sınıf Hikaye Seti (10 Kitap)</t>
+          <t>Garip Haritanın Şifresi - Beşi Bir Yerde 5. Kitap (4. Sınıf)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>425</v>
+        <v>70</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257574600</t>
+          <t>9786257947435</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Uygarlık – Gökdeniz Medeniyetler Turunda – 3. Sınıf</t>
+          <t>Şimdi Yandık İşte - Beşi Bir Yerde 3. Kitap (4. Sınıf)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>42.5</v>
+        <v>70</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257574617</t>
+          <t>9786257947411</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kardeşlik İçin Kadeş – Gökdeniz Medeniyetler Turunda – 3. Sınıf</t>
+          <t>Böğürtlenle Başlayan Macera - Beşi Bir Yerde 2. Kitap (4. Sınıf)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>42.5</v>
+        <v>70</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257574648</t>
+          <t>9786257947381</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Eski Mucitler – Gökdeniz Medeniyetler Turunda – 3. Sınıf</t>
+          <t>Yok Artık - Beşi Bir Yerde 1. Kitap (4. Sınıf)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>42.5</v>
+        <v>70</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>1520508003222</t>
+          <t>9789752452466</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Popüler Bilim Coğrafya Set (5 Kitap)</t>
+          <t>Kelime Günlüğü - Selim’in Renkli Dünyası / 3. Sınıf Okuma Kitabı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256557215</t>
+          <t>9789752452527</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünü Kaplayan Sular – Popüler Bilim Coğrafya Dizisi 3</t>
+          <t>Hem Kirpili Hem Empatili - Selim’in Renkli Dünyası / 3. Sınıf Okuma Kitabı</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256557208</t>
+          <t>9789752452565</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü – Popüler Bilim Coğrafya Dizisi 2</t>
+          <t>Fil Mil; Karga Marga; Ceviz Meviz - Selim’in Renkli Dünyası / 3. Sınıf Okuma Kitabı</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256557246</t>
+          <t>9789752452459</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Bitkilerin Dünyası – Popüler Bilim Coğrafya Dizisi 4</t>
+          <t>Kimler Gelmiş? - Selim’in Renkli Dünyası / 3. Sınıf Okuma Kitabı</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256557239</t>
+          <t>9789752452589</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Doğal Afetler – Popüler Bilim Coğrafya Dizisi 5</t>
+          <t>Hayal Perdesi - Selim’in Renkli Dünyası / 3. Sınıf Okuma Kitabı</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>1520508003406</t>
+          <t>9789752452497</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Popüler Bilim Vücudumuz Set (10 Kitap)</t>
+          <t>Kampta Oyun Var - Selim’in Renkli Dünyası / 3. Sınıf Okuma Kitabı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>600</v>
+        <v>60</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>1520508003345</t>
+          <t>9789752452473</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Popüler Bilim Hayvanlar Set (5 Kitap)</t>
+          <t>Kavanozdaki İyilik - Selim’in Renkli Dünyası / 3. Sınıf Okuma Kitabı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>1520508003284</t>
+          <t>9789752452404</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Popüler Bilim Evren Set (5 Kitap)</t>
+          <t>Uçurtma Spor Kulübü - Selim’in Renkli Dünyası / 3. Sınıf Okuma Kitabı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256557949</t>
+          <t>9789752452503</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>In The Forest – Happy Kids Stories 3 (3. Sınıf İngilizce Hikaye)</t>
+          <t>İzci Kampı - Selim’in Renkli Dünyası / 3. Sınıf Okuma Kitabı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256557925</t>
+          <t>9789752452510</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>A Trip By Train – Happy Kids Stories 3 (3. Sınıf İngilizce Hikaye)</t>
+          <t>İncir Çekirdeğini Doldurmaz - Selim’in Renkli Dünyası / 3. Sınıf Okuma Kitabı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256557918</t>
+          <t>9789752452442</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>In My City – Happy Kids Stories 3 (3. Sınıf İngilizce Hikaye)</t>
+          <t>Selimin Renkli Dünyası 3. Sınıf Okuma Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>50</v>
+        <v>600</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256557901</t>
+          <t>9789752452602</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Where Is Milo? – Happy Kids Stories 3 (3. Sınıf İngilizce Hikaye)</t>
+          <t>Gökdeniz Dünya Turunda 2. Sınıf Okuma Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>50</v>
+        <v>350</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256557895</t>
+          <t>9786257574624</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Nina Helps Nick – Happy Kids Stories 3 (3. Sınıf İngilizce Hikaye)</t>
+          <t>Gökdeniz Medeniyetler Turunda – 3. Sınıf Hikaye Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>50</v>
+        <v>500</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256557888</t>
+          <t>9786257574600</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Fun At The Picnic – Happy Kids Stories 3 (3. Sınıf İngilizce Hikaye)</t>
+          <t>Dünyayı Değiştiren Uygarlık – Gökdeniz Medeniyetler Turunda – 3. Sınıf</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256557871</t>
+          <t>9786257574617</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Gym Class – Happy Kids Stories 3 (3. Sınıf İngilizce Hikaye)</t>
+          <t>Kardeşlik İçin Kadeş – Gökdeniz Medeniyetler Turunda – 3. Sınıf</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256557864</t>
+          <t>9786257574648</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>My Family Tree – Happy Kids Stories 3 (3. Sınıf İngilizce Hikaye)</t>
+          <t>Eski Mucitler – Gökdeniz Medeniyetler Turunda – 3. Sınıf</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256557857</t>
+          <t>1520508003222</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>First Day At School – Happy Kids Stories 3 (3. Sınıf İngilizce Hikaye)</t>
+          <t>Popüler Bilim Coğrafya Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>1520508003956</t>
+          <t>9786256557215</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Happy Kids Stories 3 – 10 Kitap (3. Sınıf İngilizce Hikaye Seti)</t>
+          <t>Yeryüzünü Kaplayan Sular – Popüler Bilim Coğrafya Dizisi 3</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>500</v>
+        <v>60</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256557840</t>
+          <t>9786256557208</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>What Can You Do? – Happy Kids Stories 2 (2. Sınıf İngilizce Hikaye)</t>
+          <t>Yeryüzü – Popüler Bilim Coğrafya Dizisi 2</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256557833</t>
+          <t>9786256557246</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Fruit Salad – Happy Kids Stories 2 (2. Sınıf İngilizce Hikaye)</t>
+          <t>Bitkilerin Dünyası – Popüler Bilim Coğrafya Dizisi 4</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256557826</t>
+          <t>9786256557239</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>At The Pet Shop – Happy Kids Stories 2 (2. Sınıf İngilizce Hikaye)</t>
+          <t>Doğal Afetler – Popüler Bilim Coğrafya Dizisi 5</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256557796</t>
+          <t>1520508003406</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>At The Festival – Happy Kids Stories 2 (2. Sınıf İngilizce Hikaye)</t>
+          <t>Popüler Bilim Vücudumuz Set (10 Kitap)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>50</v>
+        <v>600</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256557789</t>
+          <t>1520508003345</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Let’s Count! – Happy Kids Stories 2 (2. Sınıf İngilizce Hikaye)</t>
+          <t>Popüler Bilim Hayvanlar Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256557758</t>
+          <t>1520508003284</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>At The Zoo – Happy Kids Stories 2 (2. Sınıf İngilizce Hikaye)</t>
+          <t>Popüler Bilim Evren Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>1520508003840</t>
+          <t>9786256557949</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Happy Kids Stories 2 – 10 Kitap (2. Sınıf İngilizce Hikaye Seti)</t>
+          <t>In The Forest – Happy Kids Stories 3 (3. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256101043</t>
+          <t>9786256557925</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Ready For Winter – Happy Kids Stories 4 (4. Sınıf İngilizce Hikaye )</t>
+          <t>A Trip By Train – Happy Kids Stories 3 (3. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256101036</t>
+          <t>9786256557918</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Where Are They? – Happy Kids Stories 4 (4. Sınıf İngilizce Hikaye)</t>
+          <t>In My City – Happy Kids Stories 3 (3. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256101012</t>
+          <t>9786256557901</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Guess My Job – Happy Kids Stories 4 (4. Sınıf İngilizce Hikaye)</t>
+          <t>Where Is Milo? – Happy Kids Stories 3 (3. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256101005</t>
+          <t>9786256557895</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>At The Lab – Happy Kids Stories 4 (4. Sınıf İngilizce Hikaye)</t>
+          <t>Nina Helps Nick – Happy Kids Stories 3 (3. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>52</v>
+        <v>50</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256557994</t>
+          <t>9786256557888</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>My Day – Happy Kids Stories 4 (4. Sınıf İngilizce Hikaye)</t>
+          <t>Fun At The Picnic – Happy Kids Stories 3 (3. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256557987</t>
+          <t>9786256557871</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>What Do You Like Doing? – Happy Kids Stories 4 (4. Sınıf İngilizce Hikaye)</t>
+          <t>Gym Class – Happy Kids Stories 3 (3. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256557970</t>
+          <t>9786256557864</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>At The Costume Party – Happy Kids Stories 4 (4. Sınıf İngilizce Hikaye)</t>
+          <t>My Family Tree – Happy Kids Stories 3 (3. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256557963</t>
+          <t>9786256557857</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Children Around The World – Happy Kids Stories 4 (4. Sınıf İngilizce Hikaye)</t>
+          <t>First Day At School – Happy Kids Stories 3 (3. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>1520508004069</t>
+          <t>1520508003956</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Happy Kids Stories 4 – 10 Kitap (4. Sınıf İngilizce Hikaye Seti)</t>
+          <t>Happy Kids Stories 3 – 10 Kitap (3. Sınıf İngilizce Hikaye Seti)</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>1520508003116</t>
+          <t>9786256557840</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Asya’nın Dünyası İlk Okuma Kitaplarım Set – 1. Sınıf Hikaye Seti (10 kitap)</t>
+          <t>What Can You Do? – Happy Kids Stories 2 (2. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>1520508003000</t>
+          <t>9786256557833</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Gökdeniz Dünya Turunda 3 – 2. Sınıf Hikaye Seti (10 Kitap)</t>
+          <t>Fruit Salad – Happy Kids Stories 2 (2. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>350</v>
+        <v>50</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>1520508002560</t>
+          <t>9786256557826</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kirpi Çocuk Klasikleri 2 Set (10 Kitap)</t>
+          <t>At The Pet Shop – Happy Kids Stories 2 (2. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257574839</t>
+          <t>9786256557796</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Dünya Turu – Mavi Kirpi Çocuk Klasikleri 2</t>
+          <t>At The Festival – Happy Kids Stories 2 (2. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257574716</t>
+          <t>9786256557789</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Huckleberry Finn – Mavi Kirpi Çocuk Klasikleri 1</t>
+          <t>Let’s Count! – Happy Kids Stories 2 (2. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257574747</t>
+          <t>9786256557758</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Gulliver Devler Ülkesinde – Mavi Kirpi Çocuk Klasikleri 1</t>
+          <t>At The Zoo – Happy Kids Stories 2 (2. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257574730</t>
+          <t>1520508003840</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Dünya’nın Merkezine Yolculuk – Mavi Kirpi Çocuk Klasikleri 1</t>
+          <t>Happy Kids Stories 2 – 10 Kitap (2. Sınıf İngilizce Hikaye Seti)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>40</v>
+        <v>500</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257574785</t>
+          <t>9786256101043</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Ay’a Yolculuk – Mavi Kirpi Çocuk Klasikleri 1</t>
+          <t>Ready For Winter – Happy Kids Stories 4 (4. Sınıf İngilizce Hikaye )</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>1520508002454</t>
+          <t>9786256101036</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kirpi Çocuk Klasikleri 1 Set (10 Kitap)</t>
+          <t>Where Are They? – Happy Kids Stories 4 (4. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>1520508002898</t>
+          <t>9786256101012</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Cancan Kardeşler Değerler Hazinesi – 2. Sınıf Hikaye Seti (10 Kitap)</t>
+          <t>Guess My Job – Happy Kids Stories 4 (4. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>350</v>
+        <v>50</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>1520508003512</t>
+          <t>9786256101005</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Felsefe İstasyonu – 3. Sınıf Hikaye Seti (10 Kitap)</t>
+          <t>At The Lab – Happy Kids Stories 4 (4. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>425</v>
+        <v>52</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>1520508002782</t>
+          <t>9786256557994</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Okumak Çok Kolay – 1. Sınıf Hikaye Seti (10 Kitap)</t>
+          <t>My Day – Happy Kids Stories 4 (4. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>1520508002676</t>
+          <t>9786256557987</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Gökdeniz Türkiye Turunda 2 – 4. Sınıf Hikaye Seti (10 Kitap)</t>
+          <t>What Do You Like Doing? – Happy Kids Stories 4 (4. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>550</v>
+        <v>50</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257574372</t>
+          <t>9786256557970</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Tünel Meğer Gizli Değilmiş! – Bu İşte Bir Oyun Var - 10</t>
+          <t>At The Costume Party – Happy Kids Stories 4 (4. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>35</v>
+        <v>50</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257574389</t>
+          <t>9786256557963</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Su Savaşı Başlasın – Bu İşte Bir Oyun Var - 9</t>
+          <t>Children Around The World – Happy Kids Stories 4 (4. Sınıf İngilizce Hikaye)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>35</v>
+        <v>50</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257574402</t>
+          <t>1520508004069</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Rüyaymış – Bu İşte Bir Oyun Var - 7</t>
+          <t>Happy Kids Stories 4 – 10 Kitap (4. Sınıf İngilizce Hikaye Seti)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>35</v>
+        <v>500</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257574433</t>
+          <t>1520508003116</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Turgut, Orada Ne İşin Var? – Bu İşte Bir Oyun Var - 4</t>
+          <t>Asya’nın Dünyası İlk Okuma Kitaplarım Set – 1. Sınıf Hikaye Seti (10 kitap)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>35</v>
+        <v>300</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257947909</t>
+          <t>1520508003000</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Avucumdaki Ağaç - Mucit Mete Ve Tayfası - 3. Sınıf Hikaye Seti (9. Kitap)</t>
+          <t>Gökdeniz Dünya Turunda 3 – 2. Sınıf Hikaye Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>50</v>
+        <v>350</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257947824</t>
+          <t>1520508002560</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kış Günlüğüm - Mucit Mete Ve Tayfası - 3. Sınıf Hikaye Seti (7. Kitap)</t>
+          <t>Mavi Kirpi Çocuk Klasikleri 2 Set (10 Kitap)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>50</v>
+        <v>600</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>1520508003628</t>
+          <t>9786257574839</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Dahiler Sineması 3. Sınıf Hikaye Seti (10 Kitap)</t>
+          <t>Seksen Günde Dünya Turu – Mavi Kirpi Çocuk Klasikleri 2</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>425</v>
+        <v>60</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>1520508003734</t>
+          <t>9786257574716</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri ve Deyimler Hikayeleri – 3. Sınıf Hikaye Seti (10 Kitap)</t>
+          <t>Huckleberry Finn – Mavi Kirpi Çocuk Klasikleri 1</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>500</v>
+        <v>60</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789752452862</t>
+          <t>9786257574747</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Pelerinsiz Kahraman - Gerçek Süper Güç</t>
+          <t>Gulliver Devler Ülkesinde – Mavi Kirpi Çocuk Klasikleri 1</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>15</v>
+        <v>60</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
+          <t>9786257574730</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Dünya’nın Merkezine Yolculuk – Mavi Kirpi Çocuk Klasikleri 1</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786257574785</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Ay’a Yolculuk – Mavi Kirpi Çocuk Klasikleri 1</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>1520508002454</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Mavi Kirpi Çocuk Klasikleri 1 Set (10 Kitap)</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>1520508002898</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Cancan Kardeşler Değerler Hazinesi – 2. Sınıf Hikaye Seti (10 Kitap)</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>1520508003512</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Felsefe İstasyonu – 3. Sınıf Hikaye Seti (10 Kitap)</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>1520508002782</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Okumak Çok Kolay – 1. Sınıf Hikaye Seti (10 Kitap)</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>1520508002676</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Gökdeniz Türkiye Turunda 2 – 4. Sınıf Hikaye Seti (10 Kitap)</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786257574372</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Tünel Meğer Gizli Değilmiş! – Bu İşte Bir Oyun Var - 10</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786257574389</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Su Savaşı Başlasın – Bu İşte Bir Oyun Var - 9</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786257574402</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Her Şey Rüyaymış – Bu İşte Bir Oyun Var - 7</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786257574433</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Turgut, Orada Ne İşin Var? – Bu İşte Bir Oyun Var - 4</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786257947909</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Avucumdaki Ağaç - Mucit Mete Ve Tayfası - 3. Sınıf Hikaye Seti (9. Kitap)</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786257947824</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Kış Günlüğüm - Mucit Mete Ve Tayfası - 3. Sınıf Hikaye Seti (7. Kitap)</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>1520508003628</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Dahiler Sineması 3. Sınıf Hikaye Seti (10 Kitap)</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>1520508003734</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Atasözleri ve Deyimler Hikayeleri – 3. Sınıf Hikaye Seti (10 Kitap)</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9789752452862</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Pelerinsiz Kahraman - Gerçek Süper Güç</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
           <t>3990000047442</t>
         </is>
       </c>
-      <c r="B111" s="1" t="inlineStr">
+      <c r="B127" s="1" t="inlineStr">
         <is>
           <t>Yılın Mucidi - Beşi Bir Yerde 8. Kitap</t>
         </is>
       </c>
-      <c r="C111" s="1">
+      <c r="C127" s="1">
         <v>16</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>