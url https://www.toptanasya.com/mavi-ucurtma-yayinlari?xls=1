--- v0 (2025-10-14)
+++ v1 (2026-02-14)
@@ -274,336 +274,336 @@
         <is>
           <t>9786057826411</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Yıldırım Bayezid</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786057826404</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Eren ile Külbıyık Serisi (10 Kitap)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>500</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786057826398</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Murad Hüdavendigar</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>85</v>
+        <v>110</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786057826374</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Çocuk Meclisi 2 - Kırmızı Kapının Gizemi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>80</v>
+        <v>130</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786057826381</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Çocuk Meclisi 1 - Balon Savaşları</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>80</v>
+        <v>130</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786057826367</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Orhan Bey - Osmanlı Padişahları Serisi 2</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>95</v>
+        <v>130</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786056953590</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Sevgi Kardeşlik Serisi 5 Kitap</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>300</v>
+        <v>455</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786057826275</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>İyilik Ekibi Kuruluyor</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9789944701129</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>İstanbul Fatihleri 145</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>75</v>
+        <v>205</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9789944700610</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Sultan Süleyman Ortadan Kayboluyor (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9789944700542</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Gümüş Balık (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786057826343</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Ejderha Çocuk 2</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786057826183</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Mini Kitaplar Serisi Seti</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>350</v>
+        <v>805</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786055207861</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Sabrican İle Öğreniyorum</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9786057826336</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Osman Bey</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>105</v>
+        <v>138</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9786057826329</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>İyilik Ekibi Su Kuyusu Açıyor</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>85</v>
+        <v>130</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9786054565511</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Çocuklar için Resimli Elifba Kartları</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786055078034</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Sabrican Eğitim Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786055455309</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Abdest ve Namaz Boyama Kitabı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9786051591032</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Çanakkale'de Denizaltı Avı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9786055207922</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Hayvanlar Dünyasından Öyküler</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9786057826114</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Robot Lagari ve Değerli Arkadaşları - Okul Öncesi Eğitim Seti 48 Ay ve Üstü</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9786057826107</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
@@ -634,531 +634,531 @@
         <is>
           <t>9789944700559</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Sultan Süleyman Bir İyilik İstiyor (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786051591117</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Bombalar Altında Namaz</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786055207953</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Karamel'in Yolculuğu</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>95</v>
+        <v>155</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786051590127</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Minik Tay</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>100</v>
+        <v>155</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9786055207991</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Masal Yorganı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>95</v>
+        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9786055207038</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Sevimli Sincap Eğitim Seti (11 Kitap Takım)</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>8697439711731</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Sabrican Değerli Öyküler Eğitim Seti (18 Kitap Takım)</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9786055078317</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Gökkuşağı Eğitim Seti (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>500</v>
+        <v>505</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9786055078607</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Bilgi Hazinem Eğitim Seti (28 Kitap 1 DVD)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>500</v>
+        <v>505</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9786055078928</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Adım Adım Kur'an Öğreniyorum Seti (DVD Hediyeli)</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>55</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9786051594699</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>1916 Kutü'l Amare Zaferi Boyama Kitabı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>60</v>
+        <v>110</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9786051594668</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>1071 Malazgirt Zaferi Boyama Kitabı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>60</v>
+        <v>110</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9786051594682</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>1915 Çanakkale Zaferi Boyama Kitabı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>60</v>
+        <v>110</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9786051594705</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>2016 15 Temmuz Destanı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>60</v>
+        <v>110</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>9786051594675</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>1453 İstanbul'un Fethi Boyama Kitabı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>60</v>
+        <v>110</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>9786055207984</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Küçük Karga ve Ceviz Ağacı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>95</v>
+        <v>155</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>9786051592985</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Cesur Kaçkar Keçi - Çiftlik Hikayeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>95</v>
+        <v>125</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>9786051594651</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Vatan Baba</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>75</v>
+        <v>118</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>9786051594491</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Kapadokya'da Bir Düş</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>185</v>
+        <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>9786051594644</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Kutü'l Amare Zaferi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>9786051594842</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Ay Şehri Kuruluyor - Zaman Aynası</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>90</v>
+        <v>170</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>9786051593029</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Oynamayı Seven Şirin Kaz - Çiftlik Hikayeleri</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>95</v>
+        <v>125</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>9786051592954</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Fedakar Bostan Korkuluğu Laci - Çiftlik Hikayeleri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>95</v>
+        <v>125</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>9786051593012</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Güvenilir Arkadaş Benekli Buzağı - Çiftlik Hikayeleri</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>95</v>
+        <v>125</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>9786051593043</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Uçmak İsteyen Vakvak Ördek - Çiftlik Hikayeleri</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>95</v>
+        <v>125</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>9786051593005</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Koşmayı Öğrenen Tintin Tay - Çiftlik Hikayeleri</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>95</v>
+        <v>125</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>9786051592978</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Arkadaş Arayan Tırtır Traktör - Çiftlik Hikayeleri</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>95</v>
+        <v>125</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>9786051592992</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Kurttan Saklanan Kıvırcık Kuzu - Çiftlik Hikayeleri</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>95</v>
+        <v>125</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>9786051593036</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Sağlıklı ve Cesur Şimşek Eşek - Çiftlik Hikayeleri</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>95</v>
+        <v>125</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>9786051593050</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Vaktinde Öten Çilli Horoz - Çiftlik Hikayeleri</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>95</v>
+        <v>125</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>9786055207649</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Ali'nin Günlüğü</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>145</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>9786054491919</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Atlar Geliyor</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>75</v>
+        <v>115</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>9786054491742</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Sevimli Kelimeler Ülkesi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>165</v>
+        <v>215</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t>9786051594026</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Bosna'da Hazine Peşinde</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>3990000040041</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>İlkbahar ve Bitkiler</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>13.63</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>3990000040044</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
@@ -1189,261 +1189,261 @@
         <is>
           <t>3990000040042</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Matematik</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>13.63</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
           <t>9786057826046</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Neşeli Petek Değerler Eğitimi Seti</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>750</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t>9786057826299</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Pardi Ne Dedi?</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>9786051593524</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Yarım Harita - Kaşif Çelebi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>180</v>
+        <v>233</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>9786057826282</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Uçan Balıklar Ülkesi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>9786057826251</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Resimli Atasözleri ve Deyimler</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>100</v>
+        <v>155</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t>9786057826206</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Mutlu Eden Güzel Sözlerim</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>70</v>
+        <v>128</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
           <t>9786057826213</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Mini Mini Hayvan Hikayeleri</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>70</v>
+        <v>110</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
           <t>9786057826244</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Evde Okulda Sokakta 40 Eğlenceli Oyun</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t>9786057826190</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Çocuk Dilinden Dualar</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
           <t>9786057826237</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Atasözü Hikayeleri</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>70</v>
+        <v>128</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
           <t>9786057826220</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
           <t>40 Hadis-i Şerif Ezberleyelim</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>60</v>
+        <v>95</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
           <t>9786051782627</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
           <t>İyilik Ekibi Kuruluyor</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>18</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
           <t>9786057826039</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Neşeli Petek Sanat Atölyesi - Sabrican ile Öğreniyorum</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>140</v>
+        <v>145</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
           <t>9786057826312</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Değirmen - Bir Yaz Tatili Macerası</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>170</v>
+        <v>268</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
           <t>9786055207915</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
           <t>Gelincik Şarkısı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>95</v>
+        <v>155</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
           <t>9789944700337</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
           <t>The Story of the Staff Moses</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>3.7</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
           <t>9786055207816</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
@@ -1504,66 +1504,66 @@
         <is>
           <t>9786051593968</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
           <t>Ninni Pınarı</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>95</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
           <t>9786057826008</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
           <t>Kudüs - Evliya Çelebi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>130</v>
+        <v>168</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
           <t>9786057826176</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
           <t>Seyyah - Viking Diyarına Yolculuk</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
           <t>9786057826633</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
           <t>Çelebi Mehmed</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
           <t>9786057826473</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>