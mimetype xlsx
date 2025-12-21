--- v0 (2025-10-24)
+++ v1 (2025-12-21)
@@ -85,910 +85,940 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786059899659</t>
+          <t>9786059899673</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Aile Modeli</t>
+          <t>Sorularla Gençlik İlmihali</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059899666</t>
+          <t>9786059899680</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İslam’ı Aşkla Yaşayanlar</t>
+          <t>Pasajlar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9780000014597</t>
+          <t>9786059899659</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Damlaları</t>
+          <t>Sağlıklı Aile Modeli</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059899628</t>
+          <t>9786059899666</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Fikirde Sanatta Mücadelede Yüzyılın Öncüleri</t>
+          <t>İslam’ı Aşkla Yaşayanlar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059899635</t>
+          <t>9780000014597</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Avcumdaki Rota</t>
+          <t>Hikmet Damlaları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786059899604</t>
+          <t>9786059899628</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Kalbi Ebul-Hasan Harakani</t>
+          <t>Fikirde Sanatta Mücadelede Yüzyılın Öncüleri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059899611</t>
+          <t>9786059899635</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Ahlat’tan İstanbul’a Köklerin İzinde</t>
+          <t>Avcumdaki Rota</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059899512</t>
+          <t>9786059899604</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf İklimi</t>
+          <t>Anadolu’nun Kalbi Ebul-Hasan Harakani</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059899574</t>
+          <t>9786059899611</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Hayatı – Düşünceleri – Şiirleri</t>
+          <t>Ahlat’tan İstanbul’a Köklerin İzinde</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059899581</t>
+          <t>9786059899512</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Uyanıklık Uykusu</t>
+          <t>Tasavvuf İklimi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059899598</t>
+          <t>9786059899574</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bir Ahlak Kahramanı Nurettin Topçu</t>
+          <t>Yunus Emre Hayatı – Düşünceleri – Şiirleri</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789758209446</t>
+          <t>9786059899581</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Mesaj</t>
+          <t>Uyanıklık Uykusu</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059899567</t>
+          <t>9786059899598</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz’in (s.a.v) Dostları / Hz.Ebu Bekir, Hz.Ömer, Hz.Osman, Hz.Ali ve Daha Niceleri</t>
+          <t>Bir Ahlak Kahramanı Nurettin Topçu</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059899536</t>
+          <t>9789758209446</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Kıssalarından Evrensel Mesajlar</t>
+          <t>Nebevi Mesaj</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059899277</t>
+          <t>9786059899567</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Dillerden Düşmeyen 100 Dua / Evlilik, Şifa, Kolaylık, Korunma, Bereket ve Hacet Duaları</t>
+          <t>Peygamberimiz’in (s.a.v) Dostları / Hz.Ebu Bekir, Hz.Ömer, Hz.Osman, Hz.Ali ve Daha Niceleri</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059899505</t>
+          <t>9786059899536</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Çok Sevdim -Uğrunda Yaşamak</t>
+          <t>Peygamber Kıssalarından Evrensel Mesajlar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059899543</t>
+          <t>9786059899277</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Asım’ın Nesli - Çanakkale’de Doğan Ümit</t>
+          <t>Dillerden Düşmeyen 100 Dua / Evlilik, Şifa, Kolaylık, Korunma, Bereket ve Hacet Duaları</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059899550</t>
+          <t>9786059899505</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Allah Resûlü'nü (s.a.v) Görenler</t>
+          <t>Çok Sevdim -Uğrunda Yaşamak</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059899529</t>
+          <t>9786059899543</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Kimlik</t>
+          <t>Asım’ın Nesli - Çanakkale’de Doğan Ümit</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059899390</t>
+          <t>9786059899550</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Tabiat</t>
+          <t>Allah Resûlü'nü (s.a.v) Görenler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059899420</t>
+          <t>9786059899529</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İki Alemde Cennet</t>
+          <t>Tasavvufi Kimlik</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059899437</t>
+          <t>9786059899390</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hayat Sanatı</t>
+          <t>İnsan ve Tabiat</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059899406</t>
+          <t>9786059899420</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Rehberi</t>
+          <t>İki Alemde Cennet</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059899413</t>
+          <t>9786059899437</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Aranan Kimlik</t>
+          <t>Hayat Sanatı</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059899222</t>
+          <t>9786059899406</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Gönül Aleminden Sohbetler 1</t>
+          <t>Hakikat Rehberi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059899239</t>
+          <t>9786059899413</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Gönül Aleminden Sohbetler 2</t>
+          <t>Aranan Kimlik</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059899246</t>
+          <t>9786059899222</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Gönül Aleminden Sohbetler 3</t>
+          <t>Gönül Aleminden Sohbetler 1</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059899253</t>
+          <t>9786059899239</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Gönül Aleminden Sohbetler 4</t>
+          <t>Gönül Aleminden Sohbetler 2</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059899123</t>
+          <t>9786059899246</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Süfinin Erbaini</t>
+          <t>Gönül Aleminden Sohbetler 3</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059899048</t>
+          <t>9786059899253</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bir Arınma Eylemi Olarak Namaz</t>
+          <t>Gönül Aleminden Sohbetler 4</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059899444</t>
+          <t>9786059899123</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sahneden Secdeye Yolculuk</t>
+          <t>Süfinin Erbaini</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059899468</t>
+          <t>9786059899048</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Rahmet Ümidi</t>
+          <t>Bir Arınma Eylemi Olarak Namaz</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059899475</t>
+          <t>9786059899444</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hazreti İnsan</t>
+          <t>Sahneden Secdeye Yolculuk</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059899451</t>
+          <t>9786059899468</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Şahidi</t>
+          <t>Rahmet Ümidi</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059899383</t>
+          <t>9786059899475</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İki Kapı Tek Anahtar</t>
+          <t>Hazreti İnsan</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059899376</t>
+          <t>9786059899451</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Beş Terim</t>
+          <t>Aşkın Şahidi</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059899314</t>
+          <t>9786059899383</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Hak-Batıl Mücadelesi: Mesnevi Hikayeleri-2</t>
+          <t>İki Kapı Tek Anahtar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059899338</t>
+          <t>9786059899376</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Nefis Terbiyesi: Mesnevi Hikayeleri-3</t>
+          <t>Beş Terim</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059899321</t>
+          <t>9786059899314</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Mürid ve Mürşid İlişkisi: Mesnevi Hikayeleri-4</t>
+          <t>Hak-Batıl Mücadelesi: Mesnevi Hikayeleri-2</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059899352</t>
+          <t>9786059899338</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Fakr Saltanatı: Mesnevi Hikayeleri-7</t>
+          <t>Nefis Terbiyesi: Mesnevi Hikayeleri-3</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059899345</t>
+          <t>9786059899321</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Can Kuşu: Mesnevi Hikayeleri-5</t>
+          <t>Mürid ve Mürşid İlişkisi: Mesnevi Hikayeleri-4</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059899178</t>
+          <t>9786059899352</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Tövbekar Kulun Hali: Mesnevi Hikayeleri-6</t>
+          <t>Fakr Saltanatı: Mesnevi Hikayeleri-7</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059899307</t>
+          <t>9786059899345</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Bedeli: Mesnevi Hikayeleri-1</t>
+          <t>Can Kuşu: Mesnevi Hikayeleri-5</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059899215</t>
+          <t>9786059899178</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Peygamberim (Yapboz Hediyeli) (Ciltli)</t>
+          <t>Tövbekar Kulun Hali: Mesnevi Hikayeleri-6</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059899369</t>
+          <t>9786059899307</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Pusula Hadis-i Şerifler</t>
+          <t>Aşkın Bedeli: Mesnevi Hikayeleri-1</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059899161</t>
+          <t>9786059899215</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Vaveyla</t>
+          <t>Peygamberim (Yapboz Hediyeli) (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059899154</t>
+          <t>9786059899369</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Emreden Allah İse Gönül Ferman Dinler</t>
+          <t>Pusula Hadis-i Şerifler</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789758209361</t>
+          <t>9786059899161</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Gönül Dünyamızı Aydınlatanlar</t>
+          <t>Vaveyla</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789758209781</t>
+          <t>9786059899154</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Züleyha'ya Mektuplar</t>
+          <t>Emreden Allah İse Gönül Ferman Dinler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789758209613</t>
+          <t>9789758209361</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Oruç Çağrısı</t>
+          <t>Gönül Dünyamızı Aydınlatanlar</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789758209400</t>
+          <t>9789758209781</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İbadetlerin İç Anlamı</t>
+          <t>Züleyha'ya Mektuplar</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059899284</t>
+          <t>9789758209613</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Seyr u Süluk</t>
+          <t>Oruç Çağrısı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059899109</t>
+          <t>9789758209400</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kitabı Kur'an'ın İnsanı İnşa ve İhyası</t>
+          <t>İbadetlerin İç Anlamı</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059899079</t>
+          <t>9786059899284</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Dervişane</t>
+          <t>Seyr u Süluk</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059899116</t>
+          <t>9786059899109</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Güzel İnsanları</t>
+          <t>Hayat Kitabı Kur'an'ın İnsanı İnşa ve İhyası</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059899093</t>
+          <t>9786059899079</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Tasavvuf Önderleri</t>
+          <t>Dervişane</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059899024</t>
+          <t>9786059899116</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Kerbela Sarıkamış</t>
+          <t>Osmanlı'nın Güzel İnsanları</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
+          <t>9786059899093</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu Tasavvuf Önderleri</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786059899024</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Kerbela Sarıkamış</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
           <t>9786059899000</t>
         </is>
       </c>
-      <c r="B59" s="1" t="inlineStr">
+      <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Dünya Osmanlıya Hasret</t>
         </is>
       </c>
-      <c r="C59" s="1">
+      <c r="C61" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>