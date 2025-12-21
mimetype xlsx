--- v0 (2025-10-24)
+++ v1 (2025-12-21)
@@ -85,1120 +85,1885 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789753103084</t>
+          <t>9789753102391</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Hayalimdeki Okul</t>
+          <t>Gizli Kapı 3 - Kehribar Saray</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>170</v>
+        <v>35</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789753103268</t>
+          <t>9789753101783</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hayallerimin Rengi</t>
+          <t>Hugo'nun Muhteşem Planı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>170</v>
+        <v>29</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789753103275</t>
+          <t>9789753101936</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>O Kat Senin Bu Kat Benim</t>
+          <t>Alfa Kuzey Bölge: Metal Böcek</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>190</v>
+        <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789753103251</t>
+          <t>9789753103022</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Seti (İkinci 10 Kitap)</t>
+          <t>Canım Babam (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>750</v>
+        <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789753103244</t>
+          <t>9789753103015</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Anne Ben Kimim?</t>
+          <t>Canım Annem (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>190</v>
+        <v>54</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789753101318</t>
+          <t>9789753103008</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Gözlük</t>
+          <t>Sadece Bir Kitap mı?..</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789753102698</t>
+          <t>9789753102377</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Yoksa Okul Müdürü Bir Vampir mi?</t>
+          <t>Ella - Kahkaha Fırtınası</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>240</v>
+        <v>59</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789753101929</t>
+          <t>9789753102476</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Artık Kendim Okuyabilirim (20 Kitap Set)</t>
+          <t>Sil Baştan</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>1400</v>
+        <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789753102483</t>
+          <t>9789753102032</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yoksa Sınıf Arkadaşım Bir Casus mu?</t>
+          <t>Kurt, Ördek ve Fare (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>240</v>
+        <v>99</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789753102353</t>
+          <t>9789753102728</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yoksa Öğretmenim Bir Uzaylı mı?</t>
+          <t>Çok Alemsiniz - Piranhalar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>220</v>
+        <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789753103091</t>
+          <t>9789753102704</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Seti (Birinci 10 Kitap)</t>
+          <t>Çok Alemsiniz - Kokarcalar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>750</v>
+        <v>119</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789753102551</t>
+          <t>9789753102841</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ayşegül’e Ne Oldu?</t>
+          <t>Ben Tembel Değilim!</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>190</v>
+        <v>84</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789753100342</t>
+          <t>9789753102513</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Şemsiye</t>
+          <t>Çok Alemsiniz! - Yılanlar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>170</v>
+        <v>49</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789753103237</t>
+          <t>9789753102520</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kanguruların da Annesi Var mı?</t>
+          <t>Çok Alemsiniz! - Köpekbalıkları</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>275</v>
+        <v>49</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789753102599</t>
+          <t>9789753102506</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Telefona Dönüşen Kız</t>
+          <t>Çok Alemsiniz! - Kaplanlar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>140</v>
+        <v>49</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789757549215</t>
+          <t>9789753102490</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Aç Tırtıl</t>
+          <t>Çok Alemsiniz! - Dinozorlar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>350</v>
+        <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789753103220</t>
+          <t>9789753102865</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Harita</t>
+          <t>Gönül Kuşu (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>190</v>
+        <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789753103046</t>
+          <t>9789753102339</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Konseri</t>
+          <t>Küçük Prens - Filmin Öyküsü</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>159</v>
+        <v>35</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789753103145</t>
+          <t>9789753102322</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kemancı Ayı Masalı</t>
+          <t>Küçük Prens -  Filmin Romanı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>195</v>
+        <v>29</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789753103213</t>
+          <t>9789753102315</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Küçüklere ve Büyüklere Çizim Teknikleri</t>
+          <t>Küçük Prens (Büyük Boy)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>300</v>
+        <v>54</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789753103206</t>
+          <t>9789753102735</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Benekli Baykuş Ormanı</t>
+          <t>Çok Alemsiniz! - Timsahlar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>140</v>
+        <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789753103190</t>
+          <t>9789753102711</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kütüphanedeki Ejderha</t>
+          <t>Çok Alemsiniz! - Bozayılar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>240</v>
+        <v>49</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789753103183</t>
+          <t>9789753102780</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Evde Yangın (Önlenebilir Felaketlerin Öyküleri: 1)</t>
+          <t>Esneme Kitabı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>110</v>
+        <v>49</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789753103176</t>
+          <t>9789753102544</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Apti'nin Zor Ödevi</t>
+          <t>Aç Tırtıl - Boyama Kitabı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789753103121</t>
+          <t>9789753102766</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Süpermöö Dünyayı Nasıl Kurtardı?</t>
+          <t>Ella - Çılgın Kar Tatili</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>159</v>
+        <v>44</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789753103107</t>
+          <t>9789753102247</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Sözlük</t>
+          <t>Tom Trueheart : Karanlıklar Diyarında</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>320</v>
+        <v>38</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789753103169</t>
+          <t>9789753102230</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Gönül Kuşu</t>
+          <t>Tom Trueheart : Cesur Maceracı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>175</v>
+        <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789753103053</t>
+          <t>9789753101875</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kapuska Operasyonu</t>
+          <t>Konuşan Köpek</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>240</v>
+        <v>99</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789753103114</t>
+          <t>9789753101851</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Niye Korkayım ki Uçaktan (Ciltli)</t>
+          <t>Garklayan Gamze</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>240</v>
+        <v>29</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789753102995</t>
+          <t>9789753102360</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ella - Rock Yıldızı Pate</t>
+          <t>Ella ve Arkadaşları</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>160</v>
+        <v>44</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789753102872</t>
+          <t>9789753102568</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Parkta Bir Gün</t>
+          <t>Hayvanlar Konseri</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>159</v>
+        <v>54</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789753102681</t>
+          <t>9789753101387</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Bir Sabah (Ciltli)</t>
+          <t>Gizli Kapı - Keramet Lambası</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>240</v>
+        <v>35</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789753102773</t>
+          <t>8681395450308</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Gezmek İsteyen Horoz</t>
+          <t>Küçük Prens - Defter (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>295</v>
+        <v>45</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789753103152</t>
+          <t>9789753102025</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Keçi ve Ben</t>
+          <t>Korsan Okulu - 6 : Sürpriz Saldırı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>195</v>
+        <v>29</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789757549031</t>
+          <t>9789753102018</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Sınıfta Kaldım Haberim Yok</t>
+          <t>Korsan Okulu - 5 : Hücum!</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>80</v>
+        <v>29</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789753100618</t>
+          <t>9789753102421</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Arkadaşım</t>
+          <t>Küçük Prens (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>80</v>
+        <v>64</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789753100953</t>
+          <t>9789753101998</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Aç Tırtıl (Mukavva Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>140</v>
+        <v>299</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789757549024</t>
+          <t>9789753102261</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kuşumu Kim Kışkışladı?</t>
+          <t>Hügo Havalanıyor</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>80</v>
+        <v>29</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789753102384</t>
+          <t>9789753102285</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kutu</t>
+          <t>Çizim Teknikleri: Havalı Arabalar</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>220</v>
+        <v>34</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789753102346</t>
+          <t>9789753102292</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kanepeye Dönüşen Baba</t>
+          <t>Çizim Teknikleri: Korkunç Dinozorlar</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>140</v>
+        <v>34</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789753102254</t>
+          <t>9789753101950</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Annem Bıyık Bıraktı</t>
+          <t>Anahtar (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>140</v>
+        <v>59</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789753102049</t>
+          <t>9789753101097</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Gözü Çok Ama Çok Ağrıyan Adam</t>
+          <t>Korsan Okulu - 4 : Define Avı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>160</v>
+        <v>29</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789753101868</t>
+          <t>9789753102889</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Sandalda Bir Çocuk ve Bir Ayı</t>
+          <t>Tavuk Prenses</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>220</v>
+        <v>29</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789753102438</t>
+          <t>9789753100496</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Korsan Kitap Çetesi</t>
+          <t>Öykülerle Çoklu Zeka Geliştirme Etkinlikleri Seti (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>190</v>
+        <v>119</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789757549680</t>
+          <t>9789753101110</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Korkunç Korkuluğun Korkusu</t>
+          <t>Memo ve Ay (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>80</v>
+        <v>59</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789753101431</t>
+          <t>9789753101080</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Araba</t>
+          <t>Korsan Okulu - 3 : Korkunç Korsan Kızıl Sakal</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>190</v>
+        <v>29</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789757549079</t>
+          <t>9789753102810</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Okula Geç Kaldım</t>
+          <t>Kemancı Ayı Masalı (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>80</v>
+        <v>69</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789753100540</t>
+          <t>9789753101257</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Top Ding Dız Dam Çong Cıs Tak</t>
+          <t>Gizli Kapı - Karabasan Ormanı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>80</v>
+        <v>35</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789753100601</t>
+          <t>9789753101219</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Tavan Arasındaki Eski Lamba</t>
+          <t>Çocuklar için Çizim Teknikleri - Periler Ülkesinde</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>80</v>
+        <v>54</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789753100779</t>
+          <t>9789753100984</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Top</t>
+          <t>Can ve Çamur’un Orman Macerası</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>190</v>
+        <v>29</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789753100199</t>
+          <t>9789753101042</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Şapka</t>
+          <t>Bat Pat 2 - Gece Yarısı Cadıları</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>170</v>
+        <v>29</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789753100519</t>
+          <t>9789753103084</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Küre</t>
+          <t>Hayalimdeki Okul</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789753100328</t>
+          <t>9789753103268</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kitap</t>
+          <t>Hayallerimin Rengi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789753100847</t>
+          <t>9789753103275</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kalem</t>
+          <t>O Kat Senin Bu Kat Benim</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789753100595</t>
+          <t>9789753103251</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Seni Seviyorum</t>
+          <t>İlk Okuma Seti (İkinci 10 Kitap)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>80</v>
+        <v>750</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789753103077</t>
+          <t>9789753103244</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Prensi Olmayan Masal Kitabı</t>
+          <t>Anne Ben Kimim?</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>185</v>
+        <v>190</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789757549086</t>
+          <t>9789753101318</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Pabucumun Bağı Çözüldü</t>
+          <t>Sihirli Gözlük</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>80</v>
+        <v>240</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789753102858</t>
+          <t>9789753102698</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Onu Seviyorum</t>
+          <t>Yoksa Okul Müdürü Bir Vampir mi?</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789753100571</t>
+          <t>9789753101929</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kanatlı Sözler Bahçesi</t>
+          <t>Artık Kendim Okuyabilirim (20 Kitap Set)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>170</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789753101233</t>
+          <t>9789753102483</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kakalar Günü</t>
+          <t>Yoksa Sınıf Arkadaşım Bir Casus mu?</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>185</v>
+        <v>240</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789753100557</t>
+          <t>9789753102353</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Güzel Bir Sabahtı…</t>
+          <t>Yoksa Öğretmenim Bir Uzaylı mı?</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789753100212</t>
+          <t>9789753103091</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Gırrr!</t>
+          <t>İlk Okuma Seti (Birinci 10 Kitap)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>80</v>
+        <v>750</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789757549055</t>
+          <t>9789753102551</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Geçiyordum Uğradım</t>
+          <t>Ayşegül’e Ne Oldu?</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>80</v>
+        <v>190</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789753100564</t>
+          <t>9789753100342</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Gece Gelen Konuklar</t>
+          <t>Sihirli Şemsiye</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>80</v>
+        <v>170</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789757549109</t>
+          <t>9789753103237</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Fili Yuttu Bir Yılan!</t>
+          <t>Kanguruların da Annesi Var mı?</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>80</v>
+        <v>275</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789753101332</t>
+          <t>9789753102599</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Fa Usta’nın Kemanları</t>
+          <t>Telefona Dönüşen Kız</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789753100014</t>
+          <t>9789757549215</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Dedem Neden Güldü?</t>
+          <t>Aç Tırtıl</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789757549062</t>
+          <t>9789753103220</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Dedem Bana Düdük Yaptı</t>
+          <t>Sihirli Harita</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>80</v>
+        <v>190</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789757549017</t>
+          <t>9789753103046</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Beş Beyaz Benekli Baykuşun Dönüşü</t>
+          <t>Hayvanlar Konseri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>80</v>
+        <v>159</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789757549093</t>
+          <t>9789753103145</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Beş Beyaz Benekli Baykuş Bana Bakıyor...</t>
+          <t>Kemancı Ayı Masalı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>80</v>
+        <v>195</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789753100588</t>
+          <t>9789753103213</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Annem Neden Şişmanladı?</t>
+          <t>Küçüklere ve Büyüklere Çizim Teknikleri</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
+          <t>9789753103206</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Benekli Baykuş Ormanı</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9789753103190</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Kütüphanedeki Ejderha</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9789753103183</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Evde Yangın (Önlenebilir Felaketlerin Öyküleri: 1)</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9789753103176</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Apti'nin Zor Ödevi</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9789753103121</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Süpermöö Dünyayı Nasıl Kurtardı?</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9789753103107</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Rengarenk Sözlük</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9789753103169</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Kuşu</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9789753103053</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Kapuska Operasyonu</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9789753103114</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Niye Korkayım ki Uçaktan (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9789753102995</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Ella - Rock Yıldızı Pate</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9789753102872</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Parkta Bir Gün</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9789753102681</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Tuhaf Bir Sabah (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9789753102773</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Dünyayı Gezmek İsteyen Horoz</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9789753103152</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Keçi ve Ben</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9789757549031</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Sınıfta Kaldım Haberim Yok</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9789753100618</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Sevgili Arkadaşım</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9789753100953</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Prens</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9789757549024</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Kuşumu Kim Kışkışladı?</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9789753102384</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Sihirli Kutu</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9789753102346</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Kanepeye Dönüşen Baba</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9789753102254</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Annem Bıyık Bıraktı</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9789753102049</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Gözü Çok Ama Çok Ağrıyan Adam</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9789753101868</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Sandalda Bir Çocuk ve Bir Ayı</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9789753102438</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Korsan Kitap Çetesi</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9789757549680</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Korkunç Korkuluğun Korkusu</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9789753101431</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Sihirli Araba</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9789757549079</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Okula Geç Kaldım</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9789753100540</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Top Ding Dız Dam Çong Cıs Tak</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9789753100601</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Tavan Arasındaki Eski Lamba</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9789753100779</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Sihirli Top</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9789753100199</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Sihirli Şapka</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9789753100519</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Sihirli Küre</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9789753100328</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Sihirli Kitap</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9789753100847</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Sihirli Kalem</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9789753100595</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Seni Seviyorum</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9789753103077</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Prensi Olmayan Masal Kitabı</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9789757549086</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Pabucumun Bağı Çözüldü</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9789753102858</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Onu Seviyorum</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9789753100571</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Kanatlı Sözler Bahçesi</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9789753101233</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Kakalar Günü</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9789753100557</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Güzel Bir Sabahtı…</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9789753100212</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Gırrr!</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9789757549055</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Geçiyordum Uğradım</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9789753100564</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Gece Gelen Konuklar</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9789757549109</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Fili Yuttu Bir Yılan!</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9789753101332</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Fa Usta’nın Kemanları</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9789753100014</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Dedem Neden Güldü?</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9789757549062</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Dedem Bana Düdük Yaptı</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9789757549017</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Beş Beyaz Benekli Baykuşun Dönüşü</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9789757549093</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Beş Beyaz Benekli Baykuş Bana Bakıyor...</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9789753100588</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Annem Neden Şişmanladı?</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
           <t>9789757549048</t>
         </is>
       </c>
-      <c r="B73" s="1" t="inlineStr">
+      <c r="B124" s="1" t="inlineStr">
         <is>
           <t>Ablam Bana Dil Çıkardı!</t>
         </is>
       </c>
-      <c r="C73" s="1">
+      <c r="C124" s="1">
         <v>80</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>