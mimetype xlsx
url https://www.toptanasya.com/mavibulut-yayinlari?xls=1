--- v1 (2025-12-21)
+++ v2 (2026-02-14)
@@ -85,1885 +85,1945 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789753102391</t>
+          <t>9789753103282</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Gizli Kapı 3 - Kehribar Saray</t>
+          <t>Çadırımda Kurt Adam Var</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>35</v>
+        <v>340</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789753101783</t>
+          <t>9789753102056</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hugo'nun Muhteşem Planı</t>
+          <t>Hamburgere Dönüşen Anne</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>29</v>
+        <v>210</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789753101936</t>
+          <t>9789753100762</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Alfa Kuzey Bölge: Metal Böcek</t>
+          <t>Sihirli Küpe</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>29</v>
+        <v>240</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789753103022</t>
+          <t>9789753100182</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Canım Babam (Ciltli)</t>
+          <t>Sihirli Kaykay</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>54</v>
+        <v>225</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789753103015</t>
+          <t>9789753102391</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Canım Annem (Ciltli)</t>
+          <t>Gizli Kapı 3 - Kehribar Saray</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>54</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789753103008</t>
+          <t>9789753101783</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sadece Bir Kitap mı?..</t>
+          <t>Hugo'nun Muhteşem Planı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>140</v>
+        <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789753102377</t>
+          <t>9789753101936</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Ella - Kahkaha Fırtınası</t>
+          <t>Alfa Kuzey Bölge: Metal Böcek</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>59</v>
+        <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789753102476</t>
+          <t>9789753103022</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sil Baştan</t>
+          <t>Canım Babam (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>29</v>
+        <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789753102032</t>
+          <t>9789753103015</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kurt, Ördek ve Fare (Ciltli)</t>
+          <t>Canım Annem (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>99</v>
+        <v>54</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789753102728</t>
+          <t>9789753103008</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Çok Alemsiniz - Piranhalar</t>
+          <t>Sadece Bir Kitap mı?..</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>65</v>
+        <v>140</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789753102704</t>
+          <t>9789753102377</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Çok Alemsiniz - Kokarcalar</t>
+          <t>Ella - Kahkaha Fırtınası</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>119</v>
+        <v>59</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789753102841</t>
+          <t>9789753102476</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ben Tembel Değilim!</t>
+          <t>Sil Baştan</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>84</v>
+        <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789753102513</t>
+          <t>9789753102032</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Çok Alemsiniz! - Yılanlar</t>
+          <t>Kurt, Ördek ve Fare (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>49</v>
+        <v>99</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789753102520</t>
+          <t>9789753102728</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Çok Alemsiniz! - Köpekbalıkları</t>
+          <t>Çok Alemsiniz - Piranhalar</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>49</v>
+        <v>65</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789753102506</t>
+          <t>9789753102704</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çok Alemsiniz! - Kaplanlar</t>
+          <t>Çok Alemsiniz - Kokarcalar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>49</v>
+        <v>119</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789753102490</t>
+          <t>9789753102841</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Çok Alemsiniz! - Dinozorlar</t>
+          <t>Ben Tembel Değilim!</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>49</v>
+        <v>84</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789753102865</t>
+          <t>9789753102513</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Gönül Kuşu (Ciltli)</t>
+          <t>Çok Alemsiniz! - Yılanlar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>53</v>
+        <v>49</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789753102339</t>
+          <t>9789753102520</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens - Filmin Öyküsü</t>
+          <t>Çok Alemsiniz! - Köpekbalıkları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>35</v>
+        <v>49</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789753102322</t>
+          <t>9789753102506</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens -  Filmin Romanı</t>
+          <t>Çok Alemsiniz! - Kaplanlar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>29</v>
+        <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789753102315</t>
+          <t>9789753102490</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens (Büyük Boy)</t>
+          <t>Çok Alemsiniz! - Dinozorlar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>54</v>
+        <v>49</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789753102735</t>
+          <t>9789753102865</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Çok Alemsiniz! - Timsahlar</t>
+          <t>Gönül Kuşu (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>65</v>
+        <v>53</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789753102711</t>
+          <t>9789753102339</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Çok Alemsiniz! - Bozayılar</t>
+          <t>Küçük Prens - Filmin Öyküsü</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>49</v>
+        <v>35</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789753102780</t>
+          <t>9789753102322</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Esneme Kitabı</t>
+          <t>Küçük Prens -  Filmin Romanı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>49</v>
+        <v>29</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789753102544</t>
+          <t>9789753102315</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Aç Tırtıl - Boyama Kitabı</t>
+          <t>Küçük Prens (Büyük Boy)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>120</v>
+        <v>54</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789753102766</t>
+          <t>9789753102735</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Ella - Çılgın Kar Tatili</t>
+          <t>Çok Alemsiniz! - Timsahlar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>44</v>
+        <v>65</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789753102247</t>
+          <t>9789753102711</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Tom Trueheart : Karanlıklar Diyarında</t>
+          <t>Çok Alemsiniz! - Bozayılar</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>38</v>
+        <v>49</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789753102230</t>
+          <t>9789753102780</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Tom Trueheart : Cesur Maceracı</t>
+          <t>Esneme Kitabı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>38</v>
+        <v>49</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789753101875</t>
+          <t>9789753102544</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Köpek</t>
+          <t>Aç Tırtıl - Boyama Kitabı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>99</v>
+        <v>120</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789753101851</t>
+          <t>9789753102766</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Garklayan Gamze</t>
+          <t>Ella - Çılgın Kar Tatili</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>29</v>
+        <v>44</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789753102360</t>
+          <t>9789753102247</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ella ve Arkadaşları</t>
+          <t>Tom Trueheart : Karanlıklar Diyarında</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>44</v>
+        <v>38</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789753102568</t>
+          <t>9789753102230</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Konseri</t>
+          <t>Tom Trueheart : Cesur Maceracı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>54</v>
+        <v>38</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789753101387</t>
+          <t>9789753101875</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Gizli Kapı - Keramet Lambası</t>
+          <t>Konuşan Köpek</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>35</v>
+        <v>99</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>8681395450308</t>
+          <t>9789753101851</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens - Defter (Ciltli)</t>
+          <t>Garklayan Gamze</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>45</v>
+        <v>29</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789753102025</t>
+          <t>9789753102360</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Korsan Okulu - 6 : Sürpriz Saldırı</t>
+          <t>Ella ve Arkadaşları</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>29</v>
+        <v>44</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789753102018</t>
+          <t>9789753102568</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Korsan Okulu - 5 : Hücum!</t>
+          <t>Hayvanlar Konseri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>29</v>
+        <v>54</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789753102421</t>
+          <t>9789753101387</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens (Ciltli)</t>
+          <t>Gizli Kapı - Keramet Lambası</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>64</v>
+        <v>35</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789753101998</t>
+          <t>8681395450308</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Aç Tırtıl (Mukavva Ciltli)</t>
+          <t>Küçük Prens - Defter (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>299</v>
+        <v>45</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789753102261</t>
+          <t>9789753102025</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Hügo Havalanıyor</t>
+          <t>Korsan Okulu - 6 : Sürpriz Saldırı</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>29</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789753102285</t>
+          <t>9789753102018</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Çizim Teknikleri: Havalı Arabalar</t>
+          <t>Korsan Okulu - 5 : Hücum!</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>34</v>
+        <v>29</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789753102292</t>
+          <t>9789753102421</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Çizim Teknikleri: Korkunç Dinozorlar</t>
+          <t>Küçük Prens (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>34</v>
+        <v>64</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789753101950</t>
+          <t>9789753101998</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Anahtar (Ciltli)</t>
+          <t>Aç Tırtıl (Mukavva Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>59</v>
+        <v>299</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789753101097</t>
+          <t>9789753102261</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Korsan Okulu - 4 : Define Avı</t>
+          <t>Hügo Havalanıyor</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>29</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789753102889</t>
+          <t>9789753102285</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Tavuk Prenses</t>
+          <t>Çizim Teknikleri: Havalı Arabalar</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789753100496</t>
+          <t>9789753102292</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Çoklu Zeka Geliştirme Etkinlikleri Seti (9 Kitap Takım)</t>
+          <t>Çizim Teknikleri: Korkunç Dinozorlar</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>119</v>
+        <v>34</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789753101110</t>
+          <t>9789753101950</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Memo ve Ay (Ciltli)</t>
+          <t>Anahtar (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>59</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789753101080</t>
+          <t>9789753101097</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Korsan Okulu - 3 : Korkunç Korsan Kızıl Sakal</t>
+          <t>Korsan Okulu - 4 : Define Avı</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>29</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789753102810</t>
+          <t>9789753102889</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kemancı Ayı Masalı (Ciltli)</t>
+          <t>Tavuk Prenses</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>69</v>
+        <v>29</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789753101257</t>
+          <t>9789753100496</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Gizli Kapı - Karabasan Ormanı</t>
+          <t>Öykülerle Çoklu Zeka Geliştirme Etkinlikleri Seti (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>35</v>
+        <v>119</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789753101219</t>
+          <t>9789753101110</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Çizim Teknikleri - Periler Ülkesinde</t>
+          <t>Memo ve Ay (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789753100984</t>
+          <t>9789753101080</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Can ve Çamur’un Orman Macerası</t>
+          <t>Korsan Okulu - 3 : Korkunç Korsan Kızıl Sakal</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>29</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789753101042</t>
+          <t>9789753102810</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bat Pat 2 - Gece Yarısı Cadıları</t>
+          <t>Kemancı Ayı Masalı (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>29</v>
+        <v>69</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789753103084</t>
+          <t>9789753101257</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hayalimdeki Okul</t>
+          <t>Gizli Kapı - Karabasan Ormanı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>170</v>
+        <v>35</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789753103268</t>
+          <t>9789753101219</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Hayallerimin Rengi</t>
+          <t>Çocuklar için Çizim Teknikleri - Periler Ülkesinde</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>170</v>
+        <v>54</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789753103275</t>
+          <t>9789753100984</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>O Kat Senin Bu Kat Benim</t>
+          <t>Can ve Çamur’un Orman Macerası</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>190</v>
+        <v>29</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789753103251</t>
+          <t>9789753101042</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Seti (İkinci 10 Kitap)</t>
+          <t>Bat Pat 2 - Gece Yarısı Cadıları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>750</v>
+        <v>29</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789753103244</t>
+          <t>9789753103084</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Anne Ben Kimim?</t>
+          <t>Hayalimdeki Okul</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>190</v>
+        <v>225</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789753101318</t>
+          <t>9789753103268</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Gözlük</t>
+          <t>Hayallerimin Rengi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789753102698</t>
+          <t>9789753103275</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yoksa Okul Müdürü Bir Vampir mi?</t>
+          <t>O Kat Senin Bu Kat Benim</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789753101929</t>
+          <t>9789753103251</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Artık Kendim Okuyabilirim (20 Kitap Set)</t>
+          <t>İlk Okuma Seti (İkinci 10 Kitap)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>1400</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789753102483</t>
+          <t>9789753103244</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yoksa Sınıf Arkadaşım Bir Casus mu?</t>
+          <t>Anne Ben Kimim?</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789753102353</t>
+          <t>9789753101318</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Yoksa Öğretmenim Bir Uzaylı mı?</t>
+          <t>Sihirli Gözlük</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789753103091</t>
+          <t>9789753102698</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Seti (Birinci 10 Kitap)</t>
+          <t>Yoksa Okul Müdürü Bir Vampir mi?</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>750</v>
+        <v>320</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789753102551</t>
+          <t>9789753101929</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ayşegül’e Ne Oldu?</t>
+          <t>Artık Kendim Okuyabilirim (20 Kitap Set)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>190</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789753100342</t>
+          <t>9789753102483</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Şemsiye</t>
+          <t>Yoksa Sınıf Arkadaşım Bir Casus mu?</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789753103237</t>
+          <t>9789753102353</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kanguruların da Annesi Var mı?</t>
+          <t>Yoksa Öğretmenim Bir Uzaylı mı?</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789753102599</t>
+          <t>9789753103091</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Telefona Dönüşen Kız</t>
+          <t>İlk Okuma Seti (Birinci 10 Kitap)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>140</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789757549215</t>
+          <t>9789753102551</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Aç Tırtıl</t>
+          <t>Ayşegül’e Ne Oldu?</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789753103220</t>
+          <t>9789753100342</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Harita</t>
+          <t>Sihirli Şemsiye</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>190</v>
+        <v>225</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789753103046</t>
+          <t>9789753103237</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Konseri</t>
+          <t>Kanguruların da Annesi Var mı?</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>159</v>
+        <v>340</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789753103145</t>
+          <t>9789753102599</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kemancı Ayı Masalı</t>
+          <t>Telefona Dönüşen Kız</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>195</v>
+        <v>210</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789753103213</t>
+          <t>9789757549215</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Küçüklere ve Büyüklere Çizim Teknikleri</t>
+          <t>Aç Tırtıl</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>300</v>
+        <v>490</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789753103206</t>
+          <t>9789753103220</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Benekli Baykuş Ormanı</t>
+          <t>Sihirli Harita</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789753103190</t>
+          <t>9789753103046</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kütüphanedeki Ejderha</t>
+          <t>Hayvanlar Konseri</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789753103183</t>
+          <t>9789753103145</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Evde Yangın (Önlenebilir Felaketlerin Öyküleri: 1)</t>
+          <t>Kemancı Ayı Masalı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>110</v>
+        <v>245</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789753103176</t>
+          <t>9789753103213</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Apti'nin Zor Ödevi</t>
+          <t>Küçüklere ve Büyüklere Çizim Teknikleri</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>170</v>
+        <v>375</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789753103121</t>
+          <t>9789753103206</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Süpermöö Dünyayı Nasıl Kurtardı?</t>
+          <t>Benekli Baykuş Ormanı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>159</v>
+        <v>140</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789753103107</t>
+          <t>9789753103190</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Sözlük</t>
+          <t>Kütüphanedeki Ejderha</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789753103169</t>
+          <t>9789753103183</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Gönül Kuşu</t>
+          <t>Evde Yangın (Önlenebilir Felaketlerin Öyküleri: 1)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>175</v>
+        <v>110</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789753103053</t>
+          <t>9789753103176</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kapuska Operasyonu</t>
+          <t>Apti'nin Zor Ödevi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>240</v>
+        <v>225</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789753103114</t>
+          <t>9789753103121</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Niye Korkayım ki Uçaktan (Ciltli)</t>
+          <t>Süpermöö Dünyayı Nasıl Kurtardı?</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789753102995</t>
+          <t>9789753103107</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ella - Rock Yıldızı Pate</t>
+          <t>Rengarenk Sözlük</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>160</v>
+        <v>370</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789753102872</t>
+          <t>9789753103169</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Parkta Bir Gün</t>
+          <t>Gönül Kuşu</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>159</v>
+        <v>220</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789753102681</t>
+          <t>9789753103053</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Bir Sabah (Ciltli)</t>
+          <t>Kapuska Operasyonu</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789753102773</t>
+          <t>9789753103114</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Gezmek İsteyen Horoz</t>
+          <t>Niye Korkayım ki Uçaktan (Ciltli)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>295</v>
+        <v>240</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789753103152</t>
+          <t>9789753102995</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Keçi ve Ben</t>
+          <t>Ella - Rock Yıldızı Pate</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789757549031</t>
+          <t>9789753102872</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Sınıfta Kaldım Haberim Yok</t>
+          <t>Parkta Bir Gün</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789753100618</t>
+          <t>9789753102681</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Arkadaşım</t>
+          <t>Tuhaf Bir Sabah (Ciltli)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>80</v>
+        <v>340</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789753100953</t>
+          <t>9789753102773</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Dünyayı Gezmek İsteyen Horoz</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>140</v>
+        <v>370</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789757549024</t>
+          <t>9789753103152</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kuşumu Kim Kışkışladı?</t>
+          <t>Keçi ve Ben</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>80</v>
+        <v>245</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789753102384</t>
+          <t>9789757549031</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kutu</t>
+          <t>Sınıfta Kaldım Haberim Yok</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>220</v>
+        <v>125</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789753102346</t>
+          <t>9789753100618</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kanepeye Dönüşen Baba</t>
+          <t>Sevgili Arkadaşım</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>140</v>
+        <v>125</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789753102254</t>
+          <t>9789753100953</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Annem Bıyık Bıraktı</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789753102049</t>
+          <t>9789757549024</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Gözü Çok Ama Çok Ağrıyan Adam</t>
+          <t>Kuşumu Kim Kışkışladı?</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789753101868</t>
+          <t>9789753102384</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Sandalda Bir Çocuk ve Bir Ayı</t>
+          <t>Sihirli Kutu</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789753102438</t>
+          <t>9789753102346</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Korsan Kitap Çetesi</t>
+          <t>Kanepeye Dönüşen Baba</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789757549680</t>
+          <t>9789753102254</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Korkunç Korkuluğun Korkusu</t>
+          <t>Annem Bıyık Bıraktı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>80</v>
+        <v>210</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789753101431</t>
+          <t>9789753102049</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Araba</t>
+          <t>Gözü Çok Ama Çok Ağrıyan Adam</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789757549079</t>
+          <t>9789753101868</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Okula Geç Kaldım</t>
+          <t>Sandalda Bir Çocuk ve Bir Ayı</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>80</v>
+        <v>320</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789753100540</t>
+          <t>9789753102438</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Top Ding Dız Dam Çong Cıs Tak</t>
+          <t>Korsan Kitap Çetesi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>80</v>
+        <v>290</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789753100601</t>
+          <t>9789757549680</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Tavan Arasındaki Eski Lamba</t>
+          <t>Korkunç Korkuluğun Korkusu</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>80</v>
+        <v>125</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789753100779</t>
+          <t>9789753101431</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Top</t>
+          <t>Sihirli Araba</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789753100199</t>
+          <t>9789757549079</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Şapka</t>
+          <t>Okula Geç Kaldım</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>170</v>
+        <v>125</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789753100519</t>
+          <t>9789753100540</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Küre</t>
+          <t>Top Ding Dız Dam Çong Cıs Tak</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>190</v>
+        <v>125</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789753100328</t>
+          <t>9789753100601</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kitap</t>
+          <t>Tavan Arasındaki Eski Lamba</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>190</v>
+        <v>125</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789753100847</t>
+          <t>9789753100779</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kalem</t>
+          <t>Sihirli Top</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789753100595</t>
+          <t>9789753100199</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Seni Seviyorum</t>
+          <t>Sihirli Şapka</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>80</v>
+        <v>225</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789753103077</t>
+          <t>9789753100519</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Prensi Olmayan Masal Kitabı</t>
+          <t>Sihirli Küre</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>185</v>
+        <v>240</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789757549086</t>
+          <t>9789753100328</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Pabucumun Bağı Çözüldü</t>
+          <t>Sihirli Kitap</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>80</v>
+        <v>240</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789753102858</t>
+          <t>9789753100847</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Onu Seviyorum</t>
+          <t>Sihirli Kalem</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789753100571</t>
+          <t>9789753100595</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kanatlı Sözler Bahçesi</t>
+          <t>Seni Seviyorum</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>170</v>
+        <v>125</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789753101233</t>
+          <t>9789753103077</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kakalar Günü</t>
+          <t>Prensi Olmayan Masal Kitabı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>185</v>
+        <v>230</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789753100557</t>
+          <t>9789757549086</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Güzel Bir Sabahtı…</t>
+          <t>Pabucumun Bağı Çözüldü</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>80</v>
+        <v>125</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789753100212</t>
+          <t>9789753102858</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Gırrr!</t>
+          <t>Onu Seviyorum</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789757549055</t>
+          <t>9789753100571</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Geçiyordum Uğradım</t>
+          <t>Kanatlı Sözler Bahçesi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>80</v>
+        <v>240</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789753100564</t>
+          <t>9789753101233</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Gece Gelen Konuklar</t>
+          <t>Kakalar Günü</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>80</v>
+        <v>185</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789757549109</t>
+          <t>9789753100557</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Fili Yuttu Bir Yılan!</t>
+          <t>Güzel Bir Sabahtı…</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>80</v>
+        <v>125</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789753101332</t>
+          <t>9789753100212</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Fa Usta’nın Kemanları</t>
+          <t>Gırrr!</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789753100014</t>
+          <t>9789757549055</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Dedem Neden Güldü?</t>
+          <t>Geçiyordum Uğradım</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>80</v>
+        <v>125</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789757549062</t>
+          <t>9789753100564</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Dedem Bana Düdük Yaptı</t>
+          <t>Gece Gelen Konuklar</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>80</v>
+        <v>125</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789757549017</t>
+          <t>9789757549109</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Beş Beyaz Benekli Baykuşun Dönüşü</t>
+          <t>Fili Yuttu Bir Yılan!</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>80</v>
+        <v>125</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789757549093</t>
+          <t>9789753101332</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Beş Beyaz Benekli Baykuş Bana Bakıyor...</t>
+          <t>Fa Usta’nın Kemanları</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>80</v>
+        <v>225</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789753100588</t>
+          <t>9789753100014</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Annem Neden Şişmanladı?</t>
+          <t>Dedem Neden Güldü?</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>80</v>
+        <v>125</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
+          <t>9789757549062</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Dedem Bana Düdük Yaptı</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9789757549017</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Beş Beyaz Benekli Baykuşun Dönüşü</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9789757549093</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Beş Beyaz Benekli Baykuş Bana Bakıyor...</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9789753100588</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Annem Neden Şişmanladı?</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
           <t>9789757549048</t>
         </is>
       </c>
-      <c r="B124" s="1" t="inlineStr">
+      <c r="B128" s="1" t="inlineStr">
         <is>
           <t>Ablam Bana Dil Çıkardı!</t>
         </is>
       </c>
-      <c r="C124" s="1">
-        <v>80</v>
+      <c r="C128" s="1">
+        <v>125</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>