--- v0 (2025-10-24)
+++ v1 (2025-12-21)
@@ -85,2635 +85,2710 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256138520</t>
+          <t>9786256138698</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Tavşancık ve Çay Keyfi</t>
+          <t>Süper Tavşan Simon Makarna Yemek İstiyorum!</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>235</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256138681</t>
+          <t>9786256138674</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Üçüzler</t>
+          <t>Porsuk Beyefendi Sınıfı Asla Dağıtmaz!</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>385</v>
+        <v>235</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256138582</t>
+          <t>9786256138445</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Süper Tavşan Simon: Bunu İstiyorum!</t>
+          <t>Fenomen Çengel Bulmaca 20</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>235</v>
+        <v>255</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256138438</t>
+          <t>9786256138667</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Çengel Bulmaca 19</t>
+          <t>Büyük ve Küçük Evrenimiz: Carl Sagan Hakkında Bir Hikaye</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>255</v>
+        <v>265</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256138230</t>
+          <t>9786256138568</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Küçük Evim</t>
+          <t>Süper Tavşan Simon Tatlı Bebek</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>2500</v>
+        <v>235</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256138537</t>
+          <t>9786256138520</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Alpaka Okulu-na Dönüyor</t>
+          <t>Tavşancık ve Çay Keyfi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>255</v>
+        <v>235</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256138575</t>
+          <t>9786256138681</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Süper Tavşan Simon: Okula Gitmek İstemiyorum!</t>
+          <t>Tuhaf Üçüzler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>235</v>
+        <v>385</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256138513</t>
+          <t>9786256138582</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Beano Dennıs ve Gnasher İğrenç Kar Canavarı</t>
+          <t>Süper Tavşan Simon: Bunu İstiyorum!</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>255</v>
+        <v>235</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256138421</t>
+          <t>9786256138438</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Çengel Bulmaca 18</t>
+          <t>Fenomen Çengel Bulmaca 19</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256138391</t>
+          <t>9786256138230</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ressam Kedi İş Başında</t>
+          <t>Küçük Evim</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>255</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256138384</t>
+          <t>9786256138537</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bunu Yapabilirim</t>
+          <t>Alpaka Okulu-na Dönüyor</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>450</v>
+        <v>255</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256138490</t>
+          <t>9786256138575</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Freud Sudoku 5</t>
+          <t>Süper Tavşan Simon: Okula Gitmek İstemiyorum!</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>235</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256138506</t>
+          <t>9786256138513</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Freud Sudoku 4</t>
+          <t>Beano Dennıs ve Gnasher İğrenç Kar Canavarı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>235</v>
+        <v>255</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256138476</t>
+          <t>9786256138421</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Einstein Sudoku 5</t>
+          <t>Fenomen Çengel Bulmaca 18</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>235</v>
+        <v>255</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256138469</t>
+          <t>9786256138391</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Einstein Sudoku 4</t>
+          <t>Ressam Kedi İş Başında</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>235</v>
+        <v>255</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256138377</t>
+          <t>9786256138384</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sayılarla Mandala</t>
+          <t>Bunu Yapabilirim</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>245</v>
+        <v>450</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256138360</t>
+          <t>9786256138490</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Çiçeklerle Mandala</t>
+          <t>Freud Sudoku 5</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>255</v>
+        <v>235</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256138483</t>
+          <t>9786256138506</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Freud Sudoku 3</t>
+          <t>Freud Sudoku 4</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>235</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256138339</t>
+          <t>9786256138476</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Freud Sudoku 2</t>
+          <t>Einstein Sudoku 5</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>235</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256138452</t>
+          <t>9786256138469</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Einstein Sudoku 3</t>
+          <t>Einstein Sudoku 4</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>235</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256138346</t>
+          <t>9786256138377</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Einstein Sudoku 2</t>
+          <t>Sayılarla Mandala</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>235</v>
+        <v>245</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256138353</t>
+          <t>9786256138360</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Çengel Bulmaca 17</t>
+          <t>Çiçeklerle Mandala</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>4440000004533</t>
+          <t>9786256138483</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Maxi Renklerin Dünyası 4-5 Yaş</t>
+          <t>Freud Sudoku 3</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>224.9</v>
+        <v>235</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>4440000004330</t>
+          <t>9786256138339</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Maxi Karma Bulmaca 2024</t>
+          <t>Freud Sudoku 2</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>94.9</v>
+        <v>235</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>4440000003565</t>
+          <t>9786256138452</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Maxi Kare Karalamaca 2023</t>
+          <t>Einstein Sudoku 3</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>77.9</v>
+        <v>235</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>4440000003472</t>
+          <t>9786256138346</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Maxi Renklerin Dünyası Mandala 6-7 Yaş 2023</t>
+          <t>Einstein Sudoku 2</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>82.9</v>
+        <v>235</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>4440000003468</t>
+          <t>9786256138353</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Maxi Renklerin Dünyası Mandala 4-5 Yaş</t>
+          <t>Fenomen Çengel Bulmaca 17</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>82.9</v>
+        <v>255</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>4440000003197</t>
+          <t>4440000004533</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Maxi Kare Bulmaca 2023 - 2</t>
+          <t>Maxi Renklerin Dünyası 4-5 Yaş</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>59.9</v>
+        <v>224.9</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>4440000003194</t>
+          <t>4440000004330</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 2023</t>
+          <t>Maxi Karma Bulmaca 2024</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>59.9</v>
+        <v>94.9</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>4440000003190</t>
+          <t>4440000003565</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 2023 - 2</t>
+          <t>Maxi Kare Karalamaca 2023</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>55.9</v>
+        <v>77.9</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>4440000003160</t>
+          <t>4440000003472</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Favori Çengel 2023</t>
+          <t>Maxi Renklerin Dünyası Mandala 6-7 Yaş 2023</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>64.9</v>
+        <v>82.9</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>4440000003083</t>
+          <t>4440000003468</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Gong Sudoku Farklı Bulmacalar</t>
+          <t>Maxi Renklerin Dünyası Mandala 4-5 Yaş</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>79.9</v>
+        <v>82.9</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>4440000002962</t>
+          <t>4440000003197</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Mega Çengel Bulmaca 2023</t>
+          <t>Maxi Kare Bulmaca 2023 - 2</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>64.9</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>4440000002961</t>
+          <t>4440000003194</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Maxi Renklerin Dünyası Mandala 4-5 Yaş</t>
+          <t>Kare Karalamaca 2023</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>69.9</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>4440000002960</t>
+          <t>4440000003190</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Maxi Renklerin Büyüsü Mandala 6-7 Yaş</t>
+          <t>Kare Karalamaca 2023 - 2</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>69.9</v>
+        <v>55.9</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>4440000002933</t>
+          <t>4440000003160</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Mandala Büyükler İçin Boyama 2023 - 1</t>
+          <t>Favori Çengel 2023</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>84.9</v>
+        <v>64.9</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>4440000002856</t>
+          <t>4440000003083</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Akıllı İngilizce</t>
+          <t>Gong Sudoku Farklı Bulmacalar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>74.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>4440000002849</t>
+          <t>4440000002962</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Maxi Bulmaca 2023 - 1</t>
+          <t>Mega Çengel Bulmaca 2023</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>49.9</v>
+        <v>64.9</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>4440000002564</t>
+          <t>4440000002961</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Mega Çengel Bulmaca 2022 - 4</t>
+          <t>Maxi Renklerin Dünyası Mandala 4-5 Yaş</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>54.9</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>4440000002563</t>
+          <t>4440000002960</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Mega Bulmaca Sudoku 2022 - 4</t>
+          <t>Maxi Renklerin Büyüsü Mandala 6-7 Yaş</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>54.9</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>4440000002412</t>
+          <t>4440000002933</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Çizgilerle Boyama Terapisi</t>
+          <t>Mandala Büyükler İçin Boyama 2023 - 1</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>67.9</v>
+        <v>84.9</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>4440000002310</t>
+          <t>4440000002856</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Gong Profesyonel Sudoku Sayı: 2022 - 4</t>
+          <t>2. Sınıf Akıllı İngilizce</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>42.9</v>
+        <v>74.9</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>4440000002309</t>
+          <t>4440000002849</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Gong Çengel Bulmaca Sayı: 2022 - 4</t>
+          <t>Maxi Bulmaca 2023 - 1</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>42.9</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>4440000002168</t>
+          <t>4440000002564</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Maxi Akıllı İngilizce Atölyesi 5-6 Yaş</t>
+          <t>Mega Çengel Bulmaca 2022 - 4</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>79.9</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>4440000002080</t>
+          <t>4440000002563</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Maxi Plus Çengel Bulmaca 2023</t>
+          <t>Mega Bulmaca Sudoku 2022 - 4</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>87.9</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>4440000001779</t>
+          <t>4440000002412</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Favori Çengel Bulmaca Sayı: 2022/3 Temmuz Ağustos Eylül</t>
+          <t>Maxi Mandala Çizgilerle Boyama Terapisi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>44.9</v>
+        <v>67.9</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256138322</t>
+          <t>4440000002310</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Tombik ile Minik</t>
+          <t>Gong Profesyonel Sudoku Sayı: 2022 - 4</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>225</v>
+        <v>42.9</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256138285</t>
+          <t>4440000002309</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Çengel Bulmaca 16</t>
+          <t>Gong Çengel Bulmaca Sayı: 2022 - 4</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>255</v>
+        <v>42.9</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256138308</t>
+          <t>4440000002168</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Einstein Sudoku</t>
+          <t>Maxi Akıllı İngilizce Atölyesi 5-6 Yaş</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>235</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256138292</t>
+          <t>4440000002080</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Freud Sudoku</t>
+          <t>Maxi Plus Çengel Bulmaca 2023</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>235</v>
+        <v>87.9</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9772791771001</t>
+          <t>4440000001779</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Renklerin Büyüsü Mandala 1</t>
+          <t>Favori Çengel Bulmaca Sayı: 2022/3 Temmuz Ağustos Eylül</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>324.9</v>
+        <v>44.9</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9772791772008</t>
+          <t>9786256138322</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Renklerin Dünyası Mandala 1</t>
+          <t>Tombik ile Minik</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>324.9</v>
+        <v>225</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256138247</t>
+          <t>9786256138285</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Mikroraptoru Kurtarmak</t>
+          <t>Fenomen Çengel Bulmaca 16</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>325</v>
+        <v>255</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256138223</t>
+          <t>9786256138308</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Cebimdeki Dinozor</t>
+          <t>Einstein Sudoku</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>215</v>
+        <v>235</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256138209</t>
+          <t>9786256138292</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Beano Dennıs&amp;Gnasher Okulu Kurtarma Görevi</t>
+          <t>Freud Sudoku</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>245</v>
+        <v>235</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256138216</t>
+          <t>9772791771001</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Postacı Penguen Paytak</t>
+          <t>Maxi Mandala Renklerin Büyüsü Mandala 1</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>215</v>
+        <v>324.9</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256138193</t>
+          <t>9772791772008</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Karışık Bulmaca 15</t>
+          <t>Maxi Mandala Renklerin Dünyası Mandala 1</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>255</v>
+        <v>324.9</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256138186</t>
+          <t>9786256138247</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Sudoku 15</t>
+          <t>Görevimiz Mikroraptoru Kurtarmak</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>255</v>
+        <v>325</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256138179</t>
+          <t>9786256138223</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Çengel Bulmaca 15</t>
+          <t>Cebimdeki Dinozor</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>255</v>
+        <v>215</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256138155</t>
+          <t>9786256138209</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Sudoku 14</t>
+          <t>Beano Dennıs&amp;Gnasher Okulu Kurtarma Görevi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>255</v>
+        <v>245</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256138162</t>
+          <t>9786256138216</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Karışık Bulmaca 14</t>
+          <t>Postacı Penguen Paytak</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>255</v>
+        <v>215</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256138131</t>
+          <t>9786256138193</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Kare Karalamaca 5</t>
+          <t>Fenomen Karışık Bulmaca 15</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256138124</t>
+          <t>9786256138186</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Kare Bulmaca 5</t>
+          <t>Fenomen Sudoku 15</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256138148</t>
+          <t>9786256138179</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Çengel Bulmaca 14</t>
+          <t>Fenomen Çengel Bulmaca 15</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9772667759522</t>
+          <t>9786256138155</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Maxi Çocuk Akıl Oyunları 8</t>
+          <t>Fenomen Sudoku 14</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>299.9</v>
+        <v>255</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9772667759089</t>
+          <t>9786256138162</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Maxi Çocuk Sudoku 8</t>
+          <t>Fenomen Karışık Bulmaca 14</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>299.9</v>
+        <v>255</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9772667759003</t>
+          <t>9786256138131</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Maxi Çocuk Sudoku 7</t>
+          <t>Fenomen Kare Karalamaca 5</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>299.9</v>
+        <v>255</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9772667759010</t>
+          <t>9786256138124</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Maxi Çocuk Sudoku 1</t>
+          <t>Fenomen Kare Bulmaca 5</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>299.9</v>
+        <v>255</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9772667759935</t>
+          <t>9786256138148</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Maxi Çocuk Akıl Oyunları 3'lü Set</t>
+          <t>Fenomen Çengel Bulmaca 14</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>419.9</v>
+        <v>255</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9772667759911</t>
+          <t>9772667759522</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Maxi Çocuk Sudoku 3'lü Set</t>
+          <t>Maxi Çocuk Akıl Oyunları 8</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>419.9</v>
+        <v>299.9</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9772667759515</t>
+          <t>9772667759089</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Maxi Çocuk Akıl Oyunları 7</t>
+          <t>Maxi Çocuk Sudoku 8</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>299.9</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9772667759508</t>
+          <t>9772667759003</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Maxi Çocuk Akıl Oyunları 6</t>
+          <t>Maxi Çocuk Sudoku 7</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>299.9</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9772667759492</t>
+          <t>9772667759010</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Maxi Çocuk Akıl Oyunları 5</t>
+          <t>Maxi Çocuk Sudoku 1</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>299.9</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9772667759485</t>
+          <t>9772667759935</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Maxi Çocuk Akıl Oyunları 4</t>
+          <t>Maxi Çocuk Akıl Oyunları 3'lü Set</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>299.9</v>
+        <v>419.9</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9772667759478</t>
+          <t>9772667759911</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Maxi Çocuk Akıl Oyunları 3</t>
+          <t>Maxi Çocuk Sudoku 3'lü Set</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>299.9</v>
+        <v>419.9</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9772667759461</t>
+          <t>9772667759515</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Maxi Çocuk Akıl Oyunları 2</t>
+          <t>Maxi Çocuk Akıl Oyunları 7</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>299.9</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9772667759454</t>
+          <t>9772667759508</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Maxi Çocuk Akıl Oyunları 1</t>
+          <t>Maxi Çocuk Akıl Oyunları 6</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>299.9</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9772667759065</t>
+          <t>9772667759492</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Maxi Çocuk Sudoku 6</t>
+          <t>Maxi Çocuk Akıl Oyunları 5</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>299.9</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9772667759041</t>
+          <t>9772667759485</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Maxi Çocuk Sudoku 4</t>
+          <t>Maxi Çocuk Akıl Oyunları 4</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>299.9</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9772667759034</t>
+          <t>9772667759478</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Maxi Çocuk Sudoku 3</t>
+          <t>Maxi Çocuk Akıl Oyunları 3</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>299.9</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9772667759027</t>
+          <t>9772667759461</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Maxi Çocuk Sudoku 2</t>
+          <t>Maxi Çocuk Akıl Oyunları 2</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>299.9</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9772667759058</t>
+          <t>9772667759454</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Maxi Çocuk Sudoku 5</t>
+          <t>Maxi Çocuk Akıl Oyunları 1</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>299.9</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9772791771131</t>
+          <t>9772667759065</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Renklerin Büyüsü 7</t>
+          <t>Maxi Çocuk Sudoku 6</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>324.9</v>
+        <v>299.9</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256138100</t>
+          <t>9772667759041</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Sudoku 13</t>
+          <t>Maxi Çocuk Sudoku 4</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>255</v>
+        <v>299.9</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256138117</t>
+          <t>9772667759034</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Karışık Bulmaca 13</t>
+          <t>Maxi Çocuk Sudoku 3</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>255</v>
+        <v>299.9</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256138094</t>
+          <t>9772667759027</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Çengel Bulmaca 13</t>
+          <t>Maxi Çocuk Sudoku 2</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>255</v>
+        <v>299.9</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256138063</t>
+          <t>9772667759058</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Çengel Bulmaca 12</t>
+          <t>Maxi Çocuk Sudoku 5</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>255</v>
+        <v>299.9</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256138087</t>
+          <t>9772791771131</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Sudoku 12</t>
+          <t>Maxi Mandala Renklerin Büyüsü 7</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>255</v>
+        <v>324.9</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256138070</t>
+          <t>9786256138100</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Karışık Bulmaca 12</t>
+          <t>Fenomen Sudoku 13</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256138032</t>
+          <t>9786256138117</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Sudoku 11</t>
+          <t>Fenomen Karışık Bulmaca 13</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256138025</t>
+          <t>9786256138094</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Karışık Bulmaca 11</t>
+          <t>Fenomen Çengel Bulmaca 13</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256138056</t>
+          <t>9786256138063</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Kare Karalamaca 4</t>
+          <t>Fenomen Çengel Bulmaca 12</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256138049</t>
+          <t>9786256138087</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Kare Bulmaca 4</t>
+          <t>Fenomen Sudoku 12</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256138018</t>
+          <t>9786256138070</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Çengel Bulmaca 11</t>
+          <t>Fenomen Karışık Bulmaca 12</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786259847887</t>
+          <t>9786256138032</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Sudoku Bulmaca Seti - 5 Kitap</t>
+          <t>Fenomen Sudoku 11</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>1175</v>
+        <v>255</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786259847870</t>
+          <t>9786256138025</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Karışık Bulmaca Seti - 5 Kitap</t>
+          <t>Fenomen Karışık Bulmaca 11</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>1175</v>
+        <v>255</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786259847863</t>
+          <t>9786256138056</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Çengel Bulmaca Seti - 5 Kitap</t>
+          <t>Fenomen Kare Karalamaca 4</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>1175</v>
+        <v>255</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256138001</t>
+          <t>9786256138049</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Sudoku 10</t>
+          <t>Fenomen Kare Bulmaca 4</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786259479590</t>
+          <t>9786256138018</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Karışık Bulmaca 10</t>
+          <t>Fenomen Çengel Bulmaca 11</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786259479583</t>
+          <t>9786259847887</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Çengel Bulmaca 10</t>
+          <t>Fenomen Sudoku Bulmaca Seti - 5 Kitap</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>255</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>4444444443044</t>
+          <t>9786259847870</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Maxi Spor Stephen Curry 2024-03</t>
+          <t>Fenomen Karışık Bulmaca Seti - 5 Kitap</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>224.9</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786259479569</t>
+          <t>9786259847863</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Karışık Bulmaca 9</t>
+          <t>Fenomen Çengel Bulmaca Seti - 5 Kitap</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>255</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786259479576</t>
+          <t>9786256138001</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Sudoku 9</t>
+          <t>Fenomen Sudoku 10</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786259479552</t>
+          <t>9786259479590</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Çengel Bulmaca 9</t>
+          <t>Fenomen Karışık Bulmaca 10</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9772791770127</t>
+          <t>9786259479583</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Maxi Boyama Saati 6</t>
+          <t>Fenomen Çengel Bulmaca 10</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>344.9</v>
+        <v>255</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9772791770103</t>
+          <t>4444444443044</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Maxi Boyama Saati 4</t>
+          <t>Maxi Spor Stephen Curry 2024-03</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>344.9</v>
+        <v>224.9</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9772791769107</t>
+          <t>9786259479569</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Maxi Boyama Zamanı 4</t>
+          <t>Fenomen Karışık Bulmaca 9</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>344.9</v>
+        <v>255</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9772791770004</t>
+          <t>9786259479576</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Maxi Boyama Saati 1</t>
+          <t>Fenomen Sudoku 9</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>344.9</v>
+        <v>255</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786259479521</t>
+          <t>9786259479552</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Sudoku 8</t>
+          <t>Fenomen Çengel Bulmaca 9</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786259479514</t>
+          <t>9772791770127</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Karışık Bulmaca 8</t>
+          <t>Maxi Boyama Saati 6</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>255</v>
+        <v>344.9</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786259479538</t>
+          <t>9772791770103</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Kare Karalamaca 3</t>
+          <t>Maxi Boyama Saati 4</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>255</v>
+        <v>344.9</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786259479545</t>
+          <t>9772791769107</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Kare Bulmaca 3</t>
+          <t>Maxi Boyama Zamanı 4</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>255</v>
+        <v>344.9</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786259479507</t>
+          <t>9772791770004</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Çengel Bulmaca 8</t>
+          <t>Maxi Boyama Saati 1</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>255</v>
+        <v>344.9</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786259847818</t>
+          <t>9786259479521</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Sudoku - 6</t>
+          <t>Fenomen Sudoku 8</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786259847801</t>
+          <t>9786259479514</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Çengel Bulmaca - 6</t>
+          <t>Fenomen Karışık Bulmaca 8</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786259847825</t>
+          <t>9786259479538</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Karışık Bulmaca 6</t>
+          <t>Fenomen Kare Karalamaca 3</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786259847849</t>
+          <t>9786259479545</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Sudoku 7</t>
+          <t>Fenomen Kare Bulmaca 3</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786259847856</t>
+          <t>9786259479507</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Karışık Bulmaca 7</t>
+          <t>Fenomen Çengel Bulmaca 8</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786259847832</t>
+          <t>9786259847818</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Çengel Bulmaca 7</t>
+          <t>Fenomen Sudoku - 6</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057305480</t>
+          <t>9786259847801</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Sudoku 5</t>
+          <t>Fenomen Çengel Bulmaca - 6</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057305497</t>
+          <t>9786259847825</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Karışık Bulmaca 5</t>
+          <t>Fenomen Karışık Bulmaca 6</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057305473</t>
+          <t>9786259847849</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Çengel Bulmaca 5</t>
+          <t>Fenomen Sudoku 7</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9772791772121</t>
+          <t>9786259847856</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Renklerin Dünyası 6</t>
+          <t>Fenomen Karışık Bulmaca 7</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>324.9</v>
+        <v>255</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9772791772114</t>
+          <t>9786259847832</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Renklerin Dünyası 5</t>
+          <t>Fenomen Çengel Bulmaca 7</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>324.9</v>
+        <v>255</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9772791772138</t>
+          <t>9786057305480</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Renklerin Dünyası 7</t>
+          <t>Fenomen Sudoku 5</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>324.9</v>
+        <v>255</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9772717780124</t>
+          <t>9786057305497</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Desenlerle Boyama Terapisi 10</t>
+          <t>Fenomen Karışık Bulmaca 5</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>409.9</v>
+        <v>255</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9772717780117</t>
+          <t>9786057305473</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Desenlerle Boyama Terapisi 9</t>
+          <t>Fenomen Çengel Bulmaca 5</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>409.9</v>
+        <v>255</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9772717780100</t>
+          <t>9772791772121</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Desenlerle Boyama Terapisi 8</t>
+          <t>Maxi Mandala Renklerin Dünyası 6</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>409.9</v>
+        <v>324.9</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9772717780223</t>
+          <t>9772791772114</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Çizgilerle Boyama Terapisi 10</t>
+          <t>Maxi Mandala Renklerin Dünyası 5</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>409.9</v>
+        <v>324.9</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9772717780216</t>
+          <t>9772791772138</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Çizgilerle Boyama Terapisi 9</t>
+          <t>Maxi Mandala Renklerin Dünyası 7</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>409.9</v>
+        <v>324.9</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9772717780209</t>
+          <t>9772717780124</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Çizgilerle Boyama Terapisi 8</t>
+          <t>Maxi Mandala Desenlerle Boyama Terapisi 10</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>409.9</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057400277</t>
+          <t>9772717780117</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Kare Karalamaca 2</t>
+          <t>Maxi Mandala Desenlerle Boyama Terapisi 9</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>255</v>
+        <v>409.9</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057305466</t>
+          <t>9772717780100</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Çengel Bulmaca 4</t>
+          <t>Maxi Mandala Desenlerle Boyama Terapisi 8</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>255</v>
+        <v>409.9</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057305435</t>
+          <t>9772717780223</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Sudoku 4</t>
+          <t>Maxi Mandala Çizgilerle Boyama Terapisi 10</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>255</v>
+        <v>409.9</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057305459</t>
+          <t>9772717780216</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Karışık Bulmaca 4</t>
+          <t>Maxi Mandala Çizgilerle Boyama Terapisi 9</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>255</v>
+        <v>409.9</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057305442</t>
+          <t>9772717780209</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Karışık Bulmaca 3</t>
+          <t>Maxi Mandala Çizgilerle Boyama Terapisi 8</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>255</v>
+        <v>409.9</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057400239</t>
+          <t>9786057400277</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Sudoku 3</t>
+          <t>Fenomen Kare Karalamaca 2</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057400222</t>
+          <t>9786057305466</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Sudoku 2</t>
+          <t>Fenomen Çengel Bulmaca 4</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057400215</t>
+          <t>9786057305435</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Sudoku 1</t>
+          <t>Fenomen Sudoku 4</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057400253</t>
+          <t>9786057305459</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Karışık Bulmaca 2</t>
+          <t>Fenomen Karışık Bulmaca 4</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057400260</t>
+          <t>9786057305442</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Karışık Bulmaca 1</t>
+          <t>Fenomen Karışık Bulmaca 3</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057400284</t>
+          <t>9786057400239</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Kare Karalamaca 1</t>
+          <t>Fenomen Sudoku 3</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057400291</t>
+          <t>9786057400222</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Kare Bulmaca 2</t>
+          <t>Fenomen Sudoku 2</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057305404</t>
+          <t>9786057400215</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Kare Bulmaca 1</t>
+          <t>Fenomen Sudoku 1</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057305411</t>
+          <t>9786057400253</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Çengel Bulmaca 3</t>
+          <t>Fenomen Karışık Bulmaca 2</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057305428</t>
+          <t>9786057400260</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Çengel Bulmaca 2</t>
+          <t>Fenomen Karışık Bulmaca 1</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057400246</t>
+          <t>9786057400284</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Çengel Bulmaca 1</t>
+          <t>Fenomen Kare Karalamaca 1</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>4440000003230</t>
+          <t>9786057400291</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Maxi Boyama Zamanı 6</t>
+          <t>Fenomen Kare Bulmaca 2</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>344.9</v>
+        <v>255</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9772791771032</t>
+          <t>9786057305404</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Renklerin Büyüsü 3</t>
+          <t>Fenomen Kare Bulmaca 1</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>324.9</v>
+        <v>255</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9772791772039</t>
+          <t>9786057305411</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Renklerin Dünyası 3</t>
+          <t>Fenomen Çengel Bulmaca 3</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>324.9</v>
+        <v>255</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9772791772022</t>
+          <t>9786057305428</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Renklerin Dünyası 2</t>
+          <t>Fenomen Çengel Bulmaca 2</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>324.9</v>
+        <v>255</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9772717780070</t>
+          <t>9786057400246</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Çizgilerle Boyama Terapisi 7</t>
+          <t>Fenomen Çengel Bulmaca 1</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>409.9</v>
+        <v>255</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9772791771025</t>
+          <t>4440000003230</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Renklerin Büyüsü 2</t>
+          <t>Maxi Boyama Zamanı 6</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>324.9</v>
+        <v>344.9</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9772791770035</t>
+          <t>9772791771032</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Maxi Boyama Saati 3</t>
+          <t>Maxi Mandala Renklerin Büyüsü 3</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>344.9</v>
+        <v>324.9</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9772791769039</t>
+          <t>9772791772039</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Maxi Boyama Zamanı 3</t>
+          <t>Maxi Mandala Renklerin Dünyası 3</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>344.9</v>
+        <v>324.9</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9772717780063</t>
+          <t>9772791772022</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Çizgilerle Boyama Terapisi 6</t>
+          <t>Maxi Mandala Renklerin Dünyası 2</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>409.9</v>
+        <v>324.9</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9772717780513</t>
+          <t>9772717780070</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Desenlerle Boyama Terapisi 7</t>
+          <t>Maxi Mandala Çizgilerle Boyama Terapisi 7</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>409.9</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9772717780506</t>
+          <t>9772791771025</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Desenlerle Boyama Terapisi 6</t>
+          <t>Maxi Mandala Renklerin Büyüsü 2</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>409.9</v>
+        <v>324.9</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9772717780704</t>
+          <t>9772791770035</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Çizgilerle Boyama Terapisi 5</t>
+          <t>Maxi Boyama Saati 3</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>409.9</v>
+        <v>344.9</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9772791770028</t>
+          <t>9772791769039</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Maxi Boyama Saati 2</t>
+          <t>Maxi Boyama Zamanı 3</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>344.9</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9772791769008</t>
+          <t>9772717780063</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Maxi Boyama Zamanı 1</t>
+          <t>Maxi Mandala Çizgilerle Boyama Terapisi 6</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>344.9</v>
+        <v>409.9</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9772717780926</t>
+          <t>9772717780513</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala 10'lu Set - 10 Kitap</t>
+          <t>Maxi Mandala Desenlerle Boyama Terapisi 7</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>1739.9</v>
+        <v>409.9</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9772717780919</t>
+          <t>9772717780506</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Çizgilerle Boyama Terapisi 5'li Set</t>
+          <t>Maxi Mandala Desenlerle Boyama Terapisi 6</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>1109.9</v>
+        <v>409.9</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9772717780902</t>
+          <t>9772717780704</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Desenlerle Boyama Terapisi 5'li Set</t>
+          <t>Maxi Mandala Çizgilerle Boyama Terapisi 5</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>1109.9</v>
+        <v>409.9</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9772717780049</t>
+          <t>9772791770028</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Çizgilerle Boyama Terapisi 4</t>
+          <t>Maxi Boyama Saati 2</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>409.9</v>
+        <v>344.9</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9772717780032</t>
+          <t>9772791769008</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Çizgilerle Boyama Terapisi 3</t>
+          <t>Maxi Boyama Zamanı 1</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>409.9</v>
+        <v>344.9</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9772717780025</t>
+          <t>9772717780926</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Çizgilerle Boyama Terapisi 2</t>
+          <t>Maxi Mandala 10'lu Set - 10 Kitap</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>409.9</v>
+        <v>1739.9</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9772717780469</t>
+          <t>9772717780919</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Desenlerle Boyama Terapisi 2</t>
+          <t>Maxi Mandala Çizgilerle Boyama Terapisi 5'li Set</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>409.9</v>
+        <v>1109.9</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9772717780476</t>
+          <t>9772717780902</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Desenlerle Boyama Terapisi 3</t>
+          <t>Maxi Mandala Desenlerle Boyama Terapisi 5'li Set</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>409.9</v>
+        <v>1109.9</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9772717780483</t>
+          <t>9772717780049</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Desenlerle Boyama Terapisi 4</t>
+          <t>Maxi Mandala Çizgilerle Boyama Terapisi 4</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>409.9</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9772717780490</t>
+          <t>9772717780032</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Desenlerle Boyama Terapisi 5</t>
+          <t>Maxi Mandala Çizgilerle Boyama Terapisi 3</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>409.9</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9772717780018</t>
+          <t>9772717780025</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Çizgilerle Boyama Terapisi 1</t>
+          <t>Maxi Mandala Çizgilerle Boyama Terapisi 2</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>409.9</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
+          <t>9772717780469</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mandala Desenlerle Boyama Terapisi 2</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>409.9</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9772717780476</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mandala Desenlerle Boyama Terapisi 3</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>409.9</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9772717780483</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mandala Desenlerle Boyama Terapisi 4</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>409.9</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9772717780490</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mandala Desenlerle Boyama Terapisi 5</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>409.9</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9772717780018</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mandala Çizgilerle Boyama Terapisi 1</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>409.9</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
           <t>9772791769022</t>
         </is>
       </c>
-      <c r="B174" s="1" t="inlineStr">
+      <c r="B179" s="1" t="inlineStr">
         <is>
           <t>Maxi Boyama Zamanı 2</t>
         </is>
       </c>
-      <c r="C174" s="1">
+      <c r="C179" s="1">
         <v>344.9</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>