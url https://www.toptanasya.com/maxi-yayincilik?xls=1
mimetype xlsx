--- v1 (2025-12-21)
+++ v2 (2026-02-14)
@@ -85,2710 +85,6370 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256138698</t>
+          <t>9786256138261</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Süper Tavşan Simon Makarna Yemek İstiyorum!</t>
+          <t>Ben Bir Aslanım</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>235</v>
+        <v>380</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256138674</t>
+          <t>4444444443036</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Porsuk Beyefendi Sınıfı Asla Dağıtmaz!</t>
+          <t>Maxi Sudoku Mega Bulmaca 2024-03</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>235</v>
+        <v>147.9</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256138445</t>
+          <t>4444444443031</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Çengel Bulmaca 20</t>
+          <t>Maxi Boyama Zamanı 6-7 Yaş 2024</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>255</v>
+        <v>147.9</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256138667</t>
+          <t>4444444443029</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Büyük ve Küçük Evrenimiz: Carl Sagan Hakkında Bir Hikaye</t>
+          <t>Maxi Bulmaca 2024-03</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>265</v>
+        <v>324.9</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256138568</t>
+          <t>4444444443028</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Süper Tavşan Simon Tatlı Bebek</t>
+          <t>Maxi Boyama Kitabı 4-5 Yaş 2024-03</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>235</v>
+        <v>147.9</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256138520</t>
+          <t>4444444442882</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Tavşancık ve Çay Keyfi</t>
+          <t>Maxi Lionel Messi Dergisi 2024 - 02</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>235</v>
+        <v>127.9</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256138681</t>
+          <t>4444444442880</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Üçüzler</t>
+          <t>Sayı ve Mantık Oyunları Maxi Bulmaca 2024 - 03</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>385</v>
+        <v>129.9</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256138582</t>
+          <t>4444444442879</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Süper Tavşan Simon: Bunu İstiyorum!</t>
+          <t>Kare Bulmaca 2024 - 03</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>235</v>
+        <v>129.9</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256138438</t>
+          <t>4444444442875</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Çengel Bulmaca 19</t>
+          <t>Çengel Bulmaca 2024 - 03</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>255</v>
+        <v>129.9</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256138230</t>
+          <t>4444444442868</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Küçük Evim</t>
+          <t>Kare Karalamaca 2024 - 03</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>2500</v>
+        <v>129.9</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256138537</t>
+          <t>4444444442865</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Alpaka Okulu-na Dönüyor</t>
+          <t>Renklerin Büyüsü Mandala 6-7 Yaş 2024</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>255</v>
+        <v>137.9</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256138575</t>
+          <t>4444444442864</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Süper Tavşan Simon: Okula Gitmek İstemiyorum!</t>
+          <t>Maxi Mandala Boyama 4-5 Yaş 2024</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>235</v>
+        <v>137.9</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256138513</t>
+          <t>4444444442770</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Beano Dennıs ve Gnasher İğrenç Kar Canavarı</t>
+          <t>Gong Çengel Bulmaca 2024 - 03</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>255</v>
+        <v>129.9</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256138421</t>
+          <t>4444444442769</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Çengel Bulmaca 18</t>
+          <t>Gong Sudoku 2024 - 03</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>255</v>
+        <v>129.9</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256138391</t>
+          <t>4444444442713</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ressam Kedi İş Başında</t>
+          <t>Maxi Mandala Büyükler İçin Boyama Dergisi 2024 - 02</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>255</v>
+        <v>184.9</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256138384</t>
+          <t>4444444442648</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bunu Yapabilirim</t>
+          <t>Maxi 3. Sınıf Akıllı İngilizce</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>450</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256138490</t>
+          <t>4444444442584</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Freud Sudoku 5</t>
+          <t>Maxi Noktaları Birleştirme 2024 - 02</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>235</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256138506</t>
+          <t>4444444442583</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Freud Sudoku 4</t>
+          <t>Maxi Boyama Saati 4-5 Yaş 2024</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>235</v>
+        <v>244.9</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256138476</t>
+          <t>4444444442581</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Einstein Sudoku 5</t>
+          <t>Maxi Spor Ronaldo 2024 - 02</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>235</v>
+        <v>189.9</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256138469</t>
+          <t>4444444442578</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Einstein Sudoku 4</t>
+          <t>Maxi Boyama Zamanı 6-7 Yaş</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>235</v>
+        <v>244.9</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256138377</t>
+          <t>4444444442549</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sayılarla Mandala</t>
+          <t>Maxi 3. Sınıf Akıllı Türkçe 2024 - 02</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>245</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256138360</t>
+          <t>4444444442548</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Çiçeklerle Mandala</t>
+          <t>Maxi 3. Sınıf Akıllı Matematik 2024- 02</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>255</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256138483</t>
+          <t>4444444442546</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Freud Sudoku 3</t>
+          <t>Maxi Sudoku 2024 - 02</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>235</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256138339</t>
+          <t>4444444442545</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Freud Sudoku 2</t>
+          <t>Maxi Karma Bulmaca 2024 - 02</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>235</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256138452</t>
+          <t>4444444442544</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Einstein Sudoku 3</t>
+          <t>Maxi Kare Bulmaca 2024 - 02</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>235</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256138346</t>
+          <t>4444444442543</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Einstein Sudoku 2</t>
+          <t>Maxi Bulmaca Sayı &amp; Mantık Oyunları 2024 - 02</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>235</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256138353</t>
+          <t>4444444442542</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Çengel Bulmaca 17</t>
+          <t>Maxi Çengel Bulmaca 2024 - 02</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>255</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>4440000004533</t>
+          <t>4440000004535</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Maxi Renklerin Dünyası 4-5 Yaş</t>
+          <t>Maxi Renklerin Büyüsü Çocuklar İçin Boyama Mandala 6-7 Yaş</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>224.9</v>
+        <v>124.9</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>4440000004330</t>
+          <t>9772791772107</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Maxi Karma Bulmaca 2024</t>
+          <t>Maxi Mandala Renklerin Dünyası 4</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>94.9</v>
+        <v>324.9</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>4440000003565</t>
+          <t>9772791771124</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Maxi Kare Karalamaca 2023</t>
+          <t>Maxi Mandala Renklerin Büyüsü 6</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>77.9</v>
+        <v>324.9</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>4440000003472</t>
+          <t>9772791771117</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Maxi Renklerin Dünyası Mandala 6-7 Yaş 2023</t>
+          <t>Maxi Mandala Renklerin Büyüsü 5</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>82.9</v>
+        <v>324.9</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>4440000003468</t>
+          <t>9772791771100</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Maxi Renklerin Dünyası Mandala 4-5 Yaş</t>
+          <t>Maxi Mandala Renklerin Büyüsü 4</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>82.9</v>
+        <v>324.9</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>4440000003197</t>
+          <t>9772791770134</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Maxi Kare Bulmaca 2023 - 2</t>
+          <t>Maxi Boyama Saati 7</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>59.9</v>
+        <v>344.9</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>4440000003194</t>
+          <t>9772791769138</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 2023</t>
+          <t>Maxi Boyama Zamanı 7</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>59.9</v>
+        <v>344.9</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>4440000003190</t>
+          <t>9772791769114</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kare Karalamaca 2023 - 2</t>
+          <t>Maxi Boyama Zamanı 5</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>55.9</v>
+        <v>344.9</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>4440000003160</t>
+          <t>9772791770110</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Favori Çengel 2023</t>
+          <t>Maxi Boyama Saati 5</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>64.9</v>
+        <v>344.9</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>4440000003083</t>
+          <t>4440000004345</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Gong Sudoku Farklı Bulmacalar</t>
+          <t>Maxi Kare Bulmaca Şubat 2024</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>79.9</v>
+        <v>94.9</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>4440000002962</t>
+          <t>4440000004325</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Mega Çengel Bulmaca 2023</t>
+          <t>Maxi Akıllı 2. Sınıf İngilizce</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>64.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>4440000002961</t>
+          <t>4440000004282</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Maxi Renklerin Dünyası Mandala 4-5 Yaş</t>
+          <t>Favori Çengel Bulmaca 2024</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>69.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>4440000002960</t>
+          <t>4440000004154</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Maxi Renklerin Büyüsü Mandala 6-7 Yaş</t>
+          <t>Maxi Boyama Zamanı 6-7 Yaş</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>69.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>4440000002933</t>
+          <t>4440000004042</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Mandala Büyükler İçin Boyama 2023 - 1</t>
+          <t>Maxi Renklerin Dünyası 4-5 Yaş</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>84.9</v>
+        <v>94.9</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>4440000002856</t>
+          <t>4440000004041</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Akıllı İngilizce</t>
+          <t>Maxi Mandala - Renklerin Büyüsü 6-7 Yaş</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>74.9</v>
+        <v>94.9</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>4440000002849</t>
+          <t>4440000003907</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Maxi Bulmaca 2023 - 1</t>
+          <t>Maxi Mandala - Çizgilerle Boyama Terapisi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>49.9</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>4440000002564</t>
+          <t>4440000003591</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Mega Çengel Bulmaca 2022 - 4</t>
+          <t>Maxi Sudoku Ağustos 2023</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>54.9</v>
+        <v>77.9</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>4440000002563</t>
+          <t>4440000003567</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Mega Bulmaca Sudoku 2022 - 4</t>
+          <t>Noktaları Birleştirme 2023</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>54.9</v>
+        <v>77.9</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>4440000002412</t>
+          <t>4440000003564</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Çizgilerle Boyama Terapisi</t>
+          <t>Maxi Karma Bulmaca 2023</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>67.9</v>
+        <v>77.9</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>4440000002310</t>
+          <t>4440000003420</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Gong Profesyonel Sudoku Sayı: 2022 - 4</t>
+          <t>Maxi Mandala 2023 - 2</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>42.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>4440000002309</t>
+          <t>4440000003338</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Gong Çengel Bulmaca Sayı: 2022 - 4</t>
+          <t>Maxi Mega Sudoku Bulmaca 02/2023</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>42.9</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>4440000002168</t>
+          <t>4440000003337</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Maxi Akıllı İngilizce Atölyesi 5-6 Yaş</t>
+          <t>Maxi Mega Çengel Bulmaca 02/2023</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>79.9</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>4440000002080</t>
+          <t>4440000003328</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Maxi Plus Çengel Bulmaca 2023</t>
+          <t>3. Sınıf Akıllı İngilizce</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>87.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>4440000001779</t>
+          <t>4440000003206</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Favori Çengel Bulmaca Sayı: 2022/3 Temmuz Ağustos Eylül</t>
+          <t>Maxi 3. Sınıf Akıllı Türkçe</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>44.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256138322</t>
+          <t>4440000003205</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Tombik ile Minik</t>
+          <t>Maxi 3. Sınıf Akıllı Matematik</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>225</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256138285</t>
+          <t>4440000003201</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Çengel Bulmaca 16</t>
+          <t>Maxi Çocuk Akıl Oyunları ve Sudoku 2023 - 2</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>255</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256138308</t>
+          <t>4440000003200</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Einstein Sudoku</t>
+          <t>Maxi Çocuk Noktaları Birleştirme</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>235</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256138292</t>
+          <t>4440000003198</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Freud Sudoku</t>
+          <t>Maxi Çengel Bulmaca 2023 - 2</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>235</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9772791771001</t>
+          <t>4440000003193</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Renklerin Büyüsü Mandala 1</t>
+          <t>Maxi Karma Bulmaca 2023</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>324.9</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9772791772008</t>
+          <t>4440000003192</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Renklerin Dünyası Mandala 1</t>
+          <t>Maxi Sudoku 2023 - 2</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>324.9</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256138247</t>
+          <t>9772717931083</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Mikroraptoru Kurtarmak</t>
+          <t>Mega Sudoku Bulmaca 8</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>325</v>
+        <v>124.9</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256138223</t>
+          <t>9772717931076</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Cebimdeki Dinozor</t>
+          <t>Mega Sudoku Bulmaca 7</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>215</v>
+        <v>124.9</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256138209</t>
+          <t>4440000002848</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Beano Dennıs&amp;Gnasher Okulu Kurtarma Görevi</t>
+          <t>Maxi Kare Karalamaca 21</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>245</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256138216</t>
+          <t>4440000002847</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Postacı Penguen Paytak</t>
+          <t>Maxi Sudoku Bulmaca 21</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>215</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256138193</t>
+          <t>4440000002846</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Karışık Bulmaca 15</t>
+          <t>Maxi Çengel Bulmaca 21</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>255</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256138186</t>
+          <t>4440000002845</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Sudoku 15</t>
+          <t>Maxi Kare Bulmaca 21</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>255</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256138179</t>
+          <t>4440000002844</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Çengel Bulmaca 15</t>
+          <t>Maxi Karma Bulmaca 21</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>255</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256138155</t>
+          <t>4440000002799</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Sudoku 14</t>
+          <t>Favori Çengel Bulmaca 2023</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>255</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256138162</t>
+          <t>9772822530003</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Karışık Bulmaca 14</t>
+          <t>1. Sınıf Akıllı Türkçe Atölyesi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>255</v>
+        <v>74.9</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256138131</t>
+          <t>9772822532007</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Kare Karalamaca 5</t>
+          <t>1. Sınıf Matematik Atölyesi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>255</v>
+        <v>74.9</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256138124</t>
+          <t>9772717868839</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Kare Bulmaca 5</t>
+          <t>Maxi Karma Bulmaca 10’Lu Set</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>255</v>
+        <v>1019.9</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256138148</t>
+          <t>9772602367836</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Çengel Bulmaca 14</t>
+          <t>Maxi Kare Karalamaca 10’Lu Set</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>255</v>
+        <v>1019.9</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9772667759522</t>
+          <t>9772687459860</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Maxi Çocuk Akıl Oyunları 8</t>
+          <t>Maxi Cilt 5’Li Set</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>299.9</v>
+        <v>1079.9</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9772667759089</t>
+          <t>9772636877110</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Maxi Çocuk Sudoku 8</t>
+          <t>Maxi Çengel Bulmaca 11</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>299.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9772667759003</t>
+          <t>9772636877103</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Maxi Çocuk Sudoku 7</t>
+          <t>Maxi Çengel Bulmaca 10</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>299.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9772667759010</t>
+          <t>9772636877097</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Maxi Çocuk Sudoku 1</t>
+          <t>Maxi Çengel Bulmaca 9</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>299.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9772667759935</t>
+          <t>9772602367102</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Maxi Çocuk Akıl Oyunları 3'lü Set</t>
+          <t>Maxi Kare Karalamaca 10</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>419.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9772667759911</t>
+          <t>9772602367096</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Maxi Çocuk Sudoku 3'lü Set</t>
+          <t>Maxi Kare Karalamaca 9</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>419.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9772667759515</t>
+          <t>9772602367119</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Maxi Çocuk Akıl Oyunları 7</t>
+          <t>Maxi Kare Karalamaca 11</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>299.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9772667759508</t>
+          <t>9772602367669</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Maxi Çocuk Akıl Oyunları 6</t>
+          <t>Maxi Sayı ve Mantık Oyunları 6</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>299.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9772667759492</t>
+          <t>9772602367652</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Maxi Çocuk Akıl Oyunları 5</t>
+          <t>Maxi Sayı ve Mantık Oyunları 5</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>299.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9772667759485</t>
+          <t>9772602367676</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Maxi Çocuk Akıl Oyunları 4</t>
+          <t>Maxi Sayı ve Mantık Oyunları 7</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>299.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9772667759478</t>
+          <t>9772791768049</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Maxi Çocuk Akıl Oyunları 3</t>
+          <t>Plus Çengel Bulmaca 4</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>299.9</v>
+        <v>174.9</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9772667759461</t>
+          <t>9772791768032</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Maxi Çocuk Akıl Oyunları 2</t>
+          <t>Plus Çengel Bulmaca 3</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>299.9</v>
+        <v>174.9</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9772667759454</t>
+          <t>9772687460118</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Maxi Çocuk Akıl Oyunları 1</t>
+          <t>Gong Çengel Bulmaca 11</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>299.9</v>
+        <v>121.9</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9772667759065</t>
+          <t>9772687460101</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Maxi Çocuk Sudoku 6</t>
+          <t>Gong Çengel Bulmaca 10</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>299.9</v>
+        <v>121.9</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9772667759041</t>
+          <t>9772687460095</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Maxi Çocuk Sudoku 4</t>
+          <t>Gong Çengel Bulmaca 9</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>299.9</v>
+        <v>121.9</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9772667759034</t>
+          <t>9772717868112</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Maxi Çocuk Sudoku 3</t>
+          <t>Maxi Karma Bulmaca 11</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>299.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9772667759027</t>
+          <t>9772717868105</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Maxi Çocuk Sudoku 2</t>
+          <t>Maxi Karma Bulmaca 10</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>299.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9772667759058</t>
+          <t>9772717868099</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Maxi Çocuk Sudoku 5</t>
+          <t>Maxi Karma Bulmaca 9</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>299.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9772791771131</t>
+          <t>9772717779111</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Renklerin Büyüsü 7</t>
+          <t>Maxi Kare Bulmaca 11</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>324.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256138100</t>
+          <t>9772717779104</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Sudoku 13</t>
+          <t>Maxi Kare Bulmaca 10</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>255</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256138117</t>
+          <t>9772717779098</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Karışık Bulmaca 13</t>
+          <t>Maxi Kare Bulmaca 9</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>255</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256138094</t>
+          <t>9772717759090</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Çengel Bulmaca 13</t>
+          <t>Mega Çengel Bulmaca 9</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>255</v>
+        <v>124.9</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256138063</t>
+          <t>9772717759083</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Çengel Bulmaca 12</t>
+          <t>Mega Çengel Bulmaca 8</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>255</v>
+        <v>124.9</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256138087</t>
+          <t>9772667788119</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Sudoku 12</t>
+          <t>Maxi Bulmaca Sudoku 11</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>255</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256138070</t>
+          <t>9772667788102</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Karışık Bulmaca 12</t>
+          <t>Maxi Bulmaca Sudoku 10</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>255</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256138032</t>
+          <t>9772667788096</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Sudoku 11</t>
+          <t>Maxi Bulmaca Sudoku 9</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>255</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256138025</t>
+          <t>9772717779838</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Karışık Bulmaca 11</t>
+          <t>Maxi Kare 10’Lu Set</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>255</v>
+        <v>1019.9</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256138056</t>
+          <t>9772667788836</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Kare Karalamaca 4</t>
+          <t>Maxi Sudoku 10’Lu Set</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>255</v>
+        <v>1019.9</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256138049</t>
+          <t>9772636877882</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Kare Bulmaca 4</t>
+          <t>Maxi Çengel 10’Lu Set</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>255</v>
+        <v>1019.9</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256138018</t>
+          <t>9772717779821</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Çengel Bulmaca 11</t>
+          <t>Maxi Kare 5’Li Set 2</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>255</v>
+        <v>539.9</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786259847887</t>
+          <t>9772667788829</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Sudoku Bulmaca Seti - 5 Kitap</t>
+          <t>Maxi Sudoku 5’Li Set 2</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>1175</v>
+        <v>539.9</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786259847870</t>
+          <t>9772636877875</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Karışık Bulmaca Seti - 5 Kitap</t>
+          <t>Maxi Çengel 5’Li Set 2</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>1175</v>
+        <v>539.9</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786259847863</t>
+          <t>9772602367843</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Çengel Bulmaca Seti - 5 Kitap</t>
+          <t>Sayı ve Mantık Oyunları 5’Li Set</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>1175</v>
+        <v>539.9</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256138001</t>
+          <t>9772717868822</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Sudoku 10</t>
+          <t>Maxi Karma Bulmaca 5’Li Set 2</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>255</v>
+        <v>539.9</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786259479590</t>
+          <t>9772602367829</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Karışık Bulmaca 10</t>
+          <t>Maxi Kare Karalamaca 5’Li Set 2</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>255</v>
+        <v>539.9</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786259479583</t>
+          <t>9772687458115</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Çengel Bulmaca 10</t>
+          <t>Gong Profesyonel Sudoku 11</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>255</v>
+        <v>121.9</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>4444444443044</t>
+          <t>9772687458108</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Maxi Spor Stephen Curry 2024-03</t>
+          <t>Gong Profesyonel Sudoku 10</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>224.9</v>
+        <v>121.9</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786259479569</t>
+          <t>9772687458092</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Karışık Bulmaca 9</t>
+          <t>Gong Profesyonel Sudoku 9</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>255</v>
+        <v>121.9</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786259479576</t>
+          <t>9772687458832</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Sudoku 9</t>
+          <t>Gong Sudoku 10’Lu Set</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>255</v>
+        <v>1034.9</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786259479552</t>
+          <t>9772687460835</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Çengel Bulmaca 9</t>
+          <t>Gong Çengel 10’Lu Set</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>255</v>
+        <v>1034.9</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9772791770127</t>
+          <t>9772717968812</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Maxi Boyama Saati 6</t>
+          <t>Favori Çengel 5’Li Set</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>344.9</v>
+        <v>559.9</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9772791770103</t>
+          <t>9772687458825</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Maxi Boyama Saati 4</t>
+          <t>Gong Sudoku 5’Li Set 2</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>344.9</v>
+        <v>549.9</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9772791769107</t>
+          <t>9772687460828</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Maxi Boyama Zamanı 4</t>
+          <t>Gong Çengel 5’Li Set 2</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>344.9</v>
+        <v>549.9</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9772791770004</t>
+          <t>9772717968089</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Maxi Boyama Saati 1</t>
+          <t>Favori Çengel Bulmaca 8</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>344.9</v>
+        <v>124.9</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786259479521</t>
+          <t>9772717968072</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Sudoku 8</t>
+          <t>Favori Çengel Bulmaca 7</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>255</v>
+        <v>124.9</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786259479514</t>
+          <t>9772717968065</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Karışık Bulmaca 8</t>
+          <t>Favori Çengel Bulmaca 6</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>255</v>
+        <v>124.9</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786259479538</t>
+          <t>4440000002459</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Kare Karalamaca 3</t>
+          <t>Maxi Çengel Bulmaca 20</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>255</v>
+        <v>42.9</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786259479545</t>
+          <t>4440000002458</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Kare Bulmaca 3</t>
+          <t>Maxi Sudoku Bulmaca 20</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>255</v>
+        <v>42.9</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786259479507</t>
+          <t>4440000002457</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Çengel Bulmaca 8</t>
+          <t>Maxi Renklerin Büyüsü- Çocuklar İçin Boyama 4</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>255</v>
+        <v>57.9</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786259847818</t>
+          <t>4440000002456</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Sudoku - 6</t>
+          <t>Maxi Renklerin Dünyası- Çocuklar İçin Boyama 4</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>255</v>
+        <v>57.9</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786259847801</t>
+          <t>4440000001914</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Çengel Bulmaca - 6</t>
+          <t>Maxi Kare Bulmaca 2022/3 Ağustos Eylül Ekim</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>255</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786259847825</t>
+          <t>4440000001921</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Karışık Bulmaca 6</t>
+          <t>Maxi Sayı ve Mantık Oyunları Ağustos - Eylül - Ekim 2022</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>255</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786259847849</t>
+          <t>4440000001908</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Sudoku 7</t>
+          <t>Gong Çengel Bulmaca Sayı: 2022/3 Temmuz Ağustos Eylül</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>255</v>
+        <v>42.9</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786259847856</t>
+          <t>4440000001905</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Karışık Bulmaca 7</t>
+          <t>Maxi Boyama Saati 2022/2 Mayıs Haziran Temmuz Ağustos</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>255</v>
+        <v>62.9</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786259847832</t>
+          <t>4440000001902</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Çengel Bulmaca 7</t>
+          <t>Renklerin Dünyası Mandala Sayı: 2022/2 Temmuz Ağustos Eylül Ekim</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>255</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057305480</t>
+          <t>4440000001899</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Sudoku 5</t>
+          <t>Renklerin Büyüsü Sayı: 2022/2 Temmuz Ağustos Eylül Ekim</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>255</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057305497</t>
+          <t>4440000001897</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Karışık Bulmaca 5</t>
+          <t>Maxi Çocuk Akıl Oyunları Sayı: 2022/2 Mayıs Haziran Temmuz Ağustos</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>255</v>
+        <v>64.9</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057305473</t>
+          <t>4440000001895</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Çengel Bulmaca 5</t>
+          <t>Maxi Karma Bulmaca Sayı: 2022/3 Ağustos Eylül Ekim</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>255</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9772791772121</t>
+          <t>9772791768001</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Renklerin Dünyası 6</t>
+          <t>Maxi Plus Çengel Bulmaca 1</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>324.9</v>
+        <v>174.9</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9772791772114</t>
+          <t>4440000001909</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Renklerin Dünyası 5</t>
+          <t>Maxi Favori Çengel Bulmaca 5</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>324.9</v>
+        <v>124.9</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9772791772138</t>
+          <t>4440000001912</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Renklerin Dünyası 7</t>
+          <t>Maxi Kare Bulmaca 8</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>324.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9772717780124</t>
+          <t>9772667788003</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Desenlerle Boyama Terapisi 10</t>
+          <t>Maxi Bulmaca Sudoku 8</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>409.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9772717780117</t>
+          <t>9772636877011</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Desenlerle Boyama Terapisi 9</t>
+          <t>Maxi Çengel Bulmaca 1</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>409.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9772717780100</t>
+          <t>9772602367089</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Desenlerle Boyama Terapisi 8</t>
+          <t>Maxi Kare Karalamaca 8</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>409.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9772717780223</t>
+          <t>9772791768025</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Çizgilerle Boyama Terapisi 10</t>
+          <t>Maxi Plus Çengel Bulmaca 2</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>409.9</v>
+        <v>174.9</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9772717780216</t>
+          <t>9772667759942</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Çizgilerle Boyama Terapisi 9</t>
+          <t>Maxi Çocuk Akıl Oyunları 5'li Set</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>409.9</v>
+        <v>629.9</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9772717780209</t>
+          <t>9772667759928</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Çizgilerle Boyama Terapisi 8</t>
+          <t>Maxi Çocuk Sudoku 5'li Set</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>409.9</v>
+        <v>629.9</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057400277</t>
+          <t>9772687459853</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Kare Karalamaca 2</t>
+          <t>Maxi Cilt Set</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>255</v>
+        <v>454.9</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057305466</t>
+          <t>9772717759854</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Çengel Bulmaca 4</t>
+          <t>Maxi Mega Çengel 5'li Set</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>255</v>
+        <v>559.9</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057305435</t>
+          <t>9772687458818</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Sudoku 4</t>
+          <t>Maxi Gong Sudoku 5'li Set</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>255</v>
+        <v>549.9</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057305459</t>
+          <t>9772636877868</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Karışık Bulmaca 4</t>
+          <t>Maxi Bulmaca 5'li Set 05</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>255</v>
+        <v>539.9</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057305442</t>
+          <t>9772636877851</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Karışık Bulmaca 3</t>
+          <t>Maxi Bulmaca 5'li Set 04</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>255</v>
+        <v>539.9</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057400239</t>
+          <t>9772636877844</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Sudoku 3</t>
+          <t>Maxi Bulmaca 5'li Set 03</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>255</v>
+        <v>539.9</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057400222</t>
+          <t>9772636877837</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Sudoku 2</t>
+          <t>Maxi Bulmaca 5'li Set 02</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>255</v>
+        <v>539.9</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057400215</t>
+          <t>9772636877820</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Sudoku 1</t>
+          <t>Maxi Bulmaca 5'li Set 01</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>255</v>
+        <v>539.9</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057400253</t>
+          <t>9772717868815</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Karışık Bulmaca 2</t>
+          <t>Maxi Karma Bulmaca 5'li Set</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>255</v>
+        <v>539.9</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057400260</t>
+          <t>9772602367812</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Karışık Bulmaca 1</t>
+          <t>Maxi Kare Karalamaca 5'li Set</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>255</v>
+        <v>539.9</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057400284</t>
+          <t>9772717779814</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Kare Karalamaca 1</t>
+          <t>Maxi Kare 5'li Set</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>255</v>
+        <v>539.9</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057400291</t>
+          <t>9772667788812</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Kare Bulmaca 2</t>
+          <t>Maxi Sudoku 5'li Set</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>255</v>
+        <v>539.9</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057305404</t>
+          <t>9772636877028</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Kare Bulmaca 1</t>
+          <t>Maxi Çengel Bulmaca 2</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>255</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057305411</t>
+          <t>9772636877035</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Çengel Bulmaca 3</t>
+          <t>Maxi Çengel Bulmaca 3</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>255</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057305428</t>
+          <t>9772636877042</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Çengel Bulmaca 2</t>
+          <t>Maxi Çengel Bulmaca 4</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>255</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057400246</t>
+          <t>9772636877066</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Çengel Bulmaca 1</t>
+          <t>Maxi Çengel Bulmaca 6</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>255</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>4440000003230</t>
+          <t>9772636877073</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Maxi Boyama Zamanı 6</t>
+          <t>Maxi Çengel Bulmaca 7</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>344.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9772791771032</t>
+          <t>9772667788027</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Renklerin Büyüsü 3</t>
+          <t>Maxi Bulmaca Sudoku 2</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>324.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9772791772039</t>
+          <t>9772667788034</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Renklerin Dünyası 3</t>
+          <t>Maxi Bulmaca Sudoku 3</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>324.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9772791772022</t>
+          <t>9772667788058</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Renklerin Dünyası 2</t>
+          <t>Maxi Bulmaca Sudoku 5</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>324.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9772717780070</t>
+          <t>9772667788065</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Çizgilerle Boyama Terapisi 7</t>
+          <t>Maxi Bulmaca Sudoku 6</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>409.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9772791771025</t>
+          <t>9772667788072</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Renklerin Büyüsü 2</t>
+          <t>Maxi Bulmaca Sudoku 7</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>324.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9772791770035</t>
+          <t>9772717779012</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Maxi Boyama Saati 3</t>
+          <t>Maxi Kare Bulmaca 1</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>344.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9772791769039</t>
+          <t>9772717779036</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Maxi Boyama Zamanı 3</t>
+          <t>Maxi Kare Bulmaca 3</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>344.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9772717780063</t>
+          <t>9772717779043</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Çizgilerle Boyama Terapisi 6</t>
+          <t>Maxi Kare Bulmaca 4</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>409.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9772717780513</t>
+          <t>9772717779050</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Desenlerle Boyama Terapisi 7</t>
+          <t>Maxi Kare Bulmaca 5</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>409.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9772717780506</t>
+          <t>9772717779067</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Desenlerle Boyama Terapisi 6</t>
+          <t>Maxi Kare Bulmaca 6</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>409.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9772717780704</t>
+          <t>9772717779074</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Çizgilerle Boyama Terapisi 5</t>
+          <t>Maxi Kare Bulmaca 7</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>409.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9772791770028</t>
+          <t>9772717868020</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Maxi Boyama Saati 2</t>
+          <t>Maxi Karma Bulmaca 2</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>344.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9772791769008</t>
+          <t>9772717868037</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Maxi Boyama Zamanı 1</t>
+          <t>Maxi Karma Bulmaca 3</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>344.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9772717780926</t>
+          <t>9772717868044</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala 10'lu Set - 10 Kitap</t>
+          <t>Maxi Karma Bulmaca 4</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>1739.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9772717780919</t>
+          <t>9772717868051</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Çizgilerle Boyama Terapisi 5'li Set</t>
+          <t>Maxi Karma Bulmaca 5</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>1109.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9772717780902</t>
+          <t>9772717868075</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Desenlerle Boyama Terapisi 5'li Set</t>
+          <t>Maxi Karma Bulmaca 7</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>1109.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9772717780049</t>
+          <t>9772602367010</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Çizgilerle Boyama Terapisi 4</t>
+          <t>Maxi Kare Karalamaca 1</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>409.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9772717780032</t>
+          <t>9772602367027</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Çizgilerle Boyama Terapisi 3</t>
+          <t>Maxi Kare Karalamaca 2</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>409.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9772717780025</t>
+          <t>9772602367034</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Çizgilerle Boyama Terapisi 2</t>
+          <t>Maxi Kare Karalamaca 3</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>409.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9772717780469</t>
+          <t>9772602367041</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Desenlerle Boyama Terapisi 2</t>
+          <t>Maxi Kare Karalamaca 4</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>409.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9772717780476</t>
+          <t>9772602367058</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Desenlerle Boyama Terapisi 3</t>
+          <t>Maxi Kare Karalamaca 5</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>409.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9772717780483</t>
+          <t>9772602367065</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Desenlerle Boyama Terapisi 4</t>
+          <t>Maxi Kare Karalamaca 6</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>409.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9772717780490</t>
+          <t>9772602367072</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Desenlerle Boyama Terapisi 5</t>
+          <t>Maxi Kare Karalamaca 7</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>409.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9772717780018</t>
+          <t>9772602367614</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Maxi Mandala Çizgilerle Boyama Terapisi 1</t>
+          <t>Maxi Sayı ve Mantık Oyunları 1</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>409.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
+          <t>9772602367621</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Sayı ve Mantık Oyunları 2</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>119.9</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9772602367638</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Sayı ve Mantık Oyunları 3</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>119.9</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9772602367645</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Sayı ve Mantık Oyunları 4</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>119.9</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9772687460019</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Gong Çengel Bulmaca 1</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>121.9</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9772687460026</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Gong Çengel Bulmaca 2</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>121.9</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9772687460033</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Gong Çengel Bulmaca 3</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>121.9</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9772687460040</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Gong Çengel Bulmaca 4</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>121.9</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9772687460057</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Gong Çengel Bulmaca 5</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>121.9</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9772687460064</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Gong Çengel Bulmaca 6</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>121.9</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9772687460071</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Gong Çengel Bulmaca 7</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>121.9</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9772687458016</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Gong Profesyonel Sudoku 1</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>121.9</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9772687458023</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Gong Profesyonel Sudoku 2</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>121.9</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9772687458030</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Gong Profesyonel Sudoku 3</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>121.9</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9772687458061</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Gong Profesyonel Sudoku 6</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>121.9</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9772687458078</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Gong Profesyonel Sudoku 7</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>121.9</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9772687458009</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Gong Profesyonel Sudoku 8</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>121.9</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9772717759014</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mega Çengel Bulmaca 1</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>124.9</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9772717759021</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mega Çengel Bulmaca 2</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>124.9</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9772717759038</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mega Çengel Bulmaca 3</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>124.9</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9772717759045</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mega Çengel Bulmaca 4</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>124.9</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9772717759052</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mega Çengel Bulmaca 5</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>124.9</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9772717759069</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mega Çengel Bulmaca 6</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>124.9</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9772717931014</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mega Sudoku Bulmaca 1</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>124.9</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9772717931021</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mega Sudoku Bulmaca 2</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>124.9</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9772717931038</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mega Sudoku Bulmaca 3</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>124.9</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9772717931045</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mega Sudoku Bulmaca 4</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>124.9</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9772717931052</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mega Sudoku Bulmaca 5</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>124.9</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9772717931007</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mega Sudoku Bulmaca 6</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>124.9</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9772717968010</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Favori Çengel Bulmaca 1</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>124.9</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9772717968027</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Favori Çengel Bulmaca 2</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>124.9</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9772717968034</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Favori Çengel Bulmaca 3</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>124.9</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9772717968041</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Favori Çengel Bulmaca 4</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>124.9</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9772687459013</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Cilt 1</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>254.9</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9772687459020</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Cilt 2</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>254.9</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9772687459037</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Cilt 3</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>254.9</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9772687459044</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Cilt 4</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>254.9</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9772687459051</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Cilt 5</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>254.9</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9772687459068</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Cilt 6</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>254.9</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9772687459808</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Cilt 7</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>254.9</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9772717780452</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mandala Desenlerle Boyama Terapisi 1</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>409.9</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>4440000001906</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Gong Çengel Bulmaca 8</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>121.9</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9772687458054</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Gong Profesyonel Sudoku 5</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>121.9</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9772717759908</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mega Çengel Bulmaca 7</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>124.9</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>4440000001894</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Karma Bulmaca 8</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>119.9</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9772667788041</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Bulmaca Sudoku 4</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>119.9</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9772667788010</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Bulmaca Sudoku 1</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>119.9</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9772636877004</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Çengel Bulmaca 8</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>119.9</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9772717868013</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Karma Bulmaca 1</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>119.9</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9772717779029</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Kare Bulmaca 2</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>119.9</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9772687458047</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Gong Profesyonel Sudoku 4</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>121.9</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9772717868068</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Karma Bulmaca 6</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>119.9</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9772636877059</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Çengel Bulmaca 5</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>119.9</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9772636877813</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>5'li Çengel Bulmaca</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>539.9</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9772687460811</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Gong Çengel Bulmaca Ocak - Şubat - Mart 2021 (5'li Set)</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>549.9</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9786256138742</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Karışık Bulmaca 17</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9786256138766</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Freud Sudoku 6</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9786256138407</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Ben Bir Arabayım</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9786256138759</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen İngilizce Öğreten Çengel Bulmaca Başlangıç Seviyesi</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9786256138605</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Düzenli Berk'in Büyük Karmaşası</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9786256138773</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Da Vinci Uzman Sudoku 1</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9786256138278</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Ben Bir Kepçeyim</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9786256138315</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Kaçan Battaniye</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9786256138551</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Süper Tavşan Simon Çarpım Tablosu</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9786256138711</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Karışık Bulmaca 16</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9786256138704</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Çengel Bulmaca 21</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9786256138728</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Einstein Sudoku 6</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9786256138414</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Ben Bir Dinozorum</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9786256138698</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Süper Tavşan Simon Makarna Yemek İstiyorum!</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9786256138674</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Porsuk Beyefendi Sınıfı Asla Dağıtmaz!</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9786256138445</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Çengel Bulmaca 20</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9786256138667</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Büyük ve Küçük Evrenimiz: Carl Sagan Hakkında Bir Hikaye</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9786256138568</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>Süper Tavşan Simon Tatlı Bebek</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9786256138520</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Tavşancık ve Çay Keyfi</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9786256138681</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Tuhaf Üçüzler</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>9786256138582</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Süper Tavşan Simon: Bunu İstiyorum!</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9786256138438</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Çengel Bulmaca 19</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9786256138230</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Evim</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>2850</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9786256138537</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Alpaka Okulu-na Dönüyor</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9786256138575</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Süper Tavşan Simon: Okula Gitmek İstemiyorum!</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9786256138513</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>Beano Dennıs ve Gnasher İğrenç Kar Canavarı</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9786256138421</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Çengel Bulmaca 18</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>9786256138391</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>Ressam Kedi İş Başında</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9786256138384</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>Bunu Yapabilirim</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9786256138490</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Freud Sudoku 5</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9786256138506</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Freud Sudoku 4</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9786256138476</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Einstein Sudoku 5</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9786256138469</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Einstein Sudoku 4</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>9786256138377</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>Sayılarla Mandala</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>9786256138360</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Çiçeklerle Mandala</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9786256138483</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>Freud Sudoku 3</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9786256138339</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>Freud Sudoku 2</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9786256138452</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Einstein Sudoku 3</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9786256138346</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Einstein Sudoku 2</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9786256138353</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Çengel Bulmaca 17</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>4440000004533</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Renklerin Dünyası 4-5 Yaş</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>224.9</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>4440000004330</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Karma Bulmaca 2024</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>94.9</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>4440000003565</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Kare Karalamaca 2023</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>77.9</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>4440000003472</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Renklerin Dünyası Mandala 6-7 Yaş 2023</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>82.9</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>4440000003468</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Renklerin Dünyası Mandala 4-5 Yaş</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>82.9</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>4440000003197</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Kare Bulmaca 2023 - 2</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>59.9</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>4440000003194</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>Kare Karalamaca 2023</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>59.9</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>4440000003190</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>Kare Karalamaca 2023 - 2</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>55.9</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>4440000003160</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>Favori Çengel 2023</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>64.9</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>4440000003083</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>Gong Sudoku Farklı Bulmacalar</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>79.9</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>4440000002962</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>Mega Çengel Bulmaca 2023</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>64.9</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>4440000002961</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Renklerin Dünyası Mandala 4-5 Yaş</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>69.9</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>4440000002960</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Renklerin Büyüsü Mandala 6-7 Yaş</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>69.9</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>4440000002933</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Mandala Büyükler İçin Boyama 2023 - 1</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>84.9</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>4440000002856</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>2. Sınıf Akıllı İngilizce</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>74.9</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>4440000002849</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Bulmaca 2023 - 1</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>49.9</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>4440000002564</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>Mega Çengel Bulmaca 2022 - 4</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>54.9</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>4440000002563</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>Mega Bulmaca Sudoku 2022 - 4</t>
+        </is>
+      </c>
+      <c r="C290" s="1">
+        <v>54.9</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>4440000002412</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mandala Çizgilerle Boyama Terapisi</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>67.9</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>4440000002310</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Gong Profesyonel Sudoku Sayı: 2022 - 4</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>42.9</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>4440000002309</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Gong Çengel Bulmaca Sayı: 2022 - 4</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>42.9</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>4440000002168</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Akıllı İngilizce Atölyesi 5-6 Yaş</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>79.9</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>4440000002080</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Plus Çengel Bulmaca 2023</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>87.9</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>4440000001779</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Favori Çengel Bulmaca Sayı: 2022/3 Temmuz Ağustos Eylül</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>44.9</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9786256138322</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Tombik ile Minik</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9786256138285</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Çengel Bulmaca 16</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9786256138308</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Einstein Sudoku</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9786256138292</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Freud Sudoku</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9772791771001</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mandala Renklerin Büyüsü Mandala 1</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>324.9</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9772791772008</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mandala Renklerin Dünyası Mandala 1</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>324.9</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9786256138247</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>Görevimiz Mikroraptoru Kurtarmak</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9786256138223</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Cebimdeki Dinozor</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9786256138209</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Beano Dennıs&amp;Gnasher Okulu Kurtarma Görevi</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9786256138216</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Postacı Penguen Paytak</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9786256138193</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Karışık Bulmaca 15</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9786256138186</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Sudoku 15</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9786256138179</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Çengel Bulmaca 15</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9786256138155</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Sudoku 14</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9786256138162</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Karışık Bulmaca 14</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9786256138131</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Kare Karalamaca 5</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9786256138124</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Kare Bulmaca 5</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9786256138148</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Çengel Bulmaca 14</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9772667759522</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Çocuk Akıl Oyunları 8</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>299.9</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9772667759089</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Çocuk Sudoku 8</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>299.9</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9772667759003</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Çocuk Sudoku 7</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>299.9</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9772667759010</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Çocuk Sudoku 1</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>299.9</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9772667759935</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Çocuk Akıl Oyunları 3'lü Set</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>419.9</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9772667759911</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Çocuk Sudoku 3'lü Set</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>419.9</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>9772667759515</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Çocuk Akıl Oyunları 7</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>299.9</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>9772667759508</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Çocuk Akıl Oyunları 6</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>299.9</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9772667759492</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Çocuk Akıl Oyunları 5</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>299.9</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>9772667759485</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Çocuk Akıl Oyunları 4</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>299.9</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>9772667759478</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Çocuk Akıl Oyunları 3</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>299.9</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9772667759461</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Çocuk Akıl Oyunları 2</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>299.9</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>9772667759454</t>
+        </is>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Çocuk Akıl Oyunları 1</t>
+        </is>
+      </c>
+      <c r="C327" s="1">
+        <v>299.9</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>9772667759065</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Çocuk Sudoku 6</t>
+        </is>
+      </c>
+      <c r="C328" s="1">
+        <v>299.9</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>9772667759041</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Çocuk Sudoku 4</t>
+        </is>
+      </c>
+      <c r="C329" s="1">
+        <v>299.9</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>9772667759034</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Çocuk Sudoku 3</t>
+        </is>
+      </c>
+      <c r="C330" s="1">
+        <v>299.9</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>9772667759027</t>
+        </is>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Çocuk Sudoku 2</t>
+        </is>
+      </c>
+      <c r="C331" s="1">
+        <v>299.9</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>9772667759058</t>
+        </is>
+      </c>
+      <c r="B332" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Çocuk Sudoku 5</t>
+        </is>
+      </c>
+      <c r="C332" s="1">
+        <v>299.9</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>9772791771131</t>
+        </is>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mandala Renklerin Büyüsü 7</t>
+        </is>
+      </c>
+      <c r="C333" s="1">
+        <v>324.9</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>9786256138100</t>
+        </is>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Sudoku 13</t>
+        </is>
+      </c>
+      <c r="C334" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>9786256138117</t>
+        </is>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Karışık Bulmaca 13</t>
+        </is>
+      </c>
+      <c r="C335" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>9786256138094</t>
+        </is>
+      </c>
+      <c r="B336" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Çengel Bulmaca 13</t>
+        </is>
+      </c>
+      <c r="C336" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>9786256138063</t>
+        </is>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Çengel Bulmaca 12</t>
+        </is>
+      </c>
+      <c r="C337" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>9786256138087</t>
+        </is>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Sudoku 12</t>
+        </is>
+      </c>
+      <c r="C338" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>9786256138070</t>
+        </is>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Karışık Bulmaca 12</t>
+        </is>
+      </c>
+      <c r="C339" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>9786256138032</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Sudoku 11</t>
+        </is>
+      </c>
+      <c r="C340" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>9786256138025</t>
+        </is>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Karışık Bulmaca 11</t>
+        </is>
+      </c>
+      <c r="C341" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>9786256138056</t>
+        </is>
+      </c>
+      <c r="B342" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Kare Karalamaca 4</t>
+        </is>
+      </c>
+      <c r="C342" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>9786256138049</t>
+        </is>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Kare Bulmaca 4</t>
+        </is>
+      </c>
+      <c r="C343" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
+          <t>9786256138018</t>
+        </is>
+      </c>
+      <c r="B344" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Çengel Bulmaca 11</t>
+        </is>
+      </c>
+      <c r="C344" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>9786259847887</t>
+        </is>
+      </c>
+      <c r="B345" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Sudoku Bulmaca Seti - 5 Kitap</t>
+        </is>
+      </c>
+      <c r="C345" s="1">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>9786259847870</t>
+        </is>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Karışık Bulmaca Seti - 5 Kitap</t>
+        </is>
+      </c>
+      <c r="C346" s="1">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
+          <t>9786259847863</t>
+        </is>
+      </c>
+      <c r="B347" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Çengel Bulmaca Seti - 5 Kitap</t>
+        </is>
+      </c>
+      <c r="C347" s="1">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>9786256138001</t>
+        </is>
+      </c>
+      <c r="B348" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Sudoku 10</t>
+        </is>
+      </c>
+      <c r="C348" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>9786259479590</t>
+        </is>
+      </c>
+      <c r="B349" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Karışık Bulmaca 10</t>
+        </is>
+      </c>
+      <c r="C349" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>9786259479583</t>
+        </is>
+      </c>
+      <c r="B350" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Çengel Bulmaca 10</t>
+        </is>
+      </c>
+      <c r="C350" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>4444444443044</t>
+        </is>
+      </c>
+      <c r="B351" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Spor Stephen Curry 2024-03</t>
+        </is>
+      </c>
+      <c r="C351" s="1">
+        <v>224.9</v>
+      </c>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>9786259479569</t>
+        </is>
+      </c>
+      <c r="B352" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Karışık Bulmaca 9</t>
+        </is>
+      </c>
+      <c r="C352" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
+          <t>9786259479576</t>
+        </is>
+      </c>
+      <c r="B353" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Sudoku 9</t>
+        </is>
+      </c>
+      <c r="C353" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="354" spans="1:3">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
+          <t>9786259479552</t>
+        </is>
+      </c>
+      <c r="B354" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Çengel Bulmaca 9</t>
+        </is>
+      </c>
+      <c r="C354" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="355" spans="1:3">
+      <c r="A355" s="1" t="inlineStr">
+        <is>
+          <t>9772791770127</t>
+        </is>
+      </c>
+      <c r="B355" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Boyama Saati 6</t>
+        </is>
+      </c>
+      <c r="C355" s="1">
+        <v>344.9</v>
+      </c>
+    </row>
+    <row r="356" spans="1:3">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>9772791770103</t>
+        </is>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Boyama Saati 4</t>
+        </is>
+      </c>
+      <c r="C356" s="1">
+        <v>344.9</v>
+      </c>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>9772791769107</t>
+        </is>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Boyama Zamanı 4</t>
+        </is>
+      </c>
+      <c r="C357" s="1">
+        <v>344.9</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>9772791770004</t>
+        </is>
+      </c>
+      <c r="B358" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Boyama Saati 1</t>
+        </is>
+      </c>
+      <c r="C358" s="1">
+        <v>344.9</v>
+      </c>
+    </row>
+    <row r="359" spans="1:3">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>9786259479521</t>
+        </is>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Sudoku 8</t>
+        </is>
+      </c>
+      <c r="C359" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="360" spans="1:3">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
+          <t>9786259479514</t>
+        </is>
+      </c>
+      <c r="B360" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Karışık Bulmaca 8</t>
+        </is>
+      </c>
+      <c r="C360" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="361" spans="1:3">
+      <c r="A361" s="1" t="inlineStr">
+        <is>
+          <t>9786259479538</t>
+        </is>
+      </c>
+      <c r="B361" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Kare Karalamaca 3</t>
+        </is>
+      </c>
+      <c r="C361" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="362" spans="1:3">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
+          <t>9786259479545</t>
+        </is>
+      </c>
+      <c r="B362" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Kare Bulmaca 3</t>
+        </is>
+      </c>
+      <c r="C362" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="363" spans="1:3">
+      <c r="A363" s="1" t="inlineStr">
+        <is>
+          <t>9786259479507</t>
+        </is>
+      </c>
+      <c r="B363" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Çengel Bulmaca 8</t>
+        </is>
+      </c>
+      <c r="C363" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="364" spans="1:3">
+      <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t>9786259847818</t>
+        </is>
+      </c>
+      <c r="B364" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Sudoku - 6</t>
+        </is>
+      </c>
+      <c r="C364" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="365" spans="1:3">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t>9786259847801</t>
+        </is>
+      </c>
+      <c r="B365" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Çengel Bulmaca - 6</t>
+        </is>
+      </c>
+      <c r="C365" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="366" spans="1:3">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t>9786259847825</t>
+        </is>
+      </c>
+      <c r="B366" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Karışık Bulmaca 6</t>
+        </is>
+      </c>
+      <c r="C366" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="367" spans="1:3">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t>9786259847849</t>
+        </is>
+      </c>
+      <c r="B367" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Sudoku 7</t>
+        </is>
+      </c>
+      <c r="C367" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="368" spans="1:3">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t>9786259847856</t>
+        </is>
+      </c>
+      <c r="B368" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Karışık Bulmaca 7</t>
+        </is>
+      </c>
+      <c r="C368" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="369" spans="1:3">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t>9786259847832</t>
+        </is>
+      </c>
+      <c r="B369" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Çengel Bulmaca 7</t>
+        </is>
+      </c>
+      <c r="C369" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="370" spans="1:3">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t>9786057305480</t>
+        </is>
+      </c>
+      <c r="B370" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Sudoku 5</t>
+        </is>
+      </c>
+      <c r="C370" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="371" spans="1:3">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t>9786057305497</t>
+        </is>
+      </c>
+      <c r="B371" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Karışık Bulmaca 5</t>
+        </is>
+      </c>
+      <c r="C371" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="372" spans="1:3">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t>9786057305473</t>
+        </is>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Çengel Bulmaca 5</t>
+        </is>
+      </c>
+      <c r="C372" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="373" spans="1:3">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t>9772791772121</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mandala Renklerin Dünyası 6</t>
+        </is>
+      </c>
+      <c r="C373" s="1">
+        <v>324.9</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>9772791772114</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mandala Renklerin Dünyası 5</t>
+        </is>
+      </c>
+      <c r="C374" s="1">
+        <v>324.9</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>9772791772138</t>
+        </is>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mandala Renklerin Dünyası 7</t>
+        </is>
+      </c>
+      <c r="C375" s="1">
+        <v>324.9</v>
+      </c>
+    </row>
+    <row r="376" spans="1:3">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>9772717780124</t>
+        </is>
+      </c>
+      <c r="B376" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mandala Desenlerle Boyama Terapisi 10</t>
+        </is>
+      </c>
+      <c r="C376" s="1">
+        <v>409.9</v>
+      </c>
+    </row>
+    <row r="377" spans="1:3">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t>9772717780117</t>
+        </is>
+      </c>
+      <c r="B377" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mandala Desenlerle Boyama Terapisi 9</t>
+        </is>
+      </c>
+      <c r="C377" s="1">
+        <v>409.9</v>
+      </c>
+    </row>
+    <row r="378" spans="1:3">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t>9772717780100</t>
+        </is>
+      </c>
+      <c r="B378" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mandala Desenlerle Boyama Terapisi 8</t>
+        </is>
+      </c>
+      <c r="C378" s="1">
+        <v>409.9</v>
+      </c>
+    </row>
+    <row r="379" spans="1:3">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t>9772717780223</t>
+        </is>
+      </c>
+      <c r="B379" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mandala Çizgilerle Boyama Terapisi 10</t>
+        </is>
+      </c>
+      <c r="C379" s="1">
+        <v>409.9</v>
+      </c>
+    </row>
+    <row r="380" spans="1:3">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t>9772717780216</t>
+        </is>
+      </c>
+      <c r="B380" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mandala Çizgilerle Boyama Terapisi 9</t>
+        </is>
+      </c>
+      <c r="C380" s="1">
+        <v>409.9</v>
+      </c>
+    </row>
+    <row r="381" spans="1:3">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t>9772717780209</t>
+        </is>
+      </c>
+      <c r="B381" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mandala Çizgilerle Boyama Terapisi 8</t>
+        </is>
+      </c>
+      <c r="C381" s="1">
+        <v>409.9</v>
+      </c>
+    </row>
+    <row r="382" spans="1:3">
+      <c r="A382" s="1" t="inlineStr">
+        <is>
+          <t>9786057400277</t>
+        </is>
+      </c>
+      <c r="B382" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Kare Karalamaca 2</t>
+        </is>
+      </c>
+      <c r="C382" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="383" spans="1:3">
+      <c r="A383" s="1" t="inlineStr">
+        <is>
+          <t>9786057305466</t>
+        </is>
+      </c>
+      <c r="B383" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Çengel Bulmaca 4</t>
+        </is>
+      </c>
+      <c r="C383" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="384" spans="1:3">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t>9786057305435</t>
+        </is>
+      </c>
+      <c r="B384" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Sudoku 4</t>
+        </is>
+      </c>
+      <c r="C384" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="385" spans="1:3">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
+          <t>9786057305459</t>
+        </is>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Karışık Bulmaca 4</t>
+        </is>
+      </c>
+      <c r="C385" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>9786057305442</t>
+        </is>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Karışık Bulmaca 3</t>
+        </is>
+      </c>
+      <c r="C386" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>9786057400239</t>
+        </is>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Sudoku 3</t>
+        </is>
+      </c>
+      <c r="C387" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>9786057400222</t>
+        </is>
+      </c>
+      <c r="B388" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Sudoku 2</t>
+        </is>
+      </c>
+      <c r="C388" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="389" spans="1:3">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
+          <t>9786057400215</t>
+        </is>
+      </c>
+      <c r="B389" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Sudoku 1</t>
+        </is>
+      </c>
+      <c r="C389" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="390" spans="1:3">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>9786057400253</t>
+        </is>
+      </c>
+      <c r="B390" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Karışık Bulmaca 2</t>
+        </is>
+      </c>
+      <c r="C390" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="391" spans="1:3">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>9786057400260</t>
+        </is>
+      </c>
+      <c r="B391" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Karışık Bulmaca 1</t>
+        </is>
+      </c>
+      <c r="C391" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="392" spans="1:3">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
+          <t>9786057400284</t>
+        </is>
+      </c>
+      <c r="B392" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Kare Karalamaca 1</t>
+        </is>
+      </c>
+      <c r="C392" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="393" spans="1:3">
+      <c r="A393" s="1" t="inlineStr">
+        <is>
+          <t>9786057400291</t>
+        </is>
+      </c>
+      <c r="B393" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Kare Bulmaca 2</t>
+        </is>
+      </c>
+      <c r="C393" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="394" spans="1:3">
+      <c r="A394" s="1" t="inlineStr">
+        <is>
+          <t>9786057305404</t>
+        </is>
+      </c>
+      <c r="B394" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Kare Bulmaca 1</t>
+        </is>
+      </c>
+      <c r="C394" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="395" spans="1:3">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>9786057305411</t>
+        </is>
+      </c>
+      <c r="B395" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Çengel Bulmaca 3</t>
+        </is>
+      </c>
+      <c r="C395" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="396" spans="1:3">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>9786057305428</t>
+        </is>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Çengel Bulmaca 2</t>
+        </is>
+      </c>
+      <c r="C396" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="397" spans="1:3">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>9786057400246</t>
+        </is>
+      </c>
+      <c r="B397" s="1" t="inlineStr">
+        <is>
+          <t>Fenomen Çengel Bulmaca 1</t>
+        </is>
+      </c>
+      <c r="C397" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="398" spans="1:3">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>4440000003230</t>
+        </is>
+      </c>
+      <c r="B398" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Boyama Zamanı 6</t>
+        </is>
+      </c>
+      <c r="C398" s="1">
+        <v>344.9</v>
+      </c>
+    </row>
+    <row r="399" spans="1:3">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>9772791771032</t>
+        </is>
+      </c>
+      <c r="B399" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mandala Renklerin Büyüsü 3</t>
+        </is>
+      </c>
+      <c r="C399" s="1">
+        <v>324.9</v>
+      </c>
+    </row>
+    <row r="400" spans="1:3">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
+          <t>9772791772039</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mandala Renklerin Dünyası 3</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>324.9</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>9772791772022</t>
+        </is>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mandala Renklerin Dünyası 2</t>
+        </is>
+      </c>
+      <c r="C401" s="1">
+        <v>324.9</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>9772717780070</t>
+        </is>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mandala Çizgilerle Boyama Terapisi 7</t>
+        </is>
+      </c>
+      <c r="C402" s="1">
+        <v>409.9</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>9772791771025</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mandala Renklerin Büyüsü 2</t>
+        </is>
+      </c>
+      <c r="C403" s="1">
+        <v>324.9</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>9772791770035</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Boyama Saati 3</t>
+        </is>
+      </c>
+      <c r="C404" s="1">
+        <v>344.9</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>9772791769039</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Boyama Zamanı 3</t>
+        </is>
+      </c>
+      <c r="C405" s="1">
+        <v>344.9</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>9772717780063</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mandala Çizgilerle Boyama Terapisi 6</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>409.9</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>9772717780513</t>
+        </is>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mandala Desenlerle Boyama Terapisi 7</t>
+        </is>
+      </c>
+      <c r="C407" s="1">
+        <v>409.9</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>9772717780506</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mandala Desenlerle Boyama Terapisi 6</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>409.9</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>9772717780704</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mandala Çizgilerle Boyama Terapisi 5</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>409.9</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>9772791770028</t>
+        </is>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Boyama Saati 2</t>
+        </is>
+      </c>
+      <c r="C410" s="1">
+        <v>344.9</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>9772791769008</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Boyama Zamanı 1</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>344.9</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>9772717780926</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mandala 10'lu Set - 10 Kitap</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>1739.9</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
+          <t>9772717780919</t>
+        </is>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mandala Çizgilerle Boyama Terapisi 5'li Set</t>
+        </is>
+      </c>
+      <c r="C413" s="1">
+        <v>1109.9</v>
+      </c>
+    </row>
+    <row r="414" spans="1:3">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>9772717780902</t>
+        </is>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mandala Desenlerle Boyama Terapisi 5'li Set</t>
+        </is>
+      </c>
+      <c r="C414" s="1">
+        <v>1109.9</v>
+      </c>
+    </row>
+    <row r="415" spans="1:3">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
+          <t>9772717780049</t>
+        </is>
+      </c>
+      <c r="B415" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mandala Çizgilerle Boyama Terapisi 4</t>
+        </is>
+      </c>
+      <c r="C415" s="1">
+        <v>409.9</v>
+      </c>
+    </row>
+    <row r="416" spans="1:3">
+      <c r="A416" s="1" t="inlineStr">
+        <is>
+          <t>9772717780032</t>
+        </is>
+      </c>
+      <c r="B416" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mandala Çizgilerle Boyama Terapisi 3</t>
+        </is>
+      </c>
+      <c r="C416" s="1">
+        <v>409.9</v>
+      </c>
+    </row>
+    <row r="417" spans="1:3">
+      <c r="A417" s="1" t="inlineStr">
+        <is>
+          <t>9772717780025</t>
+        </is>
+      </c>
+      <c r="B417" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mandala Çizgilerle Boyama Terapisi 2</t>
+        </is>
+      </c>
+      <c r="C417" s="1">
+        <v>409.9</v>
+      </c>
+    </row>
+    <row r="418" spans="1:3">
+      <c r="A418" s="1" t="inlineStr">
+        <is>
+          <t>9772717780469</t>
+        </is>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mandala Desenlerle Boyama Terapisi 2</t>
+        </is>
+      </c>
+      <c r="C418" s="1">
+        <v>409.9</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
+          <t>9772717780476</t>
+        </is>
+      </c>
+      <c r="B419" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mandala Desenlerle Boyama Terapisi 3</t>
+        </is>
+      </c>
+      <c r="C419" s="1">
+        <v>409.9</v>
+      </c>
+    </row>
+    <row r="420" spans="1:3">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
+          <t>9772717780483</t>
+        </is>
+      </c>
+      <c r="B420" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mandala Desenlerle Boyama Terapisi 4</t>
+        </is>
+      </c>
+      <c r="C420" s="1">
+        <v>409.9</v>
+      </c>
+    </row>
+    <row r="421" spans="1:3">
+      <c r="A421" s="1" t="inlineStr">
+        <is>
+          <t>9772717780490</t>
+        </is>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mandala Desenlerle Boyama Terapisi 5</t>
+        </is>
+      </c>
+      <c r="C421" s="1">
+        <v>409.9</v>
+      </c>
+    </row>
+    <row r="422" spans="1:3">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
+          <t>9772717780018</t>
+        </is>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Mandala Çizgilerle Boyama Terapisi 1</t>
+        </is>
+      </c>
+      <c r="C422" s="1">
+        <v>409.9</v>
+      </c>
+    </row>
+    <row r="423" spans="1:3">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
           <t>9772791769022</t>
         </is>
       </c>
-      <c r="B179" s="1" t="inlineStr">
+      <c r="B423" s="1" t="inlineStr">
         <is>
           <t>Maxi Boyama Zamanı 2</t>
         </is>
       </c>
-      <c r="C179" s="1">
+      <c r="C423" s="1">
         <v>344.9</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>