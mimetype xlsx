--- v0 (2025-10-24)
+++ v1 (2025-12-21)
@@ -85,5785 +85,5815 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258361797</t>
+          <t>9786258361810</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefeste Yapay Zeka</t>
+          <t>Seksen Unutulmuş Kadınla Dünya Tarihi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>248</v>
+        <v>372</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258361780</t>
+          <t>9786258361803</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Farkındalıkla İyi̇leşmek</t>
+          <t>Ateşi Yakalamak</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>268</v>
+        <v>260</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>2789788646737</t>
+          <t>9786258361797</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Maya Spiritüel Seti - 3 Kitap</t>
+          <t>Bir Nefeste Yapay Zeka</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>668</v>
+        <v>248</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258361773</t>
+          <t>9786258361780</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Antik Rotalar - Ege</t>
+          <t>Farkındalıkla İyi̇leşmek</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>306</v>
+        <v>268</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258361766</t>
+          <t>2789788646737</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Altın Gelecek</t>
+          <t>Maya Spiritüel Seti - 3 Kitap</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>308</v>
+        <v>668</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258361742</t>
+          <t>9786258361773</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Mucizeler/ Dönüşüm Rehberi</t>
+          <t>Antik Rotalar - Ege</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>196</v>
+        <v>306</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258361759</t>
+          <t>9786258361766</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Çok Gizli Ajan Bulmaca Kitabı</t>
+          <t>Altın Gelecek</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>164</v>
+        <v>308</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>2789788645143</t>
+          <t>9786258361742</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Maya Ütopya Seti - 3 Kitap</t>
+          <t>Sihirli Mucizeler/ Dönüşüm Rehberi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>380</v>
+        <v>196</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258361728</t>
+          <t>9786258361759</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ütopya</t>
+          <t>Çok Gizli Ajan Bulmaca Kitabı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>180</v>
+        <v>164</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258361735</t>
+          <t>2789788645143</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Cinayet Bulmacaları Kulübü</t>
+          <t>Maya Ütopya Seti - 3 Kitap</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>244</v>
+        <v>380</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786258361704</t>
+          <t>9786258361728</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Beynin Gücü</t>
+          <t>Ütopya</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>276</v>
+        <v>180</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786258361711</t>
+          <t>9786258361735</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Veranda Hikâyeleri</t>
+          <t>Gizemli Cinayet Bulmacaları Kulübü</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>196</v>
+        <v>244</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>2789788644665</t>
+          <t>9786258361704</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Maya Biyografi Seti 2 - 5 Kitap</t>
+          <t>Beynin Gücü</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>1132</v>
+        <v>276</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>2789788644658</t>
+          <t>9786258361711</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Maya Mitoloji Boyama Seti - 4 Kitap</t>
+          <t>Veranda Hikâyeleri</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>928</v>
+        <v>196</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786258361681</t>
+          <t>2789788644665</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Paranın Tarihi</t>
+          <t>Maya Biyografi Seti 2 - 5 Kitap</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>324</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258361674</t>
+          <t>2789788644658</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kelt Mitolojisi Boyama Kitabı</t>
+          <t>Maya Mitoloji Boyama Seti - 4 Kitap</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>232</v>
+        <v>928</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258361698</t>
+          <t>9786258361681</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Güneş Ülkesi</t>
+          <t>Paranın Tarihi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>100</v>
+        <v>324</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258361452</t>
+          <t>9786258361674</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Mısır'ın Kutsal Kedisi</t>
+          <t>Kelt Mitolojisi Boyama Kitabı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>316</v>
+        <v>232</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258361421</t>
+          <t>9786258361698</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Sarayı Ustası</t>
+          <t>Güneş Ülkesi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>212</v>
+        <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>2789788632327</t>
+          <t>9786258361452</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Maya İskandinav Seti - 5 Kitap Takım</t>
+          <t>Mısır'ın Kutsal Kedisi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>1196</v>
+        <v>316</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258361360</t>
+          <t>9786258361421</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Beş Çember Kitabı</t>
+          <t>Hafıza Sarayı Ustası</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>132</v>
+        <v>212</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786258361087</t>
+          <t>2789788632327</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Japon Kültürü</t>
+          <t>Maya İskandinav Seti - 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>148</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059902847</t>
+          <t>9786258361360</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Muhabbetlerine Dönüş</t>
+          <t>Beş Çember Kitabı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>332</v>
+        <v>132</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059902748</t>
+          <t>9786258361087</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Mısır Otomobil Kulübü</t>
+          <t>Japon Kültürü</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>452</v>
+        <v>148</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059902724</t>
+          <t>9786059902847</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yağ ve Mermer</t>
+          <t>Felsefe Muhabbetlerine Dönüş</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>380</v>
+        <v>332</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059902465</t>
+          <t>9786059902748</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İntihar Kulübü</t>
+          <t>Mısır Otomobil Kulübü</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>156</v>
+        <v>452</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059902175</t>
+          <t>9786059902724</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Benim Rengim</t>
+          <t>Yağ ve Mermer</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>256</v>
+        <v>380</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059902182</t>
+          <t>9786059902465</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Ölüm</t>
+          <t>İntihar Kulübü</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>132</v>
+        <v>156</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059902038</t>
+          <t>9786059902175</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Anarşist Çiftlik</t>
+          <t>Benim Rengim</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>285</v>
+        <v>256</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059902045</t>
+          <t>9786059902182</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kadeh ve Kılıç</t>
+          <t>Aşk ve Ölüm</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>336</v>
+        <v>132</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055675899</t>
+          <t>9786059902038</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Cehennem</t>
+          <t>Anarşist Çiftlik</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>292</v>
+        <v>285</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055675905</t>
+          <t>9786059902045</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Çatışma Ortamında Barış Dili</t>
+          <t>Kadeh ve Kılıç</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>212</v>
+        <v>336</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055675776</t>
+          <t>9786055675899</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sırrın Sesi Yoktur</t>
+          <t>Cehennem</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>244</v>
+        <v>292</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055675936</t>
+          <t>9786055675905</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Varoluş Oyunu 2: Sevgi Yolunda İlişkiler ve Denge</t>
+          <t>Çatışma Ortamında Barış Dili</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>396</v>
+        <v>212</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055675769</t>
+          <t>9786055675776</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Kayıp Oğlu</t>
+          <t>Sırrın Sesi Yoktur</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>380</v>
+        <v>244</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055675004</t>
+          <t>9786055675936</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Satılık</t>
+          <t>Varoluş Oyunu 2: Sevgi Yolunda İlişkiler ve Denge</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>180</v>
+        <v>396</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055675165</t>
+          <t>9786055675769</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Saklı Duygular</t>
+          <t>Tanrının Kayıp Oğlu</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>427</v>
+        <v>380</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055675240</t>
+          <t>9786055675004</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Safiye Sultan</t>
+          <t>Satılık</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>386</v>
+        <v>180</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055675325</t>
+          <t>9786055675165</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Rus Kızı Vasilisa</t>
+          <t>Saklı Duygular</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>396</v>
+        <v>427</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055675530</t>
+          <t>9786055675240</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Plaj Evi</t>
+          <t>Safiye Sultan</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>476</v>
+        <v>386</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055675608</t>
+          <t>9786055675325</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Patrona Halil</t>
+          <t>Rus Kızı Vasilisa</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>252</v>
+        <v>396</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055675011</t>
+          <t>9786055675530</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Nehir Günlüğü</t>
+          <t>Plaj Evi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>432</v>
+        <v>476</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055675639</t>
+          <t>9786055675608</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Modern İnsanın Kutsal Kitabı</t>
+          <t>Patrona Halil</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>432</v>
+        <v>252</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055675370</t>
+          <t>9786055675011</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>2012 ve Sonrası Meleklerden Mesajlar</t>
+          <t>Nehir Günlüğü</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>259</v>
+        <v>432</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055675158</t>
+          <t>9786055675639</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Meleklerden Cevaplar</t>
+          <t>Modern İnsanın Kutsal Kitabı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>365</v>
+        <v>432</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055675219</t>
+          <t>9786055675370</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Matmazel Nina</t>
+          <t>2012 ve Sonrası Meleklerden Mesajlar</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>244</v>
+        <v>259</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786055675745</t>
+          <t>9786055675158</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Keşişler ve Ben</t>
+          <t>Meleklerden Cevaplar</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>308</v>
+        <v>365</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786055675349</t>
+          <t>9786055675219</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kelebeğin Kızı</t>
+          <t>Matmazel Nina</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>420</v>
+        <v>244</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055675714</t>
+          <t>9786055675745</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kalbinin Kapılarını Aç</t>
+          <t>Keşişler ve Ben</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>276</v>
+        <v>308</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055675028</t>
+          <t>9786055675349</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kadın ile Erkek Arasında Fark Var</t>
+          <t>Kelebeğin Kızı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>178</v>
+        <v>420</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786055675141</t>
+          <t>9786055675714</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Kızları</t>
+          <t>Kalbinin Kapılarını Aç</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>437</v>
+        <v>276</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055675189</t>
+          <t>9786055675028</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Java Büyücüsü</t>
+          <t>Kadın ile Erkek Arasında Fark Var</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>281</v>
+        <v>178</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055675554</t>
+          <t>9786055675141</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Işık Ağları - Üçlemenin Üçüncü Kitabı</t>
+          <t>Kaderin Kızları</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>356</v>
+        <v>437</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786055675202</t>
+          <t>9786055675189</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hürrem</t>
+          <t>Java Büyücüsü</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>468</v>
+        <v>281</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055675226</t>
+          <t>9786055675554</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Haremin Sultanları</t>
+          <t>Işık Ağları - Üçlemenin Üçüncü Kitabı</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>356</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055675523</t>
+          <t>9786055675202</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Güç Şifreleri (Üçlemenin İkinci Kitabı)</t>
+          <t>Hürrem</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>372</v>
+        <v>468</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055675721</t>
+          <t>9786055675226</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Bir Bağ</t>
+          <t>Haremin Sultanları</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>316</v>
+        <v>356</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055675387</t>
+          <t>9786055675523</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Gelincik</t>
+          <t>Güç Şifreleri (Üçlemenin İkinci Kitabı)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>228</v>
+        <v>372</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055675516</t>
+          <t>9786055675721</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Fikret ve Nedret</t>
+          <t>Görünmez Bir Bağ</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>308</v>
+        <v>316</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055675042</t>
+          <t>9786055675387</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalı Havada Duş Alma! Gerçekten mi?</t>
+          <t>Gelincik</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>260</v>
+        <v>228</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055675424</t>
+          <t>9786055675516</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Entelektüelin Kutsal Kitabı</t>
+          <t>Fikret ve Nedret</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>435</v>
+        <v>308</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055675103</t>
+          <t>9786055675042</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Domino Adamlar</t>
+          <t>Fırtınalı Havada Duş Alma! Gerçekten mi?</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055675097</t>
+          <t>9786055675424</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Doğu ile Batı Arasında Fark Var 2</t>
+          <t>Entelektüelin Kutsal Kitabı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>152</v>
+        <v>435</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055675110</t>
+          <t>9786055675103</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Diyetsiz Bir Hayatın 101 Yolu</t>
+          <t>Domino Adamlar</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>308</v>
+        <v>380</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055675578</t>
+          <t>9786055675097</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Deliler Saltanatı</t>
+          <t>Doğu ile Batı Arasında Fark Var 2</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>316</v>
+        <v>152</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055675547</t>
+          <t>9786055675110</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Çölün Sırrı</t>
+          <t>Diyetsiz Bir Hayatın 101 Yolu</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>436</v>
+        <v>308</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055675646</t>
+          <t>9786055675578</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>B’nin Hikayesi</t>
+          <t>Deliler Saltanatı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>404</v>
+        <v>316</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055675332</t>
+          <t>9786055675547</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Bebekle Doğmak</t>
+          <t>Çölün Sırrı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>211</v>
+        <v>436</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055675356</t>
+          <t>9786055675646</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Ateist Aforizmalar</t>
+          <t>B’nin Hikayesi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>255</v>
+        <v>404</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055675233</t>
+          <t>9786055675332</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Aşk Başka Yerde</t>
+          <t>Bebekle Doğmak</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>340</v>
+        <v>211</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055675738</t>
+          <t>9786055675356</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Asla Pes Etme</t>
+          <t>Ateist Aforizmalar</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>220</v>
+        <v>255</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055675431</t>
+          <t>9786055675233</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Anonymous</t>
+          <t>Aşk Başka Yerde</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>148</v>
+        <v>340</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055675455</t>
+          <t>9786055675738</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Yaşama Sanatı</t>
+          <t>Asla Pes Etme</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055675264</t>
+          <t>9786055675431</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Fetih 1453</t>
+          <t>Anonymous</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>388</v>
+        <v>148</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055675820</t>
+          <t>9786055675455</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Bardo</t>
+          <t>Akıllı Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055675813</t>
+          <t>9786055675264</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Meraklılar İçin Budizm</t>
+          <t>Fetih 1453</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>180</v>
+        <v>388</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055675790</t>
+          <t>9786055675820</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Varoluş Oyunu 1: Evrensel İşleyiş ve Ruhların Hasadı</t>
+          <t>Bardo</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>348</v>
+        <v>210</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786055675806</t>
+          <t>9786055675813</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Sahtekar</t>
+          <t>Meraklılar İçin Budizm</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>332</v>
+        <v>180</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059902014</t>
+          <t>9786055675790</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Büyükler İçin Boyama Kitabı - Yaratıcı Desenler</t>
+          <t>Varoluş Oyunu 1: Evrensel İşleyiş ve Ruhların Hasadı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>296</v>
+        <v>348</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059902021</t>
+          <t>9786055675806</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Büyükler İçin Boyama Kitabı - Yeni Yıl Desenleri</t>
+          <t>Kutsal Sahtekar</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>296</v>
+        <v>332</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786055675844</t>
+          <t>9786059902014</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefeste Dünya Tarihi</t>
+          <t>Büyükler İçin Boyama Kitabı - Yaratıcı Desenler</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>228</v>
+        <v>296</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055675615</t>
+          <t>9786059902021</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Hayat</t>
+          <t>Büyükler İçin Boyama Kitabı - Yeni Yıl Desenleri</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>236</v>
+        <v>296</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055675080</t>
+          <t>9786055675844</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Vlad: Son İtiraf</t>
+          <t>Bir Nefeste Dünya Tarihi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>492</v>
+        <v>228</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055675066</t>
+          <t>9786055675615</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Uyurgezer</t>
+          <t>Yeni Bir Hayat</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>354</v>
+        <v>236</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786055675172</t>
+          <t>9786055675080</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Bahçe</t>
+          <t>Vlad: Son İtiraf</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>325</v>
+        <v>492</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055675622</t>
+          <t>9786055675066</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Torino Kefeni</t>
+          <t>Uyurgezer</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>420</v>
+        <v>354</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786055675592</t>
+          <t>9786055675172</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>The Code - Şifre</t>
+          <t>Unutulmuş Bahçe</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>324</v>
+        <v>325</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786055675127</t>
+          <t>9786055675622</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Terapi</t>
+          <t>Torino Kefeni</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>340</v>
+        <v>420</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786055675196</t>
+          <t>9786055675592</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Telli Haseki Hümaşah Sultan</t>
+          <t>The Code - Şifre</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>331</v>
+        <v>324</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786055675134</t>
+          <t>9786055675127</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Tatil İtirafları</t>
+          <t>Terapi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>430</v>
+        <v>340</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786055675448</t>
+          <t>9786055675196</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Taşların Sessizliği (Üçlemenin İlk Kitabi)</t>
+          <t>Telli Haseki Hümaşah Sultan</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>356</v>
+        <v>331</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055675257</t>
+          <t>9786055675134</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Adını Yazdıran 100 Büyük Türk</t>
+          <t>Tatil İtirafları</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>244</v>
+        <v>430</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786055675561</t>
+          <t>9786055675448</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Adını Yazdıran 100 Büyük Romancı</t>
+          <t>Taşların Sessizliği (Üçlemenin İlk Kitabi)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>276</v>
+        <v>356</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786055675400</t>
+          <t>9786055675257</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Adını Yazdıran 100 Büyük Düşünür</t>
+          <t>Tarihe Adını Yazdıran 100 Büyük Türk</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>252</v>
+        <v>244</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786055675585</t>
+          <t>9786055675561</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Şimdinin Bilgeliği</t>
+          <t>Tarihe Adını Yazdıran 100 Büyük Romancı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>180</v>
+        <v>276</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055675035</t>
+          <t>9786055675400</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Spa Decameron</t>
+          <t>Tarihe Adını Yazdıran 100 Büyük Düşünür</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>430</v>
+        <v>252</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055675059</t>
+          <t>9786055675585</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Şeylerin Sıra Dışı Kökleri</t>
+          <t>Şimdinin Bilgeliği</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055675967</t>
+          <t>9786055675035</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Fülfül Büyüsü</t>
+          <t>Spa Decameron</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>260</v>
+        <v>430</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059902007</t>
+          <t>9786055675059</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Entelektüelin Kutsal Kitabı : Modern Kültür (Ciltli)</t>
+          <t>Sıradan Şeylerin Sıra Dışı Kökleri</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>525</v>
+        <v>350</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059902533</t>
+          <t>9786055675967</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Alkol Tarihi</t>
+          <t>Fülfül Büyüsü</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>388</v>
+        <v>260</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059902540</t>
+          <t>9786059902007</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Alkol Tarihi (Ciltli)</t>
+          <t>Entelektüelin Kutsal Kitabı : Modern Kültür (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>388</v>
+        <v>525</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059902694</t>
+          <t>9786059902533</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Zaman Odası</t>
+          <t>Alkol Tarihi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>208</v>
+        <v>388</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059902700</t>
+          <t>9786059902540</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Bu Yakası</t>
+          <t>Alkol Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>332</v>
+        <v>388</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059902083</t>
+          <t>9786059902694</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Filozof ve Kurt</t>
+          <t>Zaman Odası</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>260</v>
+        <v>208</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059902458</t>
+          <t>9786059902700</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Eski Fıkra Kitabı (Ciltli)</t>
+          <t>Cennetin Bu Yakası</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>180</v>
+        <v>332</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059902205</t>
+          <t>9786059902083</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Zaman Bahçesi</t>
+          <t>Filozof ve Kurt</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>208</v>
+        <v>260</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059902670</t>
+          <t>9786059902458</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcusunun El Kitabı</t>
+          <t>Dünyanın En Eski Fıkra Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059902618</t>
+          <t>9786059902205</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Muhabbetlerine Devam</t>
+          <t>Zaman Bahçesi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>300</v>
+        <v>208</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>2789786035403</t>
+          <t>9786059902670</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Renklendirmeniz İçin Sanat Eserleri Seti (8 Kitap)</t>
+          <t>Zaman Yolcusunun El Kitabı</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>1472</v>
+        <v>360</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059902366</t>
+          <t>9786059902618</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Van Gogh’un Başyapıtları</t>
+          <t>Felsefe Muhabbetlerine Devam</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>168</v>
+        <v>300</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059902342</t>
+          <t>2789786035403</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>İtalyan Rönesansı’nın Başyapıtları</t>
+          <t>Renklendirmeniz İçin Sanat Eserleri Seti (8 Kitap)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>168</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059902328</t>
+          <t>9786059902366</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Dali’den Gauguin’e 60 Büyük Resim</t>
+          <t>Van Gogh’un Başyapıtları</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>296</v>
+        <v>168</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059902496</t>
+          <t>9786059902342</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik ve Cahillik</t>
+          <t>İtalyan Rönesansı’nın Başyapıtları</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>132</v>
+        <v>168</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786059902489</t>
+          <t>9786059902328</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Ahmak Wilson’ın Trajedisi</t>
+          <t>Dali’den Gauguin’e 60 Büyük Resim</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>220</v>
+        <v>296</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059902588</t>
+          <t>9786059902496</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kadın Çirkinliğinin Tarihi</t>
+          <t>Bilgelik ve Cahillik</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>308</v>
+        <v>132</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059902472</t>
+          <t>9786059902489</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetin Ötesi</t>
+          <t>Ahmak Wilson’ın Trajedisi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>228</v>
+        <v>220</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059902076</t>
+          <t>9786059902588</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Çöküş</t>
+          <t>Kadın Çirkinliğinin Tarihi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>388</v>
+        <v>308</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059902069</t>
+          <t>9786059902472</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Hitler'in Yeğeni</t>
+          <t>Medeniyetin Ötesi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>356</v>
+        <v>228</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786055675950</t>
+          <t>9786059902076</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefeste Cinsellik Tarihi</t>
+          <t>Çöküş</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>292</v>
+        <v>388</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786055675943</t>
+          <t>9786059902069</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Şarap ve Tanrı</t>
+          <t>Hitler'in Yeğeni</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>172</v>
+        <v>356</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059902601</t>
+          <t>9786055675950</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Hatalı Tarih</t>
+          <t>Bir Nefeste Cinsellik Tarihi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>212</v>
+        <v>292</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786055675998</t>
+          <t>9786055675943</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Açlık</t>
+          <t>Şarap ve Tanrı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>338</v>
+        <v>172</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786055675981</t>
+          <t>9786059902601</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Meleklerden İlhamlar</t>
+          <t>Hatalı Tarih</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>276</v>
+        <v>212</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059902502</t>
+          <t>9786055675998</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Yakupyan Apartmanı</t>
+          <t>Açlık</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>284</v>
+        <v>338</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059902519</t>
+          <t>9786055675981</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Filozoflar Ne Söyledi Biz Ne Anladık</t>
+          <t>Meleklerden İlhamlar</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>244</v>
+        <v>276</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059902304</t>
+          <t>9786059902502</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Yeme Tarihi</t>
+          <t>Yakupyan Apartmanı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>340</v>
+        <v>284</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786055675912</t>
+          <t>9786059902519</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Dalay Lama'nın Kedisi</t>
+          <t>Filozoflar Ne Söyledi Biz Ne Anladık</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>272</v>
+        <v>244</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786055675929</t>
+          <t>9786059902304</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Müziğin Kadim Yolculuğu</t>
+          <t>İnsanlığın Yeme Tarihi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>204</v>
+        <v>340</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059902427</t>
+          <t>9786055675912</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Harita Dışı</t>
+          <t>Dalay Lama'nın Kedisi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>340</v>
+        <v>272</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059902410</t>
+          <t>9786055675929</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Avokado Bahçesi</t>
+          <t>Müziğin Kadim Yolculuğu</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>316</v>
+        <v>204</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059902151</t>
+          <t>9786059902427</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Aylak Zevkler Kitabı</t>
+          <t>Harita Dışı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>242</v>
+        <v>340</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059902137</t>
+          <t>9786059902410</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Kan Kırmızı</t>
+          <t>Avokado Bahçesi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>220</v>
+        <v>316</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786055675875</t>
+          <t>9786059902151</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Zor</t>
+          <t>Aylak Zevkler Kitabı</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>276</v>
+        <v>242</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059902403</t>
+          <t>9786059902137</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Muhabbetleri</t>
+          <t>Kan Kırmızı</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>268</v>
+        <v>220</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059902243</t>
+          <t>9786055675875</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Yolculuğu</t>
+          <t>Zor</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>188</v>
+        <v>276</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786059902168</t>
+          <t>9786059902403</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Büyükler İçin Boyama Kitabı - Dövme Desenleri</t>
+          <t>Felsefe Muhabbetleri</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>296</v>
+        <v>268</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786055675974</t>
+          <t>9786059902243</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Çay ve Zen</t>
+          <t>Evrenin Yolculuğu</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>180</v>
+        <v>188</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059902113</t>
+          <t>9786059902168</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Büyükler İçin Boyama Kitabı - Vintage Desenler</t>
+          <t>Büyükler İçin Boyama Kitabı - Dövme Desenleri</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>296</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057605320</t>
+          <t>9786055675974</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Şehir</t>
+          <t>Çay ve Zen</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>252</v>
+        <v>180</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057605610</t>
+          <t>9786059902113</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Necla</t>
+          <t>Büyükler İçin Boyama Kitabı - Vintage Desenler</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>164</v>
+        <v>296</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057605306</t>
+          <t>9786057605320</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm Zamanı</t>
+          <t>Büyülü Şehir</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>212</v>
+        <v>252</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057605207</t>
+          <t>9786057605610</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Babil Mitolojisi</t>
+          <t>Necla</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>196</v>
+        <v>164</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057605078</t>
+          <t>9786057605306</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Sırları</t>
+          <t>Dönüşüm Zamanı</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>360</v>
+        <v>212</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057605535</t>
+          <t>9786057605207</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Japon Mitolojisi</t>
+          <t>Babil Mitolojisi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>220</v>
+        <v>196</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057605337</t>
+          <t>9786057605078</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan Hikayeleri</t>
+          <t>Anadolu’nun Sırları</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>212</v>
+        <v>360</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786055675363</t>
+          <t>9786057605535</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamit ve Afrodit</t>
+          <t>Japon Mitolojisi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>332</v>
+        <v>220</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>2789788619588</t>
+          <t>9786057605337</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Aforizma Seti (8 Kitap Takım)</t>
+          <t>Antik Yunan Hikayeleri</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>1376</v>
+        <v>212</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>2789788621307</t>
+          <t>9786055675363</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Yetişkinler İçin Boyama Kitabı (4 Kitap Takım)</t>
+          <t>Abdülhamit ve Afrodit</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>1184</v>
+        <v>332</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>2789788622397</t>
+          <t>2789788619588</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Diana Cooper Seti (3 Kitap Takım)</t>
+          <t>Aforizma Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>708</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057605382</t>
+          <t>2789788621307</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Yunan ve Roma Mitolojisi</t>
+          <t>Yetişkinler İçin Boyama Kitabı (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>276</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057605160</t>
+          <t>2789788622397</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefeste Matematik</t>
+          <t>Diana Cooper Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>212</v>
+        <v>708</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057605436</t>
+          <t>9786057605382</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Motifler - Yetişkinler İçin Boyama Kitabı</t>
+          <t>Yunan ve Roma Mitolojisi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>296</v>
+        <v>276</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057605443</t>
+          <t>9786057605160</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Bahçeler - Yetişkinler İçin Boyama Kitabı</t>
+          <t>Bir Nefeste Matematik</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>296</v>
+        <v>212</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057605429</t>
+          <t>9786057605436</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Yanınızı Keşfedin - Yetişkinler İçin Boyama Kitabı</t>
+          <t>Sevimli Motifler - Yetişkinler İçin Boyama Kitabı</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>296</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057605412</t>
+          <t>9786057605443</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Zarif Motifler - Yetişkinler İçin Boyama Kitabı</t>
+          <t>Muhteşem Bahçeler - Yetişkinler İçin Boyama Kitabı</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>296</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057605115</t>
+          <t>9786057605429</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>İskandinav Mitolojisi</t>
+          <t>Yaratıcı Yanınızı Keşfedin - Yetişkinler İçin Boyama Kitabı</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>292</v>
+        <v>296</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057605023</t>
+          <t>9786057605412</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Basit Düşün</t>
+          <t>Zarif Motifler - Yetişkinler İçin Boyama Kitabı</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>244</v>
+        <v>296</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057605009</t>
+          <t>9786057605115</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Para</t>
+          <t>İskandinav Mitolojisi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>324</v>
+        <v>292</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>2789788617751</t>
+          <t>9786057605023</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Maya Klasik Edebiyat Seti 1 (5 Kitap Takım)</t>
+          <t>Basit Düşün</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>1490</v>
+        <v>244</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>2789788617737</t>
+          <t>9786057605009</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Maya Asvani Seti (3 Kitap Takım)</t>
+          <t>Para</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>1118</v>
+        <v>324</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258361650</t>
+          <t>2789788617751</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Mısır Mitolojisi Boyama Kitabı</t>
+          <t>Maya Klasik Edebiyat Seti 1 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>232</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258361667</t>
+          <t>2789788617737</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Yeni Atlantis</t>
+          <t>Maya Asvani Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>100</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786258361629</t>
+          <t>9786258361650</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Yunan Mitolojisi Boyama Kitabı</t>
+          <t>Mısır Mitolojisi Boyama Kitabı</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>232</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258361636</t>
+          <t>9786258361667</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Binbir Gece Masalları</t>
+          <t>Yeni Atlantis</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>212</v>
+        <v>100</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258361643</t>
+          <t>9786258361629</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Binbir Gece Masalları</t>
+          <t>Yunan Mitolojisi Boyama Kitabı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>212</v>
+        <v>232</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258361612</t>
+          <t>9786258361636</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>İskandinav Mitolojisi Boyama Kitabı</t>
+          <t>Binbir Gece Masalları</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>232</v>
+        <v>212</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258361605</t>
+          <t>9786258361643</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Bir Japon Oda Hizmetçisinin Amerika Mektupları</t>
+          <t>Binbir Gece Masalları</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>172</v>
+        <v>212</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258361582</t>
+          <t>9786258361612</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>İçkinin Tarihi</t>
+          <t>İskandinav Mitolojisi Boyama Kitabı</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>468</v>
+        <v>232</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258361599</t>
+          <t>9786258361605</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefeste İnternet Tarihi</t>
+          <t>Bir Japon Oda Hizmetçisinin Amerika Mektupları</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>244</v>
+        <v>172</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786055675882</t>
+          <t>9786258361582</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefeste Dünya Mitolojisi</t>
+          <t>İçkinin Tarihi</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>244</v>
+        <v>468</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786055675752</t>
+          <t>9786258361599</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Spiritüel Yasalar</t>
+          <t>Bir Nefeste İnternet Tarihi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>252</v>
+        <v>244</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258361575</t>
+          <t>9786055675882</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Victor Hugo’nun Hayatı</t>
+          <t>Bir Nefeste Dünya Mitolojisi</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>196</v>
+        <v>244</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258361568</t>
+          <t>9786055675752</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Mary Shelley’nin Hayatı</t>
+          <t>Spiritüel Yasalar</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>244</v>
+        <v>252</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258361551</t>
+          <t>9786258361575</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Elementler</t>
+          <t>Victor Hugo’nun Hayatı</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>188</v>
+        <v>196</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258361544</t>
+          <t>9786258361568</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Shakespeare'in Hayatı</t>
+          <t>Mary Shelley’nin Hayatı</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>228</v>
+        <v>244</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258068948</t>
+          <t>9786258361551</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Hiyeroglifleri Anlamak</t>
+          <t>Elementler</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>244</v>
+        <v>188</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057605313</t>
+          <t>9786258361544</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Mısır Mitolojisi</t>
+          <t>Shakespeare'in Hayatı</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>268</v>
+        <v>228</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258361537</t>
+          <t>9786258068948</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Mozart'ın Hayatı</t>
+          <t>Hiyeroglifleri Anlamak</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>164</v>
+        <v>244</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786059902656</t>
+          <t>9786057605313</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Tarihi, Kültürü ve Yaşamı</t>
+          <t>Mısır Mitolojisi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>380</v>
+        <v>268</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258361520</t>
+          <t>9786258361537</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Newton'ın Hayatı</t>
+          <t>Mozart'ın Hayatı</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>300</v>
+        <v>164</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057605405</t>
+          <t>9786059902656</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Gıda Bilimi</t>
+          <t>İstanbul'un Tarihi, Kültürü ve Yaşamı</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>244</v>
+        <v>380</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>2789788637681</t>
+          <t>9786258361520</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Maya Mezopotamya Seti - 4 Kitap</t>
+          <t>Newton'ın Hayatı</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>720</v>
+        <v>300</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>2789788637674</t>
+          <t>9786057605405</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Maya Mantık ve Zeka Seti - 4 Kitap</t>
+          <t>Gıda Bilimi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>872</v>
+        <v>244</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786258361513</t>
+          <t>2789788637681</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Meraklılar İçin Zeka Oyunları</t>
+          <t>Maya Mezopotamya Seti - 4 Kitap</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>204</v>
+        <v>720</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258361506</t>
+          <t>2789788637674</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Görsel Düşünme</t>
+          <t>Maya Mantık ve Zeka Seti - 4 Kitap</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>212</v>
+        <v>872</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258361490</t>
+          <t>9786258361513</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Suç Bulmacaları</t>
+          <t>Meraklılar İçin Zeka Oyunları</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>244</v>
+        <v>204</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786258361483</t>
+          <t>9786258361506</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Ravenspur Ailesinin Laneti</t>
+          <t>Görsel Düşünme</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>308</v>
+        <v>212</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786258361476</t>
+          <t>9786258361490</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Zümrütler</t>
+          <t>Kusursuz Suç Bulmacaları</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>284</v>
+        <v>244</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786258361469</t>
+          <t>9786258361483</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Yetişkinler İçin Zeka Oyunları</t>
+          <t>Ravenspur Ailesinin Laneti</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>212</v>
+        <v>308</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786059902939</t>
+          <t>9786258361476</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Melankolinin Kısa Anatomisi</t>
+          <t>Tehlikeli Zümrütler</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>204</v>
+        <v>284</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786258361445</t>
+          <t>9786258361469</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Felsefesi ve Aforizmalarıyla Nietzsche</t>
+          <t>Yetişkinler İçin Zeka Oyunları</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>172</v>
+        <v>212</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>2789788633478</t>
+          <t>9786059902939</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Maya Beyin ve Hafıza Seti – 4 Kitap</t>
+          <t>Melankolinin Kısa Anatomisi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>848</v>
+        <v>204</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>2789788633485</t>
+          <t>9786258361445</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Maya Tai Chi Seti – 3 Kitap</t>
+          <t>Felsefesi ve Aforizmalarıyla Nietzsche</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>668</v>
+        <v>172</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786258361438</t>
+          <t>2789788633478</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Bilgeliğin Yolu Tai Chi</t>
+          <t>Maya Beyin ve Hafıza Seti – 4 Kitap</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>260</v>
+        <v>848</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>2789788633348</t>
+          <t>2789788633485</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Maya Kadim Japonya Seti – 5 Kitap Takım</t>
+          <t>Maya Tai Chi Seti – 3 Kitap</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>732</v>
+        <v>668</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786258361407</t>
+          <t>9786258361438</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Bir Japon Kızının Amerika Günlüğü</t>
+          <t>Bilgeliğin Yolu Tai Chi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>228</v>
+        <v>260</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786258361414</t>
+          <t>2789788633348</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Tai Chi Klasikleri</t>
+          <t>Maya Kadim Japonya Seti – 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>244</v>
+        <v>732</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786258361384</t>
+          <t>9786258361407</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Chi - Sonsuz Yaşam Enerjisi</t>
+          <t>Bir Japon Kızının Amerika Günlüğü</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>164</v>
+        <v>228</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786258361391</t>
+          <t>9786258361414</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Hayat Veren Kılıç</t>
+          <t>Tai Chi Klasikleri</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>164</v>
+        <v>244</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>2789788632280</t>
+          <t>9786258361384</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Maya Britanya Seti - 5 Kitap Takım</t>
+          <t>Chi - Sonsuz Yaşam Enerjisi</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>1164</v>
+        <v>164</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786258361377</t>
+          <t>9786258361391</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Samuray Hikayeleri</t>
+          <t>Hayat Veren Kılıç</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>164</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786258361353</t>
+          <t>2789788632280</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Viking Kılıcı</t>
+          <t>Maya Britanya Seti - 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>220</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786258361346</t>
+          <t>9786258361377</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Şanlı Olaf</t>
+          <t>Samuray Hikayeleri</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>236</v>
+        <v>164</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>2789788631665</t>
+          <t>9786258361353</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Maya Mitoloji Dörtlüsü Seti - 4 Kitap Takım</t>
+          <t>Viking Kılıcı</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>1008</v>
+        <v>220</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>2789788631658</t>
+          <t>9786258361346</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Maya Mitolojik Kitaplar Seti 3 - 5 Kitap Takım</t>
+          <t>Şanlı Olaf</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>1100</v>
+        <v>236</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>2789788631467</t>
+          <t>2789788631665</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Maya Mısır Seti - 4 Kitap Takım</t>
+          <t>Maya Mitoloji Dörtlüsü Seti - 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>952</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786258361315</t>
+          <t>2789788631658</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Özgür Zihin</t>
+          <t>Maya Mitolojik Kitaplar Seti 3 - 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>116</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786258361322</t>
+          <t>2789788631467</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Pers Mitolojisi</t>
+          <t>Maya Mısır Seti - 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>156</v>
+        <v>952</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786258361339</t>
+          <t>9786258361315</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji Sözlüğü</t>
+          <t>Özgür Zihin</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>276</v>
+        <v>116</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786258361308</t>
+          <t>9786258361322</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Uygarlıkları - Kültür, Mimari ve Yaşam</t>
+          <t>Pers Mitolojisi</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>244</v>
+        <v>156</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786258361285</t>
+          <t>9786258361339</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Latin Amerika Mitolojisi</t>
+          <t>Mitoloji Sözlüğü</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>252</v>
+        <v>276</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786258361292</t>
+          <t>9786258361308</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji Rehberi</t>
+          <t>Anadolu Uygarlıkları - Kültür, Mimari ve Yaşam</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>308</v>
+        <v>244</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786258361254</t>
+          <t>9786258361285</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Amerika Mitolojisi - Ruhlar, Ayinler, Kozmogoniler</t>
+          <t>Latin Amerika Mitolojisi</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>300</v>
+        <v>252</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786258361278</t>
+          <t>9786258361292</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Mitler ve Rüyalar</t>
+          <t>Mitoloji Rehberi</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>228</v>
+        <v>308</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786258361261</t>
+          <t>9786258361254</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Raffaello - Roma’da Bir Ressam</t>
+          <t>Kuzey Amerika Mitolojisi - Ruhlar, Ayinler, Kozmogoniler</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>348</v>
+        <v>300</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786258361223</t>
+          <t>9786258361278</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>1000 Mitolojik Karakter</t>
+          <t>Mitler ve Rüyalar</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>196</v>
+        <v>228</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786258361230</t>
+          <t>9786258361261</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Buşido</t>
+          <t>Raffaello - Roma’da Bir Ressam</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>156</v>
+        <v>348</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786258361247</t>
+          <t>9786258361223</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Kelt Mitolojisi</t>
+          <t>1000 Mitolojik Karakter</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>228</v>
+        <v>196</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786258361209</t>
+          <t>9786258361230</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Slav Mitolojisi</t>
+          <t>Buşido</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>164</v>
+        <v>156</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786258361216</t>
+          <t>9786258361247</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Her Derde Deva Denklemler</t>
+          <t>Kelt Mitolojisi</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>212</v>
+        <v>228</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>2789788629754</t>
+          <t>9786258361209</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Dünya Masalları Set 2 - 9 Kitap Takım</t>
+          <t>Slav Mitolojisi</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>1980</v>
+        <v>164</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>2789788629723</t>
+          <t>9786258361216</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Alfred Adler Seti - 3 Kitap Takım</t>
+          <t>Her Derde Deva Denklemler</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>772</v>
+        <v>212</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786258361186</t>
+          <t>2789788629754</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>İbrani Masalları</t>
+          <t>Dünya Masalları Set 2 - 9 Kitap Takım</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>244</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786258361193</t>
+          <t>2789788629723</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>İleri Beyin Koçu</t>
+          <t>Alfred Adler Seti - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>212</v>
+        <v>772</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786258361179</t>
+          <t>9786258361186</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Anlamı ve Amacı</t>
+          <t>İbrani Masalları</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>284</v>
+        <v>244</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786258361162</t>
+          <t>9786258361193</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Mısır Masalları</t>
+          <t>İleri Beyin Koçu</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>180</v>
+        <v>212</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786258361155</t>
+          <t>9786258361179</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Sanatı</t>
+          <t>Yaşamın Anlamı ve Amacı</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>180</v>
+        <v>284</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786258361148</t>
+          <t>9786258361162</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Tanıma Sanatı</t>
+          <t>Mısır Masalları</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>308</v>
+        <v>180</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>2789788628184</t>
+          <t>9786258361155</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Maya Japon Seti - 5 Kitap Takım</t>
+          <t>Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>1140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>2789788628207</t>
+          <t>9786258361148</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Maya Hint Seti - 4 Kitap Takım</t>
+          <t>İnsanı Tanıma Sanatı</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>888</v>
+        <v>308</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>2789788628177</t>
+          <t>2789788628184</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Maya Uzakdoğu Kitapları Seti – 3 Kitap Takım</t>
+          <t>Maya Japon Seti - 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>580</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>2789788628214</t>
+          <t>2789788628207</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Maya Mitolojik Hikayeler Seti 2 – Özel Kutulu 6 Kitap Takım</t>
+          <t>Maya Hint Seti - 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>1384</v>
+        <v>888</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>2789788628191</t>
+          <t>2789788628177</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Maya Çin Seti - 3 Kitap Takım</t>
+          <t>Maya Uzakdoğu Kitapları Seti – 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>748</v>
+        <v>580</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786258361124</t>
+          <t>2789788628214</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>İran Masalları</t>
+          <t>Maya Mitolojik Hikayeler Seti 2 – Özel Kutulu 6 Kitap Takım</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>124</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786258361131</t>
+          <t>2789788628191</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Pirinç Şişe</t>
+          <t>Maya Çin Seti - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>212</v>
+        <v>748</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786258361117</t>
+          <t>9786258361124</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Koçu</t>
+          <t>İran Masalları</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>212</v>
+        <v>124</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786258361094</t>
+          <t>9786258361131</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Hint Efsaneleri</t>
+          <t>Pirinç Şişe</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>196</v>
+        <v>212</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786258361100</t>
+          <t>9786258361117</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Başlangıcı ve Sonu</t>
+          <t>Hafıza Koçu</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>308</v>
+        <v>212</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>2789788625015</t>
+          <t>9786258361094</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Maya Mitolojik Kitaplar Seti 2 - 5 Kitap Takım</t>
+          <t>Hint Efsaneleri</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>1268</v>
+        <v>196</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>2789788625008</t>
+          <t>9786258361100</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Maya Buda Olsaydı Seti - 4 Kitap Takım Kutulu</t>
+          <t>Her Şeyin Başlangıcı ve Sonu</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>1088</v>
+        <v>308</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786059902922</t>
+          <t>2789788625015</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Masalları (Özel Ayracıyla)</t>
+          <t>Maya Mitolojik Kitaplar Seti 2 - 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>188</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786258361070</t>
+          <t>2789788625008</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Britanya Kahramanları</t>
+          <t>Maya Buda Olsaydı Seti - 4 Kitap Takım Kutulu</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>300</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786258361063</t>
+          <t>9786059902922</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Kahramanlık Mitleri</t>
+          <t>Amerikan Masalları (Özel Ayracıyla)</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>212</v>
+        <v>188</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786258361056</t>
+          <t>9786258361070</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Tibet Kültürü</t>
+          <t>Britanya Kahramanları</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786258361032</t>
+          <t>9786258361063</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Budizm Efsaneleri</t>
+          <t>Kahramanlık Mitleri</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>148</v>
+        <v>212</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786258361049</t>
+          <t>9786258361056</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Çin Kültürü</t>
+          <t>Tibet Kültürü</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>252</v>
+        <v>180</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786258361018</t>
+          <t>9786258361032</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Japonya’nın Hayaletleri</t>
+          <t>Budizm Efsaneleri</t>
         </is>
       </c>
       <c r="C248" s="1">
         <v>148</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786258361025</t>
+          <t>9786258361049</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Japon Sanatı - Tarihsel, Kültürel ve Mitolojik Kökleri</t>
+          <t>Çin Kültürü</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>236</v>
+        <v>252</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786258068993</t>
+          <t>9786258361018</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Buda'nın Çocuğu Olursa</t>
+          <t>Japonya’nın Hayaletleri</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>308</v>
+        <v>148</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786258361001</t>
+          <t>9786258361025</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Kızılderili Mitolojisi</t>
+          <t>Japon Sanatı - Tarihsel, Kültürel ve Mitolojik Kökleri</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>252</v>
+        <v>236</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786258068986</t>
+          <t>9786258068993</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Pudding Shop</t>
+          <t>Buda'nın Çocuğu Olursa</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>184</v>
+        <v>308</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>2789786015856</t>
+          <t>9786258361001</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Maya Entelektüelin Kutsal Kitapları Seti - 3 Kitap Kutulu</t>
+          <t>Kızılderili Mitolojisi</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>1305</v>
+        <v>252</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>2789788624667</t>
+          <t>9786258068986</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Maya Entelektüelin Kutsal Kitapları Seti - 3 Kitap Kutulu (Ciltli)</t>
+          <t>Pudding Shop</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>1575</v>
+        <v>184</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786258068979</t>
+          <t>2789786015856</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Buda Evlenirse</t>
+          <t>Maya Entelektüelin Kutsal Kitapları Seti - 3 Kitap Kutulu</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>260</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786258068962</t>
+          <t>2789788624667</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Japon Mitleri ve Efsaneleri</t>
+          <t>Maya Entelektüelin Kutsal Kitapları Seti - 3 Kitap Kutulu (Ciltli)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>276</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786258068955</t>
+          <t>9786258068979</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Kültürel Kökleri</t>
+          <t>Buda Evlenirse</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>196</v>
+        <v>260</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>2789788624476</t>
+          <t>9786258068962</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Maya Bir Nefeste Seti - 7 Kitap Takım</t>
+          <t>Japon Mitleri ve Efsaneleri</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>1636</v>
+        <v>276</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786258068931</t>
+          <t>9786258068955</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Buda Aşık Olursa</t>
+          <t>Anadolu’nun Kültürel Kökleri</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>228</v>
+        <v>196</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786258068924</t>
+          <t>2789788624476</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Buda Çıkmaza Girerse</t>
+          <t>Maya Bir Nefeste Seti - 7 Kitap Takım</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>292</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786258068917</t>
+          <t>9786258068931</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Ejderhanın Evrimi</t>
+          <t>Buda Aşık Olursa</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>292</v>
+        <v>228</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786258068900</t>
+          <t>9786258068924</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Ateşten Düşünceler</t>
+          <t>Buda Çıkmaza Girerse</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>244</v>
+        <v>292</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786057605672</t>
+          <t>9786258068917</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Mozart: Bir Yaşam Serüveni</t>
+          <t>Ejderhanın Evrimi</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>340</v>
+        <v>292</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786057605689</t>
+          <t>9786258068900</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Ölmüş Bir Kadının Evrak-ı Metrukesi ve Nedret</t>
+          <t>Ateşten Düşünceler</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>308</v>
+        <v>244</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>2789788623745</t>
+          <t>9786057605672</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Maya Soseki Seti - 3 Kitap Takım</t>
+          <t>Mozart: Bir Yaşam Serüveni</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>724</v>
+        <v>340</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>2789788623738</t>
+          <t>9786057605689</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Maya Edith Nesbit Seti 3 Kitap Takım</t>
+          <t>Ölmüş Bir Kadının Evrak-ı Metrukesi ve Nedret</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>636</v>
+        <v>308</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786057605658</t>
+          <t>2789788623745</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Ressam</t>
+          <t>Maya Soseki Seti - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>284</v>
+        <v>724</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786057605665</t>
+          <t>2789788623738</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Güneş Mitleri</t>
+          <t>Maya Edith Nesbit Seti 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>212</v>
+        <v>636</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>2789788623578</t>
+          <t>9786057605658</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Maya Wells Seti - (3 Kitap Takım)</t>
+          <t>Muhteşem Ressam</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>796</v>
+        <v>284</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786057605641</t>
+          <t>9786057605665</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Süperanne Miti</t>
+          <t>Güneş Mitleri</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>252</v>
+        <v>212</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786057605627</t>
+          <t>2789788623578</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Semboller</t>
+          <t>Maya Wells Seti - (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>236</v>
+        <v>796</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786057605634</t>
+          <t>9786057605641</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>On İki Hikaye ve Bir Rüya</t>
+          <t>Süperanne Miti</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>244</v>
+        <v>252</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057605597</t>
+          <t>9786057605627</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Yabangülü</t>
+          <t>Semboller</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>172</v>
+        <v>236</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057605603</t>
+          <t>9786057605634</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefeste Coğrafya</t>
+          <t>On İki Hikaye ve Bir Rüya</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>212</v>
+        <v>244</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786057605573</t>
+          <t>9786057605597</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Uzay ve Zaman Hikayeleri</t>
+          <t>Yabangülü</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>244</v>
+        <v>172</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786057605580</t>
+          <t>9786057605603</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Yaşam Üzerine Düşünceler</t>
+          <t>Bir Nefeste Coğrafya</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>184</v>
+        <v>212</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786057605559</t>
+          <t>9786057605573</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Hawaii Mitleri</t>
+          <t>Uzay ve Zaman Hikayeleri</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>252</v>
+        <v>244</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786057605566</t>
+          <t>9786057605580</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Küçükbey</t>
+          <t>Sanat ve Yaşam Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>180</v>
+        <v>184</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786057605542</t>
+          <t>9786057605559</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Shakespeare’den Hikayeler</t>
+          <t>Hawaii Mitleri</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>220</v>
+        <v>252</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786057605528</t>
+          <t>9786057605566</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Bir Yaşam İçin Mistik Masallar</t>
+          <t>Küçükbey</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>292</v>
+        <v>180</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786057605511</t>
+          <t>9786057605542</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Evrensel Yasalar</t>
+          <t>Shakespeare’den Hikayeler</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>244</v>
+        <v>220</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786057605504</t>
+          <t>9786057605528</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kıta</t>
+          <t>Büyülü Bir Yaşam İçin Mistik Masallar</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>308</v>
+        <v>292</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786057605498</t>
+          <t>9786057605511</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Hint Mitolojisi</t>
+          <t>Evrensel Yasalar</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>292</v>
+        <v>244</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786057605481</t>
+          <t>9786057605504</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Bahçede Felsefe</t>
+          <t>Kayıp Kıta</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>268</v>
+        <v>308</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786057605467</t>
+          <t>9786057605498</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Beyin Koçu</t>
+          <t>Hint Mitolojisi</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>212</v>
+        <v>292</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786057605474</t>
+          <t>9786057605481</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Kitabı</t>
+          <t>Bahçede Felsefe</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>164</v>
+        <v>268</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786057605450</t>
+          <t>9786057605467</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>İskoç Masalları</t>
+          <t>Beyin Koçu</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>220</v>
+        <v>212</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>2789788620935</t>
+          <t>9786057605474</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Maya Popüler Bilim Seti (6 Kitap Takım)</t>
+          <t>Ejderha Kitabı</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>1330</v>
+        <v>164</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786057605399</t>
+          <t>9786057605450</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Slav Masalları</t>
+          <t>İskoç Masalları</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>324</v>
+        <v>220</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>2789788620546</t>
+          <t>2789788620935</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Maya Mitolojik Kitaplar Seti (5 Kitap Takım)</t>
+          <t>Maya Popüler Bilim Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>1252</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>2789788620515</t>
+          <t>9786057605399</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Maya Mitolojik Hikayeler Seti (5 Kitap Takım)</t>
+          <t>Slav Masalları</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>1108</v>
+        <v>324</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786057605375</t>
+          <t>2789788620546</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Bin Mumlu Ev</t>
+          <t>Maya Mitolojik Kitaplar Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>300</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786057605368</t>
+          <t>2789788620515</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Fyodor Mihayloviç Dostoyevski</t>
+          <t>Maya Mitolojik Hikayeler Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>292</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786057605351</t>
+          <t>9786057605375</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Afrika Masalları</t>
+          <t>Bin Mumlu Ev</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786057605344</t>
+          <t>9786057605368</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Mitoterapi</t>
+          <t>Fyodor Mihayloviç Dostoyevski</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>148</v>
+        <v>292</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786057605290</t>
+          <t>9786057605351</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Altın Çağ</t>
+          <t>Afrika Masalları</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>188</v>
+        <v>220</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786057605283</t>
+          <t>9786057605344</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Charles Darwin (Özel Ayracıyla)</t>
+          <t>Mitoterapi</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>204</v>
+        <v>148</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>2789788617768</t>
+          <t>9786057605290</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Klasik Edebiyat Seti 2 (5 Kitap Takım)</t>
+          <t>Altın Çağ</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>1516</v>
+        <v>188</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>2789788617720</t>
+          <t>9786057605283</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Maya Dünya Masalları Set 1 (9 Kitap Takım)</t>
+          <t>Charles Darwin (Özel Ayracıyla)</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>2236</v>
+        <v>204</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>2789788617713</t>
+          <t>2789788617768</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Maya Biyografi Seti 1 (5 Kitap Takım)</t>
+          <t>Klasik Edebiyat Seti 2 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>1076</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>2789788617744</t>
+          <t>2789788617720</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Maya Kitap Kurdu Seti (2 Kitap Takım)</t>
+          <t>Maya Dünya Masalları Set 1 (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>520</v>
+        <v>2236</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786057605276</t>
+          <t>2789788617713</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Kelt Masalları (Özel Ayracıyla)</t>
+          <t>Maya Biyografi Seti 1 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>212</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786057605269</t>
+          <t>2789788617744</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Çin Mitolojisi</t>
+          <t>Maya Kitap Kurdu Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>220</v>
+        <v>520</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786057605245</t>
+          <t>9786057605276</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefeste Evren</t>
+          <t>Kelt Masalları (Özel Ayracıyla)</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>260</v>
+        <v>212</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786057605238</t>
+          <t>9786057605269</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Antik Mısır Hikayeleri</t>
+          <t>Çin Mitolojisi</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786057605214</t>
+          <t>9786057605245</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Eskimo Masalları (Özel Ayracıyla)</t>
+          <t>Bir Nefeste Evren</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>196</v>
+        <v>260</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786057605221</t>
+          <t>9786057605238</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Yakira Mi: Benim Defterim</t>
+          <t>Antik Mısır Hikayeleri</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786057605191</t>
+          <t>9786057605214</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Doğa Kitabı</t>
+          <t>Eskimo Masalları (Özel Ayracıyla)</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>212</v>
+        <v>196</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786057605184</t>
+          <t>9786057605221</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Kendi Evrenini Yarat</t>
+          <t>Yakira Mi: Benim Defterim</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>244</v>
+        <v>270</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786057605177</t>
+          <t>9786057605191</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Gutenberg’in Çırağı</t>
+          <t>Doğa Kitabı</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>404</v>
+        <v>212</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786057605153</t>
+          <t>9786057605184</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Johann Wolfgang von Goethe'nin Hayatı (Özel Ayracıyla)</t>
+          <t>Kendi Evrenini Yarat</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>188</v>
+        <v>244</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786057605146</t>
+          <t>9786057605177</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Çingene Masalları (Özel Ayracıyla)</t>
+          <t>Gutenberg’in Çırağı</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>260</v>
+        <v>404</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786057605139</t>
+          <t>9786057605153</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Uzun Lafın Kısası</t>
+          <t>Johann Wolfgang von Goethe'nin Hayatı (Özel Ayracıyla)</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>212</v>
+        <v>188</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786057605122</t>
+          <t>9786057605146</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Truva</t>
+          <t>Çingene Masalları (Özel Ayracıyla)</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>228</v>
+        <v>260</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786057605108</t>
+          <t>9786057605139</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Scarlet Pimpernel</t>
+          <t>Uzun Lafın Kısası</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>308</v>
+        <v>212</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786057605085</t>
+          <t>9786057605122</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Karl Marx'ın Hayatı ve Öğretileri</t>
+          <t>Truva</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>188</v>
+        <v>228</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786057605092</t>
+          <t>9786057605108</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Bizimkisi Bir Ah Hikayesi</t>
+          <t>Scarlet Pimpernel</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>180</v>
+        <v>308</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786057605061</t>
+          <t>9786057605085</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Diyar</t>
+          <t>Karl Marx'ın Hayatı ve Öğretileri</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>204</v>
+        <v>188</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786057605054</t>
+          <t>9786057605092</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Kütüphane</t>
+          <t>Bizimkisi Bir Ah Hikayesi</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>276</v>
+        <v>180</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786057605030</t>
+          <t>9786057605061</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Kral Arthur</t>
+          <t>Dokuz Diyar</t>
         </is>
       </c>
       <c r="C320" s="1">
         <v>204</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786057605047</t>
+          <t>9786057605054</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Kore Masalları (Özel Ayracıyla)</t>
+          <t>Gizemli Kütüphane</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>196</v>
+        <v>276</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786057605016</t>
+          <t>9786057605030</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Jane Austen'ın Hayatı (Özel Ayracıyla)</t>
+          <t>Kral Arthur</t>
         </is>
       </c>
       <c r="C322" s="1">
         <v>204</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786059902991</t>
+          <t>9786057605047</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Norveç Masalları</t>
+          <t>Kore Masalları (Özel Ayracıyla)</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>244</v>
+        <v>196</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786059902984</t>
+          <t>9786057605016</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Gönül</t>
+          <t>Jane Austen'ın Hayatı (Özel Ayracıyla)</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>252</v>
+        <v>204</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786059902977</t>
+          <t>9786059902991</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Çin Masalları (Özel Ayracıyla)</t>
+          <t>Norveç Masalları</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>276</v>
+        <v>244</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786059902960</t>
+          <t>9786059902984</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Voltaire'nin Hayatı (Özel Ayracıyla)</t>
+          <t>Gönül</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>212</v>
+        <v>252</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786059902908</t>
+          <t>9786059902977</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Büyük Gökbilimciler</t>
+          <t>Çin Masalları (Özel Ayracıyla)</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>308</v>
+        <v>276</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786059902953</t>
+          <t>9786059902960</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Miguel de Cervantes'in Hayatı</t>
+          <t>Voltaire'nin Hayatı (Özel Ayracıyla)</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>180</v>
+        <v>212</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786059902946</t>
+          <t>9786059902908</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Hava Kitabı</t>
+          <t>Büyük Gökbilimciler</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>212</v>
+        <v>308</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786059902915</t>
+          <t>9786059902953</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Kızılderili Masalları (Özel Ayracıyla)</t>
+          <t>Miguel de Cervantes'in Hayatı</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>188</v>
+        <v>180</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786059902892</t>
+          <t>9786059902946</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Türk Masalları</t>
+          <t>Hava Kitabı</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>252</v>
+        <v>212</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786059902885</t>
+          <t>9786059902915</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Büyük Evin Küçük Hanımefendisi</t>
+          <t>Kızılderili Masalları (Özel Ayracıyla)</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>340</v>
+        <v>188</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786059902878</t>
+          <t>9786059902892</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Yol ve Erdem</t>
+          <t>Türk Masalları</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>196</v>
+        <v>252</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786059902861</t>
+          <t>9786059902885</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Okuma Sanatı</t>
+          <t>Büyük Evin Küçük Hanımefendisi</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>244</v>
+        <v>340</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786059902854</t>
+          <t>9786059902878</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Kahvenin Hikayesi</t>
+          <t>Yol ve Erdem</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>244</v>
+        <v>196</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786059902816</t>
+          <t>9786059902861</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Minik Fare Kükredi</t>
+          <t>Okuma Sanatı</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>80</v>
+        <v>244</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786059902823</t>
+          <t>9786059902854</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Parlak Fikirler Kitabı</t>
+          <t>Kahvenin Hikayesi</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>212</v>
+        <v>244</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786059902793</t>
+          <t>9786059902816</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Japon Masalları (Özel Ayracıyla)</t>
+          <t>Minik Fare Kükredi</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>260</v>
+        <v>80</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786059902809</t>
+          <t>9786059902823</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Hint Masalları</t>
+          <t>Parlak Fikirler Kitabı</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>252</v>
+        <v>212</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786059902830</t>
+          <t>9786059902793</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Rus Masalları</t>
+          <t>Japon Masalları (Özel Ayracıyla)</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786059902779</t>
+          <t>9786059902809</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefeste 20. Yüzyıl</t>
+          <t>Hint Masalları</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>244</v>
+        <v>252</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786059902786</t>
+          <t>9786059902830</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Kant ve Kırmızı Elbise</t>
+          <t>Rus Masalları</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>164</v>
+        <v>380</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786059902762</t>
+          <t>9786059902779</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Sanşiro</t>
+          <t>Bir Nefeste 20. Yüzyıl</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>292</v>
+        <v>244</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786059902731</t>
+          <t>9786059902786</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Mitler ve Efsaneler</t>
+          <t>Kant ve Kırmızı Elbise</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>308</v>
+        <v>164</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786059902663</t>
+          <t>9786059902762</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünün Tarihi</t>
+          <t>Sanşiro</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>380</v>
+        <v>292</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786059902717</t>
+          <t>9786059902731</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefeste Büyük Bilim İnsanları</t>
+          <t>Mitler ve Efsaneler</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>236</v>
+        <v>308</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786059902687</t>
+          <t>9786059902663</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Brütüs</t>
+          <t>Yeryüzünün Tarihi</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>196</v>
+        <v>380</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786059902625</t>
+          <t>9786059902717</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Kleopatra’nın Gölgeleri</t>
+          <t>Bir Nefeste Büyük Bilim İnsanları</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>340</v>
+        <v>236</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786059902595</t>
+          <t>9786059902687</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Septimanya</t>
+          <t>Sevgili Brütüs</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>340</v>
+        <v>196</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786059902373</t>
+          <t>9786059902625</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Victoria Evleri</t>
+          <t>Kleopatra’nın Gölgeleri</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>136</v>
+        <v>340</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786059902335</t>
+          <t>9786059902595</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>30 Klasik Film Posteri</t>
+          <t>Septimanya</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>120</v>
+        <v>340</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786059902359</t>
+          <t>9786059902373</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Kadın Ressamların Başyapıtları</t>
+          <t>Victoria Evleri</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>168</v>
+        <v>136</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786059902571</t>
+          <t>9786059902335</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Chicago</t>
+          <t>30 Klasik Film Posteri</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>382</v>
+        <v>120</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786059902564</t>
+          <t>9786059902359</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Mark Twain Aforizmalar</t>
+          <t>Kadın Ressamların Başyapıtları</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>156</v>
+        <v>168</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786059902557</t>
+          <t>9786059902571</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Dünya Düzken</t>
+          <t>Chicago</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>206</v>
+        <v>382</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786059902526</t>
+          <t>9786059902564</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Atları Seven Kız</t>
+          <t>Mark Twain Aforizmalar</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>80</v>
+        <v>156</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786059902441</t>
+          <t>9786059902557</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Habeşistan Prensi Rasselas'ın Öyküsü</t>
+          <t>Bir Zamanlar Dünya Düzken</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>210</v>
+        <v>206</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786059902434</t>
+          <t>9786059902526</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Beyin Egzersizleri</t>
+          <t>Vahşi Atları Seven Kız</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>212</v>
+        <v>80</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786059902212</t>
+          <t>9786059902441</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Beyin Egzersizleri</t>
+          <t>Habeşistan Prensi Rasselas'ın Öyküsü</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>212</v>
+        <v>210</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786059902229</t>
+          <t>9786059902434</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Aylak Bir Adamdan Aylak Düşünceler</t>
+          <t>Hızlı Beyin Egzersizleri</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>180</v>
+        <v>212</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786059902199</t>
+          <t>9786059902212</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Dachau'dan Sonra</t>
+          <t>Beyin Egzersizleri</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>228</v>
+        <v>212</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786059902144</t>
+          <t>9786059902229</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>12 Yıllık Esaret</t>
+          <t>Aylak Bir Adamdan Aylak Düşünceler</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>276</v>
+        <v>180</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786059902120</t>
+          <t>9786059902199</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Kanlı Tarihi</t>
+          <t>Dachau'dan Sonra</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>212</v>
+        <v>228</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786059902090</t>
+          <t>9786059902144</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Tarihimizdeki Garip Olaylar - 2</t>
+          <t>12 Yıllık Esaret</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>180</v>
+        <v>276</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786059902106</t>
+          <t>9786059902120</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Kahramanların Cep Aynası</t>
+          <t>Dünyanın Kanlı Tarihi</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>180</v>
+        <v>212</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786059902397</t>
+          <t>9786059902090</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Sayılarla Dünya Tarihi</t>
+          <t>Tarihimizdeki Garip Olaylar - 2</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>212</v>
+        <v>180</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786055675868</t>
+          <t>9786059902106</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Goethe Aforizmalar</t>
+          <t>Kahramanların Cep Aynası</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>244</v>
+        <v>180</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786055675851</t>
+          <t>9786059902397</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Entelektüelin Kutsal Kitabı: Modern Kültür</t>
+          <t>Sayılarla Dünya Tarihi</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>435</v>
+        <v>212</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786055675783</t>
+          <t>9786055675868</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Coğrafyası</t>
+          <t>Goethe Aforizmalar</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>308</v>
+        <v>244</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786055675837</t>
+          <t>9786055675851</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Muhafız</t>
+          <t>Entelektüelin Kutsal Kitabı: Modern Kültür</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>388</v>
+        <v>435</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786059902236</t>
+          <t>9786055675783</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Devrimciye Aforizmalar</t>
+          <t>Zamanın Coğrafyası</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>116</v>
+        <v>308</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786055675509</t>
+          <t>9786055675837</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Tarihimizdeki Garip Olaylar</t>
+          <t>Beyaz Muhafız</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>212</v>
+        <v>388</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786055675486</t>
+          <t>9786059902236</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Satranç Boyama Kitabı 3 - Taşların Hareketleri</t>
+          <t>Devrimciye Aforizmalar</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>96</v>
+        <v>116</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786055675479</t>
+          <t>9786055675509</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Satranç Boyama Kitabı 2 - Taşların Yerleri</t>
+          <t>Tarihimizdeki Garip Olaylar</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>72</v>
+        <v>212</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786055675462</t>
+          <t>9786055675486</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Satranç Boyama Kitabı 1 - Taşlar</t>
+          <t>Satranç Boyama Kitabı 3 - Taşların Hareketleri</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>72</v>
+        <v>96</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786055675677</t>
+          <t>9786055675479</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Hafıza</t>
+          <t>Satranç Boyama Kitabı 2 - Taşların Yerleri</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>268</v>
+        <v>72</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786055675417</t>
+          <t>9786055675462</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Kahvehane Hikayeleri</t>
+          <t>Satranç Boyama Kitabı 1 - Taşlar</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>196</v>
+        <v>72</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786055675394</t>
+          <t>9786055675677</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>İsmail</t>
+          <t>Kozmik Hafıza</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>316</v>
+        <v>268</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786055675691</t>
+          <t>9786055675417</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Entelektüelin Kutsal Kitabı: Biyografiler (Ciltli)</t>
+          <t>İstanbul Kahvehane Hikayeleri</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>525</v>
+        <v>196</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786055675684</t>
+          <t>9786055675394</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Entelektüelin Kutsal Kitabı: Biyografiler</t>
+          <t>İsmail</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>435</v>
+        <v>316</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786055675707</t>
+          <t>9786055675691</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Entelektüelin Kutsal Kitabı (Ciltli)</t>
+          <t>Entelektüelin Kutsal Kitabı: Biyografiler (Ciltli)</t>
         </is>
       </c>
       <c r="C381" s="1">
         <v>525</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786055675660</t>
+          <t>9786055675684</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Efendi Uyanıyor</t>
+          <t>Entelektüelin Kutsal Kitabı: Biyografiler</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>308</v>
+        <v>435</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786055675493</t>
+          <t>9786055675707</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Dünya Çocukları Bayramı</t>
+          <t>Entelektüelin Kutsal Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>48</v>
+        <v>525</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
+          <t>9786055675660</t>
+        </is>
+      </c>
+      <c r="B384" s="1" t="inlineStr">
+        <is>
+          <t>Efendi Uyanıyor</t>
+        </is>
+      </c>
+      <c r="C384" s="1">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="385" spans="1:3">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
+          <t>9786055675493</t>
+        </is>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Çocukları Bayramı</t>
+        </is>
+      </c>
+      <c r="C385" s="1">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
           <t>9786055675653</t>
         </is>
       </c>
-      <c r="B384" s="1" t="inlineStr">
+      <c r="B386" s="1" t="inlineStr">
         <is>
           <t>Doğu’dan ve Batı’dan Aforizmalar</t>
         </is>
       </c>
-      <c r="C384" s="1">
+      <c r="C386" s="1">
         <v>188</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>