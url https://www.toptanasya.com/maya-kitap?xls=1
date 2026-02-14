--- v1 (2025-12-21)
+++ v2 (2026-02-14)
@@ -85,5815 +85,6130 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258361810</t>
+          <t>9786258361834</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Seksen Unutulmuş Kadınla Dünya Tarihi</t>
+          <t>İnsanın Kökeni</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>372</v>
+        <v>291</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258361803</t>
+          <t>9786258361827</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ateşi Yakalamak</t>
+          <t>Nasıl Düşünürüz?</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>260</v>
+        <v>291</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258361797</t>
+          <t>9786059902755</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefeste Yapay Zeka</t>
+          <t>Kelebek Ajandası 2018</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>248</v>
+        <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258361780</t>
+          <t>9786055675073</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Farkındalıkla İyi̇leşmek</t>
+          <t>2010 Astroloji Günlüğü</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>268</v>
+        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>2789788646737</t>
+          <t>2789786015900</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Maya Spiritüel Seti - 3 Kitap</t>
+          <t>Büyükler İçin Boyama Kitabı Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>668</v>
+        <v>80</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258361773</t>
+          <t>3990000093167</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Antik Rotalar - Ege</t>
+          <t>Maya Roman Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>306</v>
+        <v>141</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258361766</t>
+          <t>3990000089798</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Altın Gelecek</t>
+          <t>Maya Düşünce Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>308</v>
+        <v>93</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258361742</t>
+          <t>3990000089958</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Mucizeler/ Dönüşüm Rehberi</t>
+          <t>Popüler Tarih Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>196</v>
+        <v>141</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258361759</t>
+          <t>9786059902052</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Çok Gizli Ajan Bulmaca Kitabı</t>
+          <t>Özgür Bırakılan Şiirler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>164</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>2789788645143</t>
+          <t>2789788621475</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Maya Ütopya Seti - 3 Kitap</t>
+          <t>Maya Dünya Masalları Set 2 (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>380</v>
+        <v>444</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786258361728</t>
+          <t>2789788631672</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Ütopya</t>
+          <t>Maya Anadolu Kitapları Seti - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>180</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786258361735</t>
+          <t>9786059902267</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Cinayet Bulmacaları Kulübü</t>
+          <t>Dodo Kuşu Cosmo’nun Adası - Sihirli İksir</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>244</v>
+        <v>104</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786258361704</t>
+          <t>9786059902298</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Beynin Gücü</t>
+          <t>Çevreci Kahramanımız Dodo Kuşu Cosmo Kralın Adası - Kralın Adası</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>276</v>
+        <v>125</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786258361711</t>
+          <t>9786059902281</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Veranda Hikâyeleri</t>
+          <t>Çevreci Kahramanımız Dodo Kuşu Cosmo - İki Kafanın Hikayesi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>196</v>
+        <v>125</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>2789788644665</t>
+          <t>9786059902274</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Maya Biyografi Seti 2 - 5 Kitap</t>
+          <t>Çevreci Kahramanımız Dodo Kuşu Cosmo - Hazinenin Peşinde</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>1132</v>
+        <v>125</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>2789788644658</t>
+          <t>9786059902250</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Maya Mitoloji Boyama Seti - 4 Kitap</t>
+          <t>Dodo Kuşu Cosmo'nun Adası - Delilik Rüzgarı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>928</v>
+        <v>104</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258361681</t>
+          <t>9786059902380</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Paranın Tarihi</t>
+          <t>Ünlü Masalların İllüstrasyonları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>324</v>
+        <v>156</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258361674</t>
+          <t>9786059902311</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kelt Mitolojisi Boyama Kitabı</t>
+          <t>Da Vinci’den Picasso’ya 60 Büyük Ressam</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>232</v>
+        <v>385</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258361698</t>
+          <t>9786059902632</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Güneş Ülkesi</t>
+          <t>Çevreci Kahramanımız Dodo Kuşu Cosmo - Büyük Boşluk</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786258361452</t>
+          <t>9786059902649</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Mısır'ın Kutsal Kedisi</t>
+          <t>Dodo Kuşu Cosmo'nun Adası - Canını Seven Kaçsın!</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>316</v>
+        <v>104</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258361421</t>
+          <t>9786057605252</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Sarayı Ustası</t>
+          <t>Günlük Yaşamın Bilimi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>212</v>
+        <v>291</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>2789788632327</t>
+          <t>9786258361810</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Maya İskandinav Seti - 5 Kitap Takım</t>
+          <t>Seksen Unutulmuş Kadınla Dünya Tarihi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>1196</v>
+        <v>458</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786258361360</t>
+          <t>9786258361803</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Beş Çember Kitabı</t>
+          <t>Ateşi Yakalamak</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>132</v>
+        <v>312</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786258361087</t>
+          <t>9786258361797</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Japon Kültürü</t>
+          <t>Bir Nefeste Yapay Zeka</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>148</v>
+        <v>291</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059902847</t>
+          <t>9786258361780</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Muhabbetlerine Dönüş</t>
+          <t>Farkındalıkla İyi̇leşmek</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>332</v>
+        <v>322</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059902748</t>
+          <t>2789788646737</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Mısır Otomobil Kulübü</t>
+          <t>Maya Spiritüel Seti - 3 Kitap</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>452</v>
+        <v>790</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059902724</t>
+          <t>9786258361773</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Yağ ve Mermer</t>
+          <t>Antik Rotalar - Ege</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>380</v>
+        <v>385</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059902465</t>
+          <t>9786258361766</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İntihar Kulübü</t>
+          <t>Altın Gelecek</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>156</v>
+        <v>374</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059902175</t>
+          <t>9786258361742</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Benim Rengim</t>
+          <t>Sihirli Mucizeler/ Dönüşüm Rehberi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>256</v>
+        <v>229</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059902182</t>
+          <t>9786258361759</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Ölüm</t>
+          <t>Çok Gizli Ajan Bulmaca Kitabı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>132</v>
+        <v>187</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059902038</t>
+          <t>2789788645143</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Anarşist Çiftlik</t>
+          <t>Maya Ütopya Seti - 3 Kitap</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>285</v>
+        <v>520</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059902045</t>
+          <t>9786258361728</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kadeh ve Kılıç</t>
+          <t>Ütopya</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>336</v>
+        <v>208</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055675899</t>
+          <t>9786258361735</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Cehennem</t>
+          <t>Gizemli Cinayet Bulmacaları Kulübü</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>292</v>
+        <v>291</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055675905</t>
+          <t>9786258361704</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Çatışma Ortamında Barış Dili</t>
+          <t>Beynin Gücü</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>212</v>
+        <v>333</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055675776</t>
+          <t>9786258361711</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Sırrın Sesi Yoktur</t>
+          <t>Veranda Hikâyeleri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>244</v>
+        <v>229</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055675936</t>
+          <t>2789788644665</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Varoluş Oyunu 2: Sevgi Yolunda İlişkiler ve Denge</t>
+          <t>Maya Biyografi Seti 2 - 5 Kitap</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>396</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055675769</t>
+          <t>2789788644658</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Kayıp Oğlu</t>
+          <t>Maya Mitoloji Boyama Seti - 4 Kitap</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>380</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055675004</t>
+          <t>9786258361681</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Satılık</t>
+          <t>Paranın Tarihi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>180</v>
+        <v>395</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055675165</t>
+          <t>9786258361674</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Saklı Duygular</t>
+          <t>Kelt Mitolojisi Boyama Kitabı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>427</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055675240</t>
+          <t>9786258361698</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Safiye Sultan</t>
+          <t>Güneş Ülkesi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>386</v>
+        <v>156</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055675325</t>
+          <t>9786258361452</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Rus Kızı Vasilisa</t>
+          <t>Mısır'ın Kutsal Kedisi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>396</v>
+        <v>385</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055675530</t>
+          <t>9786258361421</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Plaj Evi</t>
+          <t>Hafıza Sarayı Ustası</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>476</v>
+        <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055675608</t>
+          <t>2789788632327</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Patrona Halil</t>
+          <t>Maya İskandinav Seti - 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>252</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055675011</t>
+          <t>9786258361360</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Nehir Günlüğü</t>
+          <t>Beş Çember Kitabı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>432</v>
+        <v>146</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055675639</t>
+          <t>9786258361087</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Modern İnsanın Kutsal Kitabı</t>
+          <t>Japon Kültürü</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>432</v>
+        <v>166</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055675370</t>
+          <t>9786059902847</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>2012 ve Sonrası Meleklerden Mesajlar</t>
+          <t>Felsefe Muhabbetlerine Dönüş</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>259</v>
+        <v>406</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786055675158</t>
+          <t>9786059902748</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Meleklerden Cevaplar</t>
+          <t>Mısır Otomobil Kulübü</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>365</v>
+        <v>562</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786055675219</t>
+          <t>9786059902724</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Matmazel Nina</t>
+          <t>Yağ ve Mermer</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>244</v>
+        <v>468</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055675745</t>
+          <t>9786059902465</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Keşişler ve Ben</t>
+          <t>İntihar Kulübü</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>308</v>
+        <v>177</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055675349</t>
+          <t>9786059902175</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kelebeğin Kızı</t>
+          <t>Benim Rengim</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>420</v>
+        <v>281</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786055675714</t>
+          <t>9786059902182</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kalbinin Kapılarını Aç</t>
+          <t>Aşk ve Ölüm</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>276</v>
+        <v>146</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055675028</t>
+          <t>9786059902038</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kadın ile Erkek Arasında Fark Var</t>
+          <t>Anarşist Çiftlik</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>178</v>
+        <v>345</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055675141</t>
+          <t>9786059902045</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Kızları</t>
+          <t>Kadeh ve Kılıç</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>437</v>
+        <v>450</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786055675189</t>
+          <t>9786055675899</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Java Büyücüsü</t>
+          <t>Cehennem</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>281</v>
+        <v>354</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055675554</t>
+          <t>9786055675905</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Işık Ağları - Üçlemenin Üçüncü Kitabı</t>
+          <t>Çatışma Ortamında Barış Dili</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>356</v>
+        <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055675202</t>
+          <t>9786055675776</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hürrem</t>
+          <t>Sırrın Sesi Yoktur</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>468</v>
+        <v>291</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055675226</t>
+          <t>9786055675936</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Haremin Sultanları</t>
+          <t>Varoluş Oyunu 2: Sevgi Yolunda İlişkiler ve Denge</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>356</v>
+        <v>489</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055675523</t>
+          <t>9786055675769</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Güç Şifreleri (Üçlemenin İkinci Kitabı)</t>
+          <t>Tanrının Kayıp Oğlu</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>372</v>
+        <v>468</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055675721</t>
+          <t>9786055675004</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Bir Bağ</t>
+          <t>Satılık</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>316</v>
+        <v>208</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055675387</t>
+          <t>9786055675165</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Gelincik</t>
+          <t>Saklı Duygular</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>228</v>
+        <v>529</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055675516</t>
+          <t>9786055675240</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Fikret ve Nedret</t>
+          <t>Safiye Sultan</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>308</v>
+        <v>476</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055675042</t>
+          <t>9786055675325</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalı Havada Duş Alma! Gerçekten mi?</t>
+          <t>Rus Kızı Vasilisa</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>260</v>
+        <v>489</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055675424</t>
+          <t>9786055675530</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Entelektüelin Kutsal Kitabı</t>
+          <t>Plaj Evi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>435</v>
+        <v>593</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055675103</t>
+          <t>9786055675608</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Domino Adamlar</t>
+          <t>Patrona Halil</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>380</v>
+        <v>302</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055675097</t>
+          <t>9786055675011</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Doğu ile Batı Arasında Fark Var 2</t>
+          <t>Nehir Günlüğü</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>152</v>
+        <v>536</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055675110</t>
+          <t>9786055675639</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Diyetsiz Bir Hayatın 101 Yolu</t>
+          <t>Modern İnsanın Kutsal Kitabı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>308</v>
+        <v>564</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055675578</t>
+          <t>9786055675370</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Deliler Saltanatı</t>
+          <t>2012 ve Sonrası Meleklerden Mesajlar</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>316</v>
+        <v>311</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055675547</t>
+          <t>9786055675158</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Çölün Sırrı</t>
+          <t>Meleklerden Cevaplar</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>436</v>
+        <v>449</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055675646</t>
+          <t>9786055675219</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>B’nin Hikayesi</t>
+          <t>Matmazel Nina</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>404</v>
+        <v>291</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055675332</t>
+          <t>9786055675745</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Bebekle Doğmak</t>
+          <t>Keşişler ve Ben</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>211</v>
+        <v>374</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055675356</t>
+          <t>9786055675349</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Ateist Aforizmalar</t>
+          <t>Kelebeğin Kızı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>255</v>
+        <v>520</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055675233</t>
+          <t>9786055675714</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Aşk Başka Yerde</t>
+          <t>Kalbinin Kapılarını Aç</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>340</v>
+        <v>333</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055675738</t>
+          <t>9786055675028</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Asla Pes Etme</t>
+          <t>Kadın ile Erkek Arasında Fark Var</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>220</v>
+        <v>205</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055675431</t>
+          <t>9786055675141</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Anonymous</t>
+          <t>Kaderin Kızları</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>148</v>
+        <v>542</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055675455</t>
+          <t>9786055675189</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Yaşama Sanatı</t>
+          <t>Java Büyücüsü</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>180</v>
+        <v>339</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055675264</t>
+          <t>9786055675554</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Fetih 1453</t>
+          <t>Işık Ağları - Üçlemenin Üçüncü Kitabı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>388</v>
+        <v>437</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055675820</t>
+          <t>9786055675202</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Bardo</t>
+          <t>Hürrem</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>210</v>
+        <v>582</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786055675813</t>
+          <t>9786055675226</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Meraklılar İçin Budizm</t>
+          <t>Haremin Sultanları</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>180</v>
+        <v>437</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786055675790</t>
+          <t>9786055675523</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Varoluş Oyunu 1: Evrensel İşleyiş ve Ruhların Hasadı</t>
+          <t>Güç Şifreleri (Üçlemenin İkinci Kitabı)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>348</v>
+        <v>458</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055675806</t>
+          <t>9786055675721</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Sahtekar</t>
+          <t>Görünmez Bir Bağ</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>332</v>
+        <v>385</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059902014</t>
+          <t>9786055675387</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Büyükler İçin Boyama Kitabı - Yaratıcı Desenler</t>
+          <t>Gelincik</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>296</v>
+        <v>270</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059902021</t>
+          <t>9786055675516</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Büyükler İçin Boyama Kitabı - Yeni Yıl Desenleri</t>
+          <t>Fikret ve Nedret</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>296</v>
+        <v>308</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055675844</t>
+          <t>9786055675042</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefeste Dünya Tarihi</t>
+          <t>Fırtınalı Havada Duş Alma! Gerçekten mi?</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>228</v>
+        <v>312</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055675615</t>
+          <t>9786055675424</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Hayat</t>
+          <t>Entelektüelin Kutsal Kitabı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>236</v>
+        <v>554</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786055675080</t>
+          <t>9786055675103</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Vlad: Son İtiraf</t>
+          <t>Domino Adamlar</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>492</v>
+        <v>468</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055675066</t>
+          <t>9786055675097</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Uyurgezer</t>
+          <t>Doğu ile Batı Arasında Fark Var 2</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>354</v>
+        <v>172</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786055675172</t>
+          <t>9786055675110</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Bahçe</t>
+          <t>Diyetsiz Bir Hayatın 101 Yolu</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>325</v>
+        <v>374</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786055675622</t>
+          <t>9786055675578</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Torino Kefeni</t>
+          <t>Deliler Saltanatı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>420</v>
+        <v>385</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786055675592</t>
+          <t>9786055675547</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>The Code - Şifre</t>
+          <t>Çölün Sırrı</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>324</v>
+        <v>541</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786055675127</t>
+          <t>9786055675646</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Terapi</t>
+          <t>B’nin Hikayesi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>340</v>
+        <v>499</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786055675196</t>
+          <t>9786055675332</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Telli Haseki Hümaşah Sultan</t>
+          <t>Bebekle Doğmak</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>331</v>
+        <v>248</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055675134</t>
+          <t>9786055675356</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Tatil İtirafları</t>
+          <t>Ateist Aforizmalar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>430</v>
+        <v>287</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786055675448</t>
+          <t>9786055675233</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Taşların Sessizliği (Üçlemenin İlk Kitabi)</t>
+          <t>Aşk Başka Yerde</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>356</v>
+        <v>416</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786055675257</t>
+          <t>9786055675738</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Adını Yazdıran 100 Büyük Türk</t>
+          <t>Asla Pes Etme</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>244</v>
+        <v>260</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786055675561</t>
+          <t>9786055675431</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Adını Yazdıran 100 Büyük Romancı</t>
+          <t>Anonymous</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>276</v>
+        <v>166</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055675400</t>
+          <t>9786055675455</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Adını Yazdıran 100 Büyük Düşünür</t>
+          <t>Akıllı Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>252</v>
+        <v>208</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055675585</t>
+          <t>9786055675264</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Şimdinin Bilgeliği</t>
+          <t>Fetih 1453</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>180</v>
+        <v>478</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055675035</t>
+          <t>9786055675820</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Spa Decameron</t>
+          <t>Bardo</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>430</v>
+        <v>247</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786055675059</t>
+          <t>9786055675813</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Şeylerin Sıra Dışı Kökleri</t>
+          <t>Meraklılar İçin Budizm</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>350</v>
+        <v>208</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786055675967</t>
+          <t>9786055675790</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Fülfül Büyüsü</t>
+          <t>Varoluş Oyunu 1: Evrensel İşleyiş ve Ruhların Hasadı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>260</v>
+        <v>426</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059902007</t>
+          <t>9786055675806</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Entelektüelin Kutsal Kitabı : Modern Kültür (Ciltli)</t>
+          <t>Kutsal Sahtekar</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>525</v>
+        <v>406</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059902533</t>
+          <t>9786059902014</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Alkol Tarihi</t>
+          <t>Büyükler İçin Boyama Kitabı - Yaratıcı Desenler</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>388</v>
+        <v>385</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059902540</t>
+          <t>9786059902021</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Alkol Tarihi (Ciltli)</t>
+          <t>Büyükler İçin Boyama Kitabı - Yeni Yıl Desenleri</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>388</v>
+        <v>385</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059902694</t>
+          <t>9786055675844</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Zaman Odası</t>
+          <t>Bir Nefeste Dünya Tarihi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>208</v>
+        <v>270</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059902700</t>
+          <t>9786055675615</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Bu Yakası</t>
+          <t>Yeni Bir Hayat</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>332</v>
+        <v>281</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059902083</t>
+          <t>9786055675080</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Filozof ve Kurt</t>
+          <t>Vlad: Son İtiraf</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>260</v>
+        <v>614</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059902458</t>
+          <t>9786055675066</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Eski Fıkra Kitabı (Ciltli)</t>
+          <t>Uyurgezer</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>180</v>
+        <v>434</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059902205</t>
+          <t>9786055675172</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Zaman Bahçesi</t>
+          <t>Unutulmuş Bahçe</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>208</v>
+        <v>397</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059902670</t>
+          <t>9786055675622</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcusunun El Kitabı</t>
+          <t>Torino Kefeni</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>360</v>
+        <v>520</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059902618</t>
+          <t>9786055675592</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Muhabbetlerine Devam</t>
+          <t>The Code - Şifre</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>300</v>
+        <v>460</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>2789786035403</t>
+          <t>9786055675127</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Renklendirmeniz İçin Sanat Eserleri Seti (8 Kitap)</t>
+          <t>Terapi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>1472</v>
+        <v>416</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059902366</t>
+          <t>9786055675196</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Van Gogh’un Başyapıtları</t>
+          <t>Telli Haseki Hümaşah Sultan</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>168</v>
+        <v>404</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059902342</t>
+          <t>9786055675134</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>İtalyan Rönesansı’nın Başyapıtları</t>
+          <t>Tatil İtirafları</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>168</v>
+        <v>533</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786059902328</t>
+          <t>9786055675448</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Dali’den Gauguin’e 60 Büyük Resim</t>
+          <t>Taşların Sessizliği (Üçlemenin İlk Kitabi)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>296</v>
+        <v>437</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059902496</t>
+          <t>9786055675257</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik ve Cahillik</t>
+          <t>Tarihe Adını Yazdıran 100 Büyük Türk</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>132</v>
+        <v>291</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059902489</t>
+          <t>9786055675561</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Ahmak Wilson’ın Trajedisi</t>
+          <t>Tarihe Adını Yazdıran 100 Büyük Romancı</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>220</v>
+        <v>312</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059902588</t>
+          <t>9786055675400</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kadın Çirkinliğinin Tarihi</t>
+          <t>Tarihe Adını Yazdıran 100 Büyük Düşünür</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>308</v>
+        <v>312</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059902472</t>
+          <t>9786055675585</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetin Ötesi</t>
+          <t>Şimdinin Bilgeliği</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>228</v>
+        <v>208</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059902076</t>
+          <t>9786055675035</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Çöküş</t>
+          <t>Spa Decameron</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>388</v>
+        <v>533</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059902069</t>
+          <t>9786055675059</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Hitler'in Yeğeni</t>
+          <t>Sıradan Şeylerin Sıra Dışı Kökleri</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>356</v>
+        <v>429</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786055675950</t>
+          <t>9786055675967</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefeste Cinsellik Tarihi</t>
+          <t>Fülfül Büyüsü</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>292</v>
+        <v>312</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786055675943</t>
+          <t>9786059902007</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Şarap ve Tanrı</t>
+          <t>Entelektüelin Kutsal Kitabı : Modern Kültür (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>172</v>
+        <v>619</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059902601</t>
+          <t>9786059902533</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Hatalı Tarih</t>
+          <t>Alkol Tarihi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>212</v>
+        <v>388</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786055675998</t>
+          <t>9786059902540</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Açlık</t>
+          <t>Alkol Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>338</v>
+        <v>388</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786055675981</t>
+          <t>9786059902694</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Meleklerden İlhamlar</t>
+          <t>Zaman Odası</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>276</v>
+        <v>270</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059902502</t>
+          <t>9786059902700</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Yakupyan Apartmanı</t>
+          <t>Cennetin Bu Yakası</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>284</v>
+        <v>406</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059902519</t>
+          <t>9786059902083</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Filozoflar Ne Söyledi Biz Ne Anladık</t>
+          <t>Filozof ve Kurt</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>244</v>
+        <v>312</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059902304</t>
+          <t>9786059902458</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Yeme Tarihi</t>
+          <t>Dünyanın En Eski Fıkra Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>340</v>
+        <v>338</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786055675912</t>
+          <t>9786059902205</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Dalay Lama'nın Kedisi</t>
+          <t>Zaman Bahçesi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>272</v>
+        <v>270</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786055675929</t>
+          <t>9786059902670</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Müziğin Kadim Yolculuğu</t>
+          <t>Zaman Yolcusunun El Kitabı</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>204</v>
+        <v>442</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059902427</t>
+          <t>9786059902618</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Harita Dışı</t>
+          <t>Felsefe Muhabbetlerine Devam</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>340</v>
+        <v>364</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059902410</t>
+          <t>2789786035403</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Avokado Bahçesi</t>
+          <t>Renklendirmeniz İçin Sanat Eserleri Seti (8 Kitap)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>316</v>
+        <v>1914</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059902151</t>
+          <t>9786059902366</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Aylak Zevkler Kitabı</t>
+          <t>Van Gogh’un Başyapıtları</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>242</v>
+        <v>218</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059902137</t>
+          <t>9786059902342</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kan Kırmızı</t>
+          <t>İtalyan Rönesansı’nın Başyapıtları</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>220</v>
+        <v>348</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786055675875</t>
+          <t>9786059902328</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Zor</t>
+          <t>Dali’den Gauguin’e 60 Büyük Resim</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>276</v>
+        <v>385</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786059902403</t>
+          <t>9786059902496</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Muhabbetleri</t>
+          <t>Bilgelik ve Cahillik</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>268</v>
+        <v>146</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059902243</t>
+          <t>9786059902489</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Yolculuğu</t>
+          <t>Ahmak Wilson’ın Trajedisi</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>188</v>
+        <v>260</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059902168</t>
+          <t>9786059902588</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Büyükler İçin Boyama Kitabı - Dövme Desenleri</t>
+          <t>Kadın Çirkinliğinin Tarihi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>296</v>
+        <v>408</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786055675974</t>
+          <t>9786059902472</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Çay ve Zen</t>
+          <t>Medeniyetin Ötesi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059902113</t>
+          <t>9786059902076</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Büyükler İçin Boyama Kitabı - Vintage Desenler</t>
+          <t>Çöküş</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>296</v>
+        <v>478</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057605320</t>
+          <t>9786059902069</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Şehir</t>
+          <t>Hitler'in Yeğeni</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>252</v>
+        <v>437</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057605610</t>
+          <t>9786055675950</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Necla</t>
+          <t>Bir Nefeste Cinsellik Tarihi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>164</v>
+        <v>354</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057605306</t>
+          <t>9786055675943</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm Zamanı</t>
+          <t>Şarap ve Tanrı</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>212</v>
+        <v>198</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057605207</t>
+          <t>9786059902601</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Babil Mitolojisi</t>
+          <t>Hatalı Tarih</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>196</v>
+        <v>250</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057605078</t>
+          <t>9786055675998</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Sırları</t>
+          <t>Açlık</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>360</v>
+        <v>413</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057605535</t>
+          <t>9786055675981</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Japon Mitolojisi</t>
+          <t>Meleklerden İlhamlar</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>220</v>
+        <v>333</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057605337</t>
+          <t>9786059902502</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan Hikayeleri</t>
+          <t>Yakupyan Apartmanı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>212</v>
+        <v>343</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786055675363</t>
+          <t>9786059902519</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamit ve Afrodit</t>
+          <t>Filozoflar Ne Söyledi Biz Ne Anladık</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>332</v>
+        <v>291</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>2789788619588</t>
+          <t>9786059902304</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Aforizma Seti (8 Kitap Takım)</t>
+          <t>İnsanlığın Yeme Tarihi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>1376</v>
+        <v>416</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>2789788621307</t>
+          <t>9786055675912</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Yetişkinler İçin Boyama Kitabı (4 Kitap Takım)</t>
+          <t>Dalay Lama'nın Kedisi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>1184</v>
+        <v>328</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>2789788622397</t>
+          <t>9786055675929</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Diana Cooper Seti (3 Kitap Takım)</t>
+          <t>Müziğin Kadim Yolculuğu</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>708</v>
+        <v>239</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057605382</t>
+          <t>9786059902427</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Yunan ve Roma Mitolojisi</t>
+          <t>Harita Dışı</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>276</v>
+        <v>416</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057605160</t>
+          <t>9786059902410</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefeste Matematik</t>
+          <t>Avokado Bahçesi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>212</v>
+        <v>385</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057605436</t>
+          <t>9786059902151</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Motifler - Yetişkinler İçin Boyama Kitabı</t>
+          <t>Aylak Zevkler Kitabı</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>296</v>
+        <v>289</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057605443</t>
+          <t>9786059902137</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Bahçeler - Yetişkinler İçin Boyama Kitabı</t>
+          <t>Kan Kırmızı</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>296</v>
+        <v>260</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057605429</t>
+          <t>9786055675875</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Yanınızı Keşfedin - Yetişkinler İçin Boyama Kitabı</t>
+          <t>Zor</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>296</v>
+        <v>333</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057605412</t>
+          <t>9786059902403</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Zarif Motifler - Yetişkinler İçin Boyama Kitabı</t>
+          <t>Felsefe Muhabbetleri</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>296</v>
+        <v>322</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057605115</t>
+          <t>9786059902243</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>İskandinav Mitolojisi</t>
+          <t>Evrenin Yolculuğu</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>292</v>
+        <v>218</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057605023</t>
+          <t>9786059902168</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Basit Düşün</t>
+          <t>Büyükler İçin Boyama Kitabı - Dövme Desenleri</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>244</v>
+        <v>385</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057605009</t>
+          <t>9786055675974</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Para</t>
+          <t>Çay ve Zen</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>324</v>
+        <v>208</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>2789788617751</t>
+          <t>9786059902113</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Maya Klasik Edebiyat Seti 1 (5 Kitap Takım)</t>
+          <t>Büyükler İçin Boyama Kitabı - Vintage Desenler</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>1490</v>
+        <v>385</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>2789788617737</t>
+          <t>9786057605320</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Maya Asvani Seti (3 Kitap Takım)</t>
+          <t>Büyülü Şehir</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>1118</v>
+        <v>302</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786258361650</t>
+          <t>9786057605610</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Mısır Mitolojisi Boyama Kitabı</t>
+          <t>Necla</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>232</v>
+        <v>187</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258361667</t>
+          <t>9786057605306</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Yeni Atlantis</t>
+          <t>Dönüşüm Zamanı</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258361629</t>
+          <t>9786057605207</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Yunan Mitolojisi Boyama Kitabı</t>
+          <t>Babil Mitolojisi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>232</v>
+        <v>229</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258361636</t>
+          <t>9786057605078</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Binbir Gece Masalları</t>
+          <t>Anadolu’nun Sırları</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>212</v>
+        <v>468</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258361643</t>
+          <t>9786057605535</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Binbir Gece Masalları</t>
+          <t>Japon Mitolojisi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>212</v>
+        <v>260</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258361612</t>
+          <t>9786057605337</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>İskandinav Mitolojisi Boyama Kitabı</t>
+          <t>Antik Yunan Hikayeleri</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>232</v>
+        <v>250</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258361605</t>
+          <t>9786055675363</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Bir Japon Oda Hizmetçisinin Amerika Mektupları</t>
+          <t>Abdülhamit ve Afrodit</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>172</v>
+        <v>406</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258361582</t>
+          <t>2789788619588</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>İçkinin Tarihi</t>
+          <t>Aforizma Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>468</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258361599</t>
+          <t>2789788621307</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefeste İnternet Tarihi</t>
+          <t>Yetişkinler İçin Boyama Kitabı (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>244</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055675882</t>
+          <t>2789788622397</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefeste Dünya Mitolojisi</t>
+          <t>Diana Cooper Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>244</v>
+        <v>843</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786055675752</t>
+          <t>9786057605382</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Spiritüel Yasalar</t>
+          <t>Yunan ve Roma Mitolojisi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>252</v>
+        <v>333</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258361575</t>
+          <t>9786057605160</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Victor Hugo’nun Hayatı</t>
+          <t>Bir Nefeste Matematik</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>196</v>
+        <v>250</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258361568</t>
+          <t>9786057605436</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Mary Shelley’nin Hayatı</t>
+          <t>Sevimli Motifler - Yetişkinler İçin Boyama Kitabı</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>244</v>
+        <v>333</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258361551</t>
+          <t>9786057605443</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Elementler</t>
+          <t>Muhteşem Bahçeler - Yetişkinler İçin Boyama Kitabı</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>188</v>
+        <v>333</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258361544</t>
+          <t>9786057605429</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Shakespeare'in Hayatı</t>
+          <t>Yaratıcı Yanınızı Keşfedin - Yetişkinler İçin Boyama Kitabı</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>228</v>
+        <v>333</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258068948</t>
+          <t>9786057605412</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Hiyeroglifleri Anlamak</t>
+          <t>Zarif Motifler - Yetişkinler İçin Boyama Kitabı</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>244</v>
+        <v>333</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057605313</t>
+          <t>9786057605115</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Mısır Mitolojisi</t>
+          <t>İskandinav Mitolojisi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>268</v>
+        <v>354</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258361537</t>
+          <t>9786057605023</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Mozart'ın Hayatı</t>
+          <t>Basit Düşün</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>164</v>
+        <v>291</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059902656</t>
+          <t>9786057605009</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Tarihi, Kültürü ve Yaşamı</t>
+          <t>Para</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>380</v>
+        <v>324</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258361520</t>
+          <t>2789788617751</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Newton'ın Hayatı</t>
+          <t>Maya Klasik Edebiyat Seti 1 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>300</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057605405</t>
+          <t>2789788617737</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Gıda Bilimi</t>
+          <t>Maya Asvani Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>244</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>2789788637681</t>
+          <t>9786258361650</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Maya Mezopotamya Seti - 4 Kitap</t>
+          <t>Mısır Mitolojisi Boyama Kitabı</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>720</v>
+        <v>250</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>2789788637674</t>
+          <t>9786258361667</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Maya Mantık ve Zeka Seti - 4 Kitap</t>
+          <t>Yeni Atlantis</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>872</v>
+        <v>156</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258361513</t>
+          <t>9786258361629</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Meraklılar İçin Zeka Oyunları</t>
+          <t>Yunan Mitolojisi Boyama Kitabı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>204</v>
+        <v>250</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786258361506</t>
+          <t>9786258361636</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Görsel Düşünme</t>
+          <t>Binbir Gece Masalları</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>212</v>
+        <v>250</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786258361490</t>
+          <t>9786258361643</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Suç Bulmacaları</t>
+          <t>Binbir Gece Masalları</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>244</v>
+        <v>250</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786258361483</t>
+          <t>9786258361612</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Ravenspur Ailesinin Laneti</t>
+          <t>İskandinav Mitolojisi Boyama Kitabı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>308</v>
+        <v>250</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786258361476</t>
+          <t>9786258361605</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Zümrütler</t>
+          <t>Bir Japon Oda Hizmetçisinin Amerika Mektupları</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>284</v>
+        <v>198</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786258361469</t>
+          <t>9786258361582</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Yetişkinler İçin Zeka Oyunları</t>
+          <t>İçkinin Tarihi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>212</v>
+        <v>582</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786059902939</t>
+          <t>9786258361599</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Melankolinin Kısa Anatomisi</t>
+          <t>Bir Nefeste İnternet Tarihi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>204</v>
+        <v>291</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786258361445</t>
+          <t>9786055675882</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Felsefesi ve Aforizmalarıyla Nietzsche</t>
+          <t>Bir Nefeste Dünya Mitolojisi</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>172</v>
+        <v>291</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>2789788633478</t>
+          <t>9786055675752</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Maya Beyin ve Hafıza Seti – 4 Kitap</t>
+          <t>Spiritüel Yasalar</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>848</v>
+        <v>302</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>2789788633485</t>
+          <t>9786258361575</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Maya Tai Chi Seti – 3 Kitap</t>
+          <t>Victor Hugo’nun Hayatı</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>668</v>
+        <v>229</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786258361438</t>
+          <t>9786258361568</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Bilgeliğin Yolu Tai Chi</t>
+          <t>Mary Shelley’nin Hayatı</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>260</v>
+        <v>291</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>2789788633348</t>
+          <t>9786258361551</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Maya Kadim Japonya Seti – 5 Kitap Takım</t>
+          <t>Elementler</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>732</v>
+        <v>218</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786258361407</t>
+          <t>9786258361544</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Bir Japon Kızının Amerika Günlüğü</t>
+          <t>Shakespeare'in Hayatı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>228</v>
+        <v>270</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786258361414</t>
+          <t>9786258068948</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Tai Chi Klasikleri</t>
+          <t>Hiyeroglifleri Anlamak</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>244</v>
+        <v>291</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786258361384</t>
+          <t>9786057605313</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Chi - Sonsuz Yaşam Enerjisi</t>
+          <t>Mısır Mitolojisi</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>164</v>
+        <v>322</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786258361391</t>
+          <t>9786258361537</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Hayat Veren Kılıç</t>
+          <t>Mozart'ın Hayatı</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>164</v>
+        <v>187</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>2789788632280</t>
+          <t>9786059902656</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Maya Britanya Seti - 5 Kitap Takım</t>
+          <t>İstanbul'un Tarihi, Kültürü ve Yaşamı</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>1164</v>
+        <v>468</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786258361377</t>
+          <t>9786258361520</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Samuray Hikayeleri</t>
+          <t>Newton'ın Hayatı</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>164</v>
+        <v>364</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786258361353</t>
+          <t>9786057605405</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Viking Kılıcı</t>
+          <t>Gıda Bilimi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>220</v>
+        <v>291</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786258361346</t>
+          <t>2789788637681</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Şanlı Olaf</t>
+          <t>Maya Mezopotamya Seti - 4 Kitap</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>236</v>
+        <v>832</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>2789788631665</t>
+          <t>2789788637674</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Maya Mitoloji Dörtlüsü Seti - 4 Kitap Takım</t>
+          <t>Maya Mantık ve Zeka Seti - 4 Kitap</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>1008</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>2789788631658</t>
+          <t>9786258361513</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Maya Mitolojik Kitaplar Seti 3 - 5 Kitap Takım</t>
+          <t>Meraklılar İçin Zeka Oyunları</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>1100</v>
+        <v>239</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>2789788631467</t>
+          <t>9786258361506</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Maya Mısır Seti - 4 Kitap Takım</t>
+          <t>Görsel Düşünme</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>952</v>
+        <v>250</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786258361315</t>
+          <t>9786258361490</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Özgür Zihin</t>
+          <t>Kusursuz Suç Bulmacaları</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>116</v>
+        <v>291</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786258361322</t>
+          <t>9786258361483</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Pers Mitolojisi</t>
+          <t>Ravenspur Ailesinin Laneti</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>156</v>
+        <v>374</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786258361339</t>
+          <t>9786258361476</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji Sözlüğü</t>
+          <t>Tehlikeli Zümrütler</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>276</v>
+        <v>343</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786258361308</t>
+          <t>9786258361469</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Uygarlıkları - Kültür, Mimari ve Yaşam</t>
+          <t>Yetişkinler İçin Zeka Oyunları</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>244</v>
+        <v>250</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786258361285</t>
+          <t>9786059902939</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Latin Amerika Mitolojisi</t>
+          <t>Melankolinin Kısa Anatomisi</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>252</v>
+        <v>239</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786258361292</t>
+          <t>9786258361445</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji Rehberi</t>
+          <t>Felsefesi ve Aforizmalarıyla Nietzsche</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>308</v>
+        <v>198</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786258361254</t>
+          <t>2789788633478</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Amerika Mitolojisi - Ruhlar, Ayinler, Kozmogoniler</t>
+          <t>Maya Beyin ve Hafıza Seti – 4 Kitap</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>300</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786258361278</t>
+          <t>2789788633485</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Mitler ve Rüyalar</t>
+          <t>Maya Tai Chi Seti – 3 Kitap</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>228</v>
+        <v>790</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786258361261</t>
+          <t>9786258361438</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Raffaello - Roma’da Bir Ressam</t>
+          <t>Bilgeliğin Yolu Tai Chi</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>348</v>
+        <v>312</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786258361223</t>
+          <t>2789788633348</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>1000 Mitolojik Karakter</t>
+          <t>Maya Kadim Japonya Seti – 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>196</v>
+        <v>822</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786258361230</t>
+          <t>9786258361407</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Buşido</t>
+          <t>Bir Japon Kızının Amerika Günlüğü</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>156</v>
+        <v>270</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786258361247</t>
+          <t>9786258361414</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Kelt Mitolojisi</t>
+          <t>Tai Chi Klasikleri</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>228</v>
+        <v>291</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786258361209</t>
+          <t>9786258361384</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Slav Mitolojisi</t>
+          <t>Chi - Sonsuz Yaşam Enerjisi</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>164</v>
+        <v>187</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786258361216</t>
+          <t>9786258361391</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Her Derde Deva Denklemler</t>
+          <t>Hayat Veren Kılıç</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>212</v>
+        <v>187</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>2789788629754</t>
+          <t>2789788632280</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Dünya Masalları Set 2 - 9 Kitap Takım</t>
+          <t>Maya Britanya Seti - 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>1980</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>2789788629723</t>
+          <t>9786258361377</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Alfred Adler Seti - 3 Kitap Takım</t>
+          <t>Samuray Hikayeleri</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>772</v>
+        <v>187</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786258361186</t>
+          <t>9786258361353</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>İbrani Masalları</t>
+          <t>Viking Kılıcı</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>244</v>
+        <v>260</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786258361193</t>
+          <t>9786258361346</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>İleri Beyin Koçu</t>
+          <t>Şanlı Olaf</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>212</v>
+        <v>281</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786258361179</t>
+          <t>2789788631665</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Anlamı ve Amacı</t>
+          <t>Maya Mitoloji Dörtlüsü Seti - 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>284</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786258361162</t>
+          <t>2789788631658</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Mısır Masalları</t>
+          <t>Maya Mitolojik Kitaplar Seti 3 - 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>180</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786258361155</t>
+          <t>2789788631467</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Sanatı</t>
+          <t>Maya Mısır Seti - 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>180</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786258361148</t>
+          <t>9786258361315</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Tanıma Sanatı</t>
+          <t>Özgür Zihin</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>308</v>
+        <v>125</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>2789788628184</t>
+          <t>9786258361322</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Maya Japon Seti - 5 Kitap Takım</t>
+          <t>Pers Mitolojisi</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>1140</v>
+        <v>177</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>2789788628207</t>
+          <t>9786258361339</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Maya Hint Seti - 4 Kitap Takım</t>
+          <t>Mitoloji Sözlüğü</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>888</v>
+        <v>333</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>2789788628177</t>
+          <t>9786258361308</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Maya Uzakdoğu Kitapları Seti – 3 Kitap Takım</t>
+          <t>Anadolu Uygarlıkları - Kültür, Mimari ve Yaşam</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>580</v>
+        <v>291</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>2789788628214</t>
+          <t>9786258361285</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Maya Mitolojik Hikayeler Seti 2 – Özel Kutulu 6 Kitap Takım</t>
+          <t>Latin Amerika Mitolojisi</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>1384</v>
+        <v>302</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>2789788628191</t>
+          <t>9786258361292</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Maya Çin Seti - 3 Kitap Takım</t>
+          <t>Mitoloji Rehberi</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>748</v>
+        <v>374</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786258361124</t>
+          <t>9786258361254</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>İran Masalları</t>
+          <t>Kuzey Amerika Mitolojisi - Ruhlar, Ayinler, Kozmogoniler</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>124</v>
+        <v>364</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786258361131</t>
+          <t>9786258361278</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Pirinç Şişe</t>
+          <t>Mitler ve Rüyalar</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>212</v>
+        <v>270</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786258361117</t>
+          <t>9786258361261</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Koçu</t>
+          <t>Raffaello - Roma’da Bir Ressam</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>212</v>
+        <v>426</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786258361094</t>
+          <t>9786258361223</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Hint Efsaneleri</t>
+          <t>1000 Mitolojik Karakter</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>196</v>
+        <v>229</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786258361100</t>
+          <t>9786258361230</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Başlangıcı ve Sonu</t>
+          <t>Buşido</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>308</v>
+        <v>177</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>2789788625015</t>
+          <t>9786258361247</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Maya Mitolojik Kitaplar Seti 2 - 5 Kitap Takım</t>
+          <t>Kelt Mitolojisi</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>1268</v>
+        <v>270</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>2789788625008</t>
+          <t>9786258361209</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Maya Buda Olsaydı Seti - 4 Kitap Takım Kutulu</t>
+          <t>Slav Mitolojisi</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>1088</v>
+        <v>187</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786059902922</t>
+          <t>9786258361216</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Masalları (Özel Ayracıyla)</t>
+          <t>Her Derde Deva Denklemler</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>188</v>
+        <v>250</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786258361070</t>
+          <t>2789788629754</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Britanya Kahramanları</t>
+          <t>Dünya Masalları Set 2 - 9 Kitap Takım</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>300</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786258361063</t>
+          <t>2789788629723</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Kahramanlık Mitleri</t>
+          <t>Alfred Adler Seti - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>212</v>
+        <v>925</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786258361056</t>
+          <t>9786258361186</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Tibet Kültürü</t>
+          <t>İbrani Masalları</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>180</v>
+        <v>291</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786258361032</t>
+          <t>9786258361193</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Budizm Efsaneleri</t>
+          <t>İleri Beyin Koçu</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>148</v>
+        <v>250</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786258361049</t>
+          <t>9786258361179</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Çin Kültürü</t>
+          <t>Yaşamın Anlamı ve Amacı</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>252</v>
+        <v>343</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786258361018</t>
+          <t>9786258361162</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Japonya’nın Hayaletleri</t>
+          <t>Mısır Masalları</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>148</v>
+        <v>208</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786258361025</t>
+          <t>9786258361155</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Japon Sanatı - Tarihsel, Kültürel ve Mitolojik Kökleri</t>
+          <t>Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>236</v>
+        <v>208</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786258068993</t>
+          <t>9786258361148</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Buda'nın Çocuğu Olursa</t>
+          <t>İnsanı Tanıma Sanatı</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>308</v>
+        <v>374</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786258361001</t>
+          <t>2789788628184</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Kızılderili Mitolojisi</t>
+          <t>Maya Japon Seti - 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>252</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786258068986</t>
+          <t>2789788628207</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Pudding Shop</t>
+          <t>Maya Hint Seti - 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>184</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>2789786015856</t>
+          <t>2789788628177</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Maya Entelektüelin Kutsal Kitapları Seti - 3 Kitap Kutulu</t>
+          <t>Maya Uzakdoğu Kitapları Seti – 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>1305</v>
+        <v>676</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>2789788624667</t>
+          <t>2789788628214</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Maya Entelektüelin Kutsal Kitapları Seti - 3 Kitap Kutulu (Ciltli)</t>
+          <t>Maya Mitolojik Hikayeler Seti 2 – Özel Kutulu 6 Kitap Takım</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>1575</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786258068979</t>
+          <t>2789788628191</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Buda Evlenirse</t>
+          <t>Maya Çin Seti - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>260</v>
+        <v>895</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786258068962</t>
+          <t>9786258361124</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Japon Mitleri ve Efsaneleri</t>
+          <t>İran Masalları</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>276</v>
+        <v>135</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786258068955</t>
+          <t>9786258361131</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Kültürel Kökleri</t>
+          <t>Pirinç Şişe</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>196</v>
+        <v>250</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>2789788624476</t>
+          <t>9786258361117</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Maya Bir Nefeste Seti - 7 Kitap Takım</t>
+          <t>Hafıza Koçu</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>1636</v>
+        <v>250</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786258068931</t>
+          <t>9786258361094</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Buda Aşık Olursa</t>
+          <t>Hint Efsaneleri</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786258068924</t>
+          <t>9786258361100</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Buda Çıkmaza Girerse</t>
+          <t>Her Şeyin Başlangıcı ve Sonu</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>292</v>
+        <v>374</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786258068917</t>
+          <t>2789788625015</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Ejderhanın Evrimi</t>
+          <t>Maya Mitolojik Kitaplar Seti 2 - 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>292</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786258068900</t>
+          <t>2789788625008</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Ateşten Düşünceler</t>
+          <t>Maya Buda Olsaydı Seti - 4 Kitap Takım Kutulu</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>244</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786057605672</t>
+          <t>9786059902922</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Mozart: Bir Yaşam Serüveni</t>
+          <t>Amerikan Masalları (Özel Ayracıyla)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>340</v>
+        <v>218</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786057605689</t>
+          <t>9786258361070</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Ölmüş Bir Kadının Evrak-ı Metrukesi ve Nedret</t>
+          <t>Britanya Kahramanları</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>308</v>
+        <v>364</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>2789788623745</t>
+          <t>9786258361063</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Maya Soseki Seti - 3 Kitap Takım</t>
+          <t>Kahramanlık Mitleri</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>724</v>
+        <v>250</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>2789788623738</t>
+          <t>9786258361056</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Maya Edith Nesbit Seti 3 Kitap Takım</t>
+          <t>Tibet Kültürü</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>636</v>
+        <v>208</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786057605658</t>
+          <t>9786258361032</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Ressam</t>
+          <t>Budizm Efsaneleri</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>284</v>
+        <v>166</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786057605665</t>
+          <t>9786258361049</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Güneş Mitleri</t>
+          <t>Çin Kültürü</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>212</v>
+        <v>302</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>2789788623578</t>
+          <t>9786258361018</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Maya Wells Seti - (3 Kitap Takım)</t>
+          <t>Japonya’nın Hayaletleri</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>796</v>
+        <v>166</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786057605641</t>
+          <t>9786258361025</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Süperanne Miti</t>
+          <t>Japon Sanatı - Tarihsel, Kültürel ve Mitolojik Kökleri</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>252</v>
+        <v>281</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057605627</t>
+          <t>9786258068993</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Semboller</t>
+          <t>Buda'nın Çocuğu Olursa</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>236</v>
+        <v>374</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057605634</t>
+          <t>9786258361001</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>On İki Hikaye ve Bir Rüya</t>
+          <t>Kızılderili Mitolojisi</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>244</v>
+        <v>302</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786057605597</t>
+          <t>9786258068986</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Yabangülü</t>
+          <t>Pudding Shop</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>172</v>
+        <v>252</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786057605603</t>
+          <t>2789786015856</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefeste Coğrafya</t>
+          <t>Maya Entelektüelin Kutsal Kitapları Seti - 3 Kitap Kutulu</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>212</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786057605573</t>
+          <t>2789788624667</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Uzay ve Zaman Hikayeleri</t>
+          <t>Maya Entelektüelin Kutsal Kitapları Seti - 3 Kitap Kutulu (Ciltli)</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>244</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786057605580</t>
+          <t>9786258068979</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Yaşam Üzerine Düşünceler</t>
+          <t>Buda Evlenirse</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>184</v>
+        <v>312</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786057605559</t>
+          <t>9786258068962</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Hawaii Mitleri</t>
+          <t>Japon Mitleri ve Efsaneleri</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>252</v>
+        <v>333</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786057605566</t>
+          <t>9786258068955</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Küçükbey</t>
+          <t>Anadolu’nun Kültürel Kökleri</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>180</v>
+        <v>229</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786057605542</t>
+          <t>2789788624476</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Shakespeare’den Hikayeler</t>
+          <t>Maya Bir Nefeste Seti - 7 Kitap Takım</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>220</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786057605528</t>
+          <t>9786258068931</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Bir Yaşam İçin Mistik Masallar</t>
+          <t>Buda Aşık Olursa</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>292</v>
+        <v>270</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786057605511</t>
+          <t>9786258068924</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Evrensel Yasalar</t>
+          <t>Buda Çıkmaza Girerse</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>244</v>
+        <v>354</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786057605504</t>
+          <t>9786258068917</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kıta</t>
+          <t>Ejderhanın Evrimi</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>308</v>
+        <v>354</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786057605498</t>
+          <t>9786258068900</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Hint Mitolojisi</t>
+          <t>Ateşten Düşünceler</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>292</v>
+        <v>291</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786057605481</t>
+          <t>9786057605672</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Bahçede Felsefe</t>
+          <t>Mozart: Bir Yaşam Serüveni</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>268</v>
+        <v>416</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786057605467</t>
+          <t>9786057605689</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Beyin Koçu</t>
+          <t>Ölmüş Bir Kadının Evrak-ı Metrukesi ve Nedret</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>212</v>
+        <v>374</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786057605474</t>
+          <t>2789788623745</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Kitabı</t>
+          <t>Maya Soseki Seti - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>164</v>
+        <v>864</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786057605450</t>
+          <t>2789788623738</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>İskoç Masalları</t>
+          <t>Maya Edith Nesbit Seti 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>220</v>
+        <v>749</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>2789788620935</t>
+          <t>9786057605658</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Maya Popüler Bilim Seti (6 Kitap Takım)</t>
+          <t>Muhteşem Ressam</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>1330</v>
+        <v>343</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786057605399</t>
+          <t>9786057605665</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Slav Masalları</t>
+          <t>Güneş Mitleri</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>324</v>
+        <v>250</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>2789788620546</t>
+          <t>2789788623578</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Maya Mitolojik Kitaplar Seti (5 Kitap Takım)</t>
+          <t>Maya Wells Seti - (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>1252</v>
+        <v>956</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>2789788620515</t>
+          <t>9786057605641</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Maya Mitolojik Hikayeler Seti (5 Kitap Takım)</t>
+          <t>Süperanne Miti</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>1108</v>
+        <v>302</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786057605375</t>
+          <t>9786057605627</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Bin Mumlu Ev</t>
+          <t>Semboller</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>300</v>
+        <v>281</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786057605368</t>
+          <t>9786057605634</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Fyodor Mihayloviç Dostoyevski</t>
+          <t>On İki Hikaye ve Bir Rüya</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>292</v>
+        <v>291</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786057605351</t>
+          <t>9786057605597</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Afrika Masalları</t>
+          <t>Yabangülü</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>220</v>
+        <v>198</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786057605344</t>
+          <t>9786057605603</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Mitoterapi</t>
+          <t>Bir Nefeste Coğrafya</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>148</v>
+        <v>250</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786057605290</t>
+          <t>9786057605573</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Altın Çağ</t>
+          <t>Uzay ve Zaman Hikayeleri</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>188</v>
+        <v>291</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786057605283</t>
+          <t>9786057605580</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Charles Darwin (Özel Ayracıyla)</t>
+          <t>Sanat ve Yaşam Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>204</v>
+        <v>252</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>2789788617768</t>
+          <t>9786057605559</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Klasik Edebiyat Seti 2 (5 Kitap Takım)</t>
+          <t>Hawaii Mitleri</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>1516</v>
+        <v>302</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>2789788617720</t>
+          <t>9786057605566</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Maya Dünya Masalları Set 1 (9 Kitap Takım)</t>
+          <t>Küçükbey</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>2236</v>
+        <v>208</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>2789788617713</t>
+          <t>9786057605542</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Maya Biyografi Seti 1 (5 Kitap Takım)</t>
+          <t>Shakespeare’den Hikayeler</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>1076</v>
+        <v>260</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>2789788617744</t>
+          <t>9786057605528</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Maya Kitap Kurdu Seti (2 Kitap Takım)</t>
+          <t>Büyülü Bir Yaşam İçin Mistik Masallar</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>520</v>
+        <v>354</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786057605276</t>
+          <t>9786057605511</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Kelt Masalları (Özel Ayracıyla)</t>
+          <t>Evrensel Yasalar</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>212</v>
+        <v>291</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786057605269</t>
+          <t>9786057605504</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Çin Mitolojisi</t>
+          <t>Kayıp Kıta</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>220</v>
+        <v>374</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786057605245</t>
+          <t>9786057605498</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefeste Evren</t>
+          <t>Hint Mitolojisi</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>260</v>
+        <v>354</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786057605238</t>
+          <t>9786057605481</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Antik Mısır Hikayeleri</t>
+          <t>Bahçede Felsefe</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>260</v>
+        <v>322</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786057605214</t>
+          <t>9786057605467</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Eskimo Masalları (Özel Ayracıyla)</t>
+          <t>Beyin Koçu</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>196</v>
+        <v>250</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786057605221</t>
+          <t>9786057605474</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Yakira Mi: Benim Defterim</t>
+          <t>Ejderha Kitabı</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>270</v>
+        <v>187</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786057605191</t>
+          <t>9786057605450</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Doğa Kitabı</t>
+          <t>İskoç Masalları</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>212</v>
+        <v>260</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786057605184</t>
+          <t>2789788620935</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Kendi Evrenini Yarat</t>
+          <t>Maya Popüler Bilim Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>244</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786057605177</t>
+          <t>9786057605399</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Gutenberg’in Çırağı</t>
+          <t>Slav Masalları</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>404</v>
+        <v>395</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786057605153</t>
+          <t>2789788620546</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Johann Wolfgang von Goethe'nin Hayatı (Özel Ayracıyla)</t>
+          <t>Maya Mitolojik Kitaplar Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>188</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786057605146</t>
+          <t>2789788620515</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Çingene Masalları (Özel Ayracıyla)</t>
+          <t>Maya Mitolojik Hikayeler Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>260</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786057605139</t>
+          <t>9786057605375</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Uzun Lafın Kısası</t>
+          <t>Bin Mumlu Ev</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>212</v>
+        <v>364</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786057605122</t>
+          <t>9786057605368</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Truva</t>
+          <t>Fyodor Mihayloviç Dostoyevski</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>228</v>
+        <v>354</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786057605108</t>
+          <t>9786057605351</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Scarlet Pimpernel</t>
+          <t>Afrika Masalları</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>308</v>
+        <v>260</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786057605085</t>
+          <t>9786057605344</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Karl Marx'ın Hayatı ve Öğretileri</t>
+          <t>Mitoterapi</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>188</v>
+        <v>166</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786057605092</t>
+          <t>9786057605290</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Bizimkisi Bir Ah Hikayesi</t>
+          <t>Altın Çağ</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>180</v>
+        <v>218</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786057605061</t>
+          <t>9786057605283</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Diyar</t>
+          <t>Charles Darwin (Özel Ayracıyla)</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>204</v>
+        <v>239</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786057605054</t>
+          <t>2789788617768</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Kütüphane</t>
+          <t>Klasik Edebiyat Seti 2 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>276</v>
+        <v>1841</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786057605030</t>
+          <t>2789788617720</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Kral Arthur</t>
+          <t>Maya Dünya Masalları Set 1 (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>204</v>
+        <v>2673</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786057605047</t>
+          <t>2789788617713</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Kore Masalları (Özel Ayracıyla)</t>
+          <t>Maya Biyografi Seti 1 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>196</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786057605016</t>
+          <t>2789788617744</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Jane Austen'ın Hayatı (Özel Ayracıyla)</t>
+          <t>Maya Kitap Kurdu Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>204</v>
+        <v>624</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786059902991</t>
+          <t>9786057605276</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Norveç Masalları</t>
+          <t>Kelt Masalları (Özel Ayracıyla)</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>244</v>
+        <v>250</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786059902984</t>
+          <t>9786057605269</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Gönül</t>
+          <t>Çin Mitolojisi</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>252</v>
+        <v>260</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786059902977</t>
+          <t>9786057605245</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Çin Masalları (Özel Ayracıyla)</t>
+          <t>Bir Nefeste Evren</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>276</v>
+        <v>312</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786059902960</t>
+          <t>9786057605238</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Voltaire'nin Hayatı (Özel Ayracıyla)</t>
+          <t>Antik Mısır Hikayeleri</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>212</v>
+        <v>312</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786059902908</t>
+          <t>9786057605214</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Büyük Gökbilimciler</t>
+          <t>Eskimo Masalları (Özel Ayracıyla)</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>308</v>
+        <v>229</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786059902953</t>
+          <t>9786057605221</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Miguel de Cervantes'in Hayatı</t>
+          <t>Yakira Mi: Benim Defterim</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>180</v>
+        <v>333</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786059902946</t>
+          <t>9786057605191</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Hava Kitabı</t>
+          <t>Doğa Kitabı</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>212</v>
+        <v>250</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786059902915</t>
+          <t>9786057605184</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Kızılderili Masalları (Özel Ayracıyla)</t>
+          <t>Kendi Evrenini Yarat</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>188</v>
+        <v>291</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786059902892</t>
+          <t>9786057605177</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Türk Masalları</t>
+          <t>Gutenberg’in Çırağı</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>252</v>
+        <v>499</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786059902885</t>
+          <t>9786057605153</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Büyük Evin Küçük Hanımefendisi</t>
+          <t>Johann Wolfgang von Goethe'nin Hayatı (Özel Ayracıyla)</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>340</v>
+        <v>218</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786059902878</t>
+          <t>9786057605146</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Yol ve Erdem</t>
+          <t>Çingene Masalları (Özel Ayracıyla)</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>196</v>
+        <v>312</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786059902861</t>
+          <t>9786057605139</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Okuma Sanatı</t>
+          <t>Uzun Lafın Kısası</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>244</v>
+        <v>250</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786059902854</t>
+          <t>9786057605122</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Kahvenin Hikayesi</t>
+          <t>Truva</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>244</v>
+        <v>270</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786059902816</t>
+          <t>9786057605108</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Minik Fare Kükredi</t>
+          <t>Scarlet Pimpernel</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>80</v>
+        <v>374</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786059902823</t>
+          <t>9786057605085</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Parlak Fikirler Kitabı</t>
+          <t>Karl Marx'ın Hayatı ve Öğretileri</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>212</v>
+        <v>218</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786059902793</t>
+          <t>9786057605092</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Japon Masalları (Özel Ayracıyla)</t>
+          <t>Bizimkisi Bir Ah Hikayesi</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>260</v>
+        <v>208</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786059902809</t>
+          <t>9786057605061</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Hint Masalları</t>
+          <t>Dokuz Diyar</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>252</v>
+        <v>239</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786059902830</t>
+          <t>9786057605054</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Rus Masalları</t>
+          <t>Gizemli Kütüphane</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>380</v>
+        <v>333</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786059902779</t>
+          <t>9786057605030</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefeste 20. Yüzyıl</t>
+          <t>Kral Arthur</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>244</v>
+        <v>239</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786059902786</t>
+          <t>9786057605047</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Kant ve Kırmızı Elbise</t>
+          <t>Kore Masalları (Özel Ayracıyla)</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>164</v>
+        <v>229</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786059902762</t>
+          <t>9786057605016</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Sanşiro</t>
+          <t>Jane Austen'ın Hayatı (Özel Ayracıyla)</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>292</v>
+        <v>239</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786059902731</t>
+          <t>9786059902991</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Mitler ve Efsaneler</t>
+          <t>Norveç Masalları</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>308</v>
+        <v>291</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786059902663</t>
+          <t>9786059902984</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünün Tarihi</t>
+          <t>Gönül</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>380</v>
+        <v>302</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786059902717</t>
+          <t>9786059902977</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefeste Büyük Bilim İnsanları</t>
+          <t>Çin Masalları (Özel Ayracıyla)</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>236</v>
+        <v>333</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786059902687</t>
+          <t>9786059902960</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Brütüs</t>
+          <t>Voltaire'nin Hayatı (Özel Ayracıyla)</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>196</v>
+        <v>250</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786059902625</t>
+          <t>9786059902908</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Kleopatra’nın Gölgeleri</t>
+          <t>Büyük Gökbilimciler</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>340</v>
+        <v>374</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786059902595</t>
+          <t>9786059902953</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Septimanya</t>
+          <t>Miguel de Cervantes'in Hayatı</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>340</v>
+        <v>208</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786059902373</t>
+          <t>9786059902946</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Victoria Evleri</t>
+          <t>Hava Kitabı</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>136</v>
+        <v>250</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786059902335</t>
+          <t>9786059902915</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>30 Klasik Film Posteri</t>
+          <t>Kızılderili Masalları (Özel Ayracıyla)</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>120</v>
+        <v>218</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786059902359</t>
+          <t>9786059902892</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Kadın Ressamların Başyapıtları</t>
+          <t>Türk Masalları</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>168</v>
+        <v>302</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786059902571</t>
+          <t>9786059902885</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Chicago</t>
+          <t>Büyük Evin Küçük Hanımefendisi</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>382</v>
+        <v>416</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786059902564</t>
+          <t>9786059902878</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Mark Twain Aforizmalar</t>
+          <t>Yol ve Erdem</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>156</v>
+        <v>229</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786059902557</t>
+          <t>9786059902861</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Dünya Düzken</t>
+          <t>Okuma Sanatı</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>206</v>
+        <v>291</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786059902526</t>
+          <t>9786059902854</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Atları Seven Kız</t>
+          <t>Kahvenin Hikayesi</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>80</v>
+        <v>291</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786059902441</t>
+          <t>9786059902816</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Habeşistan Prensi Rasselas'ın Öyküsü</t>
+          <t>Minik Fare Kükredi</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>210</v>
+        <v>95</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786059902434</t>
+          <t>9786059902823</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Beyin Egzersizleri</t>
+          <t>Parlak Fikirler Kitabı</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>212</v>
+        <v>250</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786059902212</t>
+          <t>9786059902793</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Beyin Egzersizleri</t>
+          <t>Japon Masalları (Özel Ayracıyla)</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>212</v>
+        <v>312</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786059902229</t>
+          <t>9786059902809</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Aylak Bir Adamdan Aylak Düşünceler</t>
+          <t>Hint Masalları</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>180</v>
+        <v>302</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786059902199</t>
+          <t>9786059902830</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Dachau'dan Sonra</t>
+          <t>Rus Masalları</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>228</v>
+        <v>468</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786059902144</t>
+          <t>9786059902779</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>12 Yıllık Esaret</t>
+          <t>Bir Nefeste 20. Yüzyıl</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>276</v>
+        <v>291</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786059902120</t>
+          <t>9786059902786</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Kanlı Tarihi</t>
+          <t>Kant ve Kırmızı Elbise</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>212</v>
+        <v>187</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786059902090</t>
+          <t>9786059902762</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Tarihimizdeki Garip Olaylar - 2</t>
+          <t>Sanşiro</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>180</v>
+        <v>354</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786059902106</t>
+          <t>9786059902731</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Kahramanların Cep Aynası</t>
+          <t>Mitler ve Efsaneler</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>180</v>
+        <v>374</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786059902397</t>
+          <t>9786059902663</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Sayılarla Dünya Tarihi</t>
+          <t>Yeryüzünün Tarihi</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>212</v>
+        <v>481</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786055675868</t>
+          <t>9786059902717</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Goethe Aforizmalar</t>
+          <t>Bir Nefeste Büyük Bilim İnsanları</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>244</v>
+        <v>281</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786055675851</t>
+          <t>9786059902687</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Entelektüelin Kutsal Kitabı: Modern Kültür</t>
+          <t>Sevgili Brütüs</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>435</v>
+        <v>229</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786055675783</t>
+          <t>9786059902625</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Coğrafyası</t>
+          <t>Kleopatra’nın Gölgeleri</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>308</v>
+        <v>416</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786055675837</t>
+          <t>9786059902595</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Muhafız</t>
+          <t>Septimanya</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>388</v>
+        <v>416</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786059902236</t>
+          <t>9786059902373</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Devrimciye Aforizmalar</t>
+          <t>Victoria Evleri</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>116</v>
+        <v>177</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786055675509</t>
+          <t>9786059902335</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Tarihimizdeki Garip Olaylar</t>
+          <t>30 Klasik Film Posteri</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>212</v>
+        <v>156</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786055675486</t>
+          <t>9786059902359</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Satranç Boyama Kitabı 3 - Taşların Hareketleri</t>
+          <t>Kadın Ressamların Başyapıtları</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>96</v>
+        <v>218</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786055675479</t>
+          <t>9786059902571</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Satranç Boyama Kitabı 2 - Taşların Yerleri</t>
+          <t>Chicago</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>72</v>
+        <v>471</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786055675462</t>
+          <t>9786059902564</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Satranç Boyama Kitabı 1 - Taşlar</t>
+          <t>Mark Twain Aforizmalar</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>72</v>
+        <v>177</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786055675677</t>
+          <t>9786059902557</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Hafıza</t>
+          <t>Bir Zamanlar Dünya Düzken</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>268</v>
+        <v>242</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786055675417</t>
+          <t>9786059902526</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Kahvehane Hikayeleri</t>
+          <t>Vahşi Atları Seven Kız</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>196</v>
+        <v>95</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786055675394</t>
+          <t>9786059902441</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>İsmail</t>
+          <t>Habeşistan Prensi Rasselas'ın Öyküsü</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>316</v>
+        <v>247</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786055675691</t>
+          <t>9786059902434</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Entelektüelin Kutsal Kitabı: Biyografiler (Ciltli)</t>
+          <t>Hızlı Beyin Egzersizleri</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>525</v>
+        <v>250</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786055675684</t>
+          <t>9786059902212</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Entelektüelin Kutsal Kitabı: Biyografiler</t>
+          <t>Beyin Egzersizleri</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>435</v>
+        <v>250</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786055675707</t>
+          <t>9786059902229</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Entelektüelin Kutsal Kitabı (Ciltli)</t>
+          <t>Aylak Bir Adamdan Aylak Düşünceler</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>525</v>
+        <v>208</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786055675660</t>
+          <t>9786059902199</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Efendi Uyanıyor</t>
+          <t>Dachau'dan Sonra</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>308</v>
+        <v>270</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786055675493</t>
+          <t>9786059902144</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Dünya Çocukları Bayramı</t>
+          <t>12 Yıllık Esaret</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>48</v>
+        <v>333</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
+          <t>9786059902120</t>
+        </is>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Kanlı Tarihi</t>
+        </is>
+      </c>
+      <c r="C386" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>9786059902090</t>
+        </is>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>Tarihimizdeki Garip Olaylar - 2</t>
+        </is>
+      </c>
+      <c r="C387" s="1">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>9786059902106</t>
+        </is>
+      </c>
+      <c r="B388" s="1" t="inlineStr">
+        <is>
+          <t>Kahramanların Cep Aynası</t>
+        </is>
+      </c>
+      <c r="C388" s="1">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="389" spans="1:3">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
+          <t>9786059902397</t>
+        </is>
+      </c>
+      <c r="B389" s="1" t="inlineStr">
+        <is>
+          <t>Sayılarla Dünya Tarihi</t>
+        </is>
+      </c>
+      <c r="C389" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="390" spans="1:3">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>9786055675868</t>
+        </is>
+      </c>
+      <c r="B390" s="1" t="inlineStr">
+        <is>
+          <t>Goethe Aforizmalar</t>
+        </is>
+      </c>
+      <c r="C390" s="1">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="391" spans="1:3">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>9786055675851</t>
+        </is>
+      </c>
+      <c r="B391" s="1" t="inlineStr">
+        <is>
+          <t>Entelektüelin Kutsal Kitabı: Modern Kültür</t>
+        </is>
+      </c>
+      <c r="C391" s="1">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="392" spans="1:3">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
+          <t>9786055675783</t>
+        </is>
+      </c>
+      <c r="B392" s="1" t="inlineStr">
+        <is>
+          <t>Zamanın Coğrafyası</t>
+        </is>
+      </c>
+      <c r="C392" s="1">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="393" spans="1:3">
+      <c r="A393" s="1" t="inlineStr">
+        <is>
+          <t>9786055675837</t>
+        </is>
+      </c>
+      <c r="B393" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Muhafız</t>
+        </is>
+      </c>
+      <c r="C393" s="1">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="394" spans="1:3">
+      <c r="A394" s="1" t="inlineStr">
+        <is>
+          <t>9786059902236</t>
+        </is>
+      </c>
+      <c r="B394" s="1" t="inlineStr">
+        <is>
+          <t>Devrimciye Aforizmalar</t>
+        </is>
+      </c>
+      <c r="C394" s="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="395" spans="1:3">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>9786055675509</t>
+        </is>
+      </c>
+      <c r="B395" s="1" t="inlineStr">
+        <is>
+          <t>Tarihimizdeki Garip Olaylar</t>
+        </is>
+      </c>
+      <c r="C395" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="396" spans="1:3">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>9786055675486</t>
+        </is>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t>Satranç Boyama Kitabı 3 - Taşların Hareketleri</t>
+        </is>
+      </c>
+      <c r="C396" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="397" spans="1:3">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>9786055675479</t>
+        </is>
+      </c>
+      <c r="B397" s="1" t="inlineStr">
+        <is>
+          <t>Satranç Boyama Kitabı 2 - Taşların Yerleri</t>
+        </is>
+      </c>
+      <c r="C397" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="398" spans="1:3">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>9786055675462</t>
+        </is>
+      </c>
+      <c r="B398" s="1" t="inlineStr">
+        <is>
+          <t>Satranç Boyama Kitabı 1 - Taşlar</t>
+        </is>
+      </c>
+      <c r="C398" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="399" spans="1:3">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>9786055675677</t>
+        </is>
+      </c>
+      <c r="B399" s="1" t="inlineStr">
+        <is>
+          <t>Kozmik Hafıza</t>
+        </is>
+      </c>
+      <c r="C399" s="1">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="400" spans="1:3">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
+          <t>9786055675417</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul Kahvehane Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>9786055675394</t>
+        </is>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>İsmail</t>
+        </is>
+      </c>
+      <c r="C401" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>9786055675691</t>
+        </is>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>Entelektüelin Kutsal Kitabı: Biyografiler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C402" s="1">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>9786055675684</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>Entelektüelin Kutsal Kitabı: Biyografiler</t>
+        </is>
+      </c>
+      <c r="C403" s="1">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>9786055675707</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>Entelektüelin Kutsal Kitabı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C404" s="1">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>9786055675660</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>Efendi Uyanıyor</t>
+        </is>
+      </c>
+      <c r="C405" s="1">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>9786055675493</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Çocukları Bayramı</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
           <t>9786055675653</t>
         </is>
       </c>
-      <c r="B386" s="1" t="inlineStr">
+      <c r="B407" s="1" t="inlineStr">
         <is>
           <t>Doğu’dan ve Batı’dan Aforizmalar</t>
         </is>
       </c>
-      <c r="C386" s="1">
-        <v>188</v>
+      <c r="C407" s="1">
+        <v>218</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>