--- v0 (2025-11-27)
+++ v1 (2026-02-04)
@@ -85,790 +85,1135 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789757573821</t>
+          <t>9789757573722</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bir Şiirin Söylediği 5</t>
+          <t>Aynadaki Çürüme</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789757573814</t>
+          <t>9789757573166</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Az Daha Tekrar</t>
+          <t>Tarçın At</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789757573807</t>
+          <t>9789757573630</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kan Gövdeyi Tutunca</t>
+          <t>Şubatta Saklambaç</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789757573784</t>
+          <t>9789757573289</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Düş-me</t>
+          <t>Suyu Dinleyen Çöl</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789757573791</t>
+          <t>9789757573234</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Çiçekler Mümkünse</t>
+          <t>Peneplen</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789757573760</t>
+          <t>3990000003923</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yarası Olan</t>
+          <t>Örtüler Şiirler</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789757573777</t>
+          <t>9789757573319</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Şiirler</t>
+          <t>Mühre</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789757573708</t>
+          <t>9789757573203</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>J</t>
+          <t>Kötü Zamanlar Tragedyası</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789757573692</t>
+          <t>9789757573050</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Odalar ve Şehir</t>
+          <t>İnce Çimene Su</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789757573500</t>
+          <t>3990000006191</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Siyah</t>
+          <t>Hep Çocuk Kalan</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789757573494</t>
+          <t>9789757573098</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Meğer Söz Gümüş</t>
+          <t>Hamamböcekleri, Ateştopu ve Askerler 28 Şubat Sürecinde Türkiye</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789757573470</t>
+          <t>3990000003924</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Avluda 5</t>
+          <t>Gecenin Namlusu</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789757573517</t>
+          <t>9789757573227</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Şey'r'azadlar</t>
+          <t>Galibala</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789757573487</t>
+          <t>9789757573210</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bir Şiirin Söylediği 3</t>
+          <t>Beşinci Tat Şiirleri</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789757573647</t>
+          <t>9799757573264</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Nöbeti</t>
+          <t>Ayna Yorgunluğu</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789757573661</t>
+          <t>9799757573257</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ölümler ve Mandalina Kabuğu</t>
+          <t>Avunma Mevsimi</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789757573685</t>
+          <t>9799757573240</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Uzaktan Uzağa</t>
+          <t>Ankebut</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789757573555</t>
+          <t>9789757573104</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İtiraz ve Teşekkür</t>
+          <t>Anıtanrıça</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789757573586</t>
+          <t>9789757573135</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Vadedimveylaya</t>
+          <t>Üzülmüş Evler Kraliçesi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789757573562</t>
+          <t>9789757573180</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Meğer Söz Bakır</t>
+          <t>Duman Kulübü</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789757573579</t>
+          <t>9789757573197</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Raz</t>
+          <t>Çikolata Teli</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789757573623</t>
+          <t>9789757573128</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sütün Huyu</t>
+          <t>Ciddi Hayal</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789757573616</t>
+          <t>9789757573296</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz İlmi</t>
+          <t>Ceylan Girmez Sokağı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789757573593</t>
+          <t>9789757573821</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Çırıl ve Çıplak</t>
+          <t>Bir Şiirin Söylediği 5</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789757573531</t>
+          <t>9789757573814</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Olmanın Halleri</t>
+          <t>Az Daha Tekrar</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789757573524</t>
+          <t>9789757573807</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İkindi Kitabı</t>
+          <t>Kan Gövdeyi Tutunca</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789757573548</t>
+          <t>9789757573784</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Öte İçin Solo</t>
+          <t>Düş-me</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789757573753</t>
+          <t>9789757573791</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Naupa</t>
+          <t>Çiçekler Mümkünse</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789757573388</t>
+          <t>9789757573760</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yaraya Tutulan Ayna</t>
+          <t>Yarası Olan</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789757573272</t>
+          <t>9789757573777</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Kehribar</t>
+          <t>Şiirler</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789757573302</t>
+          <t>9789757573708</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sus Dağı</t>
+          <t>J</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789757573401</t>
+          <t>9789757573692</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Su Tadında (ve öncesi)</t>
+          <t>Odalar ve Şehir</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789757573142</t>
+          <t>9789757573500</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Popüler Türkiye Solu Sözlüğü Solun Yüzyıllık Öyküsü</t>
+          <t>Yürüyen Siyah</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789757573425</t>
+          <t>9789757573494</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Oto’turkiye</t>
+          <t>Meğer Söz Gümüş</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789757573418</t>
+          <t>9789757573470</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Lokman’la Geçen Şen Günlerim</t>
+          <t>Avluda 5</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789757573357</t>
+          <t>9789757573517</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kültürlü Küfür</t>
+          <t>Şey'r'azadlar</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789757573340</t>
+          <t>9789757573487</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kül Falı</t>
+          <t>Bir Şiirin Söylediği 3</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789757573371</t>
+          <t>9789757573647</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kan Rüyayı Bozar</t>
+          <t>Sıfır Nöbeti</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789757573432</t>
+          <t>9789757573661</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kabuk</t>
+          <t>Ölümler ve Mandalina Kabuğu</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789757573395</t>
+          <t>9789757573685</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Horst-Graben</t>
+          <t>Uzaktan Uzağa</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789757573449</t>
+          <t>9789757573555</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Haytalarla Hatmiler</t>
+          <t>İtiraz ve Teşekkür</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789757573333</t>
+          <t>9789757573586</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bir Şiirin Söylediği 2</t>
+          <t>Vadedimveylaya</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789757573159</t>
+          <t>9789757573562</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bir Şiirin Söylediği</t>
+          <t>Meğer Söz Bakır</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789757573463</t>
+          <t>9789757573579</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Ayda Tümör İzleri</t>
+          <t>Raz</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789757573456</t>
+          <t>9789757573623</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Evham Alyansı</t>
+          <t>Sütün Huyu</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789757573364</t>
+          <t>9789757573616</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Dağınık Kara</t>
+          <t>Salyangoz İlmi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789757573326</t>
+          <t>9789757573593</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Cehenneme Kurulu</t>
+          <t>Çırıl ve Çıplak</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789757573715</t>
+          <t>9789757573531</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Halleri</t>
+          <t>Olmanın Halleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789757573739</t>
+          <t>9789757573524</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Çayırkuşu Zaten Hep</t>
+          <t>İkindi Kitabı</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
+          <t>9789757573548</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Öte İçin Solo</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9789757573753</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Naupa</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9789757573388</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Yaraya Tutulan Ayna</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9789757573272</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Yalancı Kehribar</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9789757573302</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Sus Dağı</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9789757573401</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Su Tadında (ve öncesi)</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9789757573142</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Popüler Türkiye Solu Sözlüğü Solun Yüzyıllık Öyküsü</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9789757573425</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Oto’turkiye</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9789757573418</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Lokman’la Geçen Şen Günlerim</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9789757573357</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Kültürlü Küfür</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9789757573340</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Kül Falı</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9789757573371</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Kan Rüyayı Bozar</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9789757573432</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Kabuk</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9789757573395</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Horst-Graben</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9789757573449</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Haytalarla Hatmiler</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9789757573333</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Bir Şiirin Söylediği 2</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9789757573159</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Bir Şiirin Söylediği</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9789757573463</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Ayda Tümör İzleri</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9789757573456</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Evham Alyansı</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9789757573364</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Dağınık Kara</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9789757573326</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Cehenneme Kurulu</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9789757573715</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>İnsanın Halleri</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9789757573739</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Çayırkuşu Zaten Hep</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
           <t>9789757573746</t>
         </is>
       </c>
-      <c r="B51" s="1" t="inlineStr">
+      <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Bir Şiirin Söylediği 4</t>
         </is>
       </c>
-      <c r="C51" s="1">
+      <c r="C74" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>