--- v1 (2026-02-04)
+++ v2 (2026-03-22)
@@ -85,1135 +85,1210 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789757573722</t>
+          <t>9789757573043</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Çürüme</t>
+          <t>Popüler Türk Solu Sözlüğü</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789757573166</t>
+          <t>9789757573609</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Tarçın At</t>
+          <t>Geceyle İşlenen</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789757573630</t>
+          <t>9789757573074</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Şubatta Saklambaç</t>
+          <t>Son Arzum Gül ve Kedi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789757573289</t>
+          <t>9789757573678</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Suyu Dinleyen Çöl</t>
+          <t>Sevdadır</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>150</v>
+        <v>94</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789757573234</t>
+          <t>3990000026438</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Peneplen</t>
+          <t>CMUK Değişikliği Nedir? Ne Değildir? Ek: 3842 Sayılı Yasa</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>150</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>3990000003923</t>
+          <t>9789757573722</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Örtüler Şiirler</t>
+          <t>Aynadaki Çürüme</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789757573319</t>
+          <t>9789757573166</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Mühre</t>
+          <t>Tarçın At</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789757573203</t>
+          <t>9789757573630</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kötü Zamanlar Tragedyası</t>
+          <t>Şubatta Saklambaç</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789757573050</t>
+          <t>9789757573289</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İnce Çimene Su</t>
+          <t>Suyu Dinleyen Çöl</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>3990000006191</t>
+          <t>9789757573234</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hep Çocuk Kalan</t>
+          <t>Peneplen</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789757573098</t>
+          <t>3990000003923</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hamamböcekleri, Ateştopu ve Askerler 28 Şubat Sürecinde Türkiye</t>
+          <t>Örtüler Şiirler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>3990000003924</t>
+          <t>9789757573319</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Namlusu</t>
+          <t>Mühre</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789757573227</t>
+          <t>9789757573203</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Galibala</t>
+          <t>Kötü Zamanlar Tragedyası</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789757573210</t>
+          <t>9789757573050</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Beşinci Tat Şiirleri</t>
+          <t>İnce Çimene Su</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9799757573264</t>
+          <t>3990000006191</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ayna Yorgunluğu</t>
+          <t>Hep Çocuk Kalan</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9799757573257</t>
+          <t>9789757573098</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Avunma Mevsimi</t>
+          <t>Hamamböcekleri, Ateştopu ve Askerler 28 Şubat Sürecinde Türkiye</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9799757573240</t>
+          <t>3990000003924</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ankebut</t>
+          <t>Gecenin Namlusu</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789757573104</t>
+          <t>9789757573227</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Anıtanrıça</t>
+          <t>Galibala</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789757573135</t>
+          <t>9789757573210</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Üzülmüş Evler Kraliçesi</t>
+          <t>Beşinci Tat Şiirleri</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789757573180</t>
+          <t>9799757573264</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Duman Kulübü</t>
+          <t>Ayna Yorgunluğu</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789757573197</t>
+          <t>9799757573257</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Çikolata Teli</t>
+          <t>Avunma Mevsimi</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789757573128</t>
+          <t>9799757573240</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ciddi Hayal</t>
+          <t>Ankebut</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789757573296</t>
+          <t>9789757573104</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ceylan Girmez Sokağı</t>
+          <t>Anıtanrıça</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789757573821</t>
+          <t>9789757573135</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bir Şiirin Söylediği 5</t>
+          <t>Üzülmüş Evler Kraliçesi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789757573814</t>
+          <t>9789757573180</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Az Daha Tekrar</t>
+          <t>Duman Kulübü</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789757573807</t>
+          <t>9789757573197</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kan Gövdeyi Tutunca</t>
+          <t>Çikolata Teli</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789757573784</t>
+          <t>9789757573128</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Düş-me</t>
+          <t>Ciddi Hayal</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789757573791</t>
+          <t>9789757573296</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Çiçekler Mümkünse</t>
+          <t>Ceylan Girmez Sokağı</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789757573760</t>
+          <t>9789757573821</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yarası Olan</t>
+          <t>Bir Şiirin Söylediği 5</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789757573777</t>
+          <t>9789757573814</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Şiirler</t>
+          <t>Az Daha Tekrar</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789757573708</t>
+          <t>9789757573807</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>J</t>
+          <t>Kan Gövdeyi Tutunca</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789757573692</t>
+          <t>9789757573784</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Odalar ve Şehir</t>
+          <t>Düş-me</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789757573500</t>
+          <t>9789757573791</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Siyah</t>
+          <t>Çiçekler Mümkünse</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789757573494</t>
+          <t>9789757573760</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Meğer Söz Gümüş</t>
+          <t>Yarası Olan</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789757573470</t>
+          <t>9789757573777</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Avluda 5</t>
+          <t>Şiirler</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789757573517</t>
+          <t>9789757573708</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Şey'r'azadlar</t>
+          <t>J</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789757573487</t>
+          <t>9789757573692</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bir Şiirin Söylediği 3</t>
+          <t>Odalar ve Şehir</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789757573647</t>
+          <t>9789757573500</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Nöbeti</t>
+          <t>Yürüyen Siyah</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789757573661</t>
+          <t>9789757573494</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ölümler ve Mandalina Kabuğu</t>
+          <t>Meğer Söz Gümüş</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789757573685</t>
+          <t>9789757573470</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Uzaktan Uzağa</t>
+          <t>Avluda 5</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789757573555</t>
+          <t>9789757573517</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İtiraz ve Teşekkür</t>
+          <t>Şey'r'azadlar</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789757573586</t>
+          <t>9789757573487</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Vadedimveylaya</t>
+          <t>Bir Şiirin Söylediği 3</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789757573562</t>
+          <t>9789757573647</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Meğer Söz Bakır</t>
+          <t>Sıfır Nöbeti</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789757573579</t>
+          <t>9789757573661</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Raz</t>
+          <t>Ölümler ve Mandalina Kabuğu</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789757573623</t>
+          <t>9789757573685</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sütün Huyu</t>
+          <t>Uzaktan Uzağa</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789757573616</t>
+          <t>9789757573555</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz İlmi</t>
+          <t>İtiraz ve Teşekkür</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789757573593</t>
+          <t>9789757573586</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Çırıl ve Çıplak</t>
+          <t>Vadedimveylaya</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789757573531</t>
+          <t>9789757573562</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Olmanın Halleri</t>
+          <t>Meğer Söz Bakır</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789757573524</t>
+          <t>9789757573579</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İkindi Kitabı</t>
+          <t>Raz</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789757573548</t>
+          <t>9789757573623</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Öte İçin Solo</t>
+          <t>Sütün Huyu</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789757573753</t>
+          <t>9789757573616</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Naupa</t>
+          <t>Salyangoz İlmi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789757573388</t>
+          <t>9789757573593</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Yaraya Tutulan Ayna</t>
+          <t>Çırıl ve Çıplak</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789757573272</t>
+          <t>9789757573531</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Kehribar</t>
+          <t>Olmanın Halleri</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789757573302</t>
+          <t>9789757573524</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Sus Dağı</t>
+          <t>İkindi Kitabı</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789757573401</t>
+          <t>9789757573548</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Su Tadında (ve öncesi)</t>
+          <t>Öte İçin Solo</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789757573142</t>
+          <t>9789757573753</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Popüler Türkiye Solu Sözlüğü Solun Yüzyıllık Öyküsü</t>
+          <t>Naupa</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789757573425</t>
+          <t>9789757573388</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Oto’turkiye</t>
+          <t>Yaraya Tutulan Ayna</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789757573418</t>
+          <t>9789757573272</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Lokman’la Geçen Şen Günlerim</t>
+          <t>Yalancı Kehribar</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789757573357</t>
+          <t>9789757573302</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kültürlü Küfür</t>
+          <t>Sus Dağı</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789757573340</t>
+          <t>9789757573401</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kül Falı</t>
+          <t>Su Tadında (ve öncesi)</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789757573371</t>
+          <t>9789757573142</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kan Rüyayı Bozar</t>
+          <t>Popüler Türkiye Solu Sözlüğü Solun Yüzyıllık Öyküsü</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789757573432</t>
+          <t>9789757573425</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kabuk</t>
+          <t>Oto’turkiye</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789757573395</t>
+          <t>9789757573418</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Horst-Graben</t>
+          <t>Lokman’la Geçen Şen Günlerim</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789757573449</t>
+          <t>9789757573357</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Haytalarla Hatmiler</t>
+          <t>Kültürlü Küfür</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789757573333</t>
+          <t>9789757573340</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Bir Şiirin Söylediği 2</t>
+          <t>Kül Falı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789757573159</t>
+          <t>9789757573371</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Bir Şiirin Söylediği</t>
+          <t>Kan Rüyayı Bozar</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789757573463</t>
+          <t>9789757573432</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Ayda Tümör İzleri</t>
+          <t>Kabuk</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789757573456</t>
+          <t>9789757573395</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Evham Alyansı</t>
+          <t>Horst-Graben</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789757573364</t>
+          <t>9789757573449</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Dağınık Kara</t>
+          <t>Haytalarla Hatmiler</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789757573326</t>
+          <t>9789757573333</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Cehenneme Kurulu</t>
+          <t>Bir Şiirin Söylediği 2</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789757573715</t>
+          <t>9789757573159</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Halleri</t>
+          <t>Bir Şiirin Söylediği</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789757573739</t>
+          <t>9789757573463</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Çayırkuşu Zaten Hep</t>
+          <t>Ayda Tümör İzleri</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
+          <t>9789757573456</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Evham Alyansı</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9789757573364</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Dağınık Kara</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9789757573326</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Cehenneme Kurulu</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9789757573715</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>İnsanın Halleri</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9789757573739</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Çayırkuşu Zaten Hep</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
           <t>9789757573746</t>
         </is>
       </c>
-      <c r="B74" s="1" t="inlineStr">
+      <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Bir Şiirin Söylediği 4</t>
         </is>
       </c>
-      <c r="C74" s="1">
+      <c r="C79" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>