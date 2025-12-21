--- v0 (2025-10-24)
+++ v1 (2025-12-21)
@@ -85,1705 +85,1825 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256191433</t>
+          <t>9786256191716</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Görünmezler Çadırı</t>
+          <t>Tam Kararında</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256191426</t>
+          <t>9786256191730</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler Eve Sığmaz</t>
+          <t>Uzat Bize Elini</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256191280</t>
+          <t>9786256191693</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bul Bakalım Neresi? Şanlıurfa</t>
+          <t>Annemin Renkleri</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256191402</t>
+          <t>9786256191754</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Işık - Kalbiyle Görenler</t>
+          <t>Her Şeyi mi Allah Yarattı ?</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256191341</t>
+          <t>9786256191723</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Sessiz Öğretmeni Nurettin Topçu</t>
+          <t>Yeni Gün Taşları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256191396</t>
+          <t>9786256191747</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bulut Zamanı</t>
+          <t>Çiko’nun Günlüğü</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>265</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256191365</t>
+          <t>9786256191709</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Bir Kamp Macerası -Sakın Kanalıma Abone Olma - 4</t>
+          <t>Yüreğinde Çocuk Taşıyan Şair Cahit Zarifoğlu / Geleceğe Mektup 14</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256191372</t>
+          <t>9786256191761</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Mezarlıktaki Sır- Bir Mevlana Polisiyesi</t>
+          <t>Kim Kardeş İstemez Ki ?</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256191389</t>
+          <t>9786256191433</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Anahtar</t>
+          <t>Görünmezler Çadırı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256191334</t>
+          <t>9786256191426</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bu Canavarı Kim Durduracak</t>
+          <t>Hikayeler Eve Sığmaz</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256191358</t>
+          <t>9786256191280</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Olduğum Gibi</t>
+          <t>Bul Bakalım Neresi? Şanlıurfa</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786258148411</t>
+          <t>9786256191402</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sofya’nın Yara Bandı</t>
+          <t>Işık - Kalbiyle Görenler</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256191303</t>
+          <t>9786256191341</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yara Bandı ve Kurdele</t>
+          <t>Anadolu’nun Sessiz Öğretmeni Nurettin Topçu</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256191327</t>
+          <t>9786256191396</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Fısıltı (Ciltli)</t>
+          <t>Bulut Zamanı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256191297</t>
+          <t>9786256191365</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sarılırsan Geçer (Ciltli)</t>
+          <t>Esrarengiz Bir Kamp Macerası -Sakın Kanalıma Abone Olma - 4</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>175</v>
+        <v>110</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256191310</t>
+          <t>9786256191372</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yol Arkadaşım Afo (Ciltli)</t>
+          <t>Mezarlıktaki Sır- Bir Mevlana Polisiyesi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256191273</t>
+          <t>9786256191389</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kudüs’te Gizli Bir Görev</t>
+          <t>Gizemli Anahtar</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256191266</t>
+          <t>9786256191334</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kudüs’te Ramazan</t>
+          <t>Bu Canavarı Kim Durduracak</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256191259</t>
+          <t>9786256191358</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Korkuluk Korkak</t>
+          <t>Olduğum Gibi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256191204</t>
+          <t>9786258148411</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yaren İle Adem</t>
+          <t>Sofya’nın Yara Bandı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256191211</t>
+          <t>9786256191303</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Saklı Tohum</t>
+          <t>Yara Bandı ve Kurdele</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256191235</t>
+          <t>9786256191327</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Sandalyeler</t>
+          <t>Fısıltı (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256191242</t>
+          <t>9786256191297</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>En Güzel İsimler</t>
+          <t>Sarılırsan Geçer (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>170</v>
+        <v>175</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256191228</t>
+          <t>9786256191310</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kudüsün Sırrı</t>
+          <t>Yol Arkadaşım Afo (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256191068</t>
+          <t>9786256191273</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Farklı Değilim</t>
+          <t>Kudüs’te Gizli Bir Görev</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256191198</t>
+          <t>9786256191266</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Daha Çok Renk !</t>
+          <t>Kudüs’te Ramazan</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256191051</t>
+          <t>9786256191259</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Köyünün Hayatını Değiştiren Safvan</t>
+          <t>Korkuluk Korkak</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256191174</t>
+          <t>9786256191204</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yedi Beyaz Taş</t>
+          <t>Yaren İle Adem</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256191167</t>
+          <t>9786256191211</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Karaca / Bir Geyik Masalı</t>
+          <t>Saklı Tohum</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>170</v>
+        <v>155</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256191181</t>
+          <t>9786256191235</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sahaflar Şeyhi Muzaffer Ozak / Geleceğe Mektup 12</t>
+          <t>Sıra Dışı Sandalyeler</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256191020</t>
+          <t>9786256191242</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Mahalleyi Kurtarma Operasyonu (MAKO) Sakın Kanalıma Abone Olma - 3</t>
+          <t>En Güzel İsimler</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256317284</t>
+          <t>9786256191228</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Gülçin Şapkalı A Kardeşliği</t>
+          <t>Kudüsün Sırrı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>130</v>
+        <v>182</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256191037</t>
+          <t>9786256191068</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Yatağın Altından Gelen Mektup</t>
+          <t>Farklı Değilim</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256317246</t>
+          <t>9786256191198</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Limoncuğun Serüvenleri</t>
+          <t>Daha Çok Renk !</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256191044</t>
+          <t>9786256191051</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Rami ve Tuhaf Misafir</t>
+          <t>Köyünün Hayatını Değiştiren Safvan</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256317093</t>
+          <t>9786256191174</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Cetvel İletki Pergel</t>
+          <t>Yedi Beyaz Taş</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256317277</t>
+          <t>9786256191167</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Duvarın Arkası</t>
+          <t>Karaca / Bir Geyik Masalı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256317260</t>
+          <t>9786256191181</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Şefkatli Eller</t>
+          <t>Sahaflar Şeyhi Muzaffer Ozak / Geleceğe Mektup 12</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256317253</t>
+          <t>9786256191020</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Şehrim</t>
+          <t>Mahalleyi Kurtarma Operasyonu (MAKO) Sakın Kanalıma Abone Olma - 3</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256317208</t>
+          <t>9786256317284</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Üç Anahtar - Evliyalar İle Yolculuk</t>
+          <t>Gülçin Şapkalı A Kardeşliği</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256317192</t>
+          <t>9786256191037</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Yeraltına Seyahat</t>
+          <t>Yatağın Altından Gelen Mektup</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256317215</t>
+          <t>9786256317246</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Şairi Nuri Pakdil - Geleceğe Mektup 11</t>
+          <t>Limoncuğun Serüvenleri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256317031</t>
+          <t>9786256191044</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Balonları</t>
+          <t>Rami ve Tuhaf Misafir</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256317185</t>
+          <t>9786256317093</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Dinlenme Kulesi</t>
+          <t>Cetvel İletki Pergel</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259886343</t>
+          <t>9786256317277</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Mektup 10 - Diriliş Mimarı Sezai Karakoç</t>
+          <t>Duvarın Arkası</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259886350</t>
+          <t>9786256317260</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Fikri 2 - Kim Gönderdi Bu Mektubu?</t>
+          <t>Şefkatli Eller</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259886336</t>
+          <t>9786256317253</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İki Fidan Bir Dede</t>
+          <t>Kayıp Şehrim</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259400464</t>
+          <t>9786256317208</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Şeker Kudüs’e Uçuyor</t>
+          <t>Üç Anahtar - Evliyalar İle Yolculuk</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259886305</t>
+          <t>9786256317192</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Sakın Kanalıma Abone Olma 2 - Drone Festivali</t>
+          <t>Yeraltına Seyahat</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259400488</t>
+          <t>9786256317215</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Leylek Hastanesi</t>
+          <t>Kudüs Şairi Nuri Pakdil - Geleceğe Mektup 11</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259886329</t>
+          <t>9786256317031</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Koku Makinesi</t>
+          <t>Sevgi Balonları</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259886312</t>
+          <t>9786256317185</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Bizim Çocuklar İçin Psikoloji 2 – Acayip Sıradanlıklar Müzesi</t>
+          <t>Dinlenme Kulesi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259400495</t>
+          <t>9786259886343</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Tuhafiye</t>
+          <t>Geleceğe Mektup 10 - Diriliş Mimarı Sezai Karakoç</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259923000</t>
+          <t>9786259886350</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bilişim Rehberi 2 - Web’in Sırrı</t>
+          <t>Felsefe Fikri 2 - Kim Gönderdi Bu Mektubu?</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259923017</t>
+          <t>9786259886336</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Çikolata Gezegeni</t>
+          <t>İki Fidan Bir Dede</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259923024</t>
+          <t>9786259400464</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Ok Takımının Kamp</t>
+          <t>Şeker Kudüs’e Uçuyor</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258148381</t>
+          <t>9786259886305</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri ve Deyimler</t>
+          <t>Sakın Kanalıma Abone Olma 2 - Drone Festivali</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>85</v>
+        <v>130</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258148596</t>
+          <t>9786259400488</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Evliyalar İle Yolculuk - Mete Cazu'ya Karşı</t>
+          <t>Leylek Hastanesi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258148589</t>
+          <t>9786259886329</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Mektup 9 - Ebru Ustası Mustafa Düzgünman</t>
+          <t>Koku Makinesi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258148558</t>
+          <t>9786259886312</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>İyilik Tohumu</t>
+          <t>Bizim Çocuklar İçin Psikoloji 2 – Acayip Sıradanlıklar Müzesi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258148503</t>
+          <t>9786259400495</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Alfabenin En Korkunç Harfi</t>
+          <t>Tuhafiye</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258148541</t>
+          <t>9786259923000</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Pişmaniye Dükkanı</t>
+          <t>Bilişim Rehberi 2 - Web’in Sırrı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>185</v>
+        <v>120</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258148619</t>
+          <t>9786259923017</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Abdest Marşı</t>
+          <t>Çikolata Gezegeni</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>145</v>
+        <v>120</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258148565</t>
+          <t>9786259923024</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İyi Uykular Minik Meşe Palamudu</t>
+          <t>Gümüş Ok Takımının Kamp</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>185</v>
+        <v>130</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258148534</t>
+          <t>9786258148381</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Olmaktan Sıkılan Çiçek</t>
+          <t>Atasözleri ve Deyimler</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>140</v>
+        <v>85</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258148510</t>
+          <t>9786258148596</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Mektup 8 -İz Bırakan Öğretmen Mahir İz</t>
+          <t>Evliyalar İle Yolculuk - Mete Cazu'ya Karşı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>130</v>
+        <v>125</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258148527</t>
+          <t>9786258148589</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kebikec Operasyonu - Matrakçı Nasuh</t>
+          <t>Geleceğe Mektup 9 - Ebru Ustası Mustafa Düzgünman</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258148497</t>
+          <t>9786258148558</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Perçemi Ne Yapmalı?</t>
+          <t>İyilik Tohumu</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>185</v>
+        <v>140</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258148473</t>
+          <t>9786258148503</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Takvim Pusulası</t>
+          <t>Alfabenin En Korkunç Harfi</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258148442</t>
+          <t>9786258148541</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Saygın Direnişin Sesi - Aliya</t>
+          <t>Pişmaniye Dükkanı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>120</v>
+        <v>185</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258148459</t>
+          <t>9786258148619</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Mektup 6 - Er Kişi Niyetine Tevfik İleri</t>
+          <t>Abdest Marşı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>130</v>
+        <v>145</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258148466</t>
+          <t>9786258148565</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Mektup 7 - Evvel Zaman Üstadı Ali Ulvi Kurucu</t>
+          <t>İyi Uykular Minik Meşe Palamudu</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>130</v>
+        <v>185</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258148404</t>
+          <t>9786258148534</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kasım Bunlar Çok mu Lazım?</t>
+          <t>Çiçek Olmaktan Sıkılan Çiçek</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>140</v>
+        <v>185</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258148398</t>
+          <t>9786258148510</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Belki de Tersten Bakmalısın</t>
+          <t>Geleceğe Mektup 8 -İz Bırakan Öğretmen Mahir İz</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786259899695</t>
+          <t>9786258148527</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Evliyalar ile Yolculuk / Kayıp Mısranın Peşinde</t>
+          <t>Kebikec Operasyonu - Matrakçı Nasuh</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>135</v>
+        <v>130</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258148435</t>
+          <t>9786258148497</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Gereği Düşünüldü: Miyav</t>
+          <t>Perçemi Ne Yapmalı?</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>130</v>
+        <v>185</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258148336</t>
+          <t>9786258148473</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Fikri 1 / Dedemin Sandalyesi</t>
+          <t>Takvim Pusulası</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258148374</t>
+          <t>9786258148442</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Albatros ve Gök Ağacı</t>
+          <t>Saygın Direnişin Sesi - Aliya</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258148343</t>
+          <t>9786258148459</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlerin İzinde 4 / Esrarengiz Kuyu ve Kaçak Yolcu</t>
+          <t>Geleceğe Mektup 6 - Er Kişi Niyetine Tevfik İleri</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258148367</t>
+          <t>9786258148466</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Mektup 5 - Gerçek Aydın Cemil Meriç</t>
+          <t>Geleceğe Mektup 7 - Evvel Zaman Üstadı Ali Ulvi Kurucu</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258148329</t>
+          <t>9786258148404</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Mektup 4 - Türkiye Kadar Bir Adam Fethi Gemuhluoğlu</t>
+          <t>Kasım Bunlar Çok mu Lazım?</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258148305</t>
+          <t>9786258148398</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Gıdıklayan Matematik - Kim Demiş Matematik Sıkıcı Diye - Toplama İşlemi</t>
+          <t>Belki de Tersten Bakmalısın</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258148312</t>
+          <t>9786259899695</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Gıdıklayan Matematik - Kim Demiş Matematik Sıkıcı Diye - Çıkarma İşlemi</t>
+          <t>Evliyalar ile Yolculuk / Kayıp Mısranın Peşinde</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258148251</t>
+          <t>9786258148435</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Mektup 3 - Kalem Dostu Mustafa Asım Köksal</t>
+          <t>Gereği Düşünüldü: Miyav</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786259462097</t>
+          <t>9786259462028</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Bizim Mahallede Vlog Çekimi</t>
+          <t>Felsefe Fikri 1 / Dedemin Sandalyesi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057360762</t>
+          <t>9786258148374</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kudüs’e Yolculuk</t>
+          <t>Albatros ve Gök Ağacı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057360755</t>
+          <t>9786258148343</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Albatros ve Cam Kaya</t>
+          <t>Peygamberlerin İzinde 4 / Esrarengiz Kuyu ve Kaçak Yolcu</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786259462059</t>
+          <t>9786258148367</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Mektup 2 - Çiçek Açan Mevsim Ayşe Şasa</t>
+          <t>Geleceğe Mektup 5 - Gerçek Aydın Cemil Meriç</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057360748</t>
+          <t>9786259462035</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Bilişim Rehberi 1 - Sanal Dünyanın Kapısı</t>
+          <t>Geleceğe Mektup 4 - Türkiye Kadar Bir Adam Fethi Gemuhluoğlu</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786259886381</t>
+          <t>9786258148305</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Mektup 1 - Medine’nin Gülü Ayşe Hümeyra Ökten</t>
+          <t>Gıdıklayan Matematik - Kim Demiş Matematik Sıkıcı Diye - Toplama İşlemi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057360724</t>
+          <t>9786258148312</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Yusuf’un Kur’an Yolculuğu</t>
+          <t>Gıdıklayan Matematik - Kim Demiş Matematik Sıkıcı Diye - Çıkarma İşlemi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057360717</t>
+          <t>9786258148251</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Ay Kimin İçin Parlıyor?</t>
+          <t>Geleceğe Mektup 3 - Kalem Dostu Mustafa Asım Köksal</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>145</v>
+        <v>120</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057106803</t>
+          <t>9786259462097</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Nevdünden Yuvarlanan Masal</t>
+          <t>Bizim Mahallede Vlog Çekimi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057072894</t>
+          <t>9786057360762</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Nerede Bu Kuşlar - Görevimiz Doğa 1</t>
+          <t>Kudüs’e Yolculuk</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258148268</t>
+          <t>9786057360755</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Duygular Ne Renktir Acaba?</t>
+          <t>Albatros ve Cam Kaya</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258148275</t>
+          <t>9786259462059</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Koku Avcıları Medine ve Mekke'de</t>
+          <t>Geleceğe Mektup 2 - Çiçek Açan Mevsim Ayşe Şasa</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057106896</t>
+          <t>9786057360748</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Cevahir Altınparmak İle Büyük Ünlü Uyumu</t>
+          <t>Bilişim Rehberi 1 - Sanal Dünyanın Kapısı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>145</v>
+        <v>125</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057106858</t>
+          <t>9786259886381</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Bir Yer; Görevimiz Doğa 2</t>
+          <t>Geleceğe Mektup 1 - Medine’nin Gülü Ayşe Hümeyra Ökten</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256317086</t>
+          <t>9786057360724</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Kuyu Ya Da Ayrılıklar ; Peygamberlerin İzinde 3</t>
+          <t>Yusuf’un Kur’an Yolculuğu</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057106841</t>
+          <t>9786057360717</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Bizim Kerpetencibaşı Emekli Oluyor !</t>
+          <t>Ay Kimin İçin Parlıyor?</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>140</v>
+        <v>145</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057072856</t>
+          <t>9786057106803</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Albatros ve Tin Taşı</t>
+          <t>Nevdünden Yuvarlanan Masal</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786259886367</t>
+          <t>9786057072894</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Kuyunun Çağrısı</t>
+          <t>Nerede Bu Kuşlar - Görevimiz Doğa 1</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>130</v>
+        <v>165</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057072832</t>
+          <t>9786258148268</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Gülçin - Büyümeye Direnenler Kılavuzu</t>
+          <t>Psikoloji Duygular Ne Renktir Acaba?</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057072849</t>
+          <t>9786258148275</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Osman Gazi</t>
+          <t>Koku Avcıları Medine ve Mekke'de</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>125</v>
+        <v>170</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057462787</t>
+          <t>9786057106896</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Güllük</t>
+          <t>Cevahir Altınparmak İle Büyük Ünlü Uyumu</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>130</v>
+        <v>145</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057462794</t>
+          <t>9786057106858</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Hayalimdeki Yaz Tatili</t>
+          <t>Karanlık Bir Yer; Görevimiz Doğa 2</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057462732</t>
+          <t>9786256317086</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Hazinenin Peşinde - 52 Hafta 52 Ders</t>
+          <t>Esrarengiz Kuyu Ya Da Ayrılıklar ; Peygamberlerin İzinde 3</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256317178</t>
+          <t>9786057106841</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Kuyu - Peygamberlerin İzinde 1</t>
+          <t>Bizim Kerpetencibaşı Emekli Oluyor !</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786050670301</t>
+          <t>9786057072856</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Necipcik</t>
+          <t>Albatros ve Tin Taşı</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>95</v>
+        <v>170</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786056984556</t>
+          <t>9786259886367</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Enfes Masallar</t>
+          <t>Esrarengiz Kuyunun Çağrısı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>90</v>
+        <v>130</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
+          <t>9786057072832</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Gülçin - Büyümeye Direnenler Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786057072849</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Osman Gazi</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786057462787</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Sevgili Güllük</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786057462794</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Hayalimdeki Yaz Tatili</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786057462732</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Hazinenin Peşinde - 52 Hafta 52 Ders</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786256317178</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Esrarengiz Kuyu - Peygamberlerin İzinde 1</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786050670301</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Necipcik</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786056984556</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Enfes Masallar</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
           <t>9786056949135</t>
         </is>
       </c>
-      <c r="B112" s="1" t="inlineStr">
+      <c r="B120" s="1" t="inlineStr">
         <is>
           <t>Cevahir Altınparmak Kanalıma Hoş Geldiniz 1</t>
         </is>
       </c>
-      <c r="C112" s="1">
+      <c r="C120" s="1">
         <v>30</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>