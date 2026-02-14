--- v1 (2025-12-21)
+++ v2 (2026-02-14)
@@ -85,1825 +85,1855 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256191716</t>
+          <t>9786256191440</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Tam Kararında</t>
+          <t>Gökyüzüne En Yakın Yer</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256191730</t>
+          <t>9786057106827</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Uzat Bize Elini</t>
+          <t>Düşleri Yaşatma Derneği</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256191693</t>
+          <t>9786256191716</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Annemin Renkleri</t>
+          <t>Tam Kararında</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256191754</t>
+          <t>9786256191730</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi mi Allah Yarattı ?</t>
+          <t>Uzat Bize Elini</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256191723</t>
+          <t>9786256191693</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yeni Gün Taşları</t>
+          <t>Annemin Renkleri</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256191747</t>
+          <t>9786256191754</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Çiko’nun Günlüğü</t>
+          <t>Her Şeyi mi Allah Yarattı ?</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>265</v>
+        <v>170</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256191709</t>
+          <t>9786256191723</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Yüreğinde Çocuk Taşıyan Şair Cahit Zarifoğlu / Geleceğe Mektup 14</t>
+          <t>Yeni Gün Taşları</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256191761</t>
+          <t>9786256191747</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kim Kardeş İstemez Ki ?</t>
+          <t>Çiko’nun Günlüğü</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>130</v>
+        <v>265</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256191433</t>
+          <t>9786256191709</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Görünmezler Çadırı</t>
+          <t>Yüreğinde Çocuk Taşıyan Şair Cahit Zarifoğlu / Geleceğe Mektup 14</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256191426</t>
+          <t>9786256191761</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler Eve Sığmaz</t>
+          <t>Kim Kardeş İstemez Ki ?</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256191280</t>
+          <t>9786256191433</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bul Bakalım Neresi? Şanlıurfa</t>
+          <t>Görünmezler Çadırı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256191402</t>
+          <t>9786256191426</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Işık - Kalbiyle Görenler</t>
+          <t>Hikayeler Eve Sığmaz</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256191341</t>
+          <t>9786256191280</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Sessiz Öğretmeni Nurettin Topçu</t>
+          <t>Bul Bakalım Neresi? Şanlıurfa</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256191396</t>
+          <t>9786256191402</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bulut Zamanı</t>
+          <t>Işık - Kalbiyle Görenler</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256191365</t>
+          <t>9786256191341</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Bir Kamp Macerası -Sakın Kanalıma Abone Olma - 4</t>
+          <t>Anadolu’nun Sessiz Öğretmeni Nurettin Topçu</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256191372</t>
+          <t>9786256191396</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Mezarlıktaki Sır- Bir Mevlana Polisiyesi</t>
+          <t>Bulut Zamanı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256191389</t>
+          <t>9786256191365</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Anahtar</t>
+          <t>Esrarengiz Bir Kamp Macerası -Sakın Kanalıma Abone Olma - 4</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256191334</t>
+          <t>9786256191372</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bu Canavarı Kim Durduracak</t>
+          <t>Mezarlıktaki Sır- Bir Mevlana Polisiyesi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256191358</t>
+          <t>9786256191389</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Olduğum Gibi</t>
+          <t>Gizemli Anahtar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786258148411</t>
+          <t>9786256191334</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Sofya’nın Yara Bandı</t>
+          <t>Bu Canavarı Kim Durduracak</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256191303</t>
+          <t>9786256191358</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yara Bandı ve Kurdele</t>
+          <t>Olduğum Gibi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256191327</t>
+          <t>9786258148411</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Fısıltı (Ciltli)</t>
+          <t>Sofya’nın Yara Bandı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256191297</t>
+          <t>9786256191303</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sarılırsan Geçer (Ciltli)</t>
+          <t>Yara Bandı ve Kurdele</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>175</v>
+        <v>170</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256191310</t>
+          <t>9786256191327</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yol Arkadaşım Afo (Ciltli)</t>
+          <t>Fısıltı (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256191273</t>
+          <t>9786256191297</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kudüs’te Gizli Bir Görev</t>
+          <t>Sarılırsan Geçer (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256191266</t>
+          <t>9786256191310</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kudüs’te Ramazan</t>
+          <t>Yol Arkadaşım Afo (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256191259</t>
+          <t>9786256191273</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Korkuluk Korkak</t>
+          <t>Kudüs’te Gizli Bir Görev</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256191204</t>
+          <t>9786256191266</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yaren İle Adem</t>
+          <t>Kudüs’te Ramazan</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256191211</t>
+          <t>9786256191259</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Saklı Tohum</t>
+          <t>Korkuluk Korkak</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>155</v>
+        <v>220</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256191235</t>
+          <t>9786256191204</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Sandalyeler</t>
+          <t>Yaren İle Adem</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256191242</t>
+          <t>9786256191211</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>En Güzel İsimler</t>
+          <t>Saklı Tohum</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256191228</t>
+          <t>9786256191235</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kudüsün Sırrı</t>
+          <t>Sıra Dışı Sandalyeler</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>182</v>
+        <v>170</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256191068</t>
+          <t>9786256191242</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Farklı Değilim</t>
+          <t>En Güzel İsimler</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256191198</t>
+          <t>9786256191228</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Daha Çok Renk !</t>
+          <t>Kudüsün Sırrı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>160</v>
+        <v>182</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256191051</t>
+          <t>9786256191068</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Köyünün Hayatını Değiştiren Safvan</t>
+          <t>Farklı Değilim</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256191174</t>
+          <t>9786256191198</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yedi Beyaz Taş</t>
+          <t>Daha Çok Renk !</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256191167</t>
+          <t>9786256191051</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Karaca / Bir Geyik Masalı</t>
+          <t>Köyünün Hayatını Değiştiren Safvan</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256191181</t>
+          <t>9786256191174</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sahaflar Şeyhi Muzaffer Ozak / Geleceğe Mektup 12</t>
+          <t>Yedi Beyaz Taş</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256191020</t>
+          <t>9786256191167</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Mahalleyi Kurtarma Operasyonu (MAKO) Sakın Kanalıma Abone Olma - 3</t>
+          <t>Karaca / Bir Geyik Masalı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256317284</t>
+          <t>9786256191181</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Gülçin Şapkalı A Kardeşliği</t>
+          <t>Sahaflar Şeyhi Muzaffer Ozak / Geleceğe Mektup 12</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256191037</t>
+          <t>9786256191020</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Yatağın Altından Gelen Mektup</t>
+          <t>Mahalleyi Kurtarma Operasyonu (MAKO) Sakın Kanalıma Abone Olma - 3</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256317246</t>
+          <t>9786256317284</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Limoncuğun Serüvenleri</t>
+          <t>Gülçin Şapkalı A Kardeşliği</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256191044</t>
+          <t>9786256191037</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Rami ve Tuhaf Misafir</t>
+          <t>Yatağın Altından Gelen Mektup</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256317093</t>
+          <t>9786256317246</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Cetvel İletki Pergel</t>
+          <t>Limoncuğun Serüvenleri</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256317277</t>
+          <t>9786256191044</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Duvarın Arkası</t>
+          <t>Rami ve Tuhaf Misafir</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256317260</t>
+          <t>9786256317093</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Şefkatli Eller</t>
+          <t>Cetvel İletki Pergel</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256317253</t>
+          <t>9786256317277</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Şehrim</t>
+          <t>Duvarın Arkası</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256317208</t>
+          <t>9786256317260</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Üç Anahtar - Evliyalar İle Yolculuk</t>
+          <t>Şefkatli Eller</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256317192</t>
+          <t>9786256317253</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Yeraltına Seyahat</t>
+          <t>Kayıp Şehrim</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256317215</t>
+          <t>9786256317208</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Şairi Nuri Pakdil - Geleceğe Mektup 11</t>
+          <t>Üç Anahtar - Evliyalar İle Yolculuk</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256317031</t>
+          <t>9786256317192</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Balonları</t>
+          <t>Yeraltına Seyahat</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256317185</t>
+          <t>9786256317215</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Dinlenme Kulesi</t>
+          <t>Kudüs Şairi Nuri Pakdil - Geleceğe Mektup 11</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259886343</t>
+          <t>9786256317031</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Mektup 10 - Diriliş Mimarı Sezai Karakoç</t>
+          <t>Sevgi Balonları</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259886350</t>
+          <t>9786256317185</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Fikri 2 - Kim Gönderdi Bu Mektubu?</t>
+          <t>Dinlenme Kulesi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259886336</t>
+          <t>9786259886343</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>İki Fidan Bir Dede</t>
+          <t>Geleceğe Mektup 10 - Diriliş Mimarı Sezai Karakoç</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259400464</t>
+          <t>9786259886350</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Şeker Kudüs’e Uçuyor</t>
+          <t>Felsefe Fikri 2 - Kim Gönderdi Bu Mektubu?</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259886305</t>
+          <t>9786259886336</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Sakın Kanalıma Abone Olma 2 - Drone Festivali</t>
+          <t>İki Fidan Bir Dede</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259400488</t>
+          <t>9786259400464</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Leylek Hastanesi</t>
+          <t>Şeker Kudüs’e Uçuyor</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259886329</t>
+          <t>9786259886305</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Koku Makinesi</t>
+          <t>Sakın Kanalıma Abone Olma 2 - Drone Festivali</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259886312</t>
+          <t>9786259400488</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bizim Çocuklar İçin Psikoloji 2 – Acayip Sıradanlıklar Müzesi</t>
+          <t>Leylek Hastanesi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259400495</t>
+          <t>9786259886329</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Tuhafiye</t>
+          <t>Koku Makinesi</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259923000</t>
+          <t>9786259886312</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Bilişim Rehberi 2 - Web’in Sırrı</t>
+          <t>Bizim Çocuklar İçin Psikoloji 2 – Acayip Sıradanlıklar Müzesi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259923017</t>
+          <t>9786259400495</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Çikolata Gezegeni</t>
+          <t>Tuhafiye</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786259923024</t>
+          <t>9786259923000</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Ok Takımının Kamp</t>
+          <t>Bilişim Rehberi 2 - Web’in Sırrı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258148381</t>
+          <t>9786259923017</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri ve Deyimler</t>
+          <t>Çikolata Gezegeni</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>85</v>
+        <v>170</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258148596</t>
+          <t>9786259923024</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Evliyalar İle Yolculuk - Mete Cazu'ya Karşı</t>
+          <t>Gümüş Ok Takımının Kamp</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>125</v>
+        <v>170</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258148589</t>
+          <t>9786258148381</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Mektup 9 - Ebru Ustası Mustafa Düzgünman</t>
+          <t>Atasözleri ve Deyimler</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>130</v>
+        <v>145</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258148558</t>
+          <t>9786258148596</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İyilik Tohumu</t>
+          <t>Evliyalar İle Yolculuk - Mete Cazu'ya Karşı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258148503</t>
+          <t>9786258148589</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Alfabenin En Korkunç Harfi</t>
+          <t>Geleceğe Mektup 9 - Ebru Ustası Mustafa Düzgünman</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258148541</t>
+          <t>9786258148558</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Pişmaniye Dükkanı</t>
+          <t>İyilik Tohumu</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>185</v>
+        <v>220</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258148619</t>
+          <t>9786258148503</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Abdest Marşı</t>
+          <t>Alfabenin En Korkunç Harfi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>145</v>
+        <v>170</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258148565</t>
+          <t>9786258148541</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İyi Uykular Minik Meşe Palamudu</t>
+          <t>Pişmaniye Dükkanı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>185</v>
+        <v>220</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258148534</t>
+          <t>9786258148619</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Olmaktan Sıkılan Çiçek</t>
+          <t>Abdest Marşı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>185</v>
+        <v>220</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258148510</t>
+          <t>9786258148565</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Mektup 8 -İz Bırakan Öğretmen Mahir İz</t>
+          <t>İyi Uykular Minik Meşe Palamudu</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258148527</t>
+          <t>9786258148534</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kebikec Operasyonu - Matrakçı Nasuh</t>
+          <t>Çiçek Olmaktan Sıkılan Çiçek</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258148497</t>
+          <t>9786258148510</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Perçemi Ne Yapmalı?</t>
+          <t>Geleceğe Mektup 8 -İz Bırakan Öğretmen Mahir İz</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>185</v>
+        <v>160</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258148473</t>
+          <t>9786258148527</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Takvim Pusulası</t>
+          <t>Kebikec Operasyonu - Matrakçı Nasuh</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258148442</t>
+          <t>9786258148497</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Saygın Direnişin Sesi - Aliya</t>
+          <t>Perçemi Ne Yapmalı?</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258148459</t>
+          <t>9786258148473</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Mektup 6 - Er Kişi Niyetine Tevfik İleri</t>
+          <t>Takvim Pusulası</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258148466</t>
+          <t>9786258148442</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Mektup 7 - Evvel Zaman Üstadı Ali Ulvi Kurucu</t>
+          <t>Saygın Direnişin Sesi - Aliya</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258148404</t>
+          <t>9786258148459</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kasım Bunlar Çok mu Lazım?</t>
+          <t>Geleceğe Mektup 6 - Er Kişi Niyetine Tevfik İleri</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258148398</t>
+          <t>9786258148466</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Belki de Tersten Bakmalısın</t>
+          <t>Geleceğe Mektup 7 - Evvel Zaman Üstadı Ali Ulvi Kurucu</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786259899695</t>
+          <t>9786258148404</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Evliyalar ile Yolculuk / Kayıp Mısranın Peşinde</t>
+          <t>Kasım Bunlar Çok mu Lazım?</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>135</v>
+        <v>220</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258148435</t>
+          <t>9786258148398</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Gereği Düşünüldü: Miyav</t>
+          <t>Belki de Tersten Bakmalısın</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786259462028</t>
+          <t>9786259899695</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Fikri 1 / Dedemin Sandalyesi</t>
+          <t>Evliyalar ile Yolculuk / Kayıp Mısranın Peşinde</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258148374</t>
+          <t>9786258148435</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Albatros ve Gök Ağacı</t>
+          <t>Gereği Düşünüldü: Miyav</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258148343</t>
+          <t>9786259462028</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlerin İzinde 4 / Esrarengiz Kuyu ve Kaçak Yolcu</t>
+          <t>Felsefe Fikri 1 / Dedemin Sandalyesi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786258148367</t>
+          <t>9786258148374</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Mektup 5 - Gerçek Aydın Cemil Meriç</t>
+          <t>Albatros ve Gök Ağacı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786259462035</t>
+          <t>9786258148343</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Mektup 4 - Türkiye Kadar Bir Adam Fethi Gemuhluoğlu</t>
+          <t>Peygamberlerin İzinde 4 / Esrarengiz Kuyu ve Kaçak Yolcu</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258148305</t>
+          <t>9786258148367</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Gıdıklayan Matematik - Kim Demiş Matematik Sıkıcı Diye - Toplama İşlemi</t>
+          <t>Geleceğe Mektup 5 - Gerçek Aydın Cemil Meriç</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258148312</t>
+          <t>9786259462035</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Gıdıklayan Matematik - Kim Demiş Matematik Sıkıcı Diye - Çıkarma İşlemi</t>
+          <t>Geleceğe Mektup 4 - Türkiye Kadar Bir Adam Fethi Gemuhluoğlu</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258148251</t>
+          <t>9786258148305</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Mektup 3 - Kalem Dostu Mustafa Asım Köksal</t>
+          <t>Gıdıklayan Matematik - Kim Demiş Matematik Sıkıcı Diye - Toplama İşlemi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786259462097</t>
+          <t>9786258148312</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Bizim Mahallede Vlog Çekimi</t>
+          <t>Gıdıklayan Matematik - Kim Demiş Matematik Sıkıcı Diye - Çıkarma İşlemi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057360762</t>
+          <t>9786258148251</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kudüs’e Yolculuk</t>
+          <t>Geleceğe Mektup 3 - Kalem Dostu Mustafa Asım Köksal</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057360755</t>
+          <t>9786259462097</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Albatros ve Cam Kaya</t>
+          <t>Bizim Mahallede Vlog Çekimi</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786259462059</t>
+          <t>9786057360762</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Mektup 2 - Çiçek Açan Mevsim Ayşe Şasa</t>
+          <t>Kudüs’e Yolculuk</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057360748</t>
+          <t>9786057360755</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Bilişim Rehberi 1 - Sanal Dünyanın Kapısı</t>
+          <t>Albatros ve Cam Kaya</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>125</v>
+        <v>170</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786259886381</t>
+          <t>9786259462059</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Mektup 1 - Medine’nin Gülü Ayşe Hümeyra Ökten</t>
+          <t>Geleceğe Mektup 2 - Çiçek Açan Mevsim Ayşe Şasa</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057360724</t>
+          <t>9786057360748</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Yusuf’un Kur’an Yolculuğu</t>
+          <t>Bilişim Rehberi 1 - Sanal Dünyanın Kapısı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057360717</t>
+          <t>9786259886381</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Ay Kimin İçin Parlıyor?</t>
+          <t>Geleceğe Mektup 1 - Medine’nin Gülü Ayşe Hümeyra Ökten</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>145</v>
+        <v>160</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057106803</t>
+          <t>9786057360724</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Nevdünden Yuvarlanan Masal</t>
+          <t>Yusuf’un Kur’an Yolculuğu</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057072894</t>
+          <t>9786057360717</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Nerede Bu Kuşlar - Görevimiz Doğa 1</t>
+          <t>Ay Kimin İçin Parlıyor?</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>165</v>
+        <v>220</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258148268</t>
+          <t>9786057106803</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Duygular Ne Renktir Acaba?</t>
+          <t>Nevdünden Yuvarlanan Masal</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258148275</t>
+          <t>9786057072894</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Koku Avcıları Medine ve Mekke'de</t>
+          <t>Nerede Bu Kuşlar - Görevimiz Doğa 1</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>170</v>
+        <v>165</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057106896</t>
+          <t>9786258148268</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Cevahir Altınparmak İle Büyük Ünlü Uyumu</t>
+          <t>Psikoloji Duygular Ne Renktir Acaba?</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>145</v>
+        <v>170</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057106858</t>
+          <t>9786258148275</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Bir Yer; Görevimiz Doğa 2</t>
+          <t>Koku Avcıları Medine ve Mekke'de</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256317086</t>
+          <t>9786057106896</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Kuyu Ya Da Ayrılıklar ; Peygamberlerin İzinde 3</t>
+          <t>Cevahir Altınparmak İle Büyük Ünlü Uyumu</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>130</v>
+        <v>145</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057106841</t>
+          <t>9786057106858</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Bizim Kerpetencibaşı Emekli Oluyor !</t>
+          <t>Karanlık Bir Yer; Görevimiz Doğa 2</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057072856</t>
+          <t>9786256317086</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Albatros ve Tin Taşı</t>
+          <t>Esrarengiz Kuyu Ya Da Ayrılıklar ; Peygamberlerin İzinde 3</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786259886367</t>
+          <t>9786057106841</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Kuyunun Çağrısı</t>
+          <t>Bizim Kerpetencibaşı Emekli Oluyor !</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057072832</t>
+          <t>9786057072856</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Gülçin - Büyümeye Direnenler Kılavuzu</t>
+          <t>Albatros ve Tin Taşı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057072849</t>
+          <t>9786259886367</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Osman Gazi</t>
+          <t>Esrarengiz Kuyunun Çağrısı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>125</v>
+        <v>170</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057462787</t>
+          <t>9786057072832</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Güllük</t>
+          <t>Gülçin - Büyümeye Direnenler Kılavuzu</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057462794</t>
+          <t>9786057072849</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Hayalimdeki Yaz Tatili</t>
+          <t>Osman Gazi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>125</v>
+        <v>165</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057462732</t>
+          <t>9786057462787</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Hazinenin Peşinde - 52 Hafta 52 Ders</t>
+          <t>Sevgili Güllük</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256317178</t>
+          <t>9786057462794</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Kuyu - Peygamberlerin İzinde 1</t>
+          <t>Hayalimdeki Yaz Tatili</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786050670301</t>
+          <t>9786057462732</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Necipcik</t>
+          <t>Hazinenin Peşinde - 52 Hafta 52 Ders</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>95</v>
+        <v>130</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786056984556</t>
+          <t>9786256317178</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Enfes Masallar</t>
+          <t>Esrarengiz Kuyu - Peygamberlerin İzinde 1</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>90</v>
+        <v>220</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
+          <t>9786050670301</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Necipcik</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786056984556</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Enfes Masallar</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
           <t>9786056949135</t>
         </is>
       </c>
-      <c r="B120" s="1" t="inlineStr">
+      <c r="B122" s="1" t="inlineStr">
         <is>
           <t>Cevahir Altınparmak Kanalıma Hoş Geldiniz 1</t>
         </is>
       </c>
-      <c r="C120" s="1">
+      <c r="C122" s="1">
         <v>30</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>