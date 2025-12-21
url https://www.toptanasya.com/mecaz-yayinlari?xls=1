--- v0 (2025-10-24)
+++ v1 (2025-12-21)
@@ -85,640 +85,655 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786056984525</t>
+          <t>9786258148749</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Şehre Veda Ederken Okunacak Dua</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258148633</t>
+          <t>9786056984525</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Entelektüel Çalışma ve İrade</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>175</v>
+        <v>110</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258148602</t>
+          <t>9786258148633</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Üzerine</t>
+          <t>Entelektüel Çalışma ve İrade</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>105</v>
+        <v>175</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258148350</t>
+          <t>9786258148602</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Haklı Çıkma Sanatı</t>
+          <t>Ölüm Üzerine</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057106865</t>
+          <t>9786258148350</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sivri Köknarlar Ülkesi</t>
+          <t>Haklı Çıkma Sanatı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057106872</t>
+          <t>9786057106865</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kitaplar ve Sigaralar</t>
+          <t>Sivri Köknarlar Ülkesi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>115</v>
+        <v>160</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057106889</t>
+          <t>9786057106872</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İkna ve Retorik</t>
+          <t>Kitaplar ve Sigaralar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>175</v>
+        <v>115</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057106810</t>
+          <t>9786057106889</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Heybemde Lale Var</t>
+          <t>İkna ve Retorik</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258148299</t>
+          <t>9786057106810</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Bir Hikaye Nasıl Anlatılır ve Seçili Öyküleri</t>
+          <t>Heybemde Lale Var</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057360700</t>
+          <t>9786258148299</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Metafizik İçlenmeler</t>
+          <t>Bir Hikaye Nasıl Anlatılır ve Seçili Öyküleri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057072870</t>
+          <t>9786057360700</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Picasso</t>
+          <t>Metafizik İçlenmeler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>95</v>
+        <v>125</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057072887</t>
+          <t>9786057072870</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sivil İtaatsizlik</t>
+          <t>Picasso</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>120</v>
+        <v>95</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057462749</t>
+          <t>9786057072887</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Baskı ve Özgürlük</t>
+          <t>Sivil İtaatsizlik</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057072825</t>
+          <t>9786057462749</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İrade Terbiyesi</t>
+          <t>Baskı ve Özgürlük</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057072801</t>
+          <t>9786057072825</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Sevgisinin Örtük Biçimleri</t>
+          <t>İrade Terbiyesi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057072818</t>
+          <t>9786057072801</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sokrates'in Savunması</t>
+          <t>Tanrı Sevgisinin Örtük Biçimleri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>90</v>
+        <v>130</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057462725</t>
+          <t>9786057072818</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Sokrates'in Savunması</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>115</v>
+        <v>90</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057462770</t>
+          <t>9786057462725</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Bilgeliği Üzerine Aforizmalar</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>110</v>
+        <v>115</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057462756</t>
+          <t>9786057462770</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kişi ve Kutsal</t>
+          <t>Yaşam Bilgeliği Üzerine Aforizmalar</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057462763</t>
+          <t>9786057462756</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Kısalığı Üzerine</t>
+          <t>Kişi ve Kutsal</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786056984594</t>
+          <t>9786057462763</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Maviye İz Süren</t>
+          <t>Yaşamın Kısalığı Üzerine</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786056984501</t>
+          <t>9786056984594</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Gölgesinde</t>
+          <t>Maviye İz Süren</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>115</v>
+        <v>135</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786056949197</t>
+          <t>9786056984501</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Söylenen</t>
+          <t>Şiirin Gölgesinde</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>115</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786056949173</t>
+          <t>9786056949197</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bir Direniş Hikayesi</t>
+          <t>Yeniden Söylenen</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>195</v>
+        <v>115</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786056984532</t>
+          <t>9786056949173</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Dağlım Hazinem</t>
+          <t>Bir Direniş Hikayesi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>135</v>
+        <v>195</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786056949180</t>
+          <t>9786056984532</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Beş Büyük Osmanlı Darbesinin Hikayesi</t>
+          <t>Dağlım Hazinem</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786056949128</t>
+          <t>9786056949180</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Delinin Biri</t>
+          <t>Beş Büyük Osmanlı Darbesinin Hikayesi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>95</v>
+        <v>135</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786056949159</t>
+          <t>9786056949128</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Geçmiştir Belki</t>
+          <t>Delinin Biri</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>115</v>
+        <v>95</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786056949166</t>
+          <t>9786056949159</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kumkertişin Kalbi</t>
+          <t>Geçmiştir Belki</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>110</v>
+        <v>115</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786056949142</t>
+          <t>9786056949166</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bir Kısa Camel</t>
+          <t>Kumkertişin Kalbi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>115</v>
+        <v>110</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786058073630</t>
+          <t>9786056949142</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yenildik Hace</t>
+          <t>Bir Kısa Camel</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>155</v>
+        <v>115</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786058073678</t>
+          <t>9786058073630</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Broken Hill Savaşı</t>
+          <t>Yenildik Hace</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>140</v>
+        <v>155</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786056949104</t>
+          <t>9786058073678</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Kadınlar</t>
+          <t>Broken Hill Savaşı</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786056949111</t>
+          <t>9786056949104</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya</t>
+          <t>Kahraman Kadınlar</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786058073692</t>
+          <t>9786056949111</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İsmet Saat Kaç</t>
+          <t>Dünyaya</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>165</v>
+        <v>90</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786058073609</t>
+          <t>9786058073692</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kağıttan Geminin Kaptanı</t>
+          <t>İsmet Saat Kaç</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>155</v>
+        <v>165</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786058073616</t>
+          <t>9786058073609</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Dağlım Dağ Çiçeğim</t>
+          <t>Kağıttan Geminin Kaptanı</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>155</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786058073623</t>
+          <t>9786058073616</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Dağlım</t>
+          <t>Dağlım Dağ Çiçeğim</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>155</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786058073661</t>
+          <t>9786058073623</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yüzünü Örtüyor Sesin - Dengbej Hikayeleri</t>
+          <t>Dağlım</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>118</v>
+        <v>155</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
+          <t>9786058073661</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Yüzünü Örtüyor Sesin - Dengbej Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
           <t>9786058073654</t>
         </is>
       </c>
-      <c r="B41" s="1" t="inlineStr">
+      <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Dünyayı Kurtarırken</t>
         </is>
       </c>
-      <c r="C41" s="1">
+      <c r="C42" s="1">
         <v>145</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>