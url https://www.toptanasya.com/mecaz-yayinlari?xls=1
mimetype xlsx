--- v1 (2025-12-21)
+++ v2 (2026-02-14)
@@ -85,655 +85,670 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258148749</t>
+          <t>9786057462718</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Şehre Veda Ederken Okunacak Dua</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786056984525</t>
+          <t>9786258148749</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Şehre Veda Ederken Okunacak Dua</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258148633</t>
+          <t>9786056984525</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Entelektüel Çalışma ve İrade</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>175</v>
+        <v>110</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258148602</t>
+          <t>9786258148633</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Üzerine</t>
+          <t>Entelektüel Çalışma ve İrade</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>105</v>
+        <v>230</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258148350</t>
+          <t>9786258148602</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Haklı Çıkma Sanatı</t>
+          <t>Ölüm Üzerine</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057106865</t>
+          <t>9786258148350</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sivri Köknarlar Ülkesi</t>
+          <t>Haklı Çıkma Sanatı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057106872</t>
+          <t>9786057106865</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kitaplar ve Sigaralar</t>
+          <t>Sivri Köknarlar Ülkesi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>115</v>
+        <v>220</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057106889</t>
+          <t>9786057106872</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İkna ve Retorik</t>
+          <t>Kitaplar ve Sigaralar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057106810</t>
+          <t>9786057106889</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Heybemde Lale Var</t>
+          <t>İkna ve Retorik</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258148299</t>
+          <t>9786057106810</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bir Hikaye Nasıl Anlatılır ve Seçili Öyküleri</t>
+          <t>Heybemde Lale Var</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057360700</t>
+          <t>9786258148299</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Metafizik İçlenmeler</t>
+          <t>Bir Hikaye Nasıl Anlatılır ve Seçili Öyküleri</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>125</v>
+        <v>170</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057072870</t>
+          <t>9786057360700</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Picasso</t>
+          <t>Metafizik İçlenmeler</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>95</v>
+        <v>180</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057072887</t>
+          <t>9786057072870</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sivil İtaatsizlik</t>
+          <t>Picasso</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057462749</t>
+          <t>9786057072887</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Baskı ve Özgürlük</t>
+          <t>Sivil İtaatsizlik</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057072825</t>
+          <t>9786057462749</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İrade Terbiyesi</t>
+          <t>Baskı ve Özgürlük</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057072801</t>
+          <t>9786057072825</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Sevgisinin Örtük Biçimleri</t>
+          <t>İrade Terbiyesi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057072818</t>
+          <t>9786057072801</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sokrates'in Savunması</t>
+          <t>Tanrı Sevgisinin Örtük Biçimleri</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057462725</t>
+          <t>9786057072818</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Sokrates'in Savunması</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>115</v>
+        <v>130</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057462770</t>
+          <t>9786057462725</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Bilgeliği Üzerine Aforizmalar</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057462756</t>
+          <t>9786057462770</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kişi ve Kutsal</t>
+          <t>Yaşam Bilgeliği Üzerine Aforizmalar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057462763</t>
+          <t>9786057462756</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Kısalığı Üzerine</t>
+          <t>Kişi ve Kutsal</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786056984594</t>
+          <t>9786057462763</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Maviye İz Süren</t>
+          <t>Yaşamın Kısalığı Üzerine</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786056984501</t>
+          <t>9786056984594</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Gölgesinde</t>
+          <t>Maviye İz Süren</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>115</v>
+        <v>180</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786056949197</t>
+          <t>9786056984501</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Söylenen</t>
+          <t>Şiirin Gölgesinde</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>115</v>
+        <v>170</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786056949173</t>
+          <t>9786056949197</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bir Direniş Hikayesi</t>
+          <t>Yeniden Söylenen</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>195</v>
+        <v>170</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786056984532</t>
+          <t>9786056949173</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Dağlım Hazinem</t>
+          <t>Bir Direniş Hikayesi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>135</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786056949180</t>
+          <t>9786056984532</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Beş Büyük Osmanlı Darbesinin Hikayesi</t>
+          <t>Dağlım Hazinem</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>135</v>
+        <v>220</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786056949128</t>
+          <t>9786056949180</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Delinin Biri</t>
+          <t>Beş Büyük Osmanlı Darbesinin Hikayesi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>95</v>
+        <v>190</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786056949159</t>
+          <t>9786056949128</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Geçmiştir Belki</t>
+          <t>Delinin Biri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>115</v>
+        <v>170</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786056949166</t>
+          <t>9786056949159</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kumkertişin Kalbi</t>
+          <t>Geçmiştir Belki</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786056949142</t>
+          <t>9786056949166</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bir Kısa Camel</t>
+          <t>Kumkertişin Kalbi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>115</v>
+        <v>160</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786058073630</t>
+          <t>9786056949142</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Yenildik Hace</t>
+          <t>Bir Kısa Camel</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>155</v>
+        <v>170</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786058073678</t>
+          <t>9786058073630</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Broken Hill Savaşı</t>
+          <t>Yenildik Hace</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786056949104</t>
+          <t>9786058073678</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Kadınlar</t>
+          <t>Broken Hill Savaşı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786056949111</t>
+          <t>9786056949104</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya</t>
+          <t>Kahraman Kadınlar</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786058073692</t>
+          <t>9786056949111</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>İsmet Saat Kaç</t>
+          <t>Dünyaya</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786058073609</t>
+          <t>9786058073692</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kağıttan Geminin Kaptanı</t>
+          <t>İsmet Saat Kaç</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>155</v>
+        <v>220</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786058073616</t>
+          <t>9786058073609</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Dağlım Dağ Çiçeğim</t>
+          <t>Kağıttan Geminin Kaptanı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>155</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786058073623</t>
+          <t>9786058073616</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Dağlım</t>
+          <t>Dağlım Dağ Çiçeğim</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>155</v>
+        <v>220</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786058073661</t>
+          <t>9786058073623</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yüzünü Örtüyor Sesin - Dengbej Hikayeleri</t>
+          <t>Dağlım</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>118</v>
+        <v>220</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
+          <t>9786058073661</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Yüzünü Örtüyor Sesin - Dengbej Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
           <t>9786058073654</t>
         </is>
       </c>
-      <c r="B42" s="1" t="inlineStr">
+      <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Dünyayı Kurtarırken</t>
         </is>
       </c>
-      <c r="C42" s="1">
-        <v>145</v>
+      <c r="C43" s="1">
+        <v>190</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>