--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -85,1000 +85,1015 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259446462</t>
+          <t>9786259354224</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>...Hiç'likle Başlayıp Ölüm'le Biten Bazı Olasılık'lar İçin</t>
+          <t>...Hiç'likle Başlayıp Ölüm'le Biten Bir Kitap İçin İki Olasılık...</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259446448</t>
+          <t>9786259446462</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Rembrandt Sanat Felsefesi Üzerine Bir Deneme</t>
+          <t>...Hiç'likle Başlayıp Ölüm'le Biten Bazı Olasılık'lar İçin</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259446455</t>
+          <t>9786259446448</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Dil Terzisi Ali Hikmet Eren Poetikası İçin Bir Yaklaşım</t>
+          <t>Rembrandt Sanat Felsefesi Üzerine Bir Deneme</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259446431</t>
+          <t>9786259446455</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Dil Çıkarma Günü</t>
+          <t>Dil Terzisi Ali Hikmet Eren Poetikası İçin Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259446424</t>
+          <t>9786259446431</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Taxı Forever Bir Ankara Taksisi</t>
+          <t>Dil Çıkarma Günü</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259446400</t>
+          <t>9786259446424</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Enkaz Sineması</t>
+          <t>Taxı Forever Bir Ankara Taksisi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259446417</t>
+          <t>9786259446400</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Seçme Şiirler</t>
+          <t>Enkaz Sineması</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057167897</t>
+          <t>9786259446417</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ego Contra Mundum Bir Yüksel Arslan Metaforu</t>
+          <t>Seçme Şiirler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057167880</t>
+          <t>9786057167897</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kalpli Elma Butonu</t>
+          <t>Ego Contra Mundum Bir Yüksel Arslan Metaforu</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>220</v>
+        <v>600</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057167866</t>
+          <t>9786057167880</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Herkes Ölüyor</t>
+          <t>Kalpli Elma Butonu</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057167873</t>
+          <t>9786057167866</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Vefat ve Teşekkür</t>
+          <t>Herkes Ölüyor</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057167828</t>
+          <t>9786057167873</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Edip Cansever Poetikası İçin Bir Yaklaşım Herkesin Ölü Bir Şeyi Vardır</t>
+          <t>Vefat ve Teşekkür</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057167859</t>
+          <t>9786057167828</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yeni Şiirler</t>
+          <t>Edip Cansever Poetikası İçin Bir Yaklaşım Herkesin Ölü Bir Şeyi Vardır</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057167835</t>
+          <t>9786057167859</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Cehennemde Bir Ev</t>
+          <t>Yeni Şiirler</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057167842</t>
+          <t>9786057167835</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kendi Halinde Bir Ölü</t>
+          <t>Cehennemde Bir Ev</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057167811</t>
+          <t>9786057167842</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yas'ın Öteki Yüzü: Yas-Na</t>
+          <t>Kendi Halinde Bir Ölü</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057167804</t>
+          <t>9786057167811</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sohrab Konuşmaları</t>
+          <t>Yas'ın Öteki Yüzü: Yas-Na</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786050686074</t>
+          <t>9786057167804</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Göl</t>
+          <t>Sohrab Konuşmaları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>25</v>
+        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786050686081</t>
+          <t>9786050686074</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Gözün Belleği</t>
+          <t>Göl</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>400</v>
+        <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786050686098</t>
+          <t>9786050686081</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Herkes İşinde Gücündeydi</t>
+          <t>Gözün Belleği</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786058180413</t>
+          <t>9786050686098</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Turayazı</t>
+          <t>Herkes İşinde Gücündeydi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786058180406</t>
+          <t>9786058180413</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sur ve Sır</t>
+          <t>Turayazı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>25</v>
+        <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786056907593</t>
+          <t>9786058180406</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Leçe</t>
+          <t>Sur ve Sır</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786050686012</t>
+          <t>9786056907593</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Eşiği</t>
+          <t>Leçe</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786050686005</t>
+          <t>9786050686012</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Tutsakya</t>
+          <t>Yeryüzü Eşiği</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>20</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786058180482</t>
+          <t>9786050686005</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Henüz Yolcuyum</t>
+          <t>Tutsakya</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786058180468</t>
+          <t>9786058180482</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Çivi Yaraları</t>
+          <t>Henüz Yolcuyum</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786058180475</t>
+          <t>9786058180468</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hakikat ve Görünürlük - Tayyar Eren Resmi</t>
+          <t>Bir Delinin Çivi Yaraları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>800</v>
+        <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786056627149</t>
+          <t>9786058180475</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Ankara'da Edebiyat</t>
+          <t>Hakikat ve Görünürlük - Tayyar Eren Resmi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>15</v>
+        <v>800</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786056627156</t>
+          <t>9786056627149</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Uyyyy... Aha!</t>
+          <t>Ankara'da Edebiyat</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786056627101</t>
+          <t>9786056627156</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ankara'nın Delileri</t>
+          <t>Uyyyy... Aha!</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786056627132</t>
+          <t>9786056627101</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Derdimin Devası</t>
+          <t>Ankara'nın Delileri</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786056627125</t>
+          <t>9786056627132</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Akşam Olur Karanlığa Kalırsın</t>
+          <t>Derdimin Devası</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786050686050</t>
+          <t>9786056627125</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Nilgün Marmara Metinleri ve Fragmanlar</t>
+          <t>Akşam Olur Karanlığa Kalırsın</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786056907531</t>
+          <t>9786050686050</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yas</t>
+          <t>Nilgün Marmara Metinleri ve Fragmanlar</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786056907579</t>
+          <t>9786056907531</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ahmet İnam'da Gönül Felsefesi</t>
+          <t>Yas</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786056907548</t>
+          <t>9786056907579</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Peçeli Şiir</t>
+          <t>Ahmet İnam'da Gönül Felsefesi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>15</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786056907555</t>
+          <t>9786056907548</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Pazartesiyi Cumaya Bağlayan Bir Geceydi</t>
+          <t>Peçeli Şiir</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>150</v>
+        <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786058180451</t>
+          <t>9786056907555</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Derdini Anlatmadan Önceydi</t>
+          <t>Pazartesiyi Cumaya Bağlayan Bir Geceydi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>10</v>
+        <v>150</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786058180420</t>
+          <t>9786058180451</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Yatak</t>
+          <t>Yeryüzü Derdini Anlatmadan Önceydi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786058180437</t>
+          <t>9786058180420</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Beyhude</t>
+          <t>Aynadaki Yatak</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786058180444</t>
+          <t>9786058180437</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Jaklin'in Elleri</t>
+          <t>Beyhude</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786058285279</t>
+          <t>9786058180444</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Masumlar Ağacı</t>
+          <t>Jaklin'in Elleri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786058285262</t>
+          <t>9786058285279</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kumrunun Saklısından</t>
+          <t>Masumlar Ağacı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786058285255</t>
+          <t>9786058285262</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Erkekler, Kadınlar Ve Tekneler</t>
+          <t>Kumrunun Saklısından</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>15</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786058285248</t>
+          <t>9786058285255</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Cinayet Mahalline Davet</t>
+          <t>Erkekler, Kadınlar Ve Tekneler</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>15</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786056907562</t>
+          <t>9786058285248</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Gündüz Düşleri</t>
+          <t>Cinayet Mahalline Davet</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786058180499</t>
+          <t>9786056907562</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Aveiro Balıkçısı</t>
+          <t>Gündüz Düşleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786056907500</t>
+          <t>9786058180499</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Defter</t>
+          <t>Aveiro Balıkçısı</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786056907524</t>
+          <t>9786056907500</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Dagmara</t>
+          <t>Defter</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786056907517</t>
+          <t>9786056907524</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Israrotu</t>
+          <t>Sevgili Dagmara</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786056627187</t>
+          <t>9786056907517</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Red</t>
+          <t>Israrotu</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786056627170</t>
+          <t>9786056627187</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Janis'in Yüzleri</t>
+          <t>Red</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786056627163</t>
+          <t>9786056627170</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Eski Mahalle</t>
+          <t>Janis'in Yüzleri</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>15</v>
+        <v>150</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786056627194</t>
+          <t>9786056627163</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Denize Doğru</t>
+          <t>Eski Mahalle</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786058285217</t>
+          <t>9786056627194</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kirli Tahir</t>
+          <t>Denize Doğru</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786058285200</t>
+          <t>9786058285217</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Beethoven'ın Odası</t>
+          <t>Kirli Tahir</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786058285224</t>
+          <t>9786058285200</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Jazz</t>
+          <t>Beethoven'ın Odası</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786058285231</t>
+          <t>9786058285224</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Hiçliğin Tanecikleri</t>
+          <t>Jazz</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786050686067</t>
+          <t>9786058285231</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Sonrasız Dönüş Yalnızlığı</t>
+          <t>Hiçliğin Tanecikleri</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>300</v>
+        <v>15</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786050686043</t>
+          <t>9786050686067</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Duruyordu Bir Yol Durması Gereken Yerde</t>
+          <t>Sonrasız Dönüş Yalnızlığı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786050686036</t>
+          <t>9786050686043</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Resim Sanatı Üzerine Denemeler</t>
+          <t>Duruyordu Bir Yol Durması Gereken Yerde</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>20</v>
+        <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786056907586</t>
+          <t>9786050686036</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Acı Pabuç Sahili</t>
+          <t>Resim Sanatı Üzerine Denemeler</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
+          <t>9786056907586</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Acı Pabuç Sahili</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
           <t>9786050686029</t>
         </is>
       </c>
-      <c r="B65" s="1" t="inlineStr">
+      <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Karantina</t>
         </is>
       </c>
-      <c r="C65" s="1">
+      <c r="C66" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>