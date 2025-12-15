--- v0 (2025-10-24)
+++ v1 (2025-12-15)
@@ -85,6820 +85,6835 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255813015</t>
+          <t>9786255813022</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kıvılcım Anı'nın İntkamı</t>
+          <t>10X Düşün 10X Büyü</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>410</v>
+        <v>390</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9799944383232</t>
+          <t>9786255813015</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>10 İnovasyon Emri</t>
+          <t>Kıvılcım Anı'nın İntkamı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>21.29</v>
+        <v>410</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052314593</t>
+          <t>9799944383232</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Nasıl Güçlenir?</t>
+          <t>10 İnovasyon Emri</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>190</v>
+        <v>21.29</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052314562</t>
+          <t>9786052314593</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Fintech ve Insurtech ile Finansın Dönüşümü</t>
+          <t>Kadınlar Nasıl Güçlenir?</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>490</v>
+        <v>190</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786054584956</t>
+          <t>9786052314562</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Bir Görüşme Daha!</t>
+          <t>Fintech ve Insurtech ile Finansın Dönüşümü</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>246</v>
+        <v>490</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052314142</t>
+          <t>9786054584956</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bahse Var Mısın?</t>
+          <t>Bir Görüşme Daha!</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>184</v>
+        <v>246</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9799756347798</t>
+          <t>9786052314142</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Altı Sigma</t>
+          <t>Bahse Var Mısın?</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>9.26</v>
+        <v>184</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789758378074</t>
+          <t>9799756347798</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Pazarlama İletişimi</t>
+          <t>Herkes İçin Altı Sigma</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786055755799</t>
+          <t>9789758378074</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Çıplak</t>
+          <t>Her Yönüyle Pazarlama İletişimi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>20.37</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9799756347248</t>
+          <t>9786055755799</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hayatımız Reklam: Türkiye’nin Reklam Ustalarıyla Söyleşiler</t>
+          <t>Her Şey Çıplak</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>12.04</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786054584093</t>
+          <t>9799756347248</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hayallerinizi Gerçekleştirmek İçin Yaratıcılık Disiplini (Ciltli)</t>
+          <t>Hayatımız Reklam: Türkiye’nin Reklam Ustalarıyla Söyleşiler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>25.46</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9799756347859</t>
+          <t>9786054584093</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkilerin Elkitabı</t>
+          <t>Hayallerinizi Gerçekleştirmek İçin Yaratıcılık Disiplini (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>25.46</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9799756347958</t>
+          <t>9799756347859</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkilerin ABC’si</t>
+          <t>Halkla İlişkilerin Elkitabı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>15.28</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055755805</t>
+          <t>9799756347958</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Yönlere Odaklı Liderlik</t>
+          <t>Halkla İlişkilerin ABC’si</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>21.76</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789944383998</t>
+          <t>9786055755805</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Güç</t>
+          <t>Güçlü Yönlere Odaklı Liderlik</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>18.52</v>
+        <v>21.76</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055755430</t>
+          <t>9789944383998</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Google Olsa Ne Yapardı?</t>
+          <t>Güç</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>22.22</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789756347065</t>
+          <t>9786055755430</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Globalleşmenin Sonu Radikal Bir Globalleşme Analizi</t>
+          <t>Google Olsa Ne Yapardı?</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>11.57</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789758378944</t>
+          <t>9789756347065</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Global Markaların Yerel Çuvallamaları</t>
+          <t>Globalleşmenin Sonu Radikal Bir Globalleşme Analizi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>15.28</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055755201</t>
+          <t>9789758378944</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Gerilla Telesatış</t>
+          <t>Global Markaların Yerel Çuvallamaları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>14.81</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789944383639</t>
+          <t>9786055755201</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Gerilla Reklamcılık</t>
+          <t>Gerilla Telesatış</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>50.93</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055755829</t>
+          <t>9789944383639</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Gerçeklik Testi</t>
+          <t>Gerilla Reklamcılık</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>35.65</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9799758378257</t>
+          <t>9786055755829</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Gerçek, Yalanlar, Reklamcılık "Müşteri Planlama Sanatı"</t>
+          <t>Gerçeklik Testi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>11.57</v>
+        <v>35.65</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789944383462</t>
+          <t>9799758378257</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Satışçılardan 200 Satış Tavsiyesi</t>
+          <t>Gerçek, Yalanlar, Reklamcılık "Müşteri Planlama Sanatı"</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>17.59</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9799758378936</t>
+          <t>9789944383462</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Pazarlaması</t>
+          <t>Gerçek Satışçılardan 200 Satış Tavsiyesi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>11.57</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789758378456</t>
+          <t>9799758378936</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Görmek Pazarlama Araştırmasının Gücü</t>
+          <t>Geleceğin Pazarlaması</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>13.89</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9799758378394</t>
+          <t>9789758378456</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Bir Dokunuş Araştırma, Şirket, İnsan</t>
+          <t>Geleceği Görmek Pazarlama Araştırmasının Gücü</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9799758378356</t>
+          <t>9799758378394</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Gazetecinin El Kitabı</t>
+          <t>Geleceğe Bir Dokunuş Araştırma, Şirket, İnsan</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>9.26</v>
+        <v>11</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789944383578</t>
+          <t>9799758378356</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Fred Faktörü</t>
+          <t>Gazetecinin El Kitabı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>10.19</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9799944383140</t>
+          <t>9789944383578</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Focus Şirketinizin Geleceği Buna Bağlı</t>
+          <t>Fred Faktörü</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>15.28</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055755188</t>
+          <t>9799944383140</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Fil Olun</t>
+          <t>Focus Şirketinizin Geleceği Buna Bağlı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>16.67</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055755928</t>
+          <t>9786055755188</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Farklılaş ya da Öl</t>
+          <t>Fil Olun</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>190</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055755157</t>
+          <t>9786055755928</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Fark Edilmemiş İş Fikirleri</t>
+          <t>Farklılaş ya da Öl</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>20.37</v>
+        <v>190</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9799756347347</t>
+          <t>9786055755157</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Etkinlik Yönetimi</t>
+          <t>Fark Edilmemiş İş Fikirleri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>13.89</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789758378524</t>
+          <t>9799756347347</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Eski Köye Yeni Adet Pazarlama İletişimi, Reklam ve Yaratıcılık</t>
+          <t>Etkinlik Yönetimi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>7.87</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9799756347842</t>
+          <t>9789758378524</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Dizi Senaryosu Yazmak</t>
+          <t>Eski Köye Yeni Adet Pazarlama İletişimi, Reklam ve Yaratıcılık</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>13.43</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055755812</t>
+          <t>9799756347842</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Müşteriniz Konuşuyor</t>
+          <t>Dizi Senaryosu Yazmak</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>15.28</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786054584154</t>
+          <t>9786055755812</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Dijitoloji</t>
+          <t>Dikkat Müşteriniz Konuşuyor</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>25</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786054584086</t>
+          <t>9786054584154</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Dijital Tutulma</t>
+          <t>Dijitoloji</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>27</v>
+        <v>25</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789758378197</t>
+          <t>9786054584086</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Devrimciler İçin Kurallar</t>
+          <t>Dijital Tutulma</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>11.57</v>
+        <v>27</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789944383448</t>
+          <t>9789758378197</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Gerilla Pazarlama Devrimi</t>
+          <t>Devrimciler İçin Kurallar</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>13.43</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055755522</t>
+          <t>9789944383448</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Değişen Tüketici Kim?</t>
+          <t>Gerilla Pazarlama Devrimi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>20.37</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9799756347019</t>
+          <t>9786055755522</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Değer Temelli Pazarlama</t>
+          <t>Değişen Tüketici Kim?</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>22.22</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055755492</t>
+          <t>9799756347019</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Daha Önce Kimseden Duymadığınız 6 Kariyer Sırrı</t>
+          <t>Değer Temelli Pazarlama</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>132</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9799944383201</t>
+          <t>9786055755492</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Çıplak Sohbetler Blog Kitabı</t>
+          <t>Daha Önce Kimseden Duymadığınız 6 Kariyer Sırrı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>15.28</v>
+        <v>132</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055755171</t>
+          <t>9799944383201</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Concepting</t>
+          <t>Çıplak Sohbetler Blog Kitabı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>10.19</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9799756347408</t>
+          <t>9786055755171</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ceokrasi İnsan Merkezli Şirket Yönetimi</t>
+          <t>Concepting</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>11.57</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789758378623</t>
+          <t>9799756347408</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Büyük Şirketler Yok Oluyor?..</t>
+          <t>Ceokrasi İnsan Merkezli Şirket Yönetimi</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>11.57</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786055755546</t>
+          <t>9789758378623</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Büyük Satışlar İçin Küçük İpuçları</t>
+          <t>Büyük Şirketler Yok Oluyor?..</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>14.81</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9799944383244</t>
+          <t>9786055755546</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Çaktırmadan İkna</t>
+          <t>Büyük Satışlar İçin Küçük İpuçları</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>13.89</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789944383530</t>
+          <t>9799944383244</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Büyük Markalar Büyük Hatalar</t>
+          <t>Çaktırmadan İkna</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>16.2</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9799758378387</t>
+          <t>9789944383530</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Büyük Filmlerden Liderlik Dersleri</t>
+          <t>Büyük Markalar Büyük Hatalar</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>10.19</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9799758378349</t>
+          <t>9799758378387</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Büyük Balığı Yutmak Meydan Okuyan Markaların Lider Markalarla Rekabet Etme Yolları</t>
+          <t>Büyük Filmlerden Liderlik Dersleri</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>13.89</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9799758378905</t>
+          <t>9799758378349</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Bütünleşik Pazarlama İşletme Anlayışında Yeni Bir Boyut</t>
+          <t>Büyük Balığı Yutmak Meydan Okuyan Markaların Lider Markalarla Rekabet Etme Yolları</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>10.19</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9799758378202</t>
+          <t>9799758378905</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bütünleşik Pazarlama İletişimi</t>
+          <t>Bütünleşik Pazarlama İşletme Anlayışında Yeni Bir Boyut</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>9.26</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789758378692</t>
+          <t>9799758378202</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bu Topraklardan Dünya Markası Çıkar mı?</t>
+          <t>Bütünleşik Pazarlama İletişimi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>21.3</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055755393</t>
+          <t>9789758378692</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Bu Topraklardan Dünya Markası Çıkar Ama...</t>
+          <t>Bu Topraklardan Dünya Markası Çıkar mı?</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>10.19</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789758378067</t>
+          <t>9786055755393</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Bu Reklam Size Mr. Smith</t>
+          <t>Bu Topraklardan Dünya Markası Çıkar Ama...</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>4.17</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9799756347279</t>
+          <t>9789758378067</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Biraz da Ben Konuşayım</t>
+          <t>Bu Reklam Size Mr. Smith</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>14.81</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9799756347293</t>
+          <t>9799756347279</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Bir PR’cının Meslek Anıları Notlar ve Değerlendirmelerle</t>
+          <t>Biraz da Ben Konuşayım</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>13.89</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789756347034</t>
+          <t>9799756347293</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bir Koca Hayat (Reklamcılıkta)</t>
+          <t>Bir PR’cının Meslek Anıları Notlar ve Değerlendirmelerle</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>14.81</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9799756347910</t>
+          <t>9789756347034</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bir Günde MBA</t>
+          <t>Bir Koca Hayat (Reklamcılıkta)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>25.93</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786054584338</t>
+          <t>9799756347910</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltımdaki Reklamlar</t>
+          <t>Bir Günde MBA</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>24.07</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9799756347224</t>
+          <t>9786054584338</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Bildiğimiz Reklamcılığın Sonu...</t>
+          <t>Bilinçaltımdaki Reklamlar</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>16.2</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9799758378226</t>
+          <t>9799756347224</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bildiğimiz Pazarlamanın Sonu</t>
+          <t>Bildiğimiz Reklamcılığın Sonu...</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>13.89</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9799756347927</t>
+          <t>9799758378226</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Beni Seç</t>
+          <t>Bildiğimiz Pazarlamanın Sonu</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786054584109</t>
+          <t>9799756347927</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Bir Şirket İçin Fark Yaratan 10 İnovasyon Şifresi</t>
+          <t>Beni Seç</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>23.15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055755294</t>
+          <t>9786054584109</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Tasarım, Teknoloji, İş ve Yaşamda Başarı İçin Basitlik Kanunları</t>
+          <t>Başarılı Bir Şirket İçin Fark Yaratan 10 İnovasyon Şifresi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>15.28</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789944383844</t>
+          <t>9786055755294</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Bana Hayallerimi Ver Sana Dünyaları Vereyim</t>
+          <t>Tasarım, Teknoloji, İş ve Yaşamda Başarı İçin Basitlik Kanunları</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>11.57</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055755676</t>
+          <t>9789944383844</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Baked In - Kendi Kendini Satan Ürünler Yaratmak</t>
+          <t>Bana Hayallerimi Ver Sana Dünyaları Vereyim</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>16.67</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055755409</t>
+          <t>9786055755676</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>B2B Marka Yönetimi</t>
+          <t>Baked In - Kendi Kendini Satan Ürünler Yaratmak</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>24.54</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055755584</t>
+          <t>9786055755409</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Az Aslında Çoktur</t>
+          <t>B2B Marka Yönetimi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>17.59</v>
+        <v>24.54</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789758378036</t>
+          <t>9786055755584</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Atıf Hoca’nın Not Defteri</t>
+          <t>Az Aslında Çoktur</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>11.57</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9799758378837</t>
+          <t>9789758378036</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Ateşten Markalar İnternet Çağında Marka Bağımlılığı Yaratmak</t>
+          <t>Atıf Hoca’nın Not Defteri</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>15.28</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9799756347521</t>
+          <t>9799758378837</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Aşkla Yaratılan Markalar</t>
+          <t>Ateşten Markalar İnternet Çağında Marka Bağımlılığı Yaratmak</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>15.28</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055755751</t>
+          <t>9799756347521</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Anında Pazarlama</t>
+          <t>Aşkla Yaratılan Markalar</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>54</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789758378616</t>
+          <t>9786055755751</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Alametler Farikalar</t>
+          <t>Anında Pazarlama</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>7.87</v>
+        <v>54</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789756347645</t>
+          <t>9789758378616</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Alameti Farikalar 2004-2005</t>
+          <t>Alametler Farikalar</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>18.52</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786054584178</t>
+          <t>9789756347645</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Akıl Yoluyla Başarılı Olmanın İlkeleri</t>
+          <t>Alameti Farikalar 2004-2005</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>222</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789944383226</t>
+          <t>9786054584178</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Ağızdan Ağıza Pazarlama Womm’un 28 Sırrı</t>
+          <t>Akıl Yoluyla Başarılı Olmanın İlkeleri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>15.28</v>
+        <v>222</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9756347872008</t>
+          <t>9789944383226</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>4 Adımda Satış Başarısı Dünyanın En İyi Satış Metodu: Spin Selling</t>
+          <t>Ağızdan Ağıza Pazarlama Womm’un 28 Sırrı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>16.67</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789944383158</t>
+          <t>9756347872008</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>30 Günde Gerilla Pazarlama</t>
+          <t>4 Adımda Satış Başarısı Dünyanın En İyi Satış Metodu: Spin Selling</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>28.7</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9799756347637</t>
+          <t>9789944383158</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>2005 Türkiye İletişim Rehberi</t>
+          <t>30 Günde Gerilla Pazarlama</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>9.26</v>
+        <v>28.7</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789759661946</t>
+          <t>9799756347637</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>18 Yaşından Küçükler Okuyamaz</t>
+          <t>2005 Türkiye İletişim Rehberi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>4.63</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789944383868</t>
+          <t>9789759661946</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>12 Pazarlama Ustasından Pazarlama Dersleri</t>
+          <t>18 Yaşından Küçükler Okuyamaz</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>12.04</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9799756347446</t>
+          <t>9789944383868</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Zoraki Dostlar Madison Avenue &amp; Vine Street Kavşağı</t>
+          <t>12 Pazarlama Ustasından Pazarlama Dersleri</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>13.89</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055755850</t>
+          <t>9799756347446</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Zeka Yönetimi</t>
+          <t>Zoraki Dostlar Madison Avenue &amp; Vine Street Kavşağı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>30</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789756347119</t>
+          <t>9786055755850</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Yüzde 30’u Peşin Yaşarken Acılı, Anlatırken Komik, Gerçek Öyküler</t>
+          <t>Zeka Yönetimi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>12.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789944383219</t>
+          <t>9789756347119</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Yükselen Trend Kurumsal Sosyal Sorumluluk</t>
+          <t>Yüzde 30’u Peşin Yaşarken Acılı, Anlatırken Komik, Gerçek Öyküler</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>11.57</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786055755478</t>
+          <t>9789944383219</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Odasında Savaş</t>
+          <t>Yükselen Trend Kurumsal Sosyal Sorumluluk</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>19.44</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786055755058</t>
+          <t>9786055755478</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yolveren</t>
+          <t>Yönetim Odasında Savaş</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>16.67</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786055755638</t>
+          <t>9786055755058</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Yoksulluğa Karşı Sosyal Pazarlama</t>
+          <t>Yolveren</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>25.46</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055755959</t>
+          <t>9786055755638</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Yetenek Sarrafları</t>
+          <t>Yoksulluğa Karşı Sosyal Pazarlama</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>27.78</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789944383738</t>
+          <t>9786055755959</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Yeşilden Altına</t>
+          <t>Yetenek Sarrafları</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>27.78</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789944383783</t>
+          <t>9789944383738</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Pazarlama Manifestosu</t>
+          <t>Yeşilden Altına</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>18.52</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789756347508</t>
+          <t>9789944383783</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Yeni Pazarlama Trendleri</t>
+          <t>Yeşil Pazarlama Manifestosu</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055755287</t>
+          <t>9789756347508</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Yönetim</t>
+          <t>Yeni Pazarlama Trendleri</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>15.74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789944383486</t>
+          <t>9786055755287</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcılık Ve İnovasyon</t>
+          <t>Yeni Nesil Yönetim</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>20</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789944383585</t>
+          <t>9789944383486</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Sıçramalar Reklamda Fark Yaratan 10 Ders</t>
+          <t>Yaratıcılık Ve İnovasyon</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>16.67</v>
+        <v>20</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786055755843</t>
+          <t>9789944383585</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Deha</t>
+          <t>Yaratıcı Sıçramalar Reklamda Fark Yaratan 10 Ders</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>25.46</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789944383608</t>
+          <t>9786055755843</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>What Sticks Akılda Kalan Nedir?</t>
+          <t>Yaratıcı Deha</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>20.37</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9799758378233</t>
+          <t>9789944383608</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Web Kuralları İnternet, Tüketici Tercihlerini Ne Yönde ve Nasıl Değiştiriyor?</t>
+          <t>What Sticks Akılda Kalan Nedir?</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>9.26</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789944383615</t>
+          <t>9799758378233</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Vikinomi</t>
+          <t>Web Kuralları İnternet, Tüketici Tercihlerini Ne Yönde ve Nasıl Değiştiriyor?</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>23.15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789944383288</t>
+          <t>9789944383615</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Üç Saniyede Satış</t>
+          <t>Vikinomi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786055755904</t>
+          <t>9789944383288</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Unmarketing</t>
+          <t>Üç Saniyede Satış</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>33</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786054584079</t>
+          <t>9786055755904</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Tüketim İçgüdüsü (Ciltli)</t>
+          <t>Unmarketing</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>28.7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789756347171</t>
+          <t>9786054584079</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Krallığının Fethi</t>
+          <t>Tüketim İçgüdüsü (Ciltli)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>16.2</v>
+        <v>28.7</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789758378043</t>
+          <t>9789756347171</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Turizmde Tanıtım ve Reklam</t>
+          <t>Tüketici Krallığının Fethi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>6.94</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9799756347200</t>
+          <t>9789758378043</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Yüzyılında Pazarlama: Krallarla İletişimin İncelikleri</t>
+          <t>Turizmde Tanıtım ve Reklam</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>11.11</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786055755874</t>
+          <t>9799756347200</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Teşekkür Ekonomisi</t>
+          <t>Tüketici Yüzyılında Pazarlama: Krallarla İletişimin İncelikleri</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>21.3</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9799944383195</t>
+          <t>9786055755874</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Testosteron A.Ş. İktidar Hırsıyla Yoldan Çıkan CEO’ların Hikayeleri</t>
+          <t>Teşekkür Ekonomisi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>142</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789758378494</t>
+          <t>9799944383195</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Teorik ve Uygulamalı Halkla İlişkiler Kampanyaları</t>
+          <t>Testosteron A.Ş. İktidar Hırsıyla Yoldan Çıkan CEO’ların Hikayeleri</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>11.57</v>
+        <v>142</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055755065</t>
+          <t>9789758378494</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Televizyon Reklamı Böyle Yapılır</t>
+          <t>Teorik ve Uygulamalı Halkla İlişkiler Kampanyaları</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>23.15</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789944383691</t>
+          <t>9786055755065</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Şöhret Satar</t>
+          <t>Televizyon Reklamı Böyle Yapılır</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>25.46</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786055755553</t>
+          <t>9789944383691</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Şekil ve Resimlerle Sorun Çözme ve İkna</t>
+          <t>Şöhret Satar</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>158</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786055755379</t>
+          <t>9786055755553</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Sürü</t>
+          <t>Şekil ve Resimlerle Sorun Çözme ve İkna</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>20.37</v>
+        <v>158</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055755782</t>
+          <t>9786055755379</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Büyüme</t>
+          <t>Sürü</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>30</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9799756347781</t>
+          <t>9786055755782</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Sun Tzu’dan Satış Stratejileri Satış Savaşını Kazanmak İçin Sun Tzu Bilgeliği</t>
+          <t>Sürdürülebilir Büyüme</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>16.67</v>
+        <v>30</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789944383363</t>
+          <t>9799756347781</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Sun Tzu’dan Pazarlama Stratejileri Pazarlama Savaşını Kazanmak İçin 12 Temel İlke</t>
+          <t>Sun Tzu’dan Satış Stratejileri Satış Savaşını Kazanmak İçin Sun Tzu Bilgeliği</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>13.89</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9799756347835</t>
+          <t>9789944383363</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Pazarlama Planı Nasıl Hazırlanır?</t>
+          <t>Sun Tzu’dan Pazarlama Stratejileri Pazarlama Savaşını Kazanmak İçin 12 Temel İlke</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>20.37</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789756347423</t>
+          <t>9799756347835</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Fuar Yönetimi</t>
+          <t>Stratejik Pazarlama Planı Nasıl Hazırlanır?</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>12.5</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786055755935</t>
+          <t>9789756347423</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Patlama</t>
+          <t>Stratejik Fuar Yönetimi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>20.37</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786054584208</t>
+          <t>9786055755935</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyada Yapılan Müthiş İşler - Sosyal Medyada Yapılan Vasat İşler</t>
+          <t>Sosyal Patlama</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>28</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786054584314</t>
+          <t>9786054584208</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya 101 2.0</t>
+          <t>Sosyal Medyada Yapılan Müthiş İşler - Sosyal Medyada Yapılan Vasat İşler</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>23.15</v>
+        <v>28</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786055755454</t>
+          <t>9786054584314</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya 101</t>
+          <t>Sosyal Medya 101 2.0</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>9.26</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789756347157</t>
+          <t>9786055755454</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İletişim Yönetimi: Siyasette Marka Yaratmak</t>
+          <t>Sosyal Medya 101</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786055755768</t>
+          <t>9789756347157</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Sil Baştan</t>
+          <t>Siyasal İletişim Yönetimi: Siyasette Marka Yaratmak</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>23.15</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789944383295</t>
+          <t>9786055755768</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Formül Minimum Çabayla Maksimum Kar İçin</t>
+          <t>Sil Baştan</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>15.28</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789944383622</t>
+          <t>9789944383295</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Sırada Ne Var?</t>
+          <t>Sihirli Formül Minimum Çabayla Maksimum Kar İçin</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>23.15</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786055755386</t>
+          <t>9789944383622</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Senin Hikayen Ne?</t>
+          <t>Sırada Ne Var?</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>19</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789756347089</t>
+          <t>9786055755386</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Senaryo Yazarı Olmak Senaryo Yazmak</t>
+          <t>Senin Hikayen Ne?</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>25</v>
+        <v>19</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786055755775</t>
+          <t>9789756347089</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Sen Bir Markasın</t>
+          <t>Senaryo Yazarı Olmak Senaryo Yazmak</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>33</v>
+        <v>25</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9799756347866</t>
+          <t>9786055755775</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Satışın Türkçesi Türklere Satış Yapmanın İncelikleri</t>
+          <t>Sen Bir Markasın</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>50</v>
+        <v>33</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789944383905</t>
+          <t>9799756347866</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Satışın Efendileri</t>
+          <t>Satışın Türkçesi Türklere Satış Yapmanın İncelikleri</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>68</v>
+        <v>50</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786054584239</t>
+          <t>9789944383905</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Satışın 10 Altın Kuralı (Özel Basım)</t>
+          <t>Satışın Efendileri</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>20.37</v>
+        <v>68</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9799756347583</t>
+          <t>9786054584239</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Satışçının Antrenman Notları</t>
+          <t>Satışın 10 Altın Kuralı (Özel Basım)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>11.57</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789944383554</t>
+          <t>9799756347583</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Satış Noktasında Pazarlama</t>
+          <t>Satışçının Antrenman Notları</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>23.15</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789944383899</t>
+          <t>9789944383554</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Satış Koçluğu</t>
+          <t>Satış Noktasında Pazarlama</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789944383356</t>
+          <t>9789944383899</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Saksıyı Çalıştırmanın Yolları</t>
+          <t>Satış Koçluğu</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786055755119</t>
+          <t>9789944383356</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İletişimi</t>
+          <t>Saksıyı Çalıştırmanın Yolları</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>14.81</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9799758378912</t>
+          <t>9786055755119</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Reklamlardan Sonra</t>
+          <t>Sağlık İletişimi</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>11.57</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9799756347415</t>
+          <t>9799758378912</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Reklamın Marka Değerine Etkisi</t>
+          <t>Reklamlardan Sonra</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>20.37</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789759661991</t>
+          <t>9799756347415</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Reklamın İyisi Kötüsü Olmaz</t>
+          <t>Reklamın Marka Değerine Etkisi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>13.89</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789944383165</t>
+          <t>9789759661991</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Reklamcılıktan Nefret Eden Reklamcı</t>
+          <t>Reklamın İyisi Kötüsü Olmaz</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>32.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789944383424</t>
+          <t>9789944383165</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Reklamcılığın Turuncu Kitabı</t>
+          <t>Reklamcılıktan Nefret Eden Reklamcı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>14.81</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789944383943</t>
+          <t>9789944383424</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Reklamcılığın Global Tarihi</t>
+          <t>Reklamcılığın Turuncu Kitabı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>18.52</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9799756347439</t>
+          <t>9789944383943</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Reklamcılığın Geleceği</t>
+          <t>Reklamcılığın Global Tarihi</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789756347003</t>
+          <t>9799756347439</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Reklamcı</t>
+          <t>Reklamcılığın Geleceği</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>12.96</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789758378968</t>
+          <t>9789756347003</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Reklam ve Tüketici Zihni</t>
+          <t>Reklamcı</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>15.28</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9799759661907</t>
+          <t>9789758378968</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Reklam Halkla İlişkiler ve Ötesi</t>
+          <t>Reklam ve Tüketici Zihni</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>7.87</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786055755621</t>
+          <t>9799759661907</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Reklam Dünyasının Kralı</t>
+          <t>Reklam Halkla İlişkiler ve Ötesi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>33</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789758378210</t>
+          <t>9786055755621</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Rakiplerinizi Çıldırtmanın Yolları</t>
+          <t>Reklam Dünyasının Kralı</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>13.89</v>
+        <v>33</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9799758378219</t>
+          <t>9789758378210</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Rakiplerinizi "Çıldırtmanın" Yolları</t>
+          <t>Rakiplerinizi Çıldırtmanın Yolları</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789758378517</t>
+          <t>9799758378219</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Radikal Marketing</t>
+          <t>Rakiplerinizi "Çıldırtmanın" Yolları</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9799756347040</t>
+          <t>9789758378517</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Radar Altı İletişim</t>
+          <t>Radikal Marketing</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>17.59</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786055755010</t>
+          <t>9799756347040</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Punk Marketing</t>
+          <t>Radar Altı İletişim</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>23.15</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9799758378240</t>
+          <t>9786055755010</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Power Marketing Güç Pazarlamanın Sırları</t>
+          <t>Punk Marketing</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786054584185</t>
+          <t>9799758378240</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Poke The Box (Ciltli)</t>
+          <t>Power Marketing Güç Pazarlamanın Sırları</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>20</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9799756347705</t>
+          <t>9786054584185</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamanın Yeni Ufukları</t>
+          <t>Poke The Box (Ciltli)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786055755126</t>
+          <t>9799756347705</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamanın ve İletişimin Yeni Kuralları</t>
+          <t>Pazarlamanın Yeni Ufukları</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>19.44</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789758378975</t>
+          <t>9786055755126</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamanın Sihirli Lambası</t>
+          <t>Pazarlamanın ve İletişimin Yeni Kuralları</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>12.04</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786055755508</t>
+          <t>9789758378975</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamanın Aşikar Olan Sırları</t>
+          <t>Pazarlamanın Sihirli Lambası</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>19.44</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9799756347149</t>
+          <t>9786055755508</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Pazarlama Tüketim ve Tüketici</t>
+          <t>Pazarlamanın Aşikar Olan Sırları</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>220</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9799756347354</t>
+          <t>9799756347149</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Post-İmaj Devri</t>
+          <t>Postmodern Pazarlama Tüketim ve Tüketici</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>16.2</v>
+        <v>220</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9799756347934</t>
+          <t>9799756347354</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamada Zafere Giden Yol Warketing</t>
+          <t>Post-İmaj Devri</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>7.87</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9799756347828</t>
+          <t>9799756347934</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Sanat Değil Bilimdir Kurumsal Pazarlama Yöntemi</t>
+          <t>Pazarlamada Zafere Giden Yol Warketing</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>14.35</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9799756347323</t>
+          <t>9799756347828</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Reçeteleri</t>
+          <t>Pazarlama Sanat Değil Bilimdir Kurumsal Pazarlama Yöntemi</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>17.59</v>
+        <v>14.35</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9799944383096</t>
+          <t>9799756347323</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Dehası</t>
+          <t>Pazarlama Reçeteleri</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>23.15</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789944383790</t>
+          <t>9799944383096</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama 101</t>
+          <t>Pazarlama Dehası</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>20.83</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9799758378400</t>
+          <t>9789944383790</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Pazar Liderlerinin Öğretileri</t>
+          <t>Pazarlama 101</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>11.57</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789758378180</t>
+          <t>9799758378400</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Patronunuzu Nasıl Yönetirsiniz?</t>
+          <t>Pazar Liderlerinin Öğretileri</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>9.26</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786055755072</t>
+          <t>9789758378180</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Obama’nın Liderlik Sırları</t>
+          <t>Patronunuzu Nasıl Yönetirsiniz?</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>142</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9799944383003</t>
+          <t>9786055755072</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Netiket Bilişim Sözlüğü İnternet Yaşam Klavuzu</t>
+          <t>Obama’nın Liderlik Sırları</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>3.61</v>
+        <v>142</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786054584260</t>
+          <t>9799944383003</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Zengin Olamadım?</t>
+          <t>Netiket Bilişim Sözlüğü İnternet Yaşam Klavuzu</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>23.15</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786055755003</t>
+          <t>9786054584260</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Mutlu Olunur?</t>
+          <t>Nasıl Zengin Olamadım?</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>18.52</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789758378661</t>
+          <t>9786055755003</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Müşteri Yüzyılı</t>
+          <t>Nasıl Mutlu Olunur?</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>11.57</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786055755485</t>
+          <t>9789758378661</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Müşteri Dehası</t>
+          <t>Müşteri Yüzyılı</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>25.46</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789944383684</t>
+          <t>9786055755485</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Motivasyon Temelli Pazarlama</t>
+          <t>Müşteri Dehası</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>13.43</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786055755737</t>
+          <t>9789944383684</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Mojo</t>
+          <t>Motivasyon Temelli Pazarlama</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>49</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786055755133</t>
+          <t>9786055755737</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Steve Jobs Olunur?</t>
+          <t>Mojo</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>17.59</v>
+        <v>49</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789756347188</t>
+          <t>9786055755133</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Medya ve Popüler Kültür Üzerine Yazılar</t>
+          <t>Nasıl Steve Jobs Olunur?</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>11.57</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789944383806</t>
+          <t>9789756347188</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Medya Planı Nasıl Hazırlanır?</t>
+          <t>Medya ve Popüler Kültür Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>30.56</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786054584147</t>
+          <t>9789944383806</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Medya Mesajı, Medya Masajıdır</t>
+          <t>Medya Planı Nasıl Hazırlanır?</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>18.52</v>
+        <v>30.56</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9799756347668</t>
+          <t>9786054584147</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Medya ile İlişkiler Rehberi</t>
+          <t>Medya Mesajı, Medya Masajıdır</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9799756347941</t>
+          <t>9799756347668</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Masallar ve Gerçeklerle Reklamcılık Reklamcılığın Doğru Bilinen 28 Yanlışı</t>
+          <t>Medya ile İlişkiler Rehberi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>16.2</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789758378023</t>
+          <t>9799756347941</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Marketing P.R.</t>
+          <t>Masallar ve Gerçeklerle Reklamcılık Reklamcılığın Doğru Bilinen 28 Yanlışı</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>4.63</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786055755713</t>
+          <t>9789758378023</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Markanız İçin İnterneti Nasıl Kullanmalısınız?</t>
+          <t>Marketing P.R.</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>14.35</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9799756347361</t>
+          <t>9786055755713</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Markanın DNA’sı</t>
+          <t>Markanız İçin İnterneti Nasıl Kullanmalısınız?</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>11.57</v>
+        <v>14.35</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9799756347262</t>
+          <t>9799756347361</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Marka Yaratmanın Beş Adımı</t>
+          <t>Markanın DNA’sı</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>13.89</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786054584024</t>
+          <t>9799756347262</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Mad Men ve Felsefe</t>
+          <t>Marka Yaratmanın Beş Adımı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>59</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9799944383188</t>
+          <t>9786054584024</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Lovemarks Markaların Ötesindeki Gelecek (Ciltli)</t>
+          <t>Mad Men ve Felsefe</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>32.41</v>
+        <v>59</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786054584055</t>
+          <t>9799944383188</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Liderliğin Kutsal Kitabı (Ciltli)</t>
+          <t>Lovemarks Markaların Ötesindeki Gelecek (Ciltli)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>30.56</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786055755218</t>
+          <t>9786054584055</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Küçük Platin Kitabı</t>
+          <t>Liderliğin Kutsal Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>22</v>
+        <v>30.56</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789944383950</t>
+          <t>9786055755218</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Satış Makinesi</t>
+          <t>Küçük Platin Kitabı</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>17.59</v>
+        <v>22</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789756347881</t>
+          <t>9789944383950</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Müşteri Memnuniyeti İçin Şikayet Yönetimi</t>
+          <t>Kusursuz Satış Makinesi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>13.43</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789756347966</t>
+          <t>9789756347881</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sosyal Sorumluluk</t>
+          <t>Kusursuz Müşteri Memnuniyeti İçin Şikayet Yönetimi</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>33</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9799758378370</t>
+          <t>9789756347966</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Kurumiçi Halkla İlişkiler Kutlamalar, Ritüeller, Törenler, Ödüller</t>
+          <t>Kurumsal Sosyal Sorumluluk</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>11.57</v>
+        <v>33</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789758378593</t>
+          <t>9799758378370</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kurum Kültürü Kuruluşunuzun Kurumsal Kültürünün İşini Üzerindeki Yıkıcı ve Yapıcı Etkileri</t>
+          <t>Kurumiçi Halkla İlişkiler Kutlamalar, Ritüeller, Törenler, Ödüller</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>13.89</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789758378050</t>
+          <t>9789758378593</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kurum Kimliği</t>
+          <t>Kurum Kültürü Kuruluşunuzun Kurumsal Kültürünün İşini Üzerindeki Yıkıcı ve Yapıcı Etkileri</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>12.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9799758378332</t>
+          <t>9789758378050</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Kriz Geliyorum Der!</t>
+          <t>Kurum Kimliği</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>15</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789758378678</t>
+          <t>9799758378332</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Kötü Yöneticinin El Kitabı</t>
+          <t>Kriz Geliyorum Der!</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>7.87</v>
+        <v>15</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789944383271</t>
+          <t>9789758378678</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Köpekbalıklarıyla Yüzmek Ya da Kurtlar Sofrasında İş Yapmanın Kuralları</t>
+          <t>Kötü Yöneticinin El Kitabı</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>13.89</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789758378470</t>
+          <t>9789944383271</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Kot Pantolonlu Yönetici İş Yaşamında Akıl ve Ruhun Sentezi</t>
+          <t>Köpekbalıklarıyla Yüzmek Ya da Kurtlar Sofrasında İş Yapmanın Kuralları</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789944383523</t>
+          <t>9789758378470</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Konkur Nasıl Kazanılır?</t>
+          <t>Kot Pantolonlu Yönetici İş Yaşamında Akıl ve Ruhun Sentezi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>17.59</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789758378463</t>
+          <t>9789944383523</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendine Öğrenmek</t>
+          <t>Konkur Nasıl Kazanılır?</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>11.57</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789944383967</t>
+          <t>9789758378463</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerle İkna Etmenin Yolları</t>
+          <t>Kendi Kendine Öğrenmek</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>20.37</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789944383400</t>
+          <t>9789944383967</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Kedinizin Havlamasını mı Bekliyorsunuz?</t>
+          <t>Kelimelerle İkna Etmenin Yolları</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>18.52</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9799944383041</t>
+          <t>9789944383400</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kar Odaklı Pazarlamanın 9 Temel Kuralı</t>
+          <t>Kedinizin Havlamasını mı Bekliyorsunuz?</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789944383752</t>
+          <t>9799944383041</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Kamu Sektöründe Pazarlama</t>
+          <t>Kar Odaklı Pazarlamanın 9 Temel Kuralı</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>20.37</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789944383721</t>
+          <t>9789944383752</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Kariyerini Sabote Eden 101 Hata</t>
+          <t>Kamu Sektöründe Pazarlama</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>23.15</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786055755355</t>
+          <t>9789944383721</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Kadınlara Pazarlama</t>
+          <t>Kadınların Kariyerini Sabote Eden 101 Hata</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789756347195</t>
+          <t>9786055755355</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Ne İster?: Cüzdanları Artık Kadınlar Yönetiyor! Asıl Ulaşılması Gereken Kadınlardır!</t>
+          <t>Kadınlara Pazarlama</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789944383592</t>
+          <t>9789756347195</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>İyi Satıcı Olmak</t>
+          <t>Kadınlar Ne İster?: Cüzdanları Artık Kadınlar Yönetiyor! Asıl Ulaşılması Gereken Kadınlardır!</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>132</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786055755706</t>
+          <t>9789944383592</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>İyi Pazarlamacı Olmak</t>
+          <t>İyi Satıcı Olmak</t>
         </is>
       </c>
       <c r="C214" s="1">
         <v>132</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789944383431</t>
+          <t>9786055755706</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>İyi İletişim = İyi Pazarlama</t>
+          <t>İyi Pazarlamacı Olmak</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>11.11</v>
+        <v>132</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786054584000</t>
+          <t>9789944383431</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>İyi Fikirler, Büyük Kampanyalar</t>
+          <t>İyi İletişim = İyi Pazarlama</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>25</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789944383479</t>
+          <t>9786054584000</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>İşte Taraftar İşte Marketing</t>
+          <t>İyi Fikirler, Büyük Kampanyalar</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>20.37</v>
+        <v>25</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789944383561</t>
+          <t>9789944383479</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatının 21 Gizli Kuralı</t>
+          <t>İşte Taraftar İşte Marketing</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>20</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786055755102</t>
+          <t>9789944383561</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatında Kolay İletişim Kurma Yöntemleri</t>
+          <t>İş Hayatının 21 Gizli Kuralı</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>15.74</v>
+        <v>20</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786054584161</t>
+          <t>9786055755102</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatında Başarıyı Yakalamanın 14 Yolu (Ciltli)</t>
+          <t>İş Hayatında Kolay İletişim Kurma Yöntemleri</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>25.46</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789944383974</t>
+          <t>9786054584161</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>İş Dünyasında Zirveye Giden Yol</t>
+          <t>İş Hayatında Başarıyı Yakalamanın 14 Yolu (Ciltli)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>380</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786055755034</t>
+          <t>9789944383974</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>İş Dehası</t>
+          <t>İş Dünyasında Zirveye Giden Yol</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>25.46</v>
+        <v>380</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786055755881</t>
+          <t>9786055755034</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>İsmin Marka Hali</t>
+          <t>İş Dehası</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>142</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9799758378325</t>
+          <t>9786055755881</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>İnternet’te Marka Yaratmanın 11 Değişmez Kuralı</t>
+          <t>İsmin Marka Hali</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>6.94</v>
+        <v>142</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786055755027</t>
+          <t>9799758378325</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>İnternet Zenginleri</t>
+          <t>İnternet’te Marka Yaratmanın 11 Değişmez Kuralı</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>16.2</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789944383547</t>
+          <t>9786055755027</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>İnovasyonla Başarıyı Yakalayan Türkler</t>
+          <t>İnternet Zenginleri</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>13.89</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786054584307</t>
+          <t>9789944383547</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>İnan Bana, Yalan Söylüyorum</t>
+          <t>İnovasyonla Başarıyı Yakalayan Türkler</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>25.93</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789759661908</t>
+          <t>9786054584307</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Halkla İlişkiler</t>
+          <t>İnan Bana, Yalan Söylüyorum</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>9.26</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789758378548</t>
+          <t>9789759661908</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>İletişim Dünyamız İnsan Odaklı Toplumsal Bir Bakış</t>
+          <t>İletişim ve Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>10.19</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786055755560</t>
+          <t>9789758378548</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>İleri Dönüşüm Kutusu</t>
+          <t>İletişim Dünyamız İnsan Odaklı Toplumsal Bir Bakış</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>20.37</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789944383912</t>
+          <t>9786055755560</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>İlaç Sektöründe Pazarlama Planı Nasıl Hazırlanır?</t>
+          <t>İleri Dönüşüm Kutusu</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>16.2</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789944383936</t>
+          <t>9789944383912</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>İlaç Sektöründe Marka Yönetimi</t>
+          <t>İlaç Sektöründe Pazarlama Planı Nasıl Hazırlanır?</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>17.59</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789944383257</t>
+          <t>9789944383936</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>İkon Markalar</t>
+          <t>İlaç Sektöründe Marka Yönetimi</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>15.28</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789758378579</t>
+          <t>9789944383257</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Klasiklerden Liderlik Dersleri</t>
+          <t>İkon Markalar</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>11.57</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786055755348</t>
+          <t>9789758378579</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Kalıcı Başarı İçin Müşteri Hizmetleri</t>
+          <t>Klasiklerden Liderlik Dersleri</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>82</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786054584291</t>
+          <t>9786055755348</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>İknanın Psikolojisi (Çizgi Roman Versiyonu)</t>
+          <t>Kalıcı Başarı İçin Müşteri Hizmetleri</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>15</v>
+        <v>82</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789944383509</t>
+          <t>9786054584291</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>İyi Fikir Bulma Tekniği</t>
+          <t>İknanın Psikolojisi (Çizgi Roman Versiyonu)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>12.96</v>
+        <v>15</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786054584611</t>
+          <t>9789944383509</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Apple'ın Ardındaki Deha: Jony Ive</t>
+          <t>İyi Fikir Bulma Tekniği</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>23.15</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786054584567</t>
+          <t>9786054584611</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Marka Hikayeleri</t>
+          <t>Apple'ın Ardındaki Deha: Jony Ive</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>252</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786054584482</t>
+          <t>9786054584567</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Rakibini Yere Ser</t>
+          <t>Marka Hikayeleri</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>25.93</v>
+        <v>252</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786054584390</t>
+          <t>9786054584482</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Görsel Çekiç</t>
+          <t>Rakibini Yere Ser</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>20.37</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786054584444</t>
+          <t>9786054584390</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Küresel Pazarda Büyümenin 8 Yolu</t>
+          <t>Görsel Çekiç</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>32</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786054584437</t>
+          <t>9786054584444</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>İletişimci Gözüyle İnsan Kaynakları Yönetimi</t>
+          <t>Küresel Pazarda Büyümenin 8 Yolu</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>25.93</v>
+        <v>32</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9799944383133</t>
+          <t>9786054584437</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>İletişim Rehberi 2008</t>
+          <t>İletişimci Gözüyle İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>9.26</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786054584758</t>
+          <t>9799944383133</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmle Yüzleşmek</t>
+          <t>İletişim Rehberi 2008</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786054584949</t>
+          <t>9786054584758</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Sazan Avı Manipülasyon ve Hile Ekonomisi</t>
+          <t>Kapitalizmle Yüzleşmek</t>
         </is>
       </c>
       <c r="C246" s="1">
         <v>33</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786054584703</t>
+          <t>9786054584949</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Sanatı</t>
+          <t>Sazan Avı Manipülasyon ve Hile Ekonomisi</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>244</v>
+        <v>33</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786054584888</t>
+          <t>9786054584703</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Markalar Nasıl Genç Kalır</t>
+          <t>Sosyal Medya Sanatı</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>315</v>
+        <v>244</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786054584833</t>
+          <t>9786054584888</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Markanı Ateşle</t>
+          <t>Markalar Nasıl Genç Kalır</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>48</v>
+        <v>315</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786054584666</t>
+          <t>9786054584833</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Özgüvenin Şifresi</t>
+          <t>Markanı Ateşle</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>27</v>
+        <v>48</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786052314036</t>
+          <t>9786054584666</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Mükemmellik Okulu</t>
+          <t>Özgüvenin Şifresi</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>250</v>
+        <v>27</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786054584802</t>
+          <t>9786052314036</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Markalaşan Kadınlar</t>
+          <t>Mükemmellik Okulu</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>176</v>
+        <v>250</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786054584727</t>
+          <t>9786054584802</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Helikopter Bakışı</t>
+          <t>Markalaşan Kadınlar</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>25</v>
+        <v>176</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786054584581</t>
+          <t>9786054584727</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcılık</t>
+          <t>Helikopter Bakışı</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>60</v>
+        <v>25</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786054584383</t>
+          <t>9786054584581</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>İkna ve Sunum</t>
+          <t>Yaratıcılık</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>67</v>
+        <v>60</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786054584345</t>
+          <t>9786054584383</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Mad Man</t>
+          <t>İkna ve Sunum</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>21.3</v>
+        <v>67</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786054584352</t>
+          <t>9786054584345</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Görünüşümüzü Nasıl Değiştirdi</t>
+          <t>Gerçek Mad Man</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>242</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786054584918</t>
+          <t>9786054584352</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>O Kadar Basit Ki!</t>
+          <t>Pazarlama Görünüşümüzü Nasıl Değiştirdi</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>54</v>
+        <v>242</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786054584925</t>
+          <t>9786054584918</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Augmented</t>
+          <t>O Kadar Basit Ki!</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>35</v>
+        <v>54</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786054584741</t>
+          <t>9786054584925</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Ben Bilmem Beynim Bilir!</t>
+          <t>Augmented</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>26.85</v>
+        <v>35</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786054584628</t>
+          <t>9786054584741</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Reklamarkası</t>
+          <t>Ben Bilmem Beynim Bilir!</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>190</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786054584543</t>
+          <t>9786054584628</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Çığır Açan Marka</t>
+          <t>Reklamarkası</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>55</v>
+        <v>190</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786054584505</t>
+          <t>9786054584543</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Satışın Anayasası</t>
+          <t>Çığır Açan Marka</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>33</v>
+        <v>55</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786054584468</t>
+          <t>9786054584505</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>İkarus Yanılgısı</t>
+          <t>Satışın Anayasası</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>21.3</v>
+        <v>33</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786054584451</t>
+          <t>9786054584468</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Liderlik</t>
+          <t>İkarus Yanılgısı</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>28</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786054584796</t>
+          <t>9786054584451</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Sözsüz İletişim</t>
+          <t>Olağanüstü Liderlik</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>25.93</v>
+        <v>28</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786054584789</t>
+          <t>9786054584796</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Strateji Yasaları</t>
+          <t>Sözsüz İletişim</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>33</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786054584680</t>
+          <t>9786054584789</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Satışı Bırak</t>
+          <t>Strateji Yasaları</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786054584512</t>
+          <t>9786054584680</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Aşağıdan Yukarıya Pazarlama</t>
+          <t>Satışı Bırak</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786054584635</t>
+          <t>9786054584512</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Şikayet Yönetimi Rehberi</t>
+          <t>Aşağıdan Yukarıya Pazarlama</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>23.15</v>
+        <v>35</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786054584048</t>
+          <t>9786054584635</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>E-Sosyal - Toplum (Ciltli)</t>
+          <t>Şikayet Yönetimi Rehberi</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>61</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9799944383394</t>
+          <t>9786054584048</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Satış Herkesin İşidir</t>
+          <t>E-Sosyal - Toplum (Ciltli)</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>12.5</v>
+        <v>61</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789756347768</t>
+          <t>9799944383394</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Satış Aşktır</t>
+          <t>Satış Herkesin İşidir</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>25</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9799758378684</t>
+          <t>9789756347768</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Şirket Dini</t>
+          <t>Satış Aşktır</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>18.06</v>
+        <v>25</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786055755089</t>
+          <t>9799758378684</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Stratejik İletişim Zamanı</t>
+          <t>Şirket Dini</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>20</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9799759661938</t>
+          <t>9786055755089</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkilere Nereden Başlamalı?</t>
+          <t>Şimdi Stratejik İletişim Zamanı</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>11.57</v>
+        <v>20</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9799758378721</t>
+          <t>9799759661938</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler ve Medya</t>
+          <t>Halkla İlişkilere Nereden Başlamalı?</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>14.81</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9799758378851</t>
+          <t>9799758378721</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Marka Savaşçıları Şirket Yöneticileri Kazanç Stratejilerini Paylaşıyor</t>
+          <t>Halkla İlişkiler ve Medya</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>15.28</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786054584215</t>
+          <t>9799758378851</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Marka Kültürü</t>
+          <t>Marka Savaşçıları Şirket Yöneticileri Kazanç Stratejilerini Paylaşıyor</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>173</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9799756347026</t>
+          <t>9786054584215</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Marka Dolu Marka</t>
+          <t>Marka Kültürü</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>9.26</v>
+        <v>173</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9799758378745</t>
+          <t>9799756347026</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Marka Aklı</t>
+          <t>Marka Dolu Marka</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9799758378868</t>
+          <t>9799758378745</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Markan Kadar Konuş! Marka İletişimi Stratejileri</t>
+          <t>Marka Aklı</t>
         </is>
       </c>
       <c r="C282" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9799758378882</t>
+          <t>9799758378868</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Markaların Kara Kitabı</t>
+          <t>Markan Kadar Konuş! Marka İletişimi Stratejileri</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>15.28</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9799944383171</t>
+          <t>9799758378882</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Markaların İnovasyon Manifestosu</t>
+          <t>Markaların Kara Kitabı</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>16.2</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9799756347453</t>
+          <t>9799944383171</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Markaların Evrimi İş Hayatında Ayakta Kalmanın Doğal Yasaları</t>
+          <t>Markaların İnovasyon Manifestosu</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>15.28</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786055755973</t>
+          <t>9799756347453</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>İkna Eden Satış Sözcükleri</t>
+          <t>Markaların Evrimi İş Hayatında Ayakta Kalmanın Doğal Yasaları</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>23.15</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9799758378929</t>
+          <t>9786055755973</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>İkinci Mevkide Yolculuk Reklam, Medya, Halkla İlişkiler ve Başka Şeyler</t>
+          <t>İkna Eden Satış Sözcükleri</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>8.8</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9799756347903</t>
+          <t>9799758378929</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Korsan Meydan Okuyan Markalar Yaratma Kültürü</t>
+          <t>İkinci Mevkide Yolculuk Reklam, Medya, Halkla İlişkiler ve Başka Şeyler</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>16.2</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9799756347095</t>
+          <t>9799756347903</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Işık Hızıyla Markalama Sürat Çağında Marka Yaratma Stratejileri</t>
+          <t>İçimizdeki Korsan Meydan Okuyan Markalar Yaratma Kültürü</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>13.89</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786054584253</t>
+          <t>9799756347095</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>How (Nasıl) (Ciltli)</t>
+          <t>Işık Hızıyla Markalama Sürat Çağında Marka Yaratma Stratejileri</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>32.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786055755041</t>
+          <t>9786054584253</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Hoopla Crispin Porter + Bogusky Hakkında Bir Kitap (Ciltli)</t>
+          <t>How (Nasıl) (Ciltli)</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>99</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789944383707</t>
+          <t>9786055755041</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Etkileme ve İkna Sanatında Hikayenin Gücü</t>
+          <t>Hoopla Crispin Porter + Bogusky Hakkında Bir Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>25.46</v>
+        <v>99</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786052314128</t>
+          <t>9789944383707</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Karar Fabrikası</t>
+          <t>Etkileme ve İkna Sanatında Hikayenin Gücü</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>212</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786052314289</t>
+          <t>9786052314128</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Lider</t>
+          <t>Karar Fabrikası</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>224</v>
+        <v>212</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786255813008</t>
+          <t>9786052314289</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Şirket Performansı - Efsaneler ve Gerçekler</t>
+          <t>İçimdeki Lider</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>435</v>
+        <v>224</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9799944383058</t>
+          <t>9786255813008</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Bildiğimiz Satışın Sonu</t>
+          <t>Şirket Performansı - Efsaneler ve Gerçekler</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>193</v>
+        <v>435</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786052314999</t>
+          <t>9799944383058</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Markanı Krizden Kurtar</t>
+          <t>Bildiğimiz Satışın Sonu</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>435</v>
+        <v>193</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786052314982</t>
+          <t>9786052314999</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Modern Başarı</t>
+          <t>Markanı Krizden Kurtar</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>420</v>
+        <v>435</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786052314975</t>
+          <t>9786052314982</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Satışın Ustası Olmak</t>
+          <t>Modern Başarı</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>435</v>
+        <v>420</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786054584116</t>
+          <t>9786052314975</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Satış 101</t>
+          <t>Satışın Ustası Olmak</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>225</v>
+        <v>435</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786052314968</t>
+          <t>9786054584116</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Amaç Odaklı Markalama</t>
+          <t>Satış 101</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>380</v>
+        <v>225</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786054584574</t>
+          <t>9786052314968</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Markalama</t>
+          <t>Amaç Odaklı Markalama</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786052314951</t>
+          <t>9786054584574</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Fazlasıyla Etkileyici</t>
+          <t>Markalama</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786052314944</t>
+          <t>9786052314951</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Holistik İletişim</t>
+          <t>Fazlasıyla Etkileyici</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>345</v>
+        <v>450</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786052314937</t>
+          <t>9786052314944</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Savaşı</t>
+          <t>Holistik İletişim</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>390</v>
+        <v>345</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786052314920</t>
+          <t>9786052314937</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Cesur Ol Hayal Kur</t>
+          <t>Pazarlama Savaşı</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>420</v>
+        <v>390</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786052314913</t>
+          <t>9786052314920</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Yönetici Koçluğu</t>
+          <t>Cesur Ol Hayal Kur</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>450</v>
+        <v>420</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786052314906</t>
+          <t>9786052314913</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcılığını Ateşle</t>
+          <t>Yönetici Koçluğu</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>430</v>
+        <v>450</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786052314890</t>
+          <t>9786052314906</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>İlk Satışta Aşk</t>
+          <t>Yaratıcılığını Ateşle</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>208</v>
+        <v>430</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786052314883</t>
+          <t>9786052314890</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Anlamın Şarkısı</t>
+          <t>İlk Satışta Aşk</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>262</v>
+        <v>208</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786052314876</t>
+          <t>9786052314883</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Pazarlama Başarıları</t>
+          <t>Anlamın Şarkısı</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>440</v>
+        <v>262</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786052314869</t>
+          <t>9786052314876</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Psikolojisi</t>
+          <t>Sosyal Pazarlama Başarıları</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>280</v>
+        <v>440</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786052314845</t>
+          <t>9786052314869</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>İş Dünyasının Geleceği</t>
+          <t>Pazarlama Psikolojisi</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>333</v>
+        <v>280</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786052314852</t>
+          <t>9786052314845</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Karbon Almanağı</t>
+          <t>İş Dünyasının Geleceği</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>524</v>
+        <v>333</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786052314838</t>
+          <t>9786052314852</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Marka Stratejisi Nereye Gidiyor</t>
+          <t>Karbon Almanağı</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>216</v>
+        <v>524</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786052314821</t>
+          <t>9786052314838</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Uyum Sağla ve Yüksel</t>
+          <t>Marka Stratejisi Nereye Gidiyor</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>308</v>
+        <v>216</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786052314814</t>
+          <t>9786052314821</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Etkileyici Pazarlama</t>
+          <t>Uyum Sağla ve Yüksel</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>292</v>
+        <v>308</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786052314791</t>
+          <t>9786052314814</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Ciddi Ciddi Mizah</t>
+          <t>Etkileyici Pazarlama</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>350</v>
+        <v>292</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786052314784</t>
+          <t>9786052314791</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Beyindeki İkna Kodu</t>
+          <t>Ciddi Ciddi Mizah</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786052314760</t>
+          <t>9786052314784</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>İyilik İçin Dijital</t>
+          <t>Beyindeki İkna Kodu</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>344</v>
+        <v>380</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786052314746</t>
+          <t>9786052314760</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Kazanılmış Hayat</t>
+          <t>İyilik İçin Dijital</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>308</v>
+        <v>344</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786052314753</t>
+          <t>9786052314746</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcılık - Kuralları Boşverin</t>
+          <t>Kazanılmış Hayat</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>204</v>
+        <v>308</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786052314739</t>
+          <t>9786052314753</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Dokunuşlar</t>
+          <t>Yaratıcılık - Kuralları Boşverin</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>265</v>
+        <v>204</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786052314722</t>
+          <t>9786052314739</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Pişmanlığın Gücü</t>
+          <t>Yaratıcı Dokunuşlar</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>308</v>
+        <v>265</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786052314715</t>
+          <t>9786052314722</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Felsefesi</t>
+          <t>Pişmanlığın Gücü</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>201</v>
+        <v>308</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786052314685</t>
+          <t>9786052314715</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Yetkisiz Liderlik - Birlikte Yükselmenin Gücü</t>
+          <t>Ekonomi Felsefesi</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>324</v>
+        <v>201</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786052314692</t>
+          <t>9786052314685</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Körlük ve Tedavi Yolları</t>
+          <t>Yetkisiz Liderlik - Birlikte Yükselmenin Gücü</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>329</v>
+        <v>324</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786052314708</t>
+          <t>9786052314692</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Yalın Startup</t>
+          <t>Yaratıcı Körlük ve Tedavi Yolları</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>380</v>
+        <v>329</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786052314661</t>
+          <t>9786052314708</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Dijital Lider</t>
+          <t>Yalın Startup</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786052314678</t>
+          <t>9786052314661</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Bireyin Mükemmele Yolculuğu</t>
+          <t>Dijital Lider</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>470</v>
+        <v>250</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786052314616</t>
+          <t>9786052314678</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Ne Zaman?</t>
+          <t>Bireyin Mükemmele Yolculuğu</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>310</v>
+        <v>470</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786052314609</t>
+          <t>9786052314616</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Blink - Düşünmeden Düşünebilmenin Gücü</t>
+          <t>Ne Zaman?</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>380</v>
+        <v>310</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786052314654</t>
+          <t>9786052314609</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Cehaletin Gücü</t>
+          <t>Blink - Düşünmeden Düşünebilmenin Gücü</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>325</v>
+        <v>380</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786052314647</t>
+          <t>9786052314654</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Yarının Teknolojileri İş Başında</t>
+          <t>Cehaletin Gücü</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>308</v>
+        <v>325</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786052314630</t>
+          <t>9786052314647</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Dinginliğin Şifresi</t>
+          <t>Yarının Teknolojileri İş Başında</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>294</v>
+        <v>308</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786052314586</t>
+          <t>9786052314630</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Marka Deneyimi Yaratmak</t>
+          <t>Dinginliğin Şifresi</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>350</v>
+        <v>294</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786052314555</t>
+          <t>9786052314586</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Bombacı Mafya</t>
+          <t>Marka Deneyimi Yaratmak</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786052314531</t>
+          <t>9786052314555</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Noise (Gürültü)</t>
+          <t>Bombacı Mafya</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>310</v>
+        <v>380</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786052314548</t>
+          <t>9786052314531</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>İstemek</t>
+          <t>Noise (Gürültü)</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>308</v>
+        <v>310</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786052314517</t>
+          <t>9786052314548</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Düşman Kardeşler</t>
+          <t>İstemek</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>312</v>
+        <v>308</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786052314500</t>
+          <t>9786052314517</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Değişimi Tetiklemek</t>
+          <t>Düşman Kardeşler</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>300</v>
+        <v>312</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786052314494</t>
+          <t>9786052314500</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Kurcala</t>
+          <t>Değişimi Tetiklemek</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>156</v>
+        <v>300</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786052314487</t>
+          <t>9786052314494</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka İş Başında</t>
+          <t>Kurcala</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>350</v>
+        <v>156</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786052314470</t>
+          <t>9786052314487</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Teorileri 2</t>
+          <t>Yapay Zeka İş Başında</t>
         </is>
       </c>
       <c r="C344" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786052314463</t>
+          <t>9786052314470</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Ötekiyle Konuşmak</t>
+          <t>Pazarlama Teorileri 2</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>410</v>
+        <v>350</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786052314401</t>
+          <t>9786052314463</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Hayatta Kalmanın 10 Kuralı</t>
+          <t>Ötekiyle Konuşmak</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>330</v>
+        <v>410</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786052314326</t>
+          <t>9786052314401</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Brotopya</t>
+          <t>Dijital Çağda Hayatta Kalmanın 10 Kuralı</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786052314258</t>
+          <t>9786052314326</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Marka Ol E Mi?</t>
+          <t>Brotopya</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>235</v>
+        <v>300</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786052314272</t>
+          <t>9786052314258</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Kahramanın Yolculuğu</t>
+          <t>Marka Ol E Mi?</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>233</v>
+        <v>235</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786052314210</t>
+          <t>9786052314272</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Referans Pazarlaması</t>
+          <t>Kahramanın Yolculuğu</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>294</v>
+        <v>233</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786052314180</t>
+          <t>9786052314210</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Trading Up</t>
+          <t>Referans Pazarlaması</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>308</v>
+        <v>294</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786052314166</t>
+          <t>9786052314180</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Medya Planlamasında Kullanılan Araştırmalar ve Veriler</t>
+          <t>Trading Up</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>294</v>
+        <v>308</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786052314135</t>
+          <t>9786052314166</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Hikayesi En Bol</t>
+          <t>Medya Planlamasında Kullanılan Araştırmalar ve Veriler</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>470</v>
+        <v>294</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786052314104</t>
+          <t>9786052314135</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Fırtınaya Karşı</t>
+          <t>Hikayesi En Bol</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>250</v>
+        <v>470</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786052314111</t>
+          <t>9786052314104</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Canavarı Olmak İster misin?</t>
+          <t>Fırtınaya Karşı</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786052314098</t>
+          <t>9786052314111</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Veri Stratejisi</t>
+          <t>Sosyal Medya Canavarı Olmak İster misin?</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>301</v>
+        <v>280</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786052314081</t>
+          <t>9786052314098</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>50 Yıllık Hayal Bitcoin</t>
+          <t>Veri Stratejisi</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>210</v>
+        <v>301</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786052314074</t>
+          <t>9786052314081</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Gizli İkna</t>
+          <t>50 Yıllık Hayal Bitcoin</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786052314067</t>
+          <t>9786052314074</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Otomatik Müşteri</t>
+          <t>Gizli İkna</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>246</v>
+        <v>350</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786052314050</t>
+          <t>9786052314067</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Kader Anı</t>
+          <t>Otomatik Müşteri</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>281</v>
+        <v>246</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786052314043</t>
+          <t>9786052314050</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamayı Hacklemek</t>
+          <t>Kader Anı</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>267</v>
+        <v>281</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786052314029</t>
+          <t>9786052314043</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Ego Düşmanındır</t>
+          <t>Pazarlamayı Hacklemek</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>280</v>
+        <v>267</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786052314005</t>
+          <t>9786052314029</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcılık Fırtınası</t>
+          <t>Ego Düşmanındır</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>244</v>
+        <v>280</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786052314012</t>
+          <t>9786052314005</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Müşteri Deneyimi</t>
+          <t>Yaratıcılık Fırtınası</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>231</v>
+        <v>244</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786054584994</t>
+          <t>9786052314012</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Bir + Bir = Üç</t>
+          <t>Müşteri Deneyimi</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>250</v>
+        <v>231</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786054584987</t>
+          <t>9786054584994</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>İknaya Açılan Kapı</t>
+          <t>Bir + Bir = Üç</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>415</v>
+        <v>250</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786054584963</t>
+          <t>9786054584987</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Büyük Veri İş Başında</t>
+          <t>İknaya Açılan Kapı</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>350</v>
+        <v>415</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786054584932</t>
+          <t>9786054584963</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Metaforları</t>
+          <t>Büyük Veri İş Başında</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>267</v>
+        <v>350</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786054584864</t>
+          <t>9786054584932</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Cluetrain Manifestosu</t>
+          <t>Pazarlama Metaforları</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>271</v>
+        <v>267</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786054584871</t>
+          <t>9786054584864</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Tasarımı</t>
+          <t>Cluetrain Manifestosu</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>250</v>
+        <v>271</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786054584895</t>
+          <t>9786054584871</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Pürüzlü Mükemmellik</t>
+          <t>Hikaye Tasarımı</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>219</v>
+        <v>250</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786054584857</t>
+          <t>9786054584895</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Seçme Yazılarım</t>
+          <t>Pürüzlü Mükemmellik</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>244</v>
+        <v>219</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786054584840</t>
+          <t>9786054584857</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Düşünmenin 27,5 Yöntemi</t>
+          <t>Seçme Yazılarım</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>269</v>
+        <v>244</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786054584819</t>
+          <t>9786054584840</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Triggers</t>
+          <t>Yaratıcı Düşünmenin 27,5 Yöntemi</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>350</v>
+        <v>269</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786054584475</t>
+          <t>9786054584819</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Davut ve Golyat</t>
+          <t>Triggers</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786054584772</t>
+          <t>9786054584475</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Fiyatlandırma Sırları</t>
+          <t>Davut ve Golyat</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>360</v>
+        <v>380</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786054584765</t>
+          <t>9786054584772</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin Acımasız Basitliği Dünyayı Nasıl Değiştirdi?</t>
+          <t>Fiyatlandırma Sırları</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>196</v>
+        <v>360</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786054584734</t>
+          <t>9786054584765</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Herkes Yazabilir</t>
+          <t>Düşüncenin Acımasız Basitliği Dünyayı Nasıl Değiştirdi?</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>380</v>
+        <v>196</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786054584710</t>
+          <t>9786054584734</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Brief (Kısa ve Öz)</t>
+          <t>Herkes Yazabilir</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786054584697</t>
+          <t>9786054584710</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Karar Verdim!</t>
+          <t>Brief (Kısa ve Öz)</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>233</v>
+        <v>350</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786054584369</t>
+          <t>9786054584697</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Satışın Yeni Kuralları</t>
+          <t>Karar Verdim!</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>320</v>
+        <v>233</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786054584659</t>
+          <t>9786054584369</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Kendini Keşfet Hedefe Ulaş</t>
+          <t>Satışın Yeni Kuralları</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>235</v>
+        <v>320</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786054584642</t>
+          <t>9786054584659</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Ben Satış Danışmanıyım</t>
+          <t>Kendini Keşfet Hedefe Ulaş</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>167</v>
+        <v>235</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786054584604</t>
+          <t>9786054584642</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>The Tipping Point - Kıvılcım Anı</t>
+          <t>Ben Satış Danışmanıyım</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>380</v>
+        <v>167</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786054584598</t>
+          <t>9786054584604</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Reklam: Zekayı Sihre Dönüştürmek</t>
+          <t>The Tipping Point - Kıvılcım Anı</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>480</v>
+        <v>380</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786054584536</t>
+          <t>9786054584598</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Teorileri</t>
+          <t>Reklam: Zekayı Sihre Dönüştürmek</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>350</v>
+        <v>480</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786054584550</t>
+          <t>9786054584536</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Ezberbozan (Ciltli)</t>
+          <t>Pazarlama Teorileri</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>278</v>
+        <v>350</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786054584376</t>
+          <t>9786054584550</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Konumlandırma Positioning</t>
+          <t>Ezberbozan (Ciltli)</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>380</v>
+        <v>278</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9799756347804</t>
+          <t>9786054584376</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Seçim Zamanı  Siyasal Kampanyalar - Avrupa Yıllığı 2004 (Ciltli)</t>
+          <t>Konumlandırma Positioning</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>275</v>
+        <v>380</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789944383646</t>
+          <t>9799756347804</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>İknanın Psikolojisi</t>
+          <t>Seçim Zamanı  Siyasal Kampanyalar - Avrupa Yıllığı 2004 (Ciltli)</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>590</v>
+        <v>275</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786055755690</t>
+          <t>9789944383646</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>İknanın Anahtarı</t>
+          <t>İknanın Psikolojisi</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>380</v>
+        <v>590</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9799756347590</t>
+          <t>9786055755690</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Pazarlama Pazarlamayla İlgilenen Herkesin Bilmesi Gereken 80 Kavram</t>
+          <t>İknanın Anahtarı</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9799756347651</t>
+          <t>9799756347590</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Doğrudan Pazarlamanın Kurucusu İz Bırakanlar - Yeni Lester Wunderman</t>
+          <t>A’dan Z’ye Pazarlama Pazarlamayla İlgilenen Herkesin Bilmesi Gereken 80 Kavram</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>96</v>
+        <v>350</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786055755225</t>
+          <t>9799756347651</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>İlaç Sektöründe Kariyer Yapma Klavuzu</t>
+          <t>Doğrudan Pazarlamanın Kurucusu İz Bırakanlar - Yeni Lester Wunderman</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>204</v>
+        <v>96</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786055755195</t>
+          <t>9786055755225</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>İlaç Sektörü İçin Gelecek Tahmini Yöntemler</t>
+          <t>İlaç Sektöründe Kariyer Yapma Klavuzu</t>
         </is>
       </c>
       <c r="C395" s="1">
         <v>204</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786054584413</t>
+          <t>9786055755195</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama İletişiminde Sihirli Dokunuşlar</t>
+          <t>İlaç Sektörü İçin Gelecek Tahmini Yöntemler</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>267</v>
+        <v>204</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786055755461</t>
+          <t>9786054584413</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Mor İnek</t>
+          <t>Pazarlama İletişiminde Sihirli Dokunuşlar</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>240</v>
+        <v>267</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786055755898</t>
+          <t>9786055755461</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Mistik Pazarlama</t>
+          <t>Mor İnek</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>233</v>
+        <v>240</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786054584420</t>
+          <t>9786055755898</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Modern İş Fikirlerinin Ustalarından İş Dünyasının Enleri</t>
+          <t>Mistik Pazarlama</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>204</v>
+        <v>233</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786055755577</t>
+          <t>9786054584420</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>What the Dog Saw</t>
+          <t>Modern İş Fikirlerinin Ustalarından İş Dünyasının Enleri</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>410</v>
+        <v>204</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9799944383027</t>
+          <t>9786055755577</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Turizm Sektöründe Reklamcılık</t>
+          <t>What the Dog Saw</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>244</v>
+        <v>410</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786055755911</t>
+          <t>9799944383027</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Değişim Manifestosu</t>
+          <t>Turizm Sektöründe Reklamcılık</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>271</v>
+        <v>244</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786054584130</t>
+          <t>9786055755911</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamanın Enleri (Ciltli)</t>
+          <t>Değişim Manifestosu</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>267</v>
+        <v>271</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9799944383102</t>
+          <t>9786054584130</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Sisomo - Ekrandaki Gelecek</t>
+          <t>Pazarlamanın Enleri (Ciltli)</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>244</v>
+        <v>267</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786054584406</t>
+          <t>9799944383102</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Gelecek (Ciltli)</t>
+          <t>Sisomo - Ekrandaki Gelecek</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>501</v>
+        <v>244</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9799944383119</t>
+          <t>9786054584406</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>İtibar Yönetimi</t>
+          <t>Gelecek (Ciltli)</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>301</v>
+        <v>501</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9799756347163</t>
+          <t>9799944383119</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>İletişim Odaklı Pazarlama</t>
+          <t>İtibar Yönetimi</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>219</v>
+        <v>301</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786054584192</t>
+          <t>9799756347163</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Oksijendir</t>
+          <t>İletişim Odaklı Pazarlama</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>180</v>
+        <v>219</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786054584062</t>
+          <t>9786054584192</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Hello Avatar</t>
+          <t>Hikaye Oksijendir</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786055755744</t>
+          <t>9786054584062</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Jeffrey Gitomer'in Güven Hakkında Küçük Mavi Kitabı</t>
+          <t>Hello Avatar</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>233</v>
+        <v>230</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786055755164</t>
+          <t>9786055755744</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Markalar Yaratmak</t>
+          <t>Jeffrey Gitomer'in Güven Hakkında Küçük Mavi Kitabı</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>380</v>
+        <v>233</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786055755539</t>
+          <t>9786055755164</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Global Tezahürat</t>
+          <t>Güçlü Markalar Yaratmak</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>204</v>
+        <v>380</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786055755836</t>
+          <t>9786055755539</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Gerçek-Zamanlı Pazarlama ve Halkla İlişkiler</t>
+          <t>Global Tezahürat</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>256</v>
+        <v>204</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9799756347644</t>
+          <t>9786055755836</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Fikir Nasıl Bulunur</t>
+          <t>Gerçek-Zamanlı Pazarlama ve Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>260</v>
+        <v>256</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789944383653</t>
+          <t>9799756347644</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Execution</t>
+          <t>Fikir Nasıl Bulunur</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>330</v>
+        <v>260</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786055755683</t>
+          <t>9789944383653</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>e-ticaret</t>
+          <t>Execution</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9799944383065</t>
+          <t>9786055755683</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Erkeklerin Geleceği Metroseksüellikten Überseksüelliğe</t>
+          <t>e-ticaret</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>204</v>
+        <v>250</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789944383981</t>
+          <t>9799944383065</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Erkeklere Pazarlama</t>
+          <t>Erkeklerin Geleceği Metroseksüellikten Überseksüelliğe</t>
         </is>
       </c>
       <c r="C418" s="1">
         <v>204</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786055755614</t>
+          <t>9789944383981</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Drive</t>
+          <t>Erkeklere Pazarlama</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>380</v>
+        <v>204</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786054584277</t>
+          <t>9786055755614</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Dijital Kabilelerin İzinde</t>
+          <t>Drive</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786054584222</t>
+          <t>9786054584277</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda İçerik Yönetiminin Kuralları</t>
+          <t>Dijital Kabilelerin İzinde</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786055755324</t>
+          <t>9786054584222</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Çekim Yasası Satışlarınızı Nasıl Artırır?</t>
+          <t>Dijital Çağda İçerik Yönetiminin Kuralları</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786054584017</t>
+          <t>9786055755324</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Büyüleme</t>
+          <t>Çekim Yasası Satışlarınızı Nasıl Artırır?</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789944383820</t>
+          <t>9786054584017</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Bolluk Paradoksu</t>
+          <t>Büyüleme</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789944383677</t>
+          <t>9789944383820</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Asla Yalnız Yeme</t>
+          <t>Bolluk Paradoksu</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>410</v>
+        <v>330</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789756347980</t>
+          <t>9789944383677</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Aklın Yeni Sınırları</t>
+          <t>Asla Yalnız Yeme</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>310</v>
+        <v>410</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9799756347613</t>
+          <t>9789756347980</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>10 Ölümcül Pazarlama Günahı</t>
+          <t>Aklın Yeni Sınırları</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>235</v>
+        <v>310</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786054584123</t>
+          <t>9799756347613</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Yerel Seçimlerde Başarı</t>
+          <t>10 Ölümcül Pazarlama Günahı</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>156</v>
+        <v>235</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786055755867</t>
+          <t>9786054584123</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Sınıf Adres Değiştiriyor</t>
+          <t>Yerel Seçimlerde Başarı</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>294</v>
+        <v>156</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786055755720</t>
+          <t>9786055755867</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Ya Strateji Ya Toksik Domates</t>
+          <t>Yaratıcı Sınıf Adres Değiştiriyor</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>150</v>
+        <v>294</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9799756347316</t>
+          <t>9786055755720</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Nasıl Düşünür? Tüketicinin Zihnine Giden Yol Bu Kitaptan Geçiyor!</t>
+          <t>Ya Strateji Ya Toksik Domates</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789758378647</t>
+          <t>9799756347316</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Davranışı</t>
+          <t>Tüketici Nasıl Düşünür? Tüketicinin Zihnine Giden Yol Bu Kitaptan Geçiyor!</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>312</v>
+        <v>290</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786054584284</t>
+          <t>9789758378647</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Tavsiye Edilen Markaların Sırrı</t>
+          <t>Tüketici Davranışı</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>275</v>
+        <v>312</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786055755966</t>
+          <t>9786054584284</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Tasarım, Teknoloji, İş ve Yaşamda Başarı İçin Liderliği Yeniden Tasarlamak</t>
+          <t>Tavsiye Edilen Markaların Sırrı</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>169</v>
+        <v>275</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786055755669</t>
+          <t>9786055755966</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Sözcüklerle Dansedenler</t>
+          <t>Tasarım, Teknoloji, İş ve Yaşamda Başarı İçin Liderliği Yeniden Tasarlamak</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>294</v>
+        <v>169</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786055755423</t>
+          <t>9786055755669</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Sıradışı Markalar (Ciltli)</t>
+          <t>Sözcüklerle Dansedenler</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>204</v>
+        <v>294</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789944383325</t>
+          <t>9786055755423</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Seçim Zamanı  Siyasal Kampanyalar Avrupa Yıllığı 2005 (Ciltli)</t>
+          <t>Sıradışı Markalar (Ciltli)</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>275</v>
+        <v>204</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9799758378769</t>
+          <t>9789944383325</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Seçim Kazandıran Kampanyalar</t>
+          <t>Seçim Zamanı  Siyasal Kampanyalar Avrupa Yıllığı 2005 (Ciltli)</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>294</v>
+        <v>275</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786054584031</t>
+          <t>9799758378769</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Satışta Güçlü Yönlere Odaklanmak</t>
+          <t>Seçim Kazandıran Kampanyalar</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>244</v>
+        <v>294</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9799756347378</t>
+          <t>9786054584031</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Satışın Kutsal Kitabı</t>
+          <t>Satışta Güçlü Yönlere Odaklanmak</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>410</v>
+        <v>244</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789944383318</t>
+          <t>9799756347378</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Satışın 10 Altın Kuralı</t>
+          <t>Satışın Kutsal Kitabı</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>310</v>
+        <v>410</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789944383080</t>
+          <t>9789944383318</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Satış Bir Çocuk Oyunudur</t>
+          <t>Satışın 10 Altın Kuralı</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>189</v>
+        <v>310</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786054584529</t>
+          <t>9789944383080</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Satan Reklam Yaratmak</t>
+          <t>Satış Bir Çocuk Oyunudur</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>410</v>
+        <v>189</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789944383929</t>
+          <t>9786054584529</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Reklam Yazarının Elkitabı</t>
+          <t>Satan Reklam Yaratmak</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>350</v>
+        <v>410</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786055755645</t>
+          <t>9789944383929</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Quick Cut</t>
+          <t>Reklam Yazarının Elkitabı</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>142</v>
+        <v>350</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9799944383072</t>
+          <t>9786055755645</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamanın 22 Kuralı</t>
+          <t>Quick Cut</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>240</v>
+        <v>142</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9799758378738</t>
+          <t>9799944383072</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama İletişimi Yönetimi</t>
+          <t>Pazarlamanın 22 Kuralı</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>294</v>
+        <v>240</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786055755300</t>
+          <t>9799758378738</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Outliers</t>
+          <t>Pazarlama İletişimi Yönetimi</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>380</v>
+        <v>294</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786055755140</t>
+          <t>9786055755300</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Nöro Marketing</t>
+          <t>Outliers</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786055755331</t>
+          <t>9786055755140</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Mitolojinin Gücü</t>
+          <t>Nöro Marketing</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>410</v>
+        <v>350</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9799758378301</t>
+          <t>9786055755331</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Marka Yaratmanın 22 Kuralı</t>
+          <t>Mitolojinin Gücü</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>240</v>
+        <v>410</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789944383882</t>
+          <t>9799758378301</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Koaktif Koçluk</t>
+          <t>Marka Yaratmanın 22 Kuralı</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
+          <t>9789944383882</t>
+        </is>
+      </c>
+      <c r="B453" s="1" t="inlineStr">
+        <is>
+          <t>Koaktif Koçluk</t>
+        </is>
+      </c>
+      <c r="C453" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="454" spans="1:3">
+      <c r="A454" s="1" t="inlineStr">
+        <is>
           <t>9789944383837</t>
         </is>
       </c>
-      <c r="B453" s="1" t="inlineStr">
+      <c r="B454" s="1" t="inlineStr">
         <is>
           <t>Girişimcinin El Kitabı 2.0</t>
         </is>
       </c>
-      <c r="C453" s="1">
+      <c r="C454" s="1">
         <v>380</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>