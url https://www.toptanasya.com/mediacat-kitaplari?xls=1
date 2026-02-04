--- v1 (2025-12-15)
+++ v2 (2026-02-04)
@@ -85,6835 +85,6850 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255813022</t>
+          <t>9786255813039</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>10X Düşün 10X Büyü</t>
+          <t>Lüks Marka Stratejisi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>390</v>
+        <v>490</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255813015</t>
+          <t>9786255813022</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kıvılcım Anı'nın İntkamı</t>
+          <t>10X Düşün 10X Büyü</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>410</v>
+        <v>490</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9799944383232</t>
+          <t>9786255813015</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>10 İnovasyon Emri</t>
+          <t>Kıvılcım Anı'nın İntkamı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>21.29</v>
+        <v>490</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052314593</t>
+          <t>9799944383232</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Nasıl Güçlenir?</t>
+          <t>10 İnovasyon Emri</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>190</v>
+        <v>21.29</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052314562</t>
+          <t>9786052314593</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Fintech ve Insurtech ile Finansın Dönüşümü</t>
+          <t>Kadınlar Nasıl Güçlenir?</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>490</v>
+        <v>190</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786054584956</t>
+          <t>9786052314562</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bir Görüşme Daha!</t>
+          <t>Fintech ve Insurtech ile Finansın Dönüşümü</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>246</v>
+        <v>490</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052314142</t>
+          <t>9786054584956</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bahse Var Mısın?</t>
+          <t>Bir Görüşme Daha!</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>184</v>
+        <v>246</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9799756347798</t>
+          <t>9786052314142</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Altı Sigma</t>
+          <t>Bahse Var Mısın?</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>9.26</v>
+        <v>184</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789758378074</t>
+          <t>9799756347798</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Pazarlama İletişimi</t>
+          <t>Herkes İçin Altı Sigma</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055755799</t>
+          <t>9789758378074</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Çıplak</t>
+          <t>Her Yönüyle Pazarlama İletişimi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>20.37</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9799756347248</t>
+          <t>9786055755799</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hayatımız Reklam: Türkiye’nin Reklam Ustalarıyla Söyleşiler</t>
+          <t>Her Şey Çıplak</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>12.04</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054584093</t>
+          <t>9799756347248</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hayallerinizi Gerçekleştirmek İçin Yaratıcılık Disiplini (Ciltli)</t>
+          <t>Hayatımız Reklam: Türkiye’nin Reklam Ustalarıyla Söyleşiler</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>25.46</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9799756347859</t>
+          <t>9786054584093</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkilerin Elkitabı</t>
+          <t>Hayallerinizi Gerçekleştirmek İçin Yaratıcılık Disiplini (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>25.46</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9799756347958</t>
+          <t>9799756347859</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkilerin ABC’si</t>
+          <t>Halkla İlişkilerin Elkitabı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>15.28</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055755805</t>
+          <t>9799756347958</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Yönlere Odaklı Liderlik</t>
+          <t>Halkla İlişkilerin ABC’si</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>21.76</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789944383998</t>
+          <t>9786055755805</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Güç</t>
+          <t>Güçlü Yönlere Odaklı Liderlik</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>18.52</v>
+        <v>21.76</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055755430</t>
+          <t>9789944383998</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Google Olsa Ne Yapardı?</t>
+          <t>Güç</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>22.22</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789756347065</t>
+          <t>9786055755430</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Globalleşmenin Sonu Radikal Bir Globalleşme Analizi</t>
+          <t>Google Olsa Ne Yapardı?</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>11.57</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789758378944</t>
+          <t>9789756347065</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Global Markaların Yerel Çuvallamaları</t>
+          <t>Globalleşmenin Sonu Radikal Bir Globalleşme Analizi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>15.28</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786055755201</t>
+          <t>9789758378944</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Gerilla Telesatış</t>
+          <t>Global Markaların Yerel Çuvallamaları</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>14.81</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789944383639</t>
+          <t>9786055755201</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Gerilla Reklamcılık</t>
+          <t>Gerilla Telesatış</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>50.93</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055755829</t>
+          <t>9789944383639</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Gerçeklik Testi</t>
+          <t>Gerilla Reklamcılık</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>35.65</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9799758378257</t>
+          <t>9786055755829</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Gerçek, Yalanlar, Reklamcılık "Müşteri Planlama Sanatı"</t>
+          <t>Gerçeklik Testi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>11.57</v>
+        <v>35.65</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789944383462</t>
+          <t>9799758378257</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Satışçılardan 200 Satış Tavsiyesi</t>
+          <t>Gerçek, Yalanlar, Reklamcılık "Müşteri Planlama Sanatı"</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>17.59</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9799758378936</t>
+          <t>9789944383462</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Pazarlaması</t>
+          <t>Gerçek Satışçılardan 200 Satış Tavsiyesi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>11.57</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789758378456</t>
+          <t>9799758378936</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Görmek Pazarlama Araştırmasının Gücü</t>
+          <t>Geleceğin Pazarlaması</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>13.89</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9799758378394</t>
+          <t>9789758378456</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Bir Dokunuş Araştırma, Şirket, İnsan</t>
+          <t>Geleceği Görmek Pazarlama Araştırmasının Gücü</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9799758378356</t>
+          <t>9799758378394</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Gazetecinin El Kitabı</t>
+          <t>Geleceğe Bir Dokunuş Araştırma, Şirket, İnsan</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>9.26</v>
+        <v>11</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789944383578</t>
+          <t>9799758378356</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Fred Faktörü</t>
+          <t>Gazetecinin El Kitabı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>10.19</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9799944383140</t>
+          <t>9789944383578</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Focus Şirketinizin Geleceği Buna Bağlı</t>
+          <t>Fred Faktörü</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>15.28</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055755188</t>
+          <t>9799944383140</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Fil Olun</t>
+          <t>Focus Şirketinizin Geleceği Buna Bağlı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>16.67</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055755928</t>
+          <t>9786055755188</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Farklılaş ya da Öl</t>
+          <t>Fil Olun</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>190</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055755157</t>
+          <t>9786055755928</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Fark Edilmemiş İş Fikirleri</t>
+          <t>Farklılaş ya da Öl</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>20.37</v>
+        <v>190</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9799756347347</t>
+          <t>9786055755157</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Etkinlik Yönetimi</t>
+          <t>Fark Edilmemiş İş Fikirleri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>13.89</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789758378524</t>
+          <t>9799756347347</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Eski Köye Yeni Adet Pazarlama İletişimi, Reklam ve Yaratıcılık</t>
+          <t>Etkinlik Yönetimi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>7.87</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9799756347842</t>
+          <t>9789758378524</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Dizi Senaryosu Yazmak</t>
+          <t>Eski Köye Yeni Adet Pazarlama İletişimi, Reklam ve Yaratıcılık</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>13.43</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055755812</t>
+          <t>9799756347842</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Müşteriniz Konuşuyor</t>
+          <t>Dizi Senaryosu Yazmak</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>15.28</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786054584154</t>
+          <t>9786055755812</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Dijitoloji</t>
+          <t>Dikkat Müşteriniz Konuşuyor</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>25</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786054584086</t>
+          <t>9786054584154</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Dijital Tutulma</t>
+          <t>Dijitoloji</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>27</v>
+        <v>25</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789758378197</t>
+          <t>9786054584086</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Devrimciler İçin Kurallar</t>
+          <t>Dijital Tutulma</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>11.57</v>
+        <v>27</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789944383448</t>
+          <t>9789758378197</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Gerilla Pazarlama Devrimi</t>
+          <t>Devrimciler İçin Kurallar</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>13.43</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055755522</t>
+          <t>9789944383448</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Değişen Tüketici Kim?</t>
+          <t>Gerilla Pazarlama Devrimi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>20.37</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9799756347019</t>
+          <t>9786055755522</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Değer Temelli Pazarlama</t>
+          <t>Değişen Tüketici Kim?</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>22.22</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055755492</t>
+          <t>9799756347019</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Daha Önce Kimseden Duymadığınız 6 Kariyer Sırrı</t>
+          <t>Değer Temelli Pazarlama</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>132</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9799944383201</t>
+          <t>9786055755492</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Çıplak Sohbetler Blog Kitabı</t>
+          <t>Daha Önce Kimseden Duymadığınız 6 Kariyer Sırrı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>15.28</v>
+        <v>132</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055755171</t>
+          <t>9799944383201</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Concepting</t>
+          <t>Çıplak Sohbetler Blog Kitabı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>10.19</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9799756347408</t>
+          <t>9786055755171</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ceokrasi İnsan Merkezli Şirket Yönetimi</t>
+          <t>Concepting</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>11.57</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789758378623</t>
+          <t>9799756347408</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Büyük Şirketler Yok Oluyor?..</t>
+          <t>Ceokrasi İnsan Merkezli Şirket Yönetimi</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>11.57</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055755546</t>
+          <t>9789758378623</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Büyük Satışlar İçin Küçük İpuçları</t>
+          <t>Büyük Şirketler Yok Oluyor?..</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>14.81</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9799944383244</t>
+          <t>9786055755546</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Çaktırmadan İkna</t>
+          <t>Büyük Satışlar İçin Küçük İpuçları</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>13.89</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789944383530</t>
+          <t>9799944383244</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Büyük Markalar Büyük Hatalar</t>
+          <t>Çaktırmadan İkna</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>16.2</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9799758378387</t>
+          <t>9789944383530</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Büyük Filmlerden Liderlik Dersleri</t>
+          <t>Büyük Markalar Büyük Hatalar</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>10.19</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9799758378349</t>
+          <t>9799758378387</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Büyük Balığı Yutmak Meydan Okuyan Markaların Lider Markalarla Rekabet Etme Yolları</t>
+          <t>Büyük Filmlerden Liderlik Dersleri</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>13.89</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9799758378905</t>
+          <t>9799758378349</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bütünleşik Pazarlama İşletme Anlayışında Yeni Bir Boyut</t>
+          <t>Büyük Balığı Yutmak Meydan Okuyan Markaların Lider Markalarla Rekabet Etme Yolları</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>10.19</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9799758378202</t>
+          <t>9799758378905</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bütünleşik Pazarlama İletişimi</t>
+          <t>Bütünleşik Pazarlama İşletme Anlayışında Yeni Bir Boyut</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>9.26</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789758378692</t>
+          <t>9799758378202</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Bu Topraklardan Dünya Markası Çıkar mı?</t>
+          <t>Bütünleşik Pazarlama İletişimi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>21.3</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055755393</t>
+          <t>9789758378692</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Bu Topraklardan Dünya Markası Çıkar Ama...</t>
+          <t>Bu Topraklardan Dünya Markası Çıkar mı?</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>10.19</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789758378067</t>
+          <t>9786055755393</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Bu Reklam Size Mr. Smith</t>
+          <t>Bu Topraklardan Dünya Markası Çıkar Ama...</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>4.17</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9799756347279</t>
+          <t>9789758378067</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Biraz da Ben Konuşayım</t>
+          <t>Bu Reklam Size Mr. Smith</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>14.81</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9799756347293</t>
+          <t>9799756347279</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bir PR’cının Meslek Anıları Notlar ve Değerlendirmelerle</t>
+          <t>Biraz da Ben Konuşayım</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>13.89</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789756347034</t>
+          <t>9799756347293</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bir Koca Hayat (Reklamcılıkta)</t>
+          <t>Bir PR’cının Meslek Anıları Notlar ve Değerlendirmelerle</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>14.81</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9799756347910</t>
+          <t>9789756347034</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Bir Günde MBA</t>
+          <t>Bir Koca Hayat (Reklamcılıkta)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>25.93</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786054584338</t>
+          <t>9799756347910</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltımdaki Reklamlar</t>
+          <t>Bir Günde MBA</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>24.07</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9799756347224</t>
+          <t>9786054584338</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bildiğimiz Reklamcılığın Sonu...</t>
+          <t>Bilinçaltımdaki Reklamlar</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>16.2</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9799758378226</t>
+          <t>9799756347224</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Bildiğimiz Pazarlamanın Sonu</t>
+          <t>Bildiğimiz Reklamcılığın Sonu...</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>13.89</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9799756347927</t>
+          <t>9799758378226</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Beni Seç</t>
+          <t>Bildiğimiz Pazarlamanın Sonu</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786054584109</t>
+          <t>9799756347927</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Bir Şirket İçin Fark Yaratan 10 İnovasyon Şifresi</t>
+          <t>Beni Seç</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>23.15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055755294</t>
+          <t>9786054584109</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Tasarım, Teknoloji, İş ve Yaşamda Başarı İçin Basitlik Kanunları</t>
+          <t>Başarılı Bir Şirket İçin Fark Yaratan 10 İnovasyon Şifresi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>15.28</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789944383844</t>
+          <t>9786055755294</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bana Hayallerimi Ver Sana Dünyaları Vereyim</t>
+          <t>Tasarım, Teknoloji, İş ve Yaşamda Başarı İçin Basitlik Kanunları</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>11.57</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055755676</t>
+          <t>9789944383844</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Baked In - Kendi Kendini Satan Ürünler Yaratmak</t>
+          <t>Bana Hayallerimi Ver Sana Dünyaları Vereyim</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>16.67</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055755409</t>
+          <t>9786055755676</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>B2B Marka Yönetimi</t>
+          <t>Baked In - Kendi Kendini Satan Ürünler Yaratmak</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>24.54</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055755584</t>
+          <t>9786055755409</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Az Aslında Çoktur</t>
+          <t>B2B Marka Yönetimi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>17.59</v>
+        <v>24.54</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789758378036</t>
+          <t>9786055755584</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Atıf Hoca’nın Not Defteri</t>
+          <t>Az Aslında Çoktur</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>11.57</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9799758378837</t>
+          <t>9789758378036</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Ateşten Markalar İnternet Çağında Marka Bağımlılığı Yaratmak</t>
+          <t>Atıf Hoca’nın Not Defteri</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>15.28</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9799756347521</t>
+          <t>9799758378837</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Aşkla Yaratılan Markalar</t>
+          <t>Ateşten Markalar İnternet Çağında Marka Bağımlılığı Yaratmak</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>15.28</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055755751</t>
+          <t>9799756347521</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Anında Pazarlama</t>
+          <t>Aşkla Yaratılan Markalar</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>54</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789758378616</t>
+          <t>9786055755751</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Alametler Farikalar</t>
+          <t>Anında Pazarlama</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>7.87</v>
+        <v>54</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789756347645</t>
+          <t>9789758378616</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Alameti Farikalar 2004-2005</t>
+          <t>Alametler Farikalar</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>18.52</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786054584178</t>
+          <t>9789756347645</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Akıl Yoluyla Başarılı Olmanın İlkeleri</t>
+          <t>Alameti Farikalar 2004-2005</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>222</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789944383226</t>
+          <t>9786054584178</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Ağızdan Ağıza Pazarlama Womm’un 28 Sırrı</t>
+          <t>Akıl Yoluyla Başarılı Olmanın İlkeleri</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>15.28</v>
+        <v>222</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9756347872008</t>
+          <t>9789944383226</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>4 Adımda Satış Başarısı Dünyanın En İyi Satış Metodu: Spin Selling</t>
+          <t>Ağızdan Ağıza Pazarlama Womm’un 28 Sırrı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>16.67</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789944383158</t>
+          <t>9756347872008</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>30 Günde Gerilla Pazarlama</t>
+          <t>4 Adımda Satış Başarısı Dünyanın En İyi Satış Metodu: Spin Selling</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>28.7</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9799756347637</t>
+          <t>9789944383158</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>2005 Türkiye İletişim Rehberi</t>
+          <t>30 Günde Gerilla Pazarlama</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>9.26</v>
+        <v>28.7</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789759661946</t>
+          <t>9799756347637</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>18 Yaşından Küçükler Okuyamaz</t>
+          <t>2005 Türkiye İletişim Rehberi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>4.63</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789944383868</t>
+          <t>9789759661946</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>12 Pazarlama Ustasından Pazarlama Dersleri</t>
+          <t>18 Yaşından Küçükler Okuyamaz</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>12.04</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9799756347446</t>
+          <t>9789944383868</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Zoraki Dostlar Madison Avenue &amp; Vine Street Kavşağı</t>
+          <t>12 Pazarlama Ustasından Pazarlama Dersleri</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>13.89</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786055755850</t>
+          <t>9799756347446</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Zeka Yönetimi</t>
+          <t>Zoraki Dostlar Madison Avenue &amp; Vine Street Kavşağı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>30</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789756347119</t>
+          <t>9786055755850</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Yüzde 30’u Peşin Yaşarken Acılı, Anlatırken Komik, Gerçek Öyküler</t>
+          <t>Zeka Yönetimi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>12.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789944383219</t>
+          <t>9789756347119</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Yükselen Trend Kurumsal Sosyal Sorumluluk</t>
+          <t>Yüzde 30’u Peşin Yaşarken Acılı, Anlatırken Komik, Gerçek Öyküler</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>11.57</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786055755478</t>
+          <t>9789944383219</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Odasında Savaş</t>
+          <t>Yükselen Trend Kurumsal Sosyal Sorumluluk</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>19.44</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786055755058</t>
+          <t>9786055755478</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Yolveren</t>
+          <t>Yönetim Odasında Savaş</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>16.67</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055755638</t>
+          <t>9786055755058</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Yoksulluğa Karşı Sosyal Pazarlama</t>
+          <t>Yolveren</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>25.46</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786055755959</t>
+          <t>9786055755638</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Yetenek Sarrafları</t>
+          <t>Yoksulluğa Karşı Sosyal Pazarlama</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>27.78</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789944383738</t>
+          <t>9786055755959</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Yeşilden Altına</t>
+          <t>Yetenek Sarrafları</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>27.78</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789944383783</t>
+          <t>9789944383738</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Pazarlama Manifestosu</t>
+          <t>Yeşilden Altına</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>18.52</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789756347508</t>
+          <t>9789944383783</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Yeni Pazarlama Trendleri</t>
+          <t>Yeşil Pazarlama Manifestosu</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055755287</t>
+          <t>9789756347508</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Yönetim</t>
+          <t>Yeni Pazarlama Trendleri</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>15.74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789944383486</t>
+          <t>9786055755287</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcılık Ve İnovasyon</t>
+          <t>Yeni Nesil Yönetim</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>20</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789944383585</t>
+          <t>9789944383486</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Sıçramalar Reklamda Fark Yaratan 10 Ders</t>
+          <t>Yaratıcılık Ve İnovasyon</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>16.67</v>
+        <v>20</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786055755843</t>
+          <t>9789944383585</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Deha</t>
+          <t>Yaratıcı Sıçramalar Reklamda Fark Yaratan 10 Ders</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>25.46</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789944383608</t>
+          <t>9786055755843</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>What Sticks Akılda Kalan Nedir?</t>
+          <t>Yaratıcı Deha</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>20.37</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9799758378233</t>
+          <t>9789944383608</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Web Kuralları İnternet, Tüketici Tercihlerini Ne Yönde ve Nasıl Değiştiriyor?</t>
+          <t>What Sticks Akılda Kalan Nedir?</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>9.26</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789944383615</t>
+          <t>9799758378233</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Vikinomi</t>
+          <t>Web Kuralları İnternet, Tüketici Tercihlerini Ne Yönde ve Nasıl Değiştiriyor?</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>23.15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789944383288</t>
+          <t>9789944383615</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Üç Saniyede Satış</t>
+          <t>Vikinomi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786055755904</t>
+          <t>9789944383288</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Unmarketing</t>
+          <t>Üç Saniyede Satış</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>33</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786054584079</t>
+          <t>9786055755904</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Tüketim İçgüdüsü (Ciltli)</t>
+          <t>Unmarketing</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>28.7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789756347171</t>
+          <t>9786054584079</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Krallığının Fethi</t>
+          <t>Tüketim İçgüdüsü (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>16.2</v>
+        <v>28.7</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789758378043</t>
+          <t>9789756347171</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Turizmde Tanıtım ve Reklam</t>
+          <t>Tüketici Krallığının Fethi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>6.94</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9799756347200</t>
+          <t>9789758378043</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Yüzyılında Pazarlama: Krallarla İletişimin İncelikleri</t>
+          <t>Turizmde Tanıtım ve Reklam</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>11.11</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786055755874</t>
+          <t>9799756347200</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Teşekkür Ekonomisi</t>
+          <t>Tüketici Yüzyılında Pazarlama: Krallarla İletişimin İncelikleri</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>21.3</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9799944383195</t>
+          <t>9786055755874</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Testosteron A.Ş. İktidar Hırsıyla Yoldan Çıkan CEO’ların Hikayeleri</t>
+          <t>Teşekkür Ekonomisi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>142</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789758378494</t>
+          <t>9799944383195</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Teorik ve Uygulamalı Halkla İlişkiler Kampanyaları</t>
+          <t>Testosteron A.Ş. İktidar Hırsıyla Yoldan Çıkan CEO’ların Hikayeleri</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>11.57</v>
+        <v>142</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786055755065</t>
+          <t>9789758378494</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Televizyon Reklamı Böyle Yapılır</t>
+          <t>Teorik ve Uygulamalı Halkla İlişkiler Kampanyaları</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>23.15</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789944383691</t>
+          <t>9786055755065</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Şöhret Satar</t>
+          <t>Televizyon Reklamı Böyle Yapılır</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>25.46</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786055755553</t>
+          <t>9789944383691</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Şekil ve Resimlerle Sorun Çözme ve İkna</t>
+          <t>Şöhret Satar</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>158</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055755379</t>
+          <t>9786055755553</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Sürü</t>
+          <t>Şekil ve Resimlerle Sorun Çözme ve İkna</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>20.37</v>
+        <v>158</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786055755782</t>
+          <t>9786055755379</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Büyüme</t>
+          <t>Sürü</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>30</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9799756347781</t>
+          <t>9786055755782</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Sun Tzu’dan Satış Stratejileri Satış Savaşını Kazanmak İçin Sun Tzu Bilgeliği</t>
+          <t>Sürdürülebilir Büyüme</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>16.67</v>
+        <v>30</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789944383363</t>
+          <t>9799756347781</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Sun Tzu’dan Pazarlama Stratejileri Pazarlama Savaşını Kazanmak İçin 12 Temel İlke</t>
+          <t>Sun Tzu’dan Satış Stratejileri Satış Savaşını Kazanmak İçin Sun Tzu Bilgeliği</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>13.89</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9799756347835</t>
+          <t>9789944383363</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Pazarlama Planı Nasıl Hazırlanır?</t>
+          <t>Sun Tzu’dan Pazarlama Stratejileri Pazarlama Savaşını Kazanmak İçin 12 Temel İlke</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>20.37</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789756347423</t>
+          <t>9799756347835</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Fuar Yönetimi</t>
+          <t>Stratejik Pazarlama Planı Nasıl Hazırlanır?</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>12.5</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786055755935</t>
+          <t>9789756347423</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Patlama</t>
+          <t>Stratejik Fuar Yönetimi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>20.37</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786054584208</t>
+          <t>9786055755935</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyada Yapılan Müthiş İşler - Sosyal Medyada Yapılan Vasat İşler</t>
+          <t>Sosyal Patlama</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>28</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786054584314</t>
+          <t>9786054584208</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya 101 2.0</t>
+          <t>Sosyal Medyada Yapılan Müthiş İşler - Sosyal Medyada Yapılan Vasat İşler</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>23.15</v>
+        <v>28</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786055755454</t>
+          <t>9786054584314</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya 101</t>
+          <t>Sosyal Medya 101 2.0</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>9.26</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789756347157</t>
+          <t>9786055755454</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İletişim Yönetimi: Siyasette Marka Yaratmak</t>
+          <t>Sosyal Medya 101</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786055755768</t>
+          <t>9789756347157</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Sil Baştan</t>
+          <t>Siyasal İletişim Yönetimi: Siyasette Marka Yaratmak</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>23.15</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789944383295</t>
+          <t>9786055755768</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Formül Minimum Çabayla Maksimum Kar İçin</t>
+          <t>Sil Baştan</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>15.28</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789944383622</t>
+          <t>9789944383295</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Sırada Ne Var?</t>
+          <t>Sihirli Formül Minimum Çabayla Maksimum Kar İçin</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>23.15</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786055755386</t>
+          <t>9789944383622</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Senin Hikayen Ne?</t>
+          <t>Sırada Ne Var?</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>19</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789756347089</t>
+          <t>9786055755386</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Senaryo Yazarı Olmak Senaryo Yazmak</t>
+          <t>Senin Hikayen Ne?</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>25</v>
+        <v>19</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786055755775</t>
+          <t>9789756347089</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Sen Bir Markasın</t>
+          <t>Senaryo Yazarı Olmak Senaryo Yazmak</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>33</v>
+        <v>25</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9799756347866</t>
+          <t>9786055755775</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Satışın Türkçesi Türklere Satış Yapmanın İncelikleri</t>
+          <t>Sen Bir Markasın</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>50</v>
+        <v>33</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789944383905</t>
+          <t>9799756347866</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Satışın Efendileri</t>
+          <t>Satışın Türkçesi Türklere Satış Yapmanın İncelikleri</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>68</v>
+        <v>50</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786054584239</t>
+          <t>9789944383905</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Satışın 10 Altın Kuralı (Özel Basım)</t>
+          <t>Satışın Efendileri</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>20.37</v>
+        <v>68</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9799756347583</t>
+          <t>9786054584239</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Satışçının Antrenman Notları</t>
+          <t>Satışın 10 Altın Kuralı (Özel Basım)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>11.57</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789944383554</t>
+          <t>9799756347583</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Satış Noktasında Pazarlama</t>
+          <t>Satışçının Antrenman Notları</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>23.15</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789944383899</t>
+          <t>9789944383554</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Satış Koçluğu</t>
+          <t>Satış Noktasında Pazarlama</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789944383356</t>
+          <t>9789944383899</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Saksıyı Çalıştırmanın Yolları</t>
+          <t>Satış Koçluğu</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786055755119</t>
+          <t>9789944383356</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İletişimi</t>
+          <t>Saksıyı Çalıştırmanın Yolları</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>14.81</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9799758378912</t>
+          <t>9786055755119</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Reklamlardan Sonra</t>
+          <t>Sağlık İletişimi</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>11.57</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9799756347415</t>
+          <t>9799758378912</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Reklamın Marka Değerine Etkisi</t>
+          <t>Reklamlardan Sonra</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>20.37</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789759661991</t>
+          <t>9799756347415</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Reklamın İyisi Kötüsü Olmaz</t>
+          <t>Reklamın Marka Değerine Etkisi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>13.89</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789944383165</t>
+          <t>9789759661991</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Reklamcılıktan Nefret Eden Reklamcı</t>
+          <t>Reklamın İyisi Kötüsü Olmaz</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>32.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789944383424</t>
+          <t>9789944383165</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Reklamcılığın Turuncu Kitabı</t>
+          <t>Reklamcılıktan Nefret Eden Reklamcı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>14.81</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789944383943</t>
+          <t>9789944383424</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Reklamcılığın Global Tarihi</t>
+          <t>Reklamcılığın Turuncu Kitabı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>18.52</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9799756347439</t>
+          <t>9789944383943</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Reklamcılığın Geleceği</t>
+          <t>Reklamcılığın Global Tarihi</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789756347003</t>
+          <t>9799756347439</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Reklamcı</t>
+          <t>Reklamcılığın Geleceği</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>12.96</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789758378968</t>
+          <t>9789756347003</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Reklam ve Tüketici Zihni</t>
+          <t>Reklamcı</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>15.28</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9799759661907</t>
+          <t>9789758378968</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Reklam Halkla İlişkiler ve Ötesi</t>
+          <t>Reklam ve Tüketici Zihni</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>7.87</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786055755621</t>
+          <t>9799759661907</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Reklam Dünyasının Kralı</t>
+          <t>Reklam Halkla İlişkiler ve Ötesi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>33</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789758378210</t>
+          <t>9786055755621</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Rakiplerinizi Çıldırtmanın Yolları</t>
+          <t>Reklam Dünyasının Kralı</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>13.89</v>
+        <v>33</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9799758378219</t>
+          <t>9789758378210</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Rakiplerinizi "Çıldırtmanın" Yolları</t>
+          <t>Rakiplerinizi Çıldırtmanın Yolları</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789758378517</t>
+          <t>9799758378219</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Radikal Marketing</t>
+          <t>Rakiplerinizi "Çıldırtmanın" Yolları</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9799756347040</t>
+          <t>9789758378517</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Radar Altı İletişim</t>
+          <t>Radikal Marketing</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>17.59</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786055755010</t>
+          <t>9799756347040</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Punk Marketing</t>
+          <t>Radar Altı İletişim</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>23.15</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9799758378240</t>
+          <t>9786055755010</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Power Marketing Güç Pazarlamanın Sırları</t>
+          <t>Punk Marketing</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786054584185</t>
+          <t>9799758378240</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Poke The Box (Ciltli)</t>
+          <t>Power Marketing Güç Pazarlamanın Sırları</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>20</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9799756347705</t>
+          <t>9786054584185</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamanın Yeni Ufukları</t>
+          <t>Poke The Box (Ciltli)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786055755126</t>
+          <t>9799756347705</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamanın ve İletişimin Yeni Kuralları</t>
+          <t>Pazarlamanın Yeni Ufukları</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>19.44</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789758378975</t>
+          <t>9786055755126</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamanın Sihirli Lambası</t>
+          <t>Pazarlamanın ve İletişimin Yeni Kuralları</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>12.04</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786055755508</t>
+          <t>9789758378975</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamanın Aşikar Olan Sırları</t>
+          <t>Pazarlamanın Sihirli Lambası</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>19.44</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9799756347149</t>
+          <t>9786055755508</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Pazarlama Tüketim ve Tüketici</t>
+          <t>Pazarlamanın Aşikar Olan Sırları</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>220</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9799756347354</t>
+          <t>9799756347149</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Post-İmaj Devri</t>
+          <t>Postmodern Pazarlama Tüketim ve Tüketici</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>16.2</v>
+        <v>220</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9799756347934</t>
+          <t>9799756347354</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamada Zafere Giden Yol Warketing</t>
+          <t>Post-İmaj Devri</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>7.87</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9799756347828</t>
+          <t>9799756347934</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Sanat Değil Bilimdir Kurumsal Pazarlama Yöntemi</t>
+          <t>Pazarlamada Zafere Giden Yol Warketing</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>14.35</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9799756347323</t>
+          <t>9799756347828</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Reçeteleri</t>
+          <t>Pazarlama Sanat Değil Bilimdir Kurumsal Pazarlama Yöntemi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>17.59</v>
+        <v>14.35</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9799944383096</t>
+          <t>9799756347323</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Dehası</t>
+          <t>Pazarlama Reçeteleri</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>23.15</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789944383790</t>
+          <t>9799944383096</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama 101</t>
+          <t>Pazarlama Dehası</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>20.83</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9799758378400</t>
+          <t>9789944383790</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Pazar Liderlerinin Öğretileri</t>
+          <t>Pazarlama 101</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>11.57</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789758378180</t>
+          <t>9799758378400</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Patronunuzu Nasıl Yönetirsiniz?</t>
+          <t>Pazar Liderlerinin Öğretileri</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>9.26</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055755072</t>
+          <t>9789758378180</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Obama’nın Liderlik Sırları</t>
+          <t>Patronunuzu Nasıl Yönetirsiniz?</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>142</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9799944383003</t>
+          <t>9786055755072</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Netiket Bilişim Sözlüğü İnternet Yaşam Klavuzu</t>
+          <t>Obama’nın Liderlik Sırları</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>3.61</v>
+        <v>142</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786054584260</t>
+          <t>9799944383003</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Zengin Olamadım?</t>
+          <t>Netiket Bilişim Sözlüğü İnternet Yaşam Klavuzu</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>23.15</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786055755003</t>
+          <t>9786054584260</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Mutlu Olunur?</t>
+          <t>Nasıl Zengin Olamadım?</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>18.52</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789758378661</t>
+          <t>9786055755003</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Müşteri Yüzyılı</t>
+          <t>Nasıl Mutlu Olunur?</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>11.57</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786055755485</t>
+          <t>9789758378661</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Müşteri Dehası</t>
+          <t>Müşteri Yüzyılı</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>25.46</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789944383684</t>
+          <t>9786055755485</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Motivasyon Temelli Pazarlama</t>
+          <t>Müşteri Dehası</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>13.43</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786055755737</t>
+          <t>9789944383684</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Mojo</t>
+          <t>Motivasyon Temelli Pazarlama</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>49</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786055755133</t>
+          <t>9786055755737</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Steve Jobs Olunur?</t>
+          <t>Mojo</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>17.59</v>
+        <v>49</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789756347188</t>
+          <t>9786055755133</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Medya ve Popüler Kültür Üzerine Yazılar</t>
+          <t>Nasıl Steve Jobs Olunur?</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>11.57</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789944383806</t>
+          <t>9789756347188</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Medya Planı Nasıl Hazırlanır?</t>
+          <t>Medya ve Popüler Kültür Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>30.56</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786054584147</t>
+          <t>9789944383806</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Medya Mesajı, Medya Masajıdır</t>
+          <t>Medya Planı Nasıl Hazırlanır?</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>18.52</v>
+        <v>30.56</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9799756347668</t>
+          <t>9786054584147</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Medya ile İlişkiler Rehberi</t>
+          <t>Medya Mesajı, Medya Masajıdır</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9799756347941</t>
+          <t>9799756347668</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Masallar ve Gerçeklerle Reklamcılık Reklamcılığın Doğru Bilinen 28 Yanlışı</t>
+          <t>Medya ile İlişkiler Rehberi</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>16.2</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789758378023</t>
+          <t>9799756347941</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Marketing P.R.</t>
+          <t>Masallar ve Gerçeklerle Reklamcılık Reklamcılığın Doğru Bilinen 28 Yanlışı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>4.63</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786055755713</t>
+          <t>9789758378023</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Markanız İçin İnterneti Nasıl Kullanmalısınız?</t>
+          <t>Marketing P.R.</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>14.35</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9799756347361</t>
+          <t>9786055755713</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Markanın DNA’sı</t>
+          <t>Markanız İçin İnterneti Nasıl Kullanmalısınız?</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>11.57</v>
+        <v>14.35</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9799756347262</t>
+          <t>9799756347361</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Marka Yaratmanın Beş Adımı</t>
+          <t>Markanın DNA’sı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>13.89</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786054584024</t>
+          <t>9799756347262</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Mad Men ve Felsefe</t>
+          <t>Marka Yaratmanın Beş Adımı</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>59</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9799944383188</t>
+          <t>9786054584024</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Lovemarks Markaların Ötesindeki Gelecek (Ciltli)</t>
+          <t>Mad Men ve Felsefe</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>32.41</v>
+        <v>59</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786054584055</t>
+          <t>9799944383188</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Liderliğin Kutsal Kitabı (Ciltli)</t>
+          <t>Lovemarks Markaların Ötesindeki Gelecek (Ciltli)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>30.56</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786055755218</t>
+          <t>9786054584055</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Küçük Platin Kitabı</t>
+          <t>Liderliğin Kutsal Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>22</v>
+        <v>30.56</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789944383950</t>
+          <t>9786055755218</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Satış Makinesi</t>
+          <t>Küçük Platin Kitabı</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>17.59</v>
+        <v>22</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789756347881</t>
+          <t>9789944383950</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Müşteri Memnuniyeti İçin Şikayet Yönetimi</t>
+          <t>Kusursuz Satış Makinesi</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>13.43</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789756347966</t>
+          <t>9789756347881</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sosyal Sorumluluk</t>
+          <t>Kusursuz Müşteri Memnuniyeti İçin Şikayet Yönetimi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>33</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9799758378370</t>
+          <t>9789756347966</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kurumiçi Halkla İlişkiler Kutlamalar, Ritüeller, Törenler, Ödüller</t>
+          <t>Kurumsal Sosyal Sorumluluk</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>11.57</v>
+        <v>33</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789758378593</t>
+          <t>9799758378370</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kurum Kültürü Kuruluşunuzun Kurumsal Kültürünün İşini Üzerindeki Yıkıcı ve Yapıcı Etkileri</t>
+          <t>Kurumiçi Halkla İlişkiler Kutlamalar, Ritüeller, Törenler, Ödüller</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>13.89</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789758378050</t>
+          <t>9789758378593</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Kurum Kimliği</t>
+          <t>Kurum Kültürü Kuruluşunuzun Kurumsal Kültürünün İşini Üzerindeki Yıkıcı ve Yapıcı Etkileri</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>12.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9799758378332</t>
+          <t>9789758378050</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Kriz Geliyorum Der!</t>
+          <t>Kurum Kimliği</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>15</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789758378678</t>
+          <t>9799758378332</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Kötü Yöneticinin El Kitabı</t>
+          <t>Kriz Geliyorum Der!</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>7.87</v>
+        <v>15</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789944383271</t>
+          <t>9789758378678</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Köpekbalıklarıyla Yüzmek Ya da Kurtlar Sofrasında İş Yapmanın Kuralları</t>
+          <t>Kötü Yöneticinin El Kitabı</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>13.89</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789758378470</t>
+          <t>9789944383271</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kot Pantolonlu Yönetici İş Yaşamında Akıl ve Ruhun Sentezi</t>
+          <t>Köpekbalıklarıyla Yüzmek Ya da Kurtlar Sofrasında İş Yapmanın Kuralları</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789944383523</t>
+          <t>9789758378470</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Konkur Nasıl Kazanılır?</t>
+          <t>Kot Pantolonlu Yönetici İş Yaşamında Akıl ve Ruhun Sentezi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>17.59</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789758378463</t>
+          <t>9789944383523</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendine Öğrenmek</t>
+          <t>Konkur Nasıl Kazanılır?</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>11.57</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789944383967</t>
+          <t>9789758378463</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerle İkna Etmenin Yolları</t>
+          <t>Kendi Kendine Öğrenmek</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>20.37</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789944383400</t>
+          <t>9789944383967</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kedinizin Havlamasını mı Bekliyorsunuz?</t>
+          <t>Kelimelerle İkna Etmenin Yolları</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>18.52</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9799944383041</t>
+          <t>9789944383400</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Kar Odaklı Pazarlamanın 9 Temel Kuralı</t>
+          <t>Kedinizin Havlamasını mı Bekliyorsunuz?</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789944383752</t>
+          <t>9799944383041</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Kamu Sektöründe Pazarlama</t>
+          <t>Kar Odaklı Pazarlamanın 9 Temel Kuralı</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>20.37</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789944383721</t>
+          <t>9789944383752</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Kariyerini Sabote Eden 101 Hata</t>
+          <t>Kamu Sektöründe Pazarlama</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>23.15</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786055755355</t>
+          <t>9789944383721</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Kadınlara Pazarlama</t>
+          <t>Kadınların Kariyerini Sabote Eden 101 Hata</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789756347195</t>
+          <t>9786055755355</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Ne İster?: Cüzdanları Artık Kadınlar Yönetiyor! Asıl Ulaşılması Gereken Kadınlardır!</t>
+          <t>Kadınlara Pazarlama</t>
         </is>
       </c>
       <c r="C213" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789944383592</t>
+          <t>9789756347195</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>İyi Satıcı Olmak</t>
+          <t>Kadınlar Ne İster?: Cüzdanları Artık Kadınlar Yönetiyor! Asıl Ulaşılması Gereken Kadınlardır!</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>132</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786055755706</t>
+          <t>9789944383592</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>İyi Pazarlamacı Olmak</t>
+          <t>İyi Satıcı Olmak</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>132</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789944383431</t>
+          <t>9786055755706</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>İyi İletişim = İyi Pazarlama</t>
+          <t>İyi Pazarlamacı Olmak</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>11.11</v>
+        <v>132</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786054584000</t>
+          <t>9789944383431</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>İyi Fikirler, Büyük Kampanyalar</t>
+          <t>İyi İletişim = İyi Pazarlama</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>25</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789944383479</t>
+          <t>9786054584000</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>İşte Taraftar İşte Marketing</t>
+          <t>İyi Fikirler, Büyük Kampanyalar</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>20.37</v>
+        <v>25</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789944383561</t>
+          <t>9789944383479</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatının 21 Gizli Kuralı</t>
+          <t>İşte Taraftar İşte Marketing</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>20</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786055755102</t>
+          <t>9789944383561</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatında Kolay İletişim Kurma Yöntemleri</t>
+          <t>İş Hayatının 21 Gizli Kuralı</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>15.74</v>
+        <v>20</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786054584161</t>
+          <t>9786055755102</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatında Başarıyı Yakalamanın 14 Yolu (Ciltli)</t>
+          <t>İş Hayatında Kolay İletişim Kurma Yöntemleri</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>25.46</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789944383974</t>
+          <t>9786054584161</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>İş Dünyasında Zirveye Giden Yol</t>
+          <t>İş Hayatında Başarıyı Yakalamanın 14 Yolu (Ciltli)</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>380</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786055755034</t>
+          <t>9789944383974</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>İş Dehası</t>
+          <t>İş Dünyasında Zirveye Giden Yol</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>25.46</v>
+        <v>490</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786055755881</t>
+          <t>9786055755034</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>İsmin Marka Hali</t>
+          <t>İş Dehası</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>142</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9799758378325</t>
+          <t>9786055755881</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>İnternet’te Marka Yaratmanın 11 Değişmez Kuralı</t>
+          <t>İsmin Marka Hali</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>6.94</v>
+        <v>142</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786055755027</t>
+          <t>9799758378325</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>İnternet Zenginleri</t>
+          <t>İnternet’te Marka Yaratmanın 11 Değişmez Kuralı</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>16.2</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789944383547</t>
+          <t>9786055755027</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>İnovasyonla Başarıyı Yakalayan Türkler</t>
+          <t>İnternet Zenginleri</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>13.89</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786054584307</t>
+          <t>9789944383547</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>İnan Bana, Yalan Söylüyorum</t>
+          <t>İnovasyonla Başarıyı Yakalayan Türkler</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>25.93</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789759661908</t>
+          <t>9786054584307</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Halkla İlişkiler</t>
+          <t>İnan Bana, Yalan Söylüyorum</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>9.26</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789758378548</t>
+          <t>9789759661908</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>İletişim Dünyamız İnsan Odaklı Toplumsal Bir Bakış</t>
+          <t>İletişim ve Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>10.19</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786055755560</t>
+          <t>9789758378548</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>İleri Dönüşüm Kutusu</t>
+          <t>İletişim Dünyamız İnsan Odaklı Toplumsal Bir Bakış</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>20.37</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789944383912</t>
+          <t>9786055755560</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>İlaç Sektöründe Pazarlama Planı Nasıl Hazırlanır?</t>
+          <t>İleri Dönüşüm Kutusu</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>16.2</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789944383936</t>
+          <t>9789944383912</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>İlaç Sektöründe Marka Yönetimi</t>
+          <t>İlaç Sektöründe Pazarlama Planı Nasıl Hazırlanır?</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>17.59</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789944383257</t>
+          <t>9789944383936</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>İkon Markalar</t>
+          <t>İlaç Sektöründe Marka Yönetimi</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>15.28</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789758378579</t>
+          <t>9789944383257</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Klasiklerden Liderlik Dersleri</t>
+          <t>İkon Markalar</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>11.57</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786055755348</t>
+          <t>9789758378579</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Kalıcı Başarı İçin Müşteri Hizmetleri</t>
+          <t>Klasiklerden Liderlik Dersleri</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>82</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786054584291</t>
+          <t>9786055755348</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>İknanın Psikolojisi (Çizgi Roman Versiyonu)</t>
+          <t>Kalıcı Başarı İçin Müşteri Hizmetleri</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>15</v>
+        <v>82</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789944383509</t>
+          <t>9786054584291</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>İyi Fikir Bulma Tekniği</t>
+          <t>İknanın Psikolojisi (Çizgi Roman Versiyonu)</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>12.96</v>
+        <v>15</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786054584611</t>
+          <t>9789944383509</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Apple'ın Ardındaki Deha: Jony Ive</t>
+          <t>İyi Fikir Bulma Tekniği</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>23.15</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786054584567</t>
+          <t>9786054584611</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Marka Hikayeleri</t>
+          <t>Apple'ın Ardındaki Deha: Jony Ive</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>252</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786054584482</t>
+          <t>9786054584567</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Rakibini Yere Ser</t>
+          <t>Marka Hikayeleri</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>25.93</v>
+        <v>252</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786054584390</t>
+          <t>9786054584482</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Görsel Çekiç</t>
+          <t>Rakibini Yere Ser</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>20.37</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786054584444</t>
+          <t>9786054584390</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Küresel Pazarda Büyümenin 8 Yolu</t>
+          <t>Görsel Çekiç</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>32</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786054584437</t>
+          <t>9786054584444</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>İletişimci Gözüyle İnsan Kaynakları Yönetimi</t>
+          <t>Küresel Pazarda Büyümenin 8 Yolu</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>25.93</v>
+        <v>32</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9799944383133</t>
+          <t>9786054584437</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>İletişim Rehberi 2008</t>
+          <t>İletişimci Gözüyle İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>9.26</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786054584758</t>
+          <t>9799944383133</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmle Yüzleşmek</t>
+          <t>İletişim Rehberi 2008</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786054584949</t>
+          <t>9786054584758</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Sazan Avı Manipülasyon ve Hile Ekonomisi</t>
+          <t>Kapitalizmle Yüzleşmek</t>
         </is>
       </c>
       <c r="C247" s="1">
         <v>33</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786054584703</t>
+          <t>9786054584949</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Sanatı</t>
+          <t>Sazan Avı Manipülasyon ve Hile Ekonomisi</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>244</v>
+        <v>33</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786054584888</t>
+          <t>9786054584703</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Markalar Nasıl Genç Kalır</t>
+          <t>Sosyal Medya Sanatı</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>315</v>
+        <v>244</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786054584833</t>
+          <t>9786054584888</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Markanı Ateşle</t>
+          <t>Markalar Nasıl Genç Kalır</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>48</v>
+        <v>315</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786054584666</t>
+          <t>9786054584833</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Özgüvenin Şifresi</t>
+          <t>Markanı Ateşle</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>27</v>
+        <v>48</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786052314036</t>
+          <t>9786054584666</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Mükemmellik Okulu</t>
+          <t>Özgüvenin Şifresi</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>250</v>
+        <v>27</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786054584802</t>
+          <t>9786052314036</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Markalaşan Kadınlar</t>
+          <t>Mükemmellik Okulu</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>176</v>
+        <v>250</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786054584727</t>
+          <t>9786054584802</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Helikopter Bakışı</t>
+          <t>Markalaşan Kadınlar</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>25</v>
+        <v>176</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786054584581</t>
+          <t>9786054584727</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcılık</t>
+          <t>Helikopter Bakışı</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>60</v>
+        <v>25</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786054584383</t>
+          <t>9786054584581</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>İkna ve Sunum</t>
+          <t>Yaratıcılık</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>67</v>
+        <v>60</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786054584345</t>
+          <t>9786054584383</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Mad Man</t>
+          <t>İkna ve Sunum</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>21.3</v>
+        <v>67</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786054584352</t>
+          <t>9786054584345</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Görünüşümüzü Nasıl Değiştirdi</t>
+          <t>Gerçek Mad Man</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>242</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786054584918</t>
+          <t>9786054584352</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>O Kadar Basit Ki!</t>
+          <t>Pazarlama Görünüşümüzü Nasıl Değiştirdi</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>54</v>
+        <v>242</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786054584925</t>
+          <t>9786054584918</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Augmented</t>
+          <t>O Kadar Basit Ki!</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>35</v>
+        <v>54</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786054584741</t>
+          <t>9786054584925</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Ben Bilmem Beynim Bilir!</t>
+          <t>Augmented</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>26.85</v>
+        <v>35</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786054584628</t>
+          <t>9786054584741</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Reklamarkası</t>
+          <t>Ben Bilmem Beynim Bilir!</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>190</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786054584543</t>
+          <t>9786054584628</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Çığır Açan Marka</t>
+          <t>Reklamarkası</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>55</v>
+        <v>190</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786054584505</t>
+          <t>9786054584543</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Satışın Anayasası</t>
+          <t>Çığır Açan Marka</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>33</v>
+        <v>55</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786054584468</t>
+          <t>9786054584505</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>İkarus Yanılgısı</t>
+          <t>Satışın Anayasası</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>21.3</v>
+        <v>33</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786054584451</t>
+          <t>9786054584468</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Liderlik</t>
+          <t>İkarus Yanılgısı</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>28</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786054584796</t>
+          <t>9786054584451</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Sözsüz İletişim</t>
+          <t>Olağanüstü Liderlik</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>25.93</v>
+        <v>28</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786054584789</t>
+          <t>9786054584796</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Strateji Yasaları</t>
+          <t>Sözsüz İletişim</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>33</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786054584680</t>
+          <t>9786054584789</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Satışı Bırak</t>
+          <t>Strateji Yasaları</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786054584512</t>
+          <t>9786054584680</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Aşağıdan Yukarıya Pazarlama</t>
+          <t>Satışı Bırak</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786054584635</t>
+          <t>9786054584512</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Şikayet Yönetimi Rehberi</t>
+          <t>Aşağıdan Yukarıya Pazarlama</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>23.15</v>
+        <v>35</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786054584048</t>
+          <t>9786054584635</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>E-Sosyal - Toplum (Ciltli)</t>
+          <t>Şikayet Yönetimi Rehberi</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>61</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9799944383394</t>
+          <t>9786054584048</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Satış Herkesin İşidir</t>
+          <t>E-Sosyal - Toplum (Ciltli)</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>12.5</v>
+        <v>61</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789756347768</t>
+          <t>9799944383394</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Satış Aşktır</t>
+          <t>Satış Herkesin İşidir</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>25</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9799758378684</t>
+          <t>9789756347768</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Şirket Dini</t>
+          <t>Satış Aşktır</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>18.06</v>
+        <v>25</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786055755089</t>
+          <t>9799758378684</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Stratejik İletişim Zamanı</t>
+          <t>Şirket Dini</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>20</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9799759661938</t>
+          <t>9786055755089</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkilere Nereden Başlamalı?</t>
+          <t>Şimdi Stratejik İletişim Zamanı</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>11.57</v>
+        <v>20</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9799758378721</t>
+          <t>9799759661938</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler ve Medya</t>
+          <t>Halkla İlişkilere Nereden Başlamalı?</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>14.81</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9799758378851</t>
+          <t>9799758378721</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Marka Savaşçıları Şirket Yöneticileri Kazanç Stratejilerini Paylaşıyor</t>
+          <t>Halkla İlişkiler ve Medya</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>15.28</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786054584215</t>
+          <t>9799758378851</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Marka Kültürü</t>
+          <t>Marka Savaşçıları Şirket Yöneticileri Kazanç Stratejilerini Paylaşıyor</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>173</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9799756347026</t>
+          <t>9786054584215</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Marka Dolu Marka</t>
+          <t>Marka Kültürü</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>9.26</v>
+        <v>173</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9799758378745</t>
+          <t>9799756347026</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Marka Aklı</t>
+          <t>Marka Dolu Marka</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9799758378868</t>
+          <t>9799758378745</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Markan Kadar Konuş! Marka İletişimi Stratejileri</t>
+          <t>Marka Aklı</t>
         </is>
       </c>
       <c r="C283" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9799758378882</t>
+          <t>9799758378868</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Markaların Kara Kitabı</t>
+          <t>Markan Kadar Konuş! Marka İletişimi Stratejileri</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>15.28</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9799944383171</t>
+          <t>9799758378882</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Markaların İnovasyon Manifestosu</t>
+          <t>Markaların Kara Kitabı</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>16.2</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9799756347453</t>
+          <t>9799944383171</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Markaların Evrimi İş Hayatında Ayakta Kalmanın Doğal Yasaları</t>
+          <t>Markaların İnovasyon Manifestosu</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>15.28</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786055755973</t>
+          <t>9799756347453</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>İkna Eden Satış Sözcükleri</t>
+          <t>Markaların Evrimi İş Hayatında Ayakta Kalmanın Doğal Yasaları</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>23.15</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9799758378929</t>
+          <t>9786055755973</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>İkinci Mevkide Yolculuk Reklam, Medya, Halkla İlişkiler ve Başka Şeyler</t>
+          <t>İkna Eden Satış Sözcükleri</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>8.8</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9799756347903</t>
+          <t>9799758378929</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Korsan Meydan Okuyan Markalar Yaratma Kültürü</t>
+          <t>İkinci Mevkide Yolculuk Reklam, Medya, Halkla İlişkiler ve Başka Şeyler</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>16.2</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9799756347095</t>
+          <t>9799756347903</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Işık Hızıyla Markalama Sürat Çağında Marka Yaratma Stratejileri</t>
+          <t>İçimizdeki Korsan Meydan Okuyan Markalar Yaratma Kültürü</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>13.89</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786054584253</t>
+          <t>9799756347095</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>How (Nasıl) (Ciltli)</t>
+          <t>Işık Hızıyla Markalama Sürat Çağında Marka Yaratma Stratejileri</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>32.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786055755041</t>
+          <t>9786054584253</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Hoopla Crispin Porter + Bogusky Hakkında Bir Kitap (Ciltli)</t>
+          <t>How (Nasıl) (Ciltli)</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>99</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789944383707</t>
+          <t>9786055755041</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Etkileme ve İkna Sanatında Hikayenin Gücü</t>
+          <t>Hoopla Crispin Porter + Bogusky Hakkında Bir Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>25.46</v>
+        <v>99</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786052314128</t>
+          <t>9789944383707</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Karar Fabrikası</t>
+          <t>Etkileme ve İkna Sanatında Hikayenin Gücü</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>212</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786052314289</t>
+          <t>9786052314128</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Lider</t>
+          <t>Karar Fabrikası</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>224</v>
+        <v>212</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786255813008</t>
+          <t>9786052314289</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Şirket Performansı - Efsaneler ve Gerçekler</t>
+          <t>İçimdeki Lider</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>435</v>
+        <v>224</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9799944383058</t>
+          <t>9786255813008</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Bildiğimiz Satışın Sonu</t>
+          <t>Şirket Performansı - Efsaneler ve Gerçekler</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>193</v>
+        <v>490</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786052314999</t>
+          <t>9799944383058</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Markanı Krizden Kurtar</t>
+          <t>Bildiğimiz Satışın Sonu</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>435</v>
+        <v>210</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786052314982</t>
+          <t>9786052314999</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Modern Başarı</t>
+          <t>Markanı Krizden Kurtar</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>420</v>
+        <v>500</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786052314975</t>
+          <t>9786052314982</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Satışın Ustası Olmak</t>
+          <t>Modern Başarı</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>435</v>
+        <v>500</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786054584116</t>
+          <t>9786052314975</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Satış 101</t>
+          <t>Satışın Ustası Olmak</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>225</v>
+        <v>500</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786052314968</t>
+          <t>9786054584116</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Amaç Odaklı Markalama</t>
+          <t>Satış 101</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786054584574</t>
+          <t>9786052314968</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Markalama</t>
+          <t>Amaç Odaklı Markalama</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>350</v>
+        <v>490</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786052314951</t>
+          <t>9786054584574</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Fazlasıyla Etkileyici</t>
+          <t>Markalama</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>450</v>
+        <v>460</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786052314944</t>
+          <t>9786052314951</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Holistik İletişim</t>
+          <t>Fazlasıyla Etkileyici</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>345</v>
+        <v>500</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786052314937</t>
+          <t>9786052314944</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Savaşı</t>
+          <t>Holistik İletişim</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786052314920</t>
+          <t>9786052314937</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Cesur Ol Hayal Kur</t>
+          <t>Pazarlama Savaşı</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>420</v>
+        <v>490</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786052314913</t>
+          <t>9786052314920</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Yönetici Koçluğu</t>
+          <t>Cesur Ol Hayal Kur</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786052314906</t>
+          <t>9786052314913</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcılığını Ateşle</t>
+          <t>Yönetici Koçluğu</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>430</v>
+        <v>550</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786052314890</t>
+          <t>9786052314906</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>İlk Satışta Aşk</t>
+          <t>Yaratıcılığını Ateşle</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>208</v>
+        <v>550</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786052314883</t>
+          <t>9786052314890</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Anlamın Şarkısı</t>
+          <t>İlk Satışta Aşk</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>262</v>
+        <v>240</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786052314876</t>
+          <t>9786052314883</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Pazarlama Başarıları</t>
+          <t>Anlamın Şarkısı</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>440</v>
+        <v>340</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786052314869</t>
+          <t>9786052314876</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Psikolojisi</t>
+          <t>Sosyal Pazarlama Başarıları</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>280</v>
+        <v>550</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786052314845</t>
+          <t>9786052314869</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>İş Dünyasının Geleceği</t>
+          <t>Pazarlama Psikolojisi</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>333</v>
+        <v>350</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786052314852</t>
+          <t>9786052314845</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Karbon Almanağı</t>
+          <t>İş Dünyasının Geleceği</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>524</v>
+        <v>400</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786052314838</t>
+          <t>9786052314852</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Marka Stratejisi Nereye Gidiyor</t>
+          <t>Karbon Almanağı</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>216</v>
+        <v>600</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786052314821</t>
+          <t>9786052314838</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Uyum Sağla ve Yüksel</t>
+          <t>Marka Stratejisi Nereye Gidiyor</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>308</v>
+        <v>250</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786052314814</t>
+          <t>9786052314821</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Etkileyici Pazarlama</t>
+          <t>Uyum Sağla ve Yüksel</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>292</v>
+        <v>350</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786052314791</t>
+          <t>9786052314814</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Ciddi Ciddi Mizah</t>
+          <t>Etkileyici Pazarlama</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786052314784</t>
+          <t>9786052314791</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Beyindeki İkna Kodu</t>
+          <t>Ciddi Ciddi Mizah</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>380</v>
+        <v>460</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786052314760</t>
+          <t>9786052314784</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>İyilik İçin Dijital</t>
+          <t>Beyindeki İkna Kodu</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>344</v>
+        <v>490</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786052314746</t>
+          <t>9786052314760</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Kazanılmış Hayat</t>
+          <t>İyilik İçin Dijital</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>308</v>
+        <v>400</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786052314753</t>
+          <t>9786052314746</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcılık - Kuralları Boşverin</t>
+          <t>Kazanılmış Hayat</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>204</v>
+        <v>400</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786052314739</t>
+          <t>9786052314753</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Dokunuşlar</t>
+          <t>Yaratıcılık - Kuralları Boşverin</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>265</v>
+        <v>250</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786052314722</t>
+          <t>9786052314739</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Pişmanlığın Gücü</t>
+          <t>Yaratıcı Dokunuşlar</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>308</v>
+        <v>330</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786052314715</t>
+          <t>9786052314722</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Felsefesi</t>
+          <t>Pişmanlığın Gücü</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>201</v>
+        <v>400</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786052314685</t>
+          <t>9786052314715</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Yetkisiz Liderlik - Birlikte Yükselmenin Gücü</t>
+          <t>Ekonomi Felsefesi</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>324</v>
+        <v>260</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786052314692</t>
+          <t>9786052314685</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Körlük ve Tedavi Yolları</t>
+          <t>Yetkisiz Liderlik - Birlikte Yükselmenin Gücü</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>329</v>
+        <v>400</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786052314708</t>
+          <t>9786052314692</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Yalın Startup</t>
+          <t>Yaratıcı Körlük ve Tedavi Yolları</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>380</v>
+        <v>420</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786052314661</t>
+          <t>9786052314708</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Dijital Lider</t>
+          <t>Yalın Startup</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>250</v>
+        <v>490</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786052314678</t>
+          <t>9786052314661</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Bireyin Mükemmele Yolculuğu</t>
+          <t>Dijital Lider</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>470</v>
+        <v>320</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786052314616</t>
+          <t>9786052314678</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Ne Zaman?</t>
+          <t>Bireyin Mükemmele Yolculuğu</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>310</v>
+        <v>600</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786052314609</t>
+          <t>9786052314616</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Blink - Düşünmeden Düşünebilmenin Gücü</t>
+          <t>Ne Zaman?</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786052314654</t>
+          <t>9786052314609</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Cehaletin Gücü</t>
+          <t>Blink - Düşünmeden Düşünebilmenin Gücü</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>325</v>
+        <v>490</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786052314647</t>
+          <t>9786052314654</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Yarının Teknolojileri İş Başında</t>
+          <t>Cehaletin Gücü</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>308</v>
+        <v>430</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786052314630</t>
+          <t>9786052314647</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Dinginliğin Şifresi</t>
+          <t>Yarının Teknolojileri İş Başında</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>294</v>
+        <v>350</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786052314586</t>
+          <t>9786052314630</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Marka Deneyimi Yaratmak</t>
+          <t>Dinginliğin Şifresi</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786052314555</t>
+          <t>9786052314586</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Bombacı Mafya</t>
+          <t>Marka Deneyimi Yaratmak</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>380</v>
+        <v>480</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786052314531</t>
+          <t>9786052314555</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Noise (Gürültü)</t>
+          <t>Bombacı Mafya</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>310</v>
+        <v>490</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786052314548</t>
+          <t>9786052314531</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>İstemek</t>
+          <t>Noise (Gürültü)</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>308</v>
+        <v>400</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786052314517</t>
+          <t>9786052314548</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Düşman Kardeşler</t>
+          <t>İstemek</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>312</v>
+        <v>400</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786052314500</t>
+          <t>9786052314517</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Değişimi Tetiklemek</t>
+          <t>Düşman Kardeşler</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786052314494</t>
+          <t>9786052314500</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Kurcala</t>
+          <t>Değişimi Tetiklemek</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>156</v>
+        <v>400</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786052314487</t>
+          <t>9786052314494</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka İş Başında</t>
+          <t>Kurcala</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786052314470</t>
+          <t>9786052314487</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Teorileri 2</t>
+          <t>Yapay Zeka İş Başında</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>350</v>
+        <v>460</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786052314463</t>
+          <t>9786052314470</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Ötekiyle Konuşmak</t>
+          <t>Pazarlama Teorileri 2</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>410</v>
+        <v>450</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786052314401</t>
+          <t>9786052314463</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Hayatta Kalmanın 10 Kuralı</t>
+          <t>Ötekiyle Konuşmak</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>330</v>
+        <v>530</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786052314326</t>
+          <t>9786052314401</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Brotopya</t>
+          <t>Dijital Çağda Hayatta Kalmanın 10 Kuralı</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786052314258</t>
+          <t>9786052314326</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Marka Ol E Mi?</t>
+          <t>Brotopya</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>235</v>
+        <v>390</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786052314272</t>
+          <t>9786052314258</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Kahramanın Yolculuğu</t>
+          <t>Marka Ol E Mi?</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>233</v>
+        <v>300</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786052314210</t>
+          <t>9786052314272</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Referans Pazarlaması</t>
+          <t>Kahramanın Yolculuğu</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>294</v>
+        <v>260</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786052314180</t>
+          <t>9786052314210</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Trading Up</t>
+          <t>Referans Pazarlaması</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>308</v>
+        <v>390</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786052314166</t>
+          <t>9786052314180</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Medya Planlamasında Kullanılan Araştırmalar ve Veriler</t>
+          <t>Trading Up</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>294</v>
+        <v>400</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786052314135</t>
+          <t>9786052314166</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Hikayesi En Bol</t>
+          <t>Medya Planlamasında Kullanılan Araştırmalar ve Veriler</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>470</v>
+        <v>350</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786052314104</t>
+          <t>9786052314135</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Fırtınaya Karşı</t>
+          <t>Hikayesi En Bol</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786052314111</t>
+          <t>9786052314104</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Canavarı Olmak İster misin?</t>
+          <t>Fırtınaya Karşı</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>280</v>
+        <v>330</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786052314098</t>
+          <t>9786052314111</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Veri Stratejisi</t>
+          <t>Sosyal Medya Canavarı Olmak İster misin?</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>301</v>
+        <v>360</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786052314081</t>
+          <t>9786052314098</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>50 Yıllık Hayal Bitcoin</t>
+          <t>Veri Stratejisi</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786052314074</t>
+          <t>9786052314081</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Gizli İkna</t>
+          <t>50 Yıllık Hayal Bitcoin</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786052314067</t>
+          <t>9786052314074</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Otomatik Müşteri</t>
+          <t>Gizli İkna</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>246</v>
+        <v>450</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786052314050</t>
+          <t>9786052314067</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Kader Anı</t>
+          <t>Otomatik Müşteri</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>281</v>
+        <v>300</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786052314043</t>
+          <t>9786052314050</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamayı Hacklemek</t>
+          <t>Kader Anı</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>267</v>
+        <v>340</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786052314029</t>
+          <t>9786052314043</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Ego Düşmanındır</t>
+          <t>Pazarlamayı Hacklemek</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786052314005</t>
+          <t>9786052314029</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcılık Fırtınası</t>
+          <t>Ego Düşmanındır</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>244</v>
+        <v>350</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786052314012</t>
+          <t>9786052314005</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Müşteri Deneyimi</t>
+          <t>Yaratıcılık Fırtınası</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>231</v>
+        <v>300</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786054584994</t>
+          <t>9786052314012</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Bir + Bir = Üç</t>
+          <t>Müşteri Deneyimi</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>250</v>
+        <v>231</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786054584987</t>
+          <t>9786054584994</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>İknaya Açılan Kapı</t>
+          <t>Bir + Bir = Üç</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>415</v>
+        <v>330</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786054584963</t>
+          <t>9786054584987</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Büyük Veri İş Başında</t>
+          <t>İknaya Açılan Kapı</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786054584932</t>
+          <t>9786054584963</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Metaforları</t>
+          <t>Büyük Veri İş Başında</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>267</v>
+        <v>460</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786054584864</t>
+          <t>9786054584932</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Cluetrain Manifestosu</t>
+          <t>Pazarlama Metaforları</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>271</v>
+        <v>350</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786054584871</t>
+          <t>9786054584864</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Tasarımı</t>
+          <t>Cluetrain Manifestosu</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786054584895</t>
+          <t>9786054584871</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Pürüzlü Mükemmellik</t>
+          <t>Hikaye Tasarımı</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>219</v>
+        <v>350</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786054584857</t>
+          <t>9786054584895</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Seçme Yazılarım</t>
+          <t>Pürüzlü Mükemmellik</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>244</v>
+        <v>250</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786054584840</t>
+          <t>9786054584857</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Düşünmenin 27,5 Yöntemi</t>
+          <t>Seçme Yazılarım</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>269</v>
+        <v>280</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786054584819</t>
+          <t>9786054584840</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Triggers</t>
+          <t>Yaratıcı Düşünmenin 27,5 Yöntemi</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>350</v>
+        <v>269</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786054584475</t>
+          <t>9786054584819</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Davut ve Golyat</t>
+          <t>Triggers</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>380</v>
+        <v>460</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786054584772</t>
+          <t>9786054584475</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Fiyatlandırma Sırları</t>
+          <t>Davut ve Golyat</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>360</v>
+        <v>490</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786054584765</t>
+          <t>9786054584772</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin Acımasız Basitliği Dünyayı Nasıl Değiştirdi?</t>
+          <t>Fiyatlandırma Sırları</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>196</v>
+        <v>490</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786054584734</t>
+          <t>9786054584765</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Herkes Yazabilir</t>
+          <t>Düşüncenin Acımasız Basitliği Dünyayı Nasıl Değiştirdi?</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>380</v>
+        <v>225</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786054584710</t>
+          <t>9786054584734</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Brief (Kısa ve Öz)</t>
+          <t>Herkes Yazabilir</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>350</v>
+        <v>490</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786054584697</t>
+          <t>9786054584710</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Karar Verdim!</t>
+          <t>Brief (Kısa ve Öz)</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>233</v>
+        <v>460</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786054584369</t>
+          <t>9786054584697</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Satışın Yeni Kuralları</t>
+          <t>Karar Verdim!</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786054584659</t>
+          <t>9786054584369</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Kendini Keşfet Hedefe Ulaş</t>
+          <t>Satışın Yeni Kuralları</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>235</v>
+        <v>400</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786054584642</t>
+          <t>9786054584659</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Ben Satış Danışmanıyım</t>
+          <t>Kendini Keşfet Hedefe Ulaş</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>167</v>
+        <v>280</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786054584604</t>
+          <t>9786054584642</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>The Tipping Point - Kıvılcım Anı</t>
+          <t>Ben Satış Danışmanıyım</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>380</v>
+        <v>190</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786054584598</t>
+          <t>9786054584604</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Reklam: Zekayı Sihre Dönüştürmek</t>
+          <t>The Tipping Point - Kıvılcım Anı</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>480</v>
+        <v>490</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786054584536</t>
+          <t>9786054584598</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Teorileri</t>
+          <t>Reklam: Zekayı Sihre Dönüştürmek</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786054584550</t>
+          <t>9786054584536</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Ezberbozan (Ciltli)</t>
+          <t>Pazarlama Teorileri</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>278</v>
+        <v>450</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786054584376</t>
+          <t>9786054584550</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Konumlandırma Positioning</t>
+          <t>Ezberbozan (Ciltli)</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>380</v>
+        <v>360</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9799756347804</t>
+          <t>9786054584376</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Seçim Zamanı  Siyasal Kampanyalar - Avrupa Yıllığı 2004 (Ciltli)</t>
+          <t>Konumlandırma Positioning</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>275</v>
+        <v>490</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789944383646</t>
+          <t>9799756347804</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>İknanın Psikolojisi</t>
+          <t>Seçim Zamanı  Siyasal Kampanyalar - Avrupa Yıllığı 2004 (Ciltli)</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>590</v>
+        <v>350</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786055755690</t>
+          <t>9789944383646</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>İknanın Anahtarı</t>
+          <t>İknanın Psikolojisi</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>380</v>
+        <v>700</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9799756347590</t>
+          <t>9786055755690</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Pazarlama Pazarlamayla İlgilenen Herkesin Bilmesi Gereken 80 Kavram</t>
+          <t>İknanın Anahtarı</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>350</v>
+        <v>490</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9799756347651</t>
+          <t>9799756347590</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Doğrudan Pazarlamanın Kurucusu İz Bırakanlar - Yeni Lester Wunderman</t>
+          <t>A’dan Z’ye Pazarlama Pazarlamayla İlgilenen Herkesin Bilmesi Gereken 80 Kavram</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>96</v>
+        <v>490</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786055755225</t>
+          <t>9799756347651</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>İlaç Sektöründe Kariyer Yapma Klavuzu</t>
+          <t>Doğrudan Pazarlamanın Kurucusu İz Bırakanlar - Yeni Lester Wunderman</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>204</v>
+        <v>115</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786055755195</t>
+          <t>9786055755225</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>İlaç Sektörü İçin Gelecek Tahmini Yöntemler</t>
+          <t>İlaç Sektöründe Kariyer Yapma Klavuzu</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>204</v>
+        <v>230</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786054584413</t>
+          <t>9786055755195</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama İletişiminde Sihirli Dokunuşlar</t>
+          <t>İlaç Sektörü İçin Gelecek Tahmini Yöntemler</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>267</v>
+        <v>230</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786055755461</t>
+          <t>9786054584413</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Mor İnek</t>
+          <t>Pazarlama İletişiminde Sihirli Dokunuşlar</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>240</v>
+        <v>310</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786055755898</t>
+          <t>9786055755461</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Mistik Pazarlama</t>
+          <t>Mor İnek</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>233</v>
+        <v>300</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786054584420</t>
+          <t>9786055755898</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Modern İş Fikirlerinin Ustalarından İş Dünyasının Enleri</t>
+          <t>Mistik Pazarlama</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>204</v>
+        <v>250</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786055755577</t>
+          <t>9786054584420</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>What the Dog Saw</t>
+          <t>Modern İş Fikirlerinin Ustalarından İş Dünyasının Enleri</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>410</v>
+        <v>230</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9799944383027</t>
+          <t>9786055755577</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Turizm Sektöründe Reklamcılık</t>
+          <t>What the Dog Saw</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>244</v>
+        <v>530</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786055755911</t>
+          <t>9799944383027</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Değişim Manifestosu</t>
+          <t>Turizm Sektöründe Reklamcılık</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>271</v>
+        <v>280</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786054584130</t>
+          <t>9786055755911</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamanın Enleri (Ciltli)</t>
+          <t>Değişim Manifestosu</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>267</v>
+        <v>300</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9799944383102</t>
+          <t>9786054584130</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Sisomo - Ekrandaki Gelecek</t>
+          <t>Pazarlamanın Enleri (Ciltli)</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>244</v>
+        <v>310</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786054584406</t>
+          <t>9799944383102</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Gelecek (Ciltli)</t>
+          <t>Sisomo - Ekrandaki Gelecek</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>501</v>
+        <v>280</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9799944383119</t>
+          <t>9786054584406</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>İtibar Yönetimi</t>
+          <t>Gelecek (Ciltli)</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>301</v>
+        <v>600</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9799756347163</t>
+          <t>9799944383119</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>İletişim Odaklı Pazarlama</t>
+          <t>İtibar Yönetimi</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>219</v>
+        <v>400</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786054584192</t>
+          <t>9799756347163</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Oksijendir</t>
+          <t>İletişim Odaklı Pazarlama</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786054584062</t>
+          <t>9786054584192</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Hello Avatar</t>
+          <t>Hikaye Oksijendir</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786055755744</t>
+          <t>9786054584062</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Jeffrey Gitomer'in Güven Hakkında Küçük Mavi Kitabı</t>
+          <t>Hello Avatar</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>233</v>
+        <v>300</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786055755164</t>
+          <t>9786055755744</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Markalar Yaratmak</t>
+          <t>Jeffrey Gitomer'in Güven Hakkında Küçük Mavi Kitabı</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786055755539</t>
+          <t>9786055755164</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Global Tezahürat</t>
+          <t>Güçlü Markalar Yaratmak</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>204</v>
+        <v>490</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786055755836</t>
+          <t>9786055755539</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Gerçek-Zamanlı Pazarlama ve Halkla İlişkiler</t>
+          <t>Global Tezahürat</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>256</v>
+        <v>240</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9799756347644</t>
+          <t>9786055755836</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Fikir Nasıl Bulunur</t>
+          <t>Gerçek-Zamanlı Pazarlama ve Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789944383653</t>
+          <t>9799756347644</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Execution</t>
+          <t>Fikir Nasıl Bulunur</t>
         </is>
       </c>
       <c r="C416" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786055755683</t>
+          <t>9789944383653</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>e-ticaret</t>
+          <t>Execution</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>250</v>
+        <v>430</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9799944383065</t>
+          <t>9786055755683</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Erkeklerin Geleceği Metroseksüellikten Überseksüelliğe</t>
+          <t>e-ticaret</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>204</v>
+        <v>325</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789944383981</t>
+          <t>9799944383065</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Erkeklere Pazarlama</t>
+          <t>Erkeklerin Geleceği Metroseksüellikten Überseksüelliğe</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>204</v>
+        <v>250</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786055755614</t>
+          <t>9789944383981</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Drive</t>
+          <t>Erkeklere Pazarlama</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786054584277</t>
+          <t>9786055755614</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Dijital Kabilelerin İzinde</t>
+          <t>Drive</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>250</v>
+        <v>490</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786054584222</t>
+          <t>9786054584277</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda İçerik Yönetiminin Kuralları</t>
+          <t>Dijital Kabilelerin İzinde</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786055755324</t>
+          <t>9786054584222</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Çekim Yasası Satışlarınızı Nasıl Artırır?</t>
+          <t>Dijital Çağda İçerik Yönetiminin Kuralları</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786054584017</t>
+          <t>9786055755324</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Büyüleme</t>
+          <t>Çekim Yasası Satışlarınızı Nasıl Artırır?</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789944383820</t>
+          <t>9786054584017</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Bolluk Paradoksu</t>
+          <t>Büyüleme</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789944383677</t>
+          <t>9789944383820</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Asla Yalnız Yeme</t>
+          <t>Bolluk Paradoksu</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>410</v>
+        <v>450</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789756347980</t>
+          <t>9789944383677</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Aklın Yeni Sınırları</t>
+          <t>Asla Yalnız Yeme</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>310</v>
+        <v>530</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9799756347613</t>
+          <t>9789756347980</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>10 Ölümcül Pazarlama Günahı</t>
+          <t>Aklın Yeni Sınırları</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>235</v>
+        <v>420</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786054584123</t>
+          <t>9799756347613</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Yerel Seçimlerde Başarı</t>
+          <t>10 Ölümcül Pazarlama Günahı</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>156</v>
+        <v>290</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786055755867</t>
+          <t>9786054584123</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Sınıf Adres Değiştiriyor</t>
+          <t>Yerel Seçimlerde Başarı</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>294</v>
+        <v>200</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786055755720</t>
+          <t>9786055755867</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Ya Strateji Ya Toksik Domates</t>
+          <t>Yaratıcı Sınıf Adres Değiştiriyor</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9799756347316</t>
+          <t>9786055755720</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Nasıl Düşünür? Tüketicinin Zihnine Giden Yol Bu Kitaptan Geçiyor!</t>
+          <t>Ya Strateji Ya Toksik Domates</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789758378647</t>
+          <t>9799756347316</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Davranışı</t>
+          <t>Tüketici Nasıl Düşünür? Tüketicinin Zihnine Giden Yol Bu Kitaptan Geçiyor!</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>312</v>
+        <v>400</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786054584284</t>
+          <t>9789758378647</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Tavsiye Edilen Markaların Sırrı</t>
+          <t>Tüketici Davranışı</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>275</v>
+        <v>380</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786055755966</t>
+          <t>9786054584284</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Tasarım, Teknoloji, İş ve Yaşamda Başarı İçin Liderliği Yeniden Tasarlamak</t>
+          <t>Tavsiye Edilen Markaların Sırrı</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>169</v>
+        <v>350</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786055755669</t>
+          <t>9786055755966</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Sözcüklerle Dansedenler</t>
+          <t>Tasarım, Teknoloji, İş ve Yaşamda Başarı İçin Liderliği Yeniden Tasarlamak</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>294</v>
+        <v>200</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786055755423</t>
+          <t>9786055755669</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Sıradışı Markalar (Ciltli)</t>
+          <t>Sözcüklerle Dansedenler</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>204</v>
+        <v>350</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789944383325</t>
+          <t>9786055755423</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Seçim Zamanı  Siyasal Kampanyalar Avrupa Yıllığı 2005 (Ciltli)</t>
+          <t>Sıradışı Markalar (Ciltli)</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9799758378769</t>
+          <t>9789944383325</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Seçim Kazandıran Kampanyalar</t>
+          <t>Seçim Zamanı  Siyasal Kampanyalar Avrupa Yıllığı 2005 (Ciltli)</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>294</v>
+        <v>350</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786054584031</t>
+          <t>9799758378769</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Satışta Güçlü Yönlere Odaklanmak</t>
+          <t>Seçim Kazandıran Kampanyalar</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>244</v>
+        <v>400</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9799756347378</t>
+          <t>9786054584031</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Satışın Kutsal Kitabı</t>
+          <t>Satışta Güçlü Yönlere Odaklanmak</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>410</v>
+        <v>280</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789944383318</t>
+          <t>9799756347378</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Satışın 10 Altın Kuralı</t>
+          <t>Satışın Kutsal Kitabı</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>310</v>
+        <v>530</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789944383080</t>
+          <t>9789944383318</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Satış Bir Çocuk Oyunudur</t>
+          <t>Satışın 10 Altın Kuralı</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>189</v>
+        <v>400</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786054584529</t>
+          <t>9789944383080</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Satan Reklam Yaratmak</t>
+          <t>Satış Bir Çocuk Oyunudur</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>410</v>
+        <v>220</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789944383929</t>
+          <t>9786054584529</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Reklam Yazarının Elkitabı</t>
+          <t>Satan Reklam Yaratmak</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>350</v>
+        <v>530</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786055755645</t>
+          <t>9789944383929</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Quick Cut</t>
+          <t>Reklam Yazarının Elkitabı</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>142</v>
+        <v>460</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9799944383072</t>
+          <t>9786055755645</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamanın 22 Kuralı</t>
+          <t>Quick Cut</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9799758378738</t>
+          <t>9799944383072</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama İletişimi Yönetimi</t>
+          <t>Pazarlamanın 22 Kuralı</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>294</v>
+        <v>300</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786055755300</t>
+          <t>9799758378738</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Outliers</t>
+          <t>Pazarlama İletişimi Yönetimi</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786055755140</t>
+          <t>9786055755300</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Nöro Marketing</t>
+          <t>Outliers</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>350</v>
+        <v>490</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786055755331</t>
+          <t>9786055755140</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Mitolojinin Gücü</t>
+          <t>Nöro Marketing</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>410</v>
+        <v>460</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9799758378301</t>
+          <t>9786055755331</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Marka Yaratmanın 22 Kuralı</t>
+          <t>Mitolojinin Gücü</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>240</v>
+        <v>530</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789944383882</t>
+          <t>9799758378301</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Koaktif Koçluk</t>
+          <t>Marka Yaratmanın 22 Kuralı</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
+          <t>9789944383882</t>
+        </is>
+      </c>
+      <c r="B454" s="1" t="inlineStr">
+        <is>
+          <t>Koaktif Koçluk</t>
+        </is>
+      </c>
+      <c r="C454" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="455" spans="1:3">
+      <c r="A455" s="1" t="inlineStr">
+        <is>
           <t>9789944383837</t>
         </is>
       </c>
-      <c r="B454" s="1" t="inlineStr">
+      <c r="B455" s="1" t="inlineStr">
         <is>
           <t>Girişimcinin El Kitabı 2.0</t>
         </is>
       </c>
-      <c r="C454" s="1">
-        <v>380</v>
+      <c r="C455" s="1">
+        <v>490</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>