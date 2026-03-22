--- v2 (2026-02-04)
+++ v3 (2026-03-22)
@@ -85,6850 +85,6880 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255813039</t>
+          <t>9786055813053</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Lüks Marka Stratejisi</t>
+          <t>Düşmanını İyi Seç</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>490</v>
+        <v>550</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255813022</t>
+          <t>9786255813046</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>10X Düşün 10X Büyü</t>
+          <t>Buna Strateji Derler!</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>490</v>
+        <v>530</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255813015</t>
+          <t>9786255813039</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kıvılcım Anı'nın İntkamı</t>
+          <t>Lüks Marka Stratejisi</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>490</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9799944383232</t>
+          <t>9786255813022</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>10 İnovasyon Emri</t>
+          <t>10X Düşün 10X Büyü</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>21.29</v>
+        <v>490</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052314593</t>
+          <t>9786255813015</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Nasıl Güçlenir?</t>
+          <t>Kıvılcım Anı'nın İntkamı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>190</v>
+        <v>490</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052314562</t>
+          <t>9799944383232</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Fintech ve Insurtech ile Finansın Dönüşümü</t>
+          <t>10 İnovasyon Emri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>490</v>
+        <v>21.29</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054584956</t>
+          <t>9786052314593</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bir Görüşme Daha!</t>
+          <t>Kadınlar Nasıl Güçlenir?</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>246</v>
+        <v>190</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052314142</t>
+          <t>9786052314562</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bahse Var Mısın?</t>
+          <t>Fintech ve Insurtech ile Finansın Dönüşümü</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>184</v>
+        <v>490</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9799756347798</t>
+          <t>9786054584956</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Altı Sigma</t>
+          <t>Bir Görüşme Daha!</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>9.26</v>
+        <v>246</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789758378074</t>
+          <t>9786052314142</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Pazarlama İletişimi</t>
+          <t>Bahse Var Mısın?</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>11.11</v>
+        <v>184</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786055755799</t>
+          <t>9799756347798</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Çıplak</t>
+          <t>Herkes İçin Altı Sigma</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>20.37</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9799756347248</t>
+          <t>9789758378074</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hayatımız Reklam: Türkiye’nin Reklam Ustalarıyla Söyleşiler</t>
+          <t>Her Yönüyle Pazarlama İletişimi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>12.04</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786054584093</t>
+          <t>9786055755799</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hayallerinizi Gerçekleştirmek İçin Yaratıcılık Disiplini (Ciltli)</t>
+          <t>Her Şey Çıplak</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>25.46</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9799756347859</t>
+          <t>9799756347248</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkilerin Elkitabı</t>
+          <t>Hayatımız Reklam: Türkiye’nin Reklam Ustalarıyla Söyleşiler</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>25.46</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9799756347958</t>
+          <t>9786054584093</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkilerin ABC’si</t>
+          <t>Hayallerinizi Gerçekleştirmek İçin Yaratıcılık Disiplini (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>15.28</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055755805</t>
+          <t>9799756347859</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Yönlere Odaklı Liderlik</t>
+          <t>Halkla İlişkilerin Elkitabı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>21.76</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789944383998</t>
+          <t>9799756347958</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Güç</t>
+          <t>Halkla İlişkilerin ABC’si</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>18.52</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055755430</t>
+          <t>9786055755805</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Google Olsa Ne Yapardı?</t>
+          <t>Güçlü Yönlere Odaklı Liderlik</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>22.22</v>
+        <v>21.76</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789756347065</t>
+          <t>9789944383998</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Globalleşmenin Sonu Radikal Bir Globalleşme Analizi</t>
+          <t>Güç</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>11.57</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789758378944</t>
+          <t>9786055755430</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Global Markaların Yerel Çuvallamaları</t>
+          <t>Google Olsa Ne Yapardı?</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>15.28</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055755201</t>
+          <t>9789756347065</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Gerilla Telesatış</t>
+          <t>Globalleşmenin Sonu Radikal Bir Globalleşme Analizi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>14.81</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789944383639</t>
+          <t>9789758378944</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Gerilla Reklamcılık</t>
+          <t>Global Markaların Yerel Çuvallamaları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>50.93</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055755829</t>
+          <t>9786055755201</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Gerçeklik Testi</t>
+          <t>Gerilla Telesatış</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>35.65</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9799758378257</t>
+          <t>9789944383639</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Gerçek, Yalanlar, Reklamcılık "Müşteri Planlama Sanatı"</t>
+          <t>Gerilla Reklamcılık</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>11.57</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789944383462</t>
+          <t>9786055755829</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Satışçılardan 200 Satış Tavsiyesi</t>
+          <t>Gerçeklik Testi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>17.59</v>
+        <v>35.65</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9799758378936</t>
+          <t>9799758378257</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Pazarlaması</t>
+          <t>Gerçek, Yalanlar, Reklamcılık "Müşteri Planlama Sanatı"</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>11.57</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789758378456</t>
+          <t>9789944383462</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Görmek Pazarlama Araştırmasının Gücü</t>
+          <t>Gerçek Satışçılardan 200 Satış Tavsiyesi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>13.89</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9799758378394</t>
+          <t>9799758378936</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Bir Dokunuş Araştırma, Şirket, İnsan</t>
+          <t>Geleceğin Pazarlaması</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>11</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9799758378356</t>
+          <t>9789758378456</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Gazetecinin El Kitabı</t>
+          <t>Geleceği Görmek Pazarlama Araştırmasının Gücü</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789944383578</t>
+          <t>9799758378394</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Fred Faktörü</t>
+          <t>Geleceğe Bir Dokunuş Araştırma, Şirket, İnsan</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>10.19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9799944383140</t>
+          <t>9799758378356</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Focus Şirketinizin Geleceği Buna Bağlı</t>
+          <t>Gazetecinin El Kitabı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>15.28</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055755188</t>
+          <t>9789944383578</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Fil Olun</t>
+          <t>Fred Faktörü</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>16.67</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055755928</t>
+          <t>9799944383140</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Farklılaş ya da Öl</t>
+          <t>Focus Şirketinizin Geleceği Buna Bağlı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>190</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055755157</t>
+          <t>9786055755188</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Fark Edilmemiş İş Fikirleri</t>
+          <t>Fil Olun</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>20.37</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9799756347347</t>
+          <t>9786055755928</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Etkinlik Yönetimi</t>
+          <t>Farklılaş ya da Öl</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>13.89</v>
+        <v>190</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789758378524</t>
+          <t>9786055755157</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Eski Köye Yeni Adet Pazarlama İletişimi, Reklam ve Yaratıcılık</t>
+          <t>Fark Edilmemiş İş Fikirleri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>7.87</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9799756347842</t>
+          <t>9799756347347</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Dizi Senaryosu Yazmak</t>
+          <t>Etkinlik Yönetimi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>13.43</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055755812</t>
+          <t>9789758378524</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Müşteriniz Konuşuyor</t>
+          <t>Eski Köye Yeni Adet Pazarlama İletişimi, Reklam ve Yaratıcılık</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>15.28</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786054584154</t>
+          <t>9799756347842</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Dijitoloji</t>
+          <t>Dizi Senaryosu Yazmak</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>25</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786054584086</t>
+          <t>9786055755812</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Dijital Tutulma</t>
+          <t>Dikkat Müşteriniz Konuşuyor</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>27</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789758378197</t>
+          <t>9786054584154</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Devrimciler İçin Kurallar</t>
+          <t>Dijitoloji</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>11.57</v>
+        <v>25</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789944383448</t>
+          <t>9786054584086</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Gerilla Pazarlama Devrimi</t>
+          <t>Dijital Tutulma</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>13.43</v>
+        <v>27</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055755522</t>
+          <t>9789758378197</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Değişen Tüketici Kim?</t>
+          <t>Devrimciler İçin Kurallar</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>20.37</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9799756347019</t>
+          <t>9789944383448</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Değer Temelli Pazarlama</t>
+          <t>Gerilla Pazarlama Devrimi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>22.22</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055755492</t>
+          <t>9786055755522</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Daha Önce Kimseden Duymadığınız 6 Kariyer Sırrı</t>
+          <t>Değişen Tüketici Kim?</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>132</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9799944383201</t>
+          <t>9799756347019</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Çıplak Sohbetler Blog Kitabı</t>
+          <t>Değer Temelli Pazarlama</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>15.28</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786055755171</t>
+          <t>9786055755492</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Concepting</t>
+          <t>Daha Önce Kimseden Duymadığınız 6 Kariyer Sırrı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>10.19</v>
+        <v>132</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9799756347408</t>
+          <t>9799944383201</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ceokrasi İnsan Merkezli Şirket Yönetimi</t>
+          <t>Çıplak Sohbetler Blog Kitabı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>11.57</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789758378623</t>
+          <t>9786055755171</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Büyük Şirketler Yok Oluyor?..</t>
+          <t>Concepting</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>11.57</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055755546</t>
+          <t>9799756347408</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Büyük Satışlar İçin Küçük İpuçları</t>
+          <t>Ceokrasi İnsan Merkezli Şirket Yönetimi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>14.81</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9799944383244</t>
+          <t>9789758378623</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Çaktırmadan İkna</t>
+          <t>Büyük Şirketler Yok Oluyor?..</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>13.89</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789944383530</t>
+          <t>9786055755546</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Büyük Markalar Büyük Hatalar</t>
+          <t>Büyük Satışlar İçin Küçük İpuçları</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>16.2</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9799758378387</t>
+          <t>9799944383244</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Büyük Filmlerden Liderlik Dersleri</t>
+          <t>Çaktırmadan İkna</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>10.19</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9799758378349</t>
+          <t>9789944383530</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Büyük Balığı Yutmak Meydan Okuyan Markaların Lider Markalarla Rekabet Etme Yolları</t>
+          <t>Büyük Markalar Büyük Hatalar</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>13.89</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9799758378905</t>
+          <t>9799758378387</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bütünleşik Pazarlama İşletme Anlayışında Yeni Bir Boyut</t>
+          <t>Büyük Filmlerden Liderlik Dersleri</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>10.19</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9799758378202</t>
+          <t>9799758378349</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Bütünleşik Pazarlama İletişimi</t>
+          <t>Büyük Balığı Yutmak Meydan Okuyan Markaların Lider Markalarla Rekabet Etme Yolları</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789758378692</t>
+          <t>9799758378905</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Bu Topraklardan Dünya Markası Çıkar mı?</t>
+          <t>Bütünleşik Pazarlama İşletme Anlayışında Yeni Bir Boyut</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>21.3</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055755393</t>
+          <t>9799758378202</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Bu Topraklardan Dünya Markası Çıkar Ama...</t>
+          <t>Bütünleşik Pazarlama İletişimi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>10.19</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789758378067</t>
+          <t>9789758378692</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Bu Reklam Size Mr. Smith</t>
+          <t>Bu Topraklardan Dünya Markası Çıkar mı?</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>4.17</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9799756347279</t>
+          <t>9786055755393</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Biraz da Ben Konuşayım</t>
+          <t>Bu Topraklardan Dünya Markası Çıkar Ama...</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>14.81</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9799756347293</t>
+          <t>9789758378067</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bir PR’cının Meslek Anıları Notlar ve Değerlendirmelerle</t>
+          <t>Bu Reklam Size Mr. Smith</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>13.89</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789756347034</t>
+          <t>9799756347279</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Bir Koca Hayat (Reklamcılıkta)</t>
+          <t>Biraz da Ben Konuşayım</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>14.81</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9799756347910</t>
+          <t>9799756347293</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Bir Günde MBA</t>
+          <t>Bir PR’cının Meslek Anıları Notlar ve Değerlendirmelerle</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>25.93</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786054584338</t>
+          <t>9789756347034</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltımdaki Reklamlar</t>
+          <t>Bir Koca Hayat (Reklamcılıkta)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>24.07</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9799756347224</t>
+          <t>9799756347910</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Bildiğimiz Reklamcılığın Sonu...</t>
+          <t>Bir Günde MBA</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>16.2</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9799758378226</t>
+          <t>9786054584338</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Bildiğimiz Pazarlamanın Sonu</t>
+          <t>Bilinçaltımdaki Reklamlar</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>13.89</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9799756347927</t>
+          <t>9799756347224</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Beni Seç</t>
+          <t>Bildiğimiz Reklamcılığın Sonu...</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>13.89</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054584109</t>
+          <t>9799758378226</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Bir Şirket İçin Fark Yaratan 10 İnovasyon Şifresi</t>
+          <t>Bildiğimiz Pazarlamanın Sonu</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>23.15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055755294</t>
+          <t>9799756347927</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Tasarım, Teknoloji, İş ve Yaşamda Başarı İçin Basitlik Kanunları</t>
+          <t>Beni Seç</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>15.28</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789944383844</t>
+          <t>9786054584109</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Bana Hayallerimi Ver Sana Dünyaları Vereyim</t>
+          <t>Başarılı Bir Şirket İçin Fark Yaratan 10 İnovasyon Şifresi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>11.57</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055755676</t>
+          <t>9786055755294</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Baked In - Kendi Kendini Satan Ürünler Yaratmak</t>
+          <t>Tasarım, Teknoloji, İş ve Yaşamda Başarı İçin Basitlik Kanunları</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>16.67</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055755409</t>
+          <t>9789944383844</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>B2B Marka Yönetimi</t>
+          <t>Bana Hayallerimi Ver Sana Dünyaları Vereyim</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>24.54</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055755584</t>
+          <t>9786055755676</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Az Aslında Çoktur</t>
+          <t>Baked In - Kendi Kendini Satan Ürünler Yaratmak</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>17.59</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789758378036</t>
+          <t>9786055755409</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Atıf Hoca’nın Not Defteri</t>
+          <t>B2B Marka Yönetimi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>11.57</v>
+        <v>24.54</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9799758378837</t>
+          <t>9786055755584</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ateşten Markalar İnternet Çağında Marka Bağımlılığı Yaratmak</t>
+          <t>Az Aslında Çoktur</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>15.28</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9799756347521</t>
+          <t>9789758378036</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Aşkla Yaratılan Markalar</t>
+          <t>Atıf Hoca’nın Not Defteri</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>15.28</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055755751</t>
+          <t>9799758378837</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Anında Pazarlama</t>
+          <t>Ateşten Markalar İnternet Çağında Marka Bağımlılığı Yaratmak</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>54</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789758378616</t>
+          <t>9799756347521</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Alametler Farikalar</t>
+          <t>Aşkla Yaratılan Markalar</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>7.87</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789756347645</t>
+          <t>9786055755751</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Alameti Farikalar 2004-2005</t>
+          <t>Anında Pazarlama</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>18.52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786054584178</t>
+          <t>9789758378616</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Akıl Yoluyla Başarılı Olmanın İlkeleri</t>
+          <t>Alametler Farikalar</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>222</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789944383226</t>
+          <t>9789756347645</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ağızdan Ağıza Pazarlama Womm’un 28 Sırrı</t>
+          <t>Alameti Farikalar 2004-2005</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>15.28</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9756347872008</t>
+          <t>9786054584178</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>4 Adımda Satış Başarısı Dünyanın En İyi Satış Metodu: Spin Selling</t>
+          <t>Akıl Yoluyla Başarılı Olmanın İlkeleri</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>16.67</v>
+        <v>222</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789944383158</t>
+          <t>9789944383226</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>30 Günde Gerilla Pazarlama</t>
+          <t>Ağızdan Ağıza Pazarlama Womm’un 28 Sırrı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>28.7</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9799756347637</t>
+          <t>9756347872008</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>2005 Türkiye İletişim Rehberi</t>
+          <t>4 Adımda Satış Başarısı Dünyanın En İyi Satış Metodu: Spin Selling</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>9.26</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789759661946</t>
+          <t>9789944383158</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>18 Yaşından Küçükler Okuyamaz</t>
+          <t>30 Günde Gerilla Pazarlama</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>4.63</v>
+        <v>28.7</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789944383868</t>
+          <t>9799756347637</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>12 Pazarlama Ustasından Pazarlama Dersleri</t>
+          <t>2005 Türkiye İletişim Rehberi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9799756347446</t>
+          <t>9789759661946</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Zoraki Dostlar Madison Avenue &amp; Vine Street Kavşağı</t>
+          <t>18 Yaşından Küçükler Okuyamaz</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>13.89</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786055755850</t>
+          <t>9789944383868</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Zeka Yönetimi</t>
+          <t>12 Pazarlama Ustasından Pazarlama Dersleri</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>30</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789756347119</t>
+          <t>9799756347446</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Yüzde 30’u Peşin Yaşarken Acılı, Anlatırken Komik, Gerçek Öyküler</t>
+          <t>Zoraki Dostlar Madison Avenue &amp; Vine Street Kavşağı</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>12.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789944383219</t>
+          <t>9786055755850</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yükselen Trend Kurumsal Sosyal Sorumluluk</t>
+          <t>Zeka Yönetimi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>11.57</v>
+        <v>30</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786055755478</t>
+          <t>9789756347119</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Odasında Savaş</t>
+          <t>Yüzde 30’u Peşin Yaşarken Acılı, Anlatırken Komik, Gerçek Öyküler</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>19.44</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055755058</t>
+          <t>9789944383219</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Yolveren</t>
+          <t>Yükselen Trend Kurumsal Sosyal Sorumluluk</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>16.67</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786055755638</t>
+          <t>9786055755478</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Yoksulluğa Karşı Sosyal Pazarlama</t>
+          <t>Yönetim Odasında Savaş</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>25.46</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786055755959</t>
+          <t>9786055755058</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Yetenek Sarrafları</t>
+          <t>Yolveren</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>27.78</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789944383738</t>
+          <t>9786055755638</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Yeşilden Altına</t>
+          <t>Yoksulluğa Karşı Sosyal Pazarlama</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>27.78</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789944383783</t>
+          <t>9786055755959</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Pazarlama Manifestosu</t>
+          <t>Yetenek Sarrafları</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>18.52</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789756347508</t>
+          <t>9789944383738</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Yeni Pazarlama Trendleri</t>
+          <t>Yeşilden Altına</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>9.26</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055755287</t>
+          <t>9789944383783</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Yönetim</t>
+          <t>Yeşil Pazarlama Manifestosu</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>15.74</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789944383486</t>
+          <t>9789756347508</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcılık Ve İnovasyon</t>
+          <t>Yeni Pazarlama Trendleri</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>20</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789944383585</t>
+          <t>9786055755287</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Sıçramalar Reklamda Fark Yaratan 10 Ders</t>
+          <t>Yeni Nesil Yönetim</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>16.67</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786055755843</t>
+          <t>9789944383486</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Deha</t>
+          <t>Yaratıcılık Ve İnovasyon</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>25.46</v>
+        <v>20</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789944383608</t>
+          <t>9789944383585</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>What Sticks Akılda Kalan Nedir?</t>
+          <t>Yaratıcı Sıçramalar Reklamda Fark Yaratan 10 Ders</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>20.37</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9799758378233</t>
+          <t>9786055755843</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Web Kuralları İnternet, Tüketici Tercihlerini Ne Yönde ve Nasıl Değiştiriyor?</t>
+          <t>Yaratıcı Deha</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>9.26</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789944383615</t>
+          <t>9789944383608</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Vikinomi</t>
+          <t>What Sticks Akılda Kalan Nedir?</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>23.15</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789944383288</t>
+          <t>9799758378233</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Üç Saniyede Satış</t>
+          <t>Web Kuralları İnternet, Tüketici Tercihlerini Ne Yönde ve Nasıl Değiştiriyor?</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055755904</t>
+          <t>9789944383615</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Unmarketing</t>
+          <t>Vikinomi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>33</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786054584079</t>
+          <t>9789944383288</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Tüketim İçgüdüsü (Ciltli)</t>
+          <t>Üç Saniyede Satış</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>28.7</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789756347171</t>
+          <t>9786055755904</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Krallığının Fethi</t>
+          <t>Unmarketing</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>16.2</v>
+        <v>33</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789758378043</t>
+          <t>9786054584079</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Turizmde Tanıtım ve Reklam</t>
+          <t>Tüketim İçgüdüsü (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>6.94</v>
+        <v>28.7</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9799756347200</t>
+          <t>9789756347171</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Yüzyılında Pazarlama: Krallarla İletişimin İncelikleri</t>
+          <t>Tüketici Krallığının Fethi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>11.11</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055755874</t>
+          <t>9789758378043</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Teşekkür Ekonomisi</t>
+          <t>Turizmde Tanıtım ve Reklam</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>21.3</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9799944383195</t>
+          <t>9799756347200</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Testosteron A.Ş. İktidar Hırsıyla Yoldan Çıkan CEO’ların Hikayeleri</t>
+          <t>Tüketici Yüzyılında Pazarlama: Krallarla İletişimin İncelikleri</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>142</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789758378494</t>
+          <t>9786055755874</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Teorik ve Uygulamalı Halkla İlişkiler Kampanyaları</t>
+          <t>Teşekkür Ekonomisi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>11.57</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786055755065</t>
+          <t>9799944383195</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Televizyon Reklamı Böyle Yapılır</t>
+          <t>Testosteron A.Ş. İktidar Hırsıyla Yoldan Çıkan CEO’ların Hikayeleri</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>23.15</v>
+        <v>142</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789944383691</t>
+          <t>9789758378494</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Şöhret Satar</t>
+          <t>Teorik ve Uygulamalı Halkla İlişkiler Kampanyaları</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>25.46</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055755553</t>
+          <t>9786055755065</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Şekil ve Resimlerle Sorun Çözme ve İkna</t>
+          <t>Televizyon Reklamı Böyle Yapılır</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>158</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786055755379</t>
+          <t>9789944383691</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Sürü</t>
+          <t>Şöhret Satar</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>20.37</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786055755782</t>
+          <t>9786055755553</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Büyüme</t>
+          <t>Şekil ve Resimlerle Sorun Çözme ve İkna</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>30</v>
+        <v>158</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9799756347781</t>
+          <t>9786055755379</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Sun Tzu’dan Satış Stratejileri Satış Savaşını Kazanmak İçin Sun Tzu Bilgeliği</t>
+          <t>Sürü</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>16.67</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789944383363</t>
+          <t>9786055755782</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Sun Tzu’dan Pazarlama Stratejileri Pazarlama Savaşını Kazanmak İçin 12 Temel İlke</t>
+          <t>Sürdürülebilir Büyüme</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>13.89</v>
+        <v>30</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9799756347835</t>
+          <t>9799756347781</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Pazarlama Planı Nasıl Hazırlanır?</t>
+          <t>Sun Tzu’dan Satış Stratejileri Satış Savaşını Kazanmak İçin Sun Tzu Bilgeliği</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>20.37</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789756347423</t>
+          <t>9789944383363</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Fuar Yönetimi</t>
+          <t>Sun Tzu’dan Pazarlama Stratejileri Pazarlama Savaşını Kazanmak İçin 12 Temel İlke</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>12.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786055755935</t>
+          <t>9799756347835</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Patlama</t>
+          <t>Stratejik Pazarlama Planı Nasıl Hazırlanır?</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>20.37</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786054584208</t>
+          <t>9789756347423</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyada Yapılan Müthiş İşler - Sosyal Medyada Yapılan Vasat İşler</t>
+          <t>Stratejik Fuar Yönetimi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>28</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786054584314</t>
+          <t>9786055755935</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya 101 2.0</t>
+          <t>Sosyal Patlama</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>23.15</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786055755454</t>
+          <t>9786054584208</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya 101</t>
+          <t>Sosyal Medyada Yapılan Müthiş İşler - Sosyal Medyada Yapılan Vasat İşler</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>9.26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789756347157</t>
+          <t>9786054584314</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İletişim Yönetimi: Siyasette Marka Yaratmak</t>
+          <t>Sosyal Medya 101 2.0</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>16.67</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786055755768</t>
+          <t>9786055755454</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Sil Baştan</t>
+          <t>Sosyal Medya 101</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>23.15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789944383295</t>
+          <t>9789756347157</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Formül Minimum Çabayla Maksimum Kar İçin</t>
+          <t>Siyasal İletişim Yönetimi: Siyasette Marka Yaratmak</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>15.28</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789944383622</t>
+          <t>9786055755768</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Sırada Ne Var?</t>
+          <t>Sil Baştan</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>23.15</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786055755386</t>
+          <t>9789944383295</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Senin Hikayen Ne?</t>
+          <t>Sihirli Formül Minimum Çabayla Maksimum Kar İçin</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>19</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789756347089</t>
+          <t>9789944383622</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Senaryo Yazarı Olmak Senaryo Yazmak</t>
+          <t>Sırada Ne Var?</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>25</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786055755775</t>
+          <t>9786055755386</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Sen Bir Markasın</t>
+          <t>Senin Hikayen Ne?</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>33</v>
+        <v>19</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9799756347866</t>
+          <t>9789756347089</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Satışın Türkçesi Türklere Satış Yapmanın İncelikleri</t>
+          <t>Senaryo Yazarı Olmak Senaryo Yazmak</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789944383905</t>
+          <t>9786055755775</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Satışın Efendileri</t>
+          <t>Sen Bir Markasın</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>68</v>
+        <v>33</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786054584239</t>
+          <t>9799756347866</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Satışın 10 Altın Kuralı (Özel Basım)</t>
+          <t>Satışın Türkçesi Türklere Satış Yapmanın İncelikleri</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>20.37</v>
+        <v>50</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9799756347583</t>
+          <t>9789944383905</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Satışçının Antrenman Notları</t>
+          <t>Satışın Efendileri</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>11.57</v>
+        <v>68</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789944383554</t>
+          <t>9786054584239</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Satış Noktasında Pazarlama</t>
+          <t>Satışın 10 Altın Kuralı (Özel Basım)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>23.15</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789944383899</t>
+          <t>9799756347583</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Satış Koçluğu</t>
+          <t>Satışçının Antrenman Notları</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>13.89</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789944383356</t>
+          <t>9789944383554</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Saksıyı Çalıştırmanın Yolları</t>
+          <t>Satış Noktasında Pazarlama</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786055755119</t>
+          <t>9789944383899</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İletişimi</t>
+          <t>Satış Koçluğu</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>14.81</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9799758378912</t>
+          <t>9789944383356</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Reklamlardan Sonra</t>
+          <t>Saksıyı Çalıştırmanın Yolları</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>11.57</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9799756347415</t>
+          <t>9786055755119</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Reklamın Marka Değerine Etkisi</t>
+          <t>Sağlık İletişimi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>20.37</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789759661991</t>
+          <t>9799758378912</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Reklamın İyisi Kötüsü Olmaz</t>
+          <t>Reklamlardan Sonra</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>13.89</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789944383165</t>
+          <t>9799756347415</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Reklamcılıktan Nefret Eden Reklamcı</t>
+          <t>Reklamın Marka Değerine Etkisi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>32.41</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789944383424</t>
+          <t>9789759661991</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Reklamcılığın Turuncu Kitabı</t>
+          <t>Reklamın İyisi Kötüsü Olmaz</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>14.81</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789944383943</t>
+          <t>9789944383165</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Reklamcılığın Global Tarihi</t>
+          <t>Reklamcılıktan Nefret Eden Reklamcı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>18.52</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9799756347439</t>
+          <t>9789944383424</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Reklamcılığın Geleceği</t>
+          <t>Reklamcılığın Turuncu Kitabı</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>18.52</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789756347003</t>
+          <t>9789944383943</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Reklamcı</t>
+          <t>Reklamcılığın Global Tarihi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>12.96</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789758378968</t>
+          <t>9799756347439</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Reklam ve Tüketici Zihni</t>
+          <t>Reklamcılığın Geleceği</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>15.28</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9799759661907</t>
+          <t>9789756347003</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Reklam Halkla İlişkiler ve Ötesi</t>
+          <t>Reklamcı</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>7.87</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786055755621</t>
+          <t>9789758378968</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Reklam Dünyasının Kralı</t>
+          <t>Reklam ve Tüketici Zihni</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>33</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789758378210</t>
+          <t>9799759661907</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Rakiplerinizi Çıldırtmanın Yolları</t>
+          <t>Reklam Halkla İlişkiler ve Ötesi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>13.89</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9799758378219</t>
+          <t>9786055755621</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Rakiplerinizi "Çıldırtmanın" Yolları</t>
+          <t>Reklam Dünyasının Kralı</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>13.89</v>
+        <v>33</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789758378517</t>
+          <t>9789758378210</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Radikal Marketing</t>
+          <t>Rakiplerinizi Çıldırtmanın Yolları</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9799756347040</t>
+          <t>9799758378219</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Radar Altı İletişim</t>
+          <t>Rakiplerinizi "Çıldırtmanın" Yolları</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>17.59</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786055755010</t>
+          <t>9789758378517</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Punk Marketing</t>
+          <t>Radikal Marketing</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>23.15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9799758378240</t>
+          <t>9799756347040</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Power Marketing Güç Pazarlamanın Sırları</t>
+          <t>Radar Altı İletişim</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>13.89</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786054584185</t>
+          <t>9786055755010</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Poke The Box (Ciltli)</t>
+          <t>Punk Marketing</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>20</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9799756347705</t>
+          <t>9799758378240</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamanın Yeni Ufukları</t>
+          <t>Power Marketing Güç Pazarlamanın Sırları</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786055755126</t>
+          <t>9786054584185</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamanın ve İletişimin Yeni Kuralları</t>
+          <t>Poke The Box (Ciltli)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>19.44</v>
+        <v>20</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789758378975</t>
+          <t>9799756347705</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamanın Sihirli Lambası</t>
+          <t>Pazarlamanın Yeni Ufukları</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786055755508</t>
+          <t>9786055755126</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamanın Aşikar Olan Sırları</t>
+          <t>Pazarlamanın ve İletişimin Yeni Kuralları</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>19.44</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9799756347149</t>
+          <t>9789758378975</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Pazarlama Tüketim ve Tüketici</t>
+          <t>Pazarlamanın Sihirli Lambası</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>220</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9799756347354</t>
+          <t>9786055755508</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Post-İmaj Devri</t>
+          <t>Pazarlamanın Aşikar Olan Sırları</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>16.2</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9799756347934</t>
+          <t>9799756347149</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamada Zafere Giden Yol Warketing</t>
+          <t>Postmodern Pazarlama Tüketim ve Tüketici</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>7.87</v>
+        <v>220</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9799756347828</t>
+          <t>9799756347354</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Sanat Değil Bilimdir Kurumsal Pazarlama Yöntemi</t>
+          <t>Post-İmaj Devri</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>14.35</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9799756347323</t>
+          <t>9799756347934</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Reçeteleri</t>
+          <t>Pazarlamada Zafere Giden Yol Warketing</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>17.59</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9799944383096</t>
+          <t>9799756347828</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Dehası</t>
+          <t>Pazarlama Sanat Değil Bilimdir Kurumsal Pazarlama Yöntemi</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>23.15</v>
+        <v>14.35</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789944383790</t>
+          <t>9799756347323</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama 101</t>
+          <t>Pazarlama Reçeteleri</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>20.83</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9799758378400</t>
+          <t>9799944383096</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Pazar Liderlerinin Öğretileri</t>
+          <t>Pazarlama Dehası</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>11.57</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789758378180</t>
+          <t>9789944383790</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Patronunuzu Nasıl Yönetirsiniz?</t>
+          <t>Pazarlama 101</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>9.26</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786055755072</t>
+          <t>9799758378400</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Obama’nın Liderlik Sırları</t>
+          <t>Pazar Liderlerinin Öğretileri</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>142</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9799944383003</t>
+          <t>9789758378180</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Netiket Bilişim Sözlüğü İnternet Yaşam Klavuzu</t>
+          <t>Patronunuzu Nasıl Yönetirsiniz?</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>3.61</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786054584260</t>
+          <t>9786055755072</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Zengin Olamadım?</t>
+          <t>Obama’nın Liderlik Sırları</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>23.15</v>
+        <v>142</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786055755003</t>
+          <t>9799944383003</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Mutlu Olunur?</t>
+          <t>Netiket Bilişim Sözlüğü İnternet Yaşam Klavuzu</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>18.52</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789758378661</t>
+          <t>9786054584260</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Müşteri Yüzyılı</t>
+          <t>Nasıl Zengin Olamadım?</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>11.57</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786055755485</t>
+          <t>9786055755003</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Müşteri Dehası</t>
+          <t>Nasıl Mutlu Olunur?</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>25.46</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789944383684</t>
+          <t>9789758378661</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Motivasyon Temelli Pazarlama</t>
+          <t>Müşteri Yüzyılı</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>13.43</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786055755737</t>
+          <t>9786055755485</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Mojo</t>
+          <t>Müşteri Dehası</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>49</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786055755133</t>
+          <t>9789944383684</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Steve Jobs Olunur?</t>
+          <t>Motivasyon Temelli Pazarlama</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>17.59</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789756347188</t>
+          <t>9786055755737</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Medya ve Popüler Kültür Üzerine Yazılar</t>
+          <t>Mojo</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>11.57</v>
+        <v>49</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789944383806</t>
+          <t>9786055755133</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Medya Planı Nasıl Hazırlanır?</t>
+          <t>Nasıl Steve Jobs Olunur?</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>30.56</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786054584147</t>
+          <t>9789756347188</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Medya Mesajı, Medya Masajıdır</t>
+          <t>Medya ve Popüler Kültür Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>18.52</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9799756347668</t>
+          <t>9789944383806</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Medya ile İlişkiler Rehberi</t>
+          <t>Medya Planı Nasıl Hazırlanır?</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>13.89</v>
+        <v>30.56</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9799756347941</t>
+          <t>9786054584147</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Masallar ve Gerçeklerle Reklamcılık Reklamcılığın Doğru Bilinen 28 Yanlışı</t>
+          <t>Medya Mesajı, Medya Masajıdır</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>16.2</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789758378023</t>
+          <t>9799756347668</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Marketing P.R.</t>
+          <t>Medya ile İlişkiler Rehberi</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>4.63</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786055755713</t>
+          <t>9799756347941</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Markanız İçin İnterneti Nasıl Kullanmalısınız?</t>
+          <t>Masallar ve Gerçeklerle Reklamcılık Reklamcılığın Doğru Bilinen 28 Yanlışı</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>14.35</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9799756347361</t>
+          <t>9789758378023</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Markanın DNA’sı</t>
+          <t>Marketing P.R.</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>11.57</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9799756347262</t>
+          <t>9786055755713</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Marka Yaratmanın Beş Adımı</t>
+          <t>Markanız İçin İnterneti Nasıl Kullanmalısınız?</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>13.89</v>
+        <v>14.35</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786054584024</t>
+          <t>9799756347361</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Mad Men ve Felsefe</t>
+          <t>Markanın DNA’sı</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>59</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9799944383188</t>
+          <t>9799756347262</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Lovemarks Markaların Ötesindeki Gelecek (Ciltli)</t>
+          <t>Marka Yaratmanın Beş Adımı</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>32.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786054584055</t>
+          <t>9786054584024</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Liderliğin Kutsal Kitabı (Ciltli)</t>
+          <t>Mad Men ve Felsefe</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>30.56</v>
+        <v>59</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786055755218</t>
+          <t>9799944383188</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Küçük Platin Kitabı</t>
+          <t>Lovemarks Markaların Ötesindeki Gelecek (Ciltli)</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>22</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789944383950</t>
+          <t>9786054584055</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Satış Makinesi</t>
+          <t>Liderliğin Kutsal Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>17.59</v>
+        <v>30.56</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789756347881</t>
+          <t>9786055755218</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Müşteri Memnuniyeti İçin Şikayet Yönetimi</t>
+          <t>Küçük Platin Kitabı</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>13.43</v>
+        <v>22</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789756347966</t>
+          <t>9789944383950</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sosyal Sorumluluk</t>
+          <t>Kusursuz Satış Makinesi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>33</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9799758378370</t>
+          <t>9789756347881</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kurumiçi Halkla İlişkiler Kutlamalar, Ritüeller, Törenler, Ödüller</t>
+          <t>Kusursuz Müşteri Memnuniyeti İçin Şikayet Yönetimi</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>11.57</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789758378593</t>
+          <t>9789756347966</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Kurum Kültürü Kuruluşunuzun Kurumsal Kültürünün İşini Üzerindeki Yıkıcı ve Yapıcı Etkileri</t>
+          <t>Kurumsal Sosyal Sorumluluk</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>13.89</v>
+        <v>33</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789758378050</t>
+          <t>9799758378370</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Kurum Kimliği</t>
+          <t>Kurumiçi Halkla İlişkiler Kutlamalar, Ritüeller, Törenler, Ödüller</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>12.5</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9799758378332</t>
+          <t>9789758378593</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Kriz Geliyorum Der!</t>
+          <t>Kurum Kültürü Kuruluşunuzun Kurumsal Kültürünün İşini Üzerindeki Yıkıcı ve Yapıcı Etkileri</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789758378678</t>
+          <t>9789758378050</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Kötü Yöneticinin El Kitabı</t>
+          <t>Kurum Kimliği</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>7.87</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789944383271</t>
+          <t>9799758378332</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Köpekbalıklarıyla Yüzmek Ya da Kurtlar Sofrasında İş Yapmanın Kuralları</t>
+          <t>Kriz Geliyorum Der!</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>13.89</v>
+        <v>15</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789758378470</t>
+          <t>9789758378678</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kot Pantolonlu Yönetici İş Yaşamında Akıl ve Ruhun Sentezi</t>
+          <t>Kötü Yöneticinin El Kitabı</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>13.89</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789944383523</t>
+          <t>9789944383271</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Konkur Nasıl Kazanılır?</t>
+          <t>Köpekbalıklarıyla Yüzmek Ya da Kurtlar Sofrasında İş Yapmanın Kuralları</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>17.59</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789758378463</t>
+          <t>9789758378470</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendine Öğrenmek</t>
+          <t>Kot Pantolonlu Yönetici İş Yaşamında Akıl ve Ruhun Sentezi</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>11.57</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789944383967</t>
+          <t>9789944383523</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerle İkna Etmenin Yolları</t>
+          <t>Konkur Nasıl Kazanılır?</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>20.37</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789944383400</t>
+          <t>9789758378463</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Kedinizin Havlamasını mı Bekliyorsunuz?</t>
+          <t>Kendi Kendine Öğrenmek</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>18.52</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9799944383041</t>
+          <t>9789944383967</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Kar Odaklı Pazarlamanın 9 Temel Kuralı</t>
+          <t>Kelimelerle İkna Etmenin Yolları</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>13.89</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789944383752</t>
+          <t>9789944383400</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Kamu Sektöründe Pazarlama</t>
+          <t>Kedinizin Havlamasını mı Bekliyorsunuz?</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>20.37</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789944383721</t>
+          <t>9799944383041</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Kariyerini Sabote Eden 101 Hata</t>
+          <t>Kar Odaklı Pazarlamanın 9 Temel Kuralı</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>23.15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786055755355</t>
+          <t>9789944383752</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Kadınlara Pazarlama</t>
+          <t>Kamu Sektöründe Pazarlama</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>13.89</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789756347195</t>
+          <t>9789944383721</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Ne İster?: Cüzdanları Artık Kadınlar Yönetiyor! Asıl Ulaşılması Gereken Kadınlardır!</t>
+          <t>Kadınların Kariyerini Sabote Eden 101 Hata</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789944383592</t>
+          <t>9786055755355</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>İyi Satıcı Olmak</t>
+          <t>Kadınlara Pazarlama</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>132</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786055755706</t>
+          <t>9789756347195</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>İyi Pazarlamacı Olmak</t>
+          <t>Kadınlar Ne İster?: Cüzdanları Artık Kadınlar Yönetiyor! Asıl Ulaşılması Gereken Kadınlardır!</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>132</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789944383431</t>
+          <t>9789944383592</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>İyi İletişim = İyi Pazarlama</t>
+          <t>İyi Satıcı Olmak</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>11.11</v>
+        <v>132</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786054584000</t>
+          <t>9786055755706</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>İyi Fikirler, Büyük Kampanyalar</t>
+          <t>İyi Pazarlamacı Olmak</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>25</v>
+        <v>132</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789944383479</t>
+          <t>9789944383431</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>İşte Taraftar İşte Marketing</t>
+          <t>İyi İletişim = İyi Pazarlama</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>20.37</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789944383561</t>
+          <t>9786054584000</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatının 21 Gizli Kuralı</t>
+          <t>İyi Fikirler, Büyük Kampanyalar</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786055755102</t>
+          <t>9789944383479</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatında Kolay İletişim Kurma Yöntemleri</t>
+          <t>İşte Taraftar İşte Marketing</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>15.74</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786054584161</t>
+          <t>9789944383561</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatında Başarıyı Yakalamanın 14 Yolu (Ciltli)</t>
+          <t>İş Hayatının 21 Gizli Kuralı</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>25.46</v>
+        <v>20</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789944383974</t>
+          <t>9786055755102</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>İş Dünyasında Zirveye Giden Yol</t>
+          <t>İş Hayatında Kolay İletişim Kurma Yöntemleri</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>490</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786055755034</t>
+          <t>9786054584161</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>İş Dehası</t>
+          <t>İş Hayatında Başarıyı Yakalamanın 14 Yolu (Ciltli)</t>
         </is>
       </c>
       <c r="C224" s="1">
         <v>25.46</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786055755881</t>
+          <t>9789944383974</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>İsmin Marka Hali</t>
+          <t>İş Dünyasında Zirveye Giden Yol</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>142</v>
+        <v>490</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9799758378325</t>
+          <t>9786055755034</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>İnternet’te Marka Yaratmanın 11 Değişmez Kuralı</t>
+          <t>İş Dehası</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>6.94</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786055755027</t>
+          <t>9786055755881</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>İnternet Zenginleri</t>
+          <t>İsmin Marka Hali</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>16.2</v>
+        <v>142</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789944383547</t>
+          <t>9799758378325</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>İnovasyonla Başarıyı Yakalayan Türkler</t>
+          <t>İnternet’te Marka Yaratmanın 11 Değişmez Kuralı</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>13.89</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786054584307</t>
+          <t>9786055755027</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>İnan Bana, Yalan Söylüyorum</t>
+          <t>İnternet Zenginleri</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>25.93</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789759661908</t>
+          <t>9789944383547</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Halkla İlişkiler</t>
+          <t>İnovasyonla Başarıyı Yakalayan Türkler</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789758378548</t>
+          <t>9786054584307</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>İletişim Dünyamız İnsan Odaklı Toplumsal Bir Bakış</t>
+          <t>İnan Bana, Yalan Söylüyorum</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>10.19</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786055755560</t>
+          <t>9789759661908</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>İleri Dönüşüm Kutusu</t>
+          <t>İletişim ve Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>20.37</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789944383912</t>
+          <t>9789758378548</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>İlaç Sektöründe Pazarlama Planı Nasıl Hazırlanır?</t>
+          <t>İletişim Dünyamız İnsan Odaklı Toplumsal Bir Bakış</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>16.2</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789944383936</t>
+          <t>9786055755560</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>İlaç Sektöründe Marka Yönetimi</t>
+          <t>İleri Dönüşüm Kutusu</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>17.59</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789944383257</t>
+          <t>9789944383912</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>İkon Markalar</t>
+          <t>İlaç Sektöründe Pazarlama Planı Nasıl Hazırlanır?</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>15.28</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789758378579</t>
+          <t>9789944383936</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Klasiklerden Liderlik Dersleri</t>
+          <t>İlaç Sektöründe Marka Yönetimi</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>11.57</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786055755348</t>
+          <t>9789944383257</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Kalıcı Başarı İçin Müşteri Hizmetleri</t>
+          <t>İkon Markalar</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>82</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786054584291</t>
+          <t>9789758378579</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>İknanın Psikolojisi (Çizgi Roman Versiyonu)</t>
+          <t>Klasiklerden Liderlik Dersleri</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>15</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789944383509</t>
+          <t>9786055755348</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>İyi Fikir Bulma Tekniği</t>
+          <t>Kalıcı Başarı İçin Müşteri Hizmetleri</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>12.96</v>
+        <v>82</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786054584611</t>
+          <t>9786054584291</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Apple'ın Ardındaki Deha: Jony Ive</t>
+          <t>İknanın Psikolojisi (Çizgi Roman Versiyonu)</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>23.15</v>
+        <v>15</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786054584567</t>
+          <t>9789944383509</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Marka Hikayeleri</t>
+          <t>İyi Fikir Bulma Tekniği</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>252</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786054584482</t>
+          <t>9786054584611</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Rakibini Yere Ser</t>
+          <t>Apple'ın Ardındaki Deha: Jony Ive</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>25.93</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786054584390</t>
+          <t>9786054584567</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Görsel Çekiç</t>
+          <t>Marka Hikayeleri</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>20.37</v>
+        <v>252</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786054584444</t>
+          <t>9786054584482</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Küresel Pazarda Büyümenin 8 Yolu</t>
+          <t>Rakibini Yere Ser</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>32</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786054584437</t>
+          <t>9786054584390</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>İletişimci Gözüyle İnsan Kaynakları Yönetimi</t>
+          <t>Görsel Çekiç</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>25.93</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9799944383133</t>
+          <t>9786054584444</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>İletişim Rehberi 2008</t>
+          <t>Küresel Pazarda Büyümenin 8 Yolu</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>9.26</v>
+        <v>32</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786054584758</t>
+          <t>9786054584437</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmle Yüzleşmek</t>
+          <t>İletişimci Gözüyle İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>33</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786054584949</t>
+          <t>9799944383133</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Sazan Avı Manipülasyon ve Hile Ekonomisi</t>
+          <t>İletişim Rehberi 2008</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786054584703</t>
+          <t>9786054584758</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Sanatı</t>
+          <t>Kapitalizmle Yüzleşmek</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>244</v>
+        <v>33</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786054584888</t>
+          <t>9786054584949</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Markalar Nasıl Genç Kalır</t>
+          <t>Sazan Avı Manipülasyon ve Hile Ekonomisi</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>315</v>
+        <v>33</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786054584833</t>
+          <t>9786054584703</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Markanı Ateşle</t>
+          <t>Sosyal Medya Sanatı</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>48</v>
+        <v>244</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786054584666</t>
+          <t>9786054584888</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Özgüvenin Şifresi</t>
+          <t>Markalar Nasıl Genç Kalır</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>27</v>
+        <v>315</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786052314036</t>
+          <t>9786054584833</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Mükemmellik Okulu</t>
+          <t>Markanı Ateşle</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>250</v>
+        <v>48</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786054584802</t>
+          <t>9786054584666</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Markalaşan Kadınlar</t>
+          <t>Özgüvenin Şifresi</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>176</v>
+        <v>27</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786054584727</t>
+          <t>9786052314036</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Helikopter Bakışı</t>
+          <t>Mükemmellik Okulu</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>25</v>
+        <v>250</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786054584581</t>
+          <t>9786054584802</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcılık</t>
+          <t>Markalaşan Kadınlar</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>60</v>
+        <v>176</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786054584383</t>
+          <t>9786054584727</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>İkna ve Sunum</t>
+          <t>Helikopter Bakışı</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>67</v>
+        <v>25</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786054584345</t>
+          <t>9786054584581</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Mad Man</t>
+          <t>Yaratıcılık</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>21.3</v>
+        <v>60</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786054584352</t>
+          <t>9786054584383</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Görünüşümüzü Nasıl Değiştirdi</t>
+          <t>İkna ve Sunum</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>242</v>
+        <v>67</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786054584918</t>
+          <t>9786054584345</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>O Kadar Basit Ki!</t>
+          <t>Gerçek Mad Man</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>54</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786054584925</t>
+          <t>9786054584352</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Augmented</t>
+          <t>Pazarlama Görünüşümüzü Nasıl Değiştirdi</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>35</v>
+        <v>242</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786054584741</t>
+          <t>9786054584918</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Ben Bilmem Beynim Bilir!</t>
+          <t>O Kadar Basit Ki!</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>26.85</v>
+        <v>54</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786054584628</t>
+          <t>9786054584925</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Reklamarkası</t>
+          <t>Augmented</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>190</v>
+        <v>35</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786054584543</t>
+          <t>9786054584741</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Çığır Açan Marka</t>
+          <t>Ben Bilmem Beynim Bilir!</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>55</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786054584505</t>
+          <t>9786054584628</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Satışın Anayasası</t>
+          <t>Reklamarkası</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>33</v>
+        <v>190</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786054584468</t>
+          <t>9786054584543</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>İkarus Yanılgısı</t>
+          <t>Çığır Açan Marka</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>21.3</v>
+        <v>55</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786054584451</t>
+          <t>9786054584505</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Liderlik</t>
+          <t>Satışın Anayasası</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786054584796</t>
+          <t>9786054584468</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Sözsüz İletişim</t>
+          <t>İkarus Yanılgısı</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>25.93</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786054584789</t>
+          <t>9786054584451</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Strateji Yasaları</t>
+          <t>Olağanüstü Liderlik</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786054584680</t>
+          <t>9786054584796</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Satışı Bırak</t>
+          <t>Sözsüz İletişim</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>28</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786054584512</t>
+          <t>9786054584789</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Aşağıdan Yukarıya Pazarlama</t>
+          <t>Strateji Yasaları</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786054584635</t>
+          <t>9786054584680</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Şikayet Yönetimi Rehberi</t>
+          <t>Satışı Bırak</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>23.15</v>
+        <v>28</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786054584048</t>
+          <t>9786054584512</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>E-Sosyal - Toplum (Ciltli)</t>
+          <t>Aşağıdan Yukarıya Pazarlama</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>61</v>
+        <v>35</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9799944383394</t>
+          <t>9786054584635</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Satış Herkesin İşidir</t>
+          <t>Şikayet Yönetimi Rehberi</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>12.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789756347768</t>
+          <t>9786054584048</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Satış Aşktır</t>
+          <t>E-Sosyal - Toplum (Ciltli)</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>25</v>
+        <v>61</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9799758378684</t>
+          <t>9799944383394</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Şirket Dini</t>
+          <t>Satış Herkesin İşidir</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>18.06</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786055755089</t>
+          <t>9789756347768</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Stratejik İletişim Zamanı</t>
+          <t>Satış Aşktır</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9799759661938</t>
+          <t>9799758378684</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkilere Nereden Başlamalı?</t>
+          <t>Şirket Dini</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>11.57</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9799758378721</t>
+          <t>9786055755089</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler ve Medya</t>
+          <t>Şimdi Stratejik İletişim Zamanı</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>14.81</v>
+        <v>20</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9799758378851</t>
+          <t>9799759661938</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Marka Savaşçıları Şirket Yöneticileri Kazanç Stratejilerini Paylaşıyor</t>
+          <t>Halkla İlişkilere Nereden Başlamalı?</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>15.28</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786054584215</t>
+          <t>9799758378721</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Marka Kültürü</t>
+          <t>Halkla İlişkiler ve Medya</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>173</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9799756347026</t>
+          <t>9799758378851</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Marka Dolu Marka</t>
+          <t>Marka Savaşçıları Şirket Yöneticileri Kazanç Stratejilerini Paylaşıyor</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>9.26</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9799758378745</t>
+          <t>9786054584215</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Marka Aklı</t>
+          <t>Marka Kültürü</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>13.89</v>
+        <v>173</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9799758378868</t>
+          <t>9799756347026</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Markan Kadar Konuş! Marka İletişimi Stratejileri</t>
+          <t>Marka Dolu Marka</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9799758378882</t>
+          <t>9799758378745</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Markaların Kara Kitabı</t>
+          <t>Marka Aklı</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>15.28</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9799944383171</t>
+          <t>9799758378868</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Markaların İnovasyon Manifestosu</t>
+          <t>Markan Kadar Konuş! Marka İletişimi Stratejileri</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>16.2</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9799756347453</t>
+          <t>9799758378882</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Markaların Evrimi İş Hayatında Ayakta Kalmanın Doğal Yasaları</t>
+          <t>Markaların Kara Kitabı</t>
         </is>
       </c>
       <c r="C287" s="1">
         <v>15.28</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786055755973</t>
+          <t>9799944383171</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>İkna Eden Satış Sözcükleri</t>
+          <t>Markaların İnovasyon Manifestosu</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>23.15</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9799758378929</t>
+          <t>9799756347453</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>İkinci Mevkide Yolculuk Reklam, Medya, Halkla İlişkiler ve Başka Şeyler</t>
+          <t>Markaların Evrimi İş Hayatında Ayakta Kalmanın Doğal Yasaları</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>8.8</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9799756347903</t>
+          <t>9786055755973</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Korsan Meydan Okuyan Markalar Yaratma Kültürü</t>
+          <t>İkna Eden Satış Sözcükleri</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>16.2</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9799756347095</t>
+          <t>9799758378929</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Işık Hızıyla Markalama Sürat Çağında Marka Yaratma Stratejileri</t>
+          <t>İkinci Mevkide Yolculuk Reklam, Medya, Halkla İlişkiler ve Başka Şeyler</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>13.89</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786054584253</t>
+          <t>9799756347903</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>How (Nasıl) (Ciltli)</t>
+          <t>İçimizdeki Korsan Meydan Okuyan Markalar Yaratma Kültürü</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>32.41</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786055755041</t>
+          <t>9799756347095</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Hoopla Crispin Porter + Bogusky Hakkında Bir Kitap (Ciltli)</t>
+          <t>Işık Hızıyla Markalama Sürat Çağında Marka Yaratma Stratejileri</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>99</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789944383707</t>
+          <t>9786054584253</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Etkileme ve İkna Sanatında Hikayenin Gücü</t>
+          <t>How (Nasıl) (Ciltli)</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>25.46</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786052314128</t>
+          <t>9786055755041</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Karar Fabrikası</t>
+          <t>Hoopla Crispin Porter + Bogusky Hakkında Bir Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>212</v>
+        <v>99</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786052314289</t>
+          <t>9789944383707</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Lider</t>
+          <t>Etkileme ve İkna Sanatında Hikayenin Gücü</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>224</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786255813008</t>
+          <t>9786052314128</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Şirket Performansı - Efsaneler ve Gerçekler</t>
+          <t>Karar Fabrikası</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>490</v>
+        <v>212</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9799944383058</t>
+          <t>9786052314289</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Bildiğimiz Satışın Sonu</t>
+          <t>İçimdeki Lider</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>210</v>
+        <v>224</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786052314999</t>
+          <t>9786255813008</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Markanı Krizden Kurtar</t>
+          <t>Şirket Performansı - Efsaneler ve Gerçekler</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>500</v>
+        <v>490</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786052314982</t>
+          <t>9799944383058</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Modern Başarı</t>
+          <t>Bildiğimiz Satışın Sonu</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>500</v>
+        <v>210</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786052314975</t>
+          <t>9786052314999</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Satışın Ustası Olmak</t>
+          <t>Markanı Krizden Kurtar</t>
         </is>
       </c>
       <c r="C301" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786054584116</t>
+          <t>9786052314982</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Satış 101</t>
+          <t>Modern Başarı</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786052314968</t>
+          <t>9786052314975</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Amaç Odaklı Markalama</t>
+          <t>Satışın Ustası Olmak</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>490</v>
+        <v>500</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786054584574</t>
+          <t>9786054584116</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Markalama</t>
+          <t>Satış 101</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>460</v>
+        <v>250</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786052314951</t>
+          <t>9786052314968</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Fazlasıyla Etkileyici</t>
+          <t>Amaç Odaklı Markalama</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>500</v>
+        <v>490</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786052314944</t>
+          <t>9786054584574</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Holistik İletişim</t>
+          <t>Markalama</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>400</v>
+        <v>460</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786052314937</t>
+          <t>9786052314951</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Savaşı</t>
+          <t>Fazlasıyla Etkileyici</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>490</v>
+        <v>500</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786052314920</t>
+          <t>9786052314944</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Cesur Ol Hayal Kur</t>
+          <t>Holistik İletişim</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786052314913</t>
+          <t>9786052314937</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Yönetici Koçluğu</t>
+          <t>Pazarlama Savaşı</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>550</v>
+        <v>490</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786052314906</t>
+          <t>9786052314920</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcılığını Ateşle</t>
+          <t>Cesur Ol Hayal Kur</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786052314890</t>
+          <t>9786052314913</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>İlk Satışta Aşk</t>
+          <t>Yönetici Koçluğu</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>240</v>
+        <v>550</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786052314883</t>
+          <t>9786052314906</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Anlamın Şarkısı</t>
+          <t>Yaratıcılığını Ateşle</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>340</v>
+        <v>550</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786052314876</t>
+          <t>9786052314890</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Pazarlama Başarıları</t>
+          <t>İlk Satışta Aşk</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>550</v>
+        <v>240</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786052314869</t>
+          <t>9786052314883</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Psikolojisi</t>
+          <t>Anlamın Şarkısı</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786052314845</t>
+          <t>9786052314876</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>İş Dünyasının Geleceği</t>
+          <t>Sosyal Pazarlama Başarıları</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786052314852</t>
+          <t>9786052314869</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Karbon Almanağı</t>
+          <t>Pazarlama Psikolojisi</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786052314838</t>
+          <t>9786052314845</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Marka Stratejisi Nereye Gidiyor</t>
+          <t>İş Dünyasının Geleceği</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786052314821</t>
+          <t>9786052314852</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Uyum Sağla ve Yüksel</t>
+          <t>Karbon Almanağı</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786052314814</t>
+          <t>9786052314838</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Etkileyici Pazarlama</t>
+          <t>Marka Stratejisi Nereye Gidiyor</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786052314791</t>
+          <t>9786052314821</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Ciddi Ciddi Mizah</t>
+          <t>Uyum Sağla ve Yüksel</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>460</v>
+        <v>350</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786052314784</t>
+          <t>9786052314814</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Beyindeki İkna Kodu</t>
+          <t>Etkileyici Pazarlama</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>490</v>
+        <v>380</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786052314760</t>
+          <t>9786052314791</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>İyilik İçin Dijital</t>
+          <t>Ciddi Ciddi Mizah</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>400</v>
+        <v>460</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786052314746</t>
+          <t>9786052314784</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Kazanılmış Hayat</t>
+          <t>Beyindeki İkna Kodu</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>400</v>
+        <v>490</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786052314753</t>
+          <t>9786052314760</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcılık - Kuralları Boşverin</t>
+          <t>İyilik İçin Dijital</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786052314739</t>
+          <t>9786052314746</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Dokunuşlar</t>
+          <t>Kazanılmış Hayat</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786052314722</t>
+          <t>9786052314753</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Pişmanlığın Gücü</t>
+          <t>Yaratıcılık - Kuralları Boşverin</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786052314715</t>
+          <t>9786052314739</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Felsefesi</t>
+          <t>Yaratıcı Dokunuşlar</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>260</v>
+        <v>330</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786052314685</t>
+          <t>9786052314722</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Yetkisiz Liderlik - Birlikte Yükselmenin Gücü</t>
+          <t>Pişmanlığın Gücü</t>
         </is>
       </c>
       <c r="C328" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786052314692</t>
+          <t>9786052314715</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Körlük ve Tedavi Yolları</t>
+          <t>Ekonomi Felsefesi</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>420</v>
+        <v>260</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786052314708</t>
+          <t>9786052314685</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Yalın Startup</t>
+          <t>Yetkisiz Liderlik - Birlikte Yükselmenin Gücü</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>490</v>
+        <v>400</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786052314661</t>
+          <t>9786052314692</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Dijital Lider</t>
+          <t>Yaratıcı Körlük ve Tedavi Yolları</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786052314678</t>
+          <t>9786052314708</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Bireyin Mükemmele Yolculuğu</t>
+          <t>Yalın Startup</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>600</v>
+        <v>490</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786052314616</t>
+          <t>9786052314661</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Ne Zaman?</t>
+          <t>Dijital Lider</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786052314609</t>
+          <t>9786052314678</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Blink - Düşünmeden Düşünebilmenin Gücü</t>
+          <t>Bireyin Mükemmele Yolculuğu</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>490</v>
+        <v>600</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786052314654</t>
+          <t>9786052314616</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Cehaletin Gücü</t>
+          <t>Ne Zaman?</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>430</v>
+        <v>400</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786052314647</t>
+          <t>9786052314609</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Yarının Teknolojileri İş Başında</t>
+          <t>Blink - Düşünmeden Düşünebilmenin Gücü</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>350</v>
+        <v>490</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786052314630</t>
+          <t>9786052314654</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Dinginliğin Şifresi</t>
+          <t>Cehaletin Gücü</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>330</v>
+        <v>430</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786052314586</t>
+          <t>9786052314647</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Marka Deneyimi Yaratmak</t>
+          <t>Yarının Teknolojileri İş Başında</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>480</v>
+        <v>350</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786052314555</t>
+          <t>9786052314630</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Bombacı Mafya</t>
+          <t>Dinginliğin Şifresi</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>490</v>
+        <v>330</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786052314531</t>
+          <t>9786052314586</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Noise (Gürültü)</t>
+          <t>Marka Deneyimi Yaratmak</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>400</v>
+        <v>480</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786052314548</t>
+          <t>9786052314555</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>İstemek</t>
+          <t>Bombacı Mafya</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>400</v>
+        <v>490</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786052314517</t>
+          <t>9786052314531</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Düşman Kardeşler</t>
+          <t>Noise (Gürültü)</t>
         </is>
       </c>
       <c r="C342" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786052314500</t>
+          <t>9786052314548</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Değişimi Tetiklemek</t>
+          <t>İstemek</t>
         </is>
       </c>
       <c r="C343" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786052314494</t>
+          <t>9786052314517</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Kurcala</t>
+          <t>Düşman Kardeşler</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786052314487</t>
+          <t>9786052314500</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka İş Başında</t>
+          <t>Değişimi Tetiklemek</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>460</v>
+        <v>400</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786052314470</t>
+          <t>9786052314494</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Teorileri 2</t>
+          <t>Kurcala</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786052314463</t>
+          <t>9786052314487</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Ötekiyle Konuşmak</t>
+          <t>Yapay Zeka İş Başında</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>530</v>
+        <v>460</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786052314401</t>
+          <t>9786052314470</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Hayatta Kalmanın 10 Kuralı</t>
+          <t>Pazarlama Teorileri 2</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786052314326</t>
+          <t>9786052314463</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Brotopya</t>
+          <t>Ötekiyle Konuşmak</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>390</v>
+        <v>530</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786052314258</t>
+          <t>9786052314401</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Marka Ol E Mi?</t>
+          <t>Dijital Çağda Hayatta Kalmanın 10 Kuralı</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786052314272</t>
+          <t>9786052314326</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Kahramanın Yolculuğu</t>
+          <t>Brotopya</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>260</v>
+        <v>390</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786052314210</t>
+          <t>9786052314258</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Referans Pazarlaması</t>
+          <t>Marka Ol E Mi?</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786052314180</t>
+          <t>9786052314272</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Trading Up</t>
+          <t>Kahramanın Yolculuğu</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786052314166</t>
+          <t>9786052314210</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Medya Planlamasında Kullanılan Araştırmalar ve Veriler</t>
+          <t>Referans Pazarlaması</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786052314135</t>
+          <t>9786052314180</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Hikayesi En Bol</t>
+          <t>Trading Up</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786052314104</t>
+          <t>9786052314166</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Fırtınaya Karşı</t>
+          <t>Medya Planlamasında Kullanılan Araştırmalar ve Veriler</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786052314111</t>
+          <t>9786052314135</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Canavarı Olmak İster misin?</t>
+          <t>Hikayesi En Bol</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>360</v>
+        <v>500</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786052314098</t>
+          <t>9786052314104</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Veri Stratejisi</t>
+          <t>Fırtınaya Karşı</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>400</v>
+        <v>330</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786052314081</t>
+          <t>9786052314111</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>50 Yıllık Hayal Bitcoin</t>
+          <t>Sosyal Medya Canavarı Olmak İster misin?</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>275</v>
+        <v>360</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786052314074</t>
+          <t>9786052314098</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Gizli İkna</t>
+          <t>Veri Stratejisi</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786052314067</t>
+          <t>9786052314081</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Otomatik Müşteri</t>
+          <t>50 Yıllık Hayal Bitcoin</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786052314050</t>
+          <t>9786052314074</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Kader Anı</t>
+          <t>Gizli İkna</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>340</v>
+        <v>450</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786052314043</t>
+          <t>9786052314067</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamayı Hacklemek</t>
+          <t>Otomatik Müşteri</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786052314029</t>
+          <t>9786052314050</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Ego Düşmanındır</t>
+          <t>Kader Anı</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786052314005</t>
+          <t>9786052314043</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcılık Fırtınası</t>
+          <t>Pazarlamayı Hacklemek</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786052314012</t>
+          <t>9786052314029</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Müşteri Deneyimi</t>
+          <t>Ego Düşmanındır</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>231</v>
+        <v>350</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786054584994</t>
+          <t>9786052314005</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Bir + Bir = Üç</t>
+          <t>Yaratıcılık Fırtınası</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786054584987</t>
+          <t>9786052314012</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>İknaya Açılan Kapı</t>
+          <t>Müşteri Deneyimi</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>550</v>
+        <v>231</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786054584963</t>
+          <t>9786054584994</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Büyük Veri İş Başında</t>
+          <t>Bir + Bir = Üç</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>460</v>
+        <v>330</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786054584932</t>
+          <t>9786054584987</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Metaforları</t>
+          <t>İknaya Açılan Kapı</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786054584864</t>
+          <t>9786054584963</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Cluetrain Manifestosu</t>
+          <t>Büyük Veri İş Başında</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>320</v>
+        <v>460</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786054584871</t>
+          <t>9786054584932</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Tasarımı</t>
+          <t>Pazarlama Metaforları</t>
         </is>
       </c>
       <c r="C372" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786054584895</t>
+          <t>9786054584864</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Pürüzlü Mükemmellik</t>
+          <t>Cluetrain Manifestosu</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786054584857</t>
+          <t>9786054584871</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Seçme Yazılarım</t>
+          <t>Hikaye Tasarımı</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786054584840</t>
+          <t>9786054584895</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Düşünmenin 27,5 Yöntemi</t>
+          <t>Pürüzlü Mükemmellik</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>269</v>
+        <v>250</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786054584819</t>
+          <t>9786054584857</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Triggers</t>
+          <t>Seçme Yazılarım</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>460</v>
+        <v>280</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786054584475</t>
+          <t>9786054584840</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Davut ve Golyat</t>
+          <t>Yaratıcı Düşünmenin 27,5 Yöntemi</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>490</v>
+        <v>269</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786054584772</t>
+          <t>9786054584819</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Fiyatlandırma Sırları</t>
+          <t>Triggers</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>490</v>
+        <v>460</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786054584765</t>
+          <t>9786054584475</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin Acımasız Basitliği Dünyayı Nasıl Değiştirdi?</t>
+          <t>Davut ve Golyat</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>225</v>
+        <v>490</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786054584734</t>
+          <t>9786054584772</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Herkes Yazabilir</t>
+          <t>Fiyatlandırma Sırları</t>
         </is>
       </c>
       <c r="C380" s="1">
         <v>490</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786054584710</t>
+          <t>9786054584765</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Brief (Kısa ve Öz)</t>
+          <t>Düşüncenin Acımasız Basitliği Dünyayı Nasıl Değiştirdi?</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>460</v>
+        <v>225</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786054584697</t>
+          <t>9786054584734</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Karar Verdim!</t>
+          <t>Herkes Yazabilir</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>260</v>
+        <v>490</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786054584369</t>
+          <t>9786054584710</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Satışın Yeni Kuralları</t>
+          <t>Brief (Kısa ve Öz)</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>400</v>
+        <v>460</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786054584659</t>
+          <t>9786054584697</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Kendini Keşfet Hedefe Ulaş</t>
+          <t>Karar Verdim!</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786054584642</t>
+          <t>9786054584369</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Ben Satış Danışmanıyım</t>
+          <t>Satışın Yeni Kuralları</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786054584604</t>
+          <t>9786054584659</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>The Tipping Point - Kıvılcım Anı</t>
+          <t>Kendini Keşfet Hedefe Ulaş</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>490</v>
+        <v>280</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786054584598</t>
+          <t>9786054584642</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Reklam: Zekayı Sihre Dönüştürmek</t>
+          <t>Ben Satış Danışmanıyım</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>650</v>
+        <v>190</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786054584536</t>
+          <t>9786054584604</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Teorileri</t>
+          <t>The Tipping Point - Kıvılcım Anı</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>450</v>
+        <v>490</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786054584550</t>
+          <t>9786054584598</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Ezberbozan (Ciltli)</t>
+          <t>Reklam: Zekayı Sihre Dönüştürmek</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>360</v>
+        <v>650</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786054584376</t>
+          <t>9786054584536</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Konumlandırma Positioning</t>
+          <t>Pazarlama Teorileri</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>490</v>
+        <v>450</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9799756347804</t>
+          <t>9786054584550</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Seçim Zamanı  Siyasal Kampanyalar - Avrupa Yıllığı 2004 (Ciltli)</t>
+          <t>Ezberbozan (Ciltli)</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789944383646</t>
+          <t>9786054584376</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>İknanın Psikolojisi</t>
+          <t>Konumlandırma Positioning</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>700</v>
+        <v>490</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786055755690</t>
+          <t>9799756347804</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>İknanın Anahtarı</t>
+          <t>Seçim Zamanı  Siyasal Kampanyalar - Avrupa Yıllığı 2004 (Ciltli)</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>490</v>
+        <v>350</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9799756347590</t>
+          <t>9789944383646</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Pazarlama Pazarlamayla İlgilenen Herkesin Bilmesi Gereken 80 Kavram</t>
+          <t>İknanın Psikolojisi</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>490</v>
+        <v>700</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9799756347651</t>
+          <t>9786055755690</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Doğrudan Pazarlamanın Kurucusu İz Bırakanlar - Yeni Lester Wunderman</t>
+          <t>İknanın Anahtarı</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>115</v>
+        <v>490</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786055755225</t>
+          <t>9799756347590</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>İlaç Sektöründe Kariyer Yapma Klavuzu</t>
+          <t>A’dan Z’ye Pazarlama Pazarlamayla İlgilenen Herkesin Bilmesi Gereken 80 Kavram</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>230</v>
+        <v>490</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786055755195</t>
+          <t>9799756347651</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>İlaç Sektörü İçin Gelecek Tahmini Yöntemler</t>
+          <t>Doğrudan Pazarlamanın Kurucusu İz Bırakanlar - Yeni Lester Wunderman</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>230</v>
+        <v>115</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786054584413</t>
+          <t>9786055755225</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama İletişiminde Sihirli Dokunuşlar</t>
+          <t>İlaç Sektöründe Kariyer Yapma Klavuzu</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>310</v>
+        <v>230</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786055755461</t>
+          <t>9786055755195</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Mor İnek</t>
+          <t>İlaç Sektörü İçin Gelecek Tahmini Yöntemler</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786055755898</t>
+          <t>9786054584413</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Mistik Pazarlama</t>
+          <t>Pazarlama İletişiminde Sihirli Dokunuşlar</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>250</v>
+        <v>310</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786054584420</t>
+          <t>9786055755461</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Modern İş Fikirlerinin Ustalarından İş Dünyasının Enleri</t>
+          <t>Mor İnek</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786055755577</t>
+          <t>9786055755898</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>What the Dog Saw</t>
+          <t>Mistik Pazarlama</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>530</v>
+        <v>250</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9799944383027</t>
+          <t>9786054584420</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Turizm Sektöründe Reklamcılık</t>
+          <t>Modern İş Fikirlerinin Ustalarından İş Dünyasının Enleri</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786055755911</t>
+          <t>9786055755577</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Değişim Manifestosu</t>
+          <t>What the Dog Saw</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>300</v>
+        <v>530</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786054584130</t>
+          <t>9799944383027</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamanın Enleri (Ciltli)</t>
+          <t>Turizm Sektöründe Reklamcılık</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>310</v>
+        <v>280</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9799944383102</t>
+          <t>9786055755911</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Sisomo - Ekrandaki Gelecek</t>
+          <t>Değişim Manifestosu</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786054584406</t>
+          <t>9786054584130</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Gelecek (Ciltli)</t>
+          <t>Pazarlamanın Enleri (Ciltli)</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>600</v>
+        <v>310</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9799944383119</t>
+          <t>9799944383102</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>İtibar Yönetimi</t>
+          <t>Sisomo - Ekrandaki Gelecek</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9799756347163</t>
+          <t>9786054584406</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>İletişim Odaklı Pazarlama</t>
+          <t>Gelecek (Ciltli)</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>260</v>
+        <v>600</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786054584192</t>
+          <t>9799944383119</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Oksijendir</t>
+          <t>İtibar Yönetimi</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786054584062</t>
+          <t>9799756347163</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Hello Avatar</t>
+          <t>İletişim Odaklı Pazarlama</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786055755744</t>
+          <t>9786054584192</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Jeffrey Gitomer'in Güven Hakkında Küçük Mavi Kitabı</t>
+          <t>Hikaye Oksijendir</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786055755164</t>
+          <t>9786054584062</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Markalar Yaratmak</t>
+          <t>Hello Avatar</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>490</v>
+        <v>300</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786055755539</t>
+          <t>9786055755744</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Global Tezahürat</t>
+          <t>Jeffrey Gitomer'in Güven Hakkında Küçük Mavi Kitabı</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786055755836</t>
+          <t>9786055755164</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Gerçek-Zamanlı Pazarlama ve Halkla İlişkiler</t>
+          <t>Güçlü Markalar Yaratmak</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>300</v>
+        <v>490</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9799756347644</t>
+          <t>9786055755539</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Fikir Nasıl Bulunur</t>
+          <t>Global Tezahürat</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>330</v>
+        <v>240</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789944383653</t>
+          <t>9786055755836</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Execution</t>
+          <t>Gerçek-Zamanlı Pazarlama ve Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>430</v>
+        <v>300</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786055755683</t>
+          <t>9799756347644</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>e-ticaret</t>
+          <t>Fikir Nasıl Bulunur</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>325</v>
+        <v>330</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9799944383065</t>
+          <t>9789944383653</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Erkeklerin Geleceği Metroseksüellikten Überseksüelliğe</t>
+          <t>Execution</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>250</v>
+        <v>430</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789944383981</t>
+          <t>9786055755683</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Erkeklere Pazarlama</t>
+          <t>e-ticaret</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786055755614</t>
+          <t>9799944383065</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Drive</t>
+          <t>Erkeklerin Geleceği Metroseksüellikten Überseksüelliğe</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>490</v>
+        <v>250</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786054584277</t>
+          <t>9789944383981</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Dijital Kabilelerin İzinde</t>
+          <t>Erkeklere Pazarlama</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786054584222</t>
+          <t>9786055755614</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda İçerik Yönetiminin Kuralları</t>
+          <t>Drive</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>450</v>
+        <v>490</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786055755324</t>
+          <t>9786054584277</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Çekim Yasası Satışlarınızı Nasıl Artırır?</t>
+          <t>Dijital Kabilelerin İzinde</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786054584017</t>
+          <t>9786054584222</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Büyüleme</t>
+          <t>Dijital Çağda İçerik Yönetiminin Kuralları</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789944383820</t>
+          <t>9786055755324</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Bolluk Paradoksu</t>
+          <t>Çekim Yasası Satışlarınızı Nasıl Artırır?</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789944383677</t>
+          <t>9786054584017</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Asla Yalnız Yeme</t>
+          <t>Büyüleme</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>530</v>
+        <v>390</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789756347980</t>
+          <t>9789944383820</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Aklın Yeni Sınırları</t>
+          <t>Bolluk Paradoksu</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>420</v>
+        <v>450</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9799756347613</t>
+          <t>9789944383677</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>10 Ölümcül Pazarlama Günahı</t>
+          <t>Asla Yalnız Yeme</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>290</v>
+        <v>530</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786054584123</t>
+          <t>9789756347980</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Yerel Seçimlerde Başarı</t>
+          <t>Aklın Yeni Sınırları</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786055755867</t>
+          <t>9799756347613</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Sınıf Adres Değiştiriyor</t>
+          <t>10 Ölümcül Pazarlama Günahı</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786055755720</t>
+          <t>9786054584123</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Ya Strateji Ya Toksik Domates</t>
+          <t>Yerel Seçimlerde Başarı</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9799756347316</t>
+          <t>9786055755867</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Nasıl Düşünür? Tüketicinin Zihnine Giden Yol Bu Kitaptan Geçiyor!</t>
+          <t>Yaratıcı Sınıf Adres Değiştiriyor</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789758378647</t>
+          <t>9786055755720</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Davranışı</t>
+          <t>Ya Strateji Ya Toksik Domates</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>380</v>
+        <v>190</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786054584284</t>
+          <t>9799756347316</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Tavsiye Edilen Markaların Sırrı</t>
+          <t>Tüketici Nasıl Düşünür? Tüketicinin Zihnine Giden Yol Bu Kitaptan Geçiyor!</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786055755966</t>
+          <t>9789758378647</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Tasarım, Teknoloji, İş ve Yaşamda Başarı İçin Liderliği Yeniden Tasarlamak</t>
+          <t>Tüketici Davranışı</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786055755669</t>
+          <t>9786054584284</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Sözcüklerle Dansedenler</t>
+          <t>Tavsiye Edilen Markaların Sırrı</t>
         </is>
       </c>
       <c r="C437" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786055755423</t>
+          <t>9786055755966</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Sıradışı Markalar (Ciltli)</t>
+          <t>Tasarım, Teknoloji, İş ve Yaşamda Başarı İçin Liderliği Yeniden Tasarlamak</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789944383325</t>
+          <t>9786055755669</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Seçim Zamanı  Siyasal Kampanyalar Avrupa Yıllığı 2005 (Ciltli)</t>
+          <t>Sözcüklerle Dansedenler</t>
         </is>
       </c>
       <c r="C439" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9799758378769</t>
+          <t>9786055755423</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Seçim Kazandıran Kampanyalar</t>
+          <t>Sıradışı Markalar (Ciltli)</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786054584031</t>
+          <t>9789944383325</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Satışta Güçlü Yönlere Odaklanmak</t>
+          <t>Seçim Zamanı  Siyasal Kampanyalar Avrupa Yıllığı 2005 (Ciltli)</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9799756347378</t>
+          <t>9799758378769</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Satışın Kutsal Kitabı</t>
+          <t>Seçim Kazandıran Kampanyalar</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>530</v>
+        <v>400</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789944383318</t>
+          <t>9786054584031</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Satışın 10 Altın Kuralı</t>
+          <t>Satışta Güçlü Yönlere Odaklanmak</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789944383080</t>
+          <t>9799756347378</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Satış Bir Çocuk Oyunudur</t>
+          <t>Satışın Kutsal Kitabı</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>220</v>
+        <v>530</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786054584529</t>
+          <t>9789944383318</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Satan Reklam Yaratmak</t>
+          <t>Satışın 10 Altın Kuralı</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>530</v>
+        <v>400</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789944383929</t>
+          <t>9789944383080</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Reklam Yazarının Elkitabı</t>
+          <t>Satış Bir Çocuk Oyunudur</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>460</v>
+        <v>220</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786055755645</t>
+          <t>9786054584529</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Quick Cut</t>
+          <t>Satan Reklam Yaratmak</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>180</v>
+        <v>530</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9799944383072</t>
+          <t>9789944383929</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamanın 22 Kuralı</t>
+          <t>Reklam Yazarının Elkitabı</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>300</v>
+        <v>460</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9799758378738</t>
+          <t>9786055755645</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama İletişimi Yönetimi</t>
+          <t>Quick Cut</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786055755300</t>
+          <t>9799944383072</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Outliers</t>
+          <t>Pazarlamanın 22 Kuralı</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>490</v>
+        <v>300</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786055755140</t>
+          <t>9799758378738</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Nöro Marketing</t>
+          <t>Pazarlama İletişimi Yönetimi</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>460</v>
+        <v>350</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786055755331</t>
+          <t>9786055755300</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Mitolojinin Gücü</t>
+          <t>Outliers</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>530</v>
+        <v>490</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9799758378301</t>
+          <t>9786055755140</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Marka Yaratmanın 22 Kuralı</t>
+          <t>Nöro Marketing</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>300</v>
+        <v>460</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789944383882</t>
+          <t>9786055755331</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Koaktif Koçluk</t>
+          <t>Mitolojinin Gücü</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>460</v>
+        <v>530</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
+          <t>9799758378301</t>
+        </is>
+      </c>
+      <c r="B455" s="1" t="inlineStr">
+        <is>
+          <t>Marka Yaratmanın 22 Kuralı</t>
+        </is>
+      </c>
+      <c r="C455" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="456" spans="1:3">
+      <c r="A456" s="1" t="inlineStr">
+        <is>
+          <t>9789944383882</t>
+        </is>
+      </c>
+      <c r="B456" s="1" t="inlineStr">
+        <is>
+          <t>Koaktif Koçluk</t>
+        </is>
+      </c>
+      <c r="C456" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="457" spans="1:3">
+      <c r="A457" s="1" t="inlineStr">
+        <is>
           <t>9789944383837</t>
         </is>
       </c>
-      <c r="B455" s="1" t="inlineStr">
+      <c r="B457" s="1" t="inlineStr">
         <is>
           <t>Girişimcinin El Kitabı 2.0</t>
         </is>
       </c>
-      <c r="C455" s="1">
+      <c r="C457" s="1">
         <v>490</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>