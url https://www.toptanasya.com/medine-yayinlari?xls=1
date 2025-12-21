--- v0 (2025-10-14)
+++ v1 (2025-12-21)
@@ -85,430 +85,490 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9280000003749</t>
+          <t>9786054411719</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Nefehatü'l-Üns Evliya Menkıbeleri (Şamua) (Ciltli)</t>
+          <t>Kalplerin Keşfi / Mükaşefetü'l-Kulüb (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>1200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258081237</t>
+          <t>9786257810876</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Fütuhul-Gayb</t>
+          <t>Kötülük Davetçisi Şeytanla Mücadele</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257980180</t>
+          <t>9786054411153</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Tenbihü’l Gafilin - Gafillerin Uyanışı</t>
+          <t>El-Ğunye Li Talibi Tariki'l Hak (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>600</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789752419063</t>
+          <t>4440000002747</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Dört Büyük Halife (Ciltli)</t>
+          <t>Ma'rifetullah - Hakk'ı Tanımak</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789756500231</t>
+          <t>9280000003749</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Kabir Kıyamet</t>
+          <t>Nefehatü'l-Üns Evliya Menkıbeleri (Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057577450</t>
+          <t>9786258081237</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>El-Fethu’r Rabbani (Ciltsiz)</t>
+          <t>Fütuhul-Gayb</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054411269</t>
+          <t>9786257980180</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>El Fethu'r Rabbani (2. Hamur) (Ciltli)</t>
+          <t>Tenbihü’l Gafilin - Gafillerin Uyanışı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>700</v>
+        <v>600</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054411986</t>
+          <t>9789752419063</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Müslümanın Kendisini İlgilendirmeyen Şeyleri Terk Etmesi</t>
+          <t>Dört Büyük Halife (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054411634</t>
+          <t>9789756500231</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mağfiret Kapısı Tevbe</t>
+          <t>Ölüm Kabir Kıyamet</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786054411757</t>
+          <t>9786057577450</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Mehafetullah Allah Korkusu</t>
+          <t>El-Fethu’r Rabbani (Ciltsiz)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786054411993</t>
+          <t>9786054411269</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Salih Amel</t>
+          <t>El Fethu'r Rabbani (2. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054411627</t>
+          <t>9786054411986</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Cennete Götüren Yol Takva</t>
+          <t>Müslümanın Kendisini İlgilendirmeyen Şeyleri Terk Etmesi</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789752419025</t>
+          <t>9786054411634</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Dört Büyük Halife (Ciltli)</t>
+          <t>Mağfiret Kapısı Tevbe</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9280000003732</t>
+          <t>9786054411757</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Nefehatü'l-Üns Evliya Menkıbeleri (2. Hamur) (Ciltli)</t>
+          <t>Mehafetullah Allah Korkusu</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789752419056</t>
+          <t>9786054411993</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ölüm ve Kabir Sualine Hazırlık</t>
+          <t>Salih Amel</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786054411832</t>
+          <t>9786054411627</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kopmaz İpe Yapışmak</t>
+          <t>Cennete Götüren Yol Takva</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054411979</t>
+          <t>9789752419025</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Mü'minlerin Çeşitli İmtihanlarla Sınanmaları</t>
+          <t>Dört Büyük Halife (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054411504</t>
+          <t>9280000003732</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Adab</t>
+          <t>Nefehatü'l-Üns Evliya Menkıbeleri (2. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786054411689</t>
+          <t>9789752419056</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sırat-ı Müstakim ve Yetmiş Üç Fırka</t>
+          <t>Ölüm ve Kabir Sualine Hazırlık</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786054411481</t>
+          <t>9786054411832</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Fezail-i A'mal - Amellerin Fazileti</t>
+          <t>Kopmaz İpe Yapışmak</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057577610</t>
+          <t>9786054411979</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>El Fethu'r Rabbani (Şamua) (Ciltli)</t>
+          <t>Mü'minlerin Çeşitli İmtihanlarla Sınanmaları</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786052154809</t>
+          <t>9786054411504</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Tenbihü'l Gafilin (Ciltli)</t>
+          <t>Adab</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>1200</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9280000014295</t>
+          <t>9786054411689</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kırk Kudsi Hadis</t>
+          <t>Sırat-ı Müstakim ve Yetmiş Üç Fırka</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786054818105</t>
+          <t>9786054411481</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Mübarek Aylar - Recep Şaban Ramazan ve Faziletleri</t>
+          <t>Fezail-i A'mal - Amellerin Fazileti</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786054411146</t>
+          <t>9786057577610</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Tenbihü'l Gafilin (Ciltli)</t>
+          <t>El Fethu'r Rabbani (Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>900</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
+          <t>9786052154809</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Tenbihü'l Gafilin (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9280000014295</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Kırk Kudsi Hadis</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786054818105</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Mübarek Aylar - Recep Şaban Ramazan ve Faziletleri</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786054411146</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Tenbihü'l Gafilin (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
           <t>9786054411498</t>
         </is>
       </c>
-      <c r="B27" s="1" t="inlineStr">
+      <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Tarikatın Esasları</t>
         </is>
       </c>
-      <c r="C27" s="1">
+      <c r="C31" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>