--- v0 (2025-10-24)
+++ v1 (2026-02-14)
@@ -499,51 +499,51 @@
         <is>
           <t>9786059322713</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Suçum Sevmek Oldu</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9786259514741</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Bir İmam Hatipli Vardı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9789756717790</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Aynadaki Kemalizm</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786059322805</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
@@ -739,51 +739,51 @@
         <is>
           <t>9786259785240</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>İmamın Manken Kızı</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9786259785226</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>İdamlık Genç</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9786059322829</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Harcandık</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9789756717301</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>