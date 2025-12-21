--- v0 (2025-10-24)
+++ v1 (2025-12-21)
@@ -85,2020 +85,2140 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255538628</t>
+          <t>9786255538758</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bir Anda</t>
+          <t>Demir Kazıklı İblis</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255538604</t>
+          <t>9786255538666</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Online İtibar Yönetimi ve SEO</t>
+          <t>Kadın Şarap Öpücük</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255538611</t>
+          <t>9786255538772</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Gözlerin Hangi Mevsim</t>
+          <t>Seherin Çağrısı 1</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255538499</t>
+          <t>9786255538680</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Ağaç, Marsket ve Marsanka</t>
+          <t>Fırtına Kuşu</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>80</v>
+        <v>280</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255538512</t>
+          <t>9786255538697</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kelimeler, Marsket ve Marsanka</t>
+          <t>Çevre Atmosferi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255538505</t>
+          <t>9786255538635</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Uçurtma, Marsket ve Marsanka</t>
+          <t>Can Kaşif Oluyor</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255538536</t>
+          <t>9786255538659</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Zihnimde 26 Gün</t>
+          <t>Pirane Di Yew Keyeyê De (Zazaca)</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255538482</t>
+          <t>9786255538246</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Fatihi 2033</t>
+          <t>Gece Çırası (Hediyeli Özel Set)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>350</v>
+        <v>490</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255538451</t>
+          <t>9786255538628</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Vakıf Ol</t>
+          <t>Bir Anda</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255538468</t>
+          <t>9786255538604</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İçinizdeki Sessizliğin Sesi</t>
+          <t>Online İtibar Yönetimi ve SEO</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255538444</t>
+          <t>9786255538611</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bir Tartıdan Fazlası</t>
+          <t>Gözlerin Hangi Mevsim</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255538321</t>
+          <t>9786255538499</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğunda Yemek Kültürü ve Tarifleri (Resimli Kuşe Kağıt) (Ciltli)</t>
+          <t>Sihirli Ağaç, Marsket ve Marsanka</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>1200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255538369</t>
+          <t>9786255538512</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Asker</t>
+          <t>Kayıp Kelimeler, Marsket ve Marsanka</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255538390</t>
+          <t>9786255538505</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sen Yoksan</t>
+          <t>Uçurtma, Marsket ve Marsanka</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255538413</t>
+          <t>9786255538536</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ölü Beşiği</t>
+          <t>Zihnimde 26 Gün</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255538383</t>
+          <t>9786255538482</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Gölgesinden Kaçan Adam</t>
+          <t>Kudüs Fatihi 2033</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255538352</t>
+          <t>9786255538451</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kalbindeki Sevgi</t>
+          <t>Vakıf Ol</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>90</v>
+        <v>180</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255538314</t>
+          <t>9786255538468</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Beni Aforoz Ettiler</t>
+          <t>İçinizdeki Sessizliğin Sesi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255538345</t>
+          <t>9786255538444</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Gönlümün Binbir Hikâyesi (Sıra Sende Defter Hediyeli)</t>
+          <t>Bir Tartıdan Fazlası</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255538291</t>
+          <t>9786255538321</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Geceler</t>
+          <t>Osmanlı İmparatorluğunda Yemek Kültürü ve Tarifleri (Resimli Kuşe Kağıt) (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>220</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255538307</t>
+          <t>9786255538369</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Anafor Bir Kayseri Polisiyesi</t>
+          <t>Yalnız Asker</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255538260</t>
+          <t>9786255538390</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Devam Et</t>
+          <t>Sen Yoksan</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255538222</t>
+          <t>9786255538413</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Üç Nesil Mükellef</t>
+          <t>Ölü Beşiği</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255538208</t>
+          <t>9786255538383</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Göç Ailesiz Bırakınca</t>
+          <t>Gölgesinden Kaçan Adam</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255538154</t>
+          <t>9786255538352</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>90-60-90 Disiplinle Hayalini Yakala</t>
+          <t>Kalbindeki Sevgi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>480</v>
+        <v>90</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255538178</t>
+          <t>9786255538314</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Deyimlerle Boyama (Pedagog Onaylı) 6-12 Yaş</t>
+          <t>Beni Aforoz Ettiler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255538147</t>
+          <t>9786255538345</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kapı</t>
+          <t>Gönlümün Binbir Hikâyesi (Sıra Sende Defter Hediyeli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255538161</t>
+          <t>9786255538291</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Tadını Çıkar</t>
+          <t>Konuşan Geceler</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255538079</t>
+          <t>9786255538307</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Gözlerindeki Aşk</t>
+          <t>Anafor Bir Kayseri Polisiyesi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255538048</t>
+          <t>9786255538260</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Papatya</t>
+          <t>Devam Et</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255538086</t>
+          <t>9786255538222</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Uçurum</t>
+          <t>Üç Nesil Mükellef</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255538109</t>
+          <t>9786255538208</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İnci Tanesi Gibi</t>
+          <t>Göç Ailesiz Bırakınca</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255538116</t>
+          <t>9786255538154</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şizofren</t>
+          <t>90-60-90 Disiplinle Hayalini Yakala</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>140</v>
+        <v>480</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255538093</t>
+          <t>9786255538178</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Aşktan Haber Var</t>
+          <t>Deyimlerle Boyama (Pedagog Onaylı) 6-12 Yaş</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255538130</t>
+          <t>9786255538147</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Gölgesi</t>
+          <t>Kapı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259750699</t>
+          <t>9786255538161</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Zenginleştirilmiş Yalın Sözlük</t>
+          <t>Tadını Çıkar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255538055</t>
+          <t>9786255538079</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Freelancer Olma Rehberi</t>
+          <t>Gözlerindeki Aşk</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255538062</t>
+          <t>9786255538048</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Looking For Lotus - April Fool’s Day Adventure</t>
+          <t>Papatya</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>110</v>
+        <v>240</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259750675</t>
+          <t>9786255538086</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>We Can All Make Mistakes</t>
+          <t>Uçurum</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>70</v>
+        <v>140</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255538031</t>
+          <t>9786255538109</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Süveyda</t>
+          <t>İnci Tanesi Gibi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259750637</t>
+          <t>9786255538116</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Hata Yapabiliriz</t>
+          <t>İçimizdeki Şizofren</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>60</v>
+        <v>140</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255538000</t>
+          <t>9786255538093</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Akıl ve Mantığın Götürdüğü Yere</t>
+          <t>Aşktan Haber Var</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255538024</t>
+          <t>9786255538130</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Sana Her Gün Aşık Olmak</t>
+          <t>Özgürlüğün Gölgesi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259750613</t>
+          <t>9786259750699</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kedilerin Gizli Dünyası</t>
+          <t>Zenginleştirilmiş Yalın Sözlük</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259750620</t>
+          <t>9786255538055</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Cats’ Secret World</t>
+          <t>Freelancer Olma Rehberi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259750668</t>
+          <t>9786255538062</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bir Havuç Öyküsü (Renkli Resimli 3+Yaş)</t>
+          <t>Looking For Lotus - April Fool’s Day Adventure</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259750606</t>
+          <t>9786259750675</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzlukta Bir Kıvılcım</t>
+          <t>We Can All Make Mistakes</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>310</v>
+        <v>70</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259785387</t>
+          <t>9786255538031</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sensizliğin Boşluğunda</t>
+          <t>Süveyda</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259785349</t>
+          <t>9786259750637</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Mezarlıkta Bir Azize</t>
+          <t>Hepimiz Hata Yapabiliriz</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>49</v>
+        <v>60</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259785363</t>
+          <t>9786255538000</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Anne Ben Kitap Yazdım</t>
+          <t>Akıl ve Mantığın Götürdüğü Yere</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259785325</t>
+          <t>9786255538024</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yüzyılın Hikayesi</t>
+          <t>Sana Her Gün Aşık Olmak</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259485058</t>
+          <t>9786259750613</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>En Güzel En Güzel Çağım</t>
+          <t>Kedilerin Gizli Dünyası</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259785332</t>
+          <t>9786259750620</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Lean Talks Sürdürülebilir Yalın 100 Soru 100 Cevap</t>
+          <t>Cats’ Secret World</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259485072</t>
+          <t>9786259750668</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Tavsiyeleri</t>
+          <t>Bir Havuç Öyküsü (Renkli Resimli 3+Yaş)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259485065</t>
+          <t>9786259750606</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Çarpık Zihinler - Gardiyan</t>
+          <t>Sonsuzlukta Bir Kıvılcım</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>360</v>
+        <v>310</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259785318</t>
+          <t>9786259785387</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kendini Yersen Kilo Alırsın</t>
+          <t>Sensizliğin Boşluğunda</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259485003</t>
+          <t>9786259785349</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Ömür Çeşmesinden Damlalar</t>
+          <t>Mezarlıkta Bir Azize</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>265</v>
+        <v>49</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258040388</t>
+          <t>9786259785363</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Adalet Kayıp Yüzler</t>
+          <t>Anne Ben Kitap Yazdım</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>195</v>
+        <v>280</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258040654</t>
+          <t>9786259785325</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Müziği (3 Kitap Takım)</t>
+          <t>Yüzyılın Hikayesi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>635</v>
+        <v>280</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259833897</t>
+          <t>9786259485058</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Müziği - Üçüncü Bölüm</t>
+          <t>En Güzel En Güzel Çağım</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259833880</t>
+          <t>9786259785332</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Müziği - İkinci Bölüm</t>
+          <t>Lean Talks Sürdürülebilir Yalın 100 Soru 100 Cevap</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>285</v>
+        <v>400</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258040609</t>
+          <t>9786259485072</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Orman Okulunda Bir Gün</t>
+          <t>Bir Delinin Tavsiyeleri</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>105</v>
+        <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258040616</t>
+          <t>9786259485065</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>A Day At Forest School</t>
+          <t>Çarpık Zihinler - Gardiyan</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>175</v>
+        <v>360</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786259833842</t>
+          <t>9786259785318</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Merve Piknikte (Renkli Resimli-İspanyolca Türkçe) 5+Yaş</t>
+          <t>Kendini Yersen Kilo Alırsın</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786259821542</t>
+          <t>9786259485003</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Emin Olmak 4- Kırılma Noktalarım</t>
+          <t>Ömür Çeşmesinden Damlalar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>220</v>
+        <v>265</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786259821535</t>
+          <t>9786258040388</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Emin Olmak 3- Emir Demiri Keser mi?</t>
+          <t>Adalet Kayıp Yüzler</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786259821528</t>
+          <t>9786258040654</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Emin Olmak 2- Yabancı Topraklar: Almanya</t>
+          <t>Tanrıların Müziği (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>190</v>
+        <v>635</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786259821511</t>
+          <t>9786259833897</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Emin Olmak 1- Urla Cennet İken</t>
+          <t>Tanrıların Müziği - Üçüncü Bölüm</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786259833811</t>
+          <t>9786259833880</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Söyle Sözünü</t>
+          <t>Tanrıların Müziği - İkinci Bölüm</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>195</v>
+        <v>285</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786259833835</t>
+          <t>9786258040609</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kömür İle Kırpık</t>
+          <t>Orman Okulunda Bir Gün</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>80</v>
+        <v>105</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258040869</t>
+          <t>9786258040616</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Çöl Kaplanı - İlk Başkaldırı</t>
+          <t>A Day At Forest School</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258040999</t>
+          <t>9786259833842</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Hakkında</t>
+          <t>Merve Piknikte (Renkli Resimli-İspanyolca Türkçe) 5+Yaş</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>550</v>
+        <v>210</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258040982</t>
+          <t>9786259821542</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Tiyatroda Kostüm Tasarımı ve Seyirci Üzerindeki Etkileri</t>
+          <t>Emin Olmak 4- Kırılma Noktalarım</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258040852</t>
+          <t>9786259821535</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Suretim ve Ben</t>
+          <t>Emin Olmak 3- Emir Demiri Keser mi?</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258040944</t>
+          <t>9786259821528</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Pembe Bir Ağıt</t>
+          <t>Emin Olmak 2- Yabancı Topraklar: Almanya</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258040876</t>
+          <t>9786259821511</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Azra-il-e Tanrının Savaşı</t>
+          <t>Emin Olmak 1- Urla Cennet İken</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>295</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258040937</t>
+          <t>9786259833811</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Müziği - Birinci Bölüm</t>
+          <t>Söyle Sözünü</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258040975</t>
+          <t>9786259833835</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltını Dönüştür - Oku-Uygula-Dönüş</t>
+          <t>Kömür İle Kırpık</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258040845</t>
+          <t>9786258040869</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>+18 AYT Biyoloji Ders Notları</t>
+          <t>Çöl Kaplanı - İlk Başkaldırı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258040890</t>
+          <t>9786258040999</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Torun - Neden Bu Kadar Karanlıksın?</t>
+          <t>Her Şey Hakkında</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>190</v>
+        <v>550</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258040821</t>
+          <t>9786258040982</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Bir Küçük Papatya Meselesi</t>
+          <t>Tiyatroda Kostüm Tasarımı ve Seyirci Üzerindeki Etkileri</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258040838</t>
+          <t>9786258040852</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Mem Ali</t>
+          <t>Suretim ve Ben</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>130</v>
+        <v>175</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258040807</t>
+          <t>9786258040944</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sala</t>
+          <t>Pembe Bir Ağıt</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258040739</t>
+          <t>9786258040876</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kalpler</t>
+          <t>Azra-il-e Tanrının Savaşı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>110</v>
+        <v>295</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258040708</t>
+          <t>9786258040937</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Fitness Journal</t>
+          <t>Tanrıların Müziği - Birinci Bölüm</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258040722</t>
+          <t>9786258040975</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Enise ve Lema</t>
+          <t>Bilinçaltını Dönüştür - Oku-Uygula-Dönüş</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>85</v>
+        <v>180</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258040586</t>
+          <t>9786258040845</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Çok Fena</t>
+          <t>+18 AYT Biyoloji Ders Notları</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>85</v>
+        <v>360</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786258040555</t>
+          <t>9786258040890</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Curious Boy 2</t>
+          <t>Torun - Neden Bu Kadar Karanlıksın?</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>133</v>
+        <v>190</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258040579</t>
+          <t>9786258040821</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Sokak</t>
+          <t>Bir Küçük Papatya Meselesi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>112</v>
+        <v>130</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258040524</t>
+          <t>9786258040838</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten İnsan mısın?</t>
+          <t>Mem Ali</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>112</v>
+        <v>130</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258040517</t>
+          <t>9786258040807</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Baltacı Mehmet Ve Katherina</t>
+          <t>Sala</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>85</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258040456</t>
+          <t>9786258040739</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Pamuk ve İplik</t>
+          <t>Kırık Kalpler</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>70</v>
+        <v>110</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258040487</t>
+          <t>9786258040708</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Biomatrix - Aura Cerrahisi ile Şifa Yolculuğu</t>
+          <t>Fitness Journal</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>112</v>
+        <v>150</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258040371</t>
+          <t>9786258040722</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Renklerini Arayan Kelebek</t>
+          <t>Enise ve Lema</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>42</v>
+        <v>85</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258040425</t>
+          <t>9786258040586</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Keşke</t>
+          <t>Çok Fena</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>90</v>
+        <v>85</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258040401</t>
+          <t>9786258040555</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Sincap Yemi</t>
+          <t>Curious Boy 2</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>77</v>
+        <v>133</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258040395</t>
+          <t>9786258040579</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Emek Ve Sabır</t>
+          <t>Aşk ve Sokak</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>77</v>
+        <v>112</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258040418</t>
+          <t>9786258040524</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Siyah Araba</t>
+          <t>Gerçekten İnsan mısın?</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>77</v>
+        <v>112</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258040463</t>
+          <t>9786258040517</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Adalet Sonun Başlangıcı</t>
+          <t>Baltacı Mehmet Ve Katherina</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>90</v>
+        <v>85</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258040432</t>
+          <t>9786258040456</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>A Butterfly Seekıng Its Colors</t>
+          <t>Pamuk ve İplik</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>56</v>
+        <v>70</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258040364</t>
+          <t>9786258040487</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>12'lerin Laneti</t>
+          <t>Biomatrix - Aura Cerrahisi ile Şifa Yolculuğu</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>105</v>
+        <v>112</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258040333</t>
+          <t>9786258040371</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>İsmin Kaderindir</t>
+          <t>Renklerini Arayan Kelebek</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>56</v>
+        <v>42</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258040357</t>
+          <t>9786258040425</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Uzağa Atılan Hayaller (Aşkbudam)</t>
+          <t>Keşke</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>56</v>
+        <v>90</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258040319</t>
+          <t>9786258040401</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Aşk Ve Erdem</t>
+          <t>Sincap Yemi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>56</v>
+        <v>77</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258040340</t>
+          <t>9786258040395</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Çocuklu Bakire</t>
+          <t>Emek Ve Sabır</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>97</v>
+        <v>77</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258040296</t>
+          <t>9786258040418</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Özgül Süsler Yıldızlı Kitapları 2 Kitap Set (Oyuna Gelme - Diyorum Ki)</t>
+          <t>Siyah Araba</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>133</v>
+        <v>77</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258040272</t>
+          <t>9786258040463</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Oyuna Gelme</t>
+          <t>Adalet Sonun Başlangıcı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>97</v>
+        <v>90</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258040289</t>
+          <t>9786258040432</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Diyorum Ki</t>
+          <t>A Butterfly Seekıng Its Colors</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>56</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258040326</t>
+          <t>9786258040364</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Ayna</t>
+          <t>12'lerin Laneti</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>63</v>
+        <v>105</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258040302</t>
+          <t>9786258040333</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Benim de Babam Var</t>
+          <t>İsmin Kaderindir</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>54</v>
+        <v>56</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258040265</t>
+          <t>9786258040357</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Mor Talih</t>
+          <t>Uzağa Atılan Hayaller (Aşkbudam)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>85</v>
+        <v>56</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258040241</t>
+          <t>9786258040319</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Çavuş İrina</t>
+          <t>Aşk Ve Erdem</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>90</v>
+        <v>56</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258040203</t>
+          <t>9786258040340</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Curious Boy</t>
+          <t>Dokuz Çocuklu Bakire</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>85</v>
+        <v>97</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258040227</t>
+          <t>9786258040296</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Ceza</t>
+          <t>Özgül Süsler Yıldızlı Kitapları 2 Kitap Set (Oyuna Gelme - Diyorum Ki)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>90</v>
+        <v>133</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258040234</t>
+          <t>9786258040272</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Pierre Loti Ay Işığı</t>
+          <t>Oyuna Gelme</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>54</v>
+        <v>97</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258040258</t>
+          <t>9786258040289</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Cam Kanatlar Senri Masalları 1</t>
+          <t>Diyorum Ki</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>120</v>
+        <v>56</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258040197</t>
+          <t>9786258040326</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Ruhuna Sahip Çık - Yüreğime Kaçıncı Gurbet</t>
+          <t>Ayna</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>63</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258040074</t>
+          <t>9786258040302</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kokulu Köşkün Özgür Ruhları</t>
+          <t>Benim de Babam Var</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>63</v>
+        <v>54</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258040173</t>
+          <t>9786258040265</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Yaşarken Tanrı’yı Aramak</t>
+          <t>Mor Talih</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>77</v>
+        <v>85</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258040166</t>
+          <t>9786258040241</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Hüccet - İslam’ın Gözle Görülür Delilleri</t>
+          <t>Çavuş İrina</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>50</v>
+        <v>90</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258040159</t>
+          <t>9786258040203</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Aşık Mıyım Deli Mi?</t>
+          <t>Curious Boy</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>56</v>
+        <v>85</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258040180</t>
+          <t>9786258040227</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Treni</t>
+          <t>Ceza</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>77</v>
+        <v>90</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258040128</t>
+          <t>9786258040234</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Alaca Hikayeler</t>
+          <t>Pierre Loti Ay Işığı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>175</v>
+        <v>54</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258040142</t>
+          <t>9786258040258</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Beton Ova</t>
+          <t>Cam Kanatlar Senri Masalları 1</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>40</v>
+        <v>120</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258040135</t>
+          <t>9786258040197</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Nisa'nın Günahı</t>
+          <t>Ruhuna Sahip Çık - Yüreğime Kaçıncı Gurbet</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>77</v>
+        <v>63</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258040111</t>
+          <t>9786258040074</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Cansın’dan Can’a</t>
+          <t>Kokulu Köşkün Özgür Ruhları</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>40</v>
+        <v>63</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258040036</t>
+          <t>9786258040173</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Tecrit</t>
+          <t>Yaşarken Tanrı’yı Aramak</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>69</v>
+        <v>77</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258040043</t>
+          <t>9786258040166</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Mido</t>
+          <t>Hüccet - İslam’ın Gözle Görülür Delilleri</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>69</v>
+        <v>50</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258040081</t>
+          <t>9786258040159</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Hamamı</t>
+          <t>Aşık Mıyım Deli Mi?</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>69</v>
+        <v>56</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258040050</t>
+          <t>9786258040180</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Acı Bal</t>
+          <t>Kıyamet Treni</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>112</v>
+        <v>77</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258040067</t>
+          <t>9786258040128</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Boşluk</t>
+          <t>Alaca Hikayeler</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>140</v>
+        <v>175</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
+          <t>9786258040142</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Beton Ova</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9786258040135</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Nisa'nın Günahı</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786258040111</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Cansın’dan Can’a</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786258040036</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Tecrit</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786258040043</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Mido</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9786258040081</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Güvercin Hamamı</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786258040050</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Acı Bal</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9786258040067</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Boşluk</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
           <t>9786258040029</t>
         </is>
       </c>
-      <c r="B133" s="1" t="inlineStr">
+      <c r="B141" s="1" t="inlineStr">
         <is>
           <t>Ömür Dediğin</t>
         </is>
       </c>
-      <c r="C133" s="1">
+      <c r="C141" s="1">
         <v>55</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>