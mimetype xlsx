--- v0 (2025-10-24)
+++ v1 (2026-02-14)
@@ -184,51 +184,51 @@
         <is>
           <t>9786259817729</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Bilgelikten Sıkılan Baykuş</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>155</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9789752828193</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Genç Nesil Tuş Beyinli Serisi (8 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>1920</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9787597874047</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Kangal Toros Serisi 2. Sınıf Okuma Seti 8-14 Yaş</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786057307712</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
@@ -274,51 +274,51 @@
         <is>
           <t>9280000018279</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Doğanın Düzeni Bilimsel Hikayeler 7+Yaş (4 Kitap Set)</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9789752828186</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Genç Nesil Çılgınlar Serisi (10 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>2400</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786056968785</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Adnan Abiyle Neşeli Harflerin Maceraları</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>222</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786057307705</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>