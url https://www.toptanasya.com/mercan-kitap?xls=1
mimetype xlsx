--- v0 (2025-10-24)
+++ v1 (2026-02-14)
@@ -85,1210 +85,1270 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786054908967</t>
+          <t>9786259377216</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Rahmet İçin Geç Değil (Namaz Kitabı)</t>
+          <t>Alim Yetiştiren Anneler 2</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786054908974</t>
+          <t>9786054908677</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Tesettürde Yozlaşma</t>
+          <t>Hz. Fatıma'nın Çeyizi ve Düğünü</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786054908592</t>
+          <t>9786054908639</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Alim Yetiştiren Anneler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>125</v>
+        <v>220</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789944742740</t>
+          <t>9786259377209</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerle Peygamber Efendimizin (s.a.v.) Sünnetleri</t>
+          <t>Alim Yetiştiren Babalar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786054908325</t>
+          <t>9786054908967</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Cinler Alemi</t>
+          <t>Rahmet İçin Geç Değil (Namaz Kitabı)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>385</v>
+        <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786054908417</t>
+          <t>9786054908974</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Doğu Tıbbı ve Şifanın Kökleri</t>
+          <t>Tesettürde Yozlaşma</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054908233</t>
+          <t>9786054908592</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Hacamat - İslami ve Tıbbi Tedavi</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>270</v>
+        <v>125</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054908141</t>
+          <t>9789944742740</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Günahları Bıraktıran Kitap</t>
+          <t>Ayet ve Hadislerle Peygamber Efendimizin (s.a.v.) Sünnetleri</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786056214721</t>
+          <t>9786054908325</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sünnet Işığında Sahih İlmihal (Ciltli)</t>
+          <t>Cinler Alemi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>800</v>
+        <v>385</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9280000015704</t>
+          <t>9786054908417</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Alim Yetiştiren Babalar</t>
+          <t>Doğu Tıbbı ve Şifanın Kökleri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>85</v>
+        <v>450</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786054908950</t>
+          <t>9786054908233</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Okları</t>
+          <t>Hacamat - İslami ve Tıbbi Tedavi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>149</v>
+        <v>270</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054908257</t>
+          <t>9786054908141</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ehli Sünnet'in Esasları</t>
+          <t>Günahları Bıraktıran Kitap</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786054908172</t>
+          <t>9786056214721</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sahih Dua ve Zikirler</t>
+          <t>Kur'an ve Sünnet Işığında Sahih İlmihal (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>75</v>
+        <v>800</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786054908738</t>
+          <t>9280000015704</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Marifetname (Tam Metin) (Ciltli)</t>
+          <t>Alim Yetiştiren Babalar</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>850</v>
+        <v>85</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789944742443</t>
+          <t>9786054908950</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yasin ve Dualar</t>
+          <t>Gecenin Okları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>75</v>
+        <v>149</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789944742603</t>
+          <t>9786054908257</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Namaz Tesbihatı (Mini Boy)</t>
+          <t>Ehli Sünnet'in Esasları</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>48</v>
+        <v>80</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789944742580</t>
+          <t>9786054908172</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Namaz Tesbihatı</t>
+          <t>Sahih Dua ve Zikirler</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789944742320</t>
+          <t>9786054908738</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnetten Okuyarak Tedavi (Rukye) Şifalı Dualar</t>
+          <t>Marifetname (Tam Metin) (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>75</v>
+        <v>850</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789944742023</t>
+          <t>9789944742443</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hac ve Umre Rehberi</t>
+          <t>Yasin ve Dualar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>135</v>
+        <v>75</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789944742313</t>
+          <t>9789944742603</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Akidetu’l Geylaniyye</t>
+          <t>Namaz Tesbihatı (Mini Boy)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>220</v>
+        <v>48</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789944742429</t>
+          <t>9789944742580</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Abdulkadir Geylani - Hayat ve Menkıbeleri</t>
+          <t>Namaz Tesbihatı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>220</v>
+        <v>75</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786054908813</t>
+          <t>9789944742320</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltımı Seviyorum - İçsel Huzurun Mucizesi</t>
+          <t>Kur’an ve Sünnetten Okuyarak Tedavi (Rukye) Şifalı Dualar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>270</v>
+        <v>75</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786054908806</t>
+          <t>9789944742023</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Hadis Deryasından Bir Katre</t>
+          <t>Hac ve Umre Rehberi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>270</v>
+        <v>135</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9787597873651</t>
+          <t>9789944742313</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Mercan Okuma Seti 3- Kalplerin Keşfi ve Büyük İslam İlmihali</t>
+          <t>Akidetu’l Geylaniyye</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>700</v>
+        <v>220</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9787597873644</t>
+          <t>9789944742429</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Mercan Okuma Seti 2- Muhtasar Hayatü's-Sahabe ve Riyazü's-Salihin</t>
+          <t>Abdulkadir Geylani - Hayat ve Menkıbeleri</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>700</v>
+        <v>220</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9787597873637</t>
+          <t>9786054908813</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Mercan Okuma Seti 1- İslam İlmihali ve Riyazüs-salihin</t>
+          <t>Bilinçaltımı Seviyorum - İçsel Huzurun Mucizesi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786054908790</t>
+          <t>9786054908806</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hazırlanın Sözümüze Dönüyoruz</t>
+          <t>Hadis Deryasından Bir Katre</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>110</v>
+        <v>270</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786054908783</t>
+          <t>9787597873651</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Oryantalizm ve Oryantalist Düşünce</t>
+          <t>Mercan Okuma Seti 3- Kalplerin Keşfi ve Büyük İslam İlmihali</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>95</v>
+        <v>700</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786054908776</t>
+          <t>9787597873644</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kaya Bastı</t>
+          <t>Mercan Okuma Seti 2- Muhtasar Hayatü's-Sahabe ve Riyazü's-Salihin</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>185</v>
+        <v>700</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786054908769</t>
+          <t>9787597873637</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerle Peygamber Efendimizin (s.a.v.) Sünnetleri</t>
+          <t>Mercan Okuma Seti 1- İslam İlmihali ve Riyazüs-salihin</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>270</v>
+        <v>700</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789752829015</t>
+          <t>9786054908790</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hayatüs Sahabe (4 Cilt Takım Kutulu) (Ciltli)</t>
+          <t>Hazırlanın Sözümüze Dönüyoruz</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>1700</v>
+        <v>110</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786054908752</t>
+          <t>9786054908783</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Seyran</t>
+          <t>Oryantalizm ve Oryantalist Düşünce</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>270</v>
+        <v>95</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789756020098</t>
+          <t>9786054908776</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Büyük İslam İlmihali (Resimli Abdest ve Namaz Hocası İlaveli ) (Ciltli)</t>
+          <t>Kaya Bastı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>450</v>
+        <v>185</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786054908202</t>
+          <t>9786054908769</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kadın Şahsiyetler ve Hanım Sahabiler</t>
+          <t>Ayet ve Hadislerle Peygamber Efendimizin (s.a.v.) Sünnetleri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786054908745</t>
+          <t>9789752829015</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Şifa Hazinesi</t>
+          <t>Hayatüs Sahabe (4 Cilt Takım Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>450</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786054908721</t>
+          <t>9786054908752</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kadın Şahsiyetler ve Hanım Sahabiler (Ciltli)</t>
+          <t>Seyran</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>420</v>
+        <v>270</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786054908714</t>
+          <t>9789756020098</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kulak Akapunkturu</t>
+          <t>Büyük İslam İlmihali (Resimli Abdest ve Namaz Hocası İlaveli ) (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786054908684</t>
+          <t>9786054908202</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kürsülerden Müminlere 41 Vaaz (Ciltli)</t>
+          <t>Kadın Şahsiyetler ve Hanım Sahabiler</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>490</v>
+        <v>320</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786054908691</t>
+          <t>9786054908745</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Dini Hikayeler Öyküler ve Öğütler</t>
+          <t>Geleneksel Şifa Hazinesi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786254000751</t>
+          <t>9786054908721</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Efendimiz'den 101 Hadisle Kur'an Dili Arapça</t>
+          <t>Kadın Şahsiyetler ve Hanım Sahabiler (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>480</v>
+        <v>420</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786054908660</t>
+          <t>9786054908714</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Hacamat ve Manevi Şifa</t>
+          <t>Kulak Akapunkturu</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786054908653</t>
+          <t>9786054908684</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Doğu Tıbbı Şifanın Kökleri ve Akupunktur</t>
+          <t>Kürsülerden Müminlere 41 Vaaz (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>450</v>
+        <v>490</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786054908646</t>
+          <t>9786054908691</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Resulullah'ın Ailesi Sallallahu Aleyhi ve Sellem</t>
+          <t>Dini Hikayeler Öyküler ve Öğütler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>185</v>
+        <v>220</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786054908615</t>
+          <t>9786254000751</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sünnette Cennet ve Huriler</t>
+          <t>Efendimiz'den 101 Hadisle Kur'an Dili Arapça</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>125</v>
+        <v>480</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9280000006399</t>
+          <t>9786054908660</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Mercan Sağlık Seti (3 Kitap)</t>
+          <t>Hacamat ve Manevi Şifa</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>990</v>
+        <v>270</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786054908509</t>
+          <t>9786054908653</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Hısnu'l Müslim Dualar Zikirler ve Şifalı Dualar</t>
+          <t>Doğu Tıbbı Şifanın Kökleri ve Akupunktur</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>148</v>
+        <v>450</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786054908608</t>
+          <t>9786054908646</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sahih Nebevi Tıb</t>
+          <t>Resulullah'ın Ailesi Sallallahu Aleyhi ve Sellem</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>450</v>
+        <v>185</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9280000007143</t>
+          <t>9786054908615</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Dua Seti - Şifalı Dualar Hazinesi (5 Kitap)</t>
+          <t>Kur'an ve Sünnette Cennet ve Huriler</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>350</v>
+        <v>125</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786058391321</t>
+          <t>9280000006399</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Şiirler ve Faydalı Bilgiler</t>
+          <t>Mercan Sağlık Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>185</v>
+        <v>990</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786054908349</t>
+          <t>9786054908509</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Arayış</t>
+          <t>Hısnu'l Müslim Dualar Zikirler ve Şifalı Dualar</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>160</v>
+        <v>148</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054908332</t>
+          <t>9786054908608</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kabir Hayatı</t>
+          <t>Sahih Nebevi Tıb</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789944742467</t>
+          <t>9280000007143</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Esma’ül Hüsna - Anlamı ve Fazileti</t>
+          <t>Dua Seti - Şifalı Dualar Hazinesi (5 Kitap)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>99</v>
+        <v>350</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789944742597</t>
+          <t>9786058391321</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Cevşen - Esmaül Hüsna İlaveli (Mini Boy)</t>
+          <t>Şiirler ve Faydalı Bilgiler</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>48</v>
+        <v>185</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054908226</t>
+          <t>9786054908349</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bayram-ı Veli</t>
+          <t>Aşk-ı Arayış</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786054908042</t>
+          <t>9786054908332</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla Tevhid İnancı</t>
+          <t>Kabir Hayatı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786054908196</t>
+          <t>9789944742467</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Çivi - 1</t>
+          <t>Esma’ül Hüsna - Anlamı ve Fazileti</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>145</v>
+        <v>99</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054908165</t>
+          <t>9789944742597</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Namazda Elleri Kaldırma Kitabı</t>
+          <t>Cevşen - Esmaül Hüsna İlaveli (Mini Boy)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>160</v>
+        <v>48</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786054908158</t>
+          <t>9786054908226</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Hadis Ehli’nin Tarihi</t>
+          <t>Hacı Bayram-ı Veli</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786054908189</t>
+          <t>9786054908042</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Çoraplar Üzerine Mesh Etmek</t>
+          <t>Soru ve Cevaplarla Tevhid İnancı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786054908240</t>
+          <t>9786054908196</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal ve Fiziksel Hastalıklarda Geleneksel Tedavi - Sülük Tedavisi</t>
+          <t>Çivi - 1</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>285</v>
+        <v>145</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786054908264</t>
+          <t>9786054908165</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İtikatte Selef'in Menheci ve Müslümanların Vahdetindeki Önemi</t>
+          <t>Namazda Elleri Kaldırma Kitabı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786054908271</t>
+          <t>9786054908158</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kabir Azabı ve Nimeti</t>
+          <t>Hadis Ehli’nin Tarihi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786054908288</t>
+          <t>9786054908189</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kitab ve Sünnet'e Dönmenin Gerekliliği</t>
+          <t>Çoraplar Üzerine Mesh Etmek</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786054908318</t>
+          <t>9786054908240</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Tevhid İnancına Nasıl Ulaştım</t>
+          <t>Ruhsal ve Fiziksel Hastalıklarda Geleneksel Tedavi - Sülük Tedavisi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>130</v>
+        <v>285</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786054908301</t>
+          <t>9786054908264</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Selefi Anlayış Kurtuluşun Yoludur</t>
+          <t>İtikatte Selef'in Menheci ve Müslümanların Vahdetindeki Önemi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786054908295</t>
+          <t>9786054908271</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İnsanlara Kasvet Veren Problemler ve Çözümleri</t>
+          <t>Kabir Azabı ve Nimeti</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786054908127</t>
+          <t>9786054908288</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Çağlar Boyu Gerçek Şifa</t>
+          <t>Kitab ve Sünnet'e Dönmenin Gerekliliği</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>450</v>
+        <v>125</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054908059</t>
+          <t>9786054908318</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla Sahih Akide</t>
+          <t>Tevhid İnancına Nasıl Ulaştım</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>135</v>
+        <v>130</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786054908134</t>
+          <t>9786054908301</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla Akide - Fıkıh Siyer</t>
+          <t>Selefi Anlayış Kurtuluşun Yoludur</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789944742900</t>
+          <t>9786054908295</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Te’vil Etmenin Kınanması</t>
+          <t>İnsanlara Kasvet Veren Problemler ve Çözümleri</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789944742894</t>
+          <t>9786054908127</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Secdelerde Elleri Kaldırma Hadisleri</t>
+          <t>Çağlar Boyu Gerçek Şifa</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789944742870</t>
+          <t>9786054908059</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İtikad Parıltıları</t>
+          <t>Soru ve Cevaplarla Sahih Akide</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>130</v>
+        <v>135</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786054908035</t>
+          <t>9786054908134</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Niçin Sakal Bırakıyoruz?</t>
+          <t>Soru ve Cevaplarla Akide - Fıkıh Siyer</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054908011</t>
+          <t>9789944742900</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Beş Rüknü ile ilgili Sorulara Önemli Cevaplar</t>
+          <t>Te’vil Etmenin Kınanması</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786054908028</t>
+          <t>9789944742894</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>İçtihad ve Taklid</t>
+          <t>Secdelerde Elleri Kaldırma Hadisleri</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789944742863</t>
+          <t>9789944742870</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Ey Namazı Terkeden!</t>
+          <t>İtikad Parıltıları</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789944742573</t>
+          <t>9786054908035</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Tesbihat ve Cevşen</t>
+          <t>Niçin Sakal Bırakıyoruz?</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>75</v>
+        <v>110</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
+          <t>9786054908011</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>İslam'ın Beş Rüknü ile ilgili Sorulara Önemli Cevaplar</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9786054908028</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>İçtihad ve Taklid</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9789944742863</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Ey Namazı Terkeden!</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9789944742573</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Tesbihat ve Cevşen</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
           <t>9799758525804</t>
         </is>
       </c>
-      <c r="B79" s="1" t="inlineStr">
+      <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Peygamber Efendimizin Torunu Hz. Zeyneb</t>
         </is>
       </c>
-      <c r="C79" s="1">
+      <c r="C83" s="1">
         <v>165</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>