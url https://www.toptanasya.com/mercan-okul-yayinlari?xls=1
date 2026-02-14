--- v0 (2025-10-24)
+++ v1 (2026-02-14)
@@ -109,66 +109,66 @@
         <is>
           <t>9786259824666</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Sokrates Öncesi ve Sokrates'in Savunması</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9787597874207</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>4. Sınıf Hikayeler Okuma Seti - 10 Kitap Soru Kitapçığı İlaveli</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>2801202509258</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Klasik Eserler Okuma Dizisi -1 (5 Kitap Set) 5-6-7 ve 8. Sınıflar İçin</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>2025030509154</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>1. Sınıflara Dünya Masalları Seti</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>2801202510339</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
@@ -199,81 +199,81 @@
         <is>
           <t>2801202510124</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Yapıştır Boya Öğren İlk kelimelerle Araçlar, Hayvanlar, Çiftlik, Yaşantımız (4 Kitap Set) 3+Yaş</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>2801202509579</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Klasik Eserler Okuma Dizisi - 2</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9787597875358</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Yeni Nesil Sözlük Seti, Türkçe-İngilizce-Atasözleri ve Yazım Klavuzu (4 Kitap Kutulu, Biala Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>520</v>
+        <v>600</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9787597875365</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Süper Resimli Sözlük Seti Türkçe, İngilizce, Atasözleri (3 Kitap-Kutulu)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>480</v>
+        <v>525</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786054908110</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Yazım Kılavuzu</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786058049154</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
@@ -379,156 +379,156 @@
         <is>
           <t>9786259817767</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>1. Sınıf Resimli Hikaye Seti (4 Kitap + Boyama Kitabı Hediye)</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>399</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9787597875303</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Fatih Duman Romanları, İslam Büyükleri Seti (8 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>1950</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>2009202409244</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>1.Sınıf Anetil İlk Okuma Yazma Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>189.9</v>
+        <v>220</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786259824628</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>İlkokul Türkçe Sözlük (TDK Uyumlu)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786259824659</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Deyimler ve Atasözleri Sözlüğü (TDK Uyumlu)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786259824642</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Yazım (İmla) Kılavuzu (TDK Uyumlu)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786259824635</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Ortaokul Türkçe Sözlük (TDK Uyumlu)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>2024042709491</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>1. Sınıf Okuma Seti Dede Korkut Masalları 10 Kitap + Değerlendirme Kitapçığı İlaveli</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>189.9</v>
+        <v>220</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>2024042709507</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>1. Sınıf Okuma Seti Andersen Masalları 10 Kitap + Değerlendirme Kitapçığı İlaveli</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>189.9</v>
+        <v>220</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>0727597873533</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Standart Kılavuz Dik Çizgili Yazı Defteri (16x24 Ebat) Yeni Satır Aralıklarına Uygun</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>0727597873526</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
@@ -559,246 +559,246 @@
         <is>
           <t>0727597873540</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Standart Kılavuz Dik Çizgili Yazı Defteri (19x27 Ebat) Yeni Satır Aralıklarına Uygun</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9787597875372</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Peygamber Hikayeleri Serisi (13 Kitap Takım) 7+ Yaş Renkli Resimli</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>600</v>
+        <v>850</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9787597874214</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>2. Sınıf Hikayeler Okuma Seti - 10 Kitap Soru Kitapçığı İlaveli</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>349.9</v>
+        <v>400</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9787597874191</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>3. Sınıf Hikayeler Okuma Seti - 10 Kitap Soru Kitapçığı İlaveli</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>2024020312439</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>1. Sınıf Okuma Seti Sevimli Masallar 10 Kitap + Soru Kitapçığı İlaveli</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>189.9</v>
+        <v>220</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>2024020312422</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>1. Sınıf Okuma Seti Neşeli Masallar 10 Kitap + Soru Kitapçığı İlaveli</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>189.9</v>
+        <v>220</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>2024012916553</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>1. Sınıf Okuma Seti Nasrettin Hoca Fıkraları 10 Kitap + Değerlendirme Kitapçığı İlaveli</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>189.9</v>
+        <v>220</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>2024012916546</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>1. Sınıf Okuma Seti La Fonten Masalları 10 Kitap + Değerlendirme Kitapçığı İlaveli</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>189.9</v>
+        <v>220</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>2024020312408</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>1. Sınıf Okuma Seti Kerem İle Ceren Ev Maceraları 10 Kitap + Soru Kitapçığı İlaveli</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>189.9</v>
+        <v>220</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>2024012916539</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>1. Sınıf Okuma Seti Keloğlan Masalları 10 Kitap + Değerlendirme Kitapçığı İlaveli</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>189.9</v>
+        <v>220</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>2024012916522</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>1. Sınıf Okuma Seti Ezop Masalları 10 Kitap + Değerlendirme Kitapçığı İlaveli</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>189.9</v>
+        <v>220</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>2024020312415</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>1. Sınıf Okuma Seti Anadolu Masalları 10 Kitap + Soru Kitapçığı İlaveli</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>189.9</v>
+        <v>220</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9789944742696</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Boyamalı Kur'an-ı Kerim Elifbası</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>95</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9789944742672</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Uygulamalı Arapça Yazı Defteri</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9787597874030</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Peygamberimizin Hayatı Mekke Dönemi ve Medine Dönemi (2 Cilt Takım Kutulu)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>480</v>
+        <v>550</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9280000014011</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Türk Klasikleri (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>890</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9786058049185</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>